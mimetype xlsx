--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -619,96 +619,96 @@
         <is>
           <t>9786259631547</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Dersim İsyanları ve Seyit Rıza Gerçeği</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>412</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786257062985</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Yeni Dünya Düzeni Hakimleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>374</v>
+        <v>410</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786257062978</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Devlet Terörü ve Ajan-Provokatörler</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786257062961</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Antik Çağdan Yirminci Yüzyıla "Sır" Tarikatları</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786259631509</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Elimi Tut Anne (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>312</v>
+        <v>380</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786257062947</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Sonbaharda Ölmek</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786257062909</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
@@ -739,126 +739,126 @@
         <is>
           <t>9786257062916</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Aynadaki Kadın</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786257062886</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Vesvese</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786257062855</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Arketipsel Rüya Yorumları</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786257062824</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Hile Tapınağı</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786257062831</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Hasan – Yaşanmamış Yılların Yaşanmış Öyküsü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>326</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786257062848</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>154</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786257062817</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Yabancı Kaynaklara Göre Türk Kimliği</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>440</v>
+        <v>490</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786257062787</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Çocuk Davamız - 2</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786257062794</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
@@ -874,201 +874,201 @@
         <is>
           <t>9786257062770</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Siyaset ve İktisat</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786257062756</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Allah Adına</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>272</v>
+        <v>490</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786257062732</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Gazi’nin Dört Süvarisi</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>198</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786257062749</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Halas</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786257062701</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Esirciler Hanı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>298</v>
+        <v>490</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786257062725</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Sultanlar ve Cellatlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>238</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786257062718</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Popüler Tarih ve Güncel Siyaset</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786257062602</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Osmanlı’da Karşı Düşünce ve İdam Edilenler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786257062695</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Irmak Boylarında Türkü Söyleyen Çocuk</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>226</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786257062596</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Alevi Bektaşilerde Mizah</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>226</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786257062688</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Mamekiye'ye Yolculuk</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786257062671</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Atatürk ve Türkçenin Işığı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>262</v>
+        <v>400</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786257062640</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Dost Bildiklerim</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>136</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786257062664</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
@@ -1084,111 +1084,111 @@
         <is>
           <t>9786257062565</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Tarikat Kuşatmasındaki Türkiye</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786257062572</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Osmanlı’da Oğlancılık</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>260</v>
+        <v>490</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786058116399</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Totaliter Günler 2018</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786257062480</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Hakikat'ten Uygarlığa</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786058012134</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Cehennem</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786056933318</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Din ve Siyaset</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786056933356</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Totaliter Günler 2019</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786058116320</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
@@ -1204,46 +1204,46 @@
         <is>
           <t>9786257062367</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Kirlenme</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786056933363</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Kırmızı Alarm</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>196</v>
+        <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>