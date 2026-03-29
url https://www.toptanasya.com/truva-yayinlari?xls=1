--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,4210 +85,7525 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789944975148</t>
+          <t>9786257038898</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’dan Türkiye’ye İkinci Yahudi Göçü</t>
+          <t>Ah Hulusi Vah Hulusi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>8.33</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055416317</t>
+          <t>9786257038362</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Başındaki Örtüyü Kirletme</t>
+          <t>Ölüm Lordu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>4.63</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9799756237341</t>
+          <t>9786257038836</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Yolunda Batılaşma ya da Batılılaşma</t>
+          <t>Yolcu &amp; Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>20.37</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789944212045</t>
+          <t>9786257038645</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Sürecinde Kürtçülük</t>
+          <t>Sayıklamalar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>10.19</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944212830</t>
+          <t>9786257038768</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Basınında Atatürk ve Zafere Giden Yol</t>
+          <t>Türk Hariciyesinin Çetin Sınavı Kıbrıs</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>14.81</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9876055638243</t>
+          <t>9786259850254</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ateist Bir Hanımla Allah Üzerine Sohbet</t>
+          <t>Dört Kitabın İşareti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>9.26</v>
+        <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944212175</t>
+          <t>9786257038744</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bağdat-Musul’da Paylaşılamayan Miras Petrol ve Arazi</t>
+          <t>Kürek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>12.96</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789944212731</t>
+          <t>9786257038737</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Sofrası</t>
+          <t>İçimdeki Şeytan &amp; Evin Kaderindir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>9.17</v>
+        <v>275</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944212618</t>
+          <t>9786257038720</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Manevi Dünyası ve Sözleri</t>
+          <t>Lo'nun Gereklilik Kipleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>7.41</v>
+        <v>175</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055416072</t>
+          <t>9786257038713</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kurduğu Kurumlar</t>
+          <t>Yağmur Yağarken Cevriye</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>11.11</v>
+        <v>170</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9876055638373</t>
+          <t>9786257038584</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Gizli Aşkı Fikriye</t>
+          <t>Unutulmuş Ruhlar Ülkesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055638726</t>
+          <t>9786257038706</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Evrensel Boyutları</t>
+          <t>Bakraç</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>6.94</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3990000031417</t>
+          <t>9786257038683</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Ergenekon'u Avrasya Devleti</t>
+          <t>Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>9.17</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055638115</t>
+          <t>9786257038614</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Doğu-Güneydoğu Politikası ve GAP</t>
+          <t>Asya'dan Avrupa'ya Karapapaklar'ın Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>5.46</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944212687</t>
+          <t>9786257038553</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Doğu-Güneydoğu Anadolu Politikası ve GAP</t>
+          <t>Zevzek - “Avuç İçi Öyküler”</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055638634</t>
+          <t>9786257038560</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Devlet Adamlığı</t>
+          <t>Zaman Yolcusunun Düşleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>12.04</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990000031418</t>
+          <t>9786257038508</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Avrasya Devleti</t>
+          <t>Disleksinin Sesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>15.74</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055638153</t>
+          <t>9786257038515</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Türkiye’ye Işık Tutan Konuşmalar</t>
+          <t>Atatürk’ten Menderes’e Güneydoğu Kalkınması</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>5.46</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799756237334</t>
+          <t>9786257038492</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten Türkiye’ye Işık Tutan Konuşmalar</t>
+          <t>Ekmek Arası Keder</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>7.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055416102</t>
+          <t>9786257038485</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Siyaset</t>
+          <t>Düşlerde Kalan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>11.11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055638566</t>
+          <t>9786257038461</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Liderlik</t>
+          <t>İğde Acısı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>12.96</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055638399</t>
+          <t>9786257038454</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve İslamiyet</t>
+          <t>Mucizeyi Beklerken</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>11.11</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055638559</t>
+          <t>9786257038430</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Ön-Türk Uygarlığı ve Türk Kimliği</t>
+          <t>Sokaklar Çocuk Doğurmaz</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>13.43</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055638139</t>
+          <t>9786257038423</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Gibi Düşünmek</t>
+          <t>Çocuklara Öğütlerim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>5.46</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055416324</t>
+          <t>9786257038416</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aşkım, Aldatılan Affeder mi?</t>
+          <t>Yazara Darbe</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>4.54</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9799756237242</t>
+          <t>9786257038409</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Seven 5 Kadın</t>
+          <t>Her Nefes Bir Umut</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>5.56</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055416287</t>
+          <t>9786257038393</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolculuğu</t>
+          <t>Tamamlandı Puzzle - Bir Yokluğun Eksikti O da Geldi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055416638</t>
+          <t>9786257039123</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şarap ve Yol</t>
+          <t>Truva Tarih Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>13.89</v>
+        <v>249</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055638580</t>
+          <t>9786257039034</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü ve Cumhuriyeti Anlamak</t>
+          <t>Truva Roman Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>16.2</v>
+        <v>159</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789944212144</t>
+          <t>9786257038348</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Asrın Sırrı Dostoyevski’nin "Büyük Engizisyoncu"su</t>
+          <t>Yanlış Adamın Maceraları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>6.48</v>
+        <v>520</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055416003</t>
+          <t>9786257038355</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Asıl Adı Atiye</t>
+          <t>92. Saat</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>13.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055638108</t>
+          <t>9786257038331</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Artık Paydos</t>
+          <t>Ketum</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>12.96</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9799756237587</t>
+          <t>9786257038324</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Antikacı Arago’nun Günlüğü</t>
+          <t>Bir Derviş'in Hikayesi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>8.33</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944212311</t>
+          <t>9786257038300</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Anatolia’nın Etekleri Anadolu’nun Romanı</t>
+          <t>Mevsimler Yarışması</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>12.04</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055638979</t>
+          <t>9786257038294</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliğinin Senkretik Yapısı</t>
+          <t>Anadolu Kokulu Kadınlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>15.74</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9799756237389</t>
+          <t>9786257038287</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Üstünlüğü Hayali</t>
+          <t>Uzaktaki Yakınlarımız Afganistan Türkmenleri &amp; Büyük Selçukluların Kayıp Torunları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>8.8</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055638344</t>
+          <t>9786257038232</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Amerikan İmparatorluğu Gölgesindeki Türkiye</t>
+          <t>Aşk mısın Yağmur mu?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>18.52</v>
+        <v>180</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756237885</t>
+          <t>9786257038249</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Amerika Düşerken</t>
+          <t>Prelüt</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756237939</t>
+          <t>9786257038256</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Amerika 2014</t>
+          <t>Adım Deliye Çıktı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>11.57</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055638511</t>
+          <t>9786257038225</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Alamut’un Efendisi Hasan Sabbah</t>
+          <t>Hasret Saklı Yürekler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055638825</t>
+          <t>9786257038218</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Akela</t>
+          <t>Yakın Koruma</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>5.46</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9799756237525</t>
+          <t>9786257038201</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Akbaba Fonu</t>
+          <t>Toprağa Dönüş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>15.74</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055416591</t>
+          <t>9789944212526</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi İletişim ve Çocuk Gelişimi</t>
+          <t>Güneş Operasyonu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>8.33</v>
+        <v>29</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944212168</t>
+          <t>9786257038188</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aikido Felsefesi</t>
+          <t>Suret-i Aşk</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>7.41</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055638795</t>
+          <t>9786055417911</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ağababa</t>
+          <t>Raif Karadağ Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>18.52</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055638931</t>
+          <t>9786257038195</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Afet Okulu</t>
+          <t>Lavanta Mevsimi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>16.67</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799756237105</t>
+          <t>9786257039116</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Açık Toplum</t>
+          <t>Haluk Özdil Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>12.96</v>
+        <v>645</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944975032</t>
+          <t>9786055416201</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Açı</t>
+          <t>Kazım Karabekir Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>5.56</v>
+        <v>560</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944975889</t>
+          <t>9786055416454</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>ABD’den Kürtlere Bir Demet Kerkük</t>
+          <t>CHP’deki Büyük Kavga</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>9.26</v>
+        <v>330</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944212137</t>
+          <t>9799944975598</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Faşizmin Ayak Sesleri</t>
+          <t>Avrupa'nın Askerle Kavgası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>9.26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055416386</t>
+          <t>9789944975650</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Din Karşıtı</t>
+          <t>Tüketim Cumhuriyeti</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055416768</t>
+          <t>9786059850889</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehirde Aşk</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>15.74</v>
+        <v>130</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944975186</t>
+          <t>9786059850872</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Terörizm Ortadoğu’da Şiddet Dünyada Terör</t>
+          <t>Bir Düello Bir Suikast</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>13.89</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055416133</t>
+          <t>9786059850865</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Terörist Sendikacı</t>
+          <t>Dünyanın Türkiye'ye İhtiyacı Var</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>12.96</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055638689</t>
+          <t>9786059850834</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tea Sugar And A Dream</t>
+          <t>Türkiye’de Derinlerin Savaşı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>17.59</v>
+        <v>54</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799756237747</t>
+          <t>9786059850841</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tayfun Üç Kadın, Bir Adam, Bir Gece...</t>
+          <t>6341 Adalet</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>39</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944212847</t>
+          <t>9786059850759</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Vicdanını Sızlatan Soykırım Yalanı</t>
+          <t>Işığa Giden Yol (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>12</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944212571</t>
+          <t>9786059850827</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tarih Yarındır</t>
+          <t>Böke</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>12.96</v>
+        <v>35</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944212328</t>
+          <t>9786059850698</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Güçlü</t>
+          <t>Kod Adı Pegasus</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>44</v>
+        <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055638863</t>
+          <t>3990000047954</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şu Fırat’ın Suyu</t>
+          <t>Roman Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>10</v>
+        <v>183.33</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799756237020</t>
+          <t>9786059850742</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şeytana Son</t>
+          <t>Tuğra'dan İmzaya</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>11.57</v>
+        <v>110</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055638382</t>
+          <t>9786059850896</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şehit Vere Vere Açılmak</t>
+          <t>Kürt Meselesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>9.17</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944212373</t>
+          <t>9786055416195</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şarkın Modern Gelini Şehribahar</t>
+          <t>Deccal'ın Darbesi 15 Temmuz 2016</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>20.37</v>
+        <v>49</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944975292</t>
+          <t>9786059850704</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şahsenem’den Orta Asya Kültürü ve Yemekleri</t>
+          <t>Seçilmişlerin İhaneti</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>11.11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756237984</t>
+          <t>9786055416911</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Şafakta Kızıl Gökyüzü</t>
+          <t>Petrol Fırtınası 2 - Musul Meselesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>13.89</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059850438</t>
+          <t>9786059850049</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Üç Ölüm</t>
+          <t>Bir Yanım Hep Yarım</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055638276</t>
+          <t>9786055416942</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Süper Beyin Noetik Paradigma</t>
+          <t>Ahtapotun Kolları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055638702</t>
+          <t>9786055416843</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Su’dan Savaşlar</t>
+          <t>Su Güvenliği 2050</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>34</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055638818</t>
+          <t>9786055638641</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Karar Verme ve Senaryo Oluşturma</t>
+          <t>Zübeyde Hanım (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944212106</t>
+          <t>9789944212700</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Söyleyemediğim Tek Şey</t>
+          <t>Zaferin Gölgesinde Lâtife Hanım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>11.57</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055416492</t>
+          <t>9786055416485</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Soyut</t>
+          <t>Yüzbaşı Mehmet Muzaffer</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944975933</t>
+          <t>9789944212861</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Soykırıma Uğrayan Türkler</t>
+          <t>Yufesta ile Şibenza</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>11.11</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055638443</t>
+          <t>9799944975215</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Yolculuk</t>
+          <t>Yeniden Şekillenen Dünya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>23.15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059850490</t>
+          <t>9799756237402</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid’in Hatıra Defteri</t>
+          <t>Yeniçağ’da Düşünce Gücü ve Holistik Sağlığa Açılan Pencere (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944975957</t>
+          <t>9789944975735</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kuğunun Şarkısı</t>
+          <t>Yeni Bir Ayrılığa Mecalim Yok</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9799756237136</t>
+          <t>9786055638993</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sistem de Çöktü İnsan da Çöktü</t>
+          <t>Yavuz’un Harem Notları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>12.96</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944975322</t>
+          <t>9786055416553</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sisam Adası Aşıkları</t>
+          <t>Yağmur - Kıyamet Çiçeği</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799756237655</t>
+          <t>9789944975445</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Operasyonu Terör mü? Politika mı?</t>
+          <t>X Files Gizli Parapsikolojik Araştırmalar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055416423</t>
+          <t>9789944212595</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sır Yani</t>
+          <t>Vasfiye Abla</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944975780</t>
+          <t>9786055416331</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum</t>
+          <t>Üniversite Yolları Taştan Bu Sınavlar Çıkardı Beni Baştan</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055638740</t>
+          <t>9789756237915</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Eşiğindeki Ortadoğu</t>
+          <t>Uyuşturucu Tarikatı - PIT Bir Kitapta İki Ayrı Kitap</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>11.57</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944212199</t>
+          <t>9786055638948</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Satori</t>
+          <t>Utanç</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789944212793</t>
+          <t>9789944975803</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Satılık Ruhlar Mahzeni</t>
+          <t>Ulusal Politika Notları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>5.46</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055638733</t>
+          <t>9789944975841</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sarı Mustafa’m</t>
+          <t>Türkler Soykırım Yaptı mı?</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>27.78</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944975230</t>
+          <t>9789944975926</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sarı Lacivert Kurtuluş</t>
+          <t>Türkiye’nin Terörizme Karşı Savaşı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>7.41</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9799756237570</t>
+          <t>9799944975369</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Samimiysen Konuşalım</t>
+          <t>Türkiye’nin Askersiz İşgali: Gümrük Birliği Hayatım Avrupa Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9799756237648</t>
+          <t>9786055638719</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Saklı Mabet</t>
+          <t>Türkiye’de Sanayileşmenin Serüveni</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9799756237204</t>
+          <t>9786055638542</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sahte Melekler Hortumcuzadeler</t>
+          <t>Türkiye’de Masonluğun Gizli Tarihi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>13.43</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944975384</t>
+          <t>9789944212519</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Romanitas Zaman: Şimdi Yer: Roma İmparatorluğu</t>
+          <t>Türkiye-AB Medeniyetler Çatışması</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944212656</t>
+          <t>9789944212120</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Rabay-Kurye Tuncay Güney Ergenekon’u Anlatıyor</t>
+          <t>Türk Karşı Taarruzu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>16</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055638191</t>
+          <t>9786055416416</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Priamoesr’in Çemberi</t>
+          <t>Töre</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>9.17</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9799756237532</t>
+          <t>9789944975773</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Politikada Şiddet</t>
+          <t>Tiyatro Tiyatro Tiyatro</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055416034</t>
+          <t>9786055416669</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Politika Dehası Atatürk</t>
+          <t>Terörle Sınanmak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>12.96</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944212113</t>
+          <t>9786055416904</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Politik Futbol</t>
+          <t>Diyarların Şahı Murat Han Oğlu Mehmet Han</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>12.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055638337</t>
+          <t>9786055416799</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Plevne Düşerken</t>
+          <t>Liderin Kitabı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>11.11</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9799756237907</t>
+          <t>9786055416782</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis’in Hazineleri</t>
+          <t>Vahşi Şehir</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>12.04</v>
+        <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000031727</t>
+          <t>9786055416089</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis Haritası’nın Şifresi</t>
+          <t>Mor Bir Boşluk</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055416829</t>
+          <t>9786059850766</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Petrol Fırtınası</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9799756237471</t>
+          <t>9786059850612</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Peri Masalındaki Güzel</t>
+          <t>Muhteşem İmparatorluğu Yıkanlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>4.63</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944212403</t>
+          <t>9786055416225</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Pedalımın Altında Japonya</t>
+          <t>Kuyucaklı Yusuf - İçimizdeki Şeytan - Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>9.26</v>
+        <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756237847</t>
+          <t>9786059850810</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Paris’in Altındaki Güller</t>
+          <t>Paşaların Kavgası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>8.33</v>
+        <v>330</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944975223</t>
+          <t>9786059850803</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Para İmparatorluğu Kontrol Kimin Elinde?</t>
+          <t>Paşaların Hesaplaşması</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>6.48</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944212878</t>
+          <t>9786059850797</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Örtülü Operasyonlar</t>
+          <t>İstiklal Harbimizin Esasları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>12.04</v>
+        <v>420</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944212823</t>
+          <t>9786059850728</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Önce Dil</t>
+          <t>Son Casus - Yahudi’nin Tutmayan Oyunu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>4.54</v>
+        <v>39</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055638092</t>
+          <t>9786059850674</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ölü Zaman Hikayesi</t>
+          <t>Küresel Terörist Fetulşeytan</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>9.17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944212274</t>
+          <t>9786059850650</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Otel</t>
+          <t>Atatürk’ten Hiç Yayınlanmamış Anılar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944212984</t>
+          <t>9786059850339</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Kahramanları</t>
+          <t>Şarkısını Söylüyordu Deniz…</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>4.54</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9799944975208</t>
+          <t>9786059850513</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Yaşam ve Moda</t>
+          <t>Hasta Şehir</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>28</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055416508</t>
+          <t>9786059850506</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Oflu Ali’den Fıkralar</t>
+          <t>Camiden Cehenneme</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>6.39</v>
+        <v>34</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055638214</t>
+          <t>9786055416171</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nutuk Öncesi Atatürk Konuşuyor</t>
+          <t>Ülkem ve Ben</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>6.48</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9799944975277</t>
+          <t>9786059850421</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gitmeli 60 Ünlüden Tam 360 Seyahat Önerisi</t>
+          <t>Mucize Oğlum Yaşıyor Hala!</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>8.33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944212076</t>
+          <t>9786059850308</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ne Olacak Bu Memleketin Hali?</t>
+          <t>2. Abdülhamit</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944975308</t>
+          <t>9786059850643</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Üniversitesi</t>
+          <t>Şeytan’ın Çocukları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>11.11</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055638238</t>
+          <t>9786059850629</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Olmak İçin Evliliğin Şifreleri</t>
+          <t>İstanbul Ağlıyor</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>4.54</v>
+        <v>39</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9799944975253</t>
+          <t>9786055416058</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’den Atatürk’e</t>
+          <t>Yazıyla Terapi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>15.74</v>
+        <v>32</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055416355</t>
+          <t>9786059850520</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Çapkınlar</t>
+          <t>Anladım ki Sonbaharsın</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>7.41</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055416249</t>
+          <t>9786059850551</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mucizeyi Yaratan Adam Mustafa Kemal</t>
+          <t>Seçilmişler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>37.04</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9799756237198</t>
+          <t>9786059850537</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mor Bakışlar Kadının Sırtından Sopa Eksik Olmuyor</t>
+          <t>Doğu Akdeniz’in Dalgalı Jeopolitiği</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>3.61</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9799756237167</t>
+          <t>9786059850544</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Modern Savaşları Kazanmak Terörizm ve Amerikan İmparatorluğu</t>
+          <t>FETÖ’nün TSK Yapılanması</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>11.11</v>
+        <v>44</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055416560</t>
+          <t>9786059850414</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mit ve Türkiye</t>
+          <t>Kod 5</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>9.26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944212922</t>
+          <t>9786059850377</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare’in Büyük Yalanı</t>
+          <t>Altın Krallar Şehri Sardes</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>5.46</v>
+        <v>36</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9799944975079</t>
+          <t>9786059850384</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Misyonerler Savaşı</t>
+          <t>Aşkın Şakası Yok</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9799944975093</t>
+          <t>9786059850636</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Milenyum Tarikatları / Batı’da Yeni Dini Akımlar</t>
+          <t>Yeminler ve Prangalar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>8.33</v>
+        <v>550</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055416348</t>
+          <t>9786059850261</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mış Gibi Yaşamak</t>
+          <t>Kara Köpek Büyüsü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>16</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944212397</t>
+          <t>9786059850278</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mevzi Yalınca’nın Ölümsüz Askerleri</t>
+          <t>Bağımlılık Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944975827</t>
+          <t>9786059850247</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Seni Seviyor</t>
+          <t>Toplu Oyunlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>4.63</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9799756237440</t>
+          <t>9786059850063</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mathilda’dan Kalanlar</t>
+          <t>Baykuşun Gözleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>11.11</v>
+        <v>39</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9799756237600</t>
+          <t>9786055416966</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Balo Türkiye, ABD ve Diğerleri</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>8.33</v>
+        <v>500</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055416379</t>
+          <t>9786059850285</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Mahidevran Sultan</t>
+          <t>Devletkeri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055638603</t>
+          <t>9786257038096</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Macaristan ve Ermeni Meselesi (1878- 1920)</t>
+          <t>Örümceğin Ayak İzi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059850230</t>
+          <t>9786055416997</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Latife ve Fikriye İki Aşk Arasında Atatürk</t>
+          <t>Feryad-ı Naz</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9799944975376</t>
+          <t>9786059850025</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Küresel Köyün Kavalcıları</t>
+          <t>Leşidir Kadının Aşk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>11.11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055638252</t>
+          <t>9786059850001</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomik Kriz Sermaye Birikiminin Analizi</t>
+          <t>Mar - Yılan Soyu</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055638917</t>
+          <t>9786059850018</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Küpe Çiçeği</t>
+          <t>Muğlak</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>17.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055638894</t>
+          <t>9786059850391</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Küllerinden Doğan Ülke ve Mustafa Kemal</t>
+          <t>Fırat'ın Sırtındaki Kan</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>12.04</v>
+        <v>32</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055416409</t>
+          <t>9786059850360</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünyalar</t>
+          <t>Polonezköy Kelebekleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>14</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944212014</t>
+          <t>9786059850148</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Irak’a Son Operasyon</t>
+          <t>Kışkırtan Tapeler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055416126</t>
+          <t>9786055416959</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kuvay-ı Milliye Ruhuyla Bir Ömür</t>
+          <t>2. Abdülhamid Yıldız Sarayı ve Haremi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055638535</t>
+          <t>9786055416898</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluştan Kuruluşa K. Atatürk</t>
+          <t>Roma Yanıyor</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>12.04</v>
+        <v>49</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944212953</t>
+          <t>9786055416881</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kurgan</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>25.93</v>
+        <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944975995</t>
+          <t>9786055416850</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Büyüsü</t>
+          <t>İnsan Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>4.63</v>
+        <v>34</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9799756237488</t>
+          <t>9786055416775</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kral Fidyesi Bir Şüphenin Romanı</t>
+          <t>Gençtürkler ve Komplocular</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944212281</t>
+          <t>9786055416836</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Köşelerde Kalem Dalaşı</t>
+          <t>Senden Sonra</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9799756237068</t>
+          <t>9786055416751</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kısır Döngü Türkiye’de Üniversite ve Siyaset</t>
+          <t>Can Pazarında Bir İş Günü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055416522</t>
+          <t>9786055416744</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Bugüne Su Politikaları ve Hukuku</t>
+          <t>Aynı Zamanda</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944212366</t>
+          <t>9786055638368</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Üzerine</t>
+          <t>Gladio</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>8.33</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055416430</t>
+          <t>9789756237410</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’nın Stratejik Suları</t>
+          <t>Gizli Dünya İmparatorluğu Dünyayı Yöneten Gizli Güçler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055416478</t>
+          <t>9789944212809</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’daki Saatli Bomba Su Sorunu</t>
+          <t>Gizemli Güç</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752696846</t>
+          <t>9789944975247</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Zalim Dev</t>
+          <t>Gerçek Kayıp Sembol</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1.85</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9799756237310</t>
+          <t>9789944975728</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Latife ve Fikriye - İki Aşk Arasında Atatürk</t>
+          <t>Genç Werther´in İlk Acıları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>5.46</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055638436</t>
+          <t>9786055638801</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Lagaluga Yazılar</t>
+          <t>Gelinlik</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>5.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944212946</t>
+          <t>9789944212632</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kürt İsyanları</t>
+          <t>Fizan Korkusundan Libya Mücahitliğine</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>4.54</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>3990044975131</t>
+          <t>9786055416652</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Türkiye</t>
+          <t>Fikir Uçurtması</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055638672</t>
+          <t>9786055638849</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve Egemenlik</t>
+          <t>Feraye</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944212717</t>
+          <t>9786055416119</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kısıtlı Demokrasi Sancılı Hukuk</t>
+          <t>Fatih’in Harem Notları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>21.3</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944212908</t>
+          <t>9789944975964</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kurşun</t>
+          <t>Fareli Köyün Kavalcısı ve Saz Arkadaşları Uyku Kaçıran Masallar 1</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>5.46</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9799944975543</t>
+          <t>9799756237822</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kedilerin Zamanı</t>
+          <t>Ev Erkeğinden Sanal Sohbetler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>49</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055638085</t>
+          <t>9789756237953</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kaybetme Sanatı</t>
+          <t>Ev Erkeğinden Aşk Masalları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>5.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055416393</t>
+          <t>9786055416546</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kara Papaz Makarios’un İntikamı</t>
+          <t>Endam</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944975834</t>
+          <t>9789944975513</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Oyun</t>
+          <t>Ejder İmparatorluğu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944212410</t>
+          <t>9789944975896</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kanlı İstila-Ölüm Meleği</t>
+          <t>Eğitim Fakülteleri için Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055638122</t>
+          <t>9789756237045</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İşte Atatürk’ün Türkiyesi</t>
+          <t>Dünyanın Sonu 2009 Mesih ve Armegedon Kehanetleri Din Alimlerinin Göremediği Şifreler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>5.46</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055638771</t>
+          <t>9789944212489</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Aşk’ı Yazarken</t>
+          <t>Dünyada ve Türkiye’de Büyük Sermaye</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059850988</t>
+          <t>9786055638788</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>İsrail Ortadoğu ve Amerika</t>
+          <t>Dünya Medyası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055638504</t>
+          <t>9789944975452</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İslam ve İnsan</t>
+          <t>Duygusal Zekanızı Keşfedin Duygusal Zeka Cep Kitabı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>3.61</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055416683</t>
+          <t>9786055416232</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İslam Uyanışı ve Kürtler 2018</t>
+          <t>Duygu Kontrolü ile Kişisel Başarı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>39</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9799756237730</t>
+          <t>9786055638573</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İp Cambazı İmparator</t>
+          <t>Dullar Kıraathanesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944975674</t>
+          <t>9789944975049</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İncil Nasıl Değiştirildi?</t>
+          <t>Druidlerden Yürüttüğüm Popüler Büyüler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>11.57</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055638856</t>
+          <t>9786055638184</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İnanç Sarmalında Batı Dünyası ve Karşılaştırmalı Gülen Hareketi</t>
+          <t>Dönemeç</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055416263</t>
+          <t>9786055416447</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İmparatorlar Adası</t>
+          <t>Doğu Akdeniz’de Küresel Satranç</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944975629</t>
+          <t>9786055638696</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İksir Alternatif Hayat</t>
+          <t>Doğru Çözüm: Yepyeni Bir Anayasa</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055638924</t>
+          <t>9789944975988</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İhanet Geliyorum Der mi?</t>
+          <t>Misliyle Mukabele Direnen Bir Devletin Öyküsü</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055416256</t>
+          <t>9789944212359</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Öyküler</t>
+          <t>Dicle’de Kül Hayatlar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055638955</t>
+          <t>9786059850971</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Rüzgar</t>
+          <t>Deryaları Dize Getirenler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>34</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944212625</t>
+          <t>9786055638450</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Işığın Karanlık Yüzü</t>
+          <t>Dehanın Kodları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>3990000017307</t>
+          <t>9799756237785</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Işığa Tutunmak</t>
+          <t>Değişime Var Mısınız?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>34.72</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055638481</t>
+          <t>9786055638269</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Islak Adımlar</t>
+          <t>Dedem Tarihçi Yazar Cemal Kutay Tarihi Canlandıran Adam</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>7.31</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944212205</t>
+          <t>9799944975567</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Irak Yanıyor</t>
+          <t>Deccal Yazmaları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9799944975246</t>
+          <t>9799756237303</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman’ın Anahtarı Gerçek İsa Peygamber Kim?</t>
+          <t>Çöl Kahramanı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944975162</t>
+          <t>9789944212434</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Avrupa Birinci Kitap Ortak Pazar’dan AB’ye</t>
+          <t>Çok Kutuplu Düzene Doğru</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944212458</t>
+          <t>9789944975797</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair, Matrak, Kışkırtıcı Ucube Denemeler</t>
+          <t>Çin Yüzyılı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9799756237761</t>
+          <t>9799944975581</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Savaşları</t>
+          <t>Çeteler ve Gangsterler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9799756237112</t>
+          <t>9786055638412</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Harem Penceresinden 2. Abdülhamit</t>
+          <t>Çekiç Güçten Kürt Açılımına</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>6.02</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055638627</t>
+          <t>9789944975087</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hangi Said</t>
+          <t>Çanakkale Savaşı Karikatürleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055416270</t>
+          <t>9789944212052</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Her Halükarda Kadın</t>
+          <t>Cudi Dağı Bayrak Kan Kaybetmesin</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059850681</t>
+          <t>9786055416706</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hala Yazıp Çizecek Birkaç Satırım Kaldı</t>
+          <t>Yeni CHP - CHP’de Ne Değişti</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944212472</t>
+          <t>9786055638665</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>4 Dakika 58 Saniye</t>
+          <t>Ceza</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055416515</t>
+          <t>9789944212649</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat’ta Devrilmek</t>
+          <t>Cepheden Hareme Aşk Mektupları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944975117</t>
+          <t>9786055638597</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>2000 Yaşında Bir Dünya Güzeli</t>
+          <t>Büyük Çöküş</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055638900</t>
+          <t>9799944975550</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyılın Strateji Dehası Atatürk</t>
+          <t>Bülentimle Bir Ömür</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944212885</t>
+          <t>9786055416294</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Kısırlık Tedavisi ve Aile Planlaması</t>
+          <t>Böyle Buyurdu Nietzsche</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>5.46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944212694</t>
+          <t>9789944212267</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>101 Soruda Gebelik ve Doğum</t>
+          <t>Çöldeki Balıklar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055416584</t>
+          <t>9786059850117</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>1. Kainat Savaşı 2050</t>
+          <t>Bitmeyen Devlet Kavgası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>16.67</v>
+        <v>270</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055416362</t>
+          <t>9789944212724</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>1453</t>
+          <t>Bitmemiş Gibi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059850568</t>
+          <t>9786055416577</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hırs</t>
+          <t>Bir Kadını Öldürmek</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>65</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059850292</t>
+          <t>3990000638870</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dokunamadığım Kadın</t>
+          <t>Bir Gramlık Öyküler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055416188</t>
+          <t>9786055416140</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Psikohipnoterapi Danışan Öyküleri</t>
+          <t>Bir Fenomenin Şifreleri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>24</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059850223</t>
+          <t>9786055638757</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çevre Suçu İşleyen Belediye Başkanlarının Yargılanmaları</t>
+          <t>Bir Delinin Poliklinik Defteri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>22</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059850087</t>
+          <t>9786055638283</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler</t>
+          <t>Bir Avuç Toprak Da Sen At Annem</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>11.11</v>
+        <v>250</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059850407</t>
+          <t>9789944212854</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İmrendim</t>
+          <t>Bilinmeyen Atatürk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>50</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059850193</t>
+          <t>9799756237426</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesi</t>
+          <t>Beyaz Moğollar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055416973</t>
+          <t>9789756237977</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim İşte (Ciltli)</t>
+          <t>Beyaz Camın Kara Kutusu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>37.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059850476</t>
+          <t>9789944212298</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kadın Maganda</t>
+          <t>Beni Terk Etti</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059850469</t>
+          <t>9789944975759</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Atakule Cinayeti</t>
+          <t>Condi mi? Hillary mi?</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059850179</t>
+          <t>9786055416218</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Asa Efsaneleri - Ölüm</t>
+          <t>Bencil Kadınlar Maço Sever</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>49</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059850186</t>
+          <t>9786055638498</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Sözler Lugatı</t>
+          <t>Ben Öldürmedim</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>22</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055416928</t>
+          <t>9786055638610</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sen Gerçekte Sen Misin?</t>
+          <t>Ben Dememiş miydim?</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>17</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055416874</t>
+          <t>9789944975261</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Enişte</t>
+          <t>Bebek Deyip de Geçme</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>400</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059850162</t>
+          <t>9799944975574</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ar Damarı Kar Damarı</t>
+          <t>Bebek</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059850155</t>
+          <t>9789944212892</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Beyaz El</t>
+          <t>Batıgil Demokrasinin ve Hukukun Doğugil Serüveninden Kesitler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>18</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059850032</t>
+          <t>9786055638474</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çoban Yıldızı</t>
+          <t>Başvekilim Adnan Menderes</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>10</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055416935</t>
+          <t>9789756237922</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Kılıç ve Muska</t>
+          <t>Başımıza Çuval Geçirenler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055416737</t>
+          <t>9789944212502</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve İslamiyet</t>
+          <t>Başbakan</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055416645</t>
+          <t>9799756237518</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bremenli Theresa</t>
+          <t>Başarısız Başarı "Bir İstanbul Macerası"</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055416720</t>
+          <t>9799756237778</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Gazeteci</t>
+          <t>Barış İstiyorsan Savaşa Hazır Ol</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059850353</t>
+          <t>9786055416539</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Ölümü</t>
+          <t>Balkan Savaşları’nın 100. Yılında, Savaş ve Göçün Romanı Savaş ve Ayrılık</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>12</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055638221</t>
+          <t>9799944975536</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Gibi Düşünmek</t>
+          <t>Babil Büyücüsü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055416690</t>
+          <t>9786055638832</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Onüçüncü Yaz</t>
+          <t>Babadan Oğula Güney Kafkasya</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>15.74</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055416096</t>
+          <t>9789944975865</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ü Mutlu Eden ve Üzen Anılar</t>
+          <t>Avrupa’yla Derin Bağlar Hayatım Avrupa Beşinci Kitap</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055416010</t>
+          <t>9799756237679</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın 23 Nisan</t>
+          <t>Avrupa’yla Aşkımız</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055416461</t>
+          <t>9786059850933</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük Yalanı: Soykırım</t>
+          <t>İstiklal Harbimiz (5 Cilt)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>15.74</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059850216</t>
+          <t>9789944975148</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Reis'in Altı Saati</t>
+          <t>Avrupa’dan Türkiye’ye İkinci Yahudi Göçü</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055416980</t>
+          <t>9786055416317</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ötesine Kaçış</t>
+          <t>Başındaki Örtüyü Kirletme</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>3990000018217</t>
+          <t>9799756237341</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Doğumundan Ölümüne Atatürk Seti (13 Kitap Takım)</t>
+          <t>Avrupa Yolunda Batılaşma ya da Batılılaşma</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>138.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059850322</t>
+          <t>9789944212045</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Nora ile Şir Mehmet</t>
+          <t>Avrupa Birliği Sürecinde Kürtçülük</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>34</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055416607</t>
+          <t>9789944212830</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçiş</t>
+          <t>Avrupa Basınında Atatürk ve Zafere Giden Yol</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>17</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055416867</t>
+          <t>9876055638243</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Şifacı</t>
+          <t>Ateist Bir Hanımla Allah Üzerine Sohbet</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055416812</t>
+          <t>9789944212175</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası Kobay</t>
+          <t>Bağdat-Musul’da Paylaşılamayan Miras Petrol ve Arazi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>39</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059850094</t>
+          <t>9789944212731</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Atatürk’ün Sofrası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>10</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055416805</t>
+          <t>9789944212618</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Ordusu</t>
+          <t>Atatürk’ün Manevi Dünyası ve Sözleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>39</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257038140</t>
+          <t>9786055416072</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Sancıları</t>
+          <t>Atatürk’ün Kurduğu Kurumlar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>3990000050937</t>
+          <t>9876055638373</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbimiz 3.Cilt</t>
+          <t>Atatürk’ün Gizli Aşkı Fikriye</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>38</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>3990000050935</t>
+          <t>9786055638726</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbimiz 4.Cilt</t>
+          <t>Atatürk’ün Evrensel Boyutları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>38</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>3990000050933</t>
+          <t>3990000031417</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbimiz 2.Cilt</t>
+          <t>Atatürk’ün Ergenekon'u Avrasya Devleti</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>38</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>3990000050934</t>
+          <t>9786055638115</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbimiz 5.Cilt</t>
+          <t>Atatürk’ün Doğu-Güneydoğu Politikası ve GAP</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>38</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257038171</t>
+          <t>9789944212687</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Suskun Kadın</t>
+          <t>Atatürk’ün Doğu-Güneydoğu Anadolu Politikası ve GAP</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059851909</t>
+          <t>9786055638634</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Tarihi Seti 2 - Zorlu Yıllar (10 Kitap)</t>
+          <t>Atatürk’ün Devlet Adamlığı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1430</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756237267</t>
+          <t>3990000031418</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kadın</t>
+          <t>Atatürk’ün Avrasya Devleti</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>430</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257038133</t>
+          <t>9786055638153</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kızım İçin</t>
+          <t>Atatürk’ten Türkiye’ye Işık Tutan Konuşmalar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>80</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257039086</t>
+          <t>9799756237334</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir Külliyatı (25 Kitap)</t>
+          <t>Atatürk’ten Türkiye’ye Işık Tutan Konuşmalar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>9090</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055638177</t>
+          <t>9786055416102</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gazi ve Latife</t>
+          <t>Atatürk ve Siyaset</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>9.17</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789944212779</t>
+          <t>9786055638566</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Gap</t>
+          <t>Atatürk ve Liderlik</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257038102</t>
+          <t>9786055638399</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Davamız</t>
+          <t>Atatürk ve İslamiyet</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>450</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059850902</t>
+          <t>9786055638559</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Millet Bilinci</t>
+          <t>Atatürk Ön-Türk Uygarlığı ve Türk Kimliği</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>220</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055638962</t>
+          <t>9786055638139</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tarihte ve Abdülhamid Döneminde Türk-Alman İlişkileri</t>
+          <t>Atatürk Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055416676</t>
+          <t>9786055416324</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunda Almanlar</t>
+          <t>Aşkım, Aldatılan Affeder mi?</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059850858</t>
+          <t>9799756237242</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kuşak Yol Girişimi Bağlamında Çin’i Anlamak</t>
+          <t>Aşkı Seven 5 Kadın</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>3990000050938</t>
+          <t>9786055416287</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Harbimiz 1.Cilt</t>
+          <t>Aşk Yolculuğu</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>38</v>
+        <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059850957</t>
+          <t>9786055416638</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gerisinde Kalanlar</t>
+          <t>Aşk Şarap ve Yol</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257038157</t>
+          <t>9786055638580</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Oyalı Kase</t>
+          <t>Atatürk’ü ve Cumhuriyeti Anlamak</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>500</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055417826</t>
+          <t>9789944212144</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Petrol Fırtınası Seti (2 Kitap)</t>
+          <t>Asrın Sırrı Dostoyevski’nin "Büyük Engizisyoncu"su</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>570</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059850445</t>
+          <t>9786055416003</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Celal Bayar Anlatıyor Bilinmeyen Atatürk</t>
+          <t>Asıl Adı Atiye</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059850599</t>
+          <t>9786055638108</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Sofrası</t>
+          <t>Artık Paydos</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>240</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257038027</t>
+          <t>9799756237587</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğun Çöküşü</t>
+          <t>Antikacı Arago’nun Günlüğü</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>500</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257038010</t>
+          <t>9789944212311</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Korkma Sakın</t>
+          <t>Anatolia’nın Etekleri Anadolu’nun Romanı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257038034</t>
+          <t>9786055638979</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>8 Numara</t>
+          <t>Anadolu Aleviliğinin Senkretik Yapısı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059850995</t>
+          <t>9799756237389</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Hristiyan Olacaktık?</t>
+          <t>Amerikan Üstünlüğü Hayali</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257038119</t>
+          <t>9786055638344</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İdam Mahkumunun Eşine Yazdığı Son Mektuplar</t>
+          <t>Amerikan İmparatorluğu Gölgesindeki Türkiye</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257039065</t>
+          <t>9789756237885</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı Serisi Seti (2 Cilt - Kutusuz)</t>
+          <t>Amerika Düşerken</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>740</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257038072</t>
+          <t>9789756237939</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Değirmeni</t>
+          <t>Amerika 2014</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>530</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059850100</t>
+          <t>9786055638511</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir'in Savunma ve İddianame - Büyük Hesaplaşma</t>
+          <t>Alamut’un Efendisi Hasan Sabbah</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059851445</t>
+          <t>9786055638825</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Atatürk Seti (4 Kitap)</t>
+          <t>Akela</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>96</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257038126</t>
+          <t>9799756237525</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Devletin Görünmeyen Sahipleri Ahiler Teşkilatı</t>
+          <t>Akbaba Fonu</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>350</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257038089</t>
+          <t>9786055416591</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Dosyası</t>
+          <t>Aile İçi İletişim ve Çocuk Gelişimi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>3990000020267</t>
+          <t>9789944212168</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Fetö Seti (7 Kitap Takım)</t>
+          <t>Aikido Felsefesi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140.74</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059850926</t>
+          <t>9786055638795</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Ağababa</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786055638986</t>
+          <t>9786055638931</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki Cemiyeti</t>
+          <t>Afet Okulu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>400</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059850919</t>
+          <t>9799756237105</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ermenilerin Yaptığı Soykırım</t>
+          <t>Açık Toplum</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>320</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059850940</t>
+          <t>9789944975032</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele’de İttihat ve Terakki Erkanı ve Enver Paşa</t>
+          <t>Açı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>400</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055417451</t>
+          <t>9789944975889</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Tarihi Seti - İlk Yıllar (10 Kitap Lüx Kutulu)</t>
+          <t>ABD’den Kürtlere Bir Demet Kerkük</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>3400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257038065</t>
+          <t>9789944212137</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Dirilişe (Sadeleştirilmiş Orijinal Metin)</t>
+          <t>Faşizmin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257038058</t>
+          <t>9786055416386</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Parça</t>
+          <t>Din Karşıtı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257038003</t>
+          <t>9786055416768</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Kayıp Şehirde Aşk</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>450</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257038041</t>
+          <t>9789944975186</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Anlamsızlığa Tutunmak</t>
+          <t>Terörizm Ortadoğu’da Şiddet Dünyada Terör</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059850780</t>
+          <t>9786055416133</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Ardında Saklı</t>
+          <t>Terörist Sendikacı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>95</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059850711</t>
+          <t>9786055638689</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Komedya - Truva</t>
+          <t>Tea Sugar And A Dream</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>24</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059851435</t>
+          <t>9799756237747</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir Seti (5 Kitap Takım)</t>
+          <t>Tayfun Üç Kadın, Bir Adam, Bir Gece...</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>575</v>
+        <v>39</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
+          <t>9789944212847</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Tarihin Vicdanını Sızlatan Soykırım Yalanı</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789944212571</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Yarındır</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789944212328</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ve Güçlü</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786055638863</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Şu Fırat’ın Suyu</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9799756237020</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Şeytana Son</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786055638382</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Şehit Vere Vere Açılmak</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789944212373</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Şarkın Modern Gelini Şehribahar</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789944975292</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Şahsenem’den Orta Asya Kültürü ve Yemekleri</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789756237984</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Şafakta Kızıl Gökyüzü</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786059850438</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Sürgünde Üç Ölüm</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9786055638276</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Süper Beyin Noetik Paradigma</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9786055638702</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Su’dan Savaşlar</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9786055638818</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Karar Verme ve Senaryo Oluşturma</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789944212106</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Söyleyemediğim Tek Şey</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786055416492</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Soyut</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789944975933</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Soykırıma Uğrayan Türkler</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786055638443</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuza Yolculuk</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786059850490</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Abdülhamid’in Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789944975957</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Kuğunun Şarkısı</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9799756237136</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Sistem de Çöktü İnsan da Çöktü</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789944975322</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Sisam Adası Aşıkları</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9799756237655</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Sırlar Operasyonu Terör mü? Politika mı?</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786055416423</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Sır Yani</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789944975780</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Seni Seviyorum</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786055638740</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Savaşın Eşiğindeki Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789944212199</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Satori</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789944212793</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Satılık Ruhlar Mahzeni</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786055638733</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Mustafa’m</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789944975230</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Lacivert Kurtuluş</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9799756237570</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Samimiysen Konuşalım</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9799756237648</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Mabet</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9799756237204</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Sahte Melekler Hortumcuzadeler</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>13.43</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789944975384</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Romanitas Zaman: Şimdi Yer: Roma İmparatorluğu</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789944212656</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Rabay-Kurye Tuncay Güney Ergenekon’u Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786055638191</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Priamoesr’in Çemberi</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9799756237532</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Politikada Şiddet</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9786055416034</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Politika Dehası Atatürk</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789944212113</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Politik Futbol</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9786055638337</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Plevne Düşerken</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9799756237907</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Piri Reis’in Hazineleri</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>3990000031727</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Piri Reis Haritası’nın Şifresi</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9786055416829</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Petrol Fırtınası</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9799756237471</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Peri Masalındaki Güzel</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789944212403</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Pedalımın Altında Japonya</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789756237847</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Paris’in Altındaki Güller</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789944975223</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Para İmparatorluğu Kontrol Kimin Elinde?</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789944212878</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Örtülü Operasyonlar</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789944212823</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Önce Dil</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9786055638092</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Zaman Hikayesi</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9789944212274</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Otel</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789944212984</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’nın Son Kahramanları</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9799944975208</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Cumhuriyet’e Yaşam ve Moda</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9786055416508</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Oflu Ali’den Fıkralar</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>6.39</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786055638214</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Nutuk Öncesi Atatürk Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9799944975277</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Nereye Gitmeli 60 Ünlüden Tam 360 Seyahat Önerisi</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9789944212076</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Ne Olacak Bu Memleketin Hali?</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9789944975308</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Üniversitesi</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9786055638238</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Olmak İçin Evliliğin Şifreleri</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9799944975253</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal’den Atatürk’e</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9786055416355</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Muhafazakar Çapkınlar</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9786055416249</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Mucizeyi Yaratan Adam Mustafa Kemal</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9799756237198</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Mor Bakışlar Kadının Sırtından Sopa Eksik Olmuyor</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9799756237167</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Modern Savaşları Kazanmak Terörizm ve Amerikan İmparatorluğu</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9786055416560</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Mit ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9789944212922</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Shakespeare’in Büyük Yalanı</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9799944975079</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Misyonerler Savaşı</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9799944975093</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Milenyum Tarikatları / Batı’da Yeni Dini Akımlar</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786055416348</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Mış Gibi Yaşamak</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9789944212397</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Mevzi Yalınca’nın Ölümsüz Askerleri</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9789944975827</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Mevlana Seni Seviyor</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9799756237440</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Mathilda’dan Kalanlar</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9799756237600</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Maskeli Balo Türkiye, ABD ve Diğerleri</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786055416379</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Mahidevran Sultan</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786055638603</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Macaristan ve Ermeni Meselesi (1878- 1920)</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786059850230</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Latife ve Fikriye İki Aşk Arasında Atatürk</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9799944975376</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Köyün Kavalcıları</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786055638252</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Küresel Ekonomik Kriz Sermaye Birikiminin Analizi</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786055638917</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Küpe Çiçeği</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>17.59</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786055638894</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Küllerinden Doğan Ülke ve Mustafa Kemal</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786055416409</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Dünyalar</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789944212014</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Irak’a Son Operasyon</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786055416126</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Kuvay-ı Milliye Ruhuyla Bir Ömür</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786055638535</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluştan Kuruluşa K. Atatürk</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9789944212953</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Kurgan</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>25.93</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789944975995</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Kraliçenin Büyüsü</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9799756237488</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Kral Fidyesi Bir Şüphenin Romanı</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9789944212281</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Köşelerde Kalem Dalaşı</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9799756237068</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Kısır Döngü Türkiye’de Üniversite ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9786055416522</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı’dan Bugüne Su Politikaları ve Hukuku</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789944212366</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Üzerine</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786055416430</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya’nın Stratejik Suları</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9786055416478</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya’daki Saatli Bomba Su Sorunu</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9789752696846</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Zalim Dev</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9799756237310</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Latife ve Fikriye - İki Aşk Arasında Atatürk</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786055638436</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Lagaluga Yazılar</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789944212946</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Kürt İsyanları</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>3990044975131</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Türkiye</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786055638672</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik ve Egemenlik</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789944212717</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Kısıtlı Demokrasi Sancılı Hukuk</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789944212908</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Kurşun</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9799944975543</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Kedilerin Zamanı</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786055638085</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Kaybetme Sanatı</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786055416393</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Kara Papaz Makarios’un İntikamı</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9789944975834</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Oyun</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9789944212410</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı İstila-Ölüm Meleği</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786055638122</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>İşte Atatürk’ün Türkiyesi</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786055638771</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul’da Aşk’ı Yazarken</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786059850988</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>İsrail Ortadoğu ve Amerika</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786055638504</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>İslam ve İnsan</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>3.61</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786055416683</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>İslam Uyanışı ve Kürtler 2018</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9799756237730</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>İp Cambazı İmparator</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9789944975674</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>İncil Nasıl Değiştirildi?</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786055638856</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>İnanç Sarmalında Batı Dünyası ve Karşılaştırmalı Gülen Hareketi</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786055416263</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorlar Adası</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9789944975629</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>İksir Alternatif Hayat</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786055638924</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>İhanet Geliyorum Der mi?</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786055416256</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>İçimizden Öyküler</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786055638955</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Rüzgar</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9789944212625</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Karanlık Yüzü</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>3990000017307</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Işığa Tutunmak</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>34.72</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786055638481</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Islak Adımlar</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9789944212205</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Irak Yanıyor</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9799944975246</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Süleyman’ın Anahtarı Gerçek İsa Peygamber Kim?</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9789944975162</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım Avrupa Birinci Kitap Ortak Pazar’dan AB’ye</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9789944212458</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Dair, Matrak, Kışkırtıcı Ucube Denemeler</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9799756237761</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Hayalet Savaşları</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9799756237112</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Harem Penceresinden 2. Abdülhamit</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786055638627</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Hangi Said</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786055416270</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Her Halükarda Kadın</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786059850681</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Hala Yazıp Çizecek Birkaç Satırım Kaldı</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9789944212472</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>4 Dakika 58 Saniye</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786055416515</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>28 Şubat’ta Devrilmek</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9789944975117</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>2000 Yaşında Bir Dünya Güzeli</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786055638900</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>20. Yüzyılın Strateji Dehası Atatürk</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9789944212885</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>101 Soruda Kısırlık Tedavisi ve Aile Planlaması</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9789944212694</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>101 Soruda Gebelik ve Doğum</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786055416584</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>1. Kainat Savaşı 2050</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786055416362</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>1453</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786059850568</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Hırs</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786059850292</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Dokunamadığım Kadın</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786055416188</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Psikohipnoterapi Danışan Öyküleri</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786059850223</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Suçu İşleyen Belediye Başkanlarının Yargılanmaları</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786059850087</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Ötekiler</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786059850407</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>İmrendim</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786059850193</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Şark Meselesi</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786055416973</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Bu Benim İşte (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786059850476</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Maganda</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786059850469</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Atakule Cinayeti</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786059850179</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Asa Efsaneleri - Ölüm</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786059850186</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Biyografik Sözler Lugatı</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786055416928</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Sen Gerçekte Sen Misin?</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786055416874</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Çerkes Enişte</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786059850162</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Ar Damarı Kar Damarı</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786059850155</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz El</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786059850032</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Çoban Yıldızı</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786055416935</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Aşk, Kılıç ve Muska</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786055416737</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Türkler ve İslamiyet</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786055416645</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Bremenli Theresa</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786055416720</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı: Gazeteci</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786059850353</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Gölgenin Ölümü</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786055638221</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Gibi Düşünmek</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786055416690</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Onüçüncü Yaz</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786055416096</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ü Mutlu Eden ve Üzen Anılar</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786055416010</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Yaşasın 23 Nisan</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786055416461</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Büyük Yalanı: Soykırım</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786059850216</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Reis'in Altı Saati</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786055416980</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Ötesine Kaçış</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>3990000018217</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Doğumundan Ölümüne Atatürk Seti (13 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>138.89</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786059850322</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Nora ile Şir Mehmet</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786055416607</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Vazgeçiş</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786055416867</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Şifacı</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786055416812</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Sıfır Noktası Kobay</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786059850094</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Liderlik</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786055416805</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Kasırga Ordusu</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786257038140</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Ayrılık Sancıları</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>3990000050937</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Harbimiz 3.Cilt</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>3990000050935</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Harbimiz 4.Cilt</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>3990000050933</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Harbimiz 2.Cilt</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>3990000050934</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Harbimiz 5.Cilt</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786257038171</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Suskun Kadın</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786059851909</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Tarihi Seti 2 - Zorlu Yıllar (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9789756237267</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Kadın</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786257038133</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Kızım İçin</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786257039086</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Kazım Karabekir Külliyatı (25 Kitap)</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>9090</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786055638177</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Gazi ve Latife</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>9.17</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9789944212779</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Gap</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786257038102</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Davamız</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786059850902</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Millet Bilinci</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786055638962</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte ve Abdülhamid Döneminde Türk-Alman İlişkileri</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786055416676</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ordusunda Almanlar</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786059850858</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Kuşak Yol Girişimi Bağlamında Çin’i Anlamak</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>3990000050938</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Harbimiz 1.Cilt</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786059850957</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Gerisinde Kalanlar</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786257038157</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Oyalı Kase</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786055417826</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Petrol Fırtınası Seti (2 Kitap)</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786059850445</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Celal Bayar Anlatıyor Bilinmeyen Atatürk</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786059850599</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk'ün Sofrası</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786257038027</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluğun Çöküşü</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786257038010</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Korkma Sakın</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786257038034</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>8 Numara</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786059850995</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Hristiyan Olacaktık?</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786257038119</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>İdam Mahkumunun Eşine Yazdığı Son Mektuplar</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786257039065</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Birinci Dünya Savaşı Serisi Seti (2 Cilt - Kutusuz)</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786257038072</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Cehennem Değirmeni</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786059850100</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Kazım Karabekir'in Savunma ve İddianame - Büyük Hesaplaşma</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786059851445</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Atatürk Seti (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786257038126</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Görünmeyen Sahipleri Ahiler Teşkilatı</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786257038089</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Ermeni Dosyası</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>3990000020267</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Fetö Seti (7 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>140.74</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786059850926</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Hayatım</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786055638986</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>İttihat ve Terakki Cemiyeti</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786059850919</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Ermenilerin Yaptığı Soykırım</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786059850940</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Milli Mücadele’de İttihat ve Terakki Erkanı ve Enver Paşa</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786055417451</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Tarihi Seti - İlk Yıllar (10 Kitap Lüx Kutulu)</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786257038065</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Dirilişe (Sadeleştirilmiş Orijinal Metin)</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786257038058</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Parça</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786257038003</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>İsyan</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786257038041</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Anlamsızlığa Tutunmak</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786059850780</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Ardında Saklı</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786059850711</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Tarihi Komedya - Truva</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786059851435</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Kazım Karabekir Seti (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
           <t>9786257038881</t>
         </is>
       </c>
-      <c r="B279" s="1" t="inlineStr">
+      <c r="B500" s="1" t="inlineStr">
         <is>
           <t>Vay Canına</t>
         </is>
       </c>
-      <c r="C279" s="1">
+      <c r="C500" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>