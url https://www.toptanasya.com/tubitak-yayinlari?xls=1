--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,8125 +85,8995 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053124634</t>
+          <t>9786053126379</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Ara ve Bul Resimli Bulmacalar</t>
+          <t>Yakın Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053120704</t>
+          <t>9786053120940</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Zehirli Hayvanlar</t>
+          <t>Yavaş Kaan - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053120698</t>
+          <t>9786053120964</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Pandalar</t>
+          <t>Hazine Avı - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053123064</t>
+          <t>9786053121916</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler - Okumaya Başlarken</t>
+          <t>Görkem Sayıyor - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053121503</t>
+          <t>9786053121893</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Su Dedikleri Var Ya...</t>
+          <t>Büyükannenin Düğme Kutusu - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754039511</t>
+          <t>9786053121909</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları - Resimli Bulmacalar</t>
+          <t>Ali'nin Ayak Kareleri - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053120711</t>
+          <t>9786053121886</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>En Muhteşem Şey</t>
+          <t>Adalet Yerini Bulur - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>61</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754039641</t>
+          <t>9786053121954</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Kapınızı Çalarsa</t>
+          <t>45 Kilogram Problemi - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053121572</t>
+          <t>9786053121923</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler - Yakından Tanıyın</t>
+          <t>Uzun Bekleyiş - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>143</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053121527</t>
+          <t>9786053121978</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Şeylerin Tasarımı</t>
+          <t>Uzay Mekiği Avcısı - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>135</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053121510</t>
+          <t>9786053121862</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Değiştiren Dokuz Algoritma</t>
+          <t>Tavuklar Taşınıyor - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053120315</t>
+          <t>9786053121947</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İlginç Kutup Hayvanları</t>
+          <t>Nerede Bu Kemik - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053120322</t>
+          <t>9786053121855</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İlginç Mikroskobik Canlılar</t>
+          <t>Müge Her Şeyi Ölçüyor - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>66</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053121879</t>
+          <t>9789754034851</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Temiz Kampçılar - Matematik Her Yerde</t>
+          <t>İlk Okuma - Bitkiler Nasıl Büyür?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754030587</t>
+          <t>9786053122197</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Aydınlık Dünyası</t>
+          <t>Poincare Sanısı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754034288</t>
+          <t>9789754037135</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kurbağalar</t>
+          <t>Bilimi Kullan - Olay Yeri İnceleme Uzmanı Ol</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>29</v>
+        <v>48</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754035582</t>
+          <t>9786053122111</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Ağaçlar</t>
+          <t>Kim İster Yasak Şehirde Yaşamayı!</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754034844</t>
+          <t>9786053120728</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Örümcekler</t>
+          <t>Belleğin Tükenişi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754035766</t>
+          <t>9789754039016</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Bir Gün</t>
+          <t>Uzay Kaşifinin El Kitabı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>53</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754034721</t>
+          <t>9789754036343</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gölde</t>
+          <t>Okuldaki İlk Günüm</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>30</v>
+        <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754035995</t>
+          <t>9786053126348</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - İtfaiyeciler</t>
+          <t>Astronot Sema</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>29</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754035148</t>
+          <t>9786053126287</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Gece Hayvanları</t>
+          <t>Hayat Dolu Buzullar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>29</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754035551</t>
+          <t>9786053126294</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Dinozorlar</t>
+          <t>Yıldızıma Giden Yol</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>29</v>
+        <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754038545</t>
+          <t>9786053126201</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kurtlar</t>
+          <t>Kuzey Kutbu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>29</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754039504</t>
+          <t>9786053126300</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gök Atlası</t>
+          <t>Seni Gözünden Tanırım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053124092</t>
+          <t>9786053126225</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Fırtınalar ve Kasırgalar</t>
+          <t>Beslenme Bilimi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>29</v>
+        <v>475</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754036268</t>
+          <t>9786053126331</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Türlü Yerimde Duramıyorum</t>
+          <t>Biz Mantarız</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754035735</t>
+          <t>9786053126270</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Denizin Altında</t>
+          <t>Dünyanın Gücü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>53</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754037159</t>
+          <t>9786053126263</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Temel Düzey İçin Şekilli Matematik Sözlüğü</t>
+          <t>Görevimiz Uzay</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>88</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754035186</t>
+          <t>9786053126355</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Denizdeki 1001 Şeyi Bulun</t>
+          <t>Evcil Kediler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754034202</t>
+          <t>9786053126317</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kıyısında</t>
+          <t>Bardağı Taşıran Son Pipet</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>45</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754036862</t>
+          <t>9789754037425</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çevir Bak - Ormanda Yaşayan Hayvanlar (Ciltli)</t>
+          <t>Gezegenimiz Dünya Çevir Bak (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>96</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754034950</t>
+          <t>9789754036015</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bende Disleksi Var</t>
+          <t>Bu Sudan Bir Dinozor İçmiş Olabilir mi?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>55</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754034479</t>
+          <t>9789754036329</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>1001 Minik Hayvanı Bulun</t>
+          <t>Benim Küçük Kardeşim</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>64</v>
+        <v>95</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053121329</t>
+          <t>9786053121411</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ulu Meşeyle Bir Yıl</t>
+          <t>Çizgini Konuştur</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>69</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053123866</t>
+          <t>9786053126249</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs de Ne?</t>
+          <t>Bilim İnsanları Dünyayı Kurtarıyor!</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>7</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053122906</t>
+          <t>9786053126140</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İnternetin Geçmişi ve Dijital Gelecek</t>
+          <t>Resimli Etkinlik Kitabı - Yanardağlar ve Depremler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053123354</t>
+          <t>9786053126324</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Ağaçlar</t>
+          <t>O Kutup Bu Kutup Değil!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053123378</t>
+          <t>9786053126232</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Yabani Çiçekler</t>
+          <t>Matematikçiler Yıldızları Sayıyor!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053123637</t>
+          <t>9786053124054</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hindiba Tohumunun Büyük Hayali</t>
+          <t>Çizgi Bilim - Aziz Sancar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053123453</t>
+          <t>9786053122456</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Genç Astronotun El Kitabı</t>
+          <t>Kelebek Tutkusu - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754036169</t>
+          <t>9786053122401</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Neden Abur Cubur Yememeliyim?</t>
+          <t>Baloncuk Kulübü - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>52</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053125839</t>
+          <t>9786053122494</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Öyküsü</t>
+          <t>Küf Gizemi - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>46</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053126096</t>
+          <t>9786053122418</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Güney - İki Yarım Kürenin Hikâyesi</t>
+          <t>Burun Bilir - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053126188</t>
+          <t>9786053122425</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Deneylerle Keşfediyorum</t>
+          <t>Canavar Böcek - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>165</v>
+        <v>35</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053126119</t>
+          <t>9786053122500</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Fizik</t>
+          <t>Uzaydan Gelen - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>110</v>
+        <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053125815</t>
+          <t>9786053122395</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Flamingolar</t>
+          <t>Ne Ödevi - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053126171</t>
+          <t>9786053122364</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şifrebilim Bulmacaları</t>
+          <t>Yeşil Köpek - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>92</v>
+        <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053126126</t>
+          <t>9786053122340</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Düşünürün El Kitabı - Büyük Patlama Nasıl Çürütülür?</t>
+          <t>Gelgit - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>165</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053126102</t>
+          <t>9786053122296</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Işıltı</t>
+          <t>Arka Bahçedeki Kazı - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>210</v>
+        <v>35</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053126157</t>
+          <t>9786053122319</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bizim Gibi Makineler</t>
+          <t>Kafama Takılan Ayı - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053126164</t>
+          <t>9786053122326</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Becerilerin El Kitabı</t>
+          <t>Karınca Saldırısı - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053125761</t>
+          <t>9786053122333</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Nasıl Hazırlanır?</t>
+          <t>Neredeyse Görünmez İrem - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>70</v>
+        <v>35</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053126133</t>
+          <t>9786053122524</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gizem ve Uzay Arıları</t>
+          <t>Sıra Dışı Hediye - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053126195</t>
+          <t>9786053122449</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi</t>
+          <t>Gökkuşağının Gizemi - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>255</v>
+        <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053125570</t>
+          <t>9786053122470</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağı Nasıl Oluşturursun? - 9 Basit Adım ve 100 Milyon Yıl Yeterli!</t>
+          <t>O Ses Ne - Bilim Bunu Çözer</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053125617</t>
+          <t>9786053126256</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler</t>
+          <t>Doğa Dostu Fikirler Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053126041</t>
+          <t>9786053126218</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Uçak</t>
+          <t>İlk Okuma - Uzay İstasyonunda Yaşamak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053123446</t>
+          <t>9786053124634</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Helikopter</t>
+          <t>Dinozorlar - Ara ve Bul Resimli Bulmacalar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053125976</t>
+          <t>9786053120704</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Pil</t>
+          <t>İlk Okuma - Zehirli Hayvanlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053125969</t>
+          <t>9786053120698</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Para</t>
+          <t>İlk Okuma - Pandalar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053125266</t>
+          <t>9786053123064</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Klima</t>
+          <t>Çiçekler - Okumaya Başlarken</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053123675</t>
+          <t>9786053121503</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Karakutu</t>
+          <t>Su Dedikleri Var Ya...</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>50</v>
+        <v>56</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053125990</t>
+          <t>9789754039511</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Roket</t>
+          <t>Etkinlik Kartları - Resimli Bulmacalar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053125921</t>
+          <t>9786053120711</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Denizaltı</t>
+          <t>En Muhteşem Şey</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>50</v>
+        <v>61</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053125945</t>
+          <t>9789754039641</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Güneş Gözlüğü</t>
+          <t>Uğurböceği Kapınızı Çalarsa</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>50</v>
+        <v>72</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053125983</t>
+          <t>9786053121572</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Plastik</t>
+          <t>Bitkiler - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>50</v>
+        <v>143</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053126003</t>
+          <t>9786053121527</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Saat</t>
+          <t>Gündelik Şeylerin Tasarımı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>50</v>
+        <v>135</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053125907</t>
+          <t>9786053121510</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Aspirin</t>
+          <t>Geleceği Değiştiren Dokuz Algoritma</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>50</v>
+        <v>101</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053125938</t>
+          <t>9786053120315</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Fermuar</t>
+          <t>İlginç Kutup Hayvanları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053126058</t>
+          <t>9786053120322</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Yara Bandı</t>
+          <t>İlginç Mikroskobik Canlılar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053126010</t>
+          <t>9786053121879</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Sakız</t>
+          <t>Temiz Kampçılar - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053126034</t>
+          <t>9789754030587</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Telefon</t>
+          <t>Matematiğin Aydınlık Dünyası</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053125952</t>
+          <t>9789754034288</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Konserve</t>
+          <t>İlk Okuma - Kurbağalar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053125914</t>
+          <t>9789754035582</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Braille Alfabesi</t>
+          <t>İlk Okuma - Ağaçlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053126027</t>
+          <t>9789754034844</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Şemsiye</t>
+          <t>İlk Okuma Örümcekler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053123651</t>
+          <t>9789754035766</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Kağıt</t>
+          <t>Güneşli Bir Gün</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053123422</t>
+          <t>9789754034721</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Bilgisayar</t>
+          <t>Gölde</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053125426</t>
+          <t>9789754035995</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Otomobil</t>
+          <t>İlk Okuma - İtfaiyeciler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053125228</t>
+          <t>9789754035148</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Wildife Of Türkiye</t>
+          <t>İlk Okuma - Gece Hayvanları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053125808</t>
+          <t>9789754035551</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Örümcek Meselesi</t>
+          <t>İlk Okuma - Dinozorlar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053125532</t>
+          <t>9789754038545</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Minik Soru Yumağı</t>
+          <t>İlk Okuma - Kurtlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053125624</t>
+          <t>9789754039504</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bir Yetişkine Kodlama Nasıl Öğretilir ?</t>
+          <t>Gök Atlası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>55</v>
+        <v>125</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053125792</t>
+          <t>9786053124092</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İnci Kefali</t>
+          <t>İlk Okuma - Fırtınalar ve Kasırgalar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>65</v>
+        <v>29</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053125686</t>
+          <t>9789754036268</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Yumurtası</t>
+          <t>Bir Türlü Yerimde Duramıyorum</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053125822</t>
+          <t>9789754035735</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Farklı Düşün Farklı Yaz</t>
+          <t>Denizin Altında</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053125563</t>
+          <t>9789754037159</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bulutları Okumak - Hava Durumunu Nasıl Tahmin Edebilirsiniz?</t>
+          <t>Temel Düzey İçin Şekilli Matematik Sözlüğü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>80</v>
+        <v>88</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053125693</t>
+          <t>9789754035186</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanları Tüm Gün Ne Yapar?</t>
+          <t>Denizdeki 1001 Şeyi Bulun</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>64</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053125556</t>
+          <t>9789754034202</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Derin Dalış</t>
+          <t>Deniz Kıyısında</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>60</v>
+        <v>53</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053125655</t>
+          <t>9789754036862</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Astrodalgıç</t>
+          <t>Çevir Bak - Ormanda Yaşayan Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>65</v>
+        <v>96</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053125594</t>
+          <t>9789754034950</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik - Eşsiz Bir Görsel Rehber</t>
+          <t>Bende Disleksi Var</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>380</v>
+        <v>55</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053125709</t>
+          <t>9789754034479</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ağaçları Neden Seviyorum?</t>
+          <t>1001 Minik Hayvanı Bulun</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>50</v>
+        <v>64</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053125679</t>
+          <t>9786053121329</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki Matematik</t>
+          <t>Ulu Meşeyle Bir Yıl</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>60</v>
+        <v>69</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053125723</t>
+          <t>9786053123866</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum : Sporu Seviyorum</t>
+          <t>Koronavirüs de Ne?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053125716</t>
+          <t>9786053122906</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum : Uzayı Seviyorum</t>
+          <t>İnternetin Geçmişi ve Dijital Gelecek</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053125754</t>
+          <t>9786053123354</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum: Hayvanları Seviyorum</t>
+          <t>Doğa - Ağaçlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053125747</t>
+          <t>9786053123378</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum : Sanatı Seviyorum</t>
+          <t>Doğa - Yabani Çiçekler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053125648</t>
+          <t>9786053123637</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Steam Oyna Ve Öğren</t>
+          <t>Hindiba Tohumunun Büyük Hayali</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053125730</t>
+          <t>9786053123453</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum : Açık Havayı Seviyorum</t>
+          <t>Genç Astronotun El Kitabı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053125662</t>
+          <t>9789754036169</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki Bilim</t>
+          <t>Neden Abur Cubur Yememeliyim?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053125600</t>
+          <t>9786053125839</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsan İçin Matematik</t>
+          <t>Dünyanın En Güzel Öyküsü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>105</v>
+        <v>46</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053125587</t>
+          <t>9786053126096</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Makineler Nasıl Düşünür?</t>
+          <t>Kuzey ve Güney - İki Yarım Kürenin Hikâyesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053125778</t>
+          <t>9786053126188</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Nobuyuki Yoshigahara'dan Bulmacalar</t>
+          <t>Deneylerle Keşfediyorum</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>165</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053125785</t>
+          <t>9786053126119</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Habercisi</t>
+          <t>Yeni Başlayanlar İçin Fizik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053125631</t>
+          <t>9786053125815</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Matematikte Problem Çözme - Zihin Fırtınaları ve Sıra Dışı Yolculuklar</t>
+          <t>Bozkırdaki Flamingolar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053125549</t>
+          <t>9786053126171</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bilimle El Ele: Madde</t>
+          <t>Şifrebilim Bulmacaları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>92</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053125389</t>
+          <t>9786053126126</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kutup Bilimleri Ansiklopedisi</t>
+          <t>Kozmik Düşünürün El Kitabı - Büyük Patlama Nasıl Çürütülür?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1460</v>
+        <v>165</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053125259</t>
+          <t>9786053126102</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Işığın Öyküsü</t>
+          <t>Tuhaf Işıltı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>254</v>
+        <v>210</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053125235</t>
+          <t>9786053126157</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Üç Kayıp Tohum ve Var Olma Hikayeleri</t>
+          <t>Bizim Gibi Makineler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053125143</t>
+          <t>9786053126164</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zürafalar</t>
+          <t>Unutulmuş Becerilerin El Kitabı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>29</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053125273</t>
+          <t>9786053125761</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aritmetik</t>
+          <t>Bir Kitap Nasıl Hazırlanır?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053125150</t>
+          <t>9786053126133</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Suyu Hasadı - Yağmuru Hayatınıza ve Bahçenize Davet Etme Yöntemleri</t>
+          <t>Gizem ve Uzay Arıları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053125280</t>
+          <t>9786053126195</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! İnsan Vücüdu</t>
+          <t>Güneş Sistemi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>104</v>
+        <v>255</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053125297</t>
+          <t>9786053125570</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! Çöp</t>
+          <t>Bir Dağı Nasıl Oluşturursun? - 9 Basit Adım ve 100 Milyon Yıl Yeterli!</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>104</v>
+        <v>80</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053125167</t>
+          <t>9786053125617</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Zehir - Hayvanlar Aleminin Zehirli Canlıları</t>
+          <t>Mevsimler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>105</v>
+        <v>75</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053125242</t>
+          <t>9786053126041</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Teknolojiye İlham Veren Hayvanlar</t>
+          <t>Kim, Ne Zaman İcat Etti? Uçak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053125136</t>
+          <t>9786053123446</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvanlar</t>
+          <t>Kim, Ne Zaman İcat Etti? Helikopter</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>29</v>
+        <v>50</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053125525</t>
+          <t>9786053125976</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ay Maceramız</t>
+          <t>Kim, Ne Zaman İcat Etti? Pil</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>162</v>
+        <v>50</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053125211</t>
+          <t>9786053125969</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'daki Vahşi Kediler</t>
+          <t>Kim, Ne Zaman İcat Etti? Para</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053125204</t>
+          <t>9786053125266</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yakın Uzay</t>
+          <t>Kim, Ne Zaman İcat Etti? Klima</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>145</v>
+        <v>50</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053125129</t>
+          <t>9786053123675</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kuantum Bilgisayım</t>
+          <t>Kim, Ne Zaman İcat Etti? Karakutu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053125112</t>
+          <t>9786053125990</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Doğasından Yansımalar</t>
+          <t>Kim, Ne Zaman İcat Etti? Roket</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>182</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053124788</t>
+          <t>9786053125921</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar'ın Kendi Kaleminden Hayatı ve Bilimi</t>
+          <t>Kim, Ne Zaman İcat Etti? Denizaltı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053125105</t>
+          <t>9786053125945</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bazı Günler - Sevgi, Dondurma ve Annemin Hastalığı Üzerine Bir Öykü</t>
+          <t>Kim, Ne Zaman İcat Etti? Güneş Gözlüğü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053125099</t>
+          <t>9786053125983</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bulutlarda</t>
+          <t>Kim, Ne Zaman İcat Etti? Plastik</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>84</v>
+        <v>50</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053125464</t>
+          <t>9786053126003</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kara Delik Bir Delik Değildir</t>
+          <t>Kim, Ne Zaman İcat Etti? Saat</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053125082</t>
+          <t>9786053125907</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sayılar!</t>
+          <t>Kim, Ne Zaman İcat Etti? Aspirin</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>69</v>
+        <v>50</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053125075</t>
+          <t>9786053125938</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Bilgisayar Bilimi</t>
+          <t>Kim, Ne Zaman İcat Etti? Fermuar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>302</v>
+        <v>50</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053125518</t>
+          <t>9786053126058</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Derin Uzay - Güneş Sistemi'nin Ötesine Evren'in Sınırlarına ve Zamanın Başlangıcına Bir Yolculuk</t>
+          <t>Kim, Ne Zaman İcat Etti? Yara Bandı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>232</v>
+        <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053125044</t>
+          <t>9786053126010</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ara ve Bul Resimli Bulmacalar Tropik Ormanlar</t>
+          <t>Kim, Ne Zaman İcat Etti? Sakız</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053125037</t>
+          <t>9786053126034</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ara ve Bul Resimli Bulmacalar Minik Hayvanlar</t>
+          <t>Kim, Ne Zaman İcat Etti? Telefon</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053124986</t>
+          <t>9786053125952</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Neden?</t>
+          <t>Kim, Ne Zaman İcat Etti? Konserve</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>68</v>
+        <v>50</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053125006</t>
+          <t>9786053125914</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Gibi</t>
+          <t>Kim, Ne Zaman İcat Etti? Braille Alfabesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053125068</t>
+          <t>9786053126027</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hava Nedir? Bulutlar, İklim ve Küresel Isınma</t>
+          <t>Kim, Ne Zaman İcat Etti? Şemsiye</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053124993</t>
+          <t>9786053123651</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Karahindibanın Uçuşan Öyküsü</t>
+          <t>Kim, Ne Zaman İcat Etti? Kağıt</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>66</v>
+        <v>50</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053125013</t>
+          <t>9786053123422</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtıcı Gerçekler - Matematik</t>
+          <t>Kim, Ne Zaman İcat Etti? Bilgisayar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053125020</t>
+          <t>9786053125426</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtıcı Gerçekler - Mühendislik</t>
+          <t>Kim, Ne Zaman İcat Etti? Otomobil</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053124917</t>
+          <t>9786053125228</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Çok Atık</t>
+          <t>Wildife Of Türkiye</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>148</v>
+        <v>240</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053124948</t>
+          <t>9786053125808</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! - Kodlama</t>
+          <t>Küçük Bir Örümcek Meselesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>113</v>
+        <v>50</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053124870</t>
+          <t>9786053125532</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar ve Beyin</t>
+          <t>Minik Soru Yumağı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>58</v>
+        <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053124924</t>
+          <t>9786053125624</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! - Robotlar</t>
+          <t>Bir Yetişkine Kodlama Nasıl Öğretilir ?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>113</v>
+        <v>55</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053124931</t>
+          <t>9786053125792</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! - Mühendislik</t>
+          <t>İnci Kefali</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>113</v>
+        <v>65</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053124955</t>
+          <t>9786053125686</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! - Enerji</t>
+          <t>İmparatorun Yumurtası</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>113</v>
+        <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053124894</t>
+          <t>9786053125822</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Tutkum Matematik</t>
+          <t>Farklı Düşün Farklı Yaz</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053124887</t>
+          <t>9786053125563</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yer Altı Hayvanları</t>
+          <t>Bulutları Okumak - Hava Durumunu Nasıl Tahmin Edebilirsiniz?</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>29</v>
+        <v>80</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053124863</t>
+          <t>9786053125693</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Tohumla Başlar</t>
+          <t>Bilim İnsanları Tüm Gün Ne Yapar?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>58</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053124849</t>
+          <t>9786053125556</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dilinde - Bitkiler Renkleriyle Ne Anlatır?</t>
+          <t>Derin Dalış</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053124856</t>
+          <t>9786053125655</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Bilim - Marie Curie</t>
+          <t>Astrodalgıç</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>54</v>
+        <v>65</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>4440000003114</t>
+          <t>9786053125594</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar'ın Kendi Kaleminden Hayatı ve Bilimi</t>
+          <t>Adım Adım Matematik - Eşsiz Bir Görsel Rehber</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>32</v>
+        <v>380</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053124719</t>
+          <t>9786053125709</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Göç - Hayvanların Olağanüstü Yolculukları</t>
+          <t>Ağaçları Neden Seviyorum?</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>91</v>
+        <v>50</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053124702</t>
+          <t>9786053125679</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Bir Ev</t>
+          <t>Hayatımızdaki Matematik</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>63</v>
+        <v>75</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053124771</t>
+          <t>9786053125723</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Suyun Çocukları</t>
+          <t>Meslekleri Tanıyorum : Sporu Seviyorum</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053124764</t>
+          <t>9786053125716</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bu Bilim Tam Senlik</t>
+          <t>Meslekleri Tanıyorum : Uzayı Seviyorum</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>84</v>
+        <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053124757</t>
+          <t>9786053125754</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bu Matematik Tam Senlik</t>
+          <t>Meslekleri Tanıyorum: Hayvanları Seviyorum</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>84</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053124726</t>
+          <t>9786053125747</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gece Vakti</t>
+          <t>Meslekleri Tanıyorum : Sanatı Seviyorum</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053124696</t>
+          <t>9786053125648</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Doğadan İlhan Alan Tasarımlar</t>
+          <t>Steam Oyna Ve Öğren</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>89</v>
+        <v>130</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053124733</t>
+          <t>9786053125730</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Beynimiz Nasıl Çalışır?</t>
+          <t>Meslekleri Tanıyorum : Açık Havayı Seviyorum</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>61</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053124740</t>
+          <t>9786053125662</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Derinlere Yolculuk - Alvin Denizaltısı ile Derin Denizleri Keşfedin</t>
+          <t>Hayatımızdaki Bilim</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053124795</t>
+          <t>9786053125600</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Mert</t>
+          <t>İnsan İçin Matematik</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>60</v>
+        <v>105</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053124689</t>
+          <t>9786053125587</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mucit Laboratuvarı</t>
+          <t>Akıllı Makineler Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>243</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053124672</t>
+          <t>9786053125778</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Robot</t>
+          <t>Nobuyuki Yoshigahara'dan Bulmacalar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>294</v>
+        <v>90</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053124481</t>
+          <t>9786053125785</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Denizanası Bahçesi</t>
+          <t>Yıldız Habercisi</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053124467</t>
+          <t>9786053125631</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Balık</t>
+          <t>Matematikte Problem Çözme - Zihin Fırtınaları ve Sıra Dışı Yolculuklar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>117</v>
+        <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053124498</t>
+          <t>9786053125549</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>STEM Matematik Karalama Kitabı</t>
+          <t>Bilimle El Ele: Madde</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>84</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053124580</t>
+          <t>9786053125389</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Karalama Kitabı</t>
+          <t>Kutup Bilimleri Ansiklopedisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>84</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053124610</t>
+          <t>9786053125259</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>STEM Teknoloji Karalama Kitabı</t>
+          <t>Işığın Öyküsü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>84</v>
+        <v>254</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053124597</t>
+          <t>9786053125235</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>STEAM Buluşlar Karalama Kitabı</t>
+          <t>Üç Kayıp Tohum ve Var Olma Hikayeleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053124474</t>
+          <t>9786053125143</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykucuları: Yaz Uykusuna Yatan Hayvanlar</t>
+          <t>İlk Okuma - Zürafalar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>71</v>
+        <v>29</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053124450</t>
+          <t>9786053125273</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mario ve Gökyüzündeki Delik - Bir Kimyacının Dünyamızı Kurtarma Hikayesi</t>
+          <t>Aritmetik</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053124511</t>
+          <t>9786053125150</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Öklid'i Okurken</t>
+          <t>Yağmur Suyu Hasadı - Yağmuru Hayatınıza ve Bahçenize Davet Etme Yöntemleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053124573</t>
+          <t>9786053125280</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kaplumbağası</t>
+          <t>Keşfedin! İnsan Vücüdu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>92</v>
+        <v>140</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053124665</t>
+          <t>9786053125297</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Biyotaklit</t>
+          <t>Keşfedin! Çöp</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>79</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053124559</t>
+          <t>9786053125167</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Göletler</t>
+          <t>Zehir - Hayvanlar Aleminin Zehirli Canlıları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>29</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053124603</t>
+          <t>9786053125242</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şehir Nasıl İnşa Edilir?</t>
+          <t>Teknolojiye İlham Veren Hayvanlar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>78</v>
+        <v>95</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053124504</t>
+          <t>9786053125136</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Gece ve Gündüz</t>
+          <t>İlk Okuma - Tembel Hayvanlar</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053124566</t>
+          <t>9786053125525</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ben Rüzgarım</t>
+          <t>Ay Maceramız</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>74</v>
+        <v>162</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053124542</t>
+          <t>9786053125211</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Mevsimler</t>
+          <t>Anadolu'daki Vahşi Kediler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>29</v>
+        <v>70</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053124535</t>
+          <t>9786053125204</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Böcekler ve Diğer Minik Hayvanlar</t>
+          <t>Yakın Uzay</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>29</v>
+        <v>145</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053124528</t>
+          <t>9786053125129</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Orman Hayvanları</t>
+          <t>Herkes İçin Kuantum Bilgisayım</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>29</v>
+        <v>85</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053124627</t>
+          <t>9786053125112</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Denizde - Ara ve Bul Resimli Bulmacalar</t>
+          <t>Anadolu Doğasından Yansımalar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>35</v>
+        <v>182</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053124658</t>
+          <t>9786053124788</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ormanda - Ara ve Bul Resimli Bulmacalar</t>
+          <t>Aziz Sancar'ın Kendi Kaleminden Hayatı ve Bilimi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053124641</t>
+          <t>9786053125105</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hayvanat Bahçesinde - Ara ve Bul Resimli Bulmacalar</t>
+          <t>Bazı Günler - Sevgi, Dondurma ve Annemin Hastalığı Üzerine Bir Öykü</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053124313</t>
+          <t>9786053125099</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Ansiklopedisi (4 Kitap)</t>
+          <t>Bulutlarda</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1535</v>
+        <v>84</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053124221</t>
+          <t>9786053125464</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Harikalar - Uzayda</t>
+          <t>Kara Delik Bir Delik Değildir</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>68</v>
+        <v>90</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053124238</t>
+          <t>9786053125082</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Harikalar - Suda</t>
+          <t>Merhaba Sayılar!</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053124245</t>
+          <t>9786053125075</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Harikalar - Karada</t>
+          <t>Adım Adım Bilgisayar Bilimi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>68</v>
+        <v>302</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053124252</t>
+          <t>9786053125518</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Harikalar - Havada</t>
+          <t>Derin Uzay - Güneş Sistemi'nin Ötesine Evren'in Sınırlarına ve Zamanın Başlangıcına Bir Yolculuk</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>68</v>
+        <v>232</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053124153</t>
+          <t>9786053125044</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Besin Maddeleriyle Takım Olmak - Organik Bahçecilikte Bitki Besin Maddelerinin Etkin Kullanımı</t>
+          <t>Ara ve Bul Resimli Bulmacalar Tropik Ormanlar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>29</v>
+        <v>50</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053124146</t>
+          <t>9786053125037</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mikroorganizmalarla Takım Olmak - Organik Bahçecilik ve Toprak Besin Ağı</t>
+          <t>Ara ve Bul Resimli Bulmacalar Minik Hayvanlar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053124443</t>
+          <t>9786053124986</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Matematiği- Unutulmuş Sanat, Küresel Trigonometri</t>
+          <t>Neden?</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>45</v>
+        <v>68</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053124177</t>
+          <t>9786053125006</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Açık Hava Etkinlikleri</t>
+          <t>Ağaç Gibi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053124139</t>
+          <t>9786053125068</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mete ve Muhteşem Keşfi</t>
+          <t>Hava Nedir? Bulutlar, İklim ve Küresel Isınma</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053124207</t>
+          <t>9786053124993</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şu Matematik Dedikleri...</t>
+          <t>Karahindibanın Uçuşan Öyküsü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>132</v>
+        <v>66</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053124214</t>
+          <t>9786053125013</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Element Kartları (Kutulu)</t>
+          <t>Şaşırtıcı Gerçekler - Matematik</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>285</v>
+        <v>70</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053124184</t>
+          <t>9786053125020</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kutup Seferleri</t>
+          <t>Şaşırtıcı Gerçekler - Mühendislik</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053124269</t>
+          <t>9786053124917</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Benim Renkli Yumağım - Minikler Serisi Renkler</t>
+          <t>Bu Ne Çok Atık</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>43</v>
+        <v>148</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053124276</t>
+          <t>9786053124948</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Ben Neyim? - Minikler Serisi Taşıtlar</t>
+          <t>Keşfedin! - Kodlama</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>43</v>
+        <v>113</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053124108</t>
+          <t>9786053124870</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Karıncalar</t>
+          <t>Bilgisayar ve Beyin</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053124122</t>
+          <t>9786053124924</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Su Samurları</t>
+          <t>Keşfedin! - Robotlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>24</v>
+        <v>113</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053124191</t>
+          <t>9786053124931</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Düşün Çöz Eğlen Kart Seti</t>
+          <t>Keşfedin! - Mühendislik</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>90</v>
+        <v>113</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053124290</t>
+          <t>9786053124955</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Yiyecekler? - Minikler Serisi Hayvanlar</t>
+          <t>Keşfedin! - Enerji</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>43</v>
+        <v>113</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053124283</t>
+          <t>9786053124894</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bu Şekli Tanıyor musun? - Minikler Serisi Şekiller</t>
+          <t>En Büyük Tutkum Matematik</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>43</v>
+        <v>54</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053124160</t>
+          <t>9786053124887</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Doğa Etkinlikleri Kitabı</t>
+          <t>İlk Okuma - Yer Altı Hayvanları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>58</v>
+        <v>29</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053124115</t>
+          <t>9786053124863</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Gökbilim</t>
+          <t>Her Şey Bir Tohumla Başlar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>29</v>
+        <v>90</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053123385</t>
+          <t>9786053124849</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Bahçecilik</t>
+          <t>Çiçek Dilinde - Bitkiler Renkleriyle Ne Anlatır?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>100</v>
+        <v>72</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053123019</t>
+          <t>9786053124856</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bir Astronottan Hayat Dersleri</t>
+          <t>Çizgi Bilim - Marie Curie</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>120</v>
+        <v>54</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053121435</t>
+          <t>4440000003114</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yerim Ben Matematik Ödevimi - Aç Beyinler İçin Tarifler</t>
+          <t>Aziz Sancar'ın Kendi Kaleminden Hayatı ve Bilimi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>66</v>
+        <v>32</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053123057</t>
+          <t>9786053124719</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar - Okumaya Başlarken</t>
+          <t>Göç - Hayvanların Olağanüstü Yolculukları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053121480</t>
+          <t>9786053124702</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Dedikleri Var Ya...</t>
+          <t>Gökyüzünde Bir Ev</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>45</v>
+        <v>63</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053121497</t>
+          <t>9786053124771</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Taş Dedikleri Var Ya...</t>
+          <t>Suyun Çocukları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754039733</t>
+          <t>9786053124764</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Başıma Yıldırım Düştü!</t>
+          <t>Bu Bilim Tam Senlik</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>111</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053123224</t>
+          <t>9786053124757</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Resimli Bulmaca Kitabı</t>
+          <t>Bu Matematik Tam Senlik</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053123286</t>
+          <t>9786053124726</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Öklid'in Elemanları</t>
+          <t>Gece Vakti</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>360</v>
+        <v>61</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789754039542</t>
+          <t>9786053124696</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları Matematik Bulmacaları</t>
+          <t>Gökyüzünde Doğadan İlhan Alan Tasarımlar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754039559</t>
+          <t>9786053124733</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları Sayı Bulmacaları</t>
+          <t>Beynimiz Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754039528</t>
+          <t>9786053124740</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları - Zeka Bulmacaları</t>
+          <t>Derinlere Yolculuk - Alvin Denizaltısı ile Derin Denizleri Keşfedin</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789754038293</t>
+          <t>9786053124795</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Problem Çözümüne Giriş 101</t>
+          <t>Mühendis Mert</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053125471</t>
+          <t>9786053124689</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Gezegenler (Ciltli)</t>
+          <t>Mucit Laboratuvarı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>467</v>
+        <v>243</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053120117</t>
+          <t>9786053124672</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sayalım - Ağaçlar</t>
+          <t>Robot</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>64</v>
+        <v>294</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053122821</t>
+          <t>9786053124481</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Beyin</t>
+          <t>Denizanası Bahçesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053122579</t>
+          <t>9786053124467</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>365 Bilim Etkinliği</t>
+          <t>Balık</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>147</v>
+        <v>117</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053121589</t>
+          <t>9786053124498</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Uçuş - Yakından Tanıyın</t>
+          <t>STEM Matematik Karalama Kitabı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>143</v>
+        <v>100</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053122890</t>
+          <t>9786053124580</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hayatı ve Bilimi (Ciltli)</t>
+          <t>Mimarlık Karalama Kitabı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053120957</t>
+          <t>9786053124610</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Tarçın Nerede? - Matematik Her Yerde</t>
+          <t>STEM Teknoloji Karalama Kitabı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>30</v>
+        <v>84</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053120971</t>
+          <t>9786053124597</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kimde Kabarcık Var? - Matematik Her Yerde</t>
+          <t>STEAM Buluşlar Karalama Kitabı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>30</v>
+        <v>84</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053120926</t>
+          <t>9786053124474</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bora'nın Pazar Heyecanı - Matematik Her Yerde</t>
+          <t>Yaz Uykucuları: Yaz Uykusuna Yatan Hayvanlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>30</v>
+        <v>71</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053122173</t>
+          <t>9786053124450</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Atlar</t>
+          <t>Mario ve Gökyüzündeki Delik - Bir Kimyacının Dünyamızı Kurtarma Hikayesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>11.57</v>
+        <v>60</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053122166</t>
+          <t>9786053124511</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Dinozorlar</t>
+          <t>Öklid'i Okurken</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>11.57</v>
+        <v>80</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053122180</t>
+          <t>9786053124573</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Köpekbalıkları</t>
+          <t>Küçük Deniz Kaplumbağası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>11.57</v>
+        <v>92</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053122159</t>
+          <t>9786053124665</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yavru Hayvanlar</t>
+          <t>Biyotaklit</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>11.57</v>
+        <v>79</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754039627</t>
+          <t>9786053124559</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>ESOBİL Zeka Bulmacaları 1</t>
+          <t>İlk Okuma - Göletler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>8.8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053120223</t>
+          <t>9786053124603</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Nesneleri Nasıl Yansıtır?</t>
+          <t>Şehir Nasıl İnşa Edilir?</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>10</v>
+        <v>78</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754039887</t>
+          <t>9786053124504</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Mikroskop Hakkında Her Şey</t>
+          <t>İlk Okuma - Gece ve Gündüz</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>115</v>
+        <v>40</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053120391</t>
+          <t>9786053124566</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Genler Değiştirildiğinde Ne Olur?</t>
+          <t>Ben Rüzgarım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>4.63</v>
+        <v>74</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754039696</t>
+          <t>9786053124542</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları 3</t>
+          <t>İlk Okuma - Mevsimler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>6.94</v>
+        <v>29</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053120285</t>
+          <t>9786053124535</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>En İyi İlacı Ararken</t>
+          <t>İlk Okuma - Böcekler ve Diğer Minik Hayvanlar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053120261</t>
+          <t>9786053124528</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Bir Yılı Seti</t>
+          <t>İlk Okuma - Orman Hayvanları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>33.33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789754039900</t>
+          <t>9786053124627</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Nasıl Çalışır?</t>
+          <t>Denizde - Ara ve Bul Resimli Bulmacalar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>5.09</v>
+        <v>35</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754039665</t>
+          <t>9786053124658</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Bıdık</t>
+          <t>Ormanda - Ara ve Bul Resimli Bulmacalar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>3.24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053121633</t>
+          <t>9786053124641</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Ne Kadar Büyüktü? (Ciltli)</t>
+          <t>Hayvanat Bahçesinde - Ara ve Bul Resimli Bulmacalar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>260</v>
+        <v>35</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053121138</t>
+          <t>9786053124313</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Böcekler Olmadan Yaşamayı!</t>
+          <t>Sosyal Bilimler Ansiklopedisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>7.41</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053121299</t>
+          <t>9786053124221</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Newton'un Yerinde Olmayı!</t>
+          <t>Çizmeli Harikalar - Uzayda</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>7.41</v>
+        <v>68</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053121145</t>
+          <t>9786053124238</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Telefonsuz Yaşamayı!</t>
+          <t>Çizmeli Harikalar - Suda</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>7.41</v>
+        <v>68</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053121152</t>
+          <t>9786053124245</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Temiz Su Olmadan Yaşamayı!</t>
+          <t>Çizmeli Harikalar - Karada</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>7.41</v>
+        <v>68</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053121305</t>
+          <t>9786053124252</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Tifolu Mary ile Karşılaşmayı!</t>
+          <t>Çizmeli Harikalar - Havada</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>7.41</v>
+        <v>68</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053121077</t>
+          <t>9786053124153</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kim İster 16. Yüzyılda Hasta Olmayı!</t>
+          <t>Besin Maddeleriyle Takım Olmak - Organik Bahçecilikte Bitki Besin Maddelerinin Etkin Kullanımı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>7.41</v>
+        <v>29</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053121091</t>
+          <t>9786053124146</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Çin Seddi'nde İşçi Olmayı!</t>
+          <t>Mikroorganizmalarla Takım Olmak - Organik Bahçecilik ve Toprak Besin Ağı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>7.41</v>
+        <v>95</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053121404</t>
+          <t>9786053124443</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İkinci Büyük Labirent Kitabım</t>
+          <t>Göklerin Matematiği- Unutulmuş Sanat, Küresel Trigonometri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>23.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053120735</t>
+          <t>9786053124177</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kim, Neyi, Ne Zaman İcat Etti</t>
+          <t>Açık Hava Etkinlikleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>13.89</v>
+        <v>58</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053120742</t>
+          <t>9786053124139</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İlk Labirent Kitabım</t>
+          <t>Mete ve Muhteşem Keşfi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>6.8</v>
+        <v>90</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053120766</t>
+          <t>9786053124207</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Gök Ağacı</t>
+          <t>Şu Matematik Dedikleri...</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>60</v>
+        <v>132</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754039726</t>
+          <t>9786053124214</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Doğasından Yansımalar (Ciltli)</t>
+          <t>Element Kartları (Kutulu)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>105</v>
+        <v>285</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053120360</t>
+          <t>9786053124184</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Bilim - Şaşırtıcı Ses Deneyleri</t>
+          <t>Kutup Seferleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>11</v>
+        <v>75</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053120353</t>
+          <t>9786053124269</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Bilim - Çarpıcı Elektrik ve Manyetizma Deneyleri</t>
+          <t>Benim Renkli Yumağım - Minikler Serisi Renkler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>11</v>
+        <v>43</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053120339</t>
+          <t>9786053124276</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Bilim - Etkileyici Kimya Deneyleri</t>
+          <t>Bil Bakalım Ben Neyim? - Minikler Serisi Taşıtlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>11</v>
+        <v>43</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789754039740</t>
+          <t>9786053124108</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Lara'nın Epilepsi Hikayesi</t>
+          <t>İlk Okuma - Karıncalar</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>4.17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789754039689</t>
+          <t>9786053124122</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Cem'in Disleksi Hikayesi</t>
+          <t>İlk Okuma - Su Samurları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>4.17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789754039610</t>
+          <t>9786053124191</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Berke'nin Down Sendromu Hikayesi</t>
+          <t>Düşün Çöz Eğlen Kart Seti</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>4.17</v>
+        <v>90</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789754039672</t>
+          <t>9786053124290</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bir Bak Bir Daha Bak - Yaşam Alanlarını Keşfedelim Seti</t>
+          <t>Nerede Bu Yiyecekler? - Minikler Serisi Hayvanlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>23.15</v>
+        <v>43</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053120780</t>
+          <t>9786053124283</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>ESOBİL Zeka Bulmacaları 2</t>
+          <t>Bu Şekli Tanıyor musun? - Minikler Serisi Şekiller</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>13.43</v>
+        <v>43</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053121084</t>
+          <t>9786053124160</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kim İster İlk Denizaltıda Olmayı!</t>
+          <t>Doğa Etkinlikleri Kitabı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789754038552</t>
+          <t>9786053124115</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kareli ve Küplü "Şey"lerin Serüveni</t>
+          <t>İlk Okuma - Gökbilim</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>21</v>
+        <v>29</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053120063</t>
+          <t>9786053123385</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yapılar - Küçük Mimarlar</t>
+          <t>Yeni Başlayanlar İçin Bahçecilik</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>5.56</v>
+        <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053120056</t>
+          <t>9786053123019</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Evler - Küçük Mimarlar</t>
+          <t>Bir Astronottan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>73</v>
+        <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053120049</t>
+          <t>9786053121435</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Masallardaki Evler - Küçük Mimarlar</t>
+          <t>Yerim Ben Matematik Ödevimi - Aç Beyinler İçin Tarifler</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>5.56</v>
+        <v>66</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053120032</t>
+          <t>9786053123057</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hem İş Yeri Hem Ev - Küçük Mimarlar</t>
+          <t>Yavru Hayvanlar - Okumaya Başlarken</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>5.56</v>
+        <v>30</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789754039399</t>
+          <t>9786053121480</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Döngüsü Seti (13 Kitap Takım)</t>
+          <t>Yaprak Dedikleri Var Ya...</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>22.22</v>
+        <v>56</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789754039269</t>
+          <t>9786053121497</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Fasulyenin Yaşam Döngüsü</t>
+          <t>Taş Dedikleri Var Ya...</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>2.08</v>
+        <v>56</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789754038972</t>
+          <t>9789754039733</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kaşifinin El Kitabı</t>
+          <t>Başıma Yıldırım Düştü!</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>8.33</v>
+        <v>111</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789754039160</t>
+          <t>9786053123224</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İlginç Bilimsel Bilgiler Kimya - Atomlar ve Elementler</t>
+          <t>Resimli Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>4.63</v>
+        <v>90</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789754039566</t>
+          <t>9786053123286</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları - Çocuklarla Yolculukta Yapılabilecek 100 Etkinlik</t>
+          <t>Öklid'in Elemanları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789754038941</t>
+          <t>9789754039542</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler - Geçmiş Vakaların Aydınlatılması</t>
+          <t>Etkinlik Kartları Matematik Bulmacaları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>4</v>
+        <v>180</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789754038934</t>
+          <t>9789754039559</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler - Sahteciliği Önlemek</t>
+          <t>Etkinlik Kartları Sayı Bulmacaları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>3.7</v>
+        <v>180</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789754039245</t>
+          <t>9789754039528</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Elinizin Altındaki Gerçekler - Kimyayı Tanıyalım - Metaller</t>
+          <t>Etkinlik Kartları - Zeka Bulmacaları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>12</v>
+        <v>180</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053120018</t>
+          <t>9789754038293</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Teknoloji - Havacılık ve Uzay</t>
+          <t>Problem Çözümüne Giriş 101</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>12</v>
+        <v>70</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789754039207</t>
+          <t>9786053125471</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Teknoloji - Tıp ve Sağlık</t>
+          <t>Gezegenler (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>12</v>
+        <v>467</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789754039252</t>
+          <t>9786053120117</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Elinizin Altındaki Gerçekler - Kimyayı Tanıyalım - Organik Kimya ve Biyokimya</t>
+          <t>Haydi Sayalım - Ağaçlar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>12</v>
+        <v>64</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789754039306</t>
+          <t>9786053122821</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Kurbağasının Yaşam Döngüsü</t>
+          <t>Mutlu Beyin</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>2.08</v>
+        <v>90</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789754039221</t>
+          <t>9786053122579</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Teknoloji - Kara ve Deniz Taşımacılığı</t>
+          <t>365 Bilim Etkinliği</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>12</v>
+        <v>155</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053122753</t>
+          <t>9786053121589</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Işığı Arıyoruz - Origamiyle Bilim</t>
+          <t>Uçuş - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>5.56</v>
+        <v>143</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053122760</t>
+          <t>9786053122890</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Elektrikle Işıl Işıl - Origamiyle Bilim</t>
+          <t>Hayatı ve Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>5.56</v>
+        <v>100</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053122777</t>
+          <t>9786053120957</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Havalar - Origamiyle Bilim</t>
+          <t>Tarçın Nerede? - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>5.56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053122715</t>
+          <t>9786053120971</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bitkileri İnceliyoruz - Origamiyle Bilim</t>
+          <t>Kimde Kabarcık Var? - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>5.56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053121787</t>
+          <t>9786053120926</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Evler - Küçük Mimarlar</t>
+          <t>Bora'nın Pazar Heyecanı - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>73</v>
+        <v>40</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053121763</t>
+          <t>9786053122173</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Evleri - Küçük Mimarlar</t>
+          <t>Muhteşem Atlar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>73</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053121749</t>
+          <t>9786053122166</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Evleri - Küçük Mimarlar</t>
+          <t>Muhteşem Dinozorlar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>73</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053121350</t>
+          <t>9786053122180</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>Muhteşem Köpekbalıkları</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>10</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053121343</t>
+          <t>9786053122159</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>Muhteşem Yavru Hayvanlar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>10</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053121336</t>
+          <t>9789754039627</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Alexander Graham Bell - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>ESOBİL Zeka Bulmacaları 1</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>10</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053122234</t>
+          <t>9786053120223</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Kılavuzu</t>
+          <t>Aynalar Nesneleri Nasıl Yansıtır?</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053121367</t>
+          <t>9789754039887</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Neil Armstrong - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>Mikroskop Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>10</v>
+        <v>115</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053121008</t>
+          <t>9786053120391</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Nedenler Ansiklopedisi</t>
+          <t>Genler Değiştirildiğinde Ne Olur?</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>22.22</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053122227</t>
+          <t>9789754039696</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Pasteur'ün Mikroplarla Savaşı (Özel Braille Baskı)</t>
+          <t>Zeka Oyunları 3</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>18.52</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053121756</t>
+          <t>9786053120285</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Evleri - Küçük Mimarlar</t>
+          <t>En İyi İlacı Ararken</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>73</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053121374</t>
+          <t>9786053120261</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Thomas Edison - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>Doğanın Bir Yılı Seti</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>10</v>
+        <v>33.33</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789754039276</t>
+          <t>9789754039900</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kral Kelebeğinin Yaşam Döngüsü</t>
+          <t>Sorular ve Cevaplar - Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>2.08</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053123842</t>
+          <t>9789754039665</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Arılar ve Yaban Arıları</t>
+          <t>Sevimli Bıdık</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>24</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789754039603</t>
+          <t>9786053121633</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Türkiye</t>
+          <t>Dinozorlar Ne Kadar Büyüktü? (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>6.94</v>
+        <v>260</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789754036954</t>
+          <t>9786053121138</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kayaçlar ve Fosiller</t>
+          <t>Kim İster Böcekler Olmadan Yaşamayı!</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789754039658</t>
+          <t>9786053121299</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bir Girişimcilik Yolculuğu</t>
+          <t>Kim İster Newton'un Yerinde Olmayı!</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>11.57</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789754039757</t>
+          <t>9786053121145</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye İcatlar ve Mucitleri</t>
+          <t>Kim İster Telefonsuz Yaşamayı!</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>22</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053120001</t>
+          <t>9786053121152</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Canlıları Keşfedelim Seti</t>
+          <t>Kim İster Temiz Su Olmadan Yaşamayı!</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>23.15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053120582</t>
+          <t>9786053121305</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Beril Kendi Resmini Yapıyor</t>
+          <t>Kim İster Tifolu Mary ile Karşılaşmayı!</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789754039948</t>
+          <t>9786053121077</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişimi - Yakından Tanıyın</t>
+          <t>Kim İster 16. Yüzyılda Hasta Olmayı!</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>22</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053120575</t>
+          <t>9786053121091</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İpek Yeni Şeyler Üretiyor</t>
+          <t>Kim İster Çin Seddi'nde İşçi Olmayı!</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053120599</t>
+          <t>9786053121404</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Onur Harika Öyküler Yazıyor</t>
+          <t>İkinci Büyük Labirent Kitabım</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>11</v>
+        <v>23.89</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789754039955</t>
+          <t>9786053120735</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Petrol - Yakından Tanıyın</t>
+          <t>Kim, Neyi, Ne Zaman İcat Etti</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789754039634</t>
+          <t>9786053120742</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Mühendislikte Felsefe, Mantık, Bilim ve Etik</t>
+          <t>İlk Labirent Kitabım</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>5.09</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789754039924</t>
+          <t>9786053120766</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Yaşamı</t>
+          <t>Gök Ağacı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>4.63</v>
+        <v>60</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053120087</t>
+          <t>9789754039726</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Arktik ve Antarktika - Yakından Tanıyın</t>
+          <t>Anadolu Doğasından Yansımalar (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>9.26</v>
+        <v>105</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053120612</t>
+          <t>9786053120360</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Can Dans Etmeyi Çok Seviyor</t>
+          <t>Sihirli Bilim - Şaşırtıcı Ses Deneyleri</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053120094</t>
+          <t>9786053120353</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Enerji - Yakından Tanıyın</t>
+          <t>Sihirli Bilim - Çarpıcı Elektrik ve Manyetizma Deneyleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053120193</t>
+          <t>9786053120339</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Kama</t>
+          <t>Sihirli Bilim - Etkileyici Kimya Deneyleri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>4.17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053120209</t>
+          <t>9789754039740</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım - Yakından Tanıyın</t>
+          <t>Lara'nın Epilepsi Hikayesi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>76</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053120605</t>
+          <t>9789754039689</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ayımoto'nun Tasarımı</t>
+          <t>Cem'in Disleksi Hikayesi</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>4.17</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754039870</t>
+          <t>9789754039610</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklardan Korun Sağlıklı Yaşa!</t>
+          <t>Berke'nin Down Sendromu Hikayesi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>11</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053120148</t>
+          <t>9789754039672</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Makara</t>
+          <t>Bir Bak Bir Daha Bak - Yaşam Alanlarını Keşfedelim Seti</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>4.17</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053120100</t>
+          <t>9786053120780</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sayalım - Arılar</t>
+          <t>ESOBİL Zeka Bulmacaları 2</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>64</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053120629</t>
+          <t>9786053121084</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sen Uyurken</t>
+          <t>Kim İster İlk Denizaltıda Olmayı!</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>14</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754039917</t>
+          <t>9789754038552</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Spor Yap Sağlıklı Yaşa!</t>
+          <t>Kareli ve Küplü "Şey"lerin Serüveni</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053120179</t>
+          <t>9786053120063</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Vida</t>
+          <t>Yüksek Yapılar - Küçük Mimarlar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>4.17</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053120124</t>
+          <t>9786053120056</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sayalım Denizler</t>
+          <t>Sıra Dışı Evler - Küçük Mimarlar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>64</v>
+        <v>90</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053120162</t>
+          <t>9786053120049</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Tekerlek ve Aks</t>
+          <t>Masallardaki Evler - Küçük Mimarlar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>4.17</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789754039849</t>
+          <t>9786053120032</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Doğru Beslen Sağlıklı Yaşa!</t>
+          <t>Hem İş Yeri Hem Ev - Küçük Mimarlar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053120216</t>
+          <t>9789754039399</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Deneyerek Botanik</t>
+          <t>Yaşam Döngüsü Seti (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>10</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789754039863</t>
+          <t>9789754039269</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Titreşimler</t>
+          <t>Fasulyenin Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>106</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053120414</t>
+          <t>9789754038972</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Çitadan Daha Hızlı Ne Olabilir?</t>
+          <t>Doğa Kaşifinin El Kitabı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>10</v>
+        <v>135</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053120155</t>
+          <t>9789754039160</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Rampa</t>
+          <t>İlginç Bilimsel Bilgiler Kimya - Atomlar ve Elementler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>4.17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053120308</t>
+          <t>9789754039566</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Gözleyerek Gökbilim</t>
+          <t>Etkinlik Kartları - Çocuklarla Yolculukta Yapılabilecek 100 Etkinlik</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>10</v>
+        <v>180</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053120469</t>
+          <t>9789754038941</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Cüce Sivri Fareden Daha Küçük Ne Olabilir?</t>
+          <t>Adli Bilimler - Geçmiş Vakaların Aydınlatılması</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053120445</t>
+          <t>9789754038934</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kansere Elveda Bahçesi</t>
+          <t>Adli Bilimler - Sahteciliği Önlemek</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>10</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789754039856</t>
+          <t>9789754039245</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Yüzde Dördü</t>
+          <t>Elinizin Altındaki Gerçekler - Kimyayı Tanıyalım - Metaller</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>12.04</v>
+        <v>12</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053120490</t>
+          <t>9786053120018</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balinadan Daha Büyük Ne Var?</t>
+          <t>Buluşlar ve Teknoloji - Havacılık ve Uzay</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>4.17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053120292</t>
+          <t>9789754039207</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>En'ler Kitabı</t>
+          <t>Buluşlar ve Teknoloji - Tıp ve Sağlık</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>6.94</v>
+        <v>12</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789754039825</t>
+          <t>9789754039252</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel İlkelerin Küçük Kitabı</t>
+          <t>Elinizin Altındaki Gerçekler - Kimyayı Tanıyalım - Organik Kimya ve Biyokimya</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>10.19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053120421</t>
+          <t>9789754039306</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Elimde Değil!</t>
+          <t>Ağaç Kurbağasının Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>10</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053120483</t>
+          <t>9789754039221</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı, Buzullar Neden Eriyor?</t>
+          <t>Buluşlar ve Teknoloji - Kara ve Deniz Taşımacılığı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789754039979</t>
+          <t>9786053122753</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Çevre Terimlerinin Küçük Kitabı</t>
+          <t>Işığı Arıyoruz - Origamiyle Bilim</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>8.33</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789754039993</t>
+          <t>9786053122760</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ölçüm</t>
+          <t>Elektrikle Işıl Işıl - Origamiyle Bilim</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>130</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053120131</t>
+          <t>9786053122777</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Kaldıraç</t>
+          <t>Çılgın Havalar - Origamiyle Bilim</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>4.17</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053120407</t>
+          <t>9786053122715</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Müziği</t>
+          <t>Bitkileri İnceliyoruz - Origamiyle Bilim</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>4.17</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789754039986</t>
+          <t>9786053121787</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ölçülü Olmaya Değer</t>
+          <t>Yeşil Evler - Küçük Mimarlar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053120476</t>
+          <t>9786053121763</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>101 Basamaklı Sayılara Kadar Sayabilir misiniz?</t>
+          <t>Hayvanların Evleri - Küçük Mimarlar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789754039894</t>
+          <t>9786053121749</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sabretmeye Değer</t>
+          <t>Geleceğin Evleri - Küçük Mimarlar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053120438</t>
+          <t>9786053121350</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İnci'nin Büyük Yarışı</t>
+          <t>Louis Pasteur - Bilim İnsanlarının Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053120247</t>
+          <t>9786053121343</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Demir Neden Mıknatısa Yapışır?</t>
+          <t>Isaac Newton - Bilim İnsanlarının Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789754039832</t>
+          <t>9786053121336</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Dinlemeye Değer</t>
+          <t>Alexander Graham Bell - Bilim İnsanlarının Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053120506</t>
+          <t>9786053122234</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Saatin Kaç Olduğunu Nereden Bilirsiniz?</t>
+          <t>Eleştirel Düşünme Kılavuzu</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>4.17</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053120452</t>
+          <t>9786053121367</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Otizm ve Kardeşim</t>
+          <t>Neil Armstrong - Bilim İnsanlarının Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053120230</t>
+          <t>9786053121008</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Devresi Nasıl Bağlanır?</t>
+          <t>Nedenler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>10</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789754039962</t>
+          <t>9786053122227</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Çaba Göstermeye Değer</t>
+          <t>Pasteur'ün Mikroplarla Savaşı (Özel Braille Baskı)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053120377</t>
+          <t>9786053121756</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Barış'ın Gezintisi</t>
+          <t>Antik Çağ Evleri - Küçük Mimarlar</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053120384</t>
+          <t>9786053121374</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bay Endişe</t>
+          <t>Thomas Edison - Bilim İnsanlarının Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053120186</t>
+          <t>9789754039276</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sayalım Elmalar</t>
+          <t>Kral Kelebeğinin Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>64</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053120254</t>
+          <t>9786053123842</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Dolaşım Sisteminde Yolculuk</t>
+          <t>İlk Okuma - Arılar ve Yaban Arıları</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>12</v>
+        <v>29</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789754039931</t>
+          <t>9789754039603</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Temiz Ol Sağlıklı Yaşa!</t>
+          <t>Bilim ve Türkiye</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754033847</t>
+          <t>9789754036954</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ay'da</t>
+          <t>Doğa Kayaçlar ve Fosiller</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053124085</t>
+          <t>9789754039658</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Filler</t>
+          <t>Bir Girişimcilik Yolculuğu</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>29</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053124078</t>
+          <t>9789754039757</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Trenler</t>
+          <t>A'dan Z'ye İcatlar ve Mucitleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789754036503</t>
+          <t>9786053120001</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bebekler ve Yürüme Çağındaki Çocuklar İçin Eğlendirici ve Eğitici Etkinlikler (Ciltli)</t>
+          <t>Canlıları Keşfedelim Seti</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>12.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789754037661</t>
+          <t>9786053120582</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Renkler</t>
+          <t>Beril Kendi Resmini Yapıyor</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>5.09</v>
+        <v>11</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754037616</t>
+          <t>9789754039948</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Çocuk</t>
+          <t>İklim Değişimi - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>5.09</v>
+        <v>22</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789754037647</t>
+          <t>9786053120575</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Riki'nin Yeni Dünyası</t>
+          <t>İpek Yeni Şeyler Üretiyor</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>4.63</v>
+        <v>11</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789754037609</t>
+          <t>9786053120599</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bilge Adamın Yolu</t>
+          <t>Onur Harika Öyküler Yazıyor</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>5.09</v>
+        <v>11</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789754037654</t>
+          <t>9789754039955</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam Nerede?</t>
+          <t>Petrol - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>5.09</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754037630</t>
+          <t>9789754039634</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ariyanna'nın Sihirli Kutusu</t>
+          <t>Mühendislikte Felsefe, Mantık, Bilim ve Etik</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>5.09</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754037678</t>
+          <t>9789754039924</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Minik Korsanlar</t>
+          <t>Su Altı Yaşamı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754037623</t>
+          <t>9786053120087</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Amir Yolunu Kaybediyor</t>
+          <t>Arktik ve Antarktika - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789754037708</t>
+          <t>9786053120612</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Adam</t>
+          <t>Can Dans Etmeyi Çok Seviyor</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>5.09</v>
+        <v>11</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789754037548</t>
+          <t>9786053120094</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Beni Cesur Yapan Ne?</t>
+          <t>Enerji - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789754037555</t>
+          <t>9786053120193</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Beni Korkutan Ne?</t>
+          <t>Robo ve Robi ile Basit Makineler - Kama</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>10</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789754037531</t>
+          <t>9786053120209</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gürültü Korkusu</t>
+          <t>Ulaşım - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>4.63</v>
+        <v>76</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789754037715</t>
+          <t>9786053120605</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Gülücükler Şatosu</t>
+          <t>Ayımoto'nun Tasarımı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>5.09</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789754037562</t>
+          <t>9789754039870</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Beni Mutlu Eden Ne?</t>
+          <t>Hastalıklardan Korun Sağlıklı Yaşa!</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789754037043</t>
+          <t>9786053120148</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Arılar Şatosu</t>
+          <t>Robo ve Robi ile Basit Makineler - Makara</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>8.33</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789754037746</t>
+          <t>9786053120100</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Sorunları: Petrol</t>
+          <t>Haydi Sayalım - Arılar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>4.63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789754037739</t>
+          <t>9786053120629</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Sorunları: Doğal Gaz</t>
+          <t>Sen Uyurken</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>4.63</v>
+        <v>14</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789754037463</t>
+          <t>9789754039917</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Afetler - Seller</t>
+          <t>Spor Yap Sağlıklı Yaşa!</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>5.56</v>
+        <v>11</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789754037258</t>
+          <t>9786053120179</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bilimle Tanışalım - Tohumlar, Çiçek Soğanları, Bitkiler ve Çiçekler</t>
+          <t>Robo ve Robi ile Basit Makineler - Vida</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>4.17</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789754031003</t>
+          <t>9786053120124</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji</t>
+          <t>Haydi Sayalım Denizler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>5.09</v>
+        <v>64</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789754036817</t>
+          <t>9786053120162</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Fizik, Eğlence ve Ötesi</t>
+          <t>Robo ve Robi ile Basit Makineler - Tekerlek ve Aks</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>15.74</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789754037784</t>
+          <t>9789754039849</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Döngüleri - Hayvanların Yaşam Döngüsü</t>
+          <t>Doğru Beslen Sağlıklı Yaşa!</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>6.02</v>
+        <v>11</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789754037753</t>
+          <t>9786053120216</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Sorunları: Rüzgar Enerjisi</t>
+          <t>Deneyerek Botanik</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>4.63</v>
+        <v>10</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789754037685</t>
+          <t>9789754039863</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler</t>
+          <t>Güçlü Titreşimler</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>6.02</v>
+        <v>106</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789754036879</t>
+          <t>9786053120414</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Çevir Bak Hayvan Yuvaları (Ciltli)</t>
+          <t>Çitadan Daha Hızlı Ne Olabilir?</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>96</v>
+        <v>10</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789754037821</t>
+          <t>9786053120155</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Elinizin Altındaki Gerçekler Kimyayı Tanıyalım Ametaller</t>
+          <t>Robo ve Robi ile Basit Makineler - Rampa</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>12</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789754034462</t>
+          <t>9786053120308</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında</t>
+          <t>Gözleyerek Gökbilim</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>5.56</v>
+        <v>10</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789754037807</t>
+          <t>9786053120469</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçeklik (Ciltli)</t>
+          <t>Cüce Sivri Fareden Daha Küçük Ne Olabilir?</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>14.81</v>
+        <v>10</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789754037791</t>
+          <t>9786053120445</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçeklik</t>
+          <t>Kansere Elveda Bahçesi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789754037029</t>
+          <t>9789754039856</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimiz Dünya Ekosistemler</t>
+          <t>Evrenin Yüzde Dördü</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789754037777</t>
+          <t>9786053120490</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Döngüleri - Mevsim Döngüsü</t>
+          <t>Mavi Balinadan Daha Büyük Ne Var?</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>6.02</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789754037760</t>
+          <t>9786053120292</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Sorunları: Güneş Enerjisi</t>
+          <t>En'ler Kitabı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>4.63</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754036046</t>
+          <t>9789754039825</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Tozun Gizli Hayatı (Ciltli)</t>
+          <t>Bilimsel İlkelerin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789754033779</t>
+          <t>9786053120421</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları 2</t>
+          <t>Elimde Değil!</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>10.8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789754033144</t>
+          <t>9786053120483</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları 1</t>
+          <t>Kutup Ayısı, Buzullar Neden Eriyor?</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789754033489</t>
+          <t>9789754039979</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Uzay (Ciltli)</t>
+          <t>Çevre Terimlerinin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>7.87</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789754031942</t>
+          <t>9789754039993</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Zaman</t>
+          <t>Ölçüm</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>3.7</v>
+        <v>130</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789754032154</t>
+          <t>9786053120131</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyılda Paris</t>
+          <t>Robo ve Robi ile Basit Makineler - Kaldıraç</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>4.63</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789754030358</t>
+          <t>9786053120407</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Zamanı</t>
+          <t>Dedemin Müziği</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>2.78</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789754032659</t>
+          <t>9789754039986</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında</t>
+          <t>Ölçülü Olmaya Değer</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789754031638</t>
+          <t>9786053120476</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Yaşam</t>
+          <t>101 Basamaklı Sayılara Kadar Sayabilir misiniz?</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>8.33</v>
+        <v>10</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754034455</t>
+          <t>9789754039894</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında (Ciltli)</t>
+          <t>Sabretmeye Değer</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>53</v>
+        <v>10</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789754032918</t>
+          <t>9786053120438</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yenilik İktisadı (Ciltli)</t>
+          <t>İnci'nin Büyük Yarışı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>16.67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789754034790</t>
+          <t>9786053120247</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yavru Köpek</t>
+          <t>Demir Neden Mıknatısa Yapışır?</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>4.63</v>
+        <v>10</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789754036374</t>
+          <t>9789754039832</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Ayılar Ağaca Tırmanamaz</t>
+          <t>Dinlemeye Değer</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>5.09</v>
+        <v>10</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789754035391</t>
+          <t>9786053120506</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Sırrı DNA (Ciltli)</t>
+          <t>Saatin Kaç Olduğunu Nereden Bilirsiniz?</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>11.11</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789754035384</t>
+          <t>9786053120452</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Sırrı DNA</t>
+          <t>Otizm ve Kardeşim</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>67</v>
+        <v>10</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789754036510</t>
+          <t>9786053120230</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Yerlerdeki 1001 Şeyi Bulun</t>
+          <t>Elektrik Devresi Nasıl Bağlanır?</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>4.63</v>
+        <v>10</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754031225</t>
+          <t>9789754039962</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Gezegen</t>
+          <t>Çaba Göstermeye Değer</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>5.09</v>
+        <v>10</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789754034936</t>
+          <t>9786053120377</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirim!</t>
+          <t>Barış'ın Gezintisi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789754033465</t>
+          <t>9786053120384</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Yönde Kuantum Sıçramalar (Ciltli)</t>
+          <t>Bay Endişe</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789754033472</t>
+          <t>9786053120186</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Yönde Kuantum Sıçramalar</t>
+          <t>Haydi Sayalım Elmalar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>5.56</v>
+        <v>64</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789754033803</t>
+          <t>9786053120254</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Bir Gün (Sünger Kapaklı)</t>
+          <t>Dolaşım Sisteminde Yolculuk</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789754034264</t>
+          <t>9789754039931</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Vida ile Tornavida</t>
+          <t>Temiz Ol Sağlıklı Yaşa!</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>3.7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789754035216</t>
+          <t>9789754033847</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüden Mutluluğa Duygularınız</t>
+          <t>Ay'da</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>5.09</v>
+        <v>7</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789754030051</t>
+          <t>9786053124085</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Üniversite</t>
+          <t>İlk Okuma - Filler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>7</v>
+        <v>29</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789754031195</t>
+          <t>9786053124078</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Uydular</t>
+          <t>İlk Okuma - Trenler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>4.17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789754031706</t>
+          <t>9789754036503</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Us Nerede? Kralın Yeni Usu 3. Cilt</t>
+          <t>Bebekler ve Yürüme Çağındaki Çocuklar İçin Eğlendirici ve Eğitici Etkinlikler (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789754033861</t>
+          <t>9789754037661</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Antalya Matematik Olimpiyatları Sorular ve Çözümler 1996-2005</t>
+          <t>Kaybolan Renkler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>6.48</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789754030846</t>
+          <t>9789754037616</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Tarihi (Ciltli)</t>
+          <t>Pamuk Çocuk</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>16.67</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789754034714</t>
+          <t>9789754037647</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Önemli Omurgasız Fosilleri</t>
+          <t>Riki'nin Yeni Dünyası</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>7.87</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789754033403</t>
+          <t>9789754037609</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Botanik Tarihi Araştırmaları (Ciltli)</t>
+          <t>Bilge Adamın Yolu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>18.52</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789754037036</t>
+          <t>9789754037654</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Amfibi ve Sürüngenleri (Ciltli)</t>
+          <t>Annem Babam Nerede?</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>14.81</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789754033564</t>
+          <t>9789754037630</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Amfibi ve Sürüngenleri</t>
+          <t>Ariyanna'nın Sihirli Kutusu</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>9.26</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789754036039</t>
+          <t>9789754037678</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Tozun Gizli Hayatı</t>
+          <t>Minik Korsanlar</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>9.26</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789754033588</t>
+          <t>9789754037623</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Komşu Bölgelerde Sismik Etkinlikler (Ciltli)</t>
+          <t>Amir Yolunu Kaybediyor</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789754034899</t>
+          <t>9789754037708</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Tıp</t>
+          <t>Salyangoz Adam</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>9.26</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789754034196</t>
+          <t>9789754037548</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Thomas Alva Edison - Elektrik Çağının İcadı</t>
+          <t>Beni Cesur Yapan Ne?</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>5.09</v>
+        <v>10</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789754035414</t>
+          <t>9789754037555</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Teknolojik Yenilik Yönetimi</t>
+          <t>Beni Korkutan Ne?</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>19.44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789754034578</t>
+          <t>9789754037531</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji</t>
+          <t>Gürültü Korkusu</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>7.87</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789754031980</t>
+          <t>9789754037715</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Taşların Dünyası</t>
+          <t>Gülücükler Şatosu</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>11.11</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789754033458</t>
+          <t>9789754037562</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Bir Yaprak</t>
+          <t>Beni Mutlu Eden Ne?</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>4.17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789754035643</t>
+          <t>9789754037043</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Kimya Sözlüğü</t>
+          <t>Arılar Şatosu</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>84</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789754035421</t>
+          <t>9789754037746</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Fizik Sözlüğü</t>
+          <t>Dünya Enerji Sorunları: Petrol</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>84</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789754035650</t>
+          <t>9789754037739</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Biyoloji Sözlüğü</t>
+          <t>Dünya Enerji Sorunları: Doğal Gaz</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>6.94</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789754031966</t>
+          <t>9789754037463</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Şekiller Okulöncesi Kitaplığı</t>
+          <t>Afetler - Seller</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>3.7</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789754036725</t>
+          <t>9789754037258</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kaşifler - Şaşırtıcı Hayvanlar</t>
+          <t>Bilimle Tanışalım - Tohumlar, Çiçek Soğanları, Bitkiler ve Çiçekler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>5.56</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789754030693</t>
+          <t>9789754031003</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtan Varsayım İnsan Varlığının Temel Sorularına Yanıt Arayışı</t>
+          <t>Ekoloji</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>6.48</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789754035070</t>
+          <t>9789754036817</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Süpersimetri (Ciltli)</t>
+          <t>Fizik, Eğlence ve Ötesi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>7.87</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789754035063</t>
+          <t>9789754037784</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Süpersimetri</t>
+          <t>Yeryüzü Döngüleri - Hayvanların Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>7.41</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>3990000007253</t>
+          <t>9789754037753</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Tablolar ve Grafikler</t>
+          <t>Dünya Enerji Sorunları: Rüzgar Enerjisi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>4.17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789754030686</t>
+          <t>9789754037685</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sulak Bir Gezegenden Öyküler</t>
+          <t>Adli Bilimler</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>3.01</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789754036749</t>
+          <t>9789754036879</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Yıldızlar ve Gezegenler</t>
+          <t>Çevir Bak Hayvan Yuvaları (Ciltli)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>5.09</v>
+        <v>96</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789754036756</t>
+          <t>9789754037821</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Okyanuslar ve Nehirler</t>
+          <t>Elinizin Altındaki Gerçekler Kimyayı Tanıyalım Ametaller</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>5.09</v>
+        <v>12</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789754036763</t>
+          <t>9789754034462</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Kuşlar</t>
+          <t>Yeraltında</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>5.09</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789754030303</t>
+          <t>9789754037807</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sorgulayan Denemeler</t>
+          <t>Saklı Gerçeklik (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>5.09</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789754032819</t>
+          <t>9789754037791</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Kıyıları Bilim Dünyasından Şaşırtıcı Ama Gerçek Öyküler (Ciltli)</t>
+          <t>Saklı Gerçeklik</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789754032482</t>
+          <t>9789754037029</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Kıyıları Bilim Dünyasından Şaşırtıcı Ama Gerçek Öyküler</t>
+          <t>Gezegenimiz Dünya Ekosistemler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789754033748</t>
+          <t>9789754037777</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sonlu Matematik Olimpiyat Soruları ve Çözümleri</t>
+          <t>Yeryüzü Döngüleri - Mevsim Döngüsü</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>6.94</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789754035209</t>
+          <t>9789754037760</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Matematik Sözlüğü</t>
+          <t>Dünya Enerji Sorunları: Güneş Enerjisi</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>12</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789754030938</t>
+          <t>9789754036046</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben Gen</t>
+          <t>Tozun Gizli Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>3.7</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>3990000015080</t>
+          <t>9789754033779</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Saymaya Başlamak 3-6 Yaş</t>
+          <t>Zeka Oyunları 2</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>3.7</v>
+        <v>10.8</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789754032697</t>
+          <t>9789754033144</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Saymaya Başlamak</t>
+          <t>Zeka Oyunları 1</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>3.7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789754033120</t>
+          <t>9789754033489</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Resim ve Ressamlar</t>
+          <t>Zaman ve Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>4.63</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789754032178</t>
+          <t>9789754031942</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Zaman</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789754030112</t>
+          <t>9789754032154</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı ve Kaos</t>
+          <t>Yirminci Yüzyılda Paris</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789754032208</t>
+          <t>9789754030358</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Rakamlar</t>
+          <t>Yıldızların Zamanı</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>3.7</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789754032505</t>
+          <t>9789754032659</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Prof. Zihni Sinir - Proceler</t>
+          <t>Yıldızların Altında</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789754033380</t>
+          <t>9789754031638</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Piramitleri Kim Yaptı?</t>
+          <t>Yeryüzünde Yaşam</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>4.17</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789754033014</t>
+          <t>9789754034455</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Pi Coşkusu</t>
+          <t>Yeraltında (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>4.63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789754034080</t>
+          <t>9789754032918</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Pentapleks Kaplamalar</t>
+          <t>Yenilik İktisadı (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789754034448</t>
+          <t>9789754034790</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Parçacıkların Dünyası</t>
+          <t>Yavru Köpek</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>3.24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789754033786</t>
+          <t>9789754036374</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Önce Dene Sonra Ye</t>
+          <t>Yaşlı Ayılar Ağaca Tırmanamaz</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>6.48</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789754031959</t>
+          <t>9789754035391</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Ölçmeye Başlamak Okulöncesi Kitaplığı</t>
+          <t>Yaşamın Sırrı DNA (Ciltli)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>3.7</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789754032161</t>
+          <t>9789754035384</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Çağı (Ciltli)</t>
+          <t>Yaşamın Sırrı DNA</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>11.11</v>
+        <v>150</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789754030617</t>
+          <t>9789754036510</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Endüstri Devrimi</t>
+          <t>Yaşadığımız Yerlerdeki 1001 Şeyi Bulun</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>3.7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789754030921</t>
+          <t>9789754031225</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ona Kısaca DNA denir</t>
+          <t>Yaşadığımız Gezegen</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>3.7</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789754033595</t>
+          <t>9789754034936</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Buluşlar (Ciltli)</t>
+          <t>Yapabilirim!</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>9.26</v>
+        <v>55</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789754033601</t>
+          <t>9789754033465</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Buluşlar</t>
+          <t>Yanlış Yönde Kuantum Sıçramalar (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789754033649</t>
+          <t>9789754033472</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Nokta Birleştirmece - Uzay</t>
+          <t>Yanlış Yönde Kuantum Sıçramalar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>3.7</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789754036619</t>
+          <t>9789754033803</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Neden Geri Dönüştürmeliyim?</t>
+          <t>Yağmurlu Bir Gün (Sünger Kapaklı)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789754036633</t>
+          <t>9789754034264</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Neden Formda Kalmalıyım?</t>
+          <t>Vida ile Tornavida</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>52</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789754036626</t>
+          <t>9789754035216</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Neden Dünyayı Önemsemeliyim?</t>
+          <t>Üzüntüden Mutluluğa Duygularınız</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>52</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789754033793</t>
+          <t>9789754030051</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Üniversite</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>53</v>
+        <v>7</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789754034295</t>
+          <t>9789754031195</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yumurtalar ve Civcivler</t>
+          <t>Uydular</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>29</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789754035971</t>
+          <t>9789754031706</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yarasalar</t>
+          <t>Us Nerede? Kralın Yeni Usu 3. Cilt</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>29</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789754033946</t>
+          <t>9789754033861</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yanardağlar</t>
+          <t>Ulusal Antalya Matematik Olimpiyatları Sorular ve Çözümler 1996-2005</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>3.7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789754035568</t>
+          <t>9789754030846</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yağmur Ormanları</t>
+          <t>Türkiye’nin Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>24</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789754033953</t>
+          <t>9789754034714</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Vücudunuz</t>
+          <t>Türkiye’nin Önemli Omurgasız Fosilleri</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>29</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789754033960</t>
+          <t>9789754033403</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Uzayda Yaşamak</t>
+          <t>Türkiye’de Botanik Tarihi Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>3.7</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789754033984</t>
+          <t>9789754037036</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Uçaklar</t>
+          <t>Türkiye Amfibi ve Sürüngenleri (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>29</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789754033977</t>
+          <t>9789754033564</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Tırtıllar ve Kelebekler</t>
+          <t>Türkiye Amfibi ve Sürüngenleri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789754035957</t>
+          <t>9789754036039</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Tehlikeli Hayvanlar</t>
+          <t>Tozun Gizli Hayatı</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>29</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789754035575</t>
+          <t>9789754033588</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Sürüngenler</t>
+          <t>Türkiye’de ve Komşu Bölgelerde Sismik Etkinlikler (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>29</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789754035964</t>
+          <t>9789754034899</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Penguenler</t>
+          <t>Tıp</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>29</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789754034837</t>
+          <t>9789754034196</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Neden Yeriz?</t>
+          <t>Thomas Alva Edison - Elektrik Çağının İcadı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>29</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789754035162</t>
+          <t>9789754035414</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Minik Hayvanlar</t>
+          <t>Teknolojik Yenilik Yönetimi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>17</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789754034271</t>
+          <t>9789754034578</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Ayılar</t>
+          <t>Teknoloji</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>29</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789754034240</t>
+          <t>9789754031980</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Işığın Öyküsü (Ciltli)</t>
+          <t>Taşların Dünyası</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>254</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789754030723</t>
+          <t>9789754033458</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Tanıyalım (Ciltli)</t>
+          <t>Tarihten Bir Yaprak</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>295</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789754035537</t>
+          <t>9789754035643</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Ne Kadar Yüksek? (Sünger Kapaklı) (Ciltli)</t>
+          <t>Şekilli Kimya Sözlüğü</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>260</v>
+        <v>84</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789754036008</t>
+          <t>9789754035421</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Güneş Sistemi</t>
+          <t>Şekilli Fizik Sözlüğü</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>29</v>
+        <v>84</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789754035322</t>
+          <t>9789754035650</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Köpekbalıkları</t>
+          <t>Şekilli Biyoloji Sözlüğü</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>29</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789754035599</t>
+          <t>9789754031966</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Gemiler</t>
+          <t>Şekiller Okulöncesi Kitaplığı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>29</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789754035988</t>
+          <t>9789754036725</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Deniz Kıyısı</t>
+          <t>Kaşifler - Şaşırtıcı Hayvanlar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>29</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789754033922</t>
+          <t>9789754030693</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Çöp ve Geri Dönüşüm</t>
+          <t>Şaşırtan Varsayım İnsan Varlığının Temel Sorularına Yanıt Arayışı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>29</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789754038538</t>
+          <t>9789754035070</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Baykuşlar</t>
+          <t>Süpersimetri (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>29</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789754037470</t>
+          <t>9789754035063</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Nereden Gelir (Sünger Kapaklı) (Ciltli)</t>
+          <t>Süpersimetri</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>260</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789754039412</t>
+          <t>3990000007253</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarda Saldırı ve Savunma: Tehlike Habercisi Renkler</t>
+          <t>Tablolar ve Grafikler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>4.63</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789754039573</t>
+          <t>9789754030686</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Gökbilim ve Uzay Kartları</t>
+          <t>Sulak Bir Gezegenden Öyküler</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>160</v>
+        <v>3.01</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789754037814</t>
+          <t>9789754036749</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Temel Düzey İçin Şekilli Bilim Sözlüğü</t>
+          <t>Sorular ve Cevaplar - Yıldızlar ve Gezegenler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>88</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789754038743</t>
+          <t>9789754036756</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Fizik Bize Ne Anlatıyor?</t>
+          <t>Sorular ve Cevaplar - Okyanuslar ve Nehirler</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>69</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789754038705</t>
+          <t>9789754036763</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kimya Bize Ne Anlatıyor</t>
+          <t>Sorular ve Cevaplar - Kuşlar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>69</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789754038101</t>
+          <t>9789754030303</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bize Ne Anlatıyor?</t>
+          <t>Sorgulayan Denemeler</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>69</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789754037364</t>
+          <t>9789754032819</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kaplanlar</t>
+          <t>Sonsuzluğun Kıyıları Bilim Dünyasından Şaşırtıcı Ama Gerçek Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>29</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789754037432</t>
+          <t>9789754032482</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu - Çevir Bak (Ciltli)</t>
+          <t>Sonsuzluğun Kıyıları Bilim Dünyasından Şaşırtıcı Ama Gerçek Öyküler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>96</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789754037517</t>
+          <t>9789754033748</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Siber Savaş</t>
+          <t>Sonlu Matematik Olimpiyat Soruları ve Çözümleri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>163</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789754033809</t>
+          <t>9789754035209</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Bir Gün</t>
+          <t>Şekilli Matematik Sözlüğü</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>53</v>
+        <v>12</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786053123880</t>
+          <t>9789754030938</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Bir Avcı Tayyaresi Yapmaya Karar Verdim</t>
+          <t>Sen Ben Gen</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>260</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786053124061</t>
+          <t>3990000015080</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Biricik Goujing</t>
+          <t>Saymaya Başlamak 3-6 Yaş</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>125</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786053124023</t>
+          <t>9789754032697</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Eşekler</t>
+          <t>Saymaya Başlamak</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>29</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786053124009</t>
+          <t>9789754033120</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Mirketler</t>
+          <t>Resim ve Ressamlar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>29</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786053124030</t>
+          <t>9789754032178</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yılanlar</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>29</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053124047</t>
+          <t>9789754030112</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kamyonlar</t>
+          <t>Rastlantı ve Kaos</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>29</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786053124016</t>
+          <t>9789754032208</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kertenkeleler</t>
+          <t>Rakamlar</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>29</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789754036978</t>
+          <t>9789754032505</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dört Bir Yanından Yapımı Kolay Oyuncaklar</t>
+          <t>Prof. Zihni Sinir - Proceler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>125</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789754036282</t>
+          <t>9789754033380</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Duyamamak Böyle Bir Şey</t>
+          <t>Piramitleri Kim Yaptı?</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>55</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789754036107</t>
+          <t>9789754033014</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Down Sendromlu Bir Arkadaşım Var</t>
+          <t>Pi Coşkusu</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>55</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789754035124</t>
+          <t>9789754034080</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Son Çocuk</t>
+          <t>Pentapleks Kaplamalar</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>168</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789754035704</t>
+          <t>9789754034448</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Doğa: Deniz Kıyısı</t>
+          <t>Parçacıkların Dünyası</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>69</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789754036992</t>
+          <t>9789754033786</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kartları - Kuşlar</t>
+          <t>Önce Dene Sonra Ye</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>120</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789754036916</t>
+          <t>9789754031959</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kartları - Çiçekler</t>
+          <t>Ölçmeye Başlamak Okulöncesi Kitaplığı</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>120</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789754036893</t>
+          <t>9789754032161</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kartları - Ağaçlar</t>
+          <t>Otomobil Çağı (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>120</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789754035346</t>
+          <t>9789754030617</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Kuş Gözlem (Ciltli)</t>
+          <t>Ortaçağda Endüstri Devrimi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>70</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789754034134</t>
+          <t>9789754030921</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte</t>
+          <t>Ona Kısaca DNA denir</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>53</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789754036855</t>
+          <t>9789754033595</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Çevir Bak - Minik Canlılar (Ciltli)</t>
+          <t>Olağanüstü Buluşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789754036886</t>
+          <t>9789754033601</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Çevir Bak - Deniz Kıyısı (Ciltli)</t>
+          <t>Olağanüstü Buluşlar</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789754036275</t>
+          <t>9789754033649</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Büyükbabam Değişti</t>
+          <t>Nokta Birleştirmece - Uzay</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>55</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789754035759</t>
+          <t>9789754036619</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Ne Kadar Büyük? (Sünger Kapaklı) (Ciltli)</t>
+          <t>Neden Geri Dönüştürmeliyim?</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>260</v>
+        <v>55</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789754033045</t>
+          <t>9789754036633</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Beynine Bir Kez Hava Değmeye Görsün</t>
+          <t>Neden Formda Kalmalıyım?</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>95</v>
+        <v>55</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789754036909</t>
+          <t>9789754036626</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kartları - Minik Hayvanlar</t>
+          <t>Neden Dünyayı Önemsemeliyim?</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789754033700</t>
+          <t>9789754033793</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>1001 Hayvanı Bulun</t>
+          <t>Kelebek</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>64</v>
+        <v>53</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789754035940</t>
+          <t>9789754034295</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ne Kadar Derin? (Sünger Kapaklı) (Ciltli)</t>
+          <t>İlk Okuma - Yumurtalar ve Civcivler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>260</v>
+        <v>29</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789754036336</t>
+          <t>9789754035971</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Çevremize Özen Göstermek</t>
+          <t>İlk Okuma - Yarasalar</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786053123392</t>
+          <t>9789754033946</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>İlk Uzay Kitabım</t>
+          <t>İlk Okuma - Yanardağlar</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>55</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786053123965</t>
+          <t>9789754035568</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Nerede Yaşar? - Bilim ve Merak</t>
+          <t>İlk Okuma - Yağmur Ormanları</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>64</v>
+        <v>29</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786053123941</t>
+          <t>9789754033953</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarda Beş Duyu - Bilim ve Merak</t>
+          <t>İlk Okuma - Vücudunuz</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>64</v>
+        <v>29</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786053123934</t>
+          <t>9789754033960</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Renkleri - Bilim ve Merak</t>
+          <t>İlk Okuma - Uzayda Yaşamak</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>64</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
+          <t>9789754033984</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Uçaklar</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9789754033977</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Tırtıllar ve Kelebekler</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9789754035957</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Tehlikeli Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9789754035575</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Sürüngenler</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9789754035964</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Penguenler</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9789754034837</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Neden Yeriz?</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9789754035162</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Minik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9789754034271</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Ayılar</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9789754034240</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Öyküsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9789754030723</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünü Tanıyalım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9789754035537</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü Ne Kadar Yüksek? (Sünger Kapaklı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9789754036008</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9789754035322</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Köpekbalıkları</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9789754035599</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Gemiler</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9789754035988</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Deniz Kıyısı</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9789754033922</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Çöp ve Geri Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9789754038538</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Baykuşlar</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9789754037470</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Bebekler Nereden Gelir (Sünger Kapaklı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9789754039412</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlarda Saldırı ve Savunma: Tehlike Habercisi Renkler</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9789754039573</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Gökbilim ve Uzay Kartları</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9789754037814</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Temel Düzey İçin Şekilli Bilim Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9789754038743</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Fizik Bize Ne Anlatıyor?</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9789754038705</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Kimya Bize Ne Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9789754038101</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Bize Ne Anlatıyor?</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9789754037364</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Kaplanlar</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9789754037432</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Hava Durumu - Çevir Bak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9789754037517</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Siber Savaş</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9789754033809</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurlu Bir Gün</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786053123880</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Bir Avcı Tayyaresi Yapmaya Karar Verdim</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786053124061</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Biricik Goujing</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786053124023</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Eşekler</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786053124009</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Mirketler</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786053124030</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Yılanlar</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786053124047</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Kamyonlar</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786053124016</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Kertenkeleler</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9789754036978</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Dört Bir Yanından Yapımı Kolay Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9789754036282</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Duyamamak Böyle Bir Şey</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9789754036107</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Down Sendromlu Bir Arkadaşım Var</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9789754035124</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Doğadaki Son Çocuk</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9789754035704</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Doğa: Deniz Kıyısı</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9789754036992</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kartları - Kuşlar</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9789754036916</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kartları - Çiçekler</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9789754036893</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kartları - Ağaçlar</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9789754035346</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Doğa - Kuş Gözlem (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9789754034134</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlikte</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9789754036855</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Çevir Bak - Minik Canlılar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9789754036886</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Çevir Bak - Deniz Kıyısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9789754036275</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Büyükbabam Değişti</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9789754035759</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Bir Milyon Ne Kadar Büyük? (Sünger Kapaklı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9789754033045</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Beynine Bir Kez Hava Değmeye Görsün</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9789754036909</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kartları - Minik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9789754033700</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>1001 Hayvanı Bulun</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9789754035940</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Ne Kadar Derin? (Sünger Kapaklı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9789754036336</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Çevremize Özen Göstermek</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786053123392</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>İlk Uzay Kitabım</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786053123965</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Nerede Yaşar? - Bilim ve Merak</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786053123941</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlarda Beş Duyu - Bilim ve Merak</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786053123934</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanların Renkleri - Bilim ve Merak</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
           <t>9786053123958</t>
         </is>
       </c>
-      <c r="B540" s="1" t="inlineStr">
+      <c r="B598" s="1" t="inlineStr">
         <is>
           <t>Değişen Hava Değişen Mevsimler - Bilim ve Merak</t>
         </is>
       </c>
-      <c r="C540" s="1">
+      <c r="C598" s="1">
         <v>64</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>