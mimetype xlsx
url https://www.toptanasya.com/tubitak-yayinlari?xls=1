--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,8995 +85,21055 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053126379</t>
+          <t>9786053126652</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yakın Uzay (Ciltli)</t>
+          <t>Metal Kuğu - Bir Irmak Temizleme Hikayesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053120940</t>
+          <t>9786053126713</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Kaan - Matematik Her Yerde</t>
+          <t>Köyümde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053120964</t>
+          <t>9786053126720</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avı - Matematik Her Yerde</t>
+          <t>Çizgi Bilim - Nikola Tesla</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053121916</t>
+          <t>9786053126645</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Görkem Sayıyor - Matematik Her Yerde</t>
+          <t>Sığırcığın Sırrı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053121893</t>
+          <t>9786053126706</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Büyükannenin Düğme Kutusu - Matematik Her Yerde</t>
+          <t>Mimar Hüma</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053121909</t>
+          <t>9786053126690</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Ayak Kareleri - Matematik Her Yerde</t>
+          <t>Diş Hekimi Meva</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053121886</t>
+          <t>9786053126638</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Adalet Yerini Bulur - Matematik Her Yerde</t>
+          <t>Ateş Böceği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053121954</t>
+          <t>9786053126751</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>45 Kilogram Problemi - Matematik Her Yerde</t>
+          <t>Çılgın Kablolar - Havalı Devreler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053121923</t>
+          <t>9786053126744</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bekleyiş - Matematik Her Yerde</t>
+          <t>İçimdeki Kıvılcım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053121978</t>
+          <t>9786053126683</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uzay Mekiği Avcısı - Matematik Her Yerde</t>
+          <t>Resimli Etkinlik Kitabı - İnsan Vücudu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>40</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053121862</t>
+          <t>9786053126737</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tavuklar Taşınıyor - Matematik Her Yerde</t>
+          <t>Yeni Başlayanlar İçin Psikoloji</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053121947</t>
+          <t>9786053123026</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Kemik - Matematik Her Yerde</t>
+          <t>Dünyamız</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053121855</t>
+          <t>9786053122265</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Müge Her Şeyi Ölçüyor - Matematik Her Yerde</t>
+          <t>Güneş Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754034851</t>
+          <t>9786053123798</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Bitkiler Nasıl Büyür?</t>
+          <t>Sorgulanan Uzay ve Zaman</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053122197</t>
+          <t>9786053123156</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Poincare Sanısı</t>
+          <t>Canlılar Kitabı - Yeryüzündeki Yaşamın Görsel Ansiklopedisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754037135</t>
+          <t>9786053123088</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bilimi Kullan - Olay Yeri İnceleme Uzmanı Ol</t>
+          <t>Karıncalar Yollarını Kaybeder mi? - Çöplük Çetesi ile Hayvanların İletişimini Öğrenelim</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>48</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053122111</t>
+          <t>9786053121671</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Yasak Şehirde Yaşamayı!</t>
+          <t>Dev Makineler Yüzüyor!</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>30</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053120728</t>
+          <t>9786053121664</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Tükenişi</t>
+          <t>Dev Makineler Raylarda!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>12</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754039016</t>
+          <t>9786053121657</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uzay Kaşifinin El Kitabı</t>
+          <t>Dev Makineler İnşa Ediyor!</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754036343</t>
+          <t>9786053121565</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Okuldaki İlk Günüm</t>
+          <t>Yeni Başlayanlar İçin Periyodik Tablo</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>85</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053126348</t>
+          <t>9786053121640</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Astronot Sema</t>
+          <t>Elementler - Fotoğraflı Kartlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>90</v>
+        <v>57.04</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053126287</t>
+          <t>9786053121053</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dolu Buzullar</t>
+          <t>Garip Eğriler, Tavşanları Saymak ve Diğer Matematiksel Keşifler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>80</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053126294</t>
+          <t>9786053120933</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yıldızıma Giden Yol</t>
+          <t>Zamanı Gelmişti Yaman - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>95</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053126201</t>
+          <t>9786053120834</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kutbu</t>
+          <t>Kitapları Çok Seven Çocuklar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>125</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053126300</t>
+          <t>9786053123125</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Seni Gözünden Tanırım</t>
+          <t>Vücut Dedektifleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>110</v>
+        <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053126225</t>
+          <t>9786053123118</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Bilimi</t>
+          <t>Börtü Böcek Dedektifleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>475</v>
+        <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053126331</t>
+          <t>9786053123095</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Biz Mantarız</t>
+          <t>Vücudum Neden Hava Kabarcıkları Üretir?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>80</v>
+        <v>8</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053126270</t>
+          <t>9786053123101</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Gücü</t>
+          <t>Ölü Balıklar Neden Batmaz?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>8</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053126263</t>
+          <t>9786053123071</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Uzay</t>
+          <t>Arılar Kaka Yapar mı?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053126355</t>
+          <t>9786053121800</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Evcil Kediler</t>
+          <t>Şehirdeki Son Ağaç</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053126317</t>
+          <t>9786053121398</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bardağı Taşıran Son Pipet</t>
+          <t>Deniz Kıyısında Bir Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>95</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754037425</t>
+          <t>9786053122074</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimiz Dünya Çevir Bak (Ciltli)</t>
+          <t>Ayıcık Baskı Yapıyor - İlk Adımlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>110</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754036015</t>
+          <t>9786053121312</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bu Sudan Bir Dinozor İçmiş Olabilir mi?</t>
+          <t>Nanoteknoloji Nedir ve Neden Önemlidir?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>70</v>
+        <v>27.33</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754036329</t>
+          <t>9786053121060</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Kardeşim</t>
+          <t>Derin Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>95</v>
+        <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053121411</t>
+          <t>9786053121275</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çizgini Konuştur</t>
+          <t>Geçmişten Günümüze - Yün</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>60</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053126249</t>
+          <t>9786053120896</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanları Dünyayı Kurtarıyor!</t>
+          <t>Geçmişten Günümüze - Tuz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>75</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053126140</t>
+          <t>9786053121251</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Resimli Etkinlik Kitabı - Yanardağlar ve Depremler</t>
+          <t>Geçmişten Günümüze - Su</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>210</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053126324</t>
+          <t>9786053121268</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>O Kutup Bu Kutup Değil!</t>
+          <t>Geçmişten Günümüze - Sabun</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053126232</t>
+          <t>9786053120919</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Matematikçiler Yıldızları Sayıyor!</t>
+          <t>Geçmişten Günümüze - Pamuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>75</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053124054</t>
+          <t>9786053121206</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Bilim - Aziz Sancar</t>
+          <t>Geçmişten Günümüze - İpek</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>50</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053122456</t>
+          <t>9786053120902</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Tutkusu - Bilim Bunu Çözer</t>
+          <t>Geçmişten Günümüze - Elektrik</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>35</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053122401</t>
+          <t>9786053121183</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Baloncuk Kulübü - Bilim Bunu Çözer</t>
+          <t>Geçmişten Günümüze - Cam</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>35</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053122494</t>
+          <t>9786053122920</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küf Gizemi - Bilim Bunu Çözer</t>
+          <t>Doğru Bildiğimiz Bilimsel Yanılgılar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053122418</t>
+          <t>9786053121213</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Burun Bilir - Bilim Bunu Çözer</t>
+          <t>Geçmişten Günümüze - Kauçuk</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>35</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053122425</t>
+          <t>9786053122784</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Canavar Böcek - Bilim Bunu Çözer</t>
+          <t>Güneş Sistemi - Fotoğraflı Kartlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>35</v>
+        <v>57.04</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053122500</t>
+          <t>9786053121220</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Uzaydan Gelen - Bilim Bunu Çözer</t>
+          <t>Geçmişten Günümüze - Kağıt</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>35</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053122395</t>
+          <t>9786053122135</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ne Ödevi - Bilim Bunu Çözer</t>
+          <t>Yeni Evde</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053122364</t>
+          <t>9786053122128</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Köpek - Bilim Bunu Çözer</t>
+          <t>Uçakta</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053122340</t>
+          <t>9786053122142</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gelgit - Bilim Bunu Çözer</t>
+          <t>Okulda</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053122296</t>
+          <t>9786053122586</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Arka Bahçedeki Kazı - Bilim Bunu Çözer</t>
+          <t>Bu Doğru Olamaz!</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053122319</t>
+          <t>3990000051914</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takılan Ayı - Bilim Bunu Çözer</t>
+          <t>Doğanın Bir Yılı - Mayıs</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>35</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053122326</t>
+          <t>9786053120995</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Karınca Saldırısı - Bilim Bunu Çözer</t>
+          <t>Her Yönüyle Şaşırtıcı Hayvanlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>35</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053122333</t>
+          <t>9786053122067</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Neredeyse Görünmez İrem - Bilim Bunu Çözer</t>
+          <t>Kutuda Ne Var? - İlk Adımlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>35</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053122524</t>
+          <t>9786053122050</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Hediye - Bilim Bunu Çözer</t>
+          <t>Çantada Ne Var? - İlk Adımlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>35</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053122449</t>
+          <t>9786053123293</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Gizemi - Bilim Bunu Çözer</t>
+          <t>Öklid'in Elemanları (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053122470</t>
+          <t>9786053123255</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>O Ses Ne - Bilim Bunu Çözer</t>
+          <t>Beyin Sporu 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053126256</t>
+          <t>9786053122968</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Doğa Dostu Fikirler Etkinlik Kitabı</t>
+          <t>Üçüncü Büyük Labirent Kitabım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053126218</t>
+          <t>9786053122630</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Uzay İstasyonunda Yaşamak</t>
+          <t>Üç Ayı - İlk Adımlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>40</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053124634</t>
+          <t>9786053122647</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Ara ve Bul Resimli Bulmacalar</t>
+          <t>Uyuyamıyorum - İlk Adımlar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>35</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053120704</t>
+          <t>9786053122654</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Zehirli Hayvanlar</t>
+          <t>Pastel Yol - İlk Adımlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>29</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053120698</t>
+          <t>9786053122623</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Pandalar</t>
+          <t>İşte Burada - İlk Adımlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>29</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053123064</t>
+          <t>9786053122616</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler - Okumaya Başlarken</t>
+          <t>Bir Küçük Fasulye - İlk Adımlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>30</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053121503</t>
+          <t>9786053122609</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Su Dedikleri Var Ya...</t>
+          <t>Baharın Peşinde - İlk Adımlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>56</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754039511</t>
+          <t>9786053122593</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları - Resimli Bulmacalar</t>
+          <t>Arılar Ne Görür? - İlk Adımlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053120711</t>
+          <t>9786053121428</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>En Muhteşem Şey</t>
+          <t>Uzayda Nasıl Geğirilir?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>61</v>
+        <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754039641</t>
+          <t>9786053120810</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uğurböceği Kapınızı Çalarsa</t>
+          <t>İcatlar - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>72</v>
+        <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053121572</t>
+          <t>9786053121459</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler - Yakından Tanıyın</t>
+          <t>Şehirde Bir Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>143</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053121527</t>
+          <t>9786053121473</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Şeylerin Tasarımı</t>
+          <t>Ormanda Bir Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>135</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053121510</t>
+          <t>9786053121466</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Değiştiren Dokuz Algoritma</t>
+          <t>Çiftlikte Bir Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>101</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053120315</t>
+          <t>9786053120759</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İlginç Kutup Hayvanları</t>
+          <t>Zamanın Yeniden Doğuşu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>70</v>
+        <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053120322</t>
+          <t>9789754039795</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İlginç Mikroskobik Canlılar</t>
+          <t>Doğayı Keşfedin Yıl Boyu Bilim</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>75</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053121879</t>
+          <t>9789754039801</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Temiz Kampçılar - Matematik Her Yerde</t>
+          <t>Doğayı Keşfedin Hava Durumu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754030587</t>
+          <t>9789754039771</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Matematiğin Aydınlık Dünyası</t>
+          <t>Doğayı Keşfedin Yaşam Döngüleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754034288</t>
+          <t>9789754039788</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kurbağalar</t>
+          <t>Doğayı Keşfedin Bahçe Yapalım</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754035582</t>
+          <t>9786053121695</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Ağaçlar</t>
+          <t>Yağmur - Hava Durumu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>29</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754034844</t>
+          <t>9786053121732</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Örümcekler</t>
+          <t>Rüzgar - Hava Durumu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754035766</t>
+          <t>9786053121701</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Bir Gün</t>
+          <t>Gök Gürültüsü ve Şimşekler - Hava Durumu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>53</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754034721</t>
+          <t>9786053121688</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gölde</t>
+          <t>Bulutlar - Hava Durumu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>30</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754035995</t>
+          <t>9786053122005</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - İtfaiyeciler</t>
+          <t>Nasıl Çözmeli</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>40</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754035148</t>
+          <t>9786053121992</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Gece Hayvanları</t>
+          <t>Sıfırın Altında Matematik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>29</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754035551</t>
+          <t>9786053121718</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Dinozorlar</t>
+          <t>Güneş Işığı - Hava Durumu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754038545</t>
+          <t>9786053120889</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kurtlar</t>
+          <t>Dünyayı Değiştiren Fikirler (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>29</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754039504</t>
+          <t>9786053121725</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gök Atlası</t>
+          <t>Kar - Hava Durumu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>125</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053124092</t>
+          <t>3990000062009</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Fırtınalar ve Kasırgalar</t>
+          <t>Doğanın Bir Yılı - Mart</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>29</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754036268</t>
+          <t>3990000062008</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bir Türlü Yerimde Duramıyorum</t>
+          <t>Doğanın Bir Yılı - Şubat</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>55</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754035735</t>
+          <t>3990000062007</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Denizin Altında</t>
+          <t>Doğanın Bir Yılı - Ocak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>53</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754037159</t>
+          <t>3990000062006</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Temel Düzey İçin Şekilli Matematik Sözlüğü</t>
+          <t>Doğanın Bir Yılı - Nisan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>88</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754035186</t>
+          <t>3990000062005</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Denizdeki 1001 Şeyi Bulun</t>
+          <t>Doğanın Bir Yılı - Haziran</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>64</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754034202</t>
+          <t>3990000062004</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kıyısında</t>
+          <t>Doğanın Bir Yılı - Temmuz</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>53</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754036862</t>
+          <t>3990000062003</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çevir Bak - Ormanda Yaşayan Hayvanlar (Ciltli)</t>
+          <t>Doğanın Bir Yılı - Aralık</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>96</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754034950</t>
+          <t>3990000062002</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bende Disleksi Var</t>
+          <t>Doğanın Bir Yılı - Kasım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>55</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754034479</t>
+          <t>3990000062001</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>1001 Minik Hayvanı Bulun</t>
+          <t>Doğanın Bir Yılı - Ekim</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>64</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053121329</t>
+          <t>3990000062000</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ulu Meşeyle Bir Yıl</t>
+          <t>Doğanın Bir Yılı - Eylül</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>69</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053123866</t>
+          <t>9789754039115</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Koronavirüs de Ne?</t>
+          <t>Bilimsel Serüvenler - Dünya'yı Uzaydan Haritalamak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053122906</t>
+          <t>9789754039139</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İnternetin Geçmişi ve Dijital Gelecek</t>
+          <t>Bilimsel Serüvenler - Kuzey Kutup Bölgesi'nde Petrol Aramaları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>130</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053123354</t>
+          <t>9789754039092</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Ağaçlar</t>
+          <t>Bilimsel Serüvenler - Grip Aşılarının Geliştirilmesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>70</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053123378</t>
+          <t>9789754039535</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Yabani Çiçekler</t>
+          <t>Etkinlik Kartları 50 Zeka Oyunu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>70</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053123637</t>
+          <t>9789754039023</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hindiba Tohumunun Büyük Hayali</t>
+          <t>Ateş Hakkında Hemen Hemen Her Şey</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>60</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053123453</t>
+          <t>9789754039009</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Genç Astronotun El Kitabı</t>
+          <t>Kayaçlar Hakkında Hemen Hemen Her Şey</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>65</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754036169</t>
+          <t>9789754038989</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Neden Abur Cubur Yememeliyim?</t>
+          <t>Rüzgar Hakkında Hemen Hemen Her Şey</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>55</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053125839</t>
+          <t>9789754038996</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Öyküsü</t>
+          <t>Su Hakkında Hemen Hemen Her Şey</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>46</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053126096</t>
+          <t>9789754035681</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kuzey ve Güney - İki Yarım Kürenin Hikâyesi</t>
+          <t>Doğa: Böcekler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>85</v>
+        <v>69</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053126188</t>
+          <t>9789754037838</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Deneylerle Keşfediyorum</t>
+          <t>Fiziği Tanıyalım Madde Enerji ve Isı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>165</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053126119</t>
+          <t>9789754038071</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Fizik</t>
+          <t>Böcekler Nasıl ve Neden Çiçeklere Konar?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>110</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053125815</t>
+          <t>9789754036152</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdaki Flamingolar</t>
+          <t>Mavi Kelebeğin Dönüşü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053126171</t>
+          <t>9789754036145</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Şifrebilim Bulmacaları</t>
+          <t>İmparator Tırtılı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>92</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053126126</t>
+          <t>9789754037845</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Düşünürün El Kitabı - Büyük Patlama Nasıl Çürütülür?</t>
+          <t>Arılar Olmasaydı Ne Olurdu? - Besin Zinciri Tepkimeleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>165</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053126102</t>
+          <t>9789754037876</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Işıltı</t>
+          <t>Kuzey Fareleri Olmasaydı Ne Olurdu?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053126157</t>
+          <t>9789754037852</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bizim Gibi Makineler</t>
+          <t>Kurtlar Olmasaydı Ne Olurdu? - Besin Zinciri Tepkimeleri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>180</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053126164</t>
+          <t>9789754038095</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Becerilerin El Kitabı</t>
+          <t>Matematik Bize Ne Anlatıyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053125761</t>
+          <t>9789754038248</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Nasıl Hazırlanır?</t>
+          <t>Denizlerde Bilimin Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>70</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053126133</t>
+          <t>9789754037968</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Gizem ve Uzay Arıları</t>
+          <t>Bilime Giriş - Işık, Kamera, Oyun!</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>60</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053126195</t>
+          <t>9789754037944</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi</t>
+          <t>Bilime Giriş - Büyük ve Küçük</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>255</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053125570</t>
+          <t>9789754037920</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Dağı Nasıl Oluşturursun? - 9 Basit Adım ve 100 Milyon Yıl Yeterli!</t>
+          <t>Bilime Giriş - Afetler Vurduğunda</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053125617</t>
+          <t>9789754037951</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler</t>
+          <t>Bilime Giriş - Deniz Yolculuğu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>75</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053126041</t>
+          <t>3990054037975</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Uçak</t>
+          <t>Bilime Giriş - Robotbilim</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>50</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053123446</t>
+          <t>9789754037937</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Helikopter</t>
+          <t>Bilime Giriş - Bilgisayar Oyunlarının Yapımı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>50</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053125976</t>
+          <t>9789754038217</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Pil</t>
+          <t>Besin Zincirlerini Korumak - Yağmur Ormanı Besin Zincirleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053125969</t>
+          <t>9789754038224</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Para</t>
+          <t>Besin Zincirlerini Korumak - Çöl Besin Zincirleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053125266</t>
+          <t>9789754038200</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Klima</t>
+          <t>Besin Zincirlerini Korumak - Nehir Besin Zincirleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053123675</t>
+          <t>9789754038118</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Karakutu</t>
+          <t>Nasıl ve Neden Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>50</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053125990</t>
+          <t>9789754038309</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Roket</t>
+          <t>Problem Çözümüne Giriş 101 (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053125921</t>
+          <t>3990000027013</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Denizaltı</t>
+          <t>Ay'da (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>50</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053125945</t>
+          <t>9789754038040</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Güneş Gözlüğü</t>
+          <t>Bazı Bitkiler Nasıl ve Neden Böcek Yer?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>50</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053125983</t>
+          <t>9789754037999</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Plastik</t>
+          <t>Kuşlar Nasıl ve Neden Yuva Yapar?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>50</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053126003</t>
+          <t>9789754038002</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Saat</t>
+          <t>Böcekler Nasıl ve Neden Büyür ve Değişir?</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>50</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053125907</t>
+          <t>9789754038033</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Aspirin</t>
+          <t>Hayvanlar Nasıl ve Neden Kışa Hazırlanır</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>50</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053125938</t>
+          <t>9789754037883</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Fermuar</t>
+          <t>Takip Et! - Bir Kral Kelebeğinin Yolculuğu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053126058</t>
+          <t>9789754037913</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Yara Bandı</t>
+          <t>Takip Et! - Bir Plastik Şişenin Yolculuğu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>50</v>
+        <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053126010</t>
+          <t>9789754037906</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Sakız</t>
+          <t>Takip Et! - Bir Mikrobun Yolculuğu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>50</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053126034</t>
+          <t>9789754037890</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Telefon</t>
+          <t>Takip Et! - Bir Yağmur Damlasının Yolculuğu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>50</v>
+        <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053125952</t>
+          <t>9789754037456</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Konserve</t>
+          <t>Afetler - Orman Yangınları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>50</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053125914</t>
+          <t>9789754037166</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Braille Alfabesi</t>
+          <t>Bilimi Kullan - Deprembilimci Ol</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>50</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053126027</t>
+          <t>9789754037234</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Şemsiye</t>
+          <t>Bilimle Tanışalım - Çevrende Gördüklerin Nelerden Yapılmış?</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>50</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053123651</t>
+          <t>9789754037722</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Kağıt</t>
+          <t>Dünya Enerji Sorunları: Biyoyakıtlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>50</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053123422</t>
+          <t>9789754037500</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Bilgisayar</t>
+          <t>Çocuğun Dünyasında Bilim</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053125426</t>
+          <t>9789754038064</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kim, Ne Zaman İcat Etti? Otomobil</t>
+          <t>Bazı Hayvanlar Nasıl ve Neden Zehirlidir?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>50</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053125228</t>
+          <t>9789754038125</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Wildife Of Türkiye</t>
+          <t>Tohumlar Nasıl ve Neden Gezer?</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053125808</t>
+          <t>9789754038019</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Örümcek Meselesi</t>
+          <t>Kuşlar Nasıl ve Neden Gagasını Kullanır?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>50</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053125532</t>
+          <t>9789754037982</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Minik Soru Yumağı</t>
+          <t>Hayvanlar Nasıl ve Neden Saklanır?</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>50</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053125624</t>
+          <t>9789754038149</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bir Yetişkine Kodlama Nasıl Öğretilir ?</t>
+          <t>Örümcekler Nasıl ve Neden İpek Üretir?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>55</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053125792</t>
+          <t>9789754039818</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İnci Kefali</t>
+          <t>Arkadaşlığın Matematiği</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>65</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053125686</t>
+          <t>9786053122555</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Yumurtası</t>
+          <t>Muhteşem Vücudumuza Yolculuk</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053125822</t>
+          <t>9786053122548</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Farklı Düşün Farklı Yaz</t>
+          <t>Dinozorların Zamanına Yolculuk</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>58</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053125563</t>
+          <t>9786053120865</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bulutları Okumak - Hava Durumunu Nasıl Tahmin Edebilirsiniz?</t>
+          <t>Matematiksel Bir Doğa Yürüyüşü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>80</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053125693</t>
+          <t>9786053121114</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanları Tüm Gün Ne Yapar?</t>
+          <t>Kim İster Antibiyotikler Olmadan Yaşamayı!</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053125556</t>
+          <t>9786053121107</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Derin Dalış</t>
+          <t>Kim İster Apollo 13'te Olmayı!</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>60</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053125655</t>
+          <t>9786053121121</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Astrodalgıç</t>
+          <t>Kim İster Ateş Olmadan Yaşamayı!</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>65</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053125594</t>
+          <t>9786053120513</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Matematik - Eşsiz Bir Görsel Rehber</t>
+          <t>Bilime Giriş - Bastığımız Yer</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>380</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053125709</t>
+          <t>9786053120551</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ağaçları Neden Seviyorum?</t>
+          <t>Bilime Giriş - Ay ve Gelgitler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>50</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053125679</t>
+          <t>9786053120025</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki Matematik</t>
+          <t>Buluşlar ve Teknoloji - Mimari Yapılar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>75</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053125723</t>
+          <t>9789754039238</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum : Sporu Seviyorum</t>
+          <t>Buluşlar ve Teknoloji - Savunma ve Güvenlik</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>100</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053125716</t>
+          <t>9786053120537</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum : Uzayı Seviyorum</t>
+          <t>Bilime Giriş - Küresel Isınma</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053125754</t>
+          <t>9786053120520</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum: Hayvanları Seviyorum</t>
+          <t>Bilime Giriş - Kuyrukluyıldızlar ve Meteorlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>100</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053125747</t>
+          <t>9786053120544</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum : Sanatı Seviyorum</t>
+          <t>Bilime Giriş - Hava Durumu Tahminleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>100</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053125648</t>
+          <t>9786053120568</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Steam Oyna Ve Öğren</t>
+          <t>Bilime Giriş - Fırtına Avcıları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>130</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053125730</t>
+          <t>9786053121770</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Tanıyorum : Açık Havayı Seviyorum</t>
+          <t>Görsel Yanılsamalar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053125662</t>
+          <t>9786053120803</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki Bilim</t>
+          <t>Elektrik - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>75</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053125600</t>
+          <t>9786053120827</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İnsan İçin Matematik</t>
+          <t>Köpekbalıkları - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>105</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053125587</t>
+          <t>9786053122814</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Makineler Nasıl Düşünür?</t>
+          <t>Deneyap Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053125778</t>
+          <t>9786053122562</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Nobuyuki Yoshigahara'dan Bulmacalar</t>
+          <t>İnsan Vücudu - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>90</v>
+        <v>143</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053125785</t>
+          <t>9786053121602</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Habercisi</t>
+          <t>Göller ve Nehirler - Yakından Tanıyın</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>85</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053125631</t>
+          <t>9786053121961</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Matematikte Problem Çözme - Zihin Fırtınaları ve Sıra Dışı Yolculuklar</t>
+          <t>Mira'ya Sorun - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053125549</t>
+          <t>9786053122104</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bilimle El Ele: Madde</t>
+          <t>Kim İster Kutuplarda Kaşif Olmayı!</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053125389</t>
+          <t>9786053122012</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kutup Bilimleri Ansiklopedisi</t>
+          <t>Yaşamın Kıyısında - Hayatta Kalma Bilimi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>1460</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053125259</t>
+          <t>9786053121169</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Işığın Öyküsü</t>
+          <t>Babamla Projeler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>254</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053125235</t>
+          <t>9786053121794</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Üç Kayıp Tohum ve Var Olma Hikayeleri</t>
+          <t>Hafıza Bulmacaları - Etkinlik Kartları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>80</v>
+        <v>23</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053125143</t>
+          <t>9789754039719</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Zürafalar</t>
+          <t>Adli Araştırmalar - Kaybolmayan İzler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053125273</t>
+          <t>9789754039764</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Aritmetik</t>
+          <t>Adli Araştırmalar - Gerçek mi Kurgu mu?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053125150</t>
+          <t>9789754039702</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Suyu Hasadı - Yağmuru Hayatınıza ve Bahçenize Davet Etme Yöntemleri</t>
+          <t>Adli Araştırmalar - Doğa Anlatıyor</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>170</v>
+        <v>10</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053125280</t>
+          <t>9786053121930</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! İnsan Vücüdu</t>
+          <t>Yatma Zamanı - Matematik Her Yerde</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>9</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053125297</t>
+          <t>9789754035919</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! Çöp</t>
+          <t>Neden Canımız Yanar?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053125167</t>
+          <t>9789754036787</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Zehir - Hayvanlar Aleminin Zehirli Canlıları</t>
+          <t>Ne Yapsak da Toprağın Verimsizleşmesini Durdursak?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>120</v>
+        <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053125242</t>
+          <t>9789754036800</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Teknolojiye İlham Veren Hayvanlar</t>
+          <t>Ne Yapsak da Tehlikedeki Türleri Korusak?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>95</v>
+        <v>11</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053125136</t>
+          <t>9789754033250</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Tembel Hayvanlar</t>
+          <t>Modern İnsanın Kökeni (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>29</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053125525</t>
+          <t>9789754030976</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ay Maceramız</t>
+          <t>Modern İnsanın Kökeni</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>162</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053125211</t>
+          <t>9789754030068</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'daki Vahşi Kediler</t>
+          <t>Modern Bilimin Oluşumu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>70</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053125204</t>
+          <t>9789754033670</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yakın Uzay</t>
+          <t>Nokta Birleştirmece - Doğa</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>145</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053125129</t>
+          <t>9789754030556</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Kuantum Bilgisayım</t>
+          <t>Modern Araştırmacı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>85</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053125112</t>
+          <t>9789754036305</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Doğasından Yansımalar</t>
+          <t>Minik Ansiklopedi: Bilim (Sünger Kapaklı)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>182</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053124788</t>
+          <t>9789754036299</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar'ın Kendi Kaleminden Hayatı ve Bilimi</t>
+          <t>Minik Ansiklopedi: Bilim (Karton Kapaklı)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>70</v>
+        <v>51</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053125105</t>
+          <t>9789754035902</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bazı Günler - Sevgi, Dondurma ve Annemin Hastalığı Üzerine Bir Öykü</t>
+          <t>Minik Ansiklopedi - İnsan Vücudu</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>65</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053125099</t>
+          <t>9789754035698</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bulutlarda</t>
+          <t>Minik Ansiklopedi - İnsan Vücudu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>84</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053125464</t>
+          <t>9789754033434</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kara Delik Bir Delik Değildir</t>
+          <t>Meteor Avı (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>90</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053125082</t>
+          <t>9789754033441</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Sayılar!</t>
+          <t>Meteor Avı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>69</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053125075</t>
+          <t>9789754034059</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Bilgisayar Bilimi</t>
+          <t>Meraklı Zihinler (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>302</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053125518</t>
+          <t>9789754034066</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Derin Uzay - Güneş Sistemi'nin Ötesine Evren'in Sınırlarına ve Zamanın Başlangıcına Bir Yolculuk</t>
+          <t>Meraklı Zihinler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>232</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053125044</t>
+          <t>9789754032031</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ara ve Bul Resimli Bulmacalar Tropik Ormanlar</t>
+          <t>Mekanik Problemleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>50</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053125037</t>
+          <t>9789754033687</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ara ve Bul Resimli Bulmacalar Minik Hayvanlar</t>
+          <t>Nokta Birleştirmece Dinozorlar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>50</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053124986</t>
+          <t>9789754030747</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Neden?</t>
+          <t>Mehmet Nadir Bir Eğitim ve Bilim Öncüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>68</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053125006</t>
+          <t>9789754031164</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Gibi</t>
+          <t>Mavi Gezegen</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>56</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053125068</t>
+          <t>9789754032857</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hava Nedir? Bulutlar, İklim ve Küresel Isınma</t>
+          <t>Matematik Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053124993</t>
+          <t>9789754030785</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Karahindibanın Uçuşan Öyküsü</t>
+          <t>Matematik Sanatı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>66</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053125013</t>
+          <t>9789754033632</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtıcı Gerçekler - Matematik</t>
+          <t>Matematiğin Aydınlık Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>70</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053125020</t>
+          <t>9789754032536</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtıcı Gerçekler - Mühendislik</t>
+          <t>Marie Curie Radyoaktivitenin Keşfi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>70</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053124917</t>
+          <t>9789754031102</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bu Ne Çok Atık</t>
+          <t>Makineler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>148</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053124948</t>
+          <t>9789754032994</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! - Kodlama</t>
+          <t>Maddenin Son Yapıtaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>113</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053124870</t>
+          <t>9789754031935</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar ve Beyin</t>
+          <t>Maddenin Son Yapıtaşları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>58</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053124924</t>
+          <t>9789754034585</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! - Robotlar</t>
+          <t>Madde</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>113</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053124931</t>
+          <t>9789754033335</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! - Mühendislik</t>
+          <t>Macellanya (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>113</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053124955</t>
+          <t>9789754032703</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Keşfedin! - Enerji</t>
+          <t>Macellanya</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>113</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053124894</t>
+          <t>9789754031287</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Tutkum Matematik</t>
+          <t>Leonardo’dan Edison’a Mucitler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>54</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053124887</t>
+          <t>9789754036060</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yer Altı Hayvanları</t>
+          <t>Lazerler</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>29</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053124863</t>
+          <t>9789754034127</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bir Tohumla Başlar</t>
+          <t>Kültürlü Kurt</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>90</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053124849</t>
+          <t>9789754031300</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dilinde - Bitkiler Renkleriyle Ne Anlatır?</t>
+          <t>Kutuplarda Yaşam</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>72</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053124856</t>
+          <t>9789754035780</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Bilim - Marie Curie</t>
+          <t>Kuşlar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>54</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>4440000003114</t>
+          <t>9789754031799</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar'ın Kendi Kaleminden Hayatı ve Bilimi</t>
+          <t>Kuşlar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>32</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053124719</t>
+          <t>9789754033113</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Göç - Hayvanların Olağanüstü Yolculukları</t>
+          <t>Kör Saatçi (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053124702</t>
+          <t>9789754032628</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Bir Ev</t>
+          <t>Kör Saatçi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053124771</t>
+          <t>9789754035223</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Suyun Çocukları</t>
+          <t>Korkmuyorum! Korkudan Cesarete</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>60</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053124764</t>
+          <t>9789754031447</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bu Bilim Tam Senlik</t>
+          <t>Kolomb’dan Armstrong’a Kaşifler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053124757</t>
+          <t>9789754036428</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bu Matematik Tam Senlik</t>
+          <t>Kolayca Çizin - Taşıtlar</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053124726</t>
+          <t>9789754036411</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gece Vakti</t>
+          <t>Kolayca Çizin - Minik Hayvanlar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>61</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053124696</t>
+          <t>9789754036077</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Doğadan İlhan Alan Tasarımlar</t>
+          <t>Kolayca Çizin - Kediler ve Köpekler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053124733</t>
+          <t>9789754036459</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Beynimiz Nasıl Çalışır?</t>
+          <t>Kolayca Çizin Hayvanlar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>90</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053124740</t>
+          <t>9789754033694</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Derinlere Yolculuk - Alvin Denizaltısı ile Derin Denizleri Keşfedin</t>
+          <t>Deniz Kıyısı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>65</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053124795</t>
+          <t>9789754035926</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Mert</t>
+          <t>Kolayca Çizin - Dinozorlar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>60</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053124689</t>
+          <t>9789754036435</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Mucit Laboratuvarı</t>
+          <t>Kolayca Çizin - Deniz Hayvanları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>243</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053124672</t>
+          <t>9789754036466</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Robot</t>
+          <t>Kolayca Çizin - Çizgi Karakterler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>294</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053124481</t>
+          <t>9789754036091</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Denizanası Bahçesi</t>
+          <t>Kolayca Çizin - Atlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>85</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053124467</t>
+          <t>9789754031812</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Balık</t>
+          <t>Kimyanın Öyküsü</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>117</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053124498</t>
+          <t>9789754031874</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>STEM Matematik Karalama Kitabı</t>
+          <t>Kimya (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>100</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053124580</t>
+          <t>9789754031416</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Karalama Kitabı</t>
+          <t>Kırılgan Nesneler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>84</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053124610</t>
+          <t>9789754033755</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>STEM Teknoloji Karalama Kitabı</t>
+          <t>Kırık Yumurtalar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>84</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053124597</t>
+          <t>9789754033076</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>STEAM Buluşlar Karalama Kitabı</t>
+          <t>Keşifler ve İcatlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>84</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053124474</t>
+          <t>9789754032109</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yaz Uykucuları: Yaz Uykusuna Yatan Hayvanlar</t>
+          <t>Keşifler (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>71</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053124450</t>
+          <t>9789754036190</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Mario ve Gökyüzündeki Delik - Bir Kimyacının Dünyamızı Kurtarma Hikayesi</t>
+          <t>Keşfedin - Örümcekler</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>60</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053124511</t>
+          <t>9789754036176</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Öklid'i Okurken</t>
+          <t>Keşfedin Kelebekler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>80</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053124573</t>
+          <t>9789754036206</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Kaplumbağası</t>
+          <t>Keşfedin - Karıncalar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>92</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053124665</t>
+          <t>9789754031348</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Biyotaklit</t>
+          <t>Kesirler ve Ondalık Sayılar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>79</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053124559</t>
+          <t>9789754036350</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Göletler</t>
+          <t>Kendim Olmaktan Mutluyum</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>40</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053124603</t>
+          <t>9789754035827</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Şehir Nasıl İnşa Edilir?</t>
+          <t>Kelebekler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053124504</t>
+          <t>9789754036930</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Gece ve Gündüz</t>
+          <t>Kelebekler - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053124566</t>
+          <t>3990000034621</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ben Rüzgarım</t>
+          <t>Kelebek (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053124542</t>
+          <t>9789754031478</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Mevsimler</t>
+          <t>Kaybolan İpucu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>29</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053124535</t>
+          <t>9789754035865</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Böcekler ve Diğer Minik Hayvanlar</t>
+          <t>Kayaçlar ve Mineraller</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>40</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053124528</t>
+          <t>9789754030891</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Orman Hayvanları</t>
+          <t>Katla ve Uçur Kağıt Uçakta Son Nokta</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>40</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053124627</t>
+          <t>9789754036695</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Denizde - Ara ve Bul Resimli Bulmacalar</t>
+          <t>Kaşifler - Yıldızlar ve Gezegenler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>35</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053124658</t>
+          <t>9789754036718</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ormanda - Ara ve Bul Resimli Bulmacalar</t>
+          <t>Kaşifler - Denizler ve Okyanuslar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>35</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053124641</t>
+          <t>9789754031768</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hayvanat Bahçesinde - Ara ve Bul Resimli Bulmacalar</t>
+          <t>Kaslar ve Kemikler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>35</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053124313</t>
+          <t>9789754032185</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Ansiklopedisi (4 Kitap)</t>
+          <t>Karşıtlıklar</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>1535</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053124221</t>
+          <t>9789754035407</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Harikalar - Uzayda</t>
+          <t>Kara Cisimler ve Kuantum Kedileri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>68</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053124238</t>
+          <t>9789754030297</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Harikalar - Suda</t>
+          <t>Kaos</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>68</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053124245</t>
+          <t>9789754032567</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Harikalar - Karada</t>
+          <t>Johannes Kepler Yeni Gökbilim</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>68</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053124252</t>
+          <t>9789754034073</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Çizmeli Harikalar - Havada</t>
+          <t>James Watson ve Francis Crick Hayatın Yapıtaşları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>68</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053124153</t>
+          <t>9789754031928</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Besin Maddeleriyle Takım Olmak - Organik Bahçecilikte Bitki Besin Maddelerinin Etkin Kullanımı</t>
+          <t>İşte Dünya</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>29</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053124146</t>
+          <t>9789754036701</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mikroorganizmalarla Takım Olmak - Organik Bahçecilik ve Toprak Besin Ağı</t>
+          <t>Kaşifler - Hava</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>95</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053124443</t>
+          <t>9789754031386</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Matematiği- Unutulmuş Sanat, Küresel Trigonometri</t>
+          <t>İslam Dünyasında Hint Rakamları Rakamların Evrensel Tarihi 7</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>45</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053124177</t>
+          <t>9789754031218</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Açık Hava Etkinlikleri</t>
+          <t>İnternet</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>58</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053124139</t>
+          <t>9789754031560</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mete ve Muhteşem Keşfi</t>
+          <t>İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>90</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053124207</t>
+          <t>9789754033168</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Şu Matematik Dedikleri...</t>
+          <t>İnsan Düşüncesinde Yerküre: Yerbilim’e Bir Tarihsel Bakış (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>132</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053124214</t>
+          <t>9789754033151</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Element Kartları (Kutulu)</t>
+          <t>İnsan Düşüncesinde Yerküre: Yerbilim’e Bir Tarihsel Bakış</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>285</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053124184</t>
+          <t>9789754030174</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kutup Seferleri</t>
+          <t>İlk Üç Dakika</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>75</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053124269</t>
+          <t>9789754036114</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Benim Renkli Yumağım - Minikler Serisi Renkler</t>
+          <t>İlk Sayılar: Basit Matematiğe Giriş</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>43</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053124276</t>
+          <t>9789754036442</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Ben Neyim? - Minikler Serisi Taşıtlar</t>
+          <t>İlk Sayı Kartları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>43</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053124108</t>
+          <t>9789754036565</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Karıncalar</t>
+          <t>İlk Resim Kitabım</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>29</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053124122</t>
+          <t>9789754034639</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Su Samurları</t>
+          <t>İlk Okuma - Köpekler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>24</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053124191</t>
+          <t>9789754034172</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Düşün Çöz Eğlen Kart Seti</t>
+          <t>İlk Okuma - Atlar ve Poniler</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053124290</t>
+          <t>9789754035339</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Nerede Bu Yiyecekler? - Minikler Serisi Hayvanlar</t>
+          <t>İlk Okuma - Antarktika</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>43</v>
+        <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053124283</t>
+          <t>9789754030037</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bu Şekli Tanıyor musun? - Minikler Serisi Şekiller</t>
+          <t>İkili Sarmal DNA Yapı Çözümünün Öyküsü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>43</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053124160</t>
+          <t>9789754033311</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Doğa Etkinlikleri Kitabı</t>
+          <t>İki Kültür (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>100</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053124115</t>
+          <t>9789754032451</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Gökbilim</t>
+          <t>İki Kültür</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053123385</t>
+          <t>9789754035254</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Bahçecilik</t>
+          <t>İçiyle Dışıyla Vücudunuz</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>100</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053123019</t>
+          <t>9789754033021</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir Astronottan Hayat Dersleri</t>
+          <t>Ivan Pavlov - Hayvan Makinesini Araştırırken</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>120</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053121435</t>
+          <t>9789754031171</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yerim Ben Matematik Ödevimi - Aç Beyinler İçin Tarifler</t>
+          <t>Işık Evreni</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>66</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053123057</t>
+          <t>9789754034622</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yavru Hayvanlar - Okumaya Başlarken</t>
+          <t>Işık (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053121480</t>
+          <t>9789754033137</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Dedikleri Var Ya...</t>
+          <t>Isaac Newton ve Bilimsel Devrim</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>56</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053121497</t>
+          <t>9789754030952</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Taş Dedikleri Var Ya...</t>
+          <t>Hücre Savaşları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>56</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789754039733</t>
+          <t>9789754032864</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Başıma Yıldırım Düştü!</t>
+          <t>Hitit Güneşi (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>111</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053123224</t>
+          <t>9789754032055</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Resimli Bulmaca Kitabı</t>
+          <t>Hitit Çağında Anadolu (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>90</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053123286</t>
+          <t>9789754031157</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Öklid'in Elemanları</t>
+          <t>Hint Uygarlığının Sayısal Simgeler Sözlüğü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>360</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789754039542</t>
+          <t>9789754031829</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları Matematik Bulmacaları</t>
+          <t>Hesabın Destanı Rakamların Evrensel Tarihi VIII</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789754039559</t>
+          <t>9789754031317</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları Sayı Bulmacaları</t>
+          <t>Her Yönüyle Otomobiller</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>180</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789754039528</t>
+          <t>9789754033359</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları - Zeka Bulmacaları</t>
+          <t>Her Yere Uzak Topraklar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>180</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789754038293</t>
+          <t>9789754036367</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Problem Çözümüne Giriş 101</t>
+          <t>Hep Beraber Olmak Güzel</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>70</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053125471</t>
+          <t>9789754034646</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Gezegenler (Ciltli)</t>
+          <t>İlk Okuma - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>467</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053120117</t>
+          <t>9789754036602</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sayalım - Ağaçlar</t>
+          <t>Herkes İçin Desen Boyama</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>64</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053122821</t>
+          <t>9789754036596</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Beyin</t>
+          <t>Herkes İçin Boyama Kitabı - Mavi Kitap</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>90</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053122579</t>
+          <t>9789754036558</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>365 Bilim Etkinliği</t>
+          <t>Herkes İçin Boyama Kitabı - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>155</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053121589</t>
+          <t>9789754036404</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Uçuş - Yakından Tanıyın</t>
+          <t>Her Zaman Her İstediğimiz Olmaz</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>143</v>
+        <v>11</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053122890</t>
+          <t>9789754035179</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Hayatı ve Bilimi (Ciltli)</t>
+          <t>İlk Okuma - Hava Durumu</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053120957</t>
+          <t>9789754033939</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Tarçın Nerede? - Matematik Her Yerde</t>
+          <t>İlk Okuma - Güneş, Ay ve Yıldızlar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>40</v>
+        <v>29</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053120971</t>
+          <t>9789754032888</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kimde Kabarcık Var? - Matematik Her Yerde</t>
+          <t>Hayvanların Sessiz Dünyası Hayvanlarda Bilincin Varlığı Üzerine Bir Araştırma (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>40</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053120926</t>
+          <t>3990000014450</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bora'nın Pazar Heyecanı - Matematik Her Yerde</t>
+          <t>Hayvanların Sessiz Dünyası Hayvanlarda Bilincin Varlığı Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053122173</t>
+          <t>9789754035438</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Atlar</t>
+          <t>Hayvanlar Dünyası</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>11.57</v>
+        <v>22</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053122166</t>
+          <t>9789754032123</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Dinozorlar</t>
+          <t>Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>11.57</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053122180</t>
+          <t>9789754032093</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Köpekbalıkları</t>
+          <t>Hayvan Zihni Hayvanlarda Akıl Yürütme ve Problem Çözme Becerisi Üzerine</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>11.57</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053122159</t>
+          <t>9789754033298</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Yavru Hayvanlar</t>
+          <t>Hayvan Zihni Hayvanlarda Akıl Yürütme ve Problem Çözme Becerisi Üzerine (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>11.57</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789754039627</t>
+          <t>9789754034875</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>ESOBİL Zeka Bulmacaları 1</t>
+          <t>Haydi Öğrenelim - Ne Neden Yapılmıştır?</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>8.8</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053120223</t>
+          <t>9789754034882</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Aynalar Nesneleri Nasıl Yansıtır?</t>
+          <t>Haydi Öğrenelim - Atma, Kullan!</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789754039887</t>
+          <t>9789754033496</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mikroskop Hakkında Her Şey</t>
+          <t>Güzel Sarı Tuna</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>115</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053120391</t>
+          <t>9789754035773</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Genler Değiştirildiğinde Ne Olur?</t>
+          <t>Güneşli Bir Gün (Sünger Kapaklı)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789754039696</t>
+          <t>9789754030419</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları 3</t>
+          <t>Gündelik Bilmeceler</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>6.94</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053120285</t>
+          <t>9789754032550</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>En İyi İlacı Ararken</t>
+          <t>Gregor Mendel - Genetiğin Temelleri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>12.04</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053120261</t>
+          <t>9789754034738</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Bir Yılı Seti</t>
+          <t>Gölde (Sünger Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>33.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789754039900</t>
+          <t>9789754030860</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Nasıl Çalışır?</t>
+          <t>Göl İnsanları Evrim Sürecinden Bir Kesit</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>5.09</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789754039665</t>
+          <t>9789754036084</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Bıdık</t>
+          <t>Gökkuşağının Tüm Renkleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>3.24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053121633</t>
+          <t>9789754030365</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar Ne Kadar Büyüktü? (Ciltli)</t>
+          <t>Gezegenler Kılavuzu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>260</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053121138</t>
+          <t>9789754037012</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Böcekler Olmadan Yaşamayı!</t>
+          <t>Gezegenimiz Dünya - Kayaçlar ve Fosiller</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053121299</t>
+          <t>9789754037005</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Newton'un Yerinde Olmayı!</t>
+          <t>Gezegenimiz Dünya - Çekirdek ve Yerkabuğu</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053121145</t>
+          <t>9789754030075</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Telefonsuz Yaşamayı!</t>
+          <t>Genç Bilimadamına Öğütler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>7.41</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053121152</t>
+          <t>9789754030327</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Temiz Su Olmadan Yaşamayı!</t>
+          <t>Gen Bencildir</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053121305</t>
+          <t>9789754032222</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Tifolu Mary ile Karşılaşmayı!</t>
+          <t>Geçmişin Anahtarları</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>7.41</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053121077</t>
+          <t>9789754035872</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kim İster 16. Yüzyılda Hasta Olmayı!</t>
+          <t>Geceleyin Gökyüzü</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053121091</t>
+          <t>9789754032987</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kim İster Çin Seddi'nde İşçi Olmayı!</t>
+          <t>Galileo’nun Buyruğu (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053121404</t>
+          <t>9789754031997</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İkinci Büyük Labirent Kitabım</t>
+          <t>Galileo’nun Buyruğu</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>23.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053120735</t>
+          <t>9789754030778</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kim, Neyi, Ne Zaman İcat Etti</t>
+          <t>Galileo ve Newton’un Evreni (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053120742</t>
+          <t>3990000002451</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İlk Labirent Kitabım</t>
+          <t>Galileo Galilei - İlk Fizikçi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>6.8</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053120766</t>
+          <t>9789754033229</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Gök Ağacı</t>
+          <t>Fosiller (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789754039726</t>
+          <t>9789754030181</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Doğasından Yansımalar (Ciltli)</t>
+          <t>Fizik Yasaları Üzerine</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>105</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053120360</t>
+          <t>9789754031645</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Bilim - Şaşırtıcı Ses Deneyleri</t>
+          <t>Fizik Olimpiyatları Çözümler 1990 - 2003</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053120353</t>
+          <t>3990000007127</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Bilim - Çarpıcı Elektrik ve Manyetizma Deneyleri</t>
+          <t>Fizik (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>11</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053120339</t>
+          <t>9789754031423</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Bilim - Etkileyici Kimya Deneyleri</t>
+          <t>Fiziğin Gizemi Kralın Yeni Usu 2. Cilt</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>11</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789754039740</t>
+          <t>9789754031546</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Lara'nın Epilepsi Hikayesi</t>
+          <t>Fırtınalar ve Kasırgalar</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>4.17</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754039689</t>
+          <t>9789754032772</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Cem'in Disleksi Hikayesi</t>
+          <t>Feynman’ın Kayıp Dersi Gezegenlerin Güneş Çevresindeki Hareketi (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>4.17</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754039610</t>
+          <t>9789754032192</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Berke'nin Down Sendromu Hikayesi</t>
+          <t>Farklı Olanı Bul</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>4.17</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789754039672</t>
+          <t>9789754031737</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bir Bak Bir Daha Bak - Yaşam Alanlarını Keşfedelim Seti</t>
+          <t>Evrim (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053120780</t>
+          <t>9789754034745</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>ESOBİL Zeka Bulmacaları 2</t>
+          <t>Evrenin Zarafeti</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>13.43</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053121084</t>
+          <t>9789754032765</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kim İster İlk Denizaltıda Olmayı!</t>
+          <t>Feynman’ın Kayıp Dersi Gezegenlerin Güneş Çevresindeki Hareketi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754038552</t>
+          <t>9789754036640</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kareli ve Küplü "Şey"lerin Serüveni</t>
+          <t>Halkın Bilim Tarihi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>21</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053120063</t>
+          <t>9789754034820</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yapılar - Küçük Mimarlar</t>
+          <t>Hah, Buldum!</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>5.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053120056</t>
+          <t>9789754033502</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Evler - Küçük Mimarlar</t>
+          <t>Güzel Sarı Tuna (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>90</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053120049</t>
+          <t>9789754035155</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Masallardaki Evler - Küçük Mimarlar</t>
+          <t>İlk Okuma - Gezegenimiz Dünya</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>5.56</v>
+        <v>17</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053120032</t>
+          <t>9789754034189</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hem İş Yeri Hem Ev - Küçük Mimarlar</t>
+          <t>İlk Okuma - Kediler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>5.56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789754039399</t>
+          <t>9789754031331</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Döngüsü Seti (13 Kitap Takım)</t>
+          <t>Her Yönüyle Uçaklar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>22.22</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789754039269</t>
+          <t>9789754036022</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Fasulyenin Yaşam Döngüsü</t>
+          <t>İlk Okuma - Geçmişi Araştırmak</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>2.08</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789754038972</t>
+          <t>9789754033991</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kaşifinin El Kitabı</t>
+          <t>İlk Okuma - Denizin Altında</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>135</v>
+        <v>7</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789754039160</t>
+          <t>9789754031355</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İlginç Bilimsel Bilgiler Kimya - Atomlar ve Elementler</t>
+          <t>Her Yönüyle Tekneler</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>4.63</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789754039566</t>
+          <t>9789754036183</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kartları - Çocuklarla Yolculukta Yapılabilecek 100 Etkinlik</t>
+          <t>Keşfedin - Arılar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>180</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789754038941</t>
+          <t>9789754038361</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler - Geçmiş Vakaların Aydınlatılması</t>
+          <t>Bir Zamanlar Korkardım - Fareler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>4</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789754038934</t>
+          <t>9789754038347</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler - Sahteciliği Önlemek</t>
+          <t>Bir Zamanlar Korkardım - Arılar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>3.7</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789754039245</t>
+          <t>9789754038620</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Elinizin Altındaki Gerçekler - Kimyayı Tanıyalım - Metaller</t>
+          <t>Bilime Giriş - Enerji Ses ve Işık</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>12</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053120018</t>
+          <t>9789754038569</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Teknoloji - Havacılık ve Uzay</t>
+          <t>Bilime Giriş - Işığı Aç</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>12</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789754039207</t>
+          <t>9789754038613</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Teknoloji - Tıp ve Sağlık</t>
+          <t>Bilime Giriş - Ses Kontrol Başlıyor</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>12</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789754039252</t>
+          <t>9789754038590</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Elinizin Altındaki Gerçekler - Kimyayı Tanıyalım - Organik Kimya ve Biyokimya</t>
+          <t>Bilime Giriş - Suyun İnanılmaz Öyküsü</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>12</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789754039306</t>
+          <t>9789754038606</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Kurbağasının Yaşam Döngüsü</t>
+          <t>Bilime Giriş - Uzay İstasyonu</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>2.08</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789754039221</t>
+          <t>9789754038354</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Buluşlar ve Teknoloji - Kara ve Deniz Taşımacılığı</t>
+          <t>Bir Zamanlar Korkardım - Yarasalar</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>12</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053122753</t>
+          <t>9789754038330</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Işığı Arıyoruz - Origamiyle Bilim</t>
+          <t>Bir Zamanlar Korkardım - Yılanlar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>5.56</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053122760</t>
+          <t>9789754038415</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Elektrikle Işıl Işıl - Origamiyle Bilim</t>
+          <t>Bir Zamanlar Korkardım - Tırtıllar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>5.56</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053122777</t>
+          <t>9789754038378</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Havalar - Origamiyle Bilim</t>
+          <t>Bir Zamanlar Korkardım - Su Altı Canlıları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>5.56</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053122715</t>
+          <t>9789754038323</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bitkileri İnceliyoruz - Origamiyle Bilim</t>
+          <t>Bir Zamanlar Korkardım - Solucanlar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>5.56</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053121787</t>
+          <t>9789754038422</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Evler - Küçük Mimarlar</t>
+          <t>Bir Zamanlar Korkardım - Salyangozlar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>90</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053121763</t>
+          <t>9789754038439</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Evleri - Küçük Mimarlar</t>
+          <t>Bir Zamanlar Korkardım - Örümcekler</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>90</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053121749</t>
+          <t>9789754038392</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Evleri - Küçük Mimarlar</t>
+          <t>Bir Zamanlar Korkardım - Kurbağalar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>90</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053121350</t>
+          <t>9789754038408</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>Bir Zamanlar Korkardım - Köpekler</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>10</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053121343</t>
+          <t>9789754038859</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>Oyuncak Ayılarla - Sayılar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053121336</t>
+          <t>9789754038477</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Alexander Graham Bell - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>Kuşlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053122234</t>
+          <t>9789754038866</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünme Kılavuzu</t>
+          <t>Oyuncak Ayılarla Şekiller</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>13</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053121367</t>
+          <t>9789754038453</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Neil Armstrong - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>Mevsim Mevsim Oyunlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>10</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053121008</t>
+          <t>9789754038767</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Nedenler Ansiklopedisi</t>
+          <t>Parmak Boyama</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>22.22</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053122227</t>
+          <t>9789754038514</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Pasteur'ün Mikroplarla Savaşı (Özel Braille Baskı)</t>
+          <t>Yağmur Ormanları Boyama Kitabı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053121756</t>
+          <t>9789754038491</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Evleri - Küçük Mimarlar</t>
+          <t>Mucizevi Tıp</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053121374</t>
+          <t>9789754038507</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Thomas Edison - Bilim İnsanlarının Yaşam Öyküleri</t>
+          <t>Orman Yaban Hayatı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789754039276</t>
+          <t>9789754038583</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kral Kelebeğinin Yaşam Döngüsü</t>
+          <t>Bilime Giriş Yanardağ Patlamaları</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>2.08</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053123842</t>
+          <t>9789754038385</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Arılar ve Yaban Arıları</t>
+          <t>Bir Zamanlar Korkardım - Gece Hayvanları</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>29</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789754039603</t>
+          <t>9789754038880</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Türkiye</t>
+          <t>Küresel Enerjiye Yön Veren Güçler (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>6.94</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754036954</t>
+          <t>9789754038873</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kayaçlar ve Fosiller</t>
+          <t>Küresel Enerjiye Yön Veren Güçler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789754039658</t>
+          <t>9789754038842</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bir Girişimcilik Yolculuğu</t>
+          <t>Oyuncak Ayılarla Karşıtlıklar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>11.57</v>
+        <v>13</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789754039757</t>
+          <t>9789754038835</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye İcatlar ve Mucitleri</t>
+          <t>Oyuncak Ayılarla Renkler</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053120001</t>
+          <t>9789754038460</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Canlıları Keşfedelim Seti</t>
+          <t>Büyük Labirent Kitabım</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>23.15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053120582</t>
+          <t>9789754037494</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Beril Kendi Resmini Yapıyor</t>
+          <t>Küçük Poni (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754039948</t>
+          <t>9789754030013</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişimi - Yakından Tanıyın</t>
+          <t>Hayatın Kökleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>22</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053120575</t>
+          <t>9789754031232</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İpek Yeni Şeyler Üretiyor</t>
+          <t>Havada Karada Suda</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053120599</t>
+          <t>9789754031270</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Onur Harika Öyküler Yazıyor</t>
+          <t>Hava ve İklim</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>11</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789754039955</t>
+          <t>9789754034769</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Petrol - Yakından Tanıyın</t>
+          <t>Hastanede</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754039634</t>
+          <t>9789754032383</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Mühendislikte Felsefe, Mantık, Bilim ve Etik</t>
+          <t>Hasan - Ali Yücel ve Türk Aydınlanması</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>5.09</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754039924</t>
+          <t>9789754037111</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Su Altı Yaşamı</t>
+          <t>Harika Bir Takım</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053120087</t>
+          <t>9789754036657</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Arktik ve Antarktika - Yakından Tanıyın</t>
+          <t>Halkın Bilim Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053120612</t>
+          <t>9786053120278</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Can Dans Etmeyi Çok Seviyor</t>
+          <t>Elektriğin Yolculuğu</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>11</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053120094</t>
+          <t>9789754038927</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Enerji - Yakından Tanıyın</t>
+          <t>İlk Nokta Birleştirmece Kitabım: Çiftlik</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>22</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053120193</t>
+          <t>9789754038910</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Kama</t>
+          <t>İlk Nokta Birleştirmece Kitabım: Taşıtlar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>4.17</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053120209</t>
+          <t>9789754039474</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım - Yakından Tanıyın</t>
+          <t>Petrol, Su ve İklim (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>76</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053120605</t>
+          <t>9789754039177</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Ayımoto'nun Tasarımı</t>
+          <t>Minik Ansiklopedi - Uzay</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>4.17</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789754039870</t>
+          <t>9789754039184</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklardan Korun Sağlıklı Yaşa!</t>
+          <t>Minik Ansiklopedi - Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053120148</t>
+          <t>9789754038965</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Makara</t>
+          <t>Tıpta Çığır Açan Buluşların Küçük Kitabı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>4.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053120100</t>
+          <t>9789754039467</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sayalım - Arılar</t>
+          <t>Petrol, Su ve İklim</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>64</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053120629</t>
+          <t>9789754039450</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sen Uyurken</t>
+          <t>Hayvanlarda Saldırı ve Savunma: Venom, Zehir ve Elektrik</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>14</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789754039917</t>
+          <t>9789754039429</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Spor Yap Sağlıklı Yaşa!</t>
+          <t>Hayvanlarda Saldırı ve Savunma: Taklitçilik ve İlişkiler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053120179</t>
+          <t>9789754039443</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Vida</t>
+          <t>Hayvanlarda Saldırı ve Savunma: İnanılmaz Zırhlar</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>4.17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053120124</t>
+          <t>9789754039344</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sayalım Denizler</t>
+          <t>Hayvanlarda Saldırı ve Savunma: Kusursuz Kamuflaj</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>64</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053120162</t>
+          <t>9789754039436</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Tekerlek ve Aks</t>
+          <t>Hayvanlarda Saldırı ve Savunma: Kurnazca Davranışlar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>4.17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789754039849</t>
+          <t>9789754038903</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Doğru Beslen Sağlıklı Yaşa!</t>
+          <t>İlk Nokta Birleştirmece Kitabım: Hayvanlar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>11</v>
+        <v>4.58</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053120216</t>
+          <t>9789754039191</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Deneyerek Botanik</t>
+          <t>Hayvanlar - Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>10</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789754039863</t>
+          <t>9789754038958</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Titreşimler</t>
+          <t>Adli Bilimler : Suçluları ve Kurbanları Tespit Etmek</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>106</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053120414</t>
+          <t>9789754038897</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Çitadan Daha Hızlı Ne Olabilir?</t>
+          <t>Adli Bilimler : Olay Yeri İnceleme</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>10</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053120155</t>
+          <t>9789754039061</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Rampa</t>
+          <t>Adli Araştırmalar: Cesetler de Konuşur</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>4.17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053120308</t>
+          <t>9789754039382</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gözleyerek Gökbilim</t>
+          <t>Yaşam Döngüsü - Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053120469</t>
+          <t>9789754039368</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Cüce Sivri Fareden Daha Küçük Ne Olabilir?</t>
+          <t>Tavukların Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>10</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053120445</t>
+          <t>9789754039313</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kansere Elveda Bahçesi</t>
+          <t>Ayçiçeğinin Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>10</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789754039856</t>
+          <t>9789754039405</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Yüzde Dördü</t>
+          <t>Yeşil Yılanın Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>12.04</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053120490</t>
+          <t>9789754039351</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balinadan Daha Büyük Ne Var?</t>
+          <t>Sinekkuşunun Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>4.17</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053120292</t>
+          <t>9789754039320</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>En'ler Kitabı</t>
+          <t>Akçaağacın Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>6.94</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754039825</t>
+          <t>9789754039375</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel İlkelerin Küçük Kitabı</t>
+          <t>Uğurböceğinin Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>10.19</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053120421</t>
+          <t>9789754039337</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Elimde Değil!</t>
+          <t>Atların Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>10</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053120483</t>
+          <t>9789754039283</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı, Buzullar Neden Eriyor?</t>
+          <t>Sıçrayan Örümceğin Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>10</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789754039979</t>
+          <t>9789754039122</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Çevre Terimlerinin Küçük Kitabı</t>
+          <t>Bilimsel Serüvenler : Marsa Yolculuk</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789754039993</t>
+          <t>9789754039481</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ölçüm</t>
+          <t>Yerküre Sulara Gömülürken</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>130</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053120131</t>
+          <t>9789754039085</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Robo ve Robi ile Basit Makineler - Kaldıraç</t>
+          <t>İlaca Dair</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>4.17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053120407</t>
+          <t>9789754039290</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Müziği</t>
+          <t>Kavgacı Betanın Yaşam Döngüsü</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>4.17</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789754039986</t>
+          <t>9789754039146</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ölçülü Olmaya Değer</t>
+          <t>İlginç Bilimsel Bilgiler Fizik Kuvvet ve Enerji</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053120476</t>
+          <t>9789754038132</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>101 Basamaklı Sayılara Kadar Sayabilir misiniz?</t>
+          <t>Uzay Ansiklopedisi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754039894</t>
+          <t>9789754038170</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sabretmeye Değer</t>
+          <t>Dünya Enerji Sorunları: Su Enerjisi Yeterince Verimli Mi?</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053120438</t>
+          <t>9789754038156</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İnci'nin Büyük Yarışı</t>
+          <t>Dünya Enerji Sorunları: Kömür Ne Kadar Kirletiyor?</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053120247</t>
+          <t>9789754038194</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Demir Neden Mıknatısa Yapışır?</t>
+          <t>Dünya Sorunları Enerji Krizi (Bugünün Dünyasına Bakış)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>10</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789754039832</t>
+          <t>9789754038187</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Dinlemeye Değer</t>
+          <t>Dünya Sorunları Doğa Karşısında İnsan</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>10</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053120506</t>
+          <t>9789754038231</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Saatin Kaç Olduğunu Nereden Bilirsiniz?</t>
+          <t>Denizlerde Bilimin Peşinde</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>4.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053120452</t>
+          <t>9789754038163</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Otizm ve Kardeşim</t>
+          <t>Dünya Enerji Sorunları: Nükleer Enerji Çok Mu Riskli?</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053120230</t>
+          <t>9789754037869</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Devresi Nasıl Bağlanır?</t>
+          <t>Su Samurları Olmasaydı Ne Olurdu?</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754039962</t>
+          <t>9789754039498</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Çaba Göstermeye Değer</t>
+          <t>Yerküre Sulara Gömülürken (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>10</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053120377</t>
+          <t>9789754039030</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Barış'ın Gezintisi</t>
+          <t>50 Başlıkta Uzay</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>10</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053120384</t>
+          <t>9789754038798</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bay Endişe</t>
+          <t>Fiziği Tanıyalım - Elektrik ve Elektronik</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053120186</t>
+          <t>9789754038446</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Haydi Sayalım Elmalar</t>
+          <t>İlk Şekilli Bilim Sözlüğüm</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>64</v>
+        <v>12</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053120254</t>
+          <t>9789754038736</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Dolaşım Sisteminde Yolculuk</t>
+          <t>Fizik Bize Ne Anlatıyor? (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>12</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789754039931</t>
+          <t>9789754038675</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Temiz Ol Sağlıklı Yaşa!</t>
+          <t>Yeni Hümanistler İnsandan Evrene Son Bilimsel Tartışmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789754033847</t>
+          <t>9789754038668</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ay'da</t>
+          <t>Yeni Hümanistler İnsandan Evrene Son Bilimsel Tartışmalar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>7</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053124085</t>
+          <t>9789754038484</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Filler</t>
+          <t>Mikrobun Keşfi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>29</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053124078</t>
+          <t>9789754038521</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Trenler</t>
+          <t>Mikrobun Keşfi (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>29</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789754036503</t>
+          <t>9789754038651</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bebekler ve Yürüme Çağındaki Çocuklar İçin Eğlendirici ve Eğitici Etkinlikler (Ciltli)</t>
+          <t>Besin Zincirlerini Korumak Çayır Besin Zincirleri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>12.04</v>
+        <v>10</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789754037661</t>
+          <t>9789754038750</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Renkler</t>
+          <t>Kimya Bize Ne Anlatıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>5.09</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789754037616</t>
+          <t>9789754038637</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Çocuk</t>
+          <t>Besin Zincirlerini Korumak - Dağ Besin Zincirleri</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>5.09</v>
+        <v>10</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789754037647</t>
+          <t>9789754038781</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Riki'nin Yeni Dünyası</t>
+          <t>Kimyayı Tanıyalım - Atomlar Moleküller ve Maddenin Halleri</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>4.63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789754037609</t>
+          <t>9789754038811</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bilge Adamın Yolu</t>
+          <t>Fiziği Tanıyalım - Manyetizma</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>5.09</v>
+        <v>12</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789754037654</t>
+          <t>9789754038804</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam Nerede?</t>
+          <t>Fiziği Tanıyalım - Işık ve Ses</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>5.09</v>
+        <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789754037630</t>
+          <t>9789754038828</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Ariyanna'nın Sihirli Kutusu</t>
+          <t>Fiziği Tanıyalım - Mekanik</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>5.09</v>
+        <v>12</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789754037678</t>
+          <t>9789754038774</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Minik Korsanlar</t>
+          <t>Kimyayı Tanıyalım - Kimyasal Tepkimeler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>5.09</v>
+        <v>12</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789754037623</t>
+          <t>9789754038699</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Amir Yolunu Kaybediyor</t>
+          <t>Pasteur'ün Mikroplarla Savaşı</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789754037708</t>
+          <t>9789754038576</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Adam</t>
+          <t>Marie Curie Radyumun İzinde</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789754037548</t>
+          <t>9789754038682</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Beni Cesur Yapan Ne?</t>
+          <t>Benjamin Franklin'in Elektrikle Maceraları</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>10</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789754037555</t>
+          <t>9789754038644</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Beni Korkutan Ne?</t>
+          <t>Besin Zincirlerini Korumak Okyanus Besin Zincirleri</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789754037531</t>
+          <t>9789754038057</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Gürültü Korkusu</t>
+          <t>Bazı Hayvanlar Nasıl ve Neden Yumurtadan Çıkar</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>4.63</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789754037715</t>
+          <t>9789754038026</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Gülücükler Şatosu</t>
+          <t>Bazı Hayvanların Uzuvları Nasıl ve Neden Yeniden Büyür</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>5.09</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789754037562</t>
+          <t>9789754037586</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Beni Mutlu Eden Ne?</t>
+          <t>Karanlık Korkusu</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>10</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789754037043</t>
+          <t>9789754037524</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Arılar Şatosu</t>
+          <t>Gülünç Duruma Düşme Korkusu</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>8.33</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789754037746</t>
+          <t>9789754037593</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Sorunları: Petrol</t>
+          <t>Yalnız Kalma Korkusu</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>4.63</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789754037739</t>
+          <t>9789754036138</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Sorunları: Doğal Gaz</t>
+          <t>Altın Oran ve Fibonacci Sayıları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789754037463</t>
+          <t>9789754037388</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Afetler - Seller</t>
+          <t>Kaşifler Büyük Kediler</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789754037258</t>
+          <t>9789754037357</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bilimle Tanışalım - Tohumlar, Çiçek Soğanları, Bitkiler ve Çiçekler</t>
+          <t>İlk Okuma - Depremler ve Tsunamiler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>4.17</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789754031003</t>
+          <t>9789754037579</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji</t>
+          <t>Beni Üzen Ne?</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>5.09</v>
+        <v>10</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789754036817</t>
+          <t>9789754037333</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Fizik, Eğlence ve Ötesi</t>
+          <t>Geceleri Gökyüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>15.74</v>
+        <v>40</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789754037784</t>
+          <t>9789754037340</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Döngüleri - Hayvanların Yaşam Döngüsü</t>
+          <t>Haritalar ve Haritacılık (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>6.02</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789754037753</t>
+          <t>9789754037326</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Sorunları: Rüzgar Enerjisi</t>
+          <t>Doğal Afetler (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789754037685</t>
+          <t>9789754037395</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler</t>
+          <t>Kaşifler Dünya</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>6.02</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789754036879</t>
+          <t>9789754037418</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Çevir Bak Hayvan Yuvaları (Ciltli)</t>
+          <t>Kaşifler Yağmur Ormanlarında</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>96</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789754037821</t>
+          <t>9789754037371</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Elinizin Altındaki Gerçekler Kimyayı Tanıyalım Ametaller</t>
+          <t>Kaşifler Böcekler ve Minik Hayvanlar</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>12</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789754034462</t>
+          <t>9789754037401</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında</t>
+          <t>Kaşifler Sürüngenler</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789754037807</t>
+          <t>9789754037449</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçeklik (Ciltli)</t>
+          <t>Kaşifler - Taşıtlar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>14.81</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789754037791</t>
+          <t>9789754037487</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Saklı Gerçeklik</t>
+          <t>Küçük Poni</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789754037029</t>
+          <t>9789754039214</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Gezegenimiz Dünya Ekosistemler</t>
+          <t>Buluşlar ve Teknoloji - Güç ve Enerji</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>4.63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789754037777</t>
+          <t>9789754039054</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Döngüleri - Mevsim Döngüsü</t>
+          <t>Adli Araştırmalar Geride Kalanlar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>6.02</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789754037760</t>
+          <t>9789754039078</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Dünya Enerji Sorunları: Güneş Enerjisi</t>
+          <t>Adli Araştırmalar Büyük Patlamalar</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789754036046</t>
+          <t>9789754039108</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tozun Gizli Hayatı (Ciltli)</t>
+          <t>Bilimsel Serüvenler - Üç Boğaz Barajı'nın İnşası</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>12.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789754033779</t>
+          <t>9789754039153</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları 2</t>
+          <t>İlginç Bilimsel Bilgiler Biyoloji - Canlılar</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>10.8</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789754033144</t>
+          <t>9786053123408</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları 1</t>
+          <t>Gün Doğumu Korosu</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789754033489</t>
+          <t>9786053123705</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Uzay (Ciltli)</t>
+          <t>Çılgın İrem Bilimsel Yöntem İle Sorunları Çözüyor</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>7.87</v>
+        <v>10</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789754031942</t>
+          <t>9786053123477</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Zaman</t>
+          <t>Kızılgerdan'ın Kış Şarkısı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>3.7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789754032154</t>
+          <t>9789754035247</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyılda Paris</t>
+          <t>Bir Uçtan Diğer Uca Dünya Çocukları</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789754030358</t>
+          <t>9789754030945</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Zamanı</t>
+          <t>Biz Hücreyiz</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>2.78</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789754032659</t>
+          <t>9789754034806</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında</t>
+          <t>Biyoloji Budur</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789754031638</t>
+          <t>9789754034813</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Yaşam</t>
+          <t>Biyoloji Budur (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789754034455</t>
+          <t>9789754033717</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yeraltında (Ciltli)</t>
+          <t>Bitkisel Hayat</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>53</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789754032918</t>
+          <t>3996053120261</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yenilik İktisadı (Ciltli)</t>
+          <t>Doğanın Bir Yılı - Ağustos</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>16.67</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789754034790</t>
+          <t>3995521441201</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Yavru Köpek</t>
+          <t>Bir Bak Bir Daha Bak - Çiçeklerin Arasında</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>4.63</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789754036374</t>
+          <t>3999620220121</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Ayılar Ağaca Tırmanamaz</t>
+          <t>Bir Bak Bir Daha Bak - Ormanda</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>5.09</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789754035391</t>
+          <t>3999996221011</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Sırrı DNA (Ciltli)</t>
+          <t>Bir Bak Bir Daha Bak - Deniz Kıyısında</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>11.11</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789754035384</t>
+          <t>3995565640012</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Sırrı DNA</t>
+          <t>Bir Bak Bir Daha Bak - Ayağınızın Altında</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>150</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789754036510</t>
+          <t>3959548100154</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Yerlerdeki 1001 Şeyi Bulun</t>
+          <t>Bir Bak Bir Daha Bak - Su Birikintisinde</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>4.63</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789754031225</t>
+          <t>3996562012314</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Yaşadığımız Gezegen</t>
+          <t>Bir Bak Bir Daha Bak - Doğal Yaşam Parkında</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>5.09</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789754034936</t>
+          <t>3999555540210</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Yapabilirim!</t>
+          <t>Bir Bak Bir Daha Bak - Çiftlikte</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>55</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789754033465</t>
+          <t>3995254102311</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Yönde Kuantum Sıçramalar (Ciltli)</t>
+          <t>Bir Bak Bir Daha Bak - Çölde</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>7.41</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789754033472</t>
+          <t>9786053122791</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Yönde Kuantum Sıçramalar</t>
+          <t>Keşif Laboratuvarları (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>5.56</v>
+        <v>85</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789754033803</t>
+          <t>9789754034431</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Bir Gün (Sünger Kapaklı)</t>
+          <t>Depremler (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789754034264</t>
+          <t>9789754034424</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Vida ile Tornavida</t>
+          <t>Depremler</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>3.7</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789754035216</t>
+          <t>9789754031256</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüden Mutluluğa Duygularınız</t>
+          <t>Denizler ve Okyanuslar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>5.09</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789754030051</t>
+          <t>9789754034929</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Üniversite</t>
+          <t>Haydi Öğrenelim: Nasıl Hareket Ederiz?</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789754031195</t>
+          <t>9789754034912</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Uydular</t>
+          <t>Haydi Öğrenelim: Duyularımız</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>4.17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789754031706</t>
+          <t>9789754034905</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Us Nerede? Kralın Yeni Usu 3. Cilt</t>
+          <t>Haydi Öğrenelim: Dört Element</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789754033861</t>
+          <t>9789754034868</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Antalya Matematik Olimpiyatları Sorular ve Çözümler 1996-2005</t>
+          <t>Haydi Öğrenelim: Aile Ağacı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>6.48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789754030846</t>
+          <t>9789754034233</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Tarihi (Ciltli)</t>
+          <t>Karlı Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789754034714</t>
+          <t>9789754034226</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Önemli Omurgasız Fosilleri</t>
+          <t>Karlı Bir Gün</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>7.87</v>
+        <v>9</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789754033403</t>
+          <t>9789754031263</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Botanik Tarihi Araştırmaları (Ciltli)</t>
+          <t>Karanlık Bir Dünyada Bilimin Mum Işığı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789754037036</t>
+          <t>9789754035360</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Amfibi ve Sürüngenleri (Ciltli)</t>
+          <t>Kara Cisimler ve Kuantum Kedileri (Ciltli)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789754033564</t>
+          <t>9789754031720</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Amfibi ve Sürüngenleri</t>
+          <t>Küllerin Altındaki Sır</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>9.26</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789754036039</t>
+          <t>9789754036688</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Tozun Gizli Hayatı</t>
+          <t>Küçük Çocuklar İçin Eğlendirici ve Eğitici Etkinlikler (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789754033588</t>
+          <t>9789754036671</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de ve Komşu Bölgelerde Sismik Etkinlikler (Ciltli)</t>
+          <t>Küçük Çocuklar İçin Eğlendirici ve Eğitici Etkinlikler</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789754034899</t>
+          <t>9789754035896</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Tıp</t>
+          <t>Minik Ansiklopedi - Dünyamız (Sünger Kapaklı)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789754034196</t>
+          <t>9789754035889</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Thomas Alva Edison - Elektrik Çağının İcadı</t>
+          <t>Minik Ansiklopedi - Dünyamız</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>5.09</v>
+        <v>51</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789754035414</t>
+          <t>9789754033724</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Teknolojik Yenilik Yönetimi</t>
+          <t>Milyarlarca ve Milyarlarca</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>19.44</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789754034578</t>
+          <t>9789754033762</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji</t>
+          <t>Milyarlarca ve Milyarlarca (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789754031980</t>
+          <t>9789754031508</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Taşların Dünyası</t>
+          <t>Mikroskop</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789754033458</t>
+          <t>9789754036794</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Bir Yaprak</t>
+          <t>Ne Yapsak da Ormansız Kalmasak?</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>4.17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789754035643</t>
+          <t>9789754036770</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Kimya Sözlüğü</t>
+          <t>Ne Yapsak da Doğal Felaketlerle Baş Etsek?</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>84</v>
+        <v>11</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789754035421</t>
+          <t>9789754034660</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Fizik Sözlüğü</t>
+          <t>Mühendisler: Ne Bilirler / Nasıl Bilirler? (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>84</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789754035650</t>
+          <t>9789754033656</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Biyoloji Sözlüğü</t>
+          <t>Nokta Birleştirmece Makineler</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>6.94</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789754031966</t>
+          <t>9789754033663</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Şekiller Okulöncesi Kitaplığı</t>
+          <t>Nokta Birleştirmece Hayvanlar</t>
         </is>
       </c>
       <c r="C495" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789754036725</t>
+          <t>9789754034592</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kaşifler - Şaşırtıcı Hayvanlar</t>
+          <t>Sayılarla Eğlenelim</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>5.56</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789754030693</t>
+          <t>9789754034608</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Şaşırtan Varsayım İnsan Varlığının Temel Sorularına Yanıt Arayışı</t>
+          <t>Sayabilirim</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>6.48</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789754035070</t>
+          <t>9789754034684</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Süpersimetri (Ciltli)</t>
+          <t>Rüzgarlı Bir Gün (Sünger Kapak) (Ciltli)</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789754035063</t>
+          <t>9789754034677</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Süpersimetri</t>
+          <t>Rüzgarlı Bir Gün</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>3990000007253</t>
+          <t>9789754033427</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Tablolar ve Grafikler</t>
+          <t>Robotlar (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>4.17</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789754030686</t>
+          <t>9789754031881</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Sulak Bir Gezegenden Öyküler</t>
+          <t>Son Vaha Su Sıkıntısıyla Karşı Karşıya</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>3.01</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789754036749</t>
+          <t>9789754036312</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Yıldızlar ve Gezegenler</t>
+          <t>Sinirlerine Hakim Ol</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>5.09</v>
+        <v>13</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789754036756</t>
+          <t>9789754032543</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Okyanuslar ve Nehirler</t>
+          <t>Sigmund Freud Bilinçdışının Kaşifi</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>5.09</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789754036763</t>
+          <t>9789754030648</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sorular ve Cevaplar - Kuşlar</t>
+          <t>Sıfırın Gücü Rakamların Evrensel Tarihi 5</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789754030303</t>
+          <t>9789754035230</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sorgulayan Denemeler</t>
+          <t>Tepeden Tırnağa Vücudunuz</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789754032819</t>
+          <t>9789754037173</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Kıyıları Bilim Dünyasından Şaşırtıcı Ama Gerçek Öyküler (Ciltli)</t>
+          <t>Temel Düzey İçin Şekilli Matematik Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789754032482</t>
+          <t>9789754030471</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Kıyıları Bilim Dünyasından Şaşırtıcı Ama Gerçek Öyküler</t>
+          <t>Teknolojinin Evrimi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>5.09</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789754033748</t>
+          <t>9789754034615</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sonlu Matematik Olimpiyat Soruları ve Çözümleri</t>
+          <t>Toplayabilirim</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>6.94</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789754035209</t>
+          <t>9789754032673</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Şekilli Matematik Sözlüğü</t>
+          <t>Toplamayı Öğrenmek</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>12</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789754030938</t>
+          <t>9789754031577</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sen Ben Gen</t>
+          <t>Toplama ve Çıkarma</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>3.7</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>3990000015080</t>
+          <t>9789754034387</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Saymaya Başlamak 3-6 Yaş</t>
+          <t>Tombul Çekirdek ve Anadolu Yer Sincabı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>3.7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789754032697</t>
+          <t>9789754032710</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Saymaya Başlamak</t>
+          <t>Tüfek, Mikrop ve Çelik</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>3.7</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789754033120</t>
+          <t>9789754034103</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Resim ve Ressamlar</t>
+          <t>Üçlü Sarmal</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>4.63</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789754032178</t>
+          <t>9789754031201</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Uzay Denen O Yer</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>3.7</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789754030112</t>
+          <t>9789754030532</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı ve Kaos</t>
+          <t>Uzak Doğu’dan Maya Ülkesine Bir, İki, Üç.. Rakamların Evrensel Tarihi 4</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>4.63</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789754032208</t>
+          <t>9789754031485</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Rakamlar</t>
+          <t>Vücudunuz ve Siz</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>3.7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789754032505</t>
+          <t>9789754030501</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Prof. Zihni Sinir - Proceler</t>
+          <t>Vücudunuz Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789754033380</t>
+          <t>9789754033199</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Piramitleri Kim Yaptı?</t>
+          <t>Volkanlar</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>4.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789754033014</t>
+          <t>9789754034561</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Pi Coşkusu</t>
+          <t>Vida ile Tornavida (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>4.63</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789754034080</t>
+          <t>3990000015081</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Pentapleks Kaplamalar</t>
+          <t>Yuvada (Ciltli)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789754034448</t>
+          <t>9789754032826</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Parçacıkların Dünyası</t>
+          <t>Tüfek, Mikrop ve Çelik (Ciltli)</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>3.24</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789754033786</t>
+          <t>9789754033854</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Önce Dene Sonra Ye</t>
+          <t>Yuvada</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>6.48</v>
+        <v>9</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789754031959</t>
+          <t>9789754032604</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Ölçmeye Başlamak Okulöncesi Kitaplığı</t>
+          <t>Yunan ve Roma Mitolojisi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789754032161</t>
+          <t>9789754035452</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Çağı (Ciltli)</t>
+          <t>Yönetim Stratejisi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789754030617</t>
+          <t>9789753231213</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağda Endüstri Devrimi</t>
+          <t>Köpekler Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>3.7</v>
+        <v>3.19</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789754030921</t>
+          <t>9789753231190</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ona Kısaca DNA denir</t>
+          <t>Kediler Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>3.7</v>
+        <v>3.19</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789754033595</t>
+          <t>9789753231237</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Buluşlar (Ciltli)</t>
+          <t>Kuşlar Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>9.26</v>
+        <v>3.19</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789754033601</t>
+          <t>9786053123927</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Buluşlar</t>
+          <t>Martı Kadar Beyaz</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>7.41</v>
+        <v>12</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789754033649</t>
+          <t>9786053123828</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Nokta Birleştirmece - Uzay</t>
+          <t>Marmara - Türkiye'nin Deniz Canlıları (Ciltli)</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>3.7</v>
+        <v>20</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789754036619</t>
+          <t>9786053123910</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Neden Geri Dönüştürmeliyim?</t>
+          <t>Hayal Gücünü Geliştiren 50 Harika Etkinlik</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789754036633</t>
+          <t>9786053123903</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Neden Formda Kalmalıyım?</t>
+          <t>50 Harika Bilim Etkinliği</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>55</v>
+        <v>12</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789754036626</t>
+          <t>9786053123972</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Neden Dünyayı Önemsemeliyim?</t>
+          <t>Üç ve Dört Boyutlu Düzgün ve Yarı Düzgün Geometrik Şekiller</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>55</v>
+        <v>18</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789754033793</t>
+          <t>9786053123811</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kelebek</t>
+          <t>Karadeniz - Türkiye'nin Deniz Canlıları (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>53</v>
+        <v>16</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789754034295</t>
+          <t>9786053123804</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yumurtalar ve Civcivler</t>
+          <t>Akdeniz - Türkiye'nin Deniz Canlıları (Ciltli)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>29</v>
+        <v>25</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789754035971</t>
+          <t>9786053123835</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yarasalar</t>
+          <t>Ege - Türkiye'nin Deniz Canlıları (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>29</v>
+        <v>26</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789754033946</t>
+          <t>9786053123873</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yanardağlar</t>
+          <t>Bir Avcı Tayyaresi Yapmaya Karar Verdim (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>3.7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789754035568</t>
+          <t>9789754032475</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yağmur Ormanları</t>
+          <t>Mucizeler Adasına Yolculuk</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>29</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789754033953</t>
+          <t>9789754030624</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Vücudunuz</t>
+          <t>Olağandışı Yaşamlar</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>29</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789754033960</t>
+          <t>9789754030310</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Uzayda Yaşamak</t>
+          <t>Tuhaf Bu DNA’lılar</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>3.7</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789754033984</t>
+          <t>3999599596201</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Uçaklar</t>
+          <t>Bir Bak Bir Daha Bak - Bahçede</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>29</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789754033977</t>
+          <t>3995545444547</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Tırtıllar ve Kelebekler</t>
+          <t>Bir Bak Bir Daha Bak - Ağaçta</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>30</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789754035957</t>
+          <t>3999754039672</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Tehlikeli Hayvanlar</t>
+          <t>Bir Bak Bir Daha Bak - Parkta</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>40</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789754035575</t>
+          <t>9786053123279</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Sürüngenler</t>
+          <t>Uzay Hakkında Bilmen Gereken 100 Şey</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>40</v>
+        <v>98</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789754035964</t>
+          <t>9789754034110</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Penguenler</t>
+          <t>Üçlü Sarmal (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789754034837</t>
+          <t>9789753231244</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Neden Yeriz?</t>
+          <t>Atlar Çıkartma Kitabı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>40</v>
+        <v>3.19</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789754035162</t>
+          <t>9786053123583</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Minik Hayvanlar</t>
+          <t>Oksijen Metalle Buluştuğunda - Çocuklar İçin Bilim</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789754034271</t>
+          <t>9786053123682</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Ayılar</t>
+          <t>Kim Kıpırdadı? - Çocuklar İçin Bilim</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>29</v>
+        <v>10</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789754034240</t>
+          <t>9786053123736</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Işığın Öyküsü (Ciltli)</t>
+          <t>Eğlenceli Statik Elektrik - Çocuklar İçin Bilim</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>254</v>
+        <v>10</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789754030723</t>
+          <t>9786053123606</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Tanıyalım (Ciltli)</t>
+          <t>Bil Bakalım Ne Oldu? - Çocuklar İçin Bilim</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>295</v>
+        <v>10</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789754035537</t>
+          <t>3990754009677</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Ne Kadar Yüksek? (Sünger Kapaklı) (Ciltli)</t>
+          <t>Meyveler ve Tohumlar - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>260</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789754036008</t>
+          <t>3990754009573</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Güneş Sistemi</t>
+          <t>Canlıların Gözleri - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>40</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789754035322</t>
+          <t>3990754009572</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Köpekbalıkları</t>
+          <t>Tomurcuklar ve Çiçekler - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>29</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789754035599</t>
+          <t>3990754009571</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Gemiler</t>
+          <t>Canlıların Burunları - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>29</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789754035988</t>
+          <t>3990754009575</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Deniz Kıyısı</t>
+          <t>Yapraklar - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>29</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789754033922</t>
+          <t>3990754009579</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Çöp ve Geri Dönüşüm</t>
+          <t>Hayvanların Ayakları - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>29</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789754038538</t>
+          <t>3990754009577</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Baykuşlar</t>
+          <t>Tüyler ve Kürkler - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>29</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789754037470</t>
+          <t>3990754009576</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Nereden Gelir (Sünger Kapaklı) (Ciltli)</t>
+          <t>Hayvanların Kuyrukları - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>260</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789754039412</t>
+          <t>3990754009574</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarda Saldırı ve Savunma: Tehlike Habercisi Renkler</t>
+          <t>Canlıların Ağızları - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>4.63</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789754039573</t>
+          <t>3990754007674</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Gökbilim ve Uzay Kartları</t>
+          <t>Kökler ve Gövdeler - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>160</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789754037814</t>
+          <t>3990754009676</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Temel Düzey İçin Şekilli Bilim Sözlüğü</t>
+          <t>Canlıların Derisi ve Kabukları - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>88</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789754038743</t>
+          <t>9786053123040</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Fizik Bize Ne Anlatıyor?</t>
+          <t>Kıtlık - Çok Aza Sahip Olmanın Başka Anlamları</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789754038705</t>
+          <t>9786053123033</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kimya Bize Ne Anlatıyor</t>
+          <t>Dünyanın En Zeki Çocukları - Nasıl Başardılar?</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>69</v>
+        <v>18</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789754038101</t>
+          <t>3990754009675</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bize Ne Anlatıyor?</t>
+          <t>Hayvanların Kulakları - Bir Bak Bir Daha Bak</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>69</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789754037364</t>
+          <t>9786053121985</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kaplanlar</t>
+          <t>Mantık Bulmacaları - Etkinlik Kartları</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>29</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789754037432</t>
+          <t>9786053120346</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu - Çevir Bak (Ciltli)</t>
+          <t>Sihirli Bilim - İnanılmaz Işık ve Renk Deneyleri</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>96</v>
+        <v>11</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789754037517</t>
+          <t>9789754034752</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Siber Savaş</t>
+          <t>Evrenin Zarafeti (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>163</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789754033809</t>
+          <t>9789754032871</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Bir Gün</t>
+          <t>Evrenin Şiiri (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>53</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786053123880</t>
+          <t>9789754030730</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Bir Avcı Tayyaresi Yapmaya Karar Verdim</t>
+          <t>Evrenin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>260</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786053124061</t>
+          <t>9789754035476</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Biricik Goujing</t>
+          <t>Evrenin Dokusu</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>125</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786053124023</t>
+          <t>9789754031904</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Eşekler</t>
+          <t>Evren (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>29</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053124009</t>
+          <t>9789754030563</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Mirketler</t>
+          <t>Eski Yunan ve Roma’da Mühendislik</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>29</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053124030</t>
+          <t>9789754032130</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Yılanlar</t>
+          <t>E-Posta</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>29</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786053124047</t>
+          <t>9789754035056</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kamyonlar</t>
+          <t>Enigma (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>29</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786053124016</t>
+          <t>9789754032024</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma - Kertenkeleler</t>
+          <t>Evrenin Şiiri Kozmosun Matematiksel Bir Açıklaması</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>29</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789754036978</t>
+          <t>9789754035049</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Dört Bir Yanından Yapımı Kolay Oyuncaklar</t>
+          <t>Enigma</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>125</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789754036282</t>
+          <t>9789754031430</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Duyamamak Böyle Bir Şey</t>
+          <t>Enerji ve Güç</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>55</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789754036107</t>
+          <t>9789754031492</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Down Sendromlu Bir Arkadaşım Var</t>
+          <t>Elektronik</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>55</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789754035124</t>
+          <t>9789754031836</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Son Çocuk</t>
+          <t>Elektrik ve Manyetizma</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>168</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789754035704</t>
+          <t>9789754033106</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Doğa: Deniz Kıyısı</t>
+          <t>Ekvator Hikayeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>69</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789754036992</t>
+          <t>9789754033090</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kartları - Kuşlar</t>
+          <t>Ekvator Hikayeleri</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>120</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789754036916</t>
+          <t>9789754032901</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kartları - Çiçekler</t>
+          <t>Ekolojik Sorunlar ve Çözümleri</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789754036893</t>
+          <t>9789754037692</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kartları - Ağaçlar</t>
+          <t>Biyolojiyi Tanıyalım - Ekoloji</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>120</v>
+        <v>12</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789754035346</t>
+          <t>9789754036534</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Doğa - Kuş Gözlem (Ciltli)</t>
+          <t>Eğlenceli Yaz</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>70</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789754034134</t>
+          <t>9789754036572</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte</t>
+          <t>Eğlenceli Hayvanlar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>53</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789754036855</t>
+          <t>9789754031553</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Çevir Bak - Minik Canlılar (Ciltli)</t>
+          <t>Dünyayı Saran Ağ WWW</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>96</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789754036886</t>
+          <t>9789754033052</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Çevir Bak - Deniz Kıyısı (Ciltli)</t>
+          <t>Dünyayı Değiştiren Beş Denklem Matematiğin Gücü ve Şiirselliği (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789754036275</t>
+          <t>9789754032062</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Büyükbabam Değişti</t>
+          <t>Dünyayı Değiştiren Beş Denklem</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>55</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789754035759</t>
+          <t>9789754030495</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Ne Kadar Büyük? (Sünger Kapaklı) (Ciltli)</t>
+          <t>Dünya ve Uzay</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789754033045</t>
+          <t>9789754036732</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Beynine Bir Kez Hava Değmeye Görsün</t>
+          <t>Dünya Gezegeni - Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>95</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789754036909</t>
+          <t>9789754030426</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kartları - Minik Hayvanlar</t>
+          <t>Dr. Ecco’nun Şaşırtıcı Serüvenleri</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>120</v>
+        <v>13</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789754033700</t>
+          <t>9789754034776</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>1001 Hayvanı Bulun</t>
+          <t>Doktorda</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>64</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789754035940</t>
+          <t>9789754037074</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ne Kadar Derin? (Sünger Kapaklı) (Ciltli)</t>
+          <t>Doğruluk Taşı Kimberlit ve Doğruyu Söyleyen Çocuğun Hikayesi</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>260</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789754036336</t>
+          <t>9789754032895</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Çevremize Özen Göstermek</t>
+          <t>Doğanın Gizli Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>95</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786053123392</t>
+          <t>9789754032017</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>İlk Uzay Kitabım</t>
+          <t>Doğanın Gizli Bahçesi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>55</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786053123965</t>
+          <t>9789754035377</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Nerede Yaşar? - Bilim ve Merak</t>
+          <t>Doğanın Gizemleri ve Harikaları</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>64</v>
+        <v>60</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053123941</t>
+          <t>9789754035131</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarda Beş Duyu - Bilim ve Merak</t>
+          <t>Doğadaki Son Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>64</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053123934</t>
+          <t>9789754035469</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Renkleri - Bilim ve Merak</t>
+          <t>Doğa: Yabani Çiçekler (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>64</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
+          <t>9789754036961</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Doğa: Kayaçlar ve Fosiller</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9789754035711</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Doğa: Deniz Kıyısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9789754035674</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Doğa: Böcekler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9789754034783</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Diş Hekiminde</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9789754034165</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9789754034158</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9789754032437</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Derin Mavi Atlas</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9789754031119</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Depremler ve Yanardağlar</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9789754035742</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Altında (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9789754036985</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Denizaltılar</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9789754035858</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Kıyısı</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9789754035841</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Kabukları</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9789754035193</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Deneylerle Bilim 3. Kitap</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9789754033816</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Deneylerle Bilim 2</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9789754031515</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Deneylerle Bilim 1</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9789754033397</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Deneyler Anasınıfı 1, 2, 3</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9789754031843</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Darwin ve Sonrası Doğa Tarihi Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9789754033274</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Darwin ve Sonrası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9789754030525</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Darwin ve Beagle Serüveni (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9789754033083</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Dağlar</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9789754034943</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Olmak Zor</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9789754036527</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlikteki 1001 Şeyi Bulun</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9789754034141</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlikte (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9789754035834</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Çiçekler</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9789754036947</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Çiçekler Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9789754037197</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalı Matematik - Toplama</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9789754037203</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalı Matematik - Çıkarma</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9789754037067</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalı Matematik - Çarpma</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9789754032666</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Çıkarmayı Öğrenmek</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9789754034400</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Çevremiz ve Biz Yeryüzü</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9789754034035</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Çevremiz ve Biz Evren</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9789754034394</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Çevremiz ve Biz Deniz</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9789754034417</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Çevremiz ve Biz  Hava</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9789754031379</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Çarpma ve Bölme</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9789754031249</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Çarpım Tablosu</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9789754030389</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Çakıl Taşlarından Babil Kulesine Rakamların Evrensel Tarihi 2</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9789754035667</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Ansiklopedisi ve Dünya Atlası</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9789754033410</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Charles Darwin Evrim Devrimi</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9789754031973</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Büyüklükler Okulöncesi Kitaplığı</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9789754035612</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Makineler: Uçaklar ve Helikopterler</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9789754035544</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Makineler: Traktörler</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9789754035933</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Makineler: Kamyonlar</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9789754036053</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Makineler: İş Makineleri</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9789754033557</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Çevremizdeki Fizik</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9789754032116</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Çekişmeler</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9789754032970</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Çekişmeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9789754030129</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Bilimsel Deneyler</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9789754030907</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Bunu Ancak Dr. Ecco Çözer</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9789754035292</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Gözlemcisinin Rehberi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9789754035285</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Gözlemcisinin Rehberi</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9789754030631</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Buluş Nasıl Yapılır?</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9789754034967</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Bir Kuyrukla Ne Yapardın?</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9789754035797</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Böcekler</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9789754033236</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Böcekler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9789754033182</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Boylam (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9789754033175</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Boylam</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9789754032369</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Boşluk Bakışımın Biçimini Alıyor</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9789754035261</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Birlikte Oynayalım</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9789754031065</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Bir Zamanlar...</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9789754031096</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yeşilin Peşinde</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9789754034707</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tıp Gözlemcisinin Notları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9789754034691</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tıp Gözlemcisinin Notları</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9789754031393</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sayı Tut...</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9789754030198</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Bir Mühendisin Dünyası</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9789754030020</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Bir Matematikçinin Savunması</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9789754030273</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gölgenin Peşinde Rakamların Evrensel Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9789754030280</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Gaflar Doğruya Giden Eğri Yolda Serüvenler</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9789754030884</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Deneyler</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9789754031751</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel Bir Makale Nasıl Yazılır ve Yayımlanır?</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9789754037098</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Bilimle Tanışalım - Sağlıklı Beslenme</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9789754037289</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Bilimle Tanışalım - Minik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9789754037128</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Bilimle Tanışalım - Kuvvet ve Hareket</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9789754037265</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Bilimle Tanışalım - Işık ve Ses</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9789754037272</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Bilimle Tanışalım - Hava Durumu</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9789754037081</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Bilimle Tanışalım - Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9789754037210</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Bilimle Tanışalım - Elektrik</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9789754030143</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Öncüleri</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9789754036848</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Gizemleri ve Harikaları</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9789754030594</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Arka Yüzü</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9789754037050</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Bilimi Kullan - Volkanbilimci Ol</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9789754037142</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Bilimi Kullan - Köpekbalığı Biyoloğu Ol</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9789754037104</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Bilimi Kullan - Fırtına Avcısı Ol</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9789754034166</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Bilimi Kullan - Deprembilimci Ol</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9789754037180</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Bilimi Kullan - Bina Yıkım Uzmanı Ol</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>3990000013565</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Teknik Yeni Ufuklara 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>12.38</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9789754033540</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Teknik Yeni Ufuklara 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>12.38</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9789754030761</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve İktidar</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9789754033281</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Tarihi Yazıları 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9789754031867</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Tarihi Yazıları 1</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9789754032758</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Tarihi Dünya Kültürlerinde Bilimin Tarihi ve Gelişmesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9789754032741</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Konuşmaları</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9789754033267</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İş Başında (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9789754031690</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İş Başında</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9789754035315</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İnsanının Medya Rehberi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9789754035308</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İnsanının Medya Rehberi</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9789754037241</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Bize Ne Anlatıyor? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9789754037227</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Bize Ne Anlatıyor?</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9789754031454</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayarlar</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9789754031621</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayardaki Adresiniz Web Sitesi</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9789754030839</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar ve Zeka Kralın Yeni Usu 1. Cilt</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9789754032727</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Ne Sayar Rakamların Evrensel Tarihi IX</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9789754033038</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Beynine Bir Kez Hava Değmeye Görsün ( Beyin Cerrahisi Öyküleri) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9789754031089</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Beyin</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9789754031775</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Beş Duyu</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9789754036251</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Bende Astım Var</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9789754036664</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Bebekler ve Yürüme Çağındaki Çocuklar İçin Eğlendirici ve Eğitici Etkinlikler</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9789754035803</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Bahçedeki Yaban Hayatı</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9789754036381</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Babam Neden Burada Değil?</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9789754030433</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Ayak İzlerinin Esrarı</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9789754032734</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Ay’a İniş (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9789754032529</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Atomaltı Parçacıklar Bir Keşif Serüveni (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>9.72</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9789754033328</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Atomaltı Parçacıklar</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>9.72</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9789754031027</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Atom ve Molekül</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9789754036923</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Atlar ve Poniler Çıkartma Kitabı</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9789754034097</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Atık mı? Hiç Dert Değil!</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9789754032390</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Bilim</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9789754034028</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Bilim ve Üniversite (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9789754034011</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Bilim ve Üniversite</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9789754030983</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Astronomi</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9789754031010</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Arkhimedes’ten Einstein’a Bilim Adamları</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9789754031683</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Arkeoloji (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9789754032789</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>AR-GE Mucizesi</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9789754035445</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Antik Dünya Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9789754036398</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Annem Beni Hala Eskisi Gibi Seviyor mu?</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9789754030679</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Anılarım</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9789754031652</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Analiz ve Cebirde İlginç Olimpiyat Problemleri Ve Çözümleri</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9789754033212</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Manzaraları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9789754031676</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Manzaraları</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9789754031072</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Kültür Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9789754036121</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Altın Oran ve Fibonacci Sayıları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9789754030570</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Alıç Ağacı ile Sohbetler</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9789754032925</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Alexander Graham Bell Bağlantı Kurmak</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9789754033915</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Albert Einstein Fiziğin Sınırları</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9789754031188</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Kutusu</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9789754030457</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz Kıyılarında Hesap Rakamların Evrensel Tarihi 3</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9789754035810</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Ağaçlar Çıkartma Kitabı</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9789754036541</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>50 Görsel Yanılsama</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9789754035636</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>50 Bilimsel Deney Kartı</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>14.26</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9789754036589</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>3 Yaşındaki Çocuklarla Yapılabilecek 50 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9789754031911</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyıl (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9789754032680</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>10’a Kadar Saymak</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9789754030440</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>107 Kimya Öyküsü</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>4.4</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9789754035278</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>100 Bilimsel Deney</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9789754036244</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>1. 2. 3 Hooop! Brezilya’da - Bonfim Kurdeleleri</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9789754036213</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 3 Hooop! Mısır’da - Horus’un Gözü</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9789754036220</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 3 Hooop! Meksika’da - Koruyucu Jaguar</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9789754036237</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>1, 2, 3 Hooop! Çinde - Kutsal Çiçek</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9789754034219</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Kıyısında (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9789754033243</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Bitkiler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9789754032147</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayarda 101 Proje</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>3990754009672</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Çayırda - Bir Bak Bir Daha Bak</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>1.93</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786053123781</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Solunum Sistemi İş Başında! - Vücudumuzdaki Sistemler</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786053123767</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Kas Sistemi İş Başında! - Vücudumuzdaki Sistemler</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786053123750</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>İskelet Sistemi İş Başında! - Vücudumuzdaki Sistemler</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786053123712</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Dolaşım Sistemi İş Başında! - Vücudumuzdaki Sistemler</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786053123415</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye Makinesi</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786053123774</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Sinir Sistemi İş Başında! - Vücudumuzdaki Sistemler</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786053123729</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Sindirim Sistemi İş Başında! - Vücudumuzdaki Sistemler</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786053123361</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Çiko'nun Günlüğü</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786053123897</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>50 Harika Matematik Etkinliği</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786053123170</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Kalem ve Kağıt Oyunları</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786053123187</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Kutuplarda Hayatta Kalma Rehberi</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786053122975</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Güzeldir - Mikroskop Altında İnsan Vücudu</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786053123163</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar - Tarih Öncesi Dönemin Devleriyle Tanışın</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786053123200</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Cangılda Hayatta Kalma Rehberi</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786053122371</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Akın - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786053122357</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Yemek Seçen Seçil - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786053122432</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>En Uzun Esneme - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786053122487</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Mercek - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786053122944</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Uzay - Labirent Kitabım</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786053123699</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Meşe Palamudu Toprağa Düşünce...</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786053121046</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Kalundborg Beşlisi - Çevreci Öyküler</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786053121039</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Kadim Orman - Çevreci Öyküler</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786053121015</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Dokuz Dakika - Çevreci Öyküler</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786053121022</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Arabaların Uyuduğu Gün - Çevreci Öyküler</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786053123231</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Sporu 3</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786053123248</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Beyin Sporu 1</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786053121442</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Latin Alfabesinin Tarihi - Öküz, Ev, Sopa</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786053121176</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Casuslar ve Casusluk</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>18.06</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786053122807</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızca Ses - Origamiyle Bilim</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786053122746</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Toprağı Eşeliyoruz - Origamiyle Bilim</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786053122739</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Mıknatısın Gücü - Origamiyle Bilim</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786053122722</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Kayaçları Öğreniyoruz - Origamiyle Bilim</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786053123514</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aşağı Bir Yukarı - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786053123217</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Yazan 100 İcat</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786053123149</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımızı Kolaylaştıran Buluşlar</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786053122951</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Dış Uzay</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786053123194</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Mutfak Bilimini Keşfedelim</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786053123668</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Toprağa İhtiyacımız Var - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786053123538</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Bilim - Büyüteçle Bakmak</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786053123576</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Yüzer mi Batar mı? - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786053123545</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Şaşırtıcı Bilgisayarlar - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786053123569</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Bay Mıknatıs - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786053123620</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Gündüz ve Gece - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786053123644</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Gözlerini Kapat ve Dinle - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786053123552</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>En Güçlü Kim? - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786053123743</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Durmak İstiyorum - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786053123590</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Bugün Hava Nasıl? - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786053123613</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Bay Tilki'nin Mutfağı - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786053121824</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Faraday ve Elektriğin Bilimi - Bilimin Patlama Çağı</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786053121848</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Curie ve Radyoaktivitenin Bilimi - Bilimin Patlama Çağı</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786053121817</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Bell ve Telefonun Bilimi - Bilimin Patlama Çağı</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786053123460</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Motosiklet Nasıl Yapılır? - Teknik Hikayeler Serisi 3</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786053123484</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Uçak Nasıl Yapılır? - Teknik Hikayeler Serisi 2</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786053123439</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Araba Nasıl Yapılır? - Teknik Hikayeler Serisi 1</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786053123507</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Yaylan ve Zıpla - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786053123491</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Havada Süzülen Baloncuklar - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786053123521</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Uç Kağıt Uçağım - Çocuklar İçin Bilim</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786053126379</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Yakın Uzay (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786053120940</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Yavaş Kaan - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786053120964</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Hazine Avı - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786053121916</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Görkem Sayıyor - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786053121893</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Büyükannenin Düğme Kutusu - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786053121909</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Ali'nin Ayak Kareleri - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786053121886</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Adalet Yerini Bulur - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786053121954</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>45 Kilogram Problemi - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786053121923</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Bekleyiş - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786053121978</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Uzay Mekiği Avcısı - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786053121862</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Tavuklar Taşınıyor - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786053121947</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Nerede Bu Kemik - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786053121855</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Müge Her Şeyi Ölçüyor - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9789754034851</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Bitkiler Nasıl Büyür?</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786053122197</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Poincare Sanısı</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9789754037135</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Bilimi Kullan - Olay Yeri İnceleme Uzmanı Ol</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786053122111</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Kim İster Yasak Şehirde Yaşamayı!</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786053120728</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Belleğin Tükenişi</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9789754039016</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Uzay Kaşifinin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9789754036343</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Okuldaki İlk Günüm</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9786053126348</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Astronot Sema</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786053126287</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Dolu Buzullar</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786053126294</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızıma Giden Yol</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786053126201</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Kutbu</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786053126300</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Seni Gözünden Tanırım</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786053126225</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Beslenme Bilimi</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786053126331</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Biz Mantarız</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786053126270</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Gücü</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786053126263</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Görevimiz Uzay</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786053126355</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Evcil Kediler</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786053126317</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Bardağı Taşıran Son Pipet</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9789754037425</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Gezegenimiz Dünya Çevir Bak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9789754036015</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Bu Sudan Bir Dinozor İçmiş Olabilir mi?</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9789754036329</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Benim Küçük Kardeşim</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786053121411</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Çizgini Konuştur</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786053126249</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İnsanları Dünyayı Kurtarıyor!</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786053126140</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Etkinlik Kitabı - Yanardağlar ve Depremler</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786053126324</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>O Kutup Bu Kutup Değil!</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786053126232</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Matematikçiler Yıldızları Sayıyor!</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786053124054</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Çizgi Bilim - Aziz Sancar</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786053122456</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Tutkusu - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786053122401</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Baloncuk Kulübü - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786053122494</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Küf Gizemi - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786053122418</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Burun Bilir - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786053122425</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Böcek - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786053122500</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Uzaydan Gelen - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786053122395</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Ne Ödevi - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786053122364</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Köpek - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786053122340</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Gelgit - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786053122296</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Arka Bahçedeki Kazı - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786053122319</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Kafama Takılan Ayı - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786053122326</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Karınca Saldırısı - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786053122333</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Neredeyse Görünmez İrem - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786053122524</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Sıra Dışı Hediye - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786053122449</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağının Gizemi - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786053122470</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>O Ses Ne - Bilim Bunu Çözer</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786053126256</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Dostu Fikirler Etkinlik Kitabı</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786053126218</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Uzay İstasyonunda Yaşamak</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786053124634</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar - Ara ve Bul Resimli Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786053120704</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Zehirli Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786053120698</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Pandalar</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786053123064</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Çiçekler - Okumaya Başlarken</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786053121503</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Su Dedikleri Var Ya...</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9789754039511</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Kartları - Resimli Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786053120711</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>En Muhteşem Şey</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9789754039641</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Uğurböceği Kapınızı Çalarsa</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786053121572</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Bitkiler - Yakından Tanıyın</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786053121527</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Gündelik Şeylerin Tasarımı</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786053121510</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Geleceği Değiştiren Dokuz Algoritma</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786053120315</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Kutup Hayvanları</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786053120322</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Mikroskobik Canlılar</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786053121879</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Temiz Kampçılar - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9789754030587</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Matematiğin Aydınlık Dünyası</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9789754034288</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Kurbağalar</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9789754035582</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Ağaçlar</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9789754034844</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma Örümcekler</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9789754035766</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Güneşli Bir Gün</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9789754034721</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Gölde</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9789754035995</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - İtfaiyeciler</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9789754035148</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Gece Hayvanları</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9789754035551</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9789754038545</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Kurtlar</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9789754039504</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Gök Atlası</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786053124092</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Fırtınalar ve Kasırgalar</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9789754036268</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Bir Türlü Yerimde Duramıyorum</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9789754035735</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Altında</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9789754037159</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Temel Düzey İçin Şekilli Matematik Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9789754035186</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Denizdeki 1001 Şeyi Bulun</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9789754034202</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Kıyısında</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9789754036862</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Çevir Bak - Ormanda Yaşayan Hayvanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9789754034950</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>Bende Disleksi Var</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9789754034479</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>1001 Minik Hayvanı Bulun</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786053121329</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Ulu Meşeyle Bir Yıl</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9786053123866</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Koronavirüs de Ne?</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786053122906</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>İnternetin Geçmişi ve Dijital Gelecek</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786053123354</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Doğa - Ağaçlar</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786053123378</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Doğa - Yabani Çiçekler</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786053123637</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Hindiba Tohumunun Büyük Hayali</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786053123453</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Genç Astronotun El Kitabı</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9789754036169</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Neden Abur Cubur Yememeliyim?</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786053125839</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın En Güzel Öyküsü</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786053126096</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey ve Güney - İki Yarım Kürenin Hikâyesi</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786053126188</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Deneylerle Keşfediyorum</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786053126119</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Fizik</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786053125815</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırdaki Flamingolar</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786053126171</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Şifrebilim Bulmacaları</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786053126126</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Kozmik Düşünürün El Kitabı - Büyük Patlama Nasıl Çürütülür?</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786053126102</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Işıltı</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786053126157</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Gibi Makineler</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786053126164</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Unutulmuş Becerilerin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786053125761</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kitap Nasıl Hazırlanır?</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786053126133</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Gizem ve Uzay Arıları</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786053126195</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786053125570</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dağı Nasıl Oluşturursun? - 9 Basit Adım ve 100 Milyon Yıl Yeterli!</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786053125617</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Mevsimler</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786053126041</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Uçak</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9786053123446</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Helikopter</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786053125976</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Pil</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786053125969</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Para</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786053125266</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Klima</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786053123675</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Karakutu</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786053125990</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Roket</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9786053125921</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Denizaltı</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786053125945</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Güneş Gözlüğü</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786053125983</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Plastik</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786053126003</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Saat</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786053125907</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Aspirin</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786053125938</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Fermuar</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786053126058</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Yara Bandı</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9786053126010</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Sakız</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9786053126034</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Telefon</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786053125952</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Konserve</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786053125914</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Braille Alfabesi</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786053126027</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Şemsiye</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9786053123651</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Kağıt</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786053123422</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Bilgisayar</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786053125426</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Ne Zaman İcat Etti? Otomobil</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9786053125228</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Wildife Of Türkiye</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786053125808</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bir Örümcek Meselesi</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9786053125532</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Minik Soru Yumağı</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786053125624</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yetişkine Kodlama Nasıl Öğretilir ?</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9786053125792</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>İnci Kefali</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786053125686</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorun Yumurtası</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786053125822</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Düşün Farklı Yaz</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786053125563</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Bulutları Okumak - Hava Durumunu Nasıl Tahmin Edebilirsiniz?</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9786053125693</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Bilim İnsanları Tüm Gün Ne Yapar?</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9786053125556</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Derin Dalış</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786053125655</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Astrodalgıç</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9786053125594</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Matematik - Eşsiz Bir Görsel Rehber</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786053125709</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Ağaçları Neden Seviyorum?</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786053125679</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımızdaki Matematik</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9786053125723</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Meslekleri Tanıyorum : Sporu Seviyorum</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786053125716</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Meslekleri Tanıyorum : Uzayı Seviyorum</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786053125754</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Meslekleri Tanıyorum: Hayvanları Seviyorum</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9786053125747</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Meslekleri Tanıyorum : Sanatı Seviyorum</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9786053125648</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Steam Oyna Ve Öğren</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786053125730</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Meslekleri Tanıyorum : Açık Havayı Seviyorum</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786053125662</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Hayatımızdaki Bilim</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786053125600</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İçin Matematik</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786053125587</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Makineler Nasıl Düşünür?</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9786053125778</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Nobuyuki Yoshigahara'dan Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786053125785</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Habercisi</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786053125631</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Matematikte Problem Çözme - Zihin Fırtınaları ve Sıra Dışı Yolculuklar</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786053125549</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Bilimle El Ele: Madde</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9786053125389</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Bilimleri Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9786053125259</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Öyküsü</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786053125235</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kayıp Tohum ve Var Olma Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786053125143</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Zürafalar</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9786053125273</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Aritmetik</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9786053125150</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Suyu Hasadı - Yağmuru Hayatınıza ve Bahçenize Davet Etme Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9786053125280</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Keşfedin! İnsan Vücüdu</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9786053125297</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Keşfedin! Çöp</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786053125167</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Zehir - Hayvanlar Aleminin Zehirli Canlıları</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786053125242</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Teknolojiye İlham Veren Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786053125136</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Tembel Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9786053125525</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Ay Maceramız</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786053125211</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu'daki Vahşi Kediler</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9786053125204</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Yakın Uzay</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786053125129</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Herkes İçin Kuantum Bilgisayım</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786053125112</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Doğasından Yansımalar</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9786053124788</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Aziz Sancar'ın Kendi Kaleminden Hayatı ve Bilimi</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9786053125105</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Bazı Günler - Sevgi, Dondurma ve Annemin Hastalığı Üzerine Bir Öykü</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9786053125099</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Bulutlarda</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786053125464</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Kara Delik Bir Delik Değildir</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9786053125082</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Merhaba Sayılar!</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786053125075</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Adım Adım Bilgisayar Bilimi</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9786053125518</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Derin Uzay - Güneş Sistemi'nin Ötesine Evren'in Sınırlarına ve Zamanın Başlangıcına Bir Yolculuk</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786053125044</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Ara ve Bul Resimli Bulmacalar Tropik Ormanlar</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786053125037</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Ara ve Bul Resimli Bulmacalar Minik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786053124986</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>Neden?</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786053125006</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Ağaç Gibi</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786053125068</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Hava Nedir? Bulutlar, İklim ve Küresel Isınma</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786053124993</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Karahindibanın Uçuşan Öyküsü</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786053125013</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Şaşırtıcı Gerçekler - Matematik</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786053125020</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Şaşırtıcı Gerçekler - Mühendislik</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9786053124917</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Bu Ne Çok Atık</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9786053124948</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>Keşfedin! - Kodlama</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
+          <t>9786053124870</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar ve Beyin</t>
+        </is>
+      </c>
+      <c r="C1003" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:3">
+      <c r="A1004" s="1" t="inlineStr">
+        <is>
+          <t>9786053124924</t>
+        </is>
+      </c>
+      <c r="B1004" s="1" t="inlineStr">
+        <is>
+          <t>Keşfedin! - Robotlar</t>
+        </is>
+      </c>
+      <c r="C1004" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:3">
+      <c r="A1005" s="1" t="inlineStr">
+        <is>
+          <t>9786053124931</t>
+        </is>
+      </c>
+      <c r="B1005" s="1" t="inlineStr">
+        <is>
+          <t>Keşfedin! - Mühendislik</t>
+        </is>
+      </c>
+      <c r="C1005" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:3">
+      <c r="A1006" s="1" t="inlineStr">
+        <is>
+          <t>9786053124955</t>
+        </is>
+      </c>
+      <c r="B1006" s="1" t="inlineStr">
+        <is>
+          <t>Keşfedin! - Enerji</t>
+        </is>
+      </c>
+      <c r="C1006" s="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:3">
+      <c r="A1007" s="1" t="inlineStr">
+        <is>
+          <t>9786053124894</t>
+        </is>
+      </c>
+      <c r="B1007" s="1" t="inlineStr">
+        <is>
+          <t>En Büyük Tutkum Matematik</t>
+        </is>
+      </c>
+      <c r="C1007" s="1">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:3">
+      <c r="A1008" s="1" t="inlineStr">
+        <is>
+          <t>9786053124887</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Yer Altı Hayvanları</t>
+        </is>
+      </c>
+      <c r="C1008" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:3">
+      <c r="A1009" s="1" t="inlineStr">
+        <is>
+          <t>9786053124863</t>
+        </is>
+      </c>
+      <c r="B1009" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Bir Tohumla Başlar</t>
+        </is>
+      </c>
+      <c r="C1009" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:3">
+      <c r="A1010" s="1" t="inlineStr">
+        <is>
+          <t>9786053124849</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Dilinde - Bitkiler Renkleriyle Ne Anlatır?</t>
+        </is>
+      </c>
+      <c r="C1010" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:3">
+      <c r="A1011" s="1" t="inlineStr">
+        <is>
+          <t>9786053124856</t>
+        </is>
+      </c>
+      <c r="B1011" s="1" t="inlineStr">
+        <is>
+          <t>Çizgi Bilim - Marie Curie</t>
+        </is>
+      </c>
+      <c r="C1011" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:3">
+      <c r="A1012" s="1" t="inlineStr">
+        <is>
+          <t>4440000003114</t>
+        </is>
+      </c>
+      <c r="B1012" s="1" t="inlineStr">
+        <is>
+          <t>Aziz Sancar'ın Kendi Kaleminden Hayatı ve Bilimi</t>
+        </is>
+      </c>
+      <c r="C1012" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:3">
+      <c r="A1013" s="1" t="inlineStr">
+        <is>
+          <t>9786053124719</t>
+        </is>
+      </c>
+      <c r="B1013" s="1" t="inlineStr">
+        <is>
+          <t>Göç - Hayvanların Olağanüstü Yolculukları</t>
+        </is>
+      </c>
+      <c r="C1013" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:3">
+      <c r="A1014" s="1" t="inlineStr">
+        <is>
+          <t>9786053124702</t>
+        </is>
+      </c>
+      <c r="B1014" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünde Bir Ev</t>
+        </is>
+      </c>
+      <c r="C1014" s="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:3">
+      <c r="A1015" s="1" t="inlineStr">
+        <is>
+          <t>9786053124771</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t>Suyun Çocukları</t>
+        </is>
+      </c>
+      <c r="C1015" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:3">
+      <c r="A1016" s="1" t="inlineStr">
+        <is>
+          <t>9786053124764</t>
+        </is>
+      </c>
+      <c r="B1016" s="1" t="inlineStr">
+        <is>
+          <t>Bu Bilim Tam Senlik</t>
+        </is>
+      </c>
+      <c r="C1016" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:3">
+      <c r="A1017" s="1" t="inlineStr">
+        <is>
+          <t>9786053124757</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t>Bu Matematik Tam Senlik</t>
+        </is>
+      </c>
+      <c r="C1017" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:3">
+      <c r="A1018" s="1" t="inlineStr">
+        <is>
+          <t>9786053124726</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t>Gece Vakti</t>
+        </is>
+      </c>
+      <c r="C1018" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:3">
+      <c r="A1019" s="1" t="inlineStr">
+        <is>
+          <t>9786053124696</t>
+        </is>
+      </c>
+      <c r="B1019" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünde Doğadan İlhan Alan Tasarımlar</t>
+        </is>
+      </c>
+      <c r="C1019" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:3">
+      <c r="A1020" s="1" t="inlineStr">
+        <is>
+          <t>9786053124733</t>
+        </is>
+      </c>
+      <c r="B1020" s="1" t="inlineStr">
+        <is>
+          <t>Beynimiz Nasıl Çalışır?</t>
+        </is>
+      </c>
+      <c r="C1020" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:3">
+      <c r="A1021" s="1" t="inlineStr">
+        <is>
+          <t>9786053124740</t>
+        </is>
+      </c>
+      <c r="B1021" s="1" t="inlineStr">
+        <is>
+          <t>Derinlere Yolculuk - Alvin Denizaltısı ile Derin Denizleri Keşfedin</t>
+        </is>
+      </c>
+      <c r="C1021" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:3">
+      <c r="A1022" s="1" t="inlineStr">
+        <is>
+          <t>9786053124795</t>
+        </is>
+      </c>
+      <c r="B1022" s="1" t="inlineStr">
+        <is>
+          <t>Mühendis Mert</t>
+        </is>
+      </c>
+      <c r="C1022" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:3">
+      <c r="A1023" s="1" t="inlineStr">
+        <is>
+          <t>9786053124689</t>
+        </is>
+      </c>
+      <c r="B1023" s="1" t="inlineStr">
+        <is>
+          <t>Mucit Laboratuvarı</t>
+        </is>
+      </c>
+      <c r="C1023" s="1">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:3">
+      <c r="A1024" s="1" t="inlineStr">
+        <is>
+          <t>9786053124672</t>
+        </is>
+      </c>
+      <c r="B1024" s="1" t="inlineStr">
+        <is>
+          <t>Robot</t>
+        </is>
+      </c>
+      <c r="C1024" s="1">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:3">
+      <c r="A1025" s="1" t="inlineStr">
+        <is>
+          <t>9786053124481</t>
+        </is>
+      </c>
+      <c r="B1025" s="1" t="inlineStr">
+        <is>
+          <t>Denizanası Bahçesi</t>
+        </is>
+      </c>
+      <c r="C1025" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:3">
+      <c r="A1026" s="1" t="inlineStr">
+        <is>
+          <t>9786053124467</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t>Balık</t>
+        </is>
+      </c>
+      <c r="C1026" s="1">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:3">
+      <c r="A1027" s="1" t="inlineStr">
+        <is>
+          <t>9786053124498</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t>STEM Matematik Karalama Kitabı</t>
+        </is>
+      </c>
+      <c r="C1027" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:3">
+      <c r="A1028" s="1" t="inlineStr">
+        <is>
+          <t>9786053124580</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t>Mimarlık Karalama Kitabı</t>
+        </is>
+      </c>
+      <c r="C1028" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:3">
+      <c r="A1029" s="1" t="inlineStr">
+        <is>
+          <t>9786053124610</t>
+        </is>
+      </c>
+      <c r="B1029" s="1" t="inlineStr">
+        <is>
+          <t>STEM Teknoloji Karalama Kitabı</t>
+        </is>
+      </c>
+      <c r="C1029" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" s="1" t="inlineStr">
+        <is>
+          <t>9786053124597</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t>STEAM Buluşlar Karalama Kitabı</t>
+        </is>
+      </c>
+      <c r="C1030" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" s="1" t="inlineStr">
+        <is>
+          <t>9786053124474</t>
+        </is>
+      </c>
+      <c r="B1031" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Uykucuları: Yaz Uykusuna Yatan Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1031" s="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" s="1" t="inlineStr">
+        <is>
+          <t>9786053124450</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t>Mario ve Gökyüzündeki Delik - Bir Kimyacının Dünyamızı Kurtarma Hikayesi</t>
+        </is>
+      </c>
+      <c r="C1032" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" s="1" t="inlineStr">
+        <is>
+          <t>9786053124511</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t>Öklid'i Okurken</t>
+        </is>
+      </c>
+      <c r="C1033" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" s="1" t="inlineStr">
+        <is>
+          <t>9786053124573</t>
+        </is>
+      </c>
+      <c r="B1034" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Deniz Kaplumbağası</t>
+        </is>
+      </c>
+      <c r="C1034" s="1">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" s="1" t="inlineStr">
+        <is>
+          <t>9786053124665</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t>Biyotaklit</t>
+        </is>
+      </c>
+      <c r="C1035" s="1">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" s="1" t="inlineStr">
+        <is>
+          <t>9786053124559</t>
+        </is>
+      </c>
+      <c r="B1036" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Göletler</t>
+        </is>
+      </c>
+      <c r="C1036" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" s="1" t="inlineStr">
+        <is>
+          <t>9786053124603</t>
+        </is>
+      </c>
+      <c r="B1037" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Nasıl İnşa Edilir?</t>
+        </is>
+      </c>
+      <c r="C1037" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" s="1" t="inlineStr">
+        <is>
+          <t>9786053124504</t>
+        </is>
+      </c>
+      <c r="B1038" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Gece ve Gündüz</t>
+        </is>
+      </c>
+      <c r="C1038" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:3">
+      <c r="A1039" s="1" t="inlineStr">
+        <is>
+          <t>9786053124566</t>
+        </is>
+      </c>
+      <c r="B1039" s="1" t="inlineStr">
+        <is>
+          <t>Ben Rüzgarım</t>
+        </is>
+      </c>
+      <c r="C1039" s="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:3">
+      <c r="A1040" s="1" t="inlineStr">
+        <is>
+          <t>9786053124542</t>
+        </is>
+      </c>
+      <c r="B1040" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Mevsimler</t>
+        </is>
+      </c>
+      <c r="C1040" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:3">
+      <c r="A1041" s="1" t="inlineStr">
+        <is>
+          <t>9786053124535</t>
+        </is>
+      </c>
+      <c r="B1041" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Böcekler ve Diğer Minik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1041" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:3">
+      <c r="A1042" s="1" t="inlineStr">
+        <is>
+          <t>9786053124528</t>
+        </is>
+      </c>
+      <c r="B1042" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Orman Hayvanları</t>
+        </is>
+      </c>
+      <c r="C1042" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:3">
+      <c r="A1043" s="1" t="inlineStr">
+        <is>
+          <t>9786053124627</t>
+        </is>
+      </c>
+      <c r="B1043" s="1" t="inlineStr">
+        <is>
+          <t>Denizde - Ara ve Bul Resimli Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C1043" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:3">
+      <c r="A1044" s="1" t="inlineStr">
+        <is>
+          <t>9786053124658</t>
+        </is>
+      </c>
+      <c r="B1044" s="1" t="inlineStr">
+        <is>
+          <t>Ormanda - Ara ve Bul Resimli Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C1044" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:3">
+      <c r="A1045" s="1" t="inlineStr">
+        <is>
+          <t>9786053124641</t>
+        </is>
+      </c>
+      <c r="B1045" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanat Bahçesinde - Ara ve Bul Resimli Bulmacalar</t>
+        </is>
+      </c>
+      <c r="C1045" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:3">
+      <c r="A1046" s="1" t="inlineStr">
+        <is>
+          <t>9786053124313</t>
+        </is>
+      </c>
+      <c r="B1046" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Ansiklopedisi (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C1046" s="1">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:3">
+      <c r="A1047" s="1" t="inlineStr">
+        <is>
+          <t>9786053124221</t>
+        </is>
+      </c>
+      <c r="B1047" s="1" t="inlineStr">
+        <is>
+          <t>Çizmeli Harikalar - Uzayda</t>
+        </is>
+      </c>
+      <c r="C1047" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:3">
+      <c r="A1048" s="1" t="inlineStr">
+        <is>
+          <t>9786053124238</t>
+        </is>
+      </c>
+      <c r="B1048" s="1" t="inlineStr">
+        <is>
+          <t>Çizmeli Harikalar - Suda</t>
+        </is>
+      </c>
+      <c r="C1048" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:3">
+      <c r="A1049" s="1" t="inlineStr">
+        <is>
+          <t>9786053124245</t>
+        </is>
+      </c>
+      <c r="B1049" s="1" t="inlineStr">
+        <is>
+          <t>Çizmeli Harikalar - Karada</t>
+        </is>
+      </c>
+      <c r="C1049" s="1">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:3">
+      <c r="A1050" s="1" t="inlineStr">
+        <is>
+          <t>9786053124252</t>
+        </is>
+      </c>
+      <c r="B1050" s="1" t="inlineStr">
+        <is>
+          <t>Çizmeli Harikalar - Havada</t>
+        </is>
+      </c>
+      <c r="C1050" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:3">
+      <c r="A1051" s="1" t="inlineStr">
+        <is>
+          <t>9786053124153</t>
+        </is>
+      </c>
+      <c r="B1051" s="1" t="inlineStr">
+        <is>
+          <t>Besin Maddeleriyle Takım Olmak - Organik Bahçecilikte Bitki Besin Maddelerinin Etkin Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1051" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:3">
+      <c r="A1052" s="1" t="inlineStr">
+        <is>
+          <t>9786053124146</t>
+        </is>
+      </c>
+      <c r="B1052" s="1" t="inlineStr">
+        <is>
+          <t>Mikroorganizmalarla Takım Olmak - Organik Bahçecilik ve Toprak Besin Ağı</t>
+        </is>
+      </c>
+      <c r="C1052" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:3">
+      <c r="A1053" s="1" t="inlineStr">
+        <is>
+          <t>9786053124443</t>
+        </is>
+      </c>
+      <c r="B1053" s="1" t="inlineStr">
+        <is>
+          <t>Göklerin Matematiği- Unutulmuş Sanat, Küresel Trigonometri</t>
+        </is>
+      </c>
+      <c r="C1053" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:3">
+      <c r="A1054" s="1" t="inlineStr">
+        <is>
+          <t>9786053124177</t>
+        </is>
+      </c>
+      <c r="B1054" s="1" t="inlineStr">
+        <is>
+          <t>Açık Hava Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1054" s="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:3">
+      <c r="A1055" s="1" t="inlineStr">
+        <is>
+          <t>9786053124139</t>
+        </is>
+      </c>
+      <c r="B1055" s="1" t="inlineStr">
+        <is>
+          <t>Mete ve Muhteşem Keşfi</t>
+        </is>
+      </c>
+      <c r="C1055" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:3">
+      <c r="A1056" s="1" t="inlineStr">
+        <is>
+          <t>9786053124207</t>
+        </is>
+      </c>
+      <c r="B1056" s="1" t="inlineStr">
+        <is>
+          <t>Şu Matematik Dedikleri...</t>
+        </is>
+      </c>
+      <c r="C1056" s="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:3">
+      <c r="A1057" s="1" t="inlineStr">
+        <is>
+          <t>9786053124214</t>
+        </is>
+      </c>
+      <c r="B1057" s="1" t="inlineStr">
+        <is>
+          <t>Element Kartları (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C1057" s="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:3">
+      <c r="A1058" s="1" t="inlineStr">
+        <is>
+          <t>9786053124184</t>
+        </is>
+      </c>
+      <c r="B1058" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Seferleri</t>
+        </is>
+      </c>
+      <c r="C1058" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:3">
+      <c r="A1059" s="1" t="inlineStr">
+        <is>
+          <t>9786053124269</t>
+        </is>
+      </c>
+      <c r="B1059" s="1" t="inlineStr">
+        <is>
+          <t>Benim Renkli Yumağım - Minikler Serisi Renkler</t>
+        </is>
+      </c>
+      <c r="C1059" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:3">
+      <c r="A1060" s="1" t="inlineStr">
+        <is>
+          <t>9786053124276</t>
+        </is>
+      </c>
+      <c r="B1060" s="1" t="inlineStr">
+        <is>
+          <t>Bil Bakalım Ben Neyim? - Minikler Serisi Taşıtlar</t>
+        </is>
+      </c>
+      <c r="C1060" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:3">
+      <c r="A1061" s="1" t="inlineStr">
+        <is>
+          <t>9786053124108</t>
+        </is>
+      </c>
+      <c r="B1061" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Karıncalar</t>
+        </is>
+      </c>
+      <c r="C1061" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:3">
+      <c r="A1062" s="1" t="inlineStr">
+        <is>
+          <t>9786053124122</t>
+        </is>
+      </c>
+      <c r="B1062" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Su Samurları</t>
+        </is>
+      </c>
+      <c r="C1062" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:3">
+      <c r="A1063" s="1" t="inlineStr">
+        <is>
+          <t>9786053124191</t>
+        </is>
+      </c>
+      <c r="B1063" s="1" t="inlineStr">
+        <is>
+          <t>Düşün Çöz Eğlen Kart Seti</t>
+        </is>
+      </c>
+      <c r="C1063" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:3">
+      <c r="A1064" s="1" t="inlineStr">
+        <is>
+          <t>9786053124290</t>
+        </is>
+      </c>
+      <c r="B1064" s="1" t="inlineStr">
+        <is>
+          <t>Nerede Bu Yiyecekler? - Minikler Serisi Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1064" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:3">
+      <c r="A1065" s="1" t="inlineStr">
+        <is>
+          <t>9786053124283</t>
+        </is>
+      </c>
+      <c r="B1065" s="1" t="inlineStr">
+        <is>
+          <t>Bu Şekli Tanıyor musun? - Minikler Serisi Şekiller</t>
+        </is>
+      </c>
+      <c r="C1065" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:3">
+      <c r="A1066" s="1" t="inlineStr">
+        <is>
+          <t>9786053124160</t>
+        </is>
+      </c>
+      <c r="B1066" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Etkinlikleri Kitabı</t>
+        </is>
+      </c>
+      <c r="C1066" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:3">
+      <c r="A1067" s="1" t="inlineStr">
+        <is>
+          <t>9786053124115</t>
+        </is>
+      </c>
+      <c r="B1067" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Gökbilim</t>
+        </is>
+      </c>
+      <c r="C1067" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:3">
+      <c r="A1068" s="1" t="inlineStr">
+        <is>
+          <t>9786053123385</t>
+        </is>
+      </c>
+      <c r="B1068" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Başlayanlar İçin Bahçecilik</t>
+        </is>
+      </c>
+      <c r="C1068" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:3">
+      <c r="A1069" s="1" t="inlineStr">
+        <is>
+          <t>9786053123019</t>
+        </is>
+      </c>
+      <c r="B1069" s="1" t="inlineStr">
+        <is>
+          <t>Bir Astronottan Hayat Dersleri</t>
+        </is>
+      </c>
+      <c r="C1069" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:3">
+      <c r="A1070" s="1" t="inlineStr">
+        <is>
+          <t>9786053121435</t>
+        </is>
+      </c>
+      <c r="B1070" s="1" t="inlineStr">
+        <is>
+          <t>Yerim Ben Matematik Ödevimi - Aç Beyinler İçin Tarifler</t>
+        </is>
+      </c>
+      <c r="C1070" s="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:3">
+      <c r="A1071" s="1" t="inlineStr">
+        <is>
+          <t>9786053123057</t>
+        </is>
+      </c>
+      <c r="B1071" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Hayvanlar - Okumaya Başlarken</t>
+        </is>
+      </c>
+      <c r="C1071" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:3">
+      <c r="A1072" s="1" t="inlineStr">
+        <is>
+          <t>9786053121480</t>
+        </is>
+      </c>
+      <c r="B1072" s="1" t="inlineStr">
+        <is>
+          <t>Yaprak Dedikleri Var Ya...</t>
+        </is>
+      </c>
+      <c r="C1072" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:3">
+      <c r="A1073" s="1" t="inlineStr">
+        <is>
+          <t>9786053121497</t>
+        </is>
+      </c>
+      <c r="B1073" s="1" t="inlineStr">
+        <is>
+          <t>Taş Dedikleri Var Ya...</t>
+        </is>
+      </c>
+      <c r="C1073" s="1">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:3">
+      <c r="A1074" s="1" t="inlineStr">
+        <is>
+          <t>9789754039733</t>
+        </is>
+      </c>
+      <c r="B1074" s="1" t="inlineStr">
+        <is>
+          <t>Başıma Yıldırım Düştü!</t>
+        </is>
+      </c>
+      <c r="C1074" s="1">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:3">
+      <c r="A1075" s="1" t="inlineStr">
+        <is>
+          <t>9786053123224</t>
+        </is>
+      </c>
+      <c r="B1075" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Bulmaca Kitabı</t>
+        </is>
+      </c>
+      <c r="C1075" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:3">
+      <c r="A1076" s="1" t="inlineStr">
+        <is>
+          <t>9786053123286</t>
+        </is>
+      </c>
+      <c r="B1076" s="1" t="inlineStr">
+        <is>
+          <t>Öklid'in Elemanları</t>
+        </is>
+      </c>
+      <c r="C1076" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:3">
+      <c r="A1077" s="1" t="inlineStr">
+        <is>
+          <t>9789754039542</t>
+        </is>
+      </c>
+      <c r="B1077" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Kartları Matematik Bulmacaları</t>
+        </is>
+      </c>
+      <c r="C1077" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:3">
+      <c r="A1078" s="1" t="inlineStr">
+        <is>
+          <t>9789754039559</t>
+        </is>
+      </c>
+      <c r="B1078" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Kartları Sayı Bulmacaları</t>
+        </is>
+      </c>
+      <c r="C1078" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:3">
+      <c r="A1079" s="1" t="inlineStr">
+        <is>
+          <t>9789754039528</t>
+        </is>
+      </c>
+      <c r="B1079" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Kartları - Zeka Bulmacaları</t>
+        </is>
+      </c>
+      <c r="C1079" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:3">
+      <c r="A1080" s="1" t="inlineStr">
+        <is>
+          <t>9789754038293</t>
+        </is>
+      </c>
+      <c r="B1080" s="1" t="inlineStr">
+        <is>
+          <t>Problem Çözümüne Giriş 101</t>
+        </is>
+      </c>
+      <c r="C1080" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:3">
+      <c r="A1081" s="1" t="inlineStr">
+        <is>
+          <t>9786053125471</t>
+        </is>
+      </c>
+      <c r="B1081" s="1" t="inlineStr">
+        <is>
+          <t>Gezegenler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1081" s="1">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:3">
+      <c r="A1082" s="1" t="inlineStr">
+        <is>
+          <t>9786053120117</t>
+        </is>
+      </c>
+      <c r="B1082" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Sayalım - Ağaçlar</t>
+        </is>
+      </c>
+      <c r="C1082" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:3">
+      <c r="A1083" s="1" t="inlineStr">
+        <is>
+          <t>9786053122821</t>
+        </is>
+      </c>
+      <c r="B1083" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Beyin</t>
+        </is>
+      </c>
+      <c r="C1083" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:3">
+      <c r="A1084" s="1" t="inlineStr">
+        <is>
+          <t>9786053122579</t>
+        </is>
+      </c>
+      <c r="B1084" s="1" t="inlineStr">
+        <is>
+          <t>365 Bilim Etkinliği</t>
+        </is>
+      </c>
+      <c r="C1084" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:3">
+      <c r="A1085" s="1" t="inlineStr">
+        <is>
+          <t>9786053121589</t>
+        </is>
+      </c>
+      <c r="B1085" s="1" t="inlineStr">
+        <is>
+          <t>Uçuş - Yakından Tanıyın</t>
+        </is>
+      </c>
+      <c r="C1085" s="1">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:3">
+      <c r="A1086" s="1" t="inlineStr">
+        <is>
+          <t>9786053122890</t>
+        </is>
+      </c>
+      <c r="B1086" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı ve Bilimi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1086" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:3">
+      <c r="A1087" s="1" t="inlineStr">
+        <is>
+          <t>9786053120957</t>
+        </is>
+      </c>
+      <c r="B1087" s="1" t="inlineStr">
+        <is>
+          <t>Tarçın Nerede? - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C1087" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:3">
+      <c r="A1088" s="1" t="inlineStr">
+        <is>
+          <t>9786053120971</t>
+        </is>
+      </c>
+      <c r="B1088" s="1" t="inlineStr">
+        <is>
+          <t>Kimde Kabarcık Var? - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C1088" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:3">
+      <c r="A1089" s="1" t="inlineStr">
+        <is>
+          <t>9786053120926</t>
+        </is>
+      </c>
+      <c r="B1089" s="1" t="inlineStr">
+        <is>
+          <t>Bora'nın Pazar Heyecanı - Matematik Her Yerde</t>
+        </is>
+      </c>
+      <c r="C1089" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:3">
+      <c r="A1090" s="1" t="inlineStr">
+        <is>
+          <t>9786053122173</t>
+        </is>
+      </c>
+      <c r="B1090" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Atlar</t>
+        </is>
+      </c>
+      <c r="C1090" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:3">
+      <c r="A1091" s="1" t="inlineStr">
+        <is>
+          <t>9786053122166</t>
+        </is>
+      </c>
+      <c r="B1091" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C1091" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:3">
+      <c r="A1092" s="1" t="inlineStr">
+        <is>
+          <t>9786053122180</t>
+        </is>
+      </c>
+      <c r="B1092" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Köpekbalıkları</t>
+        </is>
+      </c>
+      <c r="C1092" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:3">
+      <c r="A1093" s="1" t="inlineStr">
+        <is>
+          <t>9786053122159</t>
+        </is>
+      </c>
+      <c r="B1093" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Yavru Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1093" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:3">
+      <c r="A1094" s="1" t="inlineStr">
+        <is>
+          <t>9789754039627</t>
+        </is>
+      </c>
+      <c r="B1094" s="1" t="inlineStr">
+        <is>
+          <t>ESOBİL Zeka Bulmacaları 1</t>
+        </is>
+      </c>
+      <c r="C1094" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:3">
+      <c r="A1095" s="1" t="inlineStr">
+        <is>
+          <t>9786053120223</t>
+        </is>
+      </c>
+      <c r="B1095" s="1" t="inlineStr">
+        <is>
+          <t>Aynalar Nesneleri Nasıl Yansıtır?</t>
+        </is>
+      </c>
+      <c r="C1095" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:3">
+      <c r="A1096" s="1" t="inlineStr">
+        <is>
+          <t>9789754039887</t>
+        </is>
+      </c>
+      <c r="B1096" s="1" t="inlineStr">
+        <is>
+          <t>Mikroskop Hakkında Her Şey</t>
+        </is>
+      </c>
+      <c r="C1096" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:3">
+      <c r="A1097" s="1" t="inlineStr">
+        <is>
+          <t>9786053120391</t>
+        </is>
+      </c>
+      <c r="B1097" s="1" t="inlineStr">
+        <is>
+          <t>Genler Değiştirildiğinde Ne Olur?</t>
+        </is>
+      </c>
+      <c r="C1097" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:3">
+      <c r="A1098" s="1" t="inlineStr">
+        <is>
+          <t>9789754039696</t>
+        </is>
+      </c>
+      <c r="B1098" s="1" t="inlineStr">
+        <is>
+          <t>Zeka Oyunları 3</t>
+        </is>
+      </c>
+      <c r="C1098" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:3">
+      <c r="A1099" s="1" t="inlineStr">
+        <is>
+          <t>9786053120285</t>
+        </is>
+      </c>
+      <c r="B1099" s="1" t="inlineStr">
+        <is>
+          <t>En İyi İlacı Ararken</t>
+        </is>
+      </c>
+      <c r="C1099" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:3">
+      <c r="A1100" s="1" t="inlineStr">
+        <is>
+          <t>9786053120261</t>
+        </is>
+      </c>
+      <c r="B1100" s="1" t="inlineStr">
+        <is>
+          <t>Doğanın Bir Yılı Seti</t>
+        </is>
+      </c>
+      <c r="C1100" s="1">
+        <v>33.33</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:3">
+      <c r="A1101" s="1" t="inlineStr">
+        <is>
+          <t>9789754039900</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Cevaplar - Nasıl Çalışır?</t>
+        </is>
+      </c>
+      <c r="C1101" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:3">
+      <c r="A1102" s="1" t="inlineStr">
+        <is>
+          <t>9789754039665</t>
+        </is>
+      </c>
+      <c r="B1102" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Bıdık</t>
+        </is>
+      </c>
+      <c r="C1102" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:3">
+      <c r="A1103" s="1" t="inlineStr">
+        <is>
+          <t>9786053121633</t>
+        </is>
+      </c>
+      <c r="B1103" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorlar Ne Kadar Büyüktü? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1103" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:3">
+      <c r="A1104" s="1" t="inlineStr">
+        <is>
+          <t>9786053121138</t>
+        </is>
+      </c>
+      <c r="B1104" s="1" t="inlineStr">
+        <is>
+          <t>Kim İster Böcekler Olmadan Yaşamayı!</t>
+        </is>
+      </c>
+      <c r="C1104" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:3">
+      <c r="A1105" s="1" t="inlineStr">
+        <is>
+          <t>9786053121299</t>
+        </is>
+      </c>
+      <c r="B1105" s="1" t="inlineStr">
+        <is>
+          <t>Kim İster Newton'un Yerinde Olmayı!</t>
+        </is>
+      </c>
+      <c r="C1105" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:3">
+      <c r="A1106" s="1" t="inlineStr">
+        <is>
+          <t>9786053121145</t>
+        </is>
+      </c>
+      <c r="B1106" s="1" t="inlineStr">
+        <is>
+          <t>Kim İster Telefonsuz Yaşamayı!</t>
+        </is>
+      </c>
+      <c r="C1106" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:3">
+      <c r="A1107" s="1" t="inlineStr">
+        <is>
+          <t>9786053121152</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Kim İster Temiz Su Olmadan Yaşamayı!</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9786053121305</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>Kim İster Tifolu Mary ile Karşılaşmayı!</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9786053121077</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>Kim İster 16. Yüzyılda Hasta Olmayı!</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9786053121091</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Kim İster Çin Seddi'nde İşçi Olmayı!</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9786053121404</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Büyük Labirent Kitabım</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>23.89</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9786053120735</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Kim, Neyi, Ne Zaman İcat Etti</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9786053120742</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>İlk Labirent Kitabım</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
+          <t>9786053120766</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Gök Ağacı</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9789754039726</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Doğasından Yansımalar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9786053120360</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Bilim - Şaşırtıcı Ses Deneyleri</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9786053120353</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Bilim - Çarpıcı Elektrik ve Manyetizma Deneyleri</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9786053120339</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Bilim - Etkileyici Kimya Deneyleri</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
+          <t>9789754039740</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>Lara'nın Epilepsi Hikayesi</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
+          <t>9789754039689</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t>Cem'in Disleksi Hikayesi</t>
+        </is>
+      </c>
+      <c r="C1120" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:3">
+      <c r="A1121" s="1" t="inlineStr">
+        <is>
+          <t>9789754039610</t>
+        </is>
+      </c>
+      <c r="B1121" s="1" t="inlineStr">
+        <is>
+          <t>Berke'nin Down Sendromu Hikayesi</t>
+        </is>
+      </c>
+      <c r="C1121" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:3">
+      <c r="A1122" s="1" t="inlineStr">
+        <is>
+          <t>9789754039672</t>
+        </is>
+      </c>
+      <c r="B1122" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bak Bir Daha Bak - Yaşam Alanlarını Keşfedelim Seti</t>
+        </is>
+      </c>
+      <c r="C1122" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:3">
+      <c r="A1123" s="1" t="inlineStr">
+        <is>
+          <t>9786053120780</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t>ESOBİL Zeka Bulmacaları 2</t>
+        </is>
+      </c>
+      <c r="C1123" s="1">
+        <v>13.43</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:3">
+      <c r="A1124" s="1" t="inlineStr">
+        <is>
+          <t>9786053121084</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t>Kim İster İlk Denizaltıda Olmayı!</t>
+        </is>
+      </c>
+      <c r="C1124" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:3">
+      <c r="A1125" s="1" t="inlineStr">
+        <is>
+          <t>9789754038552</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t>Kareli ve Küplü "Şey"lerin Serüveni</t>
+        </is>
+      </c>
+      <c r="C1125" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:3">
+      <c r="A1126" s="1" t="inlineStr">
+        <is>
+          <t>9786053120063</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Yapılar - Küçük Mimarlar</t>
+        </is>
+      </c>
+      <c r="C1126" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:3">
+      <c r="A1127" s="1" t="inlineStr">
+        <is>
+          <t>9786053120056</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t>Sıra Dışı Evler - Küçük Mimarlar</t>
+        </is>
+      </c>
+      <c r="C1127" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:3">
+      <c r="A1128" s="1" t="inlineStr">
+        <is>
+          <t>9786053120049</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t>Masallardaki Evler - Küçük Mimarlar</t>
+        </is>
+      </c>
+      <c r="C1128" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:3">
+      <c r="A1129" s="1" t="inlineStr">
+        <is>
+          <t>9786053120032</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t>Hem İş Yeri Hem Ev - Küçük Mimarlar</t>
+        </is>
+      </c>
+      <c r="C1129" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:3">
+      <c r="A1130" s="1" t="inlineStr">
+        <is>
+          <t>9789754039399</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Döngüsü Seti (13 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C1130" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:3">
+      <c r="A1131" s="1" t="inlineStr">
+        <is>
+          <t>9789754039269</t>
+        </is>
+      </c>
+      <c r="B1131" s="1" t="inlineStr">
+        <is>
+          <t>Fasulyenin Yaşam Döngüsü</t>
+        </is>
+      </c>
+      <c r="C1131" s="1">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:3">
+      <c r="A1132" s="1" t="inlineStr">
+        <is>
+          <t>9789754038972</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kaşifinin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1132" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:3">
+      <c r="A1133" s="1" t="inlineStr">
+        <is>
+          <t>9789754039160</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Bilimsel Bilgiler Kimya - Atomlar ve Elementler</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9789754039566</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlik Kartları - Çocuklarla Yolculukta Yapılabilecek 100 Etkinlik</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9789754038941</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>Adli Bilimler - Geçmiş Vakaların Aydınlatılması</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
+          <t>9789754038934</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Adli Bilimler - Sahteciliği Önlemek</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
+          <t>9789754039245</t>
+        </is>
+      </c>
+      <c r="B1137" s="1" t="inlineStr">
+        <is>
+          <t>Elinizin Altındaki Gerçekler - Kimyayı Tanıyalım - Metaller</t>
+        </is>
+      </c>
+      <c r="C1137" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:3">
+      <c r="A1138" s="1" t="inlineStr">
+        <is>
+          <t>9786053120018</t>
+        </is>
+      </c>
+      <c r="B1138" s="1" t="inlineStr">
+        <is>
+          <t>Buluşlar ve Teknoloji - Havacılık ve Uzay</t>
+        </is>
+      </c>
+      <c r="C1138" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:3">
+      <c r="A1139" s="1" t="inlineStr">
+        <is>
+          <t>9789754039207</t>
+        </is>
+      </c>
+      <c r="B1139" s="1" t="inlineStr">
+        <is>
+          <t>Buluşlar ve Teknoloji - Tıp ve Sağlık</t>
+        </is>
+      </c>
+      <c r="C1139" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:3">
+      <c r="A1140" s="1" t="inlineStr">
+        <is>
+          <t>9789754039252</t>
+        </is>
+      </c>
+      <c r="B1140" s="1" t="inlineStr">
+        <is>
+          <t>Elinizin Altındaki Gerçekler - Kimyayı Tanıyalım - Organik Kimya ve Biyokimya</t>
+        </is>
+      </c>
+      <c r="C1140" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:3">
+      <c r="A1141" s="1" t="inlineStr">
+        <is>
+          <t>9789754039306</t>
+        </is>
+      </c>
+      <c r="B1141" s="1" t="inlineStr">
+        <is>
+          <t>Ağaç Kurbağasının Yaşam Döngüsü</t>
+        </is>
+      </c>
+      <c r="C1141" s="1">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:3">
+      <c r="A1142" s="1" t="inlineStr">
+        <is>
+          <t>9789754039221</t>
+        </is>
+      </c>
+      <c r="B1142" s="1" t="inlineStr">
+        <is>
+          <t>Buluşlar ve Teknoloji - Kara ve Deniz Taşımacılığı</t>
+        </is>
+      </c>
+      <c r="C1142" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:3">
+      <c r="A1143" s="1" t="inlineStr">
+        <is>
+          <t>9786053122753</t>
+        </is>
+      </c>
+      <c r="B1143" s="1" t="inlineStr">
+        <is>
+          <t>Işığı Arıyoruz - Origamiyle Bilim</t>
+        </is>
+      </c>
+      <c r="C1143" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:3">
+      <c r="A1144" s="1" t="inlineStr">
+        <is>
+          <t>9786053122760</t>
+        </is>
+      </c>
+      <c r="B1144" s="1" t="inlineStr">
+        <is>
+          <t>Elektrikle Işıl Işıl - Origamiyle Bilim</t>
+        </is>
+      </c>
+      <c r="C1144" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:3">
+      <c r="A1145" s="1" t="inlineStr">
+        <is>
+          <t>9786053122777</t>
+        </is>
+      </c>
+      <c r="B1145" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Havalar - Origamiyle Bilim</t>
+        </is>
+      </c>
+      <c r="C1145" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:3">
+      <c r="A1146" s="1" t="inlineStr">
+        <is>
+          <t>9786053122715</t>
+        </is>
+      </c>
+      <c r="B1146" s="1" t="inlineStr">
+        <is>
+          <t>Bitkileri İnceliyoruz - Origamiyle Bilim</t>
+        </is>
+      </c>
+      <c r="C1146" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:3">
+      <c r="A1147" s="1" t="inlineStr">
+        <is>
+          <t>9786053121787</t>
+        </is>
+      </c>
+      <c r="B1147" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Evler - Küçük Mimarlar</t>
+        </is>
+      </c>
+      <c r="C1147" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:3">
+      <c r="A1148" s="1" t="inlineStr">
+        <is>
+          <t>9786053121763</t>
+        </is>
+      </c>
+      <c r="B1148" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanların Evleri - Küçük Mimarlar</t>
+        </is>
+      </c>
+      <c r="C1148" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:3">
+      <c r="A1149" s="1" t="inlineStr">
+        <is>
+          <t>9786053121749</t>
+        </is>
+      </c>
+      <c r="B1149" s="1" t="inlineStr">
+        <is>
+          <t>Geleceğin Evleri - Küçük Mimarlar</t>
+        </is>
+      </c>
+      <c r="C1149" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:3">
+      <c r="A1150" s="1" t="inlineStr">
+        <is>
+          <t>9786053121350</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>Louis Pasteur - Bilim İnsanlarının Yaşam Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9786053121343</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Isaac Newton - Bilim İnsanlarının Yaşam Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
+          <t>9786053121336</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>Alexander Graham Bell - Bilim İnsanlarının Yaşam Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9786053122234</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Düşünme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
+          <t>9786053121367</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Neil Armstrong - Bilim İnsanlarının Yaşam Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9786053121008</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>Nedenler Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9786053122227</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>Pasteur'ün Mikroplarla Savaşı (Özel Braille Baskı)</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9786053121756</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Antik Çağ Evleri - Küçük Mimarlar</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9786053121374</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Thomas Edison - Bilim İnsanlarının Yaşam Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9789754039276</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>Kral Kelebeğinin Yaşam Döngüsü</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>2.08</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9786053123842</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Arılar ve Yaban Arıları</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9789754039603</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Bilim ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9789754036954</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kayaçlar ve Fosiller</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9789754039658</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Bir Girişimcilik Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9789754039757</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>A'dan Z'ye İcatlar ve Mucitleri</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9786053120001</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Canlıları Keşfedelim Seti</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9786053120582</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>Beril Kendi Resmini Yapıyor</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9789754039948</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>İklim Değişimi - Yakından Tanıyın</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9786053120575</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>İpek Yeni Şeyler Üretiyor</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9786053120599</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Onur Harika Öyküler Yazıyor</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9789754039955</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>Petrol - Yakından Tanıyın</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9789754039634</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>Mühendislikte Felsefe, Mantık, Bilim ve Etik</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
+          <t>9789754039924</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Su Altı Yaşamı</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9786053120087</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Arktik ve Antarktika - Yakından Tanıyın</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9786053120612</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Can Dans Etmeyi Çok Seviyor</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9786053120094</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Enerji - Yakından Tanıyın</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9786053120193</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Robo ve Robi ile Basit Makineler - Kama</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9786053120209</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Ulaşım - Yakından Tanıyın</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9786053120605</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>Ayımoto'nun Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9789754039870</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>Hastalıklardan Korun Sağlıklı Yaşa!</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9786053120148</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Robo ve Robi ile Basit Makineler - Makara</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
+          <t>9786053120100</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Sayalım - Arılar</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9786053120629</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Sen Uyurken</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9789754039917</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yap Sağlıklı Yaşa!</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9786053120179</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Robo ve Robi ile Basit Makineler - Vida</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9786053120124</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Sayalım Denizler</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9786053120162</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>Robo ve Robi ile Basit Makineler - Tekerlek ve Aks</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9789754039849</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>Doğru Beslen Sağlıklı Yaşa!</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9786053120216</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Deneyerek Botanik</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9789754039863</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Titreşimler</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9786053120414</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>Çitadan Daha Hızlı Ne Olabilir?</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9786053120155</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>Robo ve Robi ile Basit Makineler - Rampa</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9786053120308</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>Gözleyerek Gökbilim</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9786053120469</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>Cüce Sivri Fareden Daha Küçük Ne Olabilir?</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
+          <t>9786053120445</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Kansere Elveda Bahçesi</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9789754039856</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin Yüzde Dördü</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9786053120490</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Balinadan Daha Büyük Ne Var?</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9786053120292</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>En'ler Kitabı</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9789754039825</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>Bilimsel İlkelerin Küçük Kitabı</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9786053120421</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Elimde Değil!</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9786053120483</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Kutup Ayısı, Buzullar Neden Eriyor?</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9789754039979</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Terimlerinin Küçük Kitabı</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9789754039993</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>Ölçüm</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9786053120131</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>Robo ve Robi ile Basit Makineler - Kaldıraç</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9786053120407</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Müziği</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9789754039986</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>Ölçülü Olmaya Değer</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9786053120476</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>101 Basamaklı Sayılara Kadar Sayabilir misiniz?</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
+          <t>9789754039894</t>
+        </is>
+      </c>
+      <c r="B1207" s="1" t="inlineStr">
+        <is>
+          <t>Sabretmeye Değer</t>
+        </is>
+      </c>
+      <c r="C1207" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:3">
+      <c r="A1208" s="1" t="inlineStr">
+        <is>
+          <t>9786053120438</t>
+        </is>
+      </c>
+      <c r="B1208" s="1" t="inlineStr">
+        <is>
+          <t>İnci'nin Büyük Yarışı</t>
+        </is>
+      </c>
+      <c r="C1208" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:3">
+      <c r="A1209" s="1" t="inlineStr">
+        <is>
+          <t>9786053120247</t>
+        </is>
+      </c>
+      <c r="B1209" s="1" t="inlineStr">
+        <is>
+          <t>Demir Neden Mıknatısa Yapışır?</t>
+        </is>
+      </c>
+      <c r="C1209" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:3">
+      <c r="A1210" s="1" t="inlineStr">
+        <is>
+          <t>9789754039832</t>
+        </is>
+      </c>
+      <c r="B1210" s="1" t="inlineStr">
+        <is>
+          <t>Dinlemeye Değer</t>
+        </is>
+      </c>
+      <c r="C1210" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:3">
+      <c r="A1211" s="1" t="inlineStr">
+        <is>
+          <t>9786053120506</t>
+        </is>
+      </c>
+      <c r="B1211" s="1" t="inlineStr">
+        <is>
+          <t>Saatin Kaç Olduğunu Nereden Bilirsiniz?</t>
+        </is>
+      </c>
+      <c r="C1211" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:3">
+      <c r="A1212" s="1" t="inlineStr">
+        <is>
+          <t>9786053120452</t>
+        </is>
+      </c>
+      <c r="B1212" s="1" t="inlineStr">
+        <is>
+          <t>Otizm ve Kardeşim</t>
+        </is>
+      </c>
+      <c r="C1212" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:3">
+      <c r="A1213" s="1" t="inlineStr">
+        <is>
+          <t>9786053120230</t>
+        </is>
+      </c>
+      <c r="B1213" s="1" t="inlineStr">
+        <is>
+          <t>Elektrik Devresi Nasıl Bağlanır?</t>
+        </is>
+      </c>
+      <c r="C1213" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:3">
+      <c r="A1214" s="1" t="inlineStr">
+        <is>
+          <t>9789754039962</t>
+        </is>
+      </c>
+      <c r="B1214" s="1" t="inlineStr">
+        <is>
+          <t>Çaba Göstermeye Değer</t>
+        </is>
+      </c>
+      <c r="C1214" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:3">
+      <c r="A1215" s="1" t="inlineStr">
+        <is>
+          <t>9786053120377</t>
+        </is>
+      </c>
+      <c r="B1215" s="1" t="inlineStr">
+        <is>
+          <t>Barış'ın Gezintisi</t>
+        </is>
+      </c>
+      <c r="C1215" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:3">
+      <c r="A1216" s="1" t="inlineStr">
+        <is>
+          <t>9786053120384</t>
+        </is>
+      </c>
+      <c r="B1216" s="1" t="inlineStr">
+        <is>
+          <t>Bay Endişe</t>
+        </is>
+      </c>
+      <c r="C1216" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:3">
+      <c r="A1217" s="1" t="inlineStr">
+        <is>
+          <t>9786053120186</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Sayalım Elmalar</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9786053120254</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>Dolaşım Sisteminde Yolculuk</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9789754039931</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Temiz Ol Sağlıklı Yaşa!</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9789754033847</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>Ay'da</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9786053124085</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Filler</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9786053124078</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Trenler</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9789754036503</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>Bebekler ve Yürüme Çağındaki Çocuklar İçin Eğlendirici ve Eğitici Etkinlikler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9789754037661</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>Kaybolan Renkler</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9789754037616</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Çocuk</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9789754037647</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Riki'nin Yeni Dünyası</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9789754037609</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Adamın Yolu</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9789754037654</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Annem Babam Nerede?</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9789754037630</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>Ariyanna'nın Sihirli Kutusu</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9789754037678</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Minik Korsanlar</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9789754037623</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>Amir Yolunu Kaybediyor</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9789754037708</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Salyangoz Adam</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9789754037548</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Beni Cesur Yapan Ne?</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9789754037555</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>Beni Korkutan Ne?</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
+          <t>9789754037531</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Gürültü Korkusu</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9789754037715</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Gülücükler Şatosu</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9789754037562</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Beni Mutlu Eden Ne?</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9789754037043</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Arılar Şatosu</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9789754037746</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Enerji Sorunları: Petrol</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9789754037739</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Enerji Sorunları: Doğal Gaz</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9789754037463</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Afetler - Seller</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9789754037258</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Bilimle Tanışalım - Tohumlar, Çiçek Soğanları, Bitkiler ve Çiçekler</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9789754031003</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Ekoloji</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9789754036817</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Fizik, Eğlence ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9789754037784</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü Döngüleri - Hayvanların Yaşam Döngüsü</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9789754037753</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Enerji Sorunları: Rüzgar Enerjisi</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9789754037685</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Adli Bilimler</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9789754036879</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Çevir Bak Hayvan Yuvaları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9789754037821</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Elinizin Altındaki Gerçekler Kimyayı Tanıyalım Ametaller</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9789754034462</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltında</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9789754037807</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Gerçeklik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9789754037791</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Gerçeklik</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9789754037029</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Gezegenimiz Dünya Ekosistemler</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9789754037777</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü Döngüleri - Mevsim Döngüsü</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>6.02</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9789754037760</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Enerji Sorunları: Güneş Enerjisi</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9789754036046</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Tozun Gizli Hayatı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9789754033779</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Zeka Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>10.8</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9789754033144</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Zeka Oyunları 1</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9789754033489</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Zaman ve Uzay (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9789754031942</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Zaman</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9789754032154</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Yirminci Yüzyılda Paris</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9789754030358</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızların Zamanı</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9789754032659</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızların Altında</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9789754031638</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzünde Yaşam</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9789754034455</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>Yeraltında (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9789754032918</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>Yenilik İktisadı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9789754034790</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Köpek</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9789754036374</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlı Ayılar Ağaca Tırmanamaz</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9789754035391</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Sırrı DNA (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9789754035384</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Sırrı DNA</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
+          <t>9789754036510</t>
+        </is>
+      </c>
+      <c r="B1271" s="1" t="inlineStr">
+        <is>
+          <t>Yaşadığımız Yerlerdeki 1001 Şeyi Bulun</t>
+        </is>
+      </c>
+      <c r="C1271" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" s="1" t="inlineStr">
+        <is>
+          <t>9789754031225</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Yaşadığımız Gezegen</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
+          <t>9789754034936</t>
+        </is>
+      </c>
+      <c r="B1273" s="1" t="inlineStr">
+        <is>
+          <t>Yapabilirim!</t>
+        </is>
+      </c>
+      <c r="C1273" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:3">
+      <c r="A1274" s="1" t="inlineStr">
+        <is>
+          <t>9789754033465</t>
+        </is>
+      </c>
+      <c r="B1274" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Yönde Kuantum Sıçramalar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1274" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:3">
+      <c r="A1275" s="1" t="inlineStr">
+        <is>
+          <t>9789754033472</t>
+        </is>
+      </c>
+      <c r="B1275" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Yönde Kuantum Sıçramalar</t>
+        </is>
+      </c>
+      <c r="C1275" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:3">
+      <c r="A1276" s="1" t="inlineStr">
+        <is>
+          <t>9789754033803</t>
+        </is>
+      </c>
+      <c r="B1276" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurlu Bir Gün (Sünger Kapaklı)</t>
+        </is>
+      </c>
+      <c r="C1276" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:3">
+      <c r="A1277" s="1" t="inlineStr">
+        <is>
+          <t>9789754034264</t>
+        </is>
+      </c>
+      <c r="B1277" s="1" t="inlineStr">
+        <is>
+          <t>Vida ile Tornavida</t>
+        </is>
+      </c>
+      <c r="C1277" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:3">
+      <c r="A1278" s="1" t="inlineStr">
+        <is>
+          <t>9789754035216</t>
+        </is>
+      </c>
+      <c r="B1278" s="1" t="inlineStr">
+        <is>
+          <t>Üzüntüden Mutluluğa Duygularınız</t>
+        </is>
+      </c>
+      <c r="C1278" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:3">
+      <c r="A1279" s="1" t="inlineStr">
+        <is>
+          <t>9789754030051</t>
+        </is>
+      </c>
+      <c r="B1279" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite</t>
+        </is>
+      </c>
+      <c r="C1279" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:3">
+      <c r="A1280" s="1" t="inlineStr">
+        <is>
+          <t>9789754031195</t>
+        </is>
+      </c>
+      <c r="B1280" s="1" t="inlineStr">
+        <is>
+          <t>Uydular</t>
+        </is>
+      </c>
+      <c r="C1280" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:3">
+      <c r="A1281" s="1" t="inlineStr">
+        <is>
+          <t>9789754031706</t>
+        </is>
+      </c>
+      <c r="B1281" s="1" t="inlineStr">
+        <is>
+          <t>Us Nerede? Kralın Yeni Usu 3. Cilt</t>
+        </is>
+      </c>
+      <c r="C1281" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:3">
+      <c r="A1282" s="1" t="inlineStr">
+        <is>
+          <t>9789754033861</t>
+        </is>
+      </c>
+      <c r="B1282" s="1" t="inlineStr">
+        <is>
+          <t>Ulusal Antalya Matematik Olimpiyatları Sorular ve Çözümler 1996-2005</t>
+        </is>
+      </c>
+      <c r="C1282" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:3">
+      <c r="A1283" s="1" t="inlineStr">
+        <is>
+          <t>9789754030846</t>
+        </is>
+      </c>
+      <c r="B1283" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Tarihi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1283" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:3">
+      <c r="A1284" s="1" t="inlineStr">
+        <is>
+          <t>9789754034714</t>
+        </is>
+      </c>
+      <c r="B1284" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Önemli Omurgasız Fosilleri</t>
+        </is>
+      </c>
+      <c r="C1284" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:3">
+      <c r="A1285" s="1" t="inlineStr">
+        <is>
+          <t>9789754033403</t>
+        </is>
+      </c>
+      <c r="B1285" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Botanik Tarihi Araştırmaları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1285" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:3">
+      <c r="A1286" s="1" t="inlineStr">
+        <is>
+          <t>9789754037036</t>
+        </is>
+      </c>
+      <c r="B1286" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Amfibi ve Sürüngenleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1286" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:3">
+      <c r="A1287" s="1" t="inlineStr">
+        <is>
+          <t>9789754033564</t>
+        </is>
+      </c>
+      <c r="B1287" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Amfibi ve Sürüngenleri</t>
+        </is>
+      </c>
+      <c r="C1287" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:3">
+      <c r="A1288" s="1" t="inlineStr">
+        <is>
+          <t>9789754036039</t>
+        </is>
+      </c>
+      <c r="B1288" s="1" t="inlineStr">
+        <is>
+          <t>Tozun Gizli Hayatı</t>
+        </is>
+      </c>
+      <c r="C1288" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:3">
+      <c r="A1289" s="1" t="inlineStr">
+        <is>
+          <t>9789754033588</t>
+        </is>
+      </c>
+      <c r="B1289" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de ve Komşu Bölgelerde Sismik Etkinlikler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1289" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:3">
+      <c r="A1290" s="1" t="inlineStr">
+        <is>
+          <t>9789754034899</t>
+        </is>
+      </c>
+      <c r="B1290" s="1" t="inlineStr">
+        <is>
+          <t>Tıp</t>
+        </is>
+      </c>
+      <c r="C1290" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:3">
+      <c r="A1291" s="1" t="inlineStr">
+        <is>
+          <t>9789754034196</t>
+        </is>
+      </c>
+      <c r="B1291" s="1" t="inlineStr">
+        <is>
+          <t>Thomas Alva Edison - Elektrik Çağının İcadı</t>
+        </is>
+      </c>
+      <c r="C1291" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:3">
+      <c r="A1292" s="1" t="inlineStr">
+        <is>
+          <t>9789754035414</t>
+        </is>
+      </c>
+      <c r="B1292" s="1" t="inlineStr">
+        <is>
+          <t>Teknolojik Yenilik Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1292" s="1">
+        <v>19.44</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:3">
+      <c r="A1293" s="1" t="inlineStr">
+        <is>
+          <t>9789754034578</t>
+        </is>
+      </c>
+      <c r="B1293" s="1" t="inlineStr">
+        <is>
+          <t>Teknoloji</t>
+        </is>
+      </c>
+      <c r="C1293" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:3">
+      <c r="A1294" s="1" t="inlineStr">
+        <is>
+          <t>9789754031980</t>
+        </is>
+      </c>
+      <c r="B1294" s="1" t="inlineStr">
+        <is>
+          <t>Taşların Dünyası</t>
+        </is>
+      </c>
+      <c r="C1294" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:3">
+      <c r="A1295" s="1" t="inlineStr">
+        <is>
+          <t>9789754033458</t>
+        </is>
+      </c>
+      <c r="B1295" s="1" t="inlineStr">
+        <is>
+          <t>Tarihten Bir Yaprak</t>
+        </is>
+      </c>
+      <c r="C1295" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:3">
+      <c r="A1296" s="1" t="inlineStr">
+        <is>
+          <t>9789754035643</t>
+        </is>
+      </c>
+      <c r="B1296" s="1" t="inlineStr">
+        <is>
+          <t>Şekilli Kimya Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1296" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:3">
+      <c r="A1297" s="1" t="inlineStr">
+        <is>
+          <t>9789754035421</t>
+        </is>
+      </c>
+      <c r="B1297" s="1" t="inlineStr">
+        <is>
+          <t>Şekilli Fizik Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1297" s="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:3">
+      <c r="A1298" s="1" t="inlineStr">
+        <is>
+          <t>9789754035650</t>
+        </is>
+      </c>
+      <c r="B1298" s="1" t="inlineStr">
+        <is>
+          <t>Şekilli Biyoloji Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1298" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:3">
+      <c r="A1299" s="1" t="inlineStr">
+        <is>
+          <t>9789754031966</t>
+        </is>
+      </c>
+      <c r="B1299" s="1" t="inlineStr">
+        <is>
+          <t>Şekiller Okulöncesi Kitaplığı</t>
+        </is>
+      </c>
+      <c r="C1299" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:3">
+      <c r="A1300" s="1" t="inlineStr">
+        <is>
+          <t>9789754036725</t>
+        </is>
+      </c>
+      <c r="B1300" s="1" t="inlineStr">
+        <is>
+          <t>Kaşifler - Şaşırtıcı Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1300" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:3">
+      <c r="A1301" s="1" t="inlineStr">
+        <is>
+          <t>9789754030693</t>
+        </is>
+      </c>
+      <c r="B1301" s="1" t="inlineStr">
+        <is>
+          <t>Şaşırtan Varsayım İnsan Varlığının Temel Sorularına Yanıt Arayışı</t>
+        </is>
+      </c>
+      <c r="C1301" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:3">
+      <c r="A1302" s="1" t="inlineStr">
+        <is>
+          <t>9789754035070</t>
+        </is>
+      </c>
+      <c r="B1302" s="1" t="inlineStr">
+        <is>
+          <t>Süpersimetri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1302" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:3">
+      <c r="A1303" s="1" t="inlineStr">
+        <is>
+          <t>9789754035063</t>
+        </is>
+      </c>
+      <c r="B1303" s="1" t="inlineStr">
+        <is>
+          <t>Süpersimetri</t>
+        </is>
+      </c>
+      <c r="C1303" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:3">
+      <c r="A1304" s="1" t="inlineStr">
+        <is>
+          <t>3990000007253</t>
+        </is>
+      </c>
+      <c r="B1304" s="1" t="inlineStr">
+        <is>
+          <t>Tablolar ve Grafikler</t>
+        </is>
+      </c>
+      <c r="C1304" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:3">
+      <c r="A1305" s="1" t="inlineStr">
+        <is>
+          <t>9789754030686</t>
+        </is>
+      </c>
+      <c r="B1305" s="1" t="inlineStr">
+        <is>
+          <t>Sulak Bir Gezegenden Öyküler</t>
+        </is>
+      </c>
+      <c r="C1305" s="1">
+        <v>3.01</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:3">
+      <c r="A1306" s="1" t="inlineStr">
+        <is>
+          <t>9789754036749</t>
+        </is>
+      </c>
+      <c r="B1306" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Cevaplar - Yıldızlar ve Gezegenler</t>
+        </is>
+      </c>
+      <c r="C1306" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:3">
+      <c r="A1307" s="1" t="inlineStr">
+        <is>
+          <t>9789754036756</t>
+        </is>
+      </c>
+      <c r="B1307" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Cevaplar - Okyanuslar ve Nehirler</t>
+        </is>
+      </c>
+      <c r="C1307" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:3">
+      <c r="A1308" s="1" t="inlineStr">
+        <is>
+          <t>9789754036763</t>
+        </is>
+      </c>
+      <c r="B1308" s="1" t="inlineStr">
+        <is>
+          <t>Sorular ve Cevaplar - Kuşlar</t>
+        </is>
+      </c>
+      <c r="C1308" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:3">
+      <c r="A1309" s="1" t="inlineStr">
+        <is>
+          <t>9789754030303</t>
+        </is>
+      </c>
+      <c r="B1309" s="1" t="inlineStr">
+        <is>
+          <t>Sorgulayan Denemeler</t>
+        </is>
+      </c>
+      <c r="C1309" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:3">
+      <c r="A1310" s="1" t="inlineStr">
+        <is>
+          <t>9789754032819</t>
+        </is>
+      </c>
+      <c r="B1310" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluğun Kıyıları Bilim Dünyasından Şaşırtıcı Ama Gerçek Öyküler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1310" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:3">
+      <c r="A1311" s="1" t="inlineStr">
+        <is>
+          <t>9789754032482</t>
+        </is>
+      </c>
+      <c r="B1311" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluğun Kıyıları Bilim Dünyasından Şaşırtıcı Ama Gerçek Öyküler</t>
+        </is>
+      </c>
+      <c r="C1311" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:3">
+      <c r="A1312" s="1" t="inlineStr">
+        <is>
+          <t>9789754033748</t>
+        </is>
+      </c>
+      <c r="B1312" s="1" t="inlineStr">
+        <is>
+          <t>Sonlu Matematik Olimpiyat Soruları ve Çözümleri</t>
+        </is>
+      </c>
+      <c r="C1312" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:3">
+      <c r="A1313" s="1" t="inlineStr">
+        <is>
+          <t>9789754035209</t>
+        </is>
+      </c>
+      <c r="B1313" s="1" t="inlineStr">
+        <is>
+          <t>Şekilli Matematik Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1313" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:3">
+      <c r="A1314" s="1" t="inlineStr">
+        <is>
+          <t>9789754030938</t>
+        </is>
+      </c>
+      <c r="B1314" s="1" t="inlineStr">
+        <is>
+          <t>Sen Ben Gen</t>
+        </is>
+      </c>
+      <c r="C1314" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:3">
+      <c r="A1315" s="1" t="inlineStr">
+        <is>
+          <t>3990000015080</t>
+        </is>
+      </c>
+      <c r="B1315" s="1" t="inlineStr">
+        <is>
+          <t>Saymaya Başlamak 3-6 Yaş</t>
+        </is>
+      </c>
+      <c r="C1315" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:3">
+      <c r="A1316" s="1" t="inlineStr">
+        <is>
+          <t>9789754032697</t>
+        </is>
+      </c>
+      <c r="B1316" s="1" t="inlineStr">
+        <is>
+          <t>Saymaya Başlamak</t>
+        </is>
+      </c>
+      <c r="C1316" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:3">
+      <c r="A1317" s="1" t="inlineStr">
+        <is>
+          <t>9789754033120</t>
+        </is>
+      </c>
+      <c r="B1317" s="1" t="inlineStr">
+        <is>
+          <t>Resim ve Ressamlar</t>
+        </is>
+      </c>
+      <c r="C1317" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:3">
+      <c r="A1318" s="1" t="inlineStr">
+        <is>
+          <t>9789754032178</t>
+        </is>
+      </c>
+      <c r="B1318" s="1" t="inlineStr">
+        <is>
+          <t>Renkler</t>
+        </is>
+      </c>
+      <c r="C1318" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:3">
+      <c r="A1319" s="1" t="inlineStr">
+        <is>
+          <t>9789754030112</t>
+        </is>
+      </c>
+      <c r="B1319" s="1" t="inlineStr">
+        <is>
+          <t>Rastlantı ve Kaos</t>
+        </is>
+      </c>
+      <c r="C1319" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:3">
+      <c r="A1320" s="1" t="inlineStr">
+        <is>
+          <t>9789754032208</t>
+        </is>
+      </c>
+      <c r="B1320" s="1" t="inlineStr">
+        <is>
+          <t>Rakamlar</t>
+        </is>
+      </c>
+      <c r="C1320" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:3">
+      <c r="A1321" s="1" t="inlineStr">
+        <is>
+          <t>9789754032505</t>
+        </is>
+      </c>
+      <c r="B1321" s="1" t="inlineStr">
+        <is>
+          <t>Prof. Zihni Sinir - Proceler</t>
+        </is>
+      </c>
+      <c r="C1321" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:3">
+      <c r="A1322" s="1" t="inlineStr">
+        <is>
+          <t>9789754033380</t>
+        </is>
+      </c>
+      <c r="B1322" s="1" t="inlineStr">
+        <is>
+          <t>Piramitleri Kim Yaptı?</t>
+        </is>
+      </c>
+      <c r="C1322" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:3">
+      <c r="A1323" s="1" t="inlineStr">
+        <is>
+          <t>9789754033014</t>
+        </is>
+      </c>
+      <c r="B1323" s="1" t="inlineStr">
+        <is>
+          <t>Pi Coşkusu</t>
+        </is>
+      </c>
+      <c r="C1323" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:3">
+      <c r="A1324" s="1" t="inlineStr">
+        <is>
+          <t>9789754034080</t>
+        </is>
+      </c>
+      <c r="B1324" s="1" t="inlineStr">
+        <is>
+          <t>Pentapleks Kaplamalar</t>
+        </is>
+      </c>
+      <c r="C1324" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:3">
+      <c r="A1325" s="1" t="inlineStr">
+        <is>
+          <t>9789754034448</t>
+        </is>
+      </c>
+      <c r="B1325" s="1" t="inlineStr">
+        <is>
+          <t>Parçacıkların Dünyası</t>
+        </is>
+      </c>
+      <c r="C1325" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:3">
+      <c r="A1326" s="1" t="inlineStr">
+        <is>
+          <t>9789754033786</t>
+        </is>
+      </c>
+      <c r="B1326" s="1" t="inlineStr">
+        <is>
+          <t>Önce Dene Sonra Ye</t>
+        </is>
+      </c>
+      <c r="C1326" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:3">
+      <c r="A1327" s="1" t="inlineStr">
+        <is>
+          <t>9789754031959</t>
+        </is>
+      </c>
+      <c r="B1327" s="1" t="inlineStr">
+        <is>
+          <t>Ölçmeye Başlamak Okulöncesi Kitaplığı</t>
+        </is>
+      </c>
+      <c r="C1327" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:3">
+      <c r="A1328" s="1" t="inlineStr">
+        <is>
+          <t>9789754032161</t>
+        </is>
+      </c>
+      <c r="B1328" s="1" t="inlineStr">
+        <is>
+          <t>Otomobil Çağı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1328" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:3">
+      <c r="A1329" s="1" t="inlineStr">
+        <is>
+          <t>9789754030617</t>
+        </is>
+      </c>
+      <c r="B1329" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağda Endüstri Devrimi</t>
+        </is>
+      </c>
+      <c r="C1329" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:3">
+      <c r="A1330" s="1" t="inlineStr">
+        <is>
+          <t>9789754030921</t>
+        </is>
+      </c>
+      <c r="B1330" s="1" t="inlineStr">
+        <is>
+          <t>Ona Kısaca DNA denir</t>
+        </is>
+      </c>
+      <c r="C1330" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:3">
+      <c r="A1331" s="1" t="inlineStr">
+        <is>
+          <t>9789754033595</t>
+        </is>
+      </c>
+      <c r="B1331" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Buluşlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1331" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" s="1" t="inlineStr">
+        <is>
+          <t>9789754033601</t>
+        </is>
+      </c>
+      <c r="B1332" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Buluşlar</t>
+        </is>
+      </c>
+      <c r="C1332" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" s="1" t="inlineStr">
+        <is>
+          <t>9789754033649</t>
+        </is>
+      </c>
+      <c r="B1333" s="1" t="inlineStr">
+        <is>
+          <t>Nokta Birleştirmece - Uzay</t>
+        </is>
+      </c>
+      <c r="C1333" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" s="1" t="inlineStr">
+        <is>
+          <t>9789754036619</t>
+        </is>
+      </c>
+      <c r="B1334" s="1" t="inlineStr">
+        <is>
+          <t>Neden Geri Dönüştürmeliyim?</t>
+        </is>
+      </c>
+      <c r="C1334" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" s="1" t="inlineStr">
+        <is>
+          <t>9789754036633</t>
+        </is>
+      </c>
+      <c r="B1335" s="1" t="inlineStr">
+        <is>
+          <t>Neden Formda Kalmalıyım?</t>
+        </is>
+      </c>
+      <c r="C1335" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" s="1" t="inlineStr">
+        <is>
+          <t>9789754036626</t>
+        </is>
+      </c>
+      <c r="B1336" s="1" t="inlineStr">
+        <is>
+          <t>Neden Dünyayı Önemsemeliyim?</t>
+        </is>
+      </c>
+      <c r="C1336" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" s="1" t="inlineStr">
+        <is>
+          <t>9789754033793</t>
+        </is>
+      </c>
+      <c r="B1337" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek</t>
+        </is>
+      </c>
+      <c r="C1337" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" s="1" t="inlineStr">
+        <is>
+          <t>9789754034295</t>
+        </is>
+      </c>
+      <c r="B1338" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Yumurtalar ve Civcivler</t>
+        </is>
+      </c>
+      <c r="C1338" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" s="1" t="inlineStr">
+        <is>
+          <t>9789754035971</t>
+        </is>
+      </c>
+      <c r="B1339" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Yarasalar</t>
+        </is>
+      </c>
+      <c r="C1339" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" s="1" t="inlineStr">
+        <is>
+          <t>9789754033946</t>
+        </is>
+      </c>
+      <c r="B1340" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Yanardağlar</t>
+        </is>
+      </c>
+      <c r="C1340" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:3">
+      <c r="A1341" s="1" t="inlineStr">
+        <is>
+          <t>9789754035568</t>
+        </is>
+      </c>
+      <c r="B1341" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Yağmur Ormanları</t>
+        </is>
+      </c>
+      <c r="C1341" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:3">
+      <c r="A1342" s="1" t="inlineStr">
+        <is>
+          <t>9789754033953</t>
+        </is>
+      </c>
+      <c r="B1342" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Vücudunuz</t>
+        </is>
+      </c>
+      <c r="C1342" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:3">
+      <c r="A1343" s="1" t="inlineStr">
+        <is>
+          <t>9789754033960</t>
+        </is>
+      </c>
+      <c r="B1343" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Uzayda Yaşamak</t>
+        </is>
+      </c>
+      <c r="C1343" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:3">
+      <c r="A1344" s="1" t="inlineStr">
+        <is>
+          <t>9789754033984</t>
+        </is>
+      </c>
+      <c r="B1344" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Uçaklar</t>
+        </is>
+      </c>
+      <c r="C1344" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:3">
+      <c r="A1345" s="1" t="inlineStr">
+        <is>
+          <t>9789754033977</t>
+        </is>
+      </c>
+      <c r="B1345" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Tırtıllar ve Kelebekler</t>
+        </is>
+      </c>
+      <c r="C1345" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:3">
+      <c r="A1346" s="1" t="inlineStr">
+        <is>
+          <t>9789754035957</t>
+        </is>
+      </c>
+      <c r="B1346" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Tehlikeli Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1346" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:3">
+      <c r="A1347" s="1" t="inlineStr">
+        <is>
+          <t>9789754035575</t>
+        </is>
+      </c>
+      <c r="B1347" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Sürüngenler</t>
+        </is>
+      </c>
+      <c r="C1347" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:3">
+      <c r="A1348" s="1" t="inlineStr">
+        <is>
+          <t>9789754035964</t>
+        </is>
+      </c>
+      <c r="B1348" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Penguenler</t>
+        </is>
+      </c>
+      <c r="C1348" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:3">
+      <c r="A1349" s="1" t="inlineStr">
+        <is>
+          <t>9789754034837</t>
+        </is>
+      </c>
+      <c r="B1349" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Neden Yeriz?</t>
+        </is>
+      </c>
+      <c r="C1349" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:3">
+      <c r="A1350" s="1" t="inlineStr">
+        <is>
+          <t>9789754035162</t>
+        </is>
+      </c>
+      <c r="B1350" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Minik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1350" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:3">
+      <c r="A1351" s="1" t="inlineStr">
+        <is>
+          <t>9789754034271</t>
+        </is>
+      </c>
+      <c r="B1351" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Ayılar</t>
+        </is>
+      </c>
+      <c r="C1351" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:3">
+      <c r="A1352" s="1" t="inlineStr">
+        <is>
+          <t>9789754034240</t>
+        </is>
+      </c>
+      <c r="B1352" s="1" t="inlineStr">
+        <is>
+          <t>Işığın Öyküsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1352" s="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:3">
+      <c r="A1353" s="1" t="inlineStr">
+        <is>
+          <t>9789754030723</t>
+        </is>
+      </c>
+      <c r="B1353" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzünü Tanıyalım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1353" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:3">
+      <c r="A1354" s="1" t="inlineStr">
+        <is>
+          <t>9789754035537</t>
+        </is>
+      </c>
+      <c r="B1354" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü Ne Kadar Yüksek? (Sünger Kapaklı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1354" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:3">
+      <c r="A1355" s="1" t="inlineStr">
+        <is>
+          <t>9789754036008</t>
+        </is>
+      </c>
+      <c r="B1355" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Güneş Sistemi</t>
+        </is>
+      </c>
+      <c r="C1355" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:3">
+      <c r="A1356" s="1" t="inlineStr">
+        <is>
+          <t>9789754035322</t>
+        </is>
+      </c>
+      <c r="B1356" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Köpekbalıkları</t>
+        </is>
+      </c>
+      <c r="C1356" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:3">
+      <c r="A1357" s="1" t="inlineStr">
+        <is>
+          <t>9789754035599</t>
+        </is>
+      </c>
+      <c r="B1357" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Gemiler</t>
+        </is>
+      </c>
+      <c r="C1357" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:3">
+      <c r="A1358" s="1" t="inlineStr">
+        <is>
+          <t>9789754035988</t>
+        </is>
+      </c>
+      <c r="B1358" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Deniz Kıyısı</t>
+        </is>
+      </c>
+      <c r="C1358" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3">
+      <c r="A1359" s="1" t="inlineStr">
+        <is>
+          <t>9789754033922</t>
+        </is>
+      </c>
+      <c r="B1359" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Çöp ve Geri Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C1359" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3">
+      <c r="A1360" s="1" t="inlineStr">
+        <is>
+          <t>9789754038538</t>
+        </is>
+      </c>
+      <c r="B1360" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Baykuşlar</t>
+        </is>
+      </c>
+      <c r="C1360" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3">
+      <c r="A1361" s="1" t="inlineStr">
+        <is>
+          <t>9789754037470</t>
+        </is>
+      </c>
+      <c r="B1361" s="1" t="inlineStr">
+        <is>
+          <t>Bebekler Nereden Gelir (Sünger Kapaklı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1361" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3">
+      <c r="A1362" s="1" t="inlineStr">
+        <is>
+          <t>9789754039412</t>
+        </is>
+      </c>
+      <c r="B1362" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlarda Saldırı ve Savunma: Tehlike Habercisi Renkler</t>
+        </is>
+      </c>
+      <c r="C1362" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3">
+      <c r="A1363" s="1" t="inlineStr">
+        <is>
+          <t>9789754039573</t>
+        </is>
+      </c>
+      <c r="B1363" s="1" t="inlineStr">
+        <is>
+          <t>Gökbilim ve Uzay Kartları</t>
+        </is>
+      </c>
+      <c r="C1363" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3">
+      <c r="A1364" s="1" t="inlineStr">
+        <is>
+          <t>9789754037814</t>
+        </is>
+      </c>
+      <c r="B1364" s="1" t="inlineStr">
+        <is>
+          <t>Temel Düzey İçin Şekilli Bilim Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1364" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3">
+      <c r="A1365" s="1" t="inlineStr">
+        <is>
+          <t>9789754038743</t>
+        </is>
+      </c>
+      <c r="B1365" s="1" t="inlineStr">
+        <is>
+          <t>Fizik Bize Ne Anlatıyor?</t>
+        </is>
+      </c>
+      <c r="C1365" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3">
+      <c r="A1366" s="1" t="inlineStr">
+        <is>
+          <t>9789754038705</t>
+        </is>
+      </c>
+      <c r="B1366" s="1" t="inlineStr">
+        <is>
+          <t>Kimya Bize Ne Anlatıyor</t>
+        </is>
+      </c>
+      <c r="C1366" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3">
+      <c r="A1367" s="1" t="inlineStr">
+        <is>
+          <t>9789754038101</t>
+        </is>
+      </c>
+      <c r="B1367" s="1" t="inlineStr">
+        <is>
+          <t>Matematik Bize Ne Anlatıyor?</t>
+        </is>
+      </c>
+      <c r="C1367" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3">
+      <c r="A1368" s="1" t="inlineStr">
+        <is>
+          <t>9789754037364</t>
+        </is>
+      </c>
+      <c r="B1368" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Kaplanlar</t>
+        </is>
+      </c>
+      <c r="C1368" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3">
+      <c r="A1369" s="1" t="inlineStr">
+        <is>
+          <t>9789754037432</t>
+        </is>
+      </c>
+      <c r="B1369" s="1" t="inlineStr">
+        <is>
+          <t>Hava Durumu - Çevir Bak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1369" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3">
+      <c r="A1370" s="1" t="inlineStr">
+        <is>
+          <t>9789754037517</t>
+        </is>
+      </c>
+      <c r="B1370" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Siber Savaş</t>
+        </is>
+      </c>
+      <c r="C1370" s="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3">
+      <c r="A1371" s="1" t="inlineStr">
+        <is>
+          <t>9789754033809</t>
+        </is>
+      </c>
+      <c r="B1371" s="1" t="inlineStr">
+        <is>
+          <t>Yağmurlu Bir Gün</t>
+        </is>
+      </c>
+      <c r="C1371" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3">
+      <c r="A1372" s="1" t="inlineStr">
+        <is>
+          <t>9786053123880</t>
+        </is>
+      </c>
+      <c r="B1372" s="1" t="inlineStr">
+        <is>
+          <t>Bir Avcı Tayyaresi Yapmaya Karar Verdim</t>
+        </is>
+      </c>
+      <c r="C1372" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3">
+      <c r="A1373" s="1" t="inlineStr">
+        <is>
+          <t>9786053124061</t>
+        </is>
+      </c>
+      <c r="B1373" s="1" t="inlineStr">
+        <is>
+          <t>Biricik Goujing</t>
+        </is>
+      </c>
+      <c r="C1373" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:3">
+      <c r="A1374" s="1" t="inlineStr">
+        <is>
+          <t>9786053124023</t>
+        </is>
+      </c>
+      <c r="B1374" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Eşekler</t>
+        </is>
+      </c>
+      <c r="C1374" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:3">
+      <c r="A1375" s="1" t="inlineStr">
+        <is>
+          <t>9786053124009</t>
+        </is>
+      </c>
+      <c r="B1375" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Mirketler</t>
+        </is>
+      </c>
+      <c r="C1375" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:3">
+      <c r="A1376" s="1" t="inlineStr">
+        <is>
+          <t>9786053124030</t>
+        </is>
+      </c>
+      <c r="B1376" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Yılanlar</t>
+        </is>
+      </c>
+      <c r="C1376" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:3">
+      <c r="A1377" s="1" t="inlineStr">
+        <is>
+          <t>9786053124047</t>
+        </is>
+      </c>
+      <c r="B1377" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Kamyonlar</t>
+        </is>
+      </c>
+      <c r="C1377" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:3">
+      <c r="A1378" s="1" t="inlineStr">
+        <is>
+          <t>9786053124016</t>
+        </is>
+      </c>
+      <c r="B1378" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma - Kertenkeleler</t>
+        </is>
+      </c>
+      <c r="C1378" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:3">
+      <c r="A1379" s="1" t="inlineStr">
+        <is>
+          <t>9789754036978</t>
+        </is>
+      </c>
+      <c r="B1379" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Dört Bir Yanından Yapımı Kolay Oyuncaklar</t>
+        </is>
+      </c>
+      <c r="C1379" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:3">
+      <c r="A1380" s="1" t="inlineStr">
+        <is>
+          <t>9789754036282</t>
+        </is>
+      </c>
+      <c r="B1380" s="1" t="inlineStr">
+        <is>
+          <t>Duyamamak Böyle Bir Şey</t>
+        </is>
+      </c>
+      <c r="C1380" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:3">
+      <c r="A1381" s="1" t="inlineStr">
+        <is>
+          <t>9789754036107</t>
+        </is>
+      </c>
+      <c r="B1381" s="1" t="inlineStr">
+        <is>
+          <t>Down Sendromlu Bir Arkadaşım Var</t>
+        </is>
+      </c>
+      <c r="C1381" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:3">
+      <c r="A1382" s="1" t="inlineStr">
+        <is>
+          <t>9789754035124</t>
+        </is>
+      </c>
+      <c r="B1382" s="1" t="inlineStr">
+        <is>
+          <t>Doğadaki Son Çocuk</t>
+        </is>
+      </c>
+      <c r="C1382" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:3">
+      <c r="A1383" s="1" t="inlineStr">
+        <is>
+          <t>9789754035704</t>
+        </is>
+      </c>
+      <c r="B1383" s="1" t="inlineStr">
+        <is>
+          <t>Doğa: Deniz Kıyısı</t>
+        </is>
+      </c>
+      <c r="C1383" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:3">
+      <c r="A1384" s="1" t="inlineStr">
+        <is>
+          <t>9789754036992</t>
+        </is>
+      </c>
+      <c r="B1384" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kartları - Kuşlar</t>
+        </is>
+      </c>
+      <c r="C1384" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:3">
+      <c r="A1385" s="1" t="inlineStr">
+        <is>
+          <t>9789754036916</t>
+        </is>
+      </c>
+      <c r="B1385" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kartları - Çiçekler</t>
+        </is>
+      </c>
+      <c r="C1385" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:3">
+      <c r="A1386" s="1" t="inlineStr">
+        <is>
+          <t>9789754036893</t>
+        </is>
+      </c>
+      <c r="B1386" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kartları - Ağaçlar</t>
+        </is>
+      </c>
+      <c r="C1386" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:3">
+      <c r="A1387" s="1" t="inlineStr">
+        <is>
+          <t>9789754035346</t>
+        </is>
+      </c>
+      <c r="B1387" s="1" t="inlineStr">
+        <is>
+          <t>Doğa - Kuş Gözlem (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1387" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:3">
+      <c r="A1388" s="1" t="inlineStr">
+        <is>
+          <t>9789754034134</t>
+        </is>
+      </c>
+      <c r="B1388" s="1" t="inlineStr">
+        <is>
+          <t>Çiftlikte</t>
+        </is>
+      </c>
+      <c r="C1388" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:3">
+      <c r="A1389" s="1" t="inlineStr">
+        <is>
+          <t>9789754036855</t>
+        </is>
+      </c>
+      <c r="B1389" s="1" t="inlineStr">
+        <is>
+          <t>Çevir Bak - Minik Canlılar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1389" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:3">
+      <c r="A1390" s="1" t="inlineStr">
+        <is>
+          <t>9789754036886</t>
+        </is>
+      </c>
+      <c r="B1390" s="1" t="inlineStr">
+        <is>
+          <t>Çevir Bak - Deniz Kıyısı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1390" s="1">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:3">
+      <c r="A1391" s="1" t="inlineStr">
+        <is>
+          <t>9789754036275</t>
+        </is>
+      </c>
+      <c r="B1391" s="1" t="inlineStr">
+        <is>
+          <t>Büyükbabam Değişti</t>
+        </is>
+      </c>
+      <c r="C1391" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:3">
+      <c r="A1392" s="1" t="inlineStr">
+        <is>
+          <t>9789754035759</t>
+        </is>
+      </c>
+      <c r="B1392" s="1" t="inlineStr">
+        <is>
+          <t>Bir Milyon Ne Kadar Büyük? (Sünger Kapaklı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1392" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:3">
+      <c r="A1393" s="1" t="inlineStr">
+        <is>
+          <t>9789754033045</t>
+        </is>
+      </c>
+      <c r="B1393" s="1" t="inlineStr">
+        <is>
+          <t>Beynine Bir Kez Hava Değmeye Görsün</t>
+        </is>
+      </c>
+      <c r="C1393" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:3">
+      <c r="A1394" s="1" t="inlineStr">
+        <is>
+          <t>9789754036909</t>
+        </is>
+      </c>
+      <c r="B1394" s="1" t="inlineStr">
+        <is>
+          <t>Doğa Kartları - Minik Hayvanlar</t>
+        </is>
+      </c>
+      <c r="C1394" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:3">
+      <c r="A1395" s="1" t="inlineStr">
+        <is>
+          <t>9789754033700</t>
+        </is>
+      </c>
+      <c r="B1395" s="1" t="inlineStr">
+        <is>
+          <t>1001 Hayvanı Bulun</t>
+        </is>
+      </c>
+      <c r="C1395" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:3">
+      <c r="A1396" s="1" t="inlineStr">
+        <is>
+          <t>9789754035940</t>
+        </is>
+      </c>
+      <c r="B1396" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Ne Kadar Derin? (Sünger Kapaklı) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1396" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:3">
+      <c r="A1397" s="1" t="inlineStr">
+        <is>
+          <t>9789754036336</t>
+        </is>
+      </c>
+      <c r="B1397" s="1" t="inlineStr">
+        <is>
+          <t>Çevremize Özen Göstermek</t>
+        </is>
+      </c>
+      <c r="C1397" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:3">
+      <c r="A1398" s="1" t="inlineStr">
+        <is>
+          <t>9786053123392</t>
+        </is>
+      </c>
+      <c r="B1398" s="1" t="inlineStr">
+        <is>
+          <t>İlk Uzay Kitabım</t>
+        </is>
+      </c>
+      <c r="C1398" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:3">
+      <c r="A1399" s="1" t="inlineStr">
+        <is>
+          <t>9786053123965</t>
+        </is>
+      </c>
+      <c r="B1399" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Nerede Yaşar? - Bilim ve Merak</t>
+        </is>
+      </c>
+      <c r="C1399" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:3">
+      <c r="A1400" s="1" t="inlineStr">
+        <is>
+          <t>9786053123941</t>
+        </is>
+      </c>
+      <c r="B1400" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlarda Beş Duyu - Bilim ve Merak</t>
+        </is>
+      </c>
+      <c r="C1400" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:3">
+      <c r="A1401" s="1" t="inlineStr">
+        <is>
+          <t>9786053123934</t>
+        </is>
+      </c>
+      <c r="B1401" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanların Renkleri - Bilim ve Merak</t>
+        </is>
+      </c>
+      <c r="C1401" s="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:3">
+      <c r="A1402" s="1" t="inlineStr">
+        <is>
           <t>9786053123958</t>
         </is>
       </c>
-      <c r="B598" s="1" t="inlineStr">
+      <c r="B1402" s="1" t="inlineStr">
         <is>
           <t>Değişen Hava Değişen Mevsimler - Bilim ve Merak</t>
         </is>
       </c>
-      <c r="C598" s="1">
+      <c r="C1402" s="1">
         <v>64</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>