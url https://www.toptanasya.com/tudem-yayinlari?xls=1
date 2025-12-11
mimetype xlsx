--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,20275 +85,20410 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253800307</t>
+          <t>9786052852125</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İkiz Olmayan İkizler</t>
+          <t>2024 Tudem 7. Sınıf Sosyal Bilgiler Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052859667</t>
+          <t>9786253800390</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Ne, Canavar mı?</t>
+          <t>Çocuk Kitabı Yazarının Yolculuğu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253800475</t>
+          <t>9786253800024</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Sarı Saçlı Mavi Gözlü</t>
+          <t>Zamanın Bekçileri 4 - Gölge</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253800482</t>
+          <t>9786253800215</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Her Kafadan Bir Dilek</t>
+          <t>Pi’ye Yolculuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253800451</t>
+          <t>9786253800314</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Çok Akıllı Tahta</t>
+          <t>Hayal Takımı Issız Adada</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253800444</t>
+          <t>9786253800499</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Ay'a Uçan Sınıf</t>
+          <t>Sınıftaki Robot: Son Yolculuk</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253800505</t>
+          <t>9786253800468</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınıftaki Robot: Büyümüş de Küçülmüş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052858028</t>
+          <t>8682328733383</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Gün - Sen de Oku</t>
+          <t>Sınıftaki Robot Serisi (6 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>850</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052857878</t>
+          <t>9786253800291</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Savaş Atı</t>
+          <t>Adadaki Veteriner: Örümcek Kuşu Adası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253800222</t>
+          <t>9786253800307</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tuzak</t>
+          <t>İkiz Olmayan İkizler</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253800284</t>
+          <t>9786052859667</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Savaş Atı</t>
+          <t>Tom Gates - Ne, Canavar mı?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253800277</t>
+          <t>9786253800475</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Kilim Hikayesi (Ciltli)</t>
+          <t>Sınıftaki Robot: Sarı Saçlı Mavi Gözlü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052858622</t>
+          <t>9786253800482</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zamansızlar - Çipdünya</t>
+          <t>Sınıftaki Robot: Her Kafadan Bir Dilek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253800345</t>
+          <t>9786253800451</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Korkuluk Yapıyor</t>
+          <t>Sınıftaki Robot: Çok Akıllı Tahta</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253800369</t>
+          <t>9786253800444</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Tarım Yapıyor</t>
+          <t>Sınıftaki Robot: Ay'a Uçan Sınıf</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253800352</t>
+          <t>9786253800505</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Doktor Oluyor</t>
+          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>145</v>
+        <v>490</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253800376</t>
+          <t>9786052858028</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Kedili Takvim Yapıyor</t>
+          <t>Bitmeyen Gün - Sen de Oku</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253800383</t>
+          <t>9786052857878</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Okuma Bayramı</t>
+          <t>Savaş Atı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253800321</t>
+          <t>9786253800222</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Satranç Hakkında Her Şey</t>
+          <t>Dijital Tuzak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>8682328732928</t>
+          <t>9786253800284</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Dönem Süreç Odaklı Eğitim Seti (6 Parça)</t>
+          <t>Savaş Atı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253800338</t>
+          <t>9786253800277</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Valizler Eğleniyor</t>
+          <t>Bir Kilim Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>185</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253800062</t>
+          <t>9786052858622</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Süreç Odaklı Eğitim Seti</t>
+          <t>Zamansızlar - Çipdünya</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253800260</t>
+          <t>9786253800345</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Bir Çare</t>
+          <t>Emre ile Cemre: Korkuluk Yapıyor</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052859919</t>
+          <t>9786253800369</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Veteriner: Fok Koyu’nda Acil Durum</t>
+          <t>Emre ile Cemre: Tarım Yapıyor</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052858516</t>
+          <t>9786253800352</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Ejderhanı Nasıl Dizginlersin?</t>
+          <t>Emre ile Cemre: Doktor Oluyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253800017</t>
+          <t>9786253800376</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Edward Tulane ve Mucizevi Yolculuk (Ciltli)</t>
+          <t>Emre ile Cemre: Kedili Takvim Yapıyor</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>660</v>
+        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052857328</t>
+          <t>9786253800383</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Günlüğün İzinde</t>
+          <t>Emre ile Cemre: Okuma Bayramı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052855690</t>
+          <t>9786253800321</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik 3 Boyut</t>
+          <t>Satranç Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>370</v>
+        <v>330</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944693813</t>
+          <t>8682328732928</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ulus</t>
+          <t>1. Sınıf 2. Dönem Süreç Odaklı Eğitim Seti (6 Parça)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>335</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>8699237598521</t>
+          <t>9786253800338</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre - İlk Okuma Serisi (10 Kitap Takım)</t>
+          <t>Valizler Eğleniyor</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>820</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052855003</t>
+          <t>9786253800062</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2022 - Bir Yıllık Eğlence Defteri</t>
+          <t>2. Sınıf Süreç Odaklı Eğitim Seti</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>65</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052854037</t>
+          <t>9786253800260</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2021 - Bir Yıllık Eğlence Defteri</t>
+          <t>Her Şeye Bir Çare</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>49</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253800185</t>
+          <t>9786052859919</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Taşlı Yokuş Sokak Numara 5</t>
+          <t>Adadaki Veteriner: Fok Koyu’nda Acil Durum</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052855591</t>
+          <t>9786052858516</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Dinamik Soru Bankası</t>
+          <t>Öfkeli Ejderhanı Nasıl Dizginlersin?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>279</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052858776</t>
+          <t>9786253800017</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Geceden Kaçış</t>
+          <t>Edward Tulane ve Mucizevi Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>660</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052858738</t>
+          <t>9786052857328</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tatil Kitabım 5. Sınıfa Geçenler İçin</t>
+          <t>Kayıp Günlüğün İzinde</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059153461</t>
+          <t>9786052855690</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Saat Canavarı</t>
+          <t>2. Sınıf Matematik 3 Boyut</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>169</v>
+        <v>370</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052859834</t>
+          <t>9789944693813</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Dönem Süreç Odaklı Hayat Bilgisi</t>
+          <t>Ulus</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>335</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052859636</t>
+          <t>8699237598521</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Sihirli Kristal</t>
+          <t>Emre ile Cemre - İlk Okuma Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>160</v>
+        <v>820</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052859995</t>
+          <t>9786052855003</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Lenny Lemmon ve Kırıntı Her Yerde!</t>
+          <t>Majanda 2022 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>65</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052858653</t>
+          <t>9786052854037</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Anne, Ben Kelebek Oldum!</t>
+          <t>Majanda 2021 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>230</v>
+        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052859964</t>
+          <t>9786253800185</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yuan Huan’ın Kulübesi (Ciltli)</t>
+          <t>Taşlı Yokuş Sokak Numara 5</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052859902</t>
+          <t>9786052855591</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Veteriner: Korsanlar ve Deniz Canavarları</t>
+          <t>2. Sınıf Matematik Dinamik Soru Bankası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>185</v>
+        <v>279</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253800000</t>
+          <t>9786052858776</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sular Altında</t>
+          <t>Geceden Kaçış</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052856918</t>
+          <t>9786052858738</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Film İcabı</t>
+          <t>4. Sınıf Tatil Kitabım 5. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052859926</t>
+          <t>9786059153461</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şenlik Ailesi: Bu Evde Çok İş Var!</t>
+          <t>Saat Canavarı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052856871</t>
+          <t>9786052859834</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ustası</t>
+          <t>1. Sınıf 2. Dönem Süreç Odaklı Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052859490</t>
+          <t>9786052859636</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Her Şeyi Bilir (Ciltli)</t>
+          <t>Marvin Redpost: Sihirli Kristal</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052859940</t>
+          <t>9786052859995</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Okul Bahçesinde Hazine Avı</t>
+          <t>Lenny Lemmon ve Kırıntı Her Yerde!</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052859896</t>
+          <t>9786052858653</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bayan Ciyakciyak (Sen De Oku)</t>
+          <t>Anne, Ben Kelebek Oldum!</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052856673</t>
+          <t>9786052859964</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Battaniyesi</t>
+          <t>Yuan Huan’ın Kulübesi (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052856680</t>
+          <t>9786052859902</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gezginler Okulu</t>
+          <t>Adadaki Veteriner: Korsanlar ve Deniz Canavarları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052856901</t>
+          <t>9786253800000</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gemideki Cesur Ses</t>
+          <t>Dünya Sular Altında</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052859988</t>
+          <t>9786052856918</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bizi Mutlu Eder mi?</t>
+          <t>Film İcabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052859971</t>
+          <t>9786052859926</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğa Nedir?</t>
+          <t>Şenlik Ailesi: Bu Evde Çok İş Var!</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052855096</t>
+          <t>9786052856871</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kulak Vakası</t>
+          <t>Zaman Ustası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052856895</t>
+          <t>9786052859490</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Frida’nın Kanatları</t>
+          <t>Kuşlar Her Şeyi Bilir (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052858189</t>
+          <t>9786052859940</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Kuş Doktoru</t>
+          <t>Okul Bahçesinde Hazine Avı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052858165</t>
+          <t>9786052859896</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Sağım Solum Kedi</t>
+          <t>Bayan Ciyakciyak (Sen De Oku)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>8682328731907</t>
+          <t>9786052856673</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık Serisi (5 Kitaplık Set)</t>
+          <t>Mutluluk Battaniyesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>530</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052850442</t>
+          <t>9786052856680</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Türkçe Kazanım Odaklı Soru Bankası</t>
+          <t>Gezginler Okulu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>45</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052851302</t>
+          <t>9786052856901</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf English Subject Oriented Test Book</t>
+          <t>Gemideki Cesur Ses</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052853528</t>
+          <t>9786052859988</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Kazanım Odaklı Soru Bankası</t>
+          <t>Doğa Bizi Mutlu Eder mi?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052856727</t>
+          <t>9786052859971</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Asistanın İsyanı</t>
+          <t>Doğa Nedir?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>109</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052850824</t>
+          <t>9786052855096</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Kazanım Odaklı HBA</t>
+          <t>Kayıp Kulak Vakası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>99</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052852460</t>
+          <t>9786052856895</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Frida’nın Kanatları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>76</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052851647</t>
+          <t>9786052858189</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Sayısal Soru Bankası</t>
+          <t>Kıvırcık ile Pıtırcık - Kuş Doktoru</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>199</v>
+        <v>145</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052850534</t>
+          <t>9786052858165</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe Kazanım Odaklı HBA</t>
+          <t>Kıvırcık ile Pıtırcık - Sağım Solum Kedi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>49</v>
+        <v>145</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052851265</t>
+          <t>8682328731907</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik Kazanım Odaklı HBA</t>
+          <t>Kıvırcık ile Pıtırcık Serisi (5 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>43</v>
+        <v>530</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052853498</t>
+          <t>9786052850442</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tatil Kitabım</t>
+          <t>8. Sınıf Türkçe Kazanım Odaklı Soru Bankası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>239</v>
+        <v>45</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052853511</t>
+          <t>9786052851302</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Tatil Kitabım</t>
+          <t>4. Sınıf English Subject Oriented Test Book</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>229</v>
+        <v>99</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052856123</t>
+          <t>9786052853528</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Benim Duvardan Farkım Ne?</t>
+          <t>2. Sınıf Matematik Kazanım Odaklı Soru Bankası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>185</v>
+        <v>99</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052856109</t>
+          <t>9786052856727</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çok İlginç Bir Haberim Var</t>
+          <t>Asistanın İsyanı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>65</v>
+        <v>109</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052852866</t>
+          <t>9786052850824</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Futboldan Anlamıyor (5. Kitap)</t>
+          <t>4. Sınıf Matematik Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>57</v>
+        <v>99</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>8699237598767</t>
+          <t>9786052852460</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati'nin Serüvenleri (5 Kİtap Takım)</t>
+          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>55</v>
+        <v>76</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052031889</t>
+          <t>9786052851647</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sanal Zombi Anneannem</t>
+          <t>8. Sınıf Tüm Dersler Sayısal Soru Bankası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>39</v>
+        <v>199</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944691871</t>
+          <t>9786052850534</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen 2 - Ertesi Gün</t>
+          <t>7. Sınıf Türkçe Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>69</v>
+        <v>49</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052031346</t>
+          <t>9786052851265</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 8 - Kermeste</t>
+          <t>3. Sınıf Matematik Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>69</v>
+        <v>43</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052852705</t>
+          <t>9786052853498</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2020 - Bir Yıllık Eğlence Defteri</t>
+          <t>3. Sınıf Tatil Kitabım</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>45</v>
+        <v>239</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>8699237599108</t>
+          <t>9786052853511</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kapiland Üçlemesi (3 Kitap Kutulu)</t>
+          <t>1. Sınıf Tatil Kitabım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>74</v>
+        <v>229</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052850404</t>
+          <t>9786052856123</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Oyunu - Spor Gezginleri 1</t>
+          <t>Benim Duvardan Farkım Ne?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>69</v>
+        <v>185</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789944697675</t>
+          <t>9786052856109</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bol Bel'in İnanılmaz Serüvenleri 2</t>
+          <t>Çok İlginç Bir Haberim Var</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>35</v>
+        <v>65</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052851630</t>
+          <t>9786052852866</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yüz - Özgür Çocuklar 2</t>
+          <t>Haylaz Adam Futboldan Anlamıyor (5. Kitap)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>139</v>
+        <v>57</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789944699471</t>
+          <t>8699237598767</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Gerçekten İnanılmaz</t>
+          <t>Haylaz Pati'nin Serüvenleri (5 Kİtap Takım)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>21.3</v>
+        <v>55</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789944698634</t>
+          <t>9786052031889</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Rico ve Oskar 3 : Çalıntı Taş</t>
+          <t>Sanal Zombi Anneannem</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>21</v>
+        <v>39</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944698627</t>
+          <t>9789944691871</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dalgakıran</t>
+          <t>Yalınayak Gen 2 - Ertesi Gün</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>21</v>
+        <v>69</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944697637</t>
+          <t>9786052031346</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bayan Pimpirik</t>
+          <t>Emre ile Cemre 8 - Kermeste</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>14</v>
+        <v>69</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944697712</t>
+          <t>9786052852705</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Johnny ve Bomba</t>
+          <t>Majanda 2020 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>17</v>
+        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789944697163</t>
+          <t>8699237599108</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Eyfel’i Kim Yedi?</t>
+          <t>Kapiland Üçlemesi (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>22</v>
+        <v>74</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789944697705</t>
+          <t>9786052850404</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben Tatildeyiz</t>
+          <t>Kaçış Oyunu - Spor Gezginleri 1</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>15</v>
+        <v>69</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944698559</t>
+          <t>9789944697675</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Parlak Fikirler</t>
+          <t>Bol Bel'in İnanılmaz Serüvenleri 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>22.22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944697873</t>
+          <t>9786052851630</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gencim Güzelim Tehlikeliyim</t>
+          <t>Yeni Bir Yüz - Özgür Çocuklar 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>45</v>
+        <v>139</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944692489</t>
+          <t>9789944699471</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zizi’nin Düşleri (Ciltli)</t>
+          <t>Tom Gates Gerçekten İnanılmaz</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>14</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944691284</t>
+          <t>9789944698634</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri : Anılan</t>
+          <t>Rico ve Oskar 3 : Çalıntı Taş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>22.22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944692946</t>
+          <t>9789944698627</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri : Anahtar</t>
+          <t>Dalgakıran</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>22.22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944691970</t>
+          <t>9789944697637</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri : Karanlık</t>
+          <t>Bayan Pimpirik</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>22.22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944693912</t>
+          <t>9789944697712</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Zaman Büyücüleri</t>
+          <t>Johnny ve Bomba</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944691352</t>
+          <t>9789944697163</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Zaman - Keşif Zamanı (Ciltli)</t>
+          <t>Eyfel’i Kim Yedi?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>12.96</v>
+        <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944690676</t>
+          <t>9789944697705</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Güzeli</t>
+          <t>İgi ve Ben Tatildeyiz</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944694599</t>
+          <t>9789944698559</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Anahtar</t>
+          <t>Tom Gates - Parlak Fikirler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>19</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758275380</t>
+          <t>9789944697873</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Yavru Kuşlar 5</t>
+          <t>Gencim Güzelim Tehlikeliyim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>2.59</v>
+        <v>45</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789758275342</t>
+          <t>9789944692489</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Sokak Köpeği 1</t>
+          <t>Zizi’nin Düşleri (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>2.59</v>
+        <v>14</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789758275373</t>
+          <t>9789944691284</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Depremzedeler 4</t>
+          <t>Zamanın Bekçileri 1 - Anılan</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>2.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789758275366</t>
+          <t>9789944692946</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Çevreci Hüsnü Bey 3</t>
+          <t>Zamanın Bekçileri - Anahtar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>2.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758275359</t>
+          <t>9789944691970</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Aranan Hırsız 2</t>
+          <t>Zamanın Bekçileri - Karanlık</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>2.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789758275410</t>
+          <t>9789944693912</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yeşim 8 Yeşim İle Kaçak Çocuk</t>
+          <t>Zaman Büyücüleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>2.59</v>
+        <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789758275403</t>
+          <t>9789944691352</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yeşim 7 Yeşim İle Bisiklet Yarışçıları</t>
+          <t>Zaman - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>2.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758275397</t>
+          <t>9789944690676</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yeşim 6 Yeşim İle Kartopu Savaşcıları</t>
+          <t>Yıldız Güzeli</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>2.59</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944695107</t>
+          <t>9789944694599</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Erkek Kitabı</t>
+          <t>Yıldırım Anahtar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>9.26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944691208</t>
+          <t>9789758275380</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gözcüsü</t>
+          <t>Yeşim ile Yavru Kuşlar 5</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>6.48</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000013677</t>
+          <t>9789758275342</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yengeç ile Kızı</t>
+          <t>Yeşim ile Sokak Köpeği 1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>5.19</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944690287</t>
+          <t>9789758275373</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yemek Zamanı</t>
+          <t>Yeşim ile Depremzedeler 4</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>7.87</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756451038</t>
+          <t>9789758275366</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yazgısını Değiştiren Çocuk</t>
+          <t>Yeşim ile Çevreci Hüsnü Bey 3</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>2.78</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944696111</t>
+          <t>9789758275359</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kampı</t>
+          <t>Yeşim ile Aranan Hırsız 2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>109</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944691857</t>
+          <t>9789758275410</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yaz Çırakları</t>
+          <t>Yeşim 8 Yeşim İle Kaçak Çocuk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>11.11</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944694803</t>
+          <t>9789758275403</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Tehlikelidir</t>
+          <t>Yeşim 7 Yeşim İle Bisiklet Yarışçıları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>34</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944693783</t>
+          <t>9789758275397</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Geçidi</t>
+          <t>Yeşim 6 Yeşim İle Kartopu Savaşcıları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>21</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756451236</t>
+          <t>9789944695107</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yarım Leblebi</t>
+          <t>Yenilmez Erkek Kitabı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944692250</t>
+          <t>9789944691208</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen Bombadan Sonra 3. Kitap</t>
+          <t>Yıldız Gözcüsü</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944693547</t>
+          <t>3990000013677</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yalanım Varsa Ajan Olayım</t>
+          <t>Yengeç ile Kızı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>19</v>
+        <v>5.19</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944696272</t>
+          <t>9789944690287</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>WondLa - Arayış</t>
+          <t>Yemek Zamanı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>28</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944695268</t>
+          <t>9789756451038</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Vilma Bastıbacak ve Donmuş Kalpler Davası (Ciltli)</t>
+          <t>Yazgısını Değiştiren Çocuk</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>14.81</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756451816</t>
+          <t>9789944696111</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ülkenin Renkleri</t>
+          <t>Yaz Kampı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>10.19</v>
+        <v>109</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789759081263</t>
+          <t>9789944691857</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzay (Ciltli)</t>
+          <t>Yaz Çırakları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944691420</t>
+          <t>9789944694803</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İstemiyorum (Ciltli)</t>
+          <t>Yaşam Tehlikelidir</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>9.26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944694568</t>
+          <t>9789944693783</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Gelen Çiçek</t>
+          <t>Yıldız Geçidi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944693295</t>
+          <t>9789756451236</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uç Uç Beneğim</t>
+          <t>Yarım Leblebi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>7</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944691864</t>
+          <t>9789944692250</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ucubeler Sirki</t>
+          <t>Yalınayak Gen Bombadan Sonra 3. Kitap</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>75</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944695053</t>
+          <t>9789944693547</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türküler ve Maniler</t>
+          <t>Yalanım Varsa Ajan Olayım</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944694162</t>
+          <t>9789944696272</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tomurcuk Ve Pembe Kedi Altın Peşinde</t>
+          <t>WondLa - Arayış</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944693394</t>
+          <t>9789944695268</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tiyatronun Büyüsü</t>
+          <t>Vilma Bastıbacak ve Donmuş Kalpler Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>7</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000014973</t>
+          <t>9789756451816</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tipi</t>
+          <t>Ülkenin Renkleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>3.7</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944691710</t>
+          <t>9789759081263</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Teneke Kutular</t>
+          <t>Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789759081003</t>
+          <t>9789944691420</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Teneke Kaplı İvan</t>
+          <t>Uyumak İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944692397</t>
+          <t>9789944694568</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuzlara İnanıyorum (Ciltli)</t>
+          <t>Uykusu Gelen Çiçek</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944694391</t>
+          <t>9789944693295</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Adası’nın Sihirbazı</t>
+          <t>Uç Uç Beneğim</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944694674</t>
+          <t>9789944691864</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tatil Köyünün Çocukları</t>
+          <t>Ucubeler Sirki</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>7.41</v>
+        <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756451809</t>
+          <t>9789944695053</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Trenler Ne Güzeldir</t>
+          <t>Türküler ve Maniler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944691932</t>
+          <t>9789944694162</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Taşıtlar</t>
+          <t>Tomurcuk Ve Pembe Kedi Altın Peşinde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>13.89</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944691895</t>
+          <t>9789944693394</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bir Şey Öğretmez Bize</t>
+          <t>Tiyatronun Büyüsü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944690362</t>
+          <t>3990000014973</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi’ni Bildiğini mi Sanıyorsun?</t>
+          <t>Tipi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>9.26</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944693141</t>
+          <t>9789944691710</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Nasrettin Hoca</t>
+          <t>Teneke Kutular</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944693073</t>
+          <t>9789759081003</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Ezop Masalları</t>
+          <t>Teneke Kaplı İvan</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>10.19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944693202</t>
+          <t>9789944692397</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Andersen Masalları</t>
+          <t>Tekboynuzlara İnanıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944695640</t>
+          <t>9789944694391</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şiir Saldım Gökyüzüne</t>
+          <t>Tavşan Adası’nın Sihirbazı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>99</v>
+        <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944695800</t>
+          <t>9789944694674</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Şafak Katilleri</t>
+          <t>Tatil Köyünün Çocukları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>75</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944692991</t>
+          <t>9789756451809</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Şafak Feneri</t>
+          <t>Trenler Ne Güzeldir</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789759081713</t>
+          <t>9789944691932</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 8 Yaş ve Üstü</t>
+          <t>Benim Dünyam - Taşıtlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>6.94</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789759081706</t>
+          <t>9789944691895</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 6 Yaş ve Üstü</t>
+          <t>Tarih Bir Şey Öğretmez Bize</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>6.94</v>
+        <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789759081720</t>
+          <t>9789944690362</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 10 Yaş ve Üstü</t>
+          <t>Talihsiz Serüvenler Dizisi’ni Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944695084</t>
+          <t>9789944693141</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Su İçinde Su</t>
+          <t>Şiirlerle Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944694575</t>
+          <t>9789944693073</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Stravaganza Çiçekler Şehri</t>
+          <t>Şiirlerle Ezop Masalları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>24</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944692953</t>
+          <t>9789944693202</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Stravaganza - Yıldızlar Şehri</t>
+          <t>Şiirlerle Andersen Masalları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>24</v>
+        <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789756451915</t>
+          <t>9789944695640</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz Sevgi</t>
+          <t>Şiir Saldım Gökyüzüne</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>5.09</v>
+        <v>99</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944690317</t>
+          <t>9789944695800</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler</t>
+          <t>Şafak Katilleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944693059</t>
+          <t>9789944692991</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Sihirbazı (Ciltli)</t>
+          <t>Şafak Feneri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944691345</t>
+          <t>9789759081713</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Su - Keşif Zamanı (Ciltli)</t>
+          <t>Sudoku 8 Yaş ve Üstü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>12.96</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944692199</t>
+          <t>9789759081706</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Stravaganza-Maskeler Şehri</t>
+          <t>Sudoku 6 Yaş ve Üstü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>22</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944690263</t>
+          <t>9789759081720</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Vücudum</t>
+          <t>Sudoku 10 Yaş ve Üstü</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944690386</t>
+          <t>9789944695084</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi’ni Bildiğini mi Sanıyorsun?</t>
+          <t>Su İçinde Su</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758275328</t>
+          <t>9789944694575</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yolum Düştü Amerikaya</t>
+          <t>Stravaganza Çiçekler Şehri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>7.87</v>
+        <v>24</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944693684</t>
+          <t>9789944692953</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk (Ciltli)</t>
+          <t>Stravaganza - Yıldızlar Şehri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>13.89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944697811</t>
+          <t>9789756451915</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Genç Sherlock Holmes: Kırmızı Sülük</t>
+          <t>Sözsüz Sevgi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>24</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944697354</t>
+          <t>9789944690317</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Test Dergisi ( 8'li Set )</t>
+          <t>Sözcükler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>79.21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789944697347</t>
+          <t>9789944693059</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Test Dergisi ( 8'li Set )</t>
+          <t>Sözcük Sihirbazı (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>69.31</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944697187</t>
+          <t>9789944691345</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gelin Çocuklar Birlikte Düşünelim</t>
+          <t>Su - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>45</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789944697774</t>
+          <t>9789944692199</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Wondla - Kahraman</t>
+          <t>Stravaganza-Maskeler Şehri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944697217</t>
+          <t>9789944690263</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Okula Dönüş</t>
+          <t>Vücudum</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944697507</t>
+          <t>9789944690386</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
+          <t>Yüzüklerin Efendisi’ni Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>79.21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944697491</t>
+          <t>9789758275328</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
+          <t>Yolum Düştü Amerikaya</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>69.31</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944697460</t>
+          <t>9789944693684</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Matematik Test Dergisi (8'li Set)</t>
+          <t>Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>46.3</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944697477</t>
+          <t>9789944697811</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf T.C. İnkilap Tarihi ve Atatürkçülük Test Dergisi (8'li Set)</t>
+          <t>Genç Sherlock Holmes: Kırmızı Sülük</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>46.3</v>
+        <v>24</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944697408</t>
+          <t>9789944697354</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
+          <t>4. Sınıf Test Dergisi ( 8'li Set )</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>49.5</v>
+        <v>79.21</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944697415</t>
+          <t>9789944697347</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik Test Dergisi (8'li Set)</t>
+          <t>3. Sınıf Test Dergisi ( 8'li Set )</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>49.5</v>
+        <v>69.31</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944697361</t>
+          <t>9789944697187</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
+          <t>Gelin Çocuklar Birlikte Düşünelim</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>39.6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944697378</t>
+          <t>9789944697774</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik Test Dergisi (8'li Set)</t>
+          <t>Wondla - Kahraman</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>39.6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052851579</t>
+          <t>9789944697217</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Havuzda Tek Başına - Sen de Oku</t>
+          <t>Okula Dönüş</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>39</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052031438</t>
+          <t>9789944697507</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yokyüzler 1 - İkiz Gezegenler</t>
+          <t>4. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>149</v>
+        <v>79.21</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052031797</t>
+          <t>9789944697491</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Berber Masalı</t>
+          <t>3. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>42</v>
+        <v>69.31</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059619790</t>
+          <t>9789944697460</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen Bilimleri Yaprak Test</t>
+          <t>8. Sınıf Matematik Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>10.19</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059604963</t>
+          <t>9789944697477</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Anılan (Ciltli)</t>
+          <t>8. Sınıf T.C. İnkilap Tarihi ve Atatürkçülük Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>125</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059667074</t>
+          <t>9789944697408</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Uzay Güzeli</t>
+          <t>7. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>15</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944699822</t>
+          <t>9789944697415</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Gizli Sığınak</t>
+          <t>7. Sınıf Matematik Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>11.11</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059153683</t>
+          <t>9789944697361</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl İş? - Acayip Bir Okul Macerası</t>
+          <t>6. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>89</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944699228</t>
+          <t>9789944697378</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Karbon Günlükleri 2017</t>
+          <t>6. Sınıf Matematik Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>63</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944699334</t>
+          <t>9786052851579</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kibele'nin Gölgesinde</t>
+          <t>Havuzda Tek Başına - Sen de Oku</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>8699237595162</t>
+          <t>9786052031438</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri Üçlemesi (3 Kitap Takım)</t>
+          <t>Yokyüzler 1 - İkiz Gezegenler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>60.19</v>
+        <v>149</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944699365</t>
+          <t>9786052031797</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kim</t>
+          <t>Berber Masalı</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>179</v>
+        <v>42</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944697859</t>
+          <t>9786059619790</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - Buzlar Prensesi</t>
+          <t>5. Sınıf Fen Bilimleri Yaprak Test</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>14</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789944697095</t>
+          <t>9786059604963</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 8 Adet Çözümlü Deneme Sınavı</t>
+          <t>Zamanın Bekçileri 1 - Anılan (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>16.2</v>
+        <v>125</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944697842</t>
+          <t>9786059667074</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler Nasıl Eğitilir?</t>
+          <t>Uzay Güzeli</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>22</v>
+        <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9799758275662</t>
+          <t>9789944699822</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Canım Kardeşim</t>
+          <t>Bay Çiklet ve Gizli Sığınak</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>3.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944694445</t>
+          <t>9786059153683</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Büyüyor Muyum Ne</t>
+          <t>Bu Nasıl İş? - Acayip Bir Okul Macerası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>9.26</v>
+        <v>89</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756451212</t>
+          <t>9789944699228</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Sofra</t>
+          <t>Karbon Günlükleri 2017</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>2.78</v>
+        <v>63</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789944692878</t>
+          <t>9789944699334</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bahçe (Ciltli)</t>
+          <t>Kibele'nin Gölgesinde</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789759081409</t>
+          <t>8699237595162</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Büyü Bilimi (Ciltli)</t>
+          <t>Zamanın Bekçileri Üçlemesi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>46.3</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944692267</t>
+          <t>9789944699365</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Burada Ejderhalar Yaşar</t>
+          <t>Acaba Kim</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>21</v>
+        <v>179</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944692243</t>
+          <t>9789944697859</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bulut Ana Yağmur Kız</t>
+          <t>Sarışın Jane - Buzlar Prensesi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944691376</t>
+          <t>9789944697095</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bitki - Keşif Zamanı (Ciltli)</t>
+          <t>5. Sınıf 8 Adet Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944694650</t>
+          <t>9789944697842</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamak Nedir?</t>
+          <t>Ebeveynler Nasıl Eğitilir?</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789759081348</t>
+          <t>9799758275662</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Sayı Düşün (Ciltli)</t>
+          <t>Canım Kardeşim</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>18.52</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944695046</t>
+          <t>9789944694445</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler Ninniler Tekerlemeler</t>
+          <t>Büyüyor Muyum Ne</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789944695701</t>
+          <t>9789756451212</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Nedir?</t>
+          <t>Büyülü Sofra</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>23.15</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758275496</t>
+          <t>9789944692878</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 8 Taşıt Bilmeceleri</t>
+          <t>Büyülü Bahçe (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>1.67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758275441</t>
+          <t>9789759081409</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 6 Organ Bilmeceleri</t>
+          <t>Büyü Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1.67</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758275427</t>
+          <t>9789944692267</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 5 Giyecek Bilmeceleri</t>
+          <t>Burada Ejderhalar Yaşar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1.67</v>
+        <v>21</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789758275465</t>
+          <t>9789944692243</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 4 Meyve Bilmeceleri</t>
+          <t>Bulut Ana Yağmur Kız</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758275472</t>
+          <t>9789944691376</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 3 Sebze Bilmeceleri</t>
+          <t>Bitki - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000014839</t>
+          <t>9789944694650</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 2 Doğa Bilmeceleri</t>
+          <t>Birlikte Yaşamak Nedir?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>1.67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789758275489</t>
+          <t>9789759081348</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 1 Hayvan Bilmeceleri</t>
+          <t>Bir Sayı Düşün (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>1.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755872872</t>
+          <t>9789944695046</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Seni Ne Kadar Seviyorum? (Ciltli)</t>
+          <t>Bilmeceler Ninniler Tekerlemeler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>49</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944693608</t>
+          <t>9789944695701</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi İflas Ettiren Şaşırtmacalar</t>
+          <t>Bilgi Nedir?</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944693974</t>
+          <t>9789758275496</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Beynini Tanı</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 8 Taşıt Bilmeceleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>12.04</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944693967</t>
+          <t>9789758275441</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Beynimi Suçla</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 6 Organ Bilmeceleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>12.04</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944692472</t>
+          <t>9789758275427</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim (Ciltli)</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 5 Giyecek Bilmeceleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>13.89</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944692083</t>
+          <t>9789758275465</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Benim Minik Kırmızı Balığım (Ciltli)</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 4 Meyve Bilmeceleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>13.89</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944693530</t>
+          <t>9789758275472</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Benim Kendimin Sözlüğü</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 3 Sebze Bilmeceleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>10</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756451434</t>
+          <t>3990000014839</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Benim De Annem Olur Musun?</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 2 Doğa Bilmeceleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>4.17</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789759081355</t>
+          <t>9789758275489</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Beni Ben Yapan Ne? (Ciltli)</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 1 Hayvan Bilmeceleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>18.52</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944693226</t>
+          <t>9789755872872</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölmeden Önce</t>
+          <t>Bil Bakalım Seni Ne Kadar Seviyorum? (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>21</v>
+        <v>49</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944693363</t>
+          <t>9789944693608</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Beyninizi İflas Ettiren Şaşırtmacalar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>24</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789758275717</t>
+          <t>9789944693974</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocuğum</t>
+          <t>Beynini Tanı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944692762</t>
+          <t>9789944693967</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet Ve Milyarder Bisküvi</t>
+          <t>Beynimi Suçla</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944696197</t>
+          <t>9789944692472</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Kiraz Ağacı</t>
+          <t>Beşinci Mevsim (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944693721</t>
+          <t>9789944692083</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet Ve Güç Kristalleri</t>
+          <t>Benim Minik Kırmızı Balığım (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944693714</t>
+          <t>9789944693530</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Gulyabaniler</t>
+          <t>Benim Kendimin Sözlüğü</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789944694988</t>
+          <t>9789756451434</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Dans Eden Ayı</t>
+          <t>Benim De Annem Olur Musun?</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>11.11</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789944690294</t>
+          <t>9789759081355</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Banyo Zamanı</t>
+          <t>Beni Ben Yapan Ne? (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944692793</t>
+          <t>9789944693226</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bana Parayı Göster! (Ciltli)</t>
+          <t>Ben Ölmeden Önce</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944696081</t>
+          <t>9789944693363</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bakboklar - 1</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944695312</t>
+          <t>9789758275717</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan Köstebek ve Uçan Karınca Kıvırcık</t>
+          <t>Ben Çocuğum</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944691253</t>
+          <t>9789944692762</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ayrılıktan Çok Aşktan Fazla</t>
+          <t>Bay Çiklet Ve Milyarder Bisküvi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944692274</t>
+          <t>9789944696197</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Dünyalar</t>
+          <t>Bay Çiklet ve Kiraz Ağacı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>99</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944694872</t>
+          <t>9789944693721</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Oyuncaklar</t>
+          <t>Bay Çiklet Ve Güç Kristalleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789944690348</t>
+          <t>9789944693714</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum Şekiller</t>
+          <t>Bay Çiklet ve Gulyabaniler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789944690355</t>
+          <t>9789944694988</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum Renkler (Ciltli)</t>
+          <t>Bay Çiklet ve Dans Eden Ayı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944694148</t>
+          <t>9789944690294</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum - Sayılar</t>
+          <t>Banyo Zamanı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944694131</t>
+          <t>9789944692793</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum - Boyutlar (Ciltli)</t>
+          <t>Bana Parayı Göster! (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789756451885</t>
+          <t>9789944696081</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yavrusunun Uykusu Nereye Kaçtı? (Ciltli)</t>
+          <t>Bakboklar - 1</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944692908</t>
+          <t>9789944695312</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Ay Gözü</t>
+          <t>Bahçıvan Köstebek ve Uçan Karınca Kıvırcık</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>16</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944694773</t>
+          <t>9789944691253</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kalır</t>
+          <t>Ayrılıktan Çok Aşktan Fazla</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789944691741</t>
+          <t>9789944692274</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Aslı’yı Bekleyen Elma</t>
+          <t>Ayrı Dünyalar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>8.33</v>
+        <v>99</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944691215</t>
+          <t>9789944694872</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Mercek Altında Arkeoloji (Ciltli)</t>
+          <t>Aykırı Oyuncaklar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944696326</t>
+          <t>9789944690348</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Nasreddin Hoca</t>
+          <t>Ayıcık’la Öğreniyorum Şekiller</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789759081041</t>
+          <t>9789944690355</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Horoz Leylek ve Diğerleri</t>
+          <t>Ayıcık’la Öğreniyorum Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789756451144</t>
+          <t>9789944694148</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Kulaklar</t>
+          <t>Ayıcık’la Öğreniyorum - Sayılar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>2.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944690591</t>
+          <t>9789944694131</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan (Ciltli)</t>
+          <t>Ayıcık’la Öğreniyorum - Boyutlar (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>14</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789944690584</t>
+          <t>9789756451885</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma (Ciltli)</t>
+          <t>Ayı Yavrusunun Uykusu Nereye Kaçtı? (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>14</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789756451694</t>
+          <t>9789944692908</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam Okul 1 İncisi</t>
+          <t>Ay Gözü</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944690416</t>
+          <t>9789944694773</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ama Bonbon!</t>
+          <t>Aşk Kalır</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>13.89</v>
+        <v>14</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944691628</t>
+          <t>9789944691741</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Altın Avcıları Plajda</t>
+          <t>Aslı’yı Bekleyen Elma</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>169</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789758275892</t>
+          <t>9789944691215</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Eşyaları</t>
+          <t>Mercek Altında Arkeoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789758275908</t>
+          <t>9789944696326</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Bir Günü</t>
+          <t>Arkadaşım Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>2.78</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789944690256</t>
+          <t>9789759081041</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ali Şimdi Nerede? (Ciltli)</t>
+          <t>Arkadaşım Horoz Leylek ve Diğerleri</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>15.74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789944690249</t>
+          <t>9789756451144</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ali Nerede? (Ciltli)</t>
+          <t>Arkadaş Kulaklar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>15.74</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756451120</t>
+          <t>9789944690591</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ali ile Küçük Fidan</t>
+          <t>Antik Yunan (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>2.78</v>
+        <v>14</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3990000012994</t>
+          <t>9789944690584</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ali Besinler Ülkesinde</t>
+          <t>Antik Roma (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>2.78</v>
+        <v>14</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944690669</t>
+          <t>9789756451694</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Alakanat</t>
+          <t>Annem Babam Okul 1 İncisi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>7.41</v>
+        <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944695336</t>
+          <t>9789944690416</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yemekte Ne Var Bay Çiklet?</t>
+          <t>Ama Bonbon!</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944696982</t>
+          <t>9789944691628</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 1</t>
+          <t>Altın Avcıları Plajda</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>18.52</v>
+        <v>169</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944691888</t>
+          <t>9789758275892</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Aileni Seç</t>
+          <t>Ali’nin Eşyaları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>17</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789944693592</t>
+          <t>9789758275908</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Afallatan Akıl Karıştırmacalar</t>
+          <t>Ali’nin Bir Günü</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789944691444</t>
+          <t>9789944690256</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş İstiyorum (Ciltli)</t>
+          <t>Ali Şimdi Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789944695688</t>
+          <t>9789944690249</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Adamı Zorla Cadı Yaparlar</t>
+          <t>Ali Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>18</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944696302</t>
+          <t>9789756451120</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Adada Bir Yabancı</t>
+          <t>Ali ile Küçük Fidan</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789944696579</t>
+          <t>3990000012994</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>101 Yanıltmaca</t>
+          <t>Ali Besinler Ülkesinde</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>14.81</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944696487</t>
+          <t>9789944690669</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>101 Tekerleme</t>
+          <t>Alakanat</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944692229</t>
+          <t>9789944695336</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalanlar</t>
+          <t>Akşam Yemekte Ne Var Bay Çiklet?</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>14</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944691185</t>
+          <t>9789944696982</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler (Ciltli)</t>
+          <t>Akıl Oyunları 1</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944692687</t>
+          <t>9789944691888</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Uzay (Ciltli)</t>
+          <t>Aileni Seç</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>15.74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944692694</t>
+          <t>9789944693592</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Tarih Öncesi Yaşam (Ciltli)</t>
+          <t>Afallatan Akıl Karıştırmacalar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789759081812</t>
+          <t>9789944691444</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Okyanuslar (Ciltli)</t>
+          <t>Arkadaş İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789759081782</t>
+          <t>9789944695688</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Kaşifler (Ciltli)</t>
+          <t>Adamı Zorla Cadı Yaparlar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>6.48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789756451960</t>
+          <t>9789944696302</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda İcatlar (Ciltli)</t>
+          <t>Adada Bir Yabancı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789759081805</t>
+          <t>9789944696579</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Hava (Ciltli)</t>
+          <t>101 Yanıltmaca</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789756451946</t>
+          <t>9789944696487</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Gezegenimiz Dünya (Ciltli)</t>
+          <t>101 Tekerleme</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789756451939</t>
+          <t>9789944692229</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Dünya Harikaları (Ciltli)</t>
+          <t>Arada Kalanlar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789756451953</t>
+          <t>9789944691185</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Bilim (Ciltli)</t>
+          <t>Adli Bilimler (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789759081799</t>
+          <t>9789944692687</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Antik Roma (Ciltli)</t>
+          <t>100 Adımda Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>6.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944694230</t>
+          <t>9789944692694</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>YGS - Tarih</t>
+          <t>100 Adımda Tarih Öncesi Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944694117</t>
+          <t>9789759081812</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>YGS - Matematik</t>
+          <t>100 Adımda Okyanuslar (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789944694100</t>
+          <t>9789759081782</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Türkçe</t>
+          <t>100 Adımda Kaşifler (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>24.07</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944694087</t>
+          <t>9789756451960</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Kimya</t>
+          <t>100 Adımda İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>25.93</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944690546</t>
+          <t>9789759081805</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 6 (Yeni Programa Uygun)</t>
+          <t>100 Adımda Hava (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789944690553</t>
+          <t>9789756451946</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 5</t>
+          <t>100 Adımda Gezegenimiz Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>9.17</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944690577</t>
+          <t>9789756451939</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 4</t>
+          <t>100 Adımda Dünya Harikaları (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944691055</t>
+          <t>9789756451953</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 3</t>
+          <t>100 Adımda Bilim (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944691062</t>
+          <t>9789759081799</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 2 (Yeni Programa Uygun)</t>
+          <t>100 Adımda Antik Roma (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944691079</t>
+          <t>9789944694230</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 1 (Yeni Programa Uygun)</t>
+          <t>YGS - Tarih</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>8.33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944692618</t>
+          <t>9789944694117</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe (Yeni Programa Uygun)</t>
+          <t>YGS - Matematik</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>25.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944690508</t>
+          <t>9789944694100</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Dersler (Yeni Programa Uygun)</t>
+          <t>YGS - LYS Türkçe</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>27.78</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>3990000008181</t>
+          <t>9789944694087</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Tooddy Flash Card</t>
+          <t>YGS - LYS Kimya</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>11.11</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944690232</t>
+          <t>9789944690546</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabım İlköğretim 5</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 6 (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>18.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9788994469022</t>
+          <t>9789944690553</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabım İlköğretim 4</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 5</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>18.43</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944690218</t>
+          <t>9789944690577</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabım İlköğretim 1</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 4</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789944691529</t>
+          <t>9789944691055</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sosyal Bilgiler (Yeni Programa Uygun)</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 3</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>27.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944697040</t>
+          <t>9789944691062</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf SBS Deneme Sınavı Seti İlköğretim (8 Deneme)</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 2 (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>16.2</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789944697033</t>
+          <t>9789944691079</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 7. Sınıf Seviye Belirleme Sınavlarının Çözümleri</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 1 (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>17.13</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9771307867009</t>
+          <t>9789944692618</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 6. Sınıf - SBS 1</t>
+          <t>6. Sınıf Türkçe (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>16.2</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9771307772006</t>
+          <t>9789944690508</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 5. Sınıf - Çözümlü 8 Adet SBS Denemesi</t>
+          <t>6. Sınıf Tüm Dersler (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>16.2</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944697019</t>
+          <t>3990000008181</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 4. Sınıf - SBS 1</t>
+          <t>Tooddy Flash Card</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>16.2</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9771307770002</t>
+          <t>9789944690232</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 3. Sınıf - SBS 1</t>
+          <t>Tatil Kitabım İlköğretim 5</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>16.2</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789944692557</t>
+          <t>9788994469022</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik (Yeni Programa Uygun)</t>
+          <t>Tatil Kitabım İlköğretim 4</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>22.22</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944692540</t>
+          <t>9789944690218</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik (Yeni Programa Uygun)</t>
+          <t>Tatil Kitabım İlköğretim 1</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944694810</t>
+          <t>9789944691529</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik (Yeni Programa Uygun)</t>
+          <t>7. Sınıf Sosyal Bilgiler (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>22.22</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944693387</t>
+          <t>9789944697040</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları 1</t>
+          <t>8. Sınıf SBS Deneme Sınavı Seti İlköğretim (8 Deneme)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>4.63</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944694247</t>
+          <t>9789944697033</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>LYS - Tarih</t>
+          <t>İlköğretim 7. Sınıf Seviye Belirleme Sınavlarının Çözümleri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>18.52</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789944694278</t>
+          <t>9771307867009</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>LYS - Felsefe</t>
+          <t>İlköğretim 6. Sınıf - SBS 1</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789944694094</t>
+          <t>9771307772006</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>LYS - Edebiyat</t>
+          <t>İlköğretim 5. Sınıf - Çözümlü 8 Adet SBS Denemesi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789944694223</t>
+          <t>9789944697019</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>LYS - Coğrafya</t>
+          <t>İlköğretim 4. Sınıf - SBS 1</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789944694209</t>
+          <t>9771307770002</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>LYS -  Matematik</t>
+          <t>İlköğretim 3. Sınıf - SBS 1</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>27.78</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944690089</t>
+          <t>9789944692557</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 6 (Household Items / Ev Aletleri ve Gereçler)</t>
+          <t>4. Sınıf Matematik (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789944690102</t>
+          <t>9789944692540</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 5 (School / Okul)</t>
+          <t>3. Sınıf Matematik (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944690034</t>
+          <t>9789944694810</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 4 (Fruit - Vegetables / Meyveler - Sebzeler)</t>
+          <t>2. Sınıf Matematik (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789944690065</t>
+          <t>9789944693387</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 3 (Occupations / Meslekler)</t>
+          <t>Mantık Oyunları 1</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>3990000003594</t>
+          <t>9789944694247</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 2 (Animals / Hayvanlar)</t>
+          <t>LYS - Tarih</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944692595</t>
+          <t>9789944694278</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
+          <t>LYS - Felsefe</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789759081638</t>
+          <t>9789944694094</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
+          <t>LYS - Edebiyat</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>25.46</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944696012</t>
+          <t>9789944694223</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji 4</t>
+          <t>LYS - Coğrafya</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944694643</t>
+          <t>9789944694209</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Analitik Geometri LYS</t>
+          <t>LYS -  Matematik</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>16.67</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944693417</t>
+          <t>9789944690089</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kant Kulübü</t>
+          <t>Flash Card Set: 6 (Household Items / Ev Aletleri ve Gereçler)</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944694933</t>
+          <t>9789944690102</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Humma - Genç Bond İkinci Kitap (Ciltli)</t>
+          <t>Flash Card Set: 5 (School / Okul)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>24</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789756451663</t>
+          <t>9789944690034</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melek</t>
+          <t>Flash Card Set: 4 (Fruit - Vegetables / Meyveler - Sebzeler)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944694377</t>
+          <t>9789944690065</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kalpak ve Kartal</t>
+          <t>Flash Card Set: 3 (Occupations / Meslekler)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944692960</t>
+          <t>3990000003594</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Sarayı</t>
+          <t>Flash Card Set: 2 (Animals / Hayvanlar)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789944695787</t>
+          <t>9789944692595</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Gemi</t>
+          <t>6. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>6.48</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944695077</t>
+          <t>9789759081638</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kafrika’nın Gölgeleri</t>
+          <t>5. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>129</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944693585</t>
+          <t>9789944696012</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kafa Karıştıran Bulmacalar</t>
+          <t>Fen ve Teknoloji 4</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944696685</t>
+          <t>9789944694643</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Johnny ve Ölüler</t>
+          <t>Analitik Geometri LYS</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>16</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944694681</t>
+          <t>9789944693417</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Jimmy Coates: İntikam</t>
+          <t>Kant Kulübü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944692403</t>
+          <t>9789944694933</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Jımmy Coates Kaçış</t>
+          <t>Kanlı Humma - Genç Bond İkinci Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>16.67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944693356</t>
+          <t>9789756451663</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İyi ve Kötü Nedir?</t>
+          <t>Kanatsız Melek</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>23.15</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944694483</t>
+          <t>9789944694377</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kitabı</t>
+          <t>Kalpak ve Kartal</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944695275</t>
+          <t>9789944692960</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İthaka (Ciltli)</t>
+          <t>Kahkaha Sarayı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>24</v>
+        <v>19</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789756451861</t>
+          <t>9789944695787</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Sokak Kardelenleri</t>
+          <t>Kağıt Gemi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944693288</t>
+          <t>9789944695077</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İskarpin Amca</t>
+          <t>Kafrika’nın Gölgeleri</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>9.26</v>
+        <v>129</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944695343</t>
+          <t>9789944693585</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Ancak Sen Kurtarabilirsin (Ciltli)</t>
+          <t>Kafa Karıştıran Bulmacalar</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789759081256</t>
+          <t>9789944696685</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu (Ciltli)</t>
+          <t>Johnny ve Ölüler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>23.15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789758275182</t>
+          <t>9789944694681</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İlimiz Ve Bölgelerimizi Tanıyalım İstanbul - Marmara</t>
+          <t>Jimmy Coates: İntikam</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944696265</t>
+          <t>9789944692403</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben - Mutlu Yıllar</t>
+          <t>Jımmy Coates Kaçış</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944695855</t>
+          <t>9789944693356</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben</t>
+          <t>İyi ve Kötü Nedir?</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>14</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944693257</t>
+          <t>9789944694483</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - Mısır (Ciltli)</t>
+          <t>İyi Geceler Kitabı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>18.52</v>
+        <v>10</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944693264</t>
+          <t>9789944695275</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - İcatlar (Ciltli)</t>
+          <t>İthaka (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944693240</t>
+          <t>9789756451861</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - Dinozorlar</t>
+          <t>İstanbul’un Sokak Kardelenleri</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>25</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944693233</t>
+          <t>9789944693288</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - Depremler ve Yanardağlar (Ciltli)</t>
+          <t>İskarpin Amca</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789758275298</t>
+          <t>9789944695343</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ses</t>
+          <t>İnsanlığı Ancak Sen Kurtarabilirsin (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944694551</t>
+          <t>9789759081256</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Iskarta</t>
+          <t>İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>24</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789759081034</t>
+          <t>9789758275182</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Akdeniz</t>
+          <t>İlimiz Ve Bölgelerimizi Tanıyalım İstanbul - Marmara</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>14.81</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944694438</t>
+          <t>9789944696265</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>İgi ve Ben - Mutlu Yıllar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944693271</t>
+          <t>9789944695855</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Heybedeki Sır</t>
+          <t>İgi ve Ben</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944690140</t>
+          <t>9789944693257</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Öyküsü (3 Boyutlu) (Ciltli)</t>
+          <t>İçyüzü - Mısır (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944694193</t>
+          <t>9789944693264</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Hedef</t>
+          <t>İçyüzü - İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789759081218</t>
+          <t>9789944693240</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Kırmızı Kurbağa ve Yeşil Flamingo (Ciltli)</t>
+          <t>İçyüzü - Dinozorlar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789759081249</t>
+          <t>9789944693233</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Çayır, Ahır ve Çiftlik Evi (Ciltli)</t>
+          <t>İçyüzü - Depremler ve Yanardağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759081225</t>
+          <t>9789758275298</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Bisiklet, Kızak ve Vapur (Ciltli)</t>
+          <t>İçimdeki Ses</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789759081232</t>
+          <t>9789944694551</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Anne, Baba ve Yavru Ayı (Ciltli)</t>
+          <t>Iskarta</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>13.89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944695923</t>
+          <t>9789759081034</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Hayat Bilgisi Soru Bankası</t>
+          <t>Hoşçakal Akdeniz</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944695022</t>
+          <t>9789944694438</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şiire Sığmayan Yüzü</t>
+          <t>Hokus Pokus</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>6.94</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944691338</t>
+          <t>9789944693271</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hava - Keşif Zamanı (Ciltli)</t>
+          <t>Heybedeki Sır</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944691451</t>
+          <t>9789944690140</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Hastaneye Gitmek İstemiyorum (Ciltli)</t>
+          <t>Her Şeyin Öyküsü (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944694360</t>
+          <t>9789944694193</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferi</t>
+          <t>Hedef</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789944695206</t>
+          <t>9789759081218</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Sanat Nedir?</t>
+          <t>Hayvanlarla Öğreniyorum - Kırmızı Kurbağa ve Yeşil Flamingo (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>24</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789944695237</t>
+          <t>9789759081249</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Güve Fırtınası</t>
+          <t>Hayvanlarla Öğreniyorum - Çayır, Ahır ve Çiftlik Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>21</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944693875</t>
+          <t>9789759081225</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Sarı Baldan Tatlı</t>
+          <t>Hayvanlarla Öğreniyorum - Bisiklet, Kızak ve Vapur (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789944692915</t>
+          <t>9789759081232</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gözü (Ciltli)</t>
+          <t>Hayvanlarla Öğreniyorum - Anne, Baba ve Yavru Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944690324</t>
+          <t>9789944695923</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Hayvanlar</t>
+          <t>2. Sınıf Hayat Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944693332</t>
+          <t>9789944695022</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hayat Nedir?</t>
+          <t>Hayatın Şiire Sığmayan Yüzü</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>23.15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789944694537</t>
+          <t>9789944691338</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Gümüşyüzgeç</t>
+          <t>Hava - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>24</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789756451410</t>
+          <t>9789944691451</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Gülperi</t>
+          <t>Hastaneye Gitmek İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789758275656</t>
+          <t>9789944694360</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Gül Evi</t>
+          <t>Haçlı Seferi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>3.52</v>
+        <v>21</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944694179</t>
+          <t>9789944695206</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Grk Ve Pelotti Çetesi</t>
+          <t>Güzellik ve Sanat Nedir?</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>13.89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789944694421</t>
+          <t>9789944695237</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Grk Sosisli Peşinde</t>
+          <t>Güve Fırtınası</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944695657</t>
+          <t>9789944693875</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Grk Kaplumbağa Operasyonu</t>
+          <t>Güneşten Sarı Baldan Tatlı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944696395</t>
+          <t>9789944692915</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Grk Fare Kokusu Alıyor!</t>
+          <t>Güneş Gözü (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>13</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944693752</t>
+          <t>9789944690324</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Grk Adında Bir Köpek</t>
+          <t>Benim Dünyam - Hayvanlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789756451731</t>
+          <t>9789944693332</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Göl Çiçekleri</t>
+          <t>Hayat Nedir?</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>6.48</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944691987</t>
+          <t>9789944694537</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Dolu Şapka</t>
+          <t>Gümüşyüzgeç</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944690270</t>
+          <t>9789756451410</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Giysiler</t>
+          <t>Gülperi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944695015</t>
+          <t>9789758275656</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Görünüşüme Aldanma Yanarsın</t>
+          <t>Gül Evi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>20</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944696449</t>
+          <t>9789944694179</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Genç Sherlock Holmes: Ölüm Bulutu</t>
+          <t>Grk Ve Pelotti Çetesi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789756451311</t>
+          <t>9789944694421</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Genç Öyküler 1. İzmir Liselerarası Öykü Yarışması</t>
+          <t>Grk Sosisli Peşinde</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>2.78</v>
+        <v>14</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789944696586</t>
+          <t>9789944695657</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Geceye Bürüneceğim</t>
+          <t>Grk Kaplumbağa Operasyonu</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944692380</t>
+          <t>9789944696395</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>File Bekçisi</t>
+          <t>Grk Fare Kokusu Alıyor!</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>18.52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944691154</t>
+          <t>9789944693752</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (Ciltli)</t>
+          <t>Grk Adında Bir Köpek</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>42</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944693165</t>
+          <t>9789756451731</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Evrim Devrim (Ciltli)</t>
+          <t>Göl Çiçekleri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>49</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789756451700</t>
+          <t>9789944691987</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Erken Düşen Kar</t>
+          <t>Gökyüzü Dolu Şapka</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>9.26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944694513</t>
+          <t>9789944690270</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kitabı 2</t>
+          <t>Giysiler</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789944693509</t>
+          <t>9789944695015</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kitabı</t>
+          <t>Görünüşüme Aldanma Yanarsın</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789944694520</t>
+          <t>9789944696449</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Engin Mavi</t>
+          <t>Genç Sherlock Holmes: Ölüm Bulutu</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789944693080</t>
+          <t>9789756451311</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım</t>
+          <t>Genç Öyküler 1. İzmir Liselerarası Öykü Yarışması</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>7.41</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944691468</t>
+          <t>9789944696586</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ellerimi Yıkamak İstemiyorum (Ciltli)</t>
+          <t>Geceye Bürüneceğim</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>9.26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789758275540</t>
+          <t>9789944692380</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Elimi Bırakma Anne</t>
+          <t>File Bekçisi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789759081959</t>
+          <t>9789944691154</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Futbol Ansiklopedisi (Ciltli)</t>
+          <t>Ezop Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>23.15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944691642</t>
+          <t>9789944693165</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Elementler Her Yerde! (Ciltli)</t>
+          <t>Evrim Devrim (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>18.52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789944695190</t>
+          <t>9789756451700</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ekstralar</t>
+          <t>Erken Düşen Kar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789944690164</t>
+          <t>9789944694513</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Eksik Alfabe</t>
+          <t>Erkek Kitabı 2</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944693936</t>
+          <t>9789944693509</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ekran Kaçkınları</t>
+          <t>Erkek Kitabı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>66</v>
+        <v>10</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789944690683</t>
+          <t>9789944694520</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalarla Çalışmak (Ciltli)</t>
+          <t>Engin Mavi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>27.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789759081089</t>
+          <t>9789944693080</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bilimi (Ciltli)</t>
+          <t>En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>46.3</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944693042</t>
+          <t>9789944691468</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Einstein Yaşamı ve Evreni</t>
+          <t>Ellerimi Yıkamak İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>37.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944691666</t>
+          <t>9789758275540</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Su</t>
+          <t>Elimi Bırakma Anne</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944691659</t>
+          <t>9789759081959</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Ses</t>
+          <t>Futbol Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944692748</t>
+          <t>9789944691642</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Renk</t>
+          <t>Elementler Her Yerde! (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944692724</t>
+          <t>9789944695190</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Mıknatıslar</t>
+          <t>Ekstralar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>4.63</v>
+        <v>21</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944692755</t>
+          <t>9789944690164</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Elektrik</t>
+          <t>Eksik Alfabe</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>4.63</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944692717</t>
+          <t>9789944693936</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Basit Makineler</t>
+          <t>Ekran Kaçkınları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>4.63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789944691680</t>
+          <t>9789944690683</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Kuvvet</t>
+          <t>Ejderhalarla Çalışmak (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944692816</t>
+          <t>9789759081089</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Hasta Oldular</t>
+          <t>Ejderha Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>6.94</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789944692830</t>
+          <t>9789944693042</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Evcilik Oynuyorlar</t>
+          <t>Einstein Yaşamı ve Evreni</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>6.94</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789944693660</t>
+          <t>9789944691666</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Denizdeki Şişe</t>
+          <t>Eğlenceli Deneyler Su</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944694780</t>
+          <t>9789944691659</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Düşman</t>
+          <t>Eğlenceli Deneyler Ses</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944691246</t>
+          <t>9789944692748</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Düşlerime Kuşlar Konuyor</t>
+          <t>Eğlenceli Deneyler Renk</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>12.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944696050</t>
+          <t>9789944692724</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Düşler Tramvayı</t>
+          <t>Eğlenceli Deneyler Mıknatıslar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944693134</t>
+          <t>9789944692755</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Düşler Bahçesi</t>
+          <t>Eğlenceli Deneyler Elektrik</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>7.87</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789758275830</t>
+          <t>9789944692717</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Düş Sokağı Çocukları</t>
+          <t>Eğlenceli Deneyler Basit Makineler</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789944691673</t>
+          <t>9789944691680</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Işık</t>
+          <t>Eğlenceli Deneyler Kuvvet</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789758275274</t>
+          <t>9789944692816</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Düş Çocukları</t>
+          <t>Ece ile Efe Hasta Oldular</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>4.17</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789944693110</t>
+          <t>9789944692830</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Dünya Önemlidir (Ciltli)</t>
+          <t>Ece ile Efe Evcilik Oynuyorlar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>65</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944693172</t>
+          <t>9789944693660</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Dünya Onlarla Daha Renkli</t>
+          <t>Ece ile Efe Denizdeki Şişe</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>8</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944693851</t>
+          <t>9789944694780</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Dünya Onlarla Daha Güzel</t>
+          <t>Düşman</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>7.41</v>
+        <v>24</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789756451922</t>
+          <t>9789944691246</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Köy Olsaydı (Ciltli)</t>
+          <t>Düşlerime Kuşlar Konuyor</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944693349</t>
+          <t>9789944696050</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Duygular Nedir?</t>
+          <t>Düşler Tramvayı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>24</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789756451908</t>
+          <t>9789944693134</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Dostum Keleş</t>
+          <t>Düşler Bahçesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>9.26</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944691178</t>
+          <t>9789758275830</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler (Ciltli)</t>
+          <t>Düş Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944691192</t>
+          <t>9789944691673</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Doğa İzcisi Doğa Etkinlikleri</t>
+          <t>Eğlenceli Deneyler Işık</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789944691949</t>
+          <t>9789758275274</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Doğa</t>
+          <t>Düş Çocukları</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>12.04</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944691437</t>
+          <t>9789944693110</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Dişimi İstiyorum (Ciltli)</t>
+          <t>Dünya Önemlidir (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>9.26</v>
+        <v>65</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789944690188</t>
+          <t>9789944693172</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar (Ciltli)</t>
+          <t>Dünya Onlarla Daha Renkli</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>55.56</v>
+        <v>8</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944691925</t>
+          <t>9789944693851</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Dinozorlar</t>
+          <t>Dünya Onlarla Daha Güzel</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789758275861</t>
+          <t>9789756451922</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Dilimdeki Çanlar</t>
+          <t>Dünya Bir Köy Olsaydı (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>3.7</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789944694971</t>
+          <t>9789944693349</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Dido (Ciltli)</t>
+          <t>Duygular Nedir?</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789944694315</t>
+          <t>9789756451908</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Devler ve Mincik Bobolar</t>
+          <t>Dostum Keleş</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789944695176</t>
+          <t>9789944691178</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri - Seçmeler</t>
+          <t>Doğal Afetler (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789759081102</t>
+          <t>9789944691192</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dar Köprünün Dervişi</t>
+          <t>Doğa İzcisi Doğa Etkinlikleri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789944694155</t>
+          <t>9789944691949</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Dal Ucunda Gül</t>
+          <t>Benim Dünyam - Doğa</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944690379</t>
+          <t>9789944691437</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci Şifresi’ni Bildiğini mi Sanıyorsun?</t>
+          <t>Dişimi İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789944691161</t>
+          <t>9789944690188</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İletişim (Ciltli)</t>
+          <t>Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>9.26</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944693981</t>
+          <t>9789944691925</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Gece Sevgilisi</t>
+          <t>Benim Dünyam - Dinozorlar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789944690690</t>
+          <t>9789758275861</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar İki Kat Eğlence</t>
+          <t>Dilimdeki Çanlar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>13.89</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789944692823</t>
+          <t>9789944694971</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe ve Evdeki Aslan</t>
+          <t>Dido (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>7.41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944692809</t>
+          <t>9789944694315</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe ve Bebek</t>
+          <t>Devler ve Mincik Bobolar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>6.94</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789944693639</t>
+          <t>9789944695176</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Trene Biniyorlar</t>
+          <t>Dede Korkut Hikayeleri - Seçmeler</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789944693622</t>
+          <t>9789759081102</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Sürprizlerle Dolu Bir Yılbaşı</t>
+          <t>Dar Köprünün Dervişi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944693677</t>
+          <t>9789944694155</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Piknik Yapıyorlar</t>
+          <t>Dal Ucunda Gül</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789944693653</t>
+          <t>9789944690379</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Parkta</t>
+          <t>Da Vinci Şifresi’ni Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789944692854</t>
+          <t>9789944691161</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Köpek İstiyorlar</t>
+          <t>İletişim (Ciltli)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789944693646</t>
+          <t>9789944693981</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Hayvanlara Yardım Ediyorlar</t>
+          <t>Gece Sevgilisi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>6.94</v>
+        <v>10</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789944692847</t>
+          <t>9789944690690</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Hayvanat Bahçesinde</t>
+          <t>Hayvanlar İki Kat Eğlence</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059493727</t>
+          <t>9789944692823</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tombik Balık - Denizler Hepimizin</t>
+          <t>Ece ile Efe ve Evdeki Aslan</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>45</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059153638</t>
+          <t>9789944692809</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Boş Çerçeve Operasyonu</t>
+          <t>Ece ile Efe ve Bebek</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>17</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>8699237595759</t>
+          <t>9789944693639</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Serisi (4 Kitap)</t>
+          <t>Ece ile Efe Trene Biniyorlar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>38.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059493673</t>
+          <t>9789944693622</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bir Vampirin Doğuşu</t>
+          <t>Ece ile Efe Sürprizlerle Dolu Bir Yılbaşı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>139</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789944699495</t>
+          <t>9789944693677</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Adam Kaçırma Dersleri</t>
+          <t>Ece ile Efe Piknik Yapıyorlar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>14</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789944699303</t>
+          <t>9789944693653</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Atla</t>
+          <t>Ece ile Efe Parkta</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>20</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>8699237593601</t>
+          <t>9789944692854</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati Serisi Seti (5 Kitap)</t>
+          <t>Ece ile Efe Köpek İstiyorlar</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>41.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789944692410</t>
+          <t>9789944693646</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Bildirge</t>
+          <t>Ece ile Efe Hayvanlara Yardım Ediyorlar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>16.67</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789944699839</t>
+          <t>9789944692847</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben : Sürpriz Bebek</t>
+          <t>Ece ile Efe Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789944699488</t>
+          <t>9786059493727</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 1 / Hayal Kurmak Yasak mı?</t>
+          <t>Tombik Balık - Denizler Hepimizin</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789944699396</t>
+          <t>9786059153638</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Zindan</t>
+          <t>Boş Çerçeve Operasyonu</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789944697828</t>
+          <t>8699237595759</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Haytalar İçin Adam Soyma</t>
+          <t>Acaba Ne Olsam? Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>13.89</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789944697101</t>
+          <t>9786059493673</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 2: Beynini Çalıştır!</t>
+          <t>Bir Vampirin Doğuşu</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>18.52</v>
+        <v>139</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789944699464</t>
+          <t>9789944699495</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Adam Kaçırma Dersleri</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>45</v>
+        <v>14</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>8699237595292</t>
+          <t>9789944699303</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız Serisi (4 Kitap Takım)</t>
+          <t>Atla</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>25.93</v>
+        <v>20</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>8699237593670</t>
+          <t>8699237593601</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler Serisi Seti (4 Kitap Takım)</t>
+          <t>Haylaz Pati Serisi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>120</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059604918</t>
+          <t>9789944692410</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Genç Sherlock Holmes : Mavi Buz</t>
+          <t>Bildirge</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>24</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789944698566</t>
+          <t>9789944699839</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Puding Poli Aydınlatıyor</t>
+          <t>İgi ve Ben : Sürpriz Bebek</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789944697880</t>
+          <t>9789944699488</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Yıldızı Dişi</t>
+          <t>Şipşak Hikayeler 1 / Hayal Kurmak Yasak mı?</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059604888</t>
+          <t>9789944699396</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Mago</t>
+          <t>Lanetli Zindan</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059153416</t>
+          <t>9789944697828</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Tombik Balık Mutluluk Peşinde</t>
+          <t>Haytalar İçin Adam Soyma</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789944697965</t>
+          <t>9789944697101</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Püskül ile Zeytin Anlaşamıyor</t>
+          <t>Akıl Oyunları 2: Beynini Çalıştır!</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789944693837</t>
+          <t>9789944699464</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789944697866</t>
+          <t>8699237595292</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Ölüm</t>
+          <t>Rita ve Adsız Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>24</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789944699372</t>
+          <t>8699237593670</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Zaman?</t>
+          <t>Süper Gazeteciler Serisi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>16.67</v>
+        <v>120</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789944697644</t>
+          <t>9786059604918</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi: 1. Kitap - Bir Katilin Doğuşu</t>
+          <t>Genç Sherlock Holmes : Mavi Buz</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052031971</t>
+          <t>9789944698566</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Bilgebaş Masalı</t>
+          <t>Puding Poli Aydınlatıyor</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789944699419</t>
+          <t>9789944697880</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Seven Dikenine Katlanır</t>
+          <t>Yıldızı Dişi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789944697750</t>
+          <t>9786059604888</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Rico ve Oskar Defolu Kalpler</t>
+          <t>Mago</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>8699237595766</t>
+          <t>9786059153416</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk Serisi (18 Kitap Takım)</t>
+          <t>Tombik Balık Mutluluk Peşinde</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>8699237595193</t>
+          <t>9789944697965</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Grk Serisi (5 Kitap Takım)</t>
+          <t>Püskül ile Zeytin Anlaşamıyor</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>8699237593700</t>
+          <t>9789944693837</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt Serisi Seti (5 Kitap Takım )</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>46.3</v>
+        <v>45</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>8699237593694</t>
+          <t>9789944697866</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Darren Shan Efsanesi Seti (12 Kitap Takım)</t>
+          <t>Ölüm</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>300</v>
+        <v>24</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055060091</t>
+          <t>9789944699372</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Basit</t>
+          <t>Acaba Ne Zaman?</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>14</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789756451243</t>
+          <t>9789944697644</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kuşu</t>
+          <t>Larten Crepsley Efsanesi: 1. Kitap - Bir Katilin Doğuşu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>7.87</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789944693905</t>
+          <t>9786052031971</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sinirnaz’ın Sözlüğü</t>
+          <t>Bilgebaş Masalı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789944694940</t>
+          <t>9789944699419</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sinemayı Seven Çocuk</t>
+          <t>Macerayı Seven Dikenine Katlanır</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>7.41</v>
+        <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789944693929</t>
+          <t>9789944697750</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Sinemamız İftiharla Sunar</t>
+          <t>Rico ve Oskar Defolu Kalpler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>9.26</v>
+        <v>39</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789944696616</t>
+          <t>8699237595766</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan Aşk</t>
+          <t>Filozof Çocuk Serisi (18 Kitap Takım)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>16.67</v>
+        <v>270</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789944691239</t>
+          <t>8699237595193</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Kuş Kanatları</t>
+          <t>Grk Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>12.04</v>
+        <v>67</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052855201</t>
+          <t>8699237593700</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Yuan Huan 2: Kütüphanedeki Kamera</t>
+          <t>Küçük Kurt Serisi Seti (5 Kitap Takım )</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>240</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789944692182</t>
+          <t>8699237593694</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevdiğimi Söyleseydim Öldürmek Zorunda Kalırdım (Ciltli)</t>
+          <t>Darren Shan Efsanesi Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>18.52</v>
+        <v>300</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789944690812</t>
+          <t>9786055060091</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Satranç Kitabı (Ciltli)</t>
+          <t>Sıradışı Basit</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>18.52</v>
+        <v>14</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789944693790</t>
+          <t>9789756451243</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - Bela’nın Peşinde</t>
+          <t>Sokak Kuşu</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>14</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789944692779</t>
+          <t>9789944693905</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - Müthiş Casus</t>
+          <t>Sinirnaz’ın Sözlüğü</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789944694667</t>
+          <t>9789944694940</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - İkiz Casuslar</t>
+          <t>Sinemayı Seven Çocuk</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789756451298</t>
+          <t>9789944693929</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sarı Set 10 Kitap Takım (9-10 Yaş)</t>
+          <t>Sinemamız İftiharla Sunar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>76.85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789944695367</t>
+          <t>9789944696616</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Sabotaj - Jimmy Coates</t>
+          <t>Sil Baştan Aşk</t>
         </is>
       </c>
       <c r="C497" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789758275267</t>
+          <t>9789944691239</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Kanatlılar</t>
+          <t>Sevginin Kuş Kanatları</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>12</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789944696180</t>
+          <t>9786052855201</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Gölü</t>
+          <t>Yuan Huan 2: Kütüphanedeki Kamera</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789944695008</t>
+          <t>9789944692182</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız’ın Pazar Günü</t>
+          <t>Seni Sevdiğimi Söyleseydim Öldürmek Zorunda Kalırdım (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789944694995</t>
+          <t>9789944690812</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız Piknikte</t>
+          <t>Satranç Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>7</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789944694629</t>
+          <t>9789944693790</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız Okulda</t>
+          <t>Sarışın Jane - Bela’nın Peşinde</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789944694612</t>
+          <t>9789944692779</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız</t>
+          <t>Sarışın Jane - Müthiş Casus</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789944696654</t>
+          <t>9789944694667</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Rico ve Oskar - Derin Gölgeler</t>
+          <t>Sarışın Jane - İkiz Casuslar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789944691918</t>
+          <t>9789756451298</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Sarı Set 10 Kitap Takım (9-10 Yaş)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>12.04</v>
+        <v>76.85</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789944695749</t>
+          <t>9789944695367</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Puding Poli Karıştırıyor</t>
+          <t>Sabotaj - Jimmy Coates</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789944696401</t>
+          <t>9789758275267</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Puding Poli Çözüyor - 2. Olay</t>
+          <t>Rüzgar Kanatlılar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>3990000017008</t>
+          <t>9789944696180</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin Yaşam Kitabı (Ciltli)</t>
+          <t>Ruhlar Gölü</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>13.89</v>
+        <v>75</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789756451472</t>
+          <t>9789944695008</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Pitan: Zeytindağı’nın İzinde</t>
+          <t>Rita ve Adsız’ın Pazar Günü</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789944696418</t>
+          <t>9789944694995</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Peter’in Günlüğü</t>
+          <t>Rita ve Adsız Piknikte</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>12.04</v>
+        <v>7</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789944695299</t>
+          <t>9789944694629</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Perili Öykü (Ciltli)</t>
+          <t>Rita ve Adsız Okulda</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>14</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789944696531</t>
+          <t>9789944694612</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Yeni Bir Arkadaş</t>
+          <t>Rita ve Adsız</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789944696524</t>
+          <t>9789944696654</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Deniz Kıyısında Bir Gün</t>
+          <t>Rico ve Oskar - Derin Gölgeler</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789944692731</t>
+          <t>9789944691918</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sen Kötü Bir Adamsın Bay Çiklet!</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789944695138</t>
+          <t>9789944695749</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Penaltı (Ciltli)</t>
+          <t>Puding Poli Karıştırıyor</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>120</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789944694476</t>
+          <t>9789944696401</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kedi Becerikli Martı ve Ben</t>
+          <t>Puding Poli Çözüyor - 2. Olay</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789758275687</t>
+          <t>3990000017008</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Pal Pal Palyaço</t>
+          <t>Profesör Dahi’nin Yaşam Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789944694384</t>
+          <t>9789756451472</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Nedir?</t>
+          <t>Pitan: Zeytindağı’nın İzinde</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789944693943</t>
+          <t>9789944696418</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Özeller (Ciltli)</t>
+          <t>Peter’in Günlüğü</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>21</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789944696456</t>
+          <t>9789944695299</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Oyna ya da Öl - Genç Bond 3. Kitap</t>
+          <t>Perili Öykü (Ciltli)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789758275878</t>
+          <t>9789944696531</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Yarışma</t>
+          <t>Pengu - Yeni Bir Arkadaş</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>2.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789944690720</t>
+          <t>9789944696524</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Sayılar İki Kat Eğlence</t>
+          <t>Pengu - Deniz Kıyısında Bir Gün</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789944696166</t>
+          <t>9789944692731</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Origami: Hayvanlar - Bitkiler</t>
+          <t>Sen Kötü Bir Adamsın Bay Çiklet!</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>15.74</v>
+        <v>19</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789944694353</t>
+          <t>9789944695138</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Bilimi (Ciltli)</t>
+          <t>Penaltı (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>46.3</v>
+        <v>120</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789756451137</t>
+          <t>9789944694476</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>O Yıllar Dile Gelse 1: Köylerden Köy Enstitülerine</t>
+          <t>Pembe Kedi Becerikli Martı ve Ben</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>6.94</v>
+        <v>10</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789944696661</t>
+          <t>9789758275687</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Nun Gelince</t>
+          <t>Pal Pal Palyaço</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>10.19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789944692076</t>
+          <t>9789944694384</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Noktacık (Ciltli)</t>
+          <t>Özgürlük Nedir?</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789944692281</t>
+          <t>9789944693943</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Nisan Bebek (Ciltli)</t>
+          <t>Özeller (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789944693745</t>
+          <t>9789944696456</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Nim Denizde</t>
+          <t>Oyna ya da Öl - Genç Bond 3. Kitap</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789756451717</t>
+          <t>9789758275878</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Ortasındaki Ağaç</t>
+          <t>Ormandaki Yarışma</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>5.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789944692984</t>
+          <t>9789944690720</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Oğlu</t>
+          <t>Sayılar İki Kat Eğlence</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789944690645</t>
+          <t>9789944696166</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Satranç Seti (Ciltli)</t>
+          <t>Origami: Hayvanlar - Bitkiler</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>24.07</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789944690461</t>
+          <t>9789944694353</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 9: Gladyatörler (Ciltli)</t>
+          <t>Okyanus Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>9.26</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789944690423</t>
+          <t>9789756451137</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 7:  Zaman (Ciltli)</t>
+          <t>O Yıllar Dile Gelse 1: Köylerden Köy Enstitülerine</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789944690447</t>
+          <t>9789944696661</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 5: İnsan (Ciltli)</t>
+          <t>Nun Gelince</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789759081188</t>
+          <t>9789944692076</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 3: Mikroskop (Ciltli)</t>
+          <t>Noktacık (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789759081171</t>
+          <t>9789944692281</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 1: Matematik (Ciltli)</t>
+          <t>Nisan Bebek (Ciltli)</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789944690454</t>
+          <t>9789944693745</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 8:  Gen (Ciltli)</t>
+          <t>Nim Denizde</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>9.26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789944690430</t>
+          <t>9789756451717</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 6: Doğa (Ciltli)</t>
+          <t>Nehrin Ortasındaki Ağaç</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789759081195</t>
+          <t>9789944692984</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 4: Dinozorlar (Ciltli)</t>
+          <t>Nehrin Oğlu</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789759081201</t>
+          <t>9789944690645</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 2: Enerji (Ciltli)</t>
+          <t>Satranç Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>9.26</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789944692441</t>
+          <t>9789944690461</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 13: Kayıp Şehirler (Ciltli)</t>
+          <t>Neden ve Nasıl Cilt: 9: Gladyatörler (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789944692434</t>
+          <t>9789944690423</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 12: Bilgisayarlar ve Robotlar (Ciltli)</t>
+          <t>Neden ve Nasıl Cilt: 7:  Zaman (Ciltli)</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789944692427</t>
+          <t>9789944690447</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 11: İcatlar</t>
+          <t>Neden ve Nasıl Cilt: 5: İnsan (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789944692458</t>
+          <t>9789759081188</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 10: Beyin (Ciltli)</t>
+          <t>Neden ve Nasıl Cilt: 3: Mikroskop (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789944696388</t>
+          <t>9789759081171</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
+          <t>Neden ve Nasıl Cilt: 1: Matematik (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>49</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789944690393</t>
+          <t>9789944690454</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Narnia’yı Bildiğini mi Sanıyorsun?</t>
+          <t>Neden ve Nasıl Cilt 8:  Gen (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789944692120</t>
+          <t>9789944690430</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Nal Sesleri</t>
+          <t>Neden ve Nasıl Cilt 6: Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789944694490</t>
+          <t>9789759081195</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Nedir?</t>
+          <t>Neden ve Nasıl Cilt 4: Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789758275694</t>
+          <t>9789759081201</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Süvarileri</t>
+          <t>Neden ve Nasıl Cilt 2: Enerji (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789758275250</t>
+          <t>9789944692441</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Murat’ın Düşü</t>
+          <t>Neden ve Nasıl Cilt 13: Kayıp Şehirler (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789944695091</t>
+          <t>9789944692434</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kız Kitabı</t>
+          <t>Neden ve Nasıl Cilt 12: Bilgisayarlar ve Robotlar (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789944692212</t>
+          <t>9789944692427</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji</t>
+          <t>Neden ve Nasıl Cilt 11: İcatlar</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>46.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789756451748</t>
+          <t>9789944692458</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Minik Papatya</t>
+          <t>Neden ve Nasıl Cilt 10: Beyin (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789756451274</t>
+          <t>9789944696388</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuşa Ne Olsun?</t>
+          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>2.78</v>
+        <v>49</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789759081645</t>
+          <t>9789944690393</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Milly, Molly Set 1 (8 Kitap Takım)</t>
+          <t>Narnia’yı Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>32.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789759081966</t>
+          <t>9789944692120</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Harikaları -  Mısır Bilimi Dersleri (Ciltli)</t>
+          <t>Nal Sesleri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789756451977</t>
+          <t>9789944694490</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Mısırın Gizemi (Ciltli)</t>
+          <t>Mutluluk Nedir?</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>46.3</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>8699237593250</t>
+          <t>9789758275694</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Mor Set - 10 Kitap Takım (8-9 Yaş)</t>
+          <t>Mustafa Kemal’in Süvarileri</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>68.98</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789759081027</t>
+          <t>9789758275250</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerden Resim</t>
+          <t>Murat’ın Düşü</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789944695695</t>
+          <t>9789944695091</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Muhteşem Kız Kitabı</t>
         </is>
       </c>
       <c r="C561" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789944695282</t>
+          <t>9789944692212</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Merdivenli Ada</t>
+          <t>Mitoloji</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>9</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789944692526</t>
+          <t>9789756451748</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Telefon Neden Çalar ?</t>
+          <t>Minik Papatya</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789944691413</t>
+          <t>9789756451274</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Rüzgar Neden Eser ve Gezegenimiz Hakkındaki Diğer Sorular</t>
+          <t>Minik Kuşa Ne Olsun?</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>4.63</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789944691390</t>
+          <t>9789759081645</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Uçakların Kanatları Vardır? ve Taşıtlar Hakkındaki Diğer Sorular</t>
+          <t>Milly, Molly Set 1 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>4.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789944692496</t>
+          <t>9789759081966</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Kanguruların Keseleri Vardır? ve Yavru Hayvanlar Hakkındaki Diğer Sorular</t>
+          <t>Mısır’ın Harikaları -  Mısır Bilimi Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789944692519</t>
+          <t>9789756451977</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Develerin Hörgüçleri Vardır?</t>
+          <t>Mısırın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>4.63</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789944692502</t>
+          <t>8699237593250</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Ağaçların Yaprakları Vardır?</t>
+          <t>Mor Set - 10 Kitap Takım (8-9 Yaş)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>4.63</v>
+        <v>68.98</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789944691383</t>
+          <t>9789759081027</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Karnım Neden Guruldar? ve Vücudumuz Hakkındaki Diğer Sorular</t>
+          <t>Mevsimlerden Resim</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789944691406</t>
+          <t>9789944695695</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Işık Neden Zıplar? ve Bilim Hakkındaki Diğer Sorular</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789944692168</t>
+          <t>9789944695282</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Güneş Neden Doğar?</t>
+          <t>Merdivenli Ada</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>4.63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789944692151</t>
+          <t>9789944692526</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Deniz Neden Tuzludur?</t>
+          <t>Merak Ediyorum Telefon Neden Çalar ?</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>4.63</v>
+        <v>5</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789944691956</t>
+          <t>9789944691413</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Menekşe’yi Kim Çaldı</t>
+          <t>Merak Ediyorum Rüzgar Neden Eser ve Gezegenimiz Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789944691703</t>
+          <t>9789944691390</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Memiş Can</t>
+          <t>Merak Ediyorum Neden Uçakların Kanatları Vardır? ve Taşıtlar Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>12.96</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789944693103</t>
+          <t>9789944692496</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Medici Mührü</t>
+          <t>Merak Ediyorum Neden Kanguruların Keseleri Vardır? ve Yavru Hayvanlar Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789944691963</t>
+          <t>9789944692519</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Maymunu Ehlileştirmek</t>
+          <t>Merak Ediyorum Neden Develerin Hörgüçleri Vardır?</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789944691222</t>
+          <t>9789944692502</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar (Ciltli)</t>
+          <t>Merak Ediyorum Neden Ağaçların Yaprakları Vardır?</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>14.35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789756451489</t>
+          <t>9789944691383</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar</t>
+          <t>Merak Ediyorum Karnım Neden Guruldar? ve Vücudumuz Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>159</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789758275458</t>
+          <t>9789944691406</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Mavi Set - 10 Kitap Takım (10-11 Yaş)</t>
+          <t>Merak Ediyorum Işık Neden Zıplar? ve Bilim Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>94.44</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789944696371</t>
+          <t>9789944692168</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Madrabaz Usta’nın Suç Akademisi</t>
+          <t>Merak Ediyorum Güneş Neden Doğar?</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789759081065</t>
+          <t>9789944692151</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Leyleklerin Gitme Zamanı</t>
+          <t>Merak Ediyorum Deniz Neden Tuzludur?</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789944691727</t>
+          <t>9789944691956</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Lastik Top</t>
+          <t>Menekşe’yi Kim Çaldı</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789944691369</t>
+          <t>9789944691703</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Aslan (Ciltli)</t>
+          <t>Memiş Can</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789758275731</t>
+          <t>9789944693103</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldız Tohumları</t>
+          <t>Medici Mührü</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>3.7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789944695169</t>
+          <t>9789944691963</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenses ve Kardelen</t>
+          <t>Maymunu Ehlileştirmek</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789944695305</t>
+          <t>9789944691222</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuyruk</t>
+          <t>Mavi Zamanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>8.33</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789944691291</t>
+          <t>9789756451489</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Küçük Özgür Adamlar</t>
+          <t>Mavi Zamanlar</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>19</v>
+        <v>159</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789944693578</t>
+          <t>9789758275458</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Zor İşler Günlüğü</t>
+          <t>Mavi Set - 10 Kitap Takım (10-11 Yaş)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>9.26</v>
+        <v>94.44</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789944693707</t>
+          <t>9789944696371</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Vahşi Yavrular İçin Perili Malikanesi</t>
+          <t>Madrabaz Usta’nın Suç Akademisi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789944693554</t>
+          <t>9789759081065</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Kötülük Kitabı</t>
+          <t>Leyleklerin Gitme Zamanı</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789944694407</t>
+          <t>9789944691727</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt Sürü Lideri</t>
+          <t>Lastik Top</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789944693691</t>
+          <t>9789944691369</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt Orman Dedektifi</t>
+          <t>Kütüphanedeki Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052854013</t>
+          <t>9789758275731</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Küçük Yıldız Tohumları</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>49</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789944692601</t>
+          <t>9789944695169</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji Kitabı İlköğretim 8</t>
+          <t>Küçük Prenses ve Kardelen</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>25.46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789944693158</t>
+          <t>9789944695305</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>5th Grade English Konu Anlatımlı</t>
+          <t>Mavi Kuyruk</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>16.2</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789944697026</t>
+          <t>9789944691291</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 6. Sınıf Çözümlü 8 Adet Deneme Sınavı</t>
+          <t>Küçük Özgür Adamlar</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>16.2</v>
+        <v>19</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789944690119</t>
+          <t>9789944693578</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 9 (Verbs 1 / Fiiller 1)</t>
+          <t>Küçük Kurt’un Zor İşler Günlüğü</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789944690072</t>
+          <t>9789944693707</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 8 (Sports / Sporlar)</t>
+          <t>Küçük Kurt’un Vahşi Yavrular İçin Perili Malikanesi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789944690096</t>
+          <t>9789944693554</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 7 (Clothes / Giysiler)</t>
+          <t>Küçük Kurt’un Kötülük Kitabı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789944694124</t>
+          <t>9789944694407</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Geometri</t>
+          <t>Küçük Kurt Sürü Lideri</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>26.85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789944694254</t>
+          <t>9789944693691</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Biyoloji</t>
+          <t>Küçük Kurt Orman Dedektifi</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>26.85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789944694322</t>
+          <t>9786052854013</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>YGS - Fizik</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>23.15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789944694261</t>
+          <t>9789944692601</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>YGS - Felsefe</t>
+          <t>Fen ve Teknoloji Kitabı İlköğretim 8</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>10.19</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789944694216</t>
+          <t>9789944693158</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>YGS - Coğrafya</t>
+          <t>5th Grade English Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>12.04</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789944693189</t>
+          <t>9789944697026</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 8</t>
+          <t>İlköğretim 6. Sınıf Çözümlü 8 Adet Deneme Sınavı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789944690560</t>
+          <t>9789944690119</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 7</t>
+          <t>Flash Card Set: 9 (Verbs 1 / Fiiller 1)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789944695992</t>
+          <t>9789944690072</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>101 Deyim 101 Öykü</t>
+          <t>Flash Card Set: 8 (Sports / Sporlar)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789944690041</t>
+          <t>9789944690096</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 1 (Adjectives - Prepositions / Sıfatlar - Edatlar)</t>
+          <t>Flash Card Set: 7 (Clothes / Giysiler)</t>
         </is>
       </c>
       <c r="C608" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789944695985</t>
+          <t>9789944694124</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>101 Atasözü 101 Öykü</t>
+          <t>YGS - LYS Geometri</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>18.52</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789944696043</t>
+          <t>9789944694254</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Güneş Arkasına Baktı</t>
+          <t>YGS - LYS Biyoloji</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>7.41</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789944692861</t>
+          <t>9789944694322</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ana Işık Kız</t>
+          <t>YGS - Fizik</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>5.56</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789944692090</t>
+          <t>9789944694261</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam (Ciltli)</t>
+          <t>YGS - Felsefe</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>17.59</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789944690300</t>
+          <t>9789944694216</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı</t>
+          <t>YGS - Coğrafya</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>3990000017009</t>
+          <t>9789944693189</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin İnsan Vücudu Kitabı (Ciltli)</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 8</t>
         </is>
       </c>
       <c r="C614" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789944694414</t>
+          <t>9789944690560</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Fizik LYS</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 7</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>26.85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789759081157</t>
+          <t>9789944695992</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin Buluşlar ve İcatlar Kitabı (Ciltli)</t>
+          <t>101 Deyim 101 Öykü</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789759081126</t>
+          <t>9789944690041</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin Evren Kitabı (Ciltli)</t>
+          <t>Flash Card Set: 1 (Adjectives - Prepositions / Sıfatlar - Edatlar)</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052854082</t>
+          <t>9789944695985</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>101 Atasözü 101 Öykü</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>39</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052854662</t>
+          <t>9789944696043</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah -  Sen de Oku</t>
+          <t>Güneş Arkasına Baktı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789944694858</t>
+          <t>9789944692861</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen ve Teknoloji Soru Bankası</t>
+          <t>Güneş Ana Işık Kız</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>18</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052854129</t>
+          <t>9789944692090</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürü Ben - Sen de Oku</t>
+          <t>Örümcek Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>59</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>8699237591065</t>
+          <t>9789944690300</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Türkçe Soru Bankası Çözüm Kitapçığı  (SBS’ye Uygun)</t>
+          <t>Oyun Zamanı</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>14.81</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052853689</t>
+          <t>3990000017009</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü - Sen de Oku</t>
+          <t>Profesör Dahi’nin İnsan Vücudu Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789756451632</t>
+          <t>9789944694414</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 11 (Parts of The Body / Vücudun Bölümleri)</t>
+          <t>Fizik LYS</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>11.11</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789944690126</t>
+          <t>9789759081157</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 10 (Verbs 2 / Fiiller 2)</t>
+          <t>Profesör Dahi’nin Buluşlar ve İcatlar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052031834</t>
+          <t>9789759081126</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Tembel Teneke Acaba Nerede?</t>
+          <t>Profesör Dahi’nin Evren Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>8682328730320</t>
+          <t>9786052854082</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk Seti (20 Kitap Takım)</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>1650</v>
+        <v>39</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052854051</t>
+          <t>9786052854662</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Denizler Altında Yirmi Bin Fersah -  Sen de Oku</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>45</v>
+        <v>89</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789944692533</t>
+          <t>9789944694858</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Dağ Kaşındı</t>
+          <t>7. Sınıf Fen ve Teknoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>13.89</v>
+        <v>18</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789758275519</t>
+          <t>9786052854129</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Çöl Çiçeği</t>
+          <t>Bir Sürü Ben - Sen de Oku</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>8.33</v>
+        <v>59</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789758275670</t>
+          <t>8699237591065</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Çocukken</t>
+          <t>8. Sınıf Türkçe Soru Bankası Çözüm Kitapçığı  (SBS’ye Uygun)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>2.78</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789944690157</t>
+          <t>9786052853689</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Çocukça</t>
+          <t>Oz Büyücüsü - Sen de Oku</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>8.33</v>
+        <v>85</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789756451793</t>
+          <t>9789756451632</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Leylek</t>
+          <t>Flash Card Set: 11 (Parts of The Body / Vücudun Bölümleri)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>8</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789944694926</t>
+          <t>9789944690126</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Çivit Kral</t>
+          <t>Flash Card Set: 10 (Verbs 2 / Fiiller 2)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>21</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789944693219</t>
+          <t>9786052031834</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Çipilip - Üç Şekerli Oyun</t>
+          <t>Tembel Teneke Acaba Nerede?</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>8</v>
+        <v>85</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789944693844</t>
+          <t>8682328730320</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dürbünü</t>
+          <t>Filozof Çocuk Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>8</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789758275847</t>
+          <t>9786052854051</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Geliyor</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>7.41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789944697057</t>
+          <t>9789944692533</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma - Jimmy Coates</t>
+          <t>Dağ Kaşındı</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789756451687</t>
+          <t>9789758275519</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Çalı Çiçeği</t>
+          <t>Çöl Çiçeği</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789944693738</t>
+          <t>9789758275670</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Atatürk Fotoğrafları Cilt: 2 (Ciltli)</t>
+          <t>Çocukken</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>55.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789944693066</t>
+          <t>9789944690157</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Atatürk Fotoğrafları Cilt: 1 (Ciltli)</t>
+          <t>Çocukça</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>55.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789759081935</t>
+          <t>9789756451793</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Cep Sudoku 3</t>
+          <t>Çocuk ve Leylek</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>7.41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789944694001</t>
+          <t>9789944694926</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat (Ciltli)</t>
+          <t>Çivit Kral</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>37.04</v>
+        <v>21</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789759081942</t>
+          <t>9789944693219</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Cep Sudoku 2</t>
+          <t>Çipilip - Üç Şekerli Oyun</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>7.41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789759081928</t>
+          <t>9789944693844</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Cep Sudoku 1</t>
+          <t>Çiçek Dürbünü</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>7.41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789756451465</t>
+          <t>9789758275847</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Ölümü</t>
+          <t>Çılgın Geliyor</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>8.8</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789944693370</t>
+          <t>9789944697057</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Casusluk Bilimi (Ciltli)</t>
+          <t>Çarpışma - Jimmy Coates</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>46.3</v>
+        <v>17</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789758275243</t>
+          <t>9789756451687</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Cankuş</t>
+          <t>Çalı Çiçeği</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789756451779</t>
+          <t>9789944693738</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kirpi</t>
+          <t>Çağdaş Atatürk Fotoğrafları Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>3.7</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789756451755</t>
+          <t>9789944693066</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Küçük İstiridye</t>
+          <t>Çağdaş Atatürk Fotoğrafları Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>6.48</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789756451984</t>
+          <t>9789759081935</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Sır</t>
+          <t>Cep Sudoku 3</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789944690652</t>
+          <t>9789944694001</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Kuvvet Hissedebiliyor Musun? (Ciltli)</t>
+          <t>Çocuklar İçin Sanat (Ciltli)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>18.52</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789758275700</t>
+          <t>9789759081942</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Kartalı</t>
+          <t>Cep Sudoku 2</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789944696562</t>
+          <t>9789759081928</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kurabi’ye Uçan Omlet</t>
+          <t>Cep Sudoku 1</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>16</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789944690409</t>
+          <t>9789756451465</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Kuçu Kuçu Kendine Bir Ev Arıyor (Ciltli)</t>
+          <t>Cennetin Ölümü</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>13.89</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789944693028</t>
+          <t>9789944693370</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Hiçkorkmaz’ın Korkunç Anıları (Ciltli)</t>
+          <t>Casusluk Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>18.52</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789944692137</t>
+          <t>9789758275243</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Korkak Oğlan</t>
+          <t>Cankuş</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789944691901</t>
+          <t>9789756451779</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Kirli Benek</t>
+          <t>Küçük Kirpi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>6.94</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789944694636</t>
+          <t>9789756451755</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Mavi Kurt’tan</t>
+          <t>Küçük İstiridye</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789758275854</t>
+          <t>9789756451984</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kızılbenek</t>
+          <t>Kuyudaki Sır</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789944693615</t>
+          <t>9789944690652</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejder’i Ararken</t>
+          <t>Kuvvet Hissedebiliyor Musun? (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789944690966</t>
+          <t>9789758275700</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar (Ciltli)</t>
+          <t>Kurtuluş Kartalı</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>46.3</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789944694582</t>
+          <t>9789944696562</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kız Kitabı 2</t>
+          <t>Kurabi’ye Uçan Omlet</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789944693493</t>
+          <t>9789944690409</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kız Kitabı</t>
+          <t>Kuçu Kuçu Kendine Bir Ev Arıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789944692922</t>
+          <t>9789944693028</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Kış Ustası</t>
+          <t>Korkusuz Hiçkorkmaz’ın Korkunç Anıları (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789758275663</t>
+          <t>9789944692137</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Set - 7 Kitap Takım (11-12 Yaş)</t>
+          <t>Korkak Oğlan</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>84.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789944693806</t>
+          <t>9789944691901</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Tutan Elin Şarkısı</t>
+          <t>Kirli Benek</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>16</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789756451229</t>
+          <t>9789944694636</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan’ın Nohudu</t>
+          <t>Kim Korkar Mavi Kurt’tan</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>2.78</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789944693516</t>
+          <t>9789758275854</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kelkaya’nın Meşesi</t>
+          <t>Kızılbenek</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789758275311</t>
+          <t>9789944693615</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kelebekle Karınca</t>
+          <t>Kızıl Ejder’i Ararken</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>3.7</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789944693196</t>
+          <t>9789944690966</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Kardeşi (Ciltli)</t>
+          <t>Korsanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>13.89</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789944693431</t>
+          <t>9789944694582</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kararınca</t>
+          <t>Kız Kitabı 2</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789944693868</t>
+          <t>9789944693493</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Karganın Rengi</t>
+          <t>Kız Kitabı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789944695039</t>
+          <t>9789944692922</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Karbon Günlükleri 2015</t>
+          <t>Kış Ustası</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>20.37</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789944696173</t>
+          <t>9789758275663</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yaşam</t>
+          <t>Kırmızı Set - 7 Kitap Takım (11-12 Yaş)</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>21</v>
+        <v>84.26</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789758275335</t>
+          <t>9789944693806</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kar Kuşları</t>
+          <t>Kılıç Tutan Elin Şarkısı</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>7.41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789944696722</t>
+          <t>9789756451229</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kar Benek Kara Benek</t>
+          <t>Keloğlan’ın Nohudu</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>8.33</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789944690331</t>
+          <t>9789944693516</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Karşıtlar</t>
+          <t>Kelkaya’nın Meşesi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789944693950</t>
+          <t>9789758275311</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Yumurtası</t>
+          <t>Kelebekle Karınca</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>18.52</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789944693301</t>
+          <t>9789944693196</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kent Düşleri</t>
+          <t>Karıncanın Kardeşi (Ciltli)</t>
         </is>
       </c>
       <c r="C680" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789944690737</t>
+          <t>9789944693431</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Karşıtlar İki Katı Eğlence</t>
+          <t>Karınca Kararınca</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052853191</t>
+          <t>9789944693868</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Benden Bize - Kafası Karışıklar</t>
+          <t>Karganın Rengi</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>150</v>
+        <v>9</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052853030</t>
+          <t>9789944695039</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvanın Hızlı Macerası</t>
+          <t>Karbon Günlükleri 2015</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>57</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>2789786077281</t>
+          <t>9789944696173</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası Tüm Dersler 2. Sınıf (SBS'ye Uygun)</t>
+          <t>Karanlık Yaşam</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052853375</t>
+          <t>9789758275335</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Ailemizin Mucitleri</t>
+          <t>Kar Kuşları</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>55</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789944697224</t>
+          <t>9789944696722</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Okula Gitmek İstemiyor</t>
+          <t>Kar Benek Kara Benek</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789944697200</t>
+          <t>9789944690331</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Karanlıktan Korkuyor</t>
+          <t>Benim Dünyam - Karşıtlar</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052852842</t>
+          <t>9789944693950</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam ve Kayıp Pabuçlar (3. Kitap)</t>
+          <t>Kaplan Yumurtası</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052852071</t>
+          <t>9789944693301</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Spor Ayakkabıda Kungfu</t>
+          <t>Kent Düşleri</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789756451458</t>
+          <t>9789944690737</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Tuna’nın Büyülü Gemisi</t>
+          <t>Karşıtlar İki Katı Eğlence</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>8699237599658</t>
+          <t>9786052853191</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Süperhügo Serisi (5 Kitap Takım)</t>
+          <t>Benden Bize - Kafası Karışıklar</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>720</v>
+        <v>150</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052859933</t>
+          <t>9786052853030</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Yavru Dinozor Tehlikede!</t>
+          <t>Tembel Hayvanın Hızlı Macerası</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>180</v>
+        <v>57</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052855812</t>
+          <t>2789786077281</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Koca Dev</t>
+          <t>Soru Bankası Tüm Dersler 2. Sınıf (SBS'ye Uygun)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>185</v>
+        <v>20</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052859629</t>
+          <t>9786052853375</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Süper Hızlı ve Kontrolsüz</t>
+          <t>Ailemizin Mucitleri</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052858684</t>
+          <t>9789944697224</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kahramanları Arıları Koruyor</t>
+          <t>Zeytin Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>180</v>
+        <v>11</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052859957</t>
+          <t>9789944697200</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Pelin Küpe Takmak İstiyor</t>
+          <t>Cingöz Karanlıktan Korkuyor</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052858677</t>
+          <t>9786052852842</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kutunun Gizemi</t>
+          <t>Haylaz Adam ve Kayıp Pabuçlar (3. Kitap)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052859872</t>
+          <t>9786052852071</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Onun Adı Var: Halide</t>
+          <t>Spor Ayakkabıda Kungfu</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786253800413</t>
+          <t>9789756451458</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Zorbanı Nasıl Eğitirsin?</t>
+          <t>Tuna’nın Büyülü Gemisi</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786059604833</t>
+          <t>8699237599658</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Dönem Süreç Odaklı Matematik</t>
+          <t>Süperhügo Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>290</v>
+        <v>720</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052859346</t>
+          <t>9786052859933</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Lenny Lemmon ve Yenilmez Fare</t>
+          <t>Küçük Yıldızlar: Yavru Dinozor Tehlikede!</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052859643</t>
+          <t>9786052855812</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu</t>
+          <t>Dikkat! Koca Dev</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052859803</t>
+          <t>9786052859629</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kurbağalara Fısıldayan Çocuk</t>
+          <t>Marvin Redpost: Süper Hızlı ve Kontrolsüz</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052859506</t>
+          <t>9786052858684</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Kukuleta Şeklinde Bir Kule</t>
+          <t>Doğa Kahramanları Arıları Koruyor</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052859377</t>
+          <t>9786052859957</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Matti, Sami ve Evrenin En Büyük Üç Hatası</t>
+          <t>Pelin Küpe Takmak İstiyor</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052859513</t>
+          <t>9786052858677</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Kardan Hayalet</t>
+          <t>Pembe Kutunun Gizemi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052859360</t>
+          <t>9786052859872</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Şenlik Ailesi: Bu Evde Grev Var!</t>
+          <t>Onun Adı Var: Halide</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052859711</t>
+          <t>9786253800413</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Denemeye Değer</t>
+          <t>Zorbanı Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052859612</t>
+          <t>9786059604833</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Hitit Prensesi Arinna</t>
+          <t>1. Sınıf 2. Dönem Süreç Odaklı Matematik</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052859520</t>
+          <t>9786052859346</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Görünmez Kahramanları</t>
+          <t>Lenny Lemmon ve Yenilmez Fare</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052859704</t>
+          <t>9786052859643</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Biri Şu Hıçkırığımı Durdursun</t>
+          <t>Korsan Okulu</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052859339</t>
+          <t>9786052859803</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Vızıltı Kardeşlerin İnanılmaz Hikayesi</t>
+          <t>Kurbağalara Fısıldayan Çocuk</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052855621</t>
+          <t>9786052859506</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Türkçe Dinamik Soru Bankası</t>
+          <t>Kukuleta Şeklinde Bir Kule</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>470</v>
+        <v>245</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052855645</t>
+          <t>9786052859377</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Dinamik Soru Bankası</t>
+          <t>Matti, Sami ve Evrenin En Büyük Üç Hatası</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786257223089</t>
+          <t>9786052859513</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Kılavuz Deneme</t>
+          <t>Kardan Hayalet</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052859537</t>
+          <t>9786052859360</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Piyon</t>
+          <t>Şenlik Ailesi: Bu Evde Grev Var!</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052859384</t>
+          <t>9786052859711</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Uçan Doğum Günü Pastası</t>
+          <t>Denemeye Değer</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052859353</t>
+          <t>9786052859612</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Riko ve Gizemli Sokak Lambası (Ciltli)</t>
+          <t>Hitit Prensesi Arinna</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052859544</t>
+          <t>9786052859520</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceli Hayvan Şiirleri</t>
+          <t>Sınıfın Görünmez Kahramanları</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052859650</t>
+          <t>9786052859704</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dostları</t>
+          <t>Biri Şu Hıçkırığımı Durdursun</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052859315</t>
+          <t>9786052859339</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Bisiklet Kullanmak</t>
+          <t>Vızıltı Kardeşlerin İnanılmaz Hikayesi</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052859568</t>
+          <t>9786052855621</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le Bir Gün</t>
+          <t>4. Sınıf Türkçe Dinamik Soru Bankası</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052859582</t>
+          <t>9786052855645</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Bizim Robot Hasta</t>
+          <t>4. Sınıf Matematik Dinamik Soru Bankası</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>185</v>
+        <v>470</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052859551</t>
+          <t>9786257223089</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Öykü</t>
+          <t>3. Sınıf Tüm Dersler Kılavuz Deneme</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>185</v>
+        <v>310</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052859391</t>
+          <t>9786052859537</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Kitabevi: Köstebeğin Anıları</t>
+          <t>Piyon</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052859599</t>
+          <t>9786052859384</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Renkleri Duyan Çocuk</t>
+          <t>Marvin Redpost: Uçan Doğum Günü Pastası</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052859674</t>
+          <t>9786052859353</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kahramanları - Küçük Yıldızlar Okuma Seviyesi - 3</t>
+          <t>Riko ve Gizemli Sokak Lambası (Ciltli)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052859575</t>
+          <t>9786052859544</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Babamla Aramdaki 6 Kişi</t>
+          <t>Bilmeceli Hayvan Şiirleri</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052859742</t>
+          <t>9786052859650</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Kuş Doktoru</t>
+          <t>Hayvan Dostları</t>
         </is>
       </c>
       <c r="C729" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052859605</t>
+          <t>9786052859315</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot (Sen De Oku Klasikler)</t>
+          <t>Görevimiz Bisiklet Kullanmak</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052859322</t>
+          <t>9786052859568</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Şehirde Bahçecilik</t>
+          <t>Atatürk’le Bir Gün</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052859308</t>
+          <t>9786052859582</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Sınıftaki Başkan</t>
+          <t>Bizim Robot Hasta</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>8682328732515</t>
+          <t>9786052859551</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Su Günlükleri Set (3 Kitap)</t>
+          <t>Mükemmel Öykü</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>1140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>8682328732539</t>
+          <t>9786052859391</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Serisi (5 Kitap)</t>
+          <t>Ormandaki Kitabevi: Köstebeğin Anıları</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>855</v>
+        <v>450</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052859681</t>
+          <t>9786052859599</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Sağım Solum Kedi</t>
+          <t>Renkleri Duyan Çocuk</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052859421</t>
+          <t>9786052859674</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre - Kermeste</t>
+          <t>Doğa Kahramanları - Küçük Yıldızlar Okuma Seviyesi - 3</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>99</v>
+        <v>180</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052858714</t>
+          <t>9786052859575</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tatil Kitabım 3. Sınıfa Geçenler İçin</t>
+          <t>Babamla Aramdaki 6 Kişi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052858578</t>
+          <t>9786052859742</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Şarkılar, Abur Cuburlar ve Büyük Planlar (Ciltli)</t>
+          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Kuş Doktoru</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052858639</t>
+          <t>9786052859605</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Su Günlükleri 3 - Ben Yeteneksiz miyim?</t>
+          <t>Don Kişot (Sen De Oku Klasikler)</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052858486</t>
+          <t>9786052859322</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Köpek Bakıcısı</t>
+          <t>Görevimiz Şehirde Bahçecilik</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052858561</t>
+          <t>9786052859308</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Okulu</t>
+          <t>Marvin Redpost: Sınıftaki Başkan</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052858554</t>
+          <t>8682328732515</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Yağmur ile Pofuduk</t>
+          <t>Su Günlükleri Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>180</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052858646</t>
+          <t>8682328732539</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Kum Adam ile Kaplumbağalar</t>
+          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>220</v>
+        <v>855</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052858479</t>
+          <t>9786052859681</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Arıları Korumak</t>
+          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Sağım Solum Kedi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052858615</t>
+          <t>9786052859421</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Kurbağa</t>
+          <t>Emre ile Cemre - Kermeste</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>220</v>
+        <v>99</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052858462</t>
+          <t>9786052858714</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Permakültür</t>
+          <t>2. Sınıf Tatil Kitabım 3. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052858325</t>
+          <t>9786052858578</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi Dehşet</t>
+          <t>Tom Gates - Şarkılar, Abur Cuburlar ve Büyük Planlar (Ciltli)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>185</v>
+        <v>450</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052858790</t>
+          <t>9786052858639</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Sahnede Yaşamak - Rutkay Aziz ile Söyleşi</t>
+          <t>Su Günlükleri 3 - Ben Yeteneksiz miyim?</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052858455</t>
+          <t>9786052858486</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kaça Bölersin?</t>
+          <t>Marvin Redpost: Köpek Bakıcısı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052858547</t>
+          <t>9786052858561</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Uzaylı Dostum</t>
+          <t>Süper Kahraman Okulu</t>
         </is>
       </c>
       <c r="C750" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052858585</t>
+          <t>9786052858554</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Bu Sorular Tam Benlik</t>
+          <t>Yağmur ile Pofuduk</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052858394</t>
+          <t>9786052858646</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Sümük Meselesi</t>
+          <t>Kum Adam ile Kaplumbağalar</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052858509</t>
+          <t>9786052858479</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Hiç Korkmadan Yaşamak Mümkün mü?</t>
+          <t>Görevimiz Arıları Korumak</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052858592</t>
+          <t>9786052858615</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarıma Yer Yok (Sen De Oku)</t>
+          <t>İçimdeki Kurbağa</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052858608</t>
+          <t>9786052858462</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Mucit?</t>
+          <t>Görevimiz Permakültür</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052857007</t>
+          <t>9786052858325</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şemsiye</t>
+          <t>Kara Kedi Dehşet</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>290</v>
+        <v>185</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789944698313</t>
+          <t>9786052858790</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Aynı Çatı Altında</t>
+          <t>Sahnede Yaşamak - Rutkay Aziz ile Söyleşi</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052857014</t>
+          <t>9786052858455</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Akıl Fikir Kitabım - 1</t>
+          <t>Kaça Bölersin?</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052858530</t>
+          <t>9786052858547</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Postacının Gizli Planı</t>
+          <t>Küçük Yıldızlar: Uzaylı Dostum</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052853467</t>
+          <t>9786052858585</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kapiland'ın Karanlık Yüzü</t>
+          <t>Bu Sorular Tam Benlik</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789944697736</t>
+          <t>9786052858394</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Nine Bizi Kurtarsana</t>
+          <t>Marvin Redpost: Sümük Meselesi</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789944694339</t>
+          <t>9786052858509</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Yüzümde Kırlangıç Gölgesi</t>
+          <t>Hiç Korkmadan Yaşamak Mümkün mü?</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789944694469</t>
+          <t>9786052858592</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Yılankale</t>
+          <t>Kitaplarıma Yer Yok (Sen De Oku)</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789944693097</t>
+          <t>9786052858608</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Yazarına Direnen Öyküler</t>
+          <t>Bu Nasıl Mucit?</t>
         </is>
       </c>
       <c r="C764" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786059667173</t>
+          <t>9786052857007</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Saçlı Kız</t>
+          <t>Kırmızı Şemsiye</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786059604758</t>
+          <t>9789944698313</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlalarından Kolye</t>
+          <t>Küçük Yıldızlar: Aynı Çatı Altında</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789944692236</t>
+          <t>9786052857014</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Vampirin Asistanı</t>
+          <t>Akıl Fikir Kitabım - 1</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789944691277</t>
+          <t>9786052858530</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Ülkemin Efsaneleri</t>
+          <t>Kahraman Postacının Gizli Planı</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789944696883</t>
+          <t>9786052853467</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Umacı</t>
+          <t>Kapiland'ın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789944694186</t>
+          <t>9789944697736</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Vampirler Dağı</t>
+          <t>Nine Bizi Kurtarsana</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789944696074</t>
+          <t>9789944694339</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Uçan Dalgalar</t>
+          <t>Yüzümde Kırlangıç Gölgesi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789944696517</t>
+          <t>9789944694469</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Tapınağın Sırrı</t>
+          <t>Yılankale</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789944692311</t>
+          <t>9789944693097</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Şaka Gibi</t>
+          <t>Yazarına Direnen Öyküler</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789944697682</t>
+          <t>9786059667173</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Gülen Sakız Ağacı</t>
+          <t>Yağmur Saçlı Kız</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789944699600</t>
+          <t>9786059604758</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Babam Duymasın</t>
+          <t>Yağmur Damlalarından Kolye</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789944699518</t>
+          <t>9789944692236</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Babamın Sihirli Küresi</t>
+          <t>Vampirin Asistanı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789944697170</t>
+          <t>9789944691277</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Fincan Teyzenin Kurabiyeleri</t>
+          <t>Ülkemin Efsaneleri</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786059604765</t>
+          <t>9789944696883</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Doktor Otukuru'nun Işınlanma Makinesi</t>
+          <t>Umacı</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052850190</t>
+          <t>9789944694186</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Denizin Dibindeki Krallık</t>
+          <t>Vampirler Dağı</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789944697699</t>
+          <t>9789944696074</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kanı</t>
+          <t>Uçan Dalgalar</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052856062</t>
+          <t>9789944696517</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler - 1</t>
+          <t>Tapınağın Sırrı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789944694766</t>
+          <t>9789944692311</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Çocuk</t>
+          <t>Şaka Gibi</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789756451649</t>
+          <t>9789944697682</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Gülen Sakız Ağacı</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789944696500</t>
+          <t>9789944699600</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Bilmecenin İzinde Maceranın Peşinde</t>
+          <t>Babam Duymasın</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789758275502</t>
+          <t>9789944699518</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Az Gittim Uz Gittim</t>
+          <t>Babamın Sihirli Küresi</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789944691314</t>
+          <t>9789944697170</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızı</t>
+          <t>Fincan Teyzenin Kurabiyeleri</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789944696913</t>
+          <t>9786059604765</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Anne Beni Geri Getir</t>
+          <t>Doktor Otukuru'nun Işınlanma Makinesi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789944692304</t>
+          <t>9786052850190</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Öyküler 2</t>
+          <t>Denizin Dibindeki Krallık</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789944692298</t>
+          <t>9789944697699</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Öyküler 1</t>
+          <t>Hayaletin Kanı</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052853238</t>
+          <t>9786052856062</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Almarpa’nın Gizemi</t>
+          <t>Süper Gazeteciler - 1</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789944693882</t>
+          <t>9789944694766</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumdaki Denizkızı</t>
+          <t>Büyüyen Çocuk</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052853221</t>
+          <t>9789756451649</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kapiland’ın Kobayları</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789944696869</t>
+          <t>9789944696500</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya’nın Perileri</t>
+          <t>Bilmecenin İzinde Maceranın Peşinde</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052852897</t>
+          <t>9789758275502</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Düşler</t>
+          <t>Az Gittim Uz Gittim</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789944693011</t>
+          <t>9789944691314</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kan Tünelleri</t>
+          <t>Ateş Hırsızı</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789944696876</t>
+          <t>9789944696913</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Kelebek</t>
+          <t>Anne Beni Geri Getir</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789944694452</t>
+          <t>9789944692304</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kafesteki Çikolata</t>
+          <t>Anılardan Öyküler 2</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789944696746</t>
+          <t>9789944692298</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Çocukları</t>
+          <t>Anılardan Öyküler 1</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789944696944</t>
+          <t>9786052853238</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Köpek Biber</t>
+          <t>Almarpa’nın Gizemi</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789756451250</t>
+          <t>9789944693882</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Ayakkabılar</t>
+          <t>Akvaryumdaki Denizkızı</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789944696210</t>
+          <t>9786052853221</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 1 - Haylaz Köpek Pati</t>
+          <t>Kapiland’ın Kobayları</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789944694698</t>
+          <t>9789944696869</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Sırrı</t>
+          <t>Kapadokya’nın Perileri</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789944695060</t>
+          <t>9786052852897</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Savaşı</t>
+          <t>Kanatlı Düşler</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789944693325</t>
+          <t>9789944693011</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Laneti</t>
+          <t>Kan Tünelleri</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789944696135</t>
+          <t>9789944696876</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kurbanı</t>
+          <t>Kalbimdeki Kelebek</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789944696708</t>
+          <t>9789944694452</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kaderi</t>
+          <t>Kafesteki Çikolata</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789944696609</t>
+          <t>9789944696746</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kabusu</t>
+          <t>Kaderin Çocukları</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789944695725</t>
+          <t>9789944696944</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Hatası</t>
+          <t>Kaçak Köpek Biber</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052853276</t>
+          <t>9789756451250</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Tozu</t>
+          <t>Işıklı Ayakkabılar</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789944696593</t>
+          <t>9789944696210</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Hükümdarı</t>
+          <t>Haylaz Pati’nin Serüvenleri 1 - Haylaz Köpek Pati</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789944696548</t>
+          <t>9789944694698</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerden Uzakta</t>
+          <t>Hayaletin Sırrı</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>129</v>
+        <v>375</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789944696104</t>
+          <t>9789944695060</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Müttefikleri</t>
+          <t>Hayaletin Savaşı</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789944695930</t>
+          <t>9789944693325</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Türkçe Öğretimi</t>
+          <t>Hayaletin Laneti</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>660</v>
+        <v>375</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789944693479</t>
+          <t>9789944696135</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Maymun Çıkabilir</t>
+          <t>Hayaletin Kurbanı</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789944692885</t>
+          <t>9789944696708</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Denize Düşen Denizkızı</t>
+          <t>Hayaletin Kaderi</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789944696692</t>
+          <t>9789944696609</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>İkizler İz Peşinde</t>
+          <t>Hayaletin Kabusu</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789944696258</t>
+          <t>9789944695725</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 5 - Öğretmen Sınıfa Ne Getirdi?</t>
+          <t>Hayaletin Hatası</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789944696241</t>
+          <t>9786052853276</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 4 - Korkunç Gölge</t>
+          <t>Hayalet Tozu</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789944696234</t>
+          <t>9789944696593</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 3 - Flüt Çalan Köpek</t>
+          <t>Gölgelerin Hükümdarı</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789944696227</t>
+          <t>9789944696548</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 2 - Kremalı Köpek Gofreti</t>
+          <t>Gölgelerden Uzakta</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786059153775</t>
+          <t>9789944696104</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Oğlum, Ben Çocukken</t>
+          <t>Gecenin Müttefikleri</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786059153492</t>
+          <t>9789944695930</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Yaratıkları</t>
+          <t>Etkinliklerle Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>290</v>
+        <v>660</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786059493833</t>
+          <t>9789944693479</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sihirbazı</t>
+          <t>Dikkat! Maymun Çıkabilir</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789944691697</t>
+          <t>9789944692885</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Sokak Haberleri</t>
+          <t>Denize Düşen Denizkızı</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786052853252</t>
+          <t>9789944696692</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Sisin Sakladıkları</t>
+          <t>İkizler İz Peşinde</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789944694544</t>
+          <t>9789944696258</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Masalları</t>
+          <t>Haylaz Pati’nin Serüvenleri 5 - Öğretmen Sınıfa Ne Getirdi?</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789944691123</t>
+          <t>9789944696241</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Rüküş Kral Ne Giymiş?</t>
+          <t>Haylaz Pati’nin Serüvenleri 4 - Korkunç Gölge</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789944691130</t>
+          <t>9789944696234</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Renk Cüceleri</t>
+          <t>Haylaz Pati’nin Serüvenleri 3 - Flüt Çalan Köpek</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789944693561</t>
+          <t>9789944696227</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Ortanca Balık</t>
+          <t>Haylaz Pati’nin Serüvenleri 2 - Kremalı Köpek Gofreti</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789944696142</t>
+          <t>9786059153775</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Origami: Oyuncaklar</t>
+          <t>Oğlum, Ben Çocukken</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789944696159</t>
+          <t>9786059153492</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Origami: Hediyelik</t>
+          <t>Hayaletin Yaratıkları</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>199</v>
+        <v>290</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789944692144</t>
+          <t>9786059493833</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Obur Prenses</t>
+          <t>Zaman Sihirbazı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789944693004</t>
+          <t>9789944691697</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Nim’in Adası</t>
+          <t>Sokak Haberleri</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789944693318</t>
+          <t>9786052853252</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sokağı</t>
+          <t>Sisin Sakladıkları</t>
         </is>
       </c>
       <c r="C834" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789944691307</t>
+          <t>9789944694544</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Maurice ve Değişmiş Fareleri</t>
+          <t>Rüzgar Masalları</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>239</v>
+        <v>200</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789944693769</t>
+          <t>9789944691123</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Montague Amca’nın Dehşet Hikayeleri</t>
+          <t>Rüküş Kral Ne Giymiş?</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789944694759</t>
+          <t>9789944691130</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Martı ve Savaş</t>
+          <t>Renk Cüceleri</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789758275526</t>
+          <t>9789944693561</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressam</t>
+          <t>Ortanca Balık</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789944694506</t>
+          <t>9789944696142</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Sınav</t>
+          <t>Origami: Oyuncaklar</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789944699280</t>
+          <t>9789944696159</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Çikolatayı Kim Yiyecek</t>
+          <t>Origami: Hediyelik</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>180</v>
+        <v>199</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786052857632</t>
+          <t>9789944692144</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Edebiyat</t>
+          <t>Obur Prenses</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>660</v>
+        <v>200</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789944696739</t>
+          <t>9789944693004</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı ve Okuma Kültürü</t>
+          <t>Nim’in Adası</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>660</v>
+        <v>200</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786059604741</t>
+          <t>9789944693318</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Pijamalı Çocuk</t>
+          <t>Mutluluk Sokağı</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789944695329</t>
+          <t>9789944691307</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi Karıncalar Köleci Karıncalara Karşı</t>
+          <t>Muhteşem Maurice ve Değişmiş Fareleri</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>220</v>
+        <v>239</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789944696432</t>
+          <t>9789944693769</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cadı Yeşil</t>
+          <t>Montague Amca’nın Dehşet Hikayeleri</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789756451441</t>
+          <t>9789944694759</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kulesi</t>
+          <t>Martı ve Savaş</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789944696067</t>
+          <t>9789758275526</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Koyasan</t>
+          <t>Küçük Ressam</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789944695350</t>
+          <t>9789944694506</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Sen?</t>
+          <t>Ölümcül Sınav</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786052852880</t>
+          <t>9789944699280</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kartal</t>
+          <t>Çikolatayı Kim Yiyecek</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789944696319</t>
+          <t>9786052857632</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Arabanın Hayaleti</t>
+          <t>Çocuk ve Edebiyat</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>290</v>
+        <v>660</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786253800420</t>
+          <t>9789944696739</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet - 1</t>
+          <t>Çocuk Edebiyatı ve Okuma Kültürü</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>350</v>
+        <v>660</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789944694797</t>
+          <t>9786059604741</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Kara Gemi’den Dehşet Hikayeleri</t>
+          <t>Çizgili Pijamalı Çocuk</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786052858431</t>
+          <t>9789944695329</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Kasabası</t>
+          <t>Çiftçi Karıncalar Köleci Karıncalara Karşı</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786052858349</t>
+          <t>9789944696432</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları (Sen de Oku Klasikler)</t>
+          <t>Küçük Cadı Yeşil</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786052858318</t>
+          <t>9789756451441</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Zıpzıp Zeynep</t>
+          <t>Kuş Kulesi</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786052858493</t>
+          <t>9789944696067</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Korku Nedir?</t>
+          <t>Koyasan</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786052858332</t>
+          <t>9789944695350</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Begüm’ün Nesi Var? (Sen De Oku)</t>
+          <t>Kimsin Sen?</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052858387</t>
+          <t>9786052852880</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Kayıp Prens’in Sırrı</t>
+          <t>Kırmızı Kartal</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786052858127</t>
+          <t>9789944696319</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Haklarına Sahip Çık!</t>
+          <t>Kırmızı Arabanın Hayaleti</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786052858448</t>
+          <t>9786253800420</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Dali'nin Dehası</t>
+          <t>Kayıp Kitaplıktaki İskelet - 1</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786052858356</t>
+          <t>9789944694797</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Gerçeğe</t>
+          <t>Kara Gemi’den Dehşet Hikayeleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052858295</t>
+          <t>9786052858431</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Çılgın Macera (Gibi Bir Şey) (Ciltli)</t>
+          <t>Kahkaha Kasabası</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052858271</t>
+          <t>9786052858349</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar Tatilde</t>
+          <t>Bremen Mızıkacıları (Sen de Oku Klasikler)</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052858257</t>
+          <t>9786052858318</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Senden Tembeli Var</t>
+          <t>Zıpzıp Zeynep</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052858080</t>
+          <t>9786052858493</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Korku Nedir?</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052858233</t>
+          <t>9786052858332</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Lena Kırpık Kaş</t>
+          <t>Begüm’ün Nesi Var? (Sen De Oku)</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052858226</t>
+          <t>9786052858387</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Bakan Çocuk</t>
+          <t>Marvin Redpost: Kayıp Prens’in Sırrı</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052857595</t>
+          <t>9786052858127</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 1 - Anılan</t>
+          <t>Haklarına Sahip Çık!</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052858035</t>
+          <t>9786052858448</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın İsyanı</t>
+          <t>Dali'nin Dehası</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052858059</t>
+          <t>9786052858356</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Benim Duvardan Farkım Ne?</t>
+          <t>Hayalden Gerçeğe</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052858219</t>
+          <t>9786052858295</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Zamangezer Yatak</t>
+          <t>Tom Gates Çılgın Macera (Gibi Bir Şey) (Ciltli)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052858240</t>
+          <t>9786052858271</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Robot</t>
+          <t>Evcil Hayvanlar Tatilde</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052857311</t>
+          <t>9786052858257</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Tekir</t>
+          <t>Senden Tembeli Var</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052858004</t>
+          <t>9786052858080</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Atölyesi</t>
+          <t>Büyük Yarış</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052858288</t>
+          <t>9786052858233</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Perili Evin Gizemi</t>
+          <t>Lena Kırpık Kaş</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052858141</t>
+          <t>9786052858226</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Yıldızlara Bakan Çocuk</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052858073</t>
+          <t>9786052857595</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Dijital Güvenlik</t>
+          <t>Zamanın Bekçileri 1 - Anılan</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052858103</t>
+          <t>9786052858035</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Suyu Korumak</t>
+          <t>Yapay Zekanın İsyanı</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052858011</t>
+          <t>9786052858059</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Teyzem Görünmez Oluyor</t>
+          <t>Benim Duvardan Farkım Ne?</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052858110</t>
+          <t>9786052858219</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler ve Dünyanın Yedi Harikası</t>
+          <t>Zamangezer Yatak</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052858196</t>
+          <t>9786052858240</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Altı Şapka</t>
+          <t>Küçük Kara Robot</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052859735</t>
+          <t>9786052857311</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Saçma Sapan Kurabiyesi</t>
+          <t>Tekir</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052859728</t>
+          <t>9786052858004</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Seni Gidi Robot</t>
+          <t>Atasözleri Atölyesi</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052858097</t>
+          <t>9786052858288</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Çukurlar</t>
+          <t>Perili Evin Gizemi</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052857885</t>
+          <t>9786052858141</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Problem Atölyesi</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052858134</t>
+          <t>9786052858073</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Tahtakurusu Motel'de 7 Gece</t>
+          <t>Görevimiz Dijital Güvenlik</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052857939</t>
+          <t>9786052858103</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Atölyesi</t>
+          <t>Görevimiz Suyu Korumak</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052857762</t>
+          <t>9786052858011</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Harf Delisi - Süper Çocuklar 5</t>
+          <t>Teyzem Görünmez Oluyor</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052856864</t>
+          <t>9786052858110</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Şiir Saldım Gökyüzüne</t>
+          <t>İkiz Gezginler ve Dünyanın Yedi Harikası</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052857793</t>
+          <t>9786052858196</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Bir Gün</t>
+          <t>Kıvırcık ile Pıtırcık - Altı Şapka</t>
         </is>
       </c>
       <c r="C890" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052857779</t>
+          <t>9786052859735</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Saymadan Duramam</t>
+          <t>Kıvırcık ile Pıtırcık - Saçma Sapan Kurabiyesi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052857786</t>
+          <t>9786052859728</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul’da Kıyamet Kopuyor</t>
+          <t>Kıvırcık ile Pıtırcık - Seni Gidi Robot</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>8682328731754</t>
+          <t>9786052858097</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk – 22 Kitaplık Set</t>
+          <t>Çukurlar</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>3970</v>
+        <v>280</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052856611</t>
+          <t>9786052857885</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Bir Sürü Ben</t>
+          <t>Problem Atölyesi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052857243</t>
+          <t>9786052858134</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Çok İlginç Bir Haberim Var</t>
+          <t>Tahtakurusu Motel'de 7 Gece</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052857229</t>
+          <t>9786052857939</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Alis Harikalar Diyarında</t>
+          <t>Deyimler Atölyesi</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052857571</t>
+          <t>9786052857762</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Havuzda Tek Başına</t>
+          <t>Harf Delisi - Süper Çocuklar 5</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052857649</t>
+          <t>9786052856864</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Sanal Zombi Anneannem</t>
+          <t>Şiir Saldım Gökyüzüne</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052856697</t>
+          <t>9786052857793</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam - 5 Futboldan Anlamıyor</t>
+          <t>Uzayda Bir Gün</t>
         </is>
       </c>
       <c r="C899" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052855119</t>
+          <t>9786052857779</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Tembel Hayvanın Hızlı Macerası</t>
+          <t>Saymadan Duramam</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052857274</t>
+          <t>9786052857786</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Spor Ayakkabıda Kungfu</t>
+          <t>Yamuk Okul’da Kıyamet Kopuyor</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052856949</t>
+          <t>8682328731754</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Ailemizin Mucitleri</t>
+          <t>Filozof Çocuk – 22 Kitaplık Set</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>180</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052857670</t>
+          <t>9786052856611</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam - 3 Kayıp Pabuçlar</t>
+          <t>Sen de Oku - Bir Sürü Ben</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052031018</t>
+          <t>9786052857243</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Gulliver'in Gezileri</t>
+          <t>Sen de Oku - Çok İlginç Bir Haberim Var</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052857236</t>
+          <t>9786052857229</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Ezop Masalları</t>
+          <t>Sen de Oku - Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052857557</t>
+          <t>9786052857571</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Tembel Teneke Acaba Nerede?</t>
+          <t>Sen de Oku - Havuzda Tek Başına</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052857342</t>
+          <t>9786052857649</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Oz Büyücüsü</t>
+          <t>Sen de Oku - Sanal Zombi Anneannem</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052856987</t>
+          <t>9786052856697</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Denizler Altında Yirmi Bin Fersah</t>
+          <t>Haylaz Adam - 5 Futboldan Anlamıyor</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052857748</t>
+          <t>9786052855119</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Süper Brokoli Çocuk</t>
+          <t>Küçük Yıldızlar: Tembel Hayvanın Hızlı Macerası</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>385</v>
+        <v>180</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052857847</t>
+          <t>9786052857274</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar</t>
+          <t>Küçük Yıldızlar: Spor Ayakkabıda Kungfu</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052857700</t>
+          <t>9786052856949</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Gizli Geçitleri Bulmanın Yolları</t>
+          <t>Küçük Yıldızlar: Ailemizin Mucitleri</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052857755</t>
+          <t>9786052857670</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Üç Kardeşin Kitabı</t>
+          <t>Haylaz Adam - 3 Kayıp Pabuçlar</t>
         </is>
       </c>
       <c r="C912" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052857335</t>
+          <t>9786052031018</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Gül’ün Hayalindeki Elbise</t>
+          <t>Sen de Oku - Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C913" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052856536</t>
+          <t>9786052857236</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Problemleri Çatır Çatır Çözerim</t>
+          <t>Sen de Oku - Ezop Masalları</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052856482</t>
+          <t>9786052857557</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İçinden</t>
+          <t>Sen de Oku - Tembel Teneke Acaba Nerede?</t>
         </is>
       </c>
       <c r="C915" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052857298</t>
+          <t>9786052857342</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Doğum Günü Macerası</t>
+          <t>Sen de Oku - Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052857731</t>
+          <t>9786052856987</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Küçük Toplayıcının Büyük Yolculuğu</t>
+          <t>Sen de Oku - Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052857717</t>
+          <t>9786052857748</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Çorba Dayanışması</t>
+          <t>Süper Brokoli Çocuk</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052857687</t>
+          <t>9786052857847</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Matisse'in Işığı</t>
+          <t>Mavi Zamanlar</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052857281</t>
+          <t>9786052857700</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kızlar Devlere Karşı</t>
+          <t>Gizli Geçitleri Bulmanın Yolları</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052857304</t>
+          <t>9786052857755</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Yo-Yo 2 Hebele Hübele Mühendisi</t>
+          <t>Üç Kardeşin Kitabı</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052857069</t>
+          <t>9786052857335</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Tuhaf Sorular</t>
+          <t>Gül’ün Hayalindeki Elbise</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052857540</t>
+          <t>9786052856536</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bu Defteri Kimse Okumasın</t>
+          <t>Ben Bu Problemleri Çatır Çatır Çözerim</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052857403</t>
+          <t>9786052856482</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul'da İşler Karışıyor</t>
+          <t>Aynanın İçinden</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052857113</t>
+          <t>9786052857298</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yolcu</t>
+          <t>Sihirli Doğum Günü Macerası</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052854464</t>
+          <t>9786052857731</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Zombili Mombili Roman</t>
+          <t>Küçük Toplayıcının Büyük Yolculuğu</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052857120</t>
+          <t>9786052857717</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Bir Noel Şarkısı</t>
+          <t>Çorba Dayanışması</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052857168</t>
+          <t>9786052857687</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Her Zaman Gerçeği Söylemem Gerekir mi?</t>
+          <t>Matisse'in Işığı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052857175</t>
+          <t>9786052857281</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Gerçek Nedir?</t>
+          <t>Akıllı Kızlar Devlere Karşı</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052856970</t>
+          <t>9786052857304</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Bugün Haber Yok</t>
+          <t>Yo-Yo 2 Hebele Hübele Mühendisi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052857076</t>
+          <t>9786052857069</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>İki Robot - Fabrika Hatası</t>
+          <t>Aklımda Tuhaf Sorular</t>
         </is>
       </c>
       <c r="C931" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052855065</t>
+          <t>9786052857540</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul Yıkılıyor</t>
+          <t>Bu Defteri Kimse Okumasın</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052857052</t>
+          <t>9786052857403</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Pelin'in Davetsiz Misafirleri</t>
+          <t>Yamuk Okul'da İşler Karışıyor</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052857106</t>
+          <t>9786052857113</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Plasebo Etkisi</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052857083</t>
+          <t>9786052854464</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Yeniden Kullanım</t>
+          <t>Zombili Mombili Roman</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052857090</t>
+          <t>9786052857120</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Sıfır Atık</t>
+          <t>Sen de Oku - Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C936" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052857021</t>
+          <t>9786052857168</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Akıl Fikir Kitabım - 2</t>
+          <t>Filozof Çocuk - Her Zaman Gerçeği Söylemem Gerekir mi?</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052857045</t>
+          <t>9786052857175</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>İnterneti Bozan Çocuk</t>
+          <t>Filozof Çocuk - Gerçek Nedir?</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786059493871</t>
+          <t>9786052856970</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkar</t>
+          <t>Bugün Haber Yok</t>
         </is>
       </c>
       <c r="C939" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052856963</t>
+          <t>9786052857076</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul'dan Yumuk Hikayeler</t>
+          <t>İki Robot - Fabrika Hatası</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052856574</t>
+          <t>9786052855065</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Babam Nasıl Fenomen Oldu?</t>
+          <t>Yamuk Okul Yıkılıyor</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052855379</t>
+          <t>9786052857052</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Hayal Rüzgarları</t>
+          <t>Sen de Oku - Pelin'in Davetsiz Misafirleri</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052856475</t>
+          <t>9786052857106</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>1 GB Adalet</t>
+          <t>Plasebo Etkisi</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052856604</t>
+          <t>9786052857083</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Felaket Üçüzler: Evcil Hayvan Alıyor!</t>
+          <t>Görevimiz Yeniden Kullanım</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>8682328730979</t>
+          <t>9786052857090</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Süperhügo Set: Küçük Yıldızlar</t>
+          <t>Görevimiz Sıfır Atık</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>855</v>
+        <v>190</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>8682328731358</t>
+          <t>9786052857021</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler Serisi Set (5 Kitap)</t>
+          <t>Akıl Fikir Kitabım - 2</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>1425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052856130</t>
+          <t>9786052857045</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Süper Koşucu</t>
+          <t>İnterneti Bozan Çocuk</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052855218</t>
+          <t>9786059493871</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Wardstone Günlükleri - 01: Hayaletin Çırağı</t>
+          <t>İcat Çıkar</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>8682328731662</t>
+          <t>9786052856963</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Riko ve Oskar Serisi (5 Kitaplık Set) (Ciltli)</t>
+          <t>Yamuk Okul'dan Yumuk Hikayeler</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>2260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052854242</t>
+          <t>9786052856574</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Taşınıyor</t>
+          <t>Babam Nasıl Fenomen Oldu?</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052850244</t>
+          <t>9786052855379</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Tehlikesavar Matematik Cambazları</t>
+          <t>Hayal Rüzgarları</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>530</v>
+        <v>220</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052856598</t>
+          <t>9786052856475</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Aile Arkadaşlar ve Tüylü Yaratıklar - Tom Gates 12 (Ciltli)</t>
+          <t>1 GB Adalet</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052856505</t>
+          <t>9786052856604</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Bir Sır Kaç KM?</t>
+          <t>Deniz ve Felaket Üçüzler: Evcil Hayvan Alıyor!</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052854952</t>
+          <t>8682328730979</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Küçük Toplayıcının Büyük Macerası</t>
+          <t>Süperhügo Set: Küçük Yıldızlar</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>220</v>
+        <v>855</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052856529</t>
+          <t>8682328731358</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sevgilisi</t>
+          <t>Süper Gazeteciler Serisi Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>240</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052856499</t>
+          <t>9786052856130</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Evin Kedisi</t>
+          <t>Süper Koşucu</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052856550</t>
+          <t>9786052855218</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Riko, Oskar ve Devasa Bir Hata</t>
+          <t>Wardstone Günlükleri - 01: Hayaletin Çırağı</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>510</v>
+        <v>300</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052856581</t>
+          <t>8682328731662</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Dünya'yı Kurtarmanın 10 Yolu</t>
+          <t>Riko ve Oskar Serisi (5 Kitaplık Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>350</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052855805</t>
+          <t>9786052854242</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Defne ve Diğer Baş Belaları</t>
+          <t>Bilge Köpek Taşınıyor</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052854921</t>
+          <t>9786052850244</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Felaket Üçüzler - Okula Geç Kalıyor!</t>
+          <t>Tehlikesavar Matematik Cambazları</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>180</v>
+        <v>530</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052855416</t>
+          <t>9786052856598</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Ultra Çocuk ile Harika Köpek</t>
+          <t>Aile Arkadaşlar ve Tüylü Yaratıklar - Tom Gates 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052856468</t>
+          <t>9786052856505</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>Bir Sır Kaç KM?</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052855133</t>
+          <t>9786052854952</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Arasında</t>
+          <t>Küçük Toplayıcının Büyük Macerası</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052853764</t>
+          <t>9786052856529</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeme Oyunu</t>
+          <t>Dedemin Sevgilisi</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052856543</t>
+          <t>9786052856499</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Flamingo Çocuk</t>
+          <t>Dokuz Evin Kedisi</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052856512</t>
+          <t>9786052856550</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Bir Mahalle</t>
+          <t>Riko, Oskar ve Devasa Bir Hata</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>235</v>
+        <v>510</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052854273</t>
+          <t>9786052856581</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Harf Bilgisi ve Edebi Beceriler: Okuma Güçlüğüne Yönelik Alıştırmalar 2</t>
+          <t>Dünya'yı Kurtarmanın 10 Yolu</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052856147</t>
+          <t>9786052855805</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Robot</t>
+          <t>Defne ve Diğer Baş Belaları</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786253800055</t>
+          <t>9786052854921</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar - Hayvan Koruyucuları: Köpek Olayı</t>
+          <t>Deniz ve Felaket Üçüzler - Okula Geç Kalıyor!</t>
         </is>
       </c>
       <c r="C969" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052859483</t>
+          <t>9786052855416</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Koruyucuları: Kirpi Olayı</t>
+          <t>Ultra Çocuk ile Harika Köpek</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052858691</t>
+          <t>9786052856468</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052857618</t>
+          <t>9786052855133</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Neli Buzgibi ve Plastik Ada 3. Kitap</t>
+          <t>Arkadaşlar Arasında</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052857625</t>
+          <t>9786052853764</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Neli Buzgibi ve Büyük Bela 2. Kitap</t>
+          <t>Düşünmeme Oyunu</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052857250</t>
+          <t>9786052856543</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Neli Buzgibi’nin Maceraları 1. Kitap</t>
+          <t>Flamingo Çocuk</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052855188</t>
+          <t>9786052856512</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Picasso'nun Gözleri</t>
+          <t>Uzayda Bir Mahalle</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>200</v>
+        <v>235</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052852873</t>
+          <t>9786052854273</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Prens Burnubüyük</t>
+          <t>Harf Bilgisi ve Edebi Beceriler: Okuma Güçlüğüne Yönelik Alıştırmalar 2</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>170</v>
+        <v>410</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052855089</t>
+          <t>9786052856147</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Kora ile Kelebek</t>
+          <t>Kaçak Robot</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786052856161</t>
+          <t>9786253800055</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım Banjo</t>
+          <t>Küçük Yıldızlar - Hayvan Koruyucuları: Köpek Olayı</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052855959</t>
+          <t>9786052859483</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 5 - Son Baskı</t>
+          <t>Hayvan Koruyucuları: Kirpi Olayı</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052855263</t>
+          <t>9786052858691</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Herkes</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052854136</t>
+          <t>9786052857618</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Dudak Uçuklatan Teknoloji Maceraları</t>
+          <t>Neli Buzgibi ve Plastik Ada 3. Kitap</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>530</v>
+        <v>170</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052855072</t>
+          <t>9786052857625</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Yeşillikler Ülkesi'nde - İkiz Gezginler</t>
+          <t>Neli Buzgibi ve Büyük Bela 2. Kitap</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052854969</t>
+          <t>9786052857250</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Sakın Korkma!</t>
+          <t>Neli Buzgibi’nin Maceraları 1. Kitap</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>799</v>
+        <v>185</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786253800512</t>
+          <t>9786052855188</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
+          <t>Picasso'nun Gözleri</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>520</v>
+        <v>200</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052858417</t>
+          <t>9786052852873</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası - Sen De Oku</t>
+          <t>Prens Burnubüyük</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>8682328731198</t>
+          <t>9786052855089</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Kapiland Serisi (4 kitap)</t>
+          <t>Kora ile Kelebek</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>1080</v>
+        <v>250</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052854112</t>
+          <t>9786052856161</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Ben Kıskanç Mıyım? - Su Günlükleri 2 (Ciltli)</t>
+          <t>Yol Arkadaşım Banjo</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052854709</t>
+          <t>9786052855959</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitabın Macerası</t>
+          <t>Süper Gazeteciler 5 - Son Baskı</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786052854792</t>
+          <t>9786052855263</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Bir Gün Herkes</t>
         </is>
       </c>
       <c r="C989" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052854693</t>
+          <t>9786052854136</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Sıkıldım, İki Hafta Yokum</t>
+          <t>Dudak Uçuklatan Teknoloji Maceraları</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>230</v>
+        <v>530</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786052854747</t>
+          <t>9786052855072</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Ailesi Yollarda</t>
+          <t>Yeşillikler Ülkesi'nde - İkiz Gezginler</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052857694</t>
+          <t>9786052854969</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Sen de Oku</t>
+          <t>Sakın Korkma!</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>190</v>
+        <v>799</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052853634</t>
+          <t>9786253800512</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Gizli Görev</t>
+          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052853658</t>
+          <t>9786052858417</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Sürmeli Kedi'nin Arayışı</t>
+          <t>Mercan Adası - Sen De Oku</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052852712</t>
+          <t>8682328731198</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Günlük de Neyin Nesi?</t>
+          <t>Kapiland Serisi (4 kitap)</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>390</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052854044</t>
+          <t>9786052854112</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Ses Farkındalığı Okuma Güçlüğüne Yönelik Alıştırmalar-1</t>
+          <t>Ben Kıskanç Mıyım? - Su Günlükleri 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052858301</t>
+          <t>9786052854709</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hekim - Sen de Oku</t>
+          <t>Bir Kitabın Macerası</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786052854679</t>
+          <t>9786052854792</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Kumsal'ın Çizgili Dünyası</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052854105</t>
+          <t>9786052854693</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Bizden Dünyaya - Kafası Karışıklar 2</t>
+          <t>Sıkıldım, İki Hafta Yokum</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052858400</t>
+          <t>9786052854747</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Saçımla Derdim Var - Sen de Oku</t>
+          <t>Tuhaflıklar Ailesi Yollarda</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786052854167</t>
+          <t>9786052857694</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Noel Baba'nın Takma Sakalı</t>
+          <t>Peter Pan - Sen de Oku</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052856994</t>
+          <t>9786052853634</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'le Birlikte Düşünelim</t>
+          <t>Zıpır Gizli Görev</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786052854488</t>
+          <t>9786052853658</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ben Kitap</t>
+          <t>Sürmeli Kedi'nin Arayışı</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052858523</t>
+          <t>9786052852712</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mürmür Yüzme Yarışına Katılıyor 2. Kitap</t>
+          <t>Günlük de Neyin Nesi?</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052858363</t>
+          <t>9786052854044</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mürmür Okula Başlıyor 1. Kitap</t>
+          <t>Ses Farkındalığı Okuma Güçlüğüne Yönelik Alıştırmalar-1</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786052854075</t>
+          <t>9786052858301</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi Paşa</t>
+          <t>Küçük Hekim - Sen de Oku</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786052854280</t>
+          <t>9786052854679</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Kapiland'ın Külleri</t>
+          <t>Kumsal'ın Çizgili Dünyası</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052854174</t>
+          <t>9786052854105</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Sonunda 12 Yaş</t>
+          <t>Bizden Dünyaya - Kafası Karışıklar 2</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052853405</t>
+          <t>9786052858400</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Almarpa'nın Gizemi (Ciltli)</t>
+          <t>Saçımla Derdim Var - Sen de Oku</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052854181</t>
+          <t>9786052854167</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Köstebek Var</t>
+          <t>Noel Baba'nın Takma Sakalı</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>185</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052854006</t>
+          <t>9786052856994</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Kütüphanesi</t>
+          <t>Atatürk'le Birlikte Düşünelim</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052854068</t>
+          <t>9786052854488</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Hiç Tanımadığım Çocuk 2 - Mektup Ağacı</t>
+          <t>Merhaba Ben Kitap</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786052858264</t>
+          <t>9786052858523</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Serüvenleri</t>
+          <t>Küçük Mürmür Yüzme Yarışına Katılıyor 2. Kitap</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786052853344</t>
+          <t>9786052858363</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İzinde</t>
+          <t>Küçük Mürmür Okula Başlıyor 1. Kitap</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786052853351</t>
+          <t>9786052854075</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Pelin'in Dili Masaya Nasıl Yapıştı?</t>
+          <t>Pisi Pisi Paşa</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786052853177</t>
+          <t>9786052854280</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Selin Beni Terk Etti</t>
+          <t>Kapiland'ın Külleri</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786052851050</t>
+          <t>9786052854174</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı ile Kokuş</t>
+          <t>Sonunda 12 Yaş</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052853184</t>
+          <t>9786052853405</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Kar Kurdu ve Canavar</t>
+          <t>Almarpa'nın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052853139</t>
+          <t>9786052854181</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Bir Matematik Hikayesi</t>
+          <t>Bu İşte Bir Köstebek Var</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>8682328730238</t>
+          <t>9786052854006</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Serisi (5 Kitap Takım)</t>
+          <t>Sonsuzluk Kütüphanesi</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>855</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052853412</t>
+          <t>9786052854068</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Sofi Göklerde</t>
+          <t>Sevgili Hiç Tanımadığım Çocuk 2 - Mektup Ağacı</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052853368</t>
+          <t>9786052858264</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Dedem, Ben ve Definemiz - Küçük Yıldızlar Okuma Seviyesi -1</t>
+          <t>Tom Sawyer'ın Serüvenleri</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>8682328730627</t>
+          <t>9786052853344</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri Serisi (3 Kitap Takım)</t>
+          <t>Cumhuriyetin İzinde</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>610</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052853122</t>
+          <t>9786052853351</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Bir Macera</t>
+          <t>Pelin'in Dili Masaya Nasıl Yapıştı?</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052853436</t>
+          <t>9786052853177</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Çöp Plaza - 1</t>
+          <t>Selin Beni Terk Etti</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786052853146</t>
+          <t>9786052851050</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Özgürlük Peşinde</t>
+          <t>Pırıltılı ile Kokuş</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052853108</t>
+          <t>9786052853184</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Hawaii - Çöp Plaza 2</t>
+          <t>Kar Kurdu ve Canavar</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786052857601</t>
+          <t>9786052853139</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Hazine</t>
+          <t>Bir Matematik Hikayesi</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786052850367</t>
+          <t>8682328730238</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ile Vız Vız Müzik Macerası</t>
+          <t>Haylaz Adam Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>185</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052853290</t>
+          <t>9786052853412</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Süpürge Şipşak</t>
+          <t>Sofi Göklerde</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786052853160</t>
+          <t>9786052853368</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri 3 - Takım Ruhu</t>
+          <t>Dedem, Ben ve Definemiz - Küçük Yıldızlar Okuma Seviyesi -1</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786052853153</t>
+          <t>8682328730627</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Vur Patlasın Çal Oynasın Orkestrası</t>
+          <t>Uçan Fare ile Hayalet Hayri Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>220</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786253800406</t>
+          <t>9786052853122</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Amcam Bir Robot</t>
+          <t>Çok Acayip Bir Macera</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052850992</t>
+          <t>9786052853436</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Biz Arkadaş mıyız? - Su Günlükleri 1 (Ciltli)</t>
+          <t>Çöp Plaza - 1</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052853207</t>
+          <t>9786052853146</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ile Vız Vız - Denizaltı Macerası</t>
+          <t>Zıpır Özgürlük Peşinde</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052853092</t>
+          <t>9786052853108</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kış Ülkesi Çocukları</t>
+          <t>Hayaller Hawaii - Çöp Plaza 2</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052853115</t>
+          <t>9786052857601</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Masal Dolu Anadolu</t>
+          <t>Çöpten Hazine</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052853078</t>
+          <t>9786052850367</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Tek Başıma Okumaktan Korkuyorum</t>
+          <t>Yalnız Kurt ile Vız Vız Müzik Macerası</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052852729</t>
+          <t>9786052853290</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zar - Spor Gezginleri 2</t>
+          <t>Çılgın Süpürge Şipşak</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786052858769</t>
+          <t>9786052853160</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Mutfakta</t>
+          <t>Uçan Fare ile Hayalet Hayri 3 - Takım Ruhu</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786052852927</t>
+          <t>9786052853153</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Tuna'nın Büyülü Gemisi</t>
+          <t>Vur Patlasın Çal Oynasın Orkestrası</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786052852668</t>
+          <t>9786253800406</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya ve Çocuk</t>
+          <t>Amcam Bir Robot</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052857861</t>
+          <t>9786052850992</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Elveda Patatesler - Sende Oku</t>
+          <t>Biz Arkadaş mıyız? - Su Günlükleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052852569</t>
+          <t>9786052853207</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Terry Pratchett - Zamanı Ancak Sen Durdurabilirsin</t>
+          <t>Yalnız Kurt ile Vız Vız - Denizaltı Macerası</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052857397</t>
+          <t>9786052853092</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Partiye Davetli Değil! (4. Kitap)</t>
+          <t>Kış Ülkesi Çocukları</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052852835</t>
+          <t>9786052853115</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Okul Gezisinde (2. Kitap)</t>
+          <t>Masal Dolu Anadolu</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052858752</t>
+          <t>9786052853078</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam ile Okulun İlk Günü (1. Kitap)</t>
+          <t>Tek Başıma Okumaktan Korkuyorum</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052852675</t>
+          <t>9786052852729</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Kayıp Zar - Spor Gezginleri 2</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052852743</t>
+          <t>9786052858769</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kule - Dedektif Bol Bel'in Serüvenleri - 4</t>
+          <t>Bilge Köpek Mutfakta</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052858424</t>
+          <t>9786052852927</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Gülmeyi Bilen Müdür Aranıyor</t>
+          <t>Tuna'nın Büyülü Gemisi</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052852811</t>
+          <t>9786052852668</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Zombi Köpekler Bir Numara (Ciltli)</t>
+          <t>Cemal Süreya ve Çocuk</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052851852</t>
+          <t>9786052857861</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklerin Peşinde 2 - Dijital Karınca</t>
+          <t>Elveda Patatesler - Sende Oku</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052852699</t>
+          <t>9786052852569</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hayal Kurma Günü</t>
+          <t>Terry Pratchett - Zamanı Ancak Sen Durdurabilirsin</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052854266</t>
+          <t>9786052857397</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk (Ciltli)</t>
+          <t>Haylaz Adam Partiye Davetli Değil! (4. Kitap)</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052852590</t>
+          <t>9786052852835</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Destansı Mühendislik Faciaları</t>
+          <t>Haylaz Adam Okul Gezisinde (2. Kitap)</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>530</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052852682</t>
+          <t>9786052858752</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Kalbi Ankara - Keşif Kulübü</t>
+          <t>Haylaz Adam ile Okulun İlk Günü (1. Kitap)</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052852750</t>
+          <t>9786052852675</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Ters Giden Bir Şey Var</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052851005</t>
+          <t>9786052852743</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Yuan Huan'ın Kulübesi</t>
+          <t>Gizemli Kule - Dedektif Bol Bel'in Serüvenleri - 4</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>8699237599627</t>
+          <t>9786052858424</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam Serisi (4 Kitap Takım)</t>
+          <t>Gülmeyi Bilen Müdür Aranıyor</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>1360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052852774</t>
+          <t>9786052852811</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Riko Oskar ve Gökteki Cennet (Ciltli)</t>
+          <t>Tom Gates - Zombi Köpekler Bir Numara (Ciltli)</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052852781</t>
+          <t>9786052851852</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Şiddet Nedir?</t>
+          <t>Gerçeklerin Peşinde 2 - Dijital Karınca</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052852798</t>
+          <t>9786052852699</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Başkalarına Vurmaya Hakkım Var Mı?</t>
+          <t>Dünya Hayal Kurma Günü</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052852736</t>
+          <t>9786052854266</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Havuç Ağacı</t>
+          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789944699754</t>
+          <t>9786052852590</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Oğlum Nerdesin?</t>
+          <t>Destansı Mühendislik Faciaları</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>160</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052852576</t>
+          <t>9786052852682</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Ancak Sen Kurtarabilirsin</t>
+          <t>Türkiye'nin Kalbi Ankara - Keşif Kulübü</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052852088</t>
+          <t>9786052852750</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Altı Masal Üstü Masal</t>
+          <t>Bahçede Ters Giden Bir Şey Var</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052031964</t>
+          <t>9786052851005</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Komşu</t>
+          <t>Yuan Huan'ın Kulübesi</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786052851814</t>
+          <t>8699237599627</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Riko Oscar ve Defolu Kalpler (Ciltli)</t>
+          <t>İşlem Tamam Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>460</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052851821</t>
+          <t>9786052852774</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Riko Oscar ve Çalıntı Taş (Ciltli)</t>
+          <t>Riko Oskar ve Gökteki Cennet (Ciltli)</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>510</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052851845</t>
+          <t>9786052852781</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Aheste Gariplikler Adası</t>
+          <t>Filozof Çocuk - Şiddet Nedir?</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052858783</t>
+          <t>9786052852798</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Doğa Gezisinde</t>
+          <t>Filozof Çocuk - Başkalarına Vurmaya Hakkım Var Mı?</t>
         </is>
       </c>
       <c r="C1071" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052851999</t>
+          <t>9786052852736</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Kaleler</t>
+          <t>Havuç Ağacı</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052851982</t>
+          <t>9789944699754</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Anya'yı Beklerken</t>
+          <t>Oğlum Nerdesin?</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052851876</t>
+          <t>9786052852576</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Kulaksız'ın Romanı</t>
+          <t>İnsanlığı Ancak Sen Kurtarabilirsin</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052858066</t>
+          <t>9786052852088</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Odadaki Hayalet - Sen de Oku</t>
+          <t>Altı Masal Üstü Masal</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052851913</t>
+          <t>9786052031964</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Tumpa-tumpa Sakın Kaybolma</t>
+          <t>Uzaylı Komşu</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052851890</t>
+          <t>9786052851814</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Dere Tepe Efsane</t>
+          <t>Riko Oscar ve Defolu Kalpler (Ciltli)</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052851968</t>
+          <t>9786052851821</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Dinozorun Ayak Sesleri</t>
+          <t>Riko Oscar ve Çalıntı Taş (Ciltli)</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>160</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052851746</t>
+          <t>9786052851845</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Telgraf</t>
+          <t>Aheste Gariplikler Adası</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786052851869</t>
+          <t>9786052858783</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri 2</t>
+          <t>Bilge Köpek Doğa Gezisinde</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052851920</t>
+          <t>9786052851999</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Ötesinde</t>
+          <t>Hayalden Kaleler</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052851975</t>
+          <t>9786052851982</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Gecen Gündüzüm Olsa</t>
+          <t>Anya'yı Beklerken</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052851906</t>
+          <t>9786052851876</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Hazinem</t>
+          <t>Kulaksız'ın Romanı</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052851708</t>
+          <t>9786052858066</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Yeni Evinde</t>
+          <t>Odadaki Hayalet - Sen de Oku</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052859414</t>
+          <t>9786052851913</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Uzay Yolunda! - Süperhügo 5</t>
+          <t>Tumpa-tumpa Sakın Kaybolma</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052858042</t>
+          <t>9786052851890</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>İş Başında! - Süperhügo 1</t>
+          <t>Dere Tepe Efsane</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052859827</t>
+          <t>9786052851968</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında! - Süperhügo 4</t>
+          <t>Dinozorun Ayak Sesleri</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786052859407</t>
+          <t>9786052851746</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Avında! - Süperhügo 3</t>
+          <t>Büyülü Telgraf</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052858745</t>
+          <t>9786052851869</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>İyilik Peşinde! - Süperhügo 2</t>
+          <t>Uçan Fare ile Hayalet Hayri 2</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052851944</t>
+          <t>9786052851920</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Sista Patina Labirenti</t>
+          <t>Hayallerin Ötesinde</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052851937</t>
+          <t>9786052851975</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Yıldızı</t>
+          <t>Gecen Gündüzüm Olsa</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052851739</t>
+          <t>9786052851906</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Hayali</t>
+          <t>En Büyük Hazinem</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052851432</t>
+          <t>9786052851708</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kapının Anahtarı</t>
+          <t>Bilge Köpek Yeni Evinde</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052851470</t>
+          <t>9786052859414</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam 4</t>
+          <t>Uzay Yolunda! - Süperhügo 5</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052851838</t>
+          <t>9786052858042</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Aslan Firarda</t>
+          <t>İş Başında! - Süperhügo 1</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052853474</t>
+          <t>9786052859827</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Ortak Ruh</t>
+          <t>Sular Altında! - Süperhügo 4</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052851722</t>
+          <t>9786052859407</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Telefon Bilmecesi</t>
+          <t>Hırsız Avında! - Süperhügo 3</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052031049</t>
+          <t>9786052858745</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Uyaranlarla Dil Öğretimi</t>
+          <t>İyilik Peşinde! - Süperhügo 2</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>660</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052859469</t>
+          <t>9786052851944</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener ile Masal Atölyesi</t>
+          <t>Sista Patina Labirenti</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786052851487</t>
+          <t>9786052851937</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Karamel Kokulu Öykü Okulu</t>
+          <t>Kuzey Yıldızı</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>320</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052851685</t>
+          <t>9786052851739</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Riko, Oskar ve Derin Gölgeler (Ciltli)</t>
+          <t>Özgürlük Hayali</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052851500</t>
+          <t>9786052851432</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Islak Burun</t>
+          <t>Kayıp Kapının Anahtarı</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>400</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052850459</t>
+          <t>9786052851470</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Felaketsavar Bilim Tutkunları</t>
+          <t>İşlem Tamam 4</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>620</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786052851425</t>
+          <t>9786052851838</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Boynu Yamuk</t>
+          <t>Aslan Firarda</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786052851531</t>
+          <t>9786052853474</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Mitoloji: Herakles'ten Örümcek Kadına</t>
+          <t>Ortak Ruh</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786052851449</t>
+          <t>9786052851722</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Bir Dünya</t>
+          <t>Telefon Bilmecesi</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786052851548</t>
+          <t>9786052031049</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Şarkısı - Sen de Oku</t>
+          <t>Sanatsal Uyaranlarla Dil Öğretimi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>150</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786052858202</t>
+          <t>9786052859469</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Adam - Sen de Oku</t>
+          <t>Mavisel Yener ile Masal Atölyesi</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786052851418</t>
+          <t>9786052851487</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Atıştırmalık Öyküler</t>
+          <t>Karamel Kokulu Öykü Okulu</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052851524</t>
+          <t>9786052851685</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Prens</t>
+          <t>Riko, Oskar ve Derin Gölgeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052851463</t>
+          <t>9786052851500</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Adımları</t>
+          <t>Islak Burun</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052851494</t>
+          <t>9786052850459</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Likya'nın Şarkısı</t>
+          <t>Felaketsavar Bilim Tutkunları</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052851456</t>
+          <t>9786052851425</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Boborildo Problemleri</t>
+          <t>Boynu Yamuk</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052850343</t>
+          <t>9786052851531</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam - Elde Var 3</t>
+          <t>Öykülerle Mitoloji: Herakles'ten Örümcek Kadına</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>360</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>8682328732270</t>
+          <t>9786052851449</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Süper Çocuklar Serisi (5 Kitap)</t>
+          <t>Bambaşka Bir Dünya</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>1260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786052854396</t>
+          <t>9786052851548</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çocuk Yazını</t>
+          <t>Mutluluk Şarkısı - Sen de Oku</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052850848</t>
+          <t>9786052858202</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyler Yapmam Gerek</t>
+          <t>Yıldız Adam - Sen de Oku</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052850350</t>
+          <t>9786052851418</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Nanni - Küçük Fare'nin Büyük Maceraları</t>
+          <t>Atıştırmalık Öyküler</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052850374</t>
+          <t>9786052851524</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Şaşırtıcı Yetenekler (Ciltli)</t>
+          <t>Mekanik Prens</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052850336</t>
+          <t>9786052851463</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Süs Delisi - Süper Çocuklar - 4</t>
+          <t>Güvercin Adımları</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786052850329</t>
+          <t>9786052851494</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Sakladıkları</t>
+          <t>Likya'nın Şarkısı</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052859797</t>
+          <t>9786052851456</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 3 - Alışveriş Merkezinde</t>
+          <t>Boborildo Problemleri</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>89</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052031353</t>
+          <t>9786052850343</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 6 - Korkuluk Yapıyor</t>
+          <t>İşlem Tamam - Elde Var 3</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>89</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052859438</t>
+          <t>8682328732270</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 5 - Kitap Fuarında</t>
+          <t>Süper Çocuklar Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>89</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052031391</t>
+          <t>9786052854396</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 2 - Kedili Takvim Yapıyor</t>
+          <t>Çağdaş Çocuk Yazını</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>89</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052859452</t>
+          <t>9786052850848</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 10 - Başbakan Oluyor</t>
+          <t>Bir Şeyler Yapmam Gerek</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052031414</t>
+          <t>9786052850350</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 4 - Tarım Yapıyor</t>
+          <t>Nanni - Küçük Fare'nin Büyük Maceraları</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>79</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786052031339</t>
+          <t>9786052850374</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 7 - Doktor Oluyor</t>
+          <t>Tom Gates - Şaşırtıcı Yetenekler (Ciltli)</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052031421</t>
+          <t>9786052850336</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 1 - Okuma Bayramı</t>
+          <t>Süs Delisi - Süper Çocuklar - 4</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>89</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052859445</t>
+          <t>9786052850329</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 9 - Düğünde</t>
+          <t>Ormanın Sakladıkları</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>99</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052850411</t>
+          <t>9786052859797</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Eve Giden Uzun Yol</t>
+          <t>Emre ile Cemre 3 - Alışveriş Merkezinde</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>250</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786052850398</t>
+          <t>9786052031353</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sokağı (Ciltli)</t>
+          <t>Emre ile Cemre 6 - Korkuluk Yapıyor</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>550</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052854372</t>
+          <t>9786052859438</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Çöplük (Ciltli)</t>
+          <t>Emre ile Cemre 5 - Kitap Fuarında</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>550</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052850312</t>
+          <t>9786052031391</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Teneke Uygarlığı</t>
+          <t>Emre ile Cemre 2 - Kedili Takvim Yapıyor</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>265</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052850251</t>
+          <t>9786052859452</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Neye Benzer Gelecek</t>
+          <t>Emre ile Cemre 10 - Başbakan Oluyor</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>180</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052852484</t>
+          <t>9786052031414</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Kapiland'ın Kıyameti</t>
+          <t>Emre ile Cemre 4 - Tarım Yapıyor</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>290</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052850220</t>
+          <t>9786052031339</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın En Komik Adamı</t>
+          <t>Emre ile Cemre 7 - Doktor Oluyor</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>260</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786052850268</t>
+          <t>9786052031421</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam - Elde Var 2</t>
+          <t>Emre ile Cemre 1 - Okuma Bayramı</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>360</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052850183</t>
+          <t>9786052859445</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Gerçekle Büyümek Düşlerle Yürümek</t>
+          <t>Emre ile Cemre 9 - Düğünde</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>270</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052850206</t>
+          <t>9786052850411</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Cadının Elektrikli Süpürgesi</t>
+          <t>Eve Giden Uzun Yol</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786052850237</t>
+          <t>9786052850398</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Bulunmaz Hint Kumaşı</t>
+          <t>Mutluluk Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052031445</t>
+          <t>9786052854372</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Yokyüzler 2 - Karanlıktan Kaçış</t>
+          <t>Çöplük (Ciltli)</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>8699237598736</t>
+          <t>9786052850312</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Anton'un Maceraları (3 Kitap Takım)</t>
+          <t>Teneke Uygarlığı</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>800</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>8699237598712</t>
+          <t>9786052850251</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet Serisi (3 Kitap Takım)</t>
+          <t>Neye Benzer Gelecek</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>1280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>8699237598750</t>
+          <t>9786052852484</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları (3 Kitap Takım) (Ciltli)</t>
+          <t>Kapiland'ın Kıyameti</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>1250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>8699237598729</t>
+          <t>9786052850220</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem Üçlemesi (3 Kitap Takım) (Ciltli)</t>
+          <t>Dünya'nın En Komik Adamı</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>1140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786052031308</t>
+          <t>9786052850268</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri - Karşılaşma</t>
+          <t>İşlem Tamam - Elde Var 2</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786052857038</t>
+          <t>9786052850183</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Kitap Günlüğüm</t>
+          <t>Gerçekle Büyümek Düşlerle Yürümek</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052031261</t>
+          <t>9786052850206</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kalamar Pansiyon</t>
+          <t>Cadının Elektrikli Süpürgesi</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052031230</t>
+          <t>9786052850237</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sahipleri</t>
+          <t>Kardeşim Bulunmaz Hint Kumaşı</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052031360</t>
+          <t>9786052031445</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklerin Peşinde 1 - Büyük Yarış</t>
+          <t>Yokyüzler 2 - Karanlıktan Kaçış</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786052031452</t>
+          <t>8699237598736</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Hayaletim</t>
+          <t>Anton'un Maceraları (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786052856840</t>
+          <t>8699237598712</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener ile Öykü Atölyesi</t>
+          <t>Kayıp Kitaplıktaki İskelet Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>370</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786059493734</t>
+          <t>8699237598750</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Kime Göre, Neye Göre?</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>265</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786059493741</t>
+          <t>8699237598729</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Hayal Küre</t>
+          <t>Ara Alem Üçlemesi (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>200</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786052031247</t>
+          <t>9786052031308</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem 3 - Yeniden Doğuş (Ciltli)</t>
+          <t>Uçan Fare ile Hayalet Hayri - Karşılaşma</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786052851012</t>
+          <t>9786052857038</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Üç Çocuk, Bir Öğretmen ve Unutulmaz Bir Gün</t>
+          <t>Kitap Günlüğüm</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786059493703</t>
+          <t>9786052031261</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Koku Delisi Süper Çocuklar-3</t>
+          <t>Kalamar Pansiyon</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786052031315</t>
+          <t>9786052031230</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Böcek Tamircisi</t>
+          <t>Cennetin Sahipleri</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786052857267</t>
+          <t>9786052031360</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Canlısı - İyi Düşün, Anton!</t>
+          <t>Gerçeklerin Peşinde 1 - Büyük Yarış</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786059604895</t>
+          <t>9786052031452</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Aliş'in Kabakları</t>
+          <t>Ben Bir Hayaletim</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786059493789</t>
+          <t>9786052856840</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates: Sınıfın Birincisi (Ciltli)</t>
+          <t>Mavisel Yener ile Öykü Atölyesi</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786052031254</t>
+          <t>9786059493734</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Yeni Bir Macera</t>
+          <t>Kime Göre, Neye Göre?</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786059153621</t>
+          <t>9786059493741</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Her Şey Harika Sayılır (Ciltli)</t>
+          <t>Hayal Küre</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786059493819</t>
+          <t>9786052031247</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Origami - Kuklalar</t>
+          <t>Ara Alem 3 - Yeniden Doğuş (Ciltli)</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>199</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786059493758</t>
+          <t>9786052851012</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Hortlaklar Geçidi</t>
+          <t>Üç Çocuk, Bir Öğretmen ve Unutulmaz Bir Gün</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786059493710</t>
+          <t>9786059493703</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Hayal Sözleşmesi</t>
+          <t>Koku Delisi Süper Çocuklar-3</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>290</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786059493765</t>
+          <t>9786052031315</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet - 3 Fare Sarayı</t>
+          <t>Böcek Tamircisi</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786059493697</t>
+          <t>9786052857267</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Bir Altın Hikayesi</t>
+          <t>Arkadaş Canlısı - İyi Düşün, Anton!</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786059493024</t>
+          <t>9786059604895</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: İstanbul'dan Bodrum'a (Ciltli)</t>
+          <t>Aliş'in Kabakları</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786059493772</t>
+          <t>9786059493789</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Özgür Çocuklar 1 - Davetsiz Misafir</t>
+          <t>Tom Gates: Sınıfın Birincisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786059493796</t>
+          <t>9786052031254</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben (Ciltli)</t>
+          <t>Her Gün Yeni Bir Macera</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786059493802</t>
+          <t>9786059153621</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Hitler Oyuncağımı Çaldı (Ciltli)</t>
+          <t>Tom Gates - Her Şey Harika Sayılır (Ciltli)</t>
         </is>
       </c>
       <c r="C1173" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786059493086</t>
+          <t>9786059493819</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Sardunya, Sardalya ve Bizim Sokak</t>
+          <t>Origami - Kuklalar</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>220</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786059493031</t>
+          <t>9786059493758</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler</t>
+          <t>Hortlaklar Geçidi</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786052853245</t>
+          <t>9786059493710</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Zirvenin Dibindeki Çocuk</t>
+          <t>Hayal Sözleşmesi</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786059493680</t>
+          <t>9786253800680</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Topun İki Rengi</t>
+          <t>Kayıp Kitaplıktaki İskelet - 3 Fare Sarayı</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786059493055</t>
+          <t>9786059493697</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları 3 - Evrenin Sonu (Ciltli)</t>
+          <t>Bir Altın Hikayesi</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786059604772</t>
+          <t>9786059493024</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Gerçekten İnanılmaz (Ciltli)</t>
+          <t>İkiz Gezginler: İstanbul'dan Bodrum'a (Ciltli)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786059667067</t>
+          <t>9786059493772</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Hayaletten Mektuplar</t>
+          <t>Özgür Çocuklar 1 - Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786059493062</t>
+          <t>9786059493796</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Duygu'nun Doğum Günü Armağanı</t>
+          <t>Babam ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786059493079</t>
+          <t>9786059493802</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Origami - Bitkiler</t>
+          <t>Hitler Oyuncağımı Çaldı (Ciltli)</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>199</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786059493017</t>
+          <t>9786059493086</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Kalanlar Okul Açtılar</t>
+          <t>Sardunya, Sardalya ve Bizim Sokak</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786059493048</t>
+          <t>9786059493031</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Bay Mucittaş ve Ailesi</t>
+          <t>Süper Gazeteciler</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786059493000</t>
+          <t>9786052853245</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Büyükanne Geri Dönüyor</t>
+          <t>Zirvenin Dibindeki Çocuk</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786052857854</t>
+          <t>9786059493680</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener ile Şiir Atölyesi</t>
+          <t>Topun İki Rengi</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786052856956</t>
+          <t>9786059493055</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Anahtar</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları 3 - Evrenin Sonu (Ciltli)</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786059604970</t>
+          <t>9786059604772</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Karanlık (Ciltli)</t>
+          <t>Tom Gates Gerçekten İnanılmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786059604925</t>
+          <t>9786059667067</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Origami - Hayvanlar</t>
+          <t>Hayaletten Mektuplar</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786059153508</t>
+          <t>9786059493062</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem Cebimde</t>
+          <t>Duygu'nun Doğum Günü Armağanı</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786059604987</t>
+          <t>9786059493079</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Şapkada Eriyen Bay Karp</t>
+          <t>Origami - Bitkiler</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>185</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786059604260</t>
+          <t>9786059493017</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Evet! Hayır Belki (Ciltli)</t>
+          <t>Sınıfta Kalanlar Okul Açtılar</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786059604536</t>
+          <t>9786059493048</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Göl Çiçekleri</t>
+          <t>Bay Mucittaş ve Ailesi</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786059153768</t>
+          <t>9786059493000</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Kızım Ben Çocukken</t>
+          <t>İmdat! Büyükanne Geri Dönüyor</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786052031056</t>
+          <t>9786052857854</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Ustası</t>
+          <t>Mavisel Yener ile Şiir Atölyesi</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786059153942</t>
+          <t>9786052856956</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>A-Tik-Tuk</t>
+          <t>Zamanın Bekçileri 3 - Anahtar</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786059604178</t>
+          <t>9786059604970</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Muhteşem Bahaneler ve Başka Güzellikler (Ciltli)</t>
+          <t>Zamanın Bekçileri 2 - Karanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786059604482</t>
+          <t>9786059604925</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Yonca</t>
+          <t>Origami - Hayvanlar</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>290</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786059604512</t>
+          <t>9786059153508</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gemisi</t>
+          <t>Büyükannem Cebimde</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786059604284</t>
+          <t>9786059604987</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları 2: Mucize Beklerken</t>
+          <t>Şapkada Eriyen Bay Karp</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>440</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786059604451</t>
+          <t>9786059604260</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Savaş Atı (Ciltli)</t>
+          <t>Tom Gates Evet! Hayır Belki (Ciltli)</t>
         </is>
       </c>
       <c r="C1201" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786052854310</t>
+          <t>9786059604536</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar (Ciltli)</t>
+          <t>Göl Çiçekleri</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786052854365</t>
+          <t>9786059153768</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Sisin Sakladıkları (Ciltli)</t>
+          <t>Kızım Ben Çocukken</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786052853054</t>
+          <t>9786052031056</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Pijamalı Çocuk (Ciltli)</t>
+          <t>Cesaret Ustası</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786059604413</t>
+          <t>9786059153942</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Ama Bu Çocuk Defolu!</t>
+          <t>A-Tik-Tuk</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786059604420</t>
+          <t>9786059604178</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Kuş Olsam Evime Uçsam</t>
+          <t>Tom Gates Muhteşem Bahaneler ve Başka Güzellikler (Ciltli)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>265</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786059604475</t>
+          <t>9786059604482</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Ses Delisi</t>
+          <t>Üç Yapraklı Yonca</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786059153720</t>
+          <t>9786059604512</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam</t>
+          <t>Şiir Gemisi</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786052852057</t>
+          <t>9786059604284</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Kulak Ver</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları 2: Mucize Beklerken</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786052853085</t>
+          <t>9786059604451</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kalbindeki Çocuk</t>
+          <t>Savaş Atı (Ciltli)</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786059604116</t>
+          <t>9786052854310</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Parlak Fikirler (Çoğunlukla) (Ciltli)</t>
+          <t>Mavi Zamanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1211" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786059153959</t>
+          <t>9786052854365</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem: 2 - Yasak Oyun (Ciltli)</t>
+          <t>Sisin Sakladıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786059604031</t>
+          <t>9786052853054</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>File Bekçisi</t>
+          <t>Çizgili Pijamalı Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786059667005</t>
+          <t>9786059604413</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Çıkarın Beni Buradan</t>
+          <t>Ama Bu Çocuk Defolu!</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786052031063</t>
+          <t>9786059604420</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Şair Kısakulak</t>
+          <t>Kuş Olsam Evime Uçsam</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786059667036</t>
+          <t>9786059604475</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Birazcık Şanslı (Ciltli)</t>
+          <t>Ses Delisi</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786059153454</t>
+          <t>9786059153720</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Renk Delisi</t>
+          <t>İşlem Tamam</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>265</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786059153966</t>
+          <t>9786052852057</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Bol Bel ve Yedi Cüce</t>
+          <t>Ay'a Kulak Ver</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786059153973</t>
+          <t>9786052853085</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Hiç Tanımadığım Çocuk</t>
+          <t>Ormanın Kalbindeki Çocuk</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786059153997</t>
+          <t>9786059604116</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Farklı</t>
+          <t>Tom Gates Parlak Fikirler (Çoğunlukla) (Ciltli)</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786052853023</t>
+          <t>9786253800536</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Balinalar Geldiğinde</t>
+          <t>Ara Alem: 2 - Yasak Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789944694346</t>
+          <t>9786059604031</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayardaki Saklambaç</t>
+          <t>File Bekçisi</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786052853450</t>
+          <t>9786059667005</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Salıncak</t>
+          <t>İmdat! Çıkarın Beni Buradan</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789944695251</t>
+          <t>9786052031063</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Kuğu Gecesi</t>
+          <t>Şair Kısakulak</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789944694605</t>
+          <t>9786059667036</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Adından Belli Kuşlar Köyü</t>
+          <t>Tom Gates - Birazcık Şanslı (Ciltli)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786052853214</t>
+          <t>9786059153454</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>11 Yaş Günü</t>
+          <t>Renk Delisi</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789944698962</t>
+          <t>9786059153966</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Arkadaşlar ve Spagetti Canavarı</t>
+          <t>Pamuk Bol Bel ve Yedi Cüce</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>8699237597043</t>
+          <t>9786059153973</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Serisi (5. kitap)</t>
+          <t>Sevgili Hiç Tanımadığım Çocuk</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>1045</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789756451786</t>
+          <t>9786059153997</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Mavi Irmak</t>
+          <t>Farklı</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786059493840</t>
+          <t>9786052853023</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer Ayı</t>
+          <t>Balinalar Geldiğinde</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786059153850</t>
+          <t>9789944694346</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sınıfın Halleri</t>
+          <t>Bilgisayardaki Saklambaç</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789944699952</t>
+          <t>9786052853450</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Ben Kimim?</t>
+          <t>Kumdan Salıncak</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786059153690</t>
+          <t>9789944695251</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 3 / Kimim Ben?</t>
+          <t>Kuğu Gecesi</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786059153706</t>
+          <t>9789944694605</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 4 / Sesimi Duyan Var mı?</t>
+          <t>Adından Belli Kuşlar Köyü</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786059153645</t>
+          <t>9786052853214</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Çat Kapı</t>
+          <t>11 Yaş Günü</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786059153669</t>
+          <t>9789944698962</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Karakura'nın Düşleri</t>
+          <t>Sıkı Arkadaşlar ve Spagetti Canavarı</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786059153409</t>
+          <t>8699237597043</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Yazar</t>
+          <t>Acaba Ne Olsam? Serisi (5. kitap)</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>220</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786059153393</t>
+          <t>9789756451786</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem 1 / Tarlakoz'un Tuzağı (Ciltli)</t>
+          <t>Mavi Irmak</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786059153355</t>
+          <t>9786059493840</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Parktaki Gergedanlar</t>
+          <t>Uyurgezer Ayı</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786059153430</t>
+          <t>9786059153850</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Flaş Disk Operasyonu</t>
+          <t>Bizim Sınıfın Halleri</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786059153478</t>
+          <t>9789944699952</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Filozof Çocuk : Ben Kimim?</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786059153447</t>
+          <t>9786059153690</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Issız Adanın Kralı</t>
+          <t>Şipşak Hikayeler 3 / Kimim Ben?</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789944699808</t>
+          <t>9786059153706</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıldızlı Ev</t>
+          <t>Şipşak Hikayeler 4 / Sesimi Duyan Var mı?</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786052031872</t>
+          <t>9786059153645</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Özel mi Özel Sürprizler (Ciltli)</t>
+          <t>Çat Kapı</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789944699938</t>
+          <t>9786059153669</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Neden Çıldırdı?</t>
+          <t>Karakura'nın Düşleri</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789944695114</t>
+          <t>9786059153409</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Su Masalları</t>
+          <t>Yengeç Yazar</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786052031780</t>
+          <t>9786059153393</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları : Yıkık Dökük Krallığım</t>
+          <t>Ara Alem 1 / Tarlakoz'un Tuzağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786059153348</t>
+          <t>9786059153355</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Cadıları</t>
+          <t>Parktaki Gergedanlar</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786059153041</t>
+          <t>9786059153430</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Altın Kanatlı Topçin</t>
+          <t>Flaş Disk Operasyonu</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789944699273</t>
+          <t>9786059153478</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Takım Bizim Takım</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786052853399</t>
+          <t>9786059153447</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk</t>
+          <t>Issız Adanın Kralı</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789944698474</t>
+          <t>9789944699808</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: Troya'da</t>
+          <t>Beş Yıldızlı Ev</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789944699846</t>
+          <t>9786052031872</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: Güneş'in Sarayında</t>
+          <t>Tom Gates Özel mi Özel Sürprizler (Ciltli)</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789944699761</t>
+          <t>9789944699938</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Yedikır'ın Kuşları</t>
+          <t>Öğretmen Neden Çıldırdı?</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789944699860</t>
+          <t>9789944695114</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi 4. Kitap -  Ölümüne Dostlar</t>
+          <t>Su Masalları</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789944699815</t>
+          <t>9786052031780</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Uçan Dairesi</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları : Yıkık Dökük Krallığım</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789944699853</t>
+          <t>9786059153348</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Canavar</t>
+          <t>Hayaletin Cadıları</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789944699198</t>
+          <t>9786059153041</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Origami</t>
+          <t>Altın Kanatlı Topçin</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>199</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786052850695</t>
+          <t>9789944699273</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Portakal</t>
+          <t>En Büyük Takım Bizim Takım</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789944699501</t>
+          <t>9786052853399</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin İntikamı</t>
+          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789944699433</t>
+          <t>9789944698474</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Söz Kulağa Yazı Uzağa</t>
+          <t>İkiz Gezginler: Troya'da</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>8682328730412</t>
+          <t>9789944699846</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Johnny Maxwell Serisi (3 Kitap Takım)</t>
+          <t>İkiz Gezginler: Güneş'in Sarayında</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789944699402</t>
+          <t>9789944699761</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi: 3. Kitap - Lanetliler Şatosu</t>
+          <t>Yedikır'ın Kuşları</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>8699237595186</t>
+          <t>9789944699860</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Tansel Tozan Serüvenleri (3 Kitap Takım)</t>
+          <t>Larten Crepsley Efsanesi 4. Kitap -  Ölümüne Dostlar</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>620</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789944699792</t>
+          <t>9789944699815</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Çıldırdı</t>
+          <t>Dedemin Uçan Dairesi</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789944699440</t>
+          <t>9789944699853</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası</t>
+          <t>Kiralık Canavar</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789944699877</t>
+          <t>9789944699198</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Babam Süt Peşinde</t>
+          <t>Mini Mini Origami</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>200</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>8699237595179</t>
+          <t>9786052850695</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Hikayeleri Üçlemesi</t>
+          <t>Yalancı Portakal</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>770</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789944699297</t>
+          <t>9789944699501</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçları</t>
+          <t>Hayaletin İntikamı</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789944699624</t>
+          <t>9789944699433</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 2 / Anlatsam İnanır mısın?</t>
+          <t>Söz Kulağa Yazı Uzağa</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9789944699747</t>
+          <t>8682328730412</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Hukukçu</t>
+          <t>Johnny Maxwell Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789944699341</t>
+          <t>9789944699402</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Doktor</t>
+          <t>Larten Crepsley Efsanesi: 3. Kitap - Lanetliler Şatosu</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789944699884</t>
+          <t>8699237595186</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Hayat Neden Böyle?</t>
+          <t>Tansel Tozan Serüvenleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786059153034</t>
+          <t>9789944699792</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Her Şeyi Bilmem Gerekir mi?</t>
+          <t>Annem Neden Çıldırdı</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786059153027</t>
+          <t>9789944699440</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Güzel Nedir?</t>
+          <t>Uzun Lafın Kısası</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789944699976</t>
+          <t>9789944699877</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Büyümek Zorunda mıyım?</t>
+          <t>Babam Süt Peşinde</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786059153010</t>
+          <t>8699237595179</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Ben Mutlu muyum?</t>
+          <t>Dehşet Hikayeleri Üçlemesi</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>190</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786059153126</t>
+          <t>9789944699297</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: Başkalarına İhtiyacım Var mı?</t>
+          <t>Parmak Uçları</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9789944696630</t>
+          <t>9789944699624</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Tünelin Ağzından Dehşet Hikayeleri</t>
+          <t>Şipşak Hikayeler 2 / Anlatsam İnanır mısın?</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789944693899</t>
+          <t>9789944699747</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Yaratıklar Çiftliği</t>
+          <t>Acaba Ne Olsam? Hukukçu</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9789944699983</t>
+          <t>9789944699341</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Sevgi Nedir?</t>
+          <t>Acaba Ne Olsam? Doktor</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9789944698931</t>
+          <t>9789944699884</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Sanat Nedir?</t>
+          <t>Filozof Çocuk : Hayat Neden Böyle?</t>
         </is>
       </c>
       <c r="C1282" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9789944699785</t>
+          <t>9786059153034</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Çocukları</t>
+          <t>Filozof Çocuk : Her Şeyi Bilmem Gerekir mi?</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786059153003</t>
+          <t>9786059153027</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Özgürlük Ne İşe Yarar?</t>
+          <t>Filozof Çocuk : Güzel Nedir?</t>
         </is>
       </c>
       <c r="C1284" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786059153072</t>
+          <t>9789944699976</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: İstediğim Her Şeyi Yapabilir miyim?</t>
+          <t>Filozof Çocuk : Büyümek Zorunda mıyım?</t>
         </is>
       </c>
       <c r="C1285" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786059153058</t>
+          <t>9786059153010</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: İyilik Nedir?</t>
+          <t>Filozof Çocuk : Ben Mutlu muyum?</t>
         </is>
       </c>
       <c r="C1286" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9789944699990</t>
+          <t>9786059153126</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Nasıl Davranmalıyım?</t>
+          <t>Filozof Çocuk: Başkalarına İhtiyacım Var mı?</t>
         </is>
       </c>
       <c r="C1287" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786059153065</t>
+          <t>9789944696630</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Mutlu Olmak İçin Neye İhtiyacım Var?</t>
+          <t>Tünelin Ağzından Dehşet Hikayeleri</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786059153089</t>
+          <t>9789944693899</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Neden Varım?</t>
+          <t>Tuhaf Yaratıklar Çiftliği</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789944698924</t>
+          <t>9789944699983</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: Hayal Gücü Ne İşe Yarar?</t>
+          <t>Filozof Çocuk : Sevgi Nedir?</t>
         </is>
       </c>
       <c r="C1290" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786059153096</t>
+          <t>9789944698931</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Hepimiz Eşit miyiz?</t>
+          <t>Filozof Çocuk : Sanat Nedir?</t>
         </is>
       </c>
       <c r="C1291" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789944699969</t>
+          <t>9789944699785</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Arkadaşlık Nedir?</t>
+          <t>Yapboz Çocukları</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789944699327</t>
+          <t>9786059153003</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Amber'in Zaman Kapsülü</t>
+          <t>Filozof Çocuk : Özgürlük Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9789944699358</t>
+          <t>9786059153072</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Mühendis</t>
+          <t>Filozof Çocuk: İstediğim Her Şeyi Yapabilir miyim?</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9789944698504</t>
+          <t>9786059153058</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Filozof Çocuk: İyilik Nedir?</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789944698436</t>
+          <t>9789944699990</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Haydi Birlikte Soralım: Acaba Neden?</t>
+          <t>Filozof Çocuk : Nasıl Davranmalıyım?</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786052856086</t>
+          <t>9786059153065</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 3 - Likörlü Çikolata</t>
+          <t>Filozof Çocuk : Mutlu Olmak İçin Neye İhtiyacım Var?</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786052856093</t>
+          <t>9786059153089</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 4: Belalı Davetiye</t>
+          <t>Filozof Çocuk : Neden Varım?</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786052856079</t>
+          <t>9789944698924</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 2: Parktaki Esrar</t>
+          <t>Filozof Çocuk: Hayal Gücü Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786059153935</t>
+          <t>9786059153096</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? - Yazar</t>
+          <t>Filozof Çocuk : Hepimiz Eşit miyiz?</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9789944693486</t>
+          <t>9789944699969</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurma Dersleri</t>
+          <t>Filozof Çocuk : Arkadaşlık Nedir?</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789944695718</t>
+          <t>9789944699327</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Havlayan Harfler</t>
+          <t>Amber'in Zaman Kapsülü</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9789944696715</t>
+          <t>9789944699358</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Notalar</t>
+          <t>Acaba Ne Olsam? Mühendis</t>
         </is>
       </c>
       <c r="C1303" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786059153980</t>
+          <t>9789944698504</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sana Da Gelecek</t>
+          <t>Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786059153485</t>
+          <t>9789944698436</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Viran Şatodaki Ejderhalar</t>
+          <t>Haydi Birlikte Soralım: Acaba Neden?</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789944699310</t>
+          <t>9786052856086</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Buz Bebekler</t>
+          <t>Süper Gazeteciler 3 - Likörlü Çikolata</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786052852040</t>
+          <t>9786052856093</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Olduğun Yerde Kal</t>
+          <t>Süper Gazeteciler 4: Belalı Davetiye</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9789944697804</t>
+          <t>9786052856079</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Çağrısı</t>
+          <t>Süper Gazeteciler 2: Parktaki Esrar</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9789944699266</t>
+          <t>9786059153935</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Hayalet: Benim Adım Alice</t>
+          <t>Acaba Ne Olsam? - Yazar</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789944698467</t>
+          <t>9789944693486</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler İstanbul'da</t>
+          <t>Hayal Kurma Dersleri</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789944698573</t>
+          <t>9789944695718</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl?</t>
+          <t>Havlayan Harfler</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786059153874</t>
+          <t>9789944696715</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Mavi Boya</t>
+          <t>Eğlenceli Notalar</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>8699237593717</t>
+          <t>9786059153980</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji Serisi Seti (4 Kitap Takım)</t>
+          <t>Sıra Sana Da Gelecek</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>1070</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789944698535</t>
+          <t>9786059153485</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Çöplük</t>
+          <t>Viran Şatodaki Ejderhalar</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789944699716</t>
+          <t>9789944699310</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Sarı Maymun</t>
+          <t>Buz Bebekler</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9789944699617</t>
+          <t>9786052852040</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Benekli At</t>
+          <t>Olduğun Yerde Kal</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789944699457</t>
+          <t>9789944697804</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet 2: Yaşayan Ölüler</t>
+          <t>Canavarın Çağrısı</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786052857564</t>
+          <t>9789944699266</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Yo-Yo</t>
+          <t>Hayalet: Benim Adım Alice</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789944697651</t>
+          <t>9789944698467</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Yarışçıları</t>
+          <t>İkiz Gezginler İstanbul'da</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786059153607</t>
+          <t>9789944698573</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates'in Harika Dünyası (Ciltli)</t>
+          <t>Acaba Nasıl?</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786052853269</t>
+          <t>9786059153874</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Hitler Oyuncağımı Çaldı</t>
+          <t>Mavi Boya</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789944696296</t>
+          <t>8699237593717</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Tiyatroda</t>
+          <t>Fen ve Teknoloji Serisi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>185</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786052853047</t>
+          <t>9789944698535</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Babama Kamera Vermeyin</t>
+          <t>Çöplük</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789944696128</t>
+          <t>9789944699716</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Babam Okulun En Çalışkanı</t>
+          <t>Sarı Maymun</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789944696555</t>
+          <t>9789944699617</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Baba Beni Anlasana</t>
+          <t>Beyaz Benekli At</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>275</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9789944699525</t>
+          <t>9789944699457</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Bilim İnsanı</t>
+          <t>Kayıp Kitaplıktaki İskelet 2: Yaşayan Ölüler</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789944698580</t>
+          <t>9786052857564</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Yo-Yo</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786059153676</t>
+          <t>9789944697651</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kaç?</t>
+          <t>Bisiklet Yarışçıları</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9789944698597</t>
+          <t>9786059153607</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Hayalet: Benim Adım Slither</t>
+          <t>Tom Gates'in Harika Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786052853856</t>
+          <t>9786052853269</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Çuvaldiken Kasabası</t>
+          <t>Hitler Oyuncağımı Çaldı</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789944697156</t>
+          <t>9789944696296</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Hayalet: Benim Adım Grimalkin</t>
+          <t>Balıklar Tiyatroda</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789944697835</t>
+          <t>9786052853047</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Perisi</t>
+          <t>Babama Kamera Vermeyin</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9789944698481</t>
+          <t>9789944696128</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: İstanbul'dan Bodrum'a</t>
+          <t>Babam Okulun En Çalışkanı</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789944698542</t>
+          <t>9789944696555</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi: 2. Kitap - Kan Denizi</t>
+          <t>Baba Beni Anlasana</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>8699237593687</t>
+          <t>9789944699525</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızı Serisi Seti (3 Kitap Takım)</t>
+          <t>Acaba Ne Olsam? Bilim İnsanı</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>730</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9789944694704</t>
+          <t>9789944698580</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Vampir Prensi</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786059604734</t>
+          <t>9786059153676</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Korsanı</t>
+          <t>Acaba Kaç?</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786059604185</t>
+          <t>9789944698597</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Yaşamanın Yolları</t>
+          <t>Hayalet: Benim Adım Slither</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786052853061</t>
+          <t>9786052853856</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kuşu (Uçurtmanın Gözleri)</t>
+          <t>Çuvaldiken Kasabası</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789944696852</t>
+          <t>9789944697156</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Keman</t>
+          <t>Hayalet: Benim Adım Grimalkin</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789755873404</t>
+          <t>9789944697835</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Küçük Filozof - Söyle Baba Beni Neden Seviyorsun?</t>
+          <t>İstanbul Perisi</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786059153829</t>
+          <t>9789944698481</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Sihirbaz</t>
+          <t>İkiz Gezginler: İstanbul'dan Bodrum'a</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786052857410</t>
+          <t>9789944698542</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Hiç Kimse</t>
+          <t>Larten Crepsley Efsanesi: 2. Kitap - Kan Denizi</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9789944697996</t>
+          <t>8699237593687</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Yangın Tüpüyle Uçan Çocuk</t>
+          <t>Ateş Hırsızı Serisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>240</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789944696920</t>
+          <t>9789944694704</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Çocuk</t>
+          <t>Vampir Prensi</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9789944694964</t>
+          <t>9786059604734</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Aslanı</t>
+          <t>Sözcük Korsanı</t>
         </is>
       </c>
       <c r="C1346" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9789944693035</t>
+          <t>9786059604185</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanlar</t>
+          <t>Sonsuza Kadar Yaşamanın Yolları</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789944695121</t>
+          <t>9786052853061</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Gün Batımı Avcıları</t>
+          <t>Sokak Kuşu (Uçurtmanın Gözleri)</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789944692892</t>
+          <t>9789944696852</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızının Savaşı</t>
+          <t>Sahibini Arayan Keman</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
+          <t>9789755873404</t>
+        </is>
+      </c>
+      <c r="B1350" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Filozof - Söyle Baba Beni Neden Seviyorsun?</t>
+        </is>
+      </c>
+      <c r="C1350" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:3">
+      <c r="A1351" s="1" t="inlineStr">
+        <is>
+          <t>9786059153829</t>
+        </is>
+      </c>
+      <c r="B1351" s="1" t="inlineStr">
+        <is>
+          <t>Benim Babam Sihirbaz</t>
+        </is>
+      </c>
+      <c r="C1351" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:3">
+      <c r="A1352" s="1" t="inlineStr">
+        <is>
+          <t>9786052857410</t>
+        </is>
+      </c>
+      <c r="B1352" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Hiç Kimse</t>
+        </is>
+      </c>
+      <c r="C1352" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:3">
+      <c r="A1353" s="1" t="inlineStr">
+        <is>
+          <t>9789944697996</t>
+        </is>
+      </c>
+      <c r="B1353" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Tüpüyle Uçan Çocuk</t>
+        </is>
+      </c>
+      <c r="C1353" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:3">
+      <c r="A1354" s="1" t="inlineStr">
+        <is>
+          <t>9789944696920</t>
+        </is>
+      </c>
+      <c r="B1354" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Arayan Çocuk</t>
+        </is>
+      </c>
+      <c r="C1354" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:3">
+      <c r="A1355" s="1" t="inlineStr">
+        <is>
+          <t>9789944694964</t>
+        </is>
+      </c>
+      <c r="B1355" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Aslanı</t>
+        </is>
+      </c>
+      <c r="C1355" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:3">
+      <c r="A1356" s="1" t="inlineStr">
+        <is>
+          <t>9789944693035</t>
+        </is>
+      </c>
+      <c r="B1356" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Zamanlar</t>
+        </is>
+      </c>
+      <c r="C1356" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:3">
+      <c r="A1357" s="1" t="inlineStr">
+        <is>
+          <t>9789944695121</t>
+        </is>
+      </c>
+      <c r="B1357" s="1" t="inlineStr">
+        <is>
+          <t>Gün Batımı Avcıları</t>
+        </is>
+      </c>
+      <c r="C1357" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:3">
+      <c r="A1358" s="1" t="inlineStr">
+        <is>
+          <t>9789944692892</t>
+        </is>
+      </c>
+      <c r="B1358" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Hırsızının Savaşı</t>
+        </is>
+      </c>
+      <c r="C1358" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3">
+      <c r="A1359" s="1" t="inlineStr">
+        <is>
           <t>9789944691994</t>
         </is>
       </c>
-      <c r="B1350" s="1" t="inlineStr">
+      <c r="B1359" s="1" t="inlineStr">
         <is>
           <t>Ateş Hırsızı’nın Kaçışı</t>
         </is>
       </c>
-      <c r="C1350" s="1">
+      <c r="C1359" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>