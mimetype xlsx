--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,20410 +85,20530 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052852125</t>
+          <t>9786253800802</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2024 Tudem 7. Sınıf Sosyal Bilgiler Kazanım Odaklı HBA</t>
+          <t>Alfalar X'lere Karşı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>52</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253800390</t>
+          <t>9786052858950</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kitabı Yazarının Yolculuğu</t>
+          <t>1. Sınıf Okuma Yazma Seti (Kutulu)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>360</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253800024</t>
+          <t>9786052859698</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 4 - Gölge</t>
+          <t>1. Sınıf Okuma Yazma Seti</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253800215</t>
+          <t>9786253800758</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Pi’ye Yolculuk</t>
+          <t>Cumhuriyetin İlk Işıkları: Satı Kadın</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253800314</t>
+          <t>9786253800741</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayal Takımı Issız Adada</t>
+          <t>Yanlış Sıradaki Çocuk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253800499</t>
+          <t>9786253800673</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Son Yolculuk</t>
+          <t>Omzumdaki Şey</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253800468</t>
+          <t>9786059493765</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Büyümüş de Küçülmüş</t>
+          <t>Kayıp Kitaplıktaki İskelet -3 (FARE SARAYI)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8682328733383</t>
+          <t>9786253800734</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot Serisi (6 Kitaplık Set)</t>
+          <t>Anomali</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253800291</t>
+          <t>9786052852125</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Veteriner: Örümcek Kuşu Adası</t>
+          <t>2024 Tudem 7. Sınıf Sosyal Bilgiler Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>185</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253800307</t>
+          <t>9786253800390</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İkiz Olmayan İkizler</t>
+          <t>Çocuk Kitabı Yazarının Yolculuğu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052859667</t>
+          <t>9786253800024</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Ne, Canavar mı?</t>
+          <t>Zamanın Bekçileri 4 - Gölge</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253800475</t>
+          <t>9786253800215</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Sarı Saçlı Mavi Gözlü</t>
+          <t>Pi’ye Yolculuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253800482</t>
+          <t>9786253800314</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Her Kafadan Bir Dilek</t>
+          <t>Hayal Takımı Issız Adada</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253800451</t>
+          <t>9786253800499</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Çok Akıllı Tahta</t>
+          <t>Sınıftaki Robot: Son Yolculuk</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253800444</t>
+          <t>9786253800468</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Ay'a Uçan Sınıf</t>
+          <t>Sınıftaki Robot: Büyümüş de Küçülmüş</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253800505</t>
+          <t>8682328733383</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınıftaki Robot Serisi (6 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>490</v>
+        <v>850</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052858028</t>
+          <t>9786253800291</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Gün - Sen de Oku</t>
+          <t>Adadaki Veteriner: Örümcek Kuşu Adası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052857878</t>
+          <t>9786253800307</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Savaş Atı</t>
+          <t>İkiz Olmayan İkizler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253800222</t>
+          <t>9786052859667</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tuzak</t>
+          <t>Tom Gates - Ne, Canavar mı?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253800284</t>
+          <t>9786253800475</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Savaş Atı</t>
+          <t>Sınıftaki Robot: Sarı Saçlı Mavi Gözlü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253800277</t>
+          <t>9786253800482</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Kilim Hikayesi (Ciltli)</t>
+          <t>Sınıftaki Robot: Her Kafadan Bir Dilek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052858622</t>
+          <t>9786253800451</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Zamansızlar - Çipdünya</t>
+          <t>Sınıftaki Robot: Çok Akıllı Tahta</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253800345</t>
+          <t>9786253800444</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Korkuluk Yapıyor</t>
+          <t>Sınıftaki Robot: Ay'a Uçan Sınıf</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253800369</t>
+          <t>9786253800505</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Tarım Yapıyor</t>
+          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>145</v>
+        <v>490</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253800352</t>
+          <t>9786052858028</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Doktor Oluyor</t>
+          <t>Bitmeyen Gün - Sen de Oku</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253800376</t>
+          <t>9786052857878</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Kedili Takvim Yapıyor</t>
+          <t>Savaş Atı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253800383</t>
+          <t>9786253800222</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Okuma Bayramı</t>
+          <t>Dijital Tuzak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253800321</t>
+          <t>9786253800284</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Satranç Hakkında Her Şey</t>
+          <t>Savaş Atı (ÇOCUKLAR İÇİN RESİMLİ CİLTLİ)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>8682328732928</t>
+          <t>9786253800277</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Dönem Süreç Odaklı Eğitim Seti (6 Parça)</t>
+          <t>Bir Kilim Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253800338</t>
+          <t>9786052858622</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Valizler Eğleniyor</t>
+          <t>Zamansızlar - Çipdünya</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253800062</t>
+          <t>9786253800345</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Süreç Odaklı Eğitim Seti</t>
+          <t>Emre ile Cemre: Korkuluk Yapıyor</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253800260</t>
+          <t>9786253800369</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Bir Çare</t>
+          <t>Emre ile Cemre: Tarım Yapıyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052859919</t>
+          <t>9786253800352</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Veteriner: Fok Koyu’nda Acil Durum</t>
+          <t>Emre ile Cemre: Doktor Oluyor</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052858516</t>
+          <t>9786253800376</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Ejderhanı Nasıl Dizginlersin?</t>
+          <t>Emre ile Cemre: Kedili Takvim Yapıyor</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253800017</t>
+          <t>9786253800383</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Edward Tulane ve Mucizevi Yolculuk (Ciltli)</t>
+          <t>Emre ile Cemre: Okuma Bayramı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>660</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052857328</t>
+          <t>9786253800321</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Günlüğün İzinde</t>
+          <t>Satranç Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052855690</t>
+          <t>8682328732928</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik 3 Boyut</t>
+          <t>1. Sınıf 2. Dönem Süreç Odaklı Eğitim Seti (6 Parça)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>370</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944693813</t>
+          <t>9786253800338</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ulus</t>
+          <t>Valizler Eğleniyor</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>335</v>
+        <v>185</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>8699237598521</t>
+          <t>9786253800062</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre - İlk Okuma Serisi (10 Kitap Takım)</t>
+          <t>2. Sınıf Süreç Odaklı Eğitim Seti</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>820</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052855003</t>
+          <t>9786253800260</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2022 - Bir Yıllık Eğlence Defteri</t>
+          <t>Her Şeye Bir Çare</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052854037</t>
+          <t>9786052859919</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2021 - Bir Yıllık Eğlence Defteri</t>
+          <t>Adadaki Veteriner: Fok Koyu’nda Acil Durum</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>49</v>
+        <v>185</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253800185</t>
+          <t>9786052858516</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Taşlı Yokuş Sokak Numara 5</t>
+          <t>Öfkeli Ejderhanı Nasıl Dizginlersin?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052855591</t>
+          <t>9786253800017</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Dinamik Soru Bankası</t>
+          <t>Edward Tulane ve Mucizevi Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>279</v>
+        <v>660</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052858776</t>
+          <t>9786052857328</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Geceden Kaçış</t>
+          <t>Kayıp Günlüğün İzinde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052858738</t>
+          <t>9786052855690</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tatil Kitabım 5. Sınıfa Geçenler İçin</t>
+          <t>2. Sınıf Matematik 3 Boyut</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059153461</t>
+          <t>9789944693813</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Saat Canavarı</t>
+          <t>Ulus</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>169</v>
+        <v>335</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052859834</t>
+          <t>8699237598521</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Dönem Süreç Odaklı Hayat Bilgisi</t>
+          <t>Emre ile Cemre - İlk Okuma Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>820</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052859636</t>
+          <t>9786052855003</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Sihirli Kristal</t>
+          <t>Majanda 2022 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052859995</t>
+          <t>9786052854037</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Lenny Lemmon ve Kırıntı Her Yerde!</t>
+          <t>Majanda 2021 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>49</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052858653</t>
+          <t>9786253800185</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Anne, Ben Kelebek Oldum!</t>
+          <t>Taşlı Yokuş Sokak Numara 5</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052859964</t>
+          <t>9786052855591</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yuan Huan’ın Kulübesi (Ciltli)</t>
+          <t>2. Sınıf Matematik Dinamik Soru Bankası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>279</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052859902</t>
+          <t>9786052858776</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Veteriner: Korsanlar ve Deniz Canavarları</t>
+          <t>Geceden Kaçış</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253800000</t>
+          <t>9786052858738</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sular Altında</t>
+          <t>4. Sınıf Tatil Kitabım 5. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052856918</t>
+          <t>9786059153461</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Film İcabı</t>
+          <t>Saat Canavarı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>169</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052859926</t>
+          <t>9786052859834</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Şenlik Ailesi: Bu Evde Çok İş Var!</t>
+          <t>1. Sınıf 2. Dönem Süreç Odaklı Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052856871</t>
+          <t>9786052859636</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ustası</t>
+          <t>Marvin Redpost: Sihirli Kristal</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052859490</t>
+          <t>9786052859995</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Her Şeyi Bilir (Ciltli)</t>
+          <t>Lenny Lemmon ve Kırıntı Her Yerde!</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052859940</t>
+          <t>9786052858653</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Okul Bahçesinde Hazine Avı</t>
+          <t>Anne, Ben Kelebek Oldum!</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052859896</t>
+          <t>9786052859964</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bayan Ciyakciyak (Sen De Oku)</t>
+          <t>Yuan Huan’ın Kulübesi (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052856673</t>
+          <t>9786052859902</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Battaniyesi</t>
+          <t>Adadaki Veteriner: Korsanlar ve Deniz Canavarları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052856680</t>
+          <t>9786253800000</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gezginler Okulu</t>
+          <t>Dünya Sular Altında</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052856901</t>
+          <t>9786052856918</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gemideki Cesur Ses</t>
+          <t>Film İcabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052859988</t>
+          <t>9786052859926</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bizi Mutlu Eder mi?</t>
+          <t>Şenlik Ailesi: Bu Evde Çok İş Var!</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052859971</t>
+          <t>9786052856871</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Doğa Nedir?</t>
+          <t>Zaman Ustası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052855096</t>
+          <t>9786052859490</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kulak Vakası</t>
+          <t>Kuşlar Her Şeyi Bilir (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052856895</t>
+          <t>9786052859940</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Frida’nın Kanatları</t>
+          <t>Okul Bahçesinde Hazine Avı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052858189</t>
+          <t>9786052859896</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Kuş Doktoru</t>
+          <t>Bayan Ciyakciyak (Sen De Oku)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052858165</t>
+          <t>9786052856673</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Sağım Solum Kedi</t>
+          <t>Mutluluk Battaniyesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>8682328731907</t>
+          <t>9786052856680</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık Serisi (5 Kitaplık Set)</t>
+          <t>Gezginler Okulu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>530</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052850442</t>
+          <t>9786052856901</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Türkçe Kazanım Odaklı Soru Bankası</t>
+          <t>Gemideki Cesur Ses</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052851302</t>
+          <t>9786052859988</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf English Subject Oriented Test Book</t>
+          <t>Doğa Bizi Mutlu Eder mi?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052853528</t>
+          <t>9786052859971</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Kazanım Odaklı Soru Bankası</t>
+          <t>Doğa Nedir?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052856727</t>
+          <t>9786052855096</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Asistanın İsyanı</t>
+          <t>Kayıp Kulak Vakası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>109</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052850824</t>
+          <t>9786052856895</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Kazanım Odaklı HBA</t>
+          <t>Frida’nın Kanatları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052852460</t>
+          <t>9786052858189</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Kıvırcık ile Pıtırcık - Kuş Doktoru</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>76</v>
+        <v>145</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052851647</t>
+          <t>9786052858165</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Sayısal Soru Bankası</t>
+          <t>Kıvırcık ile Pıtırcık - Sağım Solum Kedi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>199</v>
+        <v>145</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052850534</t>
+          <t>8682328731907</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe Kazanım Odaklı HBA</t>
+          <t>Kıvırcık ile Pıtırcık Serisi (5 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>49</v>
+        <v>530</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052851265</t>
+          <t>9786052850442</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik Kazanım Odaklı HBA</t>
+          <t>8. Sınıf Türkçe Kazanım Odaklı Soru Bankası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052853498</t>
+          <t>9786052851302</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tatil Kitabım</t>
+          <t>4. Sınıf English Subject Oriented Test Book</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>239</v>
+        <v>99</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052853511</t>
+          <t>9786052853528</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Tatil Kitabım</t>
+          <t>2. Sınıf Matematik Kazanım Odaklı Soru Bankası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>229</v>
+        <v>99</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052856123</t>
+          <t>9786052856727</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Benim Duvardan Farkım Ne?</t>
+          <t>Asistanın İsyanı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>185</v>
+        <v>109</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052856109</t>
+          <t>9786052850824</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çok İlginç Bir Haberim Var</t>
+          <t>4. Sınıf Matematik Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>65</v>
+        <v>99</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052852866</t>
+          <t>9786052852460</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Futboldan Anlamıyor (5. Kitap)</t>
+          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>57</v>
+        <v>76</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>8699237598767</t>
+          <t>9786052851647</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati'nin Serüvenleri (5 Kİtap Takım)</t>
+          <t>8. Sınıf Tüm Dersler Sayısal Soru Bankası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>55</v>
+        <v>199</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052031889</t>
+          <t>9786052850534</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sanal Zombi Anneannem</t>
+          <t>7. Sınıf Türkçe Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>39</v>
+        <v>49</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944691871</t>
+          <t>9786052851265</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen 2 - Ertesi Gün</t>
+          <t>3. Sınıf Matematik Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>69</v>
+        <v>43</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052031346</t>
+          <t>9786052853498</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 8 - Kermeste</t>
+          <t>3. Sınıf Tatil Kitabım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>69</v>
+        <v>239</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052852705</t>
+          <t>9786052853511</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2020 - Bir Yıllık Eğlence Defteri</t>
+          <t>1. Sınıf Tatil Kitabım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>45</v>
+        <v>229</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>8699237599108</t>
+          <t>9786052856123</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kapiland Üçlemesi (3 Kitap Kutulu)</t>
+          <t>Benim Duvardan Farkım Ne?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>74</v>
+        <v>185</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052850404</t>
+          <t>9786052856109</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Oyunu - Spor Gezginleri 1</t>
+          <t>Çok İlginç Bir Haberim Var</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>69</v>
+        <v>65</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944697675</t>
+          <t>9786052852866</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bol Bel'in İnanılmaz Serüvenleri 2</t>
+          <t>Haylaz Adam Futboldan Anlamıyor (5. Kitap)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>35</v>
+        <v>57</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052851630</t>
+          <t>8699237598767</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yüz - Özgür Çocuklar 2</t>
+          <t>Haylaz Pati'nin Serüvenleri (5 Kİtap Takım)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>139</v>
+        <v>55</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789944699471</t>
+          <t>9786052031889</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Gerçekten İnanılmaz</t>
+          <t>Sanal Zombi Anneannem</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>21.3</v>
+        <v>39</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944698634</t>
+          <t>9789944691871</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Rico ve Oskar 3 : Çalıntı Taş</t>
+          <t>Yalınayak Gen 2 - Ertesi Gün</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>21</v>
+        <v>69</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789944698627</t>
+          <t>9786052031346</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dalgakıran</t>
+          <t>Emre ile Cemre 8 - Kermeste</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>21</v>
+        <v>69</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944697637</t>
+          <t>9786052852705</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bayan Pimpirik</t>
+          <t>Majanda 2020 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>14</v>
+        <v>45</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944697712</t>
+          <t>8699237599108</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Johnny ve Bomba</t>
+          <t>Kapiland Üçlemesi (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>17</v>
+        <v>74</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944697163</t>
+          <t>9786052850404</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Eyfel’i Kim Yedi?</t>
+          <t>Kaçış Oyunu - Spor Gezginleri 1</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>22</v>
+        <v>69</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944697705</t>
+          <t>9789944697675</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben Tatildeyiz</t>
+          <t>Bol Bel'in İnanılmaz Serüvenleri 2</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944698559</t>
+          <t>9786052851630</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Parlak Fikirler</t>
+          <t>Yeni Bir Yüz - Özgür Çocuklar 2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>22.22</v>
+        <v>139</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944697873</t>
+          <t>9789944699471</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gencim Güzelim Tehlikeliyim</t>
+          <t>Tom Gates Gerçekten İnanılmaz</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>45</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944692489</t>
+          <t>9789944698634</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zizi’nin Düşleri (Ciltli)</t>
+          <t>Rico ve Oskar 3 : Çalıntı Taş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944691284</t>
+          <t>9789944698627</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 1 - Anılan</t>
+          <t>Dalgakıran</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944692946</t>
+          <t>9789944697637</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri - Anahtar</t>
+          <t>Bayan Pimpirik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944691970</t>
+          <t>9789944697712</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri - Karanlık</t>
+          <t>Johnny ve Bomba</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944693912</t>
+          <t>9789944697163</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zaman Büyücüleri</t>
+          <t>Eyfel’i Kim Yedi?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944691352</t>
+          <t>9789944697705</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zaman - Keşif Zamanı (Ciltli)</t>
+          <t>İgi ve Ben Tatildeyiz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>12.96</v>
+        <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944690676</t>
+          <t>9789944698559</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Güzeli</t>
+          <t>Tom Gates - Parlak Fikirler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>7.41</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944694599</t>
+          <t>9789944697873</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Anahtar</t>
+          <t>Gencim Güzelim Tehlikeliyim</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>19</v>
+        <v>45</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789758275380</t>
+          <t>9789944692489</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Yavru Kuşlar 5</t>
+          <t>Zizi’nin Düşleri (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>2.59</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789758275342</t>
+          <t>9789944691284</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Sokak Köpeği 1</t>
+          <t>Zamanın Bekçileri 1 - Anılan</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>2.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789758275373</t>
+          <t>9789944692946</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Depremzedeler 4</t>
+          <t>Zamanın Bekçileri - Anahtar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>2.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789758275366</t>
+          <t>9789944691970</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Çevreci Hüsnü Bey 3</t>
+          <t>Zamanın Bekçileri - Karanlık</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>2.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789758275359</t>
+          <t>9789944693912</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Aranan Hırsız 2</t>
+          <t>Zaman Büyücüleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>2.59</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789758275410</t>
+          <t>9789944691352</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yeşim 8 Yeşim İle Kaçak Çocuk</t>
+          <t>Zaman - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>2.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789758275403</t>
+          <t>9789944690676</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yeşim 7 Yeşim İle Bisiklet Yarışçıları</t>
+          <t>Yıldız Güzeli</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>2.59</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789758275397</t>
+          <t>9789944694599</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yeşim 6 Yeşim İle Kartopu Savaşcıları</t>
+          <t>Yıldırım Anahtar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>2.59</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944695107</t>
+          <t>9789758275380</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Erkek Kitabı</t>
+          <t>Yeşim ile Yavru Kuşlar 5</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>9.26</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944691208</t>
+          <t>9789758275342</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gözcüsü</t>
+          <t>Yeşim ile Sokak Köpeği 1</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>6.48</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000013677</t>
+          <t>9789758275373</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yengeç ile Kızı</t>
+          <t>Yeşim ile Depremzedeler 4</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>5.19</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944690287</t>
+          <t>9789758275366</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yemek Zamanı</t>
+          <t>Yeşim ile Çevreci Hüsnü Bey 3</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>7.87</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756451038</t>
+          <t>9789758275359</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yazgısını Değiştiren Çocuk</t>
+          <t>Yeşim ile Aranan Hırsız 2</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>2.78</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944696111</t>
+          <t>9789758275410</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kampı</t>
+          <t>Yeşim 8 Yeşim İle Kaçak Çocuk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>109</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944691857</t>
+          <t>9789758275403</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yaz Çırakları</t>
+          <t>Yeşim 7 Yeşim İle Bisiklet Yarışçıları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>11.11</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944694803</t>
+          <t>9789758275397</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Tehlikelidir</t>
+          <t>Yeşim 6 Yeşim İle Kartopu Savaşcıları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>34</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944693783</t>
+          <t>9789944695107</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Geçidi</t>
+          <t>Yenilmez Erkek Kitabı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756451236</t>
+          <t>9789944691208</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yarım Leblebi</t>
+          <t>Yıldız Gözcüsü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>2.78</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944692250</t>
+          <t>3990000013677</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen Bombadan Sonra 3. Kitap</t>
+          <t>Yengeç ile Kızı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>20.37</v>
+        <v>5.19</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944693547</t>
+          <t>9789944690287</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yalanım Varsa Ajan Olayım</t>
+          <t>Yemek Zamanı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>19</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944696272</t>
+          <t>9789756451038</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>WondLa - Arayış</t>
+          <t>Yazgısını Değiştiren Çocuk</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>28</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944695268</t>
+          <t>9789944696111</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Vilma Bastıbacak ve Donmuş Kalpler Davası (Ciltli)</t>
+          <t>Yaz Kampı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>14.81</v>
+        <v>109</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756451816</t>
+          <t>9789944691857</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ülkenin Renkleri</t>
+          <t>Yaz Çırakları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789759081263</t>
+          <t>9789944694803</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Uzay (Ciltli)</t>
+          <t>Yaşam Tehlikelidir</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>9.26</v>
+        <v>34</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944691420</t>
+          <t>9789944693783</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İstemiyorum (Ciltli)</t>
+          <t>Yıldız Geçidi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>9.26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944694568</t>
+          <t>9789756451236</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Gelen Çiçek</t>
+          <t>Yarım Leblebi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>10</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944693295</t>
+          <t>9789944692250</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Uç Uç Beneğim</t>
+          <t>Yalınayak Gen Bombadan Sonra 3. Kitap</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>7</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944691864</t>
+          <t>9789944693547</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ucubeler Sirki</t>
+          <t>Yalanım Varsa Ajan Olayım</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>75</v>
+        <v>19</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944695053</t>
+          <t>9789944696272</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Türküler ve Maniler</t>
+          <t>WondLa - Arayış</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>10</v>
+        <v>28</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944694162</t>
+          <t>9789944695268</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tomurcuk Ve Pembe Kedi Altın Peşinde</t>
+          <t>Vilma Bastıbacak ve Donmuş Kalpler Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944693394</t>
+          <t>9789756451816</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Tiyatronun Büyüsü</t>
+          <t>Ülkenin Renkleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>7</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>3990000014973</t>
+          <t>9789759081263</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Tipi</t>
+          <t>Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944691710</t>
+          <t>9789944691420</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Teneke Kutular</t>
+          <t>Uyumak İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789759081003</t>
+          <t>9789944694568</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Teneke Kaplı İvan</t>
+          <t>Uykusu Gelen Çiçek</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944692397</t>
+          <t>9789944693295</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuzlara İnanıyorum (Ciltli)</t>
+          <t>Uç Uç Beneğim</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>13.89</v>
+        <v>7</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944694391</t>
+          <t>9789944691864</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Adası’nın Sihirbazı</t>
+          <t>Ucubeler Sirki</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944694674</t>
+          <t>9789944695053</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tatil Köyünün Çocukları</t>
+          <t>Türküler ve Maniler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756451809</t>
+          <t>9789944694162</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Trenler Ne Güzeldir</t>
+          <t>Tomurcuk Ve Pembe Kedi Altın Peşinde</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>9.26</v>
+        <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944691932</t>
+          <t>9789944693394</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Taşıtlar</t>
+          <t>Tiyatronun Büyüsü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>13.89</v>
+        <v>7</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944691895</t>
+          <t>3990000014973</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bir Şey Öğretmez Bize</t>
+          <t>Tipi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>12</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944690362</t>
+          <t>9789944691710</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi’ni Bildiğini mi Sanıyorsun?</t>
+          <t>Teneke Kutular</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944693141</t>
+          <t>9789759081003</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Nasrettin Hoca</t>
+          <t>Teneke Kaplı İvan</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>10.19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944693073</t>
+          <t>9789944692397</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Ezop Masalları</t>
+          <t>Tekboynuzlara İnanıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944693202</t>
+          <t>9789944694391</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Andersen Masalları</t>
+          <t>Tavşan Adası’nın Sihirbazı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944695640</t>
+          <t>9789944694674</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şiir Saldım Gökyüzüne</t>
+          <t>Tatil Köyünün Çocukları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>99</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944695800</t>
+          <t>9789756451809</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şafak Katilleri</t>
+          <t>Trenler Ne Güzeldir</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944692991</t>
+          <t>9789944691932</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Şafak Feneri</t>
+          <t>Benim Dünyam - Taşıtlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789759081713</t>
+          <t>9789944691895</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 8 Yaş ve Üstü</t>
+          <t>Tarih Bir Şey Öğretmez Bize</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>6.94</v>
+        <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789759081706</t>
+          <t>9789944690362</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 6 Yaş ve Üstü</t>
+          <t>Talihsiz Serüvenler Dizisi’ni Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789759081720</t>
+          <t>9789944693141</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 10 Yaş ve Üstü</t>
+          <t>Şiirlerle Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944695084</t>
+          <t>9789944693073</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Su İçinde Su</t>
+          <t>Şiirlerle Ezop Masalları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944694575</t>
+          <t>9789944693202</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Stravaganza Çiçekler Şehri</t>
+          <t>Şiirlerle Andersen Masalları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>24</v>
+        <v>11</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944692953</t>
+          <t>9789944695640</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Stravaganza - Yıldızlar Şehri</t>
+          <t>Şiir Saldım Gökyüzüne</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>24</v>
+        <v>99</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789756451915</t>
+          <t>9789944695800</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz Sevgi</t>
+          <t>Şafak Katilleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>5.09</v>
+        <v>75</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944690317</t>
+          <t>9789944692991</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler</t>
+          <t>Şafak Feneri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789944693059</t>
+          <t>9789759081713</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Sihirbazı (Ciltli)</t>
+          <t>Sudoku 8 Yaş ve Üstü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944691345</t>
+          <t>9789759081706</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Su - Keşif Zamanı (Ciltli)</t>
+          <t>Sudoku 6 Yaş ve Üstü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>12.96</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789944692199</t>
+          <t>9789759081720</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Stravaganza-Maskeler Şehri</t>
+          <t>Sudoku 10 Yaş ve Üstü</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944690263</t>
+          <t>9789944695084</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Vücudum</t>
+          <t>Su İçinde Su</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944690386</t>
+          <t>9789944694575</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi’ni Bildiğini mi Sanıyorsun?</t>
+          <t>Stravaganza Çiçekler Şehri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>9.26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789758275328</t>
+          <t>9789944692953</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yolum Düştü Amerikaya</t>
+          <t>Stravaganza - Yıldızlar Şehri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>7.87</v>
+        <v>24</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944693684</t>
+          <t>9789756451915</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk (Ciltli)</t>
+          <t>Sözsüz Sevgi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>13.89</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944697811</t>
+          <t>9789944690317</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Genç Sherlock Holmes: Kırmızı Sülük</t>
+          <t>Sözcükler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>24</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944697354</t>
+          <t>9789944693059</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Test Dergisi ( 8'li Set )</t>
+          <t>Sözcük Sihirbazı (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>79.21</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944697347</t>
+          <t>9789944691345</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Test Dergisi ( 8'li Set )</t>
+          <t>Su - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>69.31</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944697187</t>
+          <t>9789944692199</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gelin Çocuklar Birlikte Düşünelim</t>
+          <t>Stravaganza-Maskeler Şehri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>45</v>
+        <v>22</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944697774</t>
+          <t>9789944690263</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Wondla - Kahraman</t>
+          <t>Vücudum</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>28</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944697217</t>
+          <t>9789944690386</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Okula Dönüş</t>
+          <t>Yüzüklerin Efendisi’ni Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944697507</t>
+          <t>9789758275328</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
+          <t>Yolum Düştü Amerikaya</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>79.21</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944697491</t>
+          <t>9789944693684</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
+          <t>Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>69.31</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944697460</t>
+          <t>9789944697811</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Matematik Test Dergisi (8'li Set)</t>
+          <t>Genç Sherlock Holmes: Kırmızı Sülük</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>46.3</v>
+        <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944697477</t>
+          <t>9789944697354</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf T.C. İnkilap Tarihi ve Atatürkçülük Test Dergisi (8'li Set)</t>
+          <t>4. Sınıf Test Dergisi ( 8'li Set )</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>46.3</v>
+        <v>79.21</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944697408</t>
+          <t>9789944697347</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
+          <t>3. Sınıf Test Dergisi ( 8'li Set )</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>49.5</v>
+        <v>69.31</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944697415</t>
+          <t>9789944697187</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik Test Dergisi (8'li Set)</t>
+          <t>Gelin Çocuklar Birlikte Düşünelim</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>49.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944697361</t>
+          <t>9789944697774</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
+          <t>Wondla - Kahraman</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>39.6</v>
+        <v>28</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944697378</t>
+          <t>9789944697217</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik Test Dergisi (8'li Set)</t>
+          <t>Okula Dönüş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>39.6</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052851579</t>
+          <t>9789944697507</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Havuzda Tek Başına - Sen de Oku</t>
+          <t>4. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>39</v>
+        <v>79.21</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052031438</t>
+          <t>9789944697491</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yokyüzler 1 - İkiz Gezegenler</t>
+          <t>3. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>149</v>
+        <v>69.31</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052031797</t>
+          <t>9789944697460</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Berber Masalı</t>
+          <t>8. Sınıf Matematik Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>42</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059619790</t>
+          <t>9789944697477</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen Bilimleri Yaprak Test</t>
+          <t>8. Sınıf T.C. İnkilap Tarihi ve Atatürkçülük Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>10.19</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059604963</t>
+          <t>9789944697408</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 1 - Anılan (Ciltli)</t>
+          <t>7. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>125</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059667074</t>
+          <t>9789944697415</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Uzay Güzeli</t>
+          <t>7. Sınıf Matematik Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>15</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944699822</t>
+          <t>9789944697361</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Gizli Sığınak</t>
+          <t>6. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>11.11</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059153683</t>
+          <t>9789944697378</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl İş? - Acayip Bir Okul Macerası</t>
+          <t>6. Sınıf Matematik Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>89</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944699228</t>
+          <t>9786052851579</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Karbon Günlükleri 2017</t>
+          <t>Havuzda Tek Başına - Sen de Oku</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>63</v>
+        <v>39</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789944699334</t>
+          <t>9786052031438</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kibele'nin Gölgesinde</t>
+          <t>Yokyüzler 1 - İkiz Gezegenler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>19</v>
+        <v>149</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>8699237595162</t>
+          <t>9786052031797</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri Üçlemesi (3 Kitap Takım)</t>
+          <t>Berber Masalı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>60.19</v>
+        <v>42</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944699365</t>
+          <t>9786059619790</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kim</t>
+          <t>5. Sınıf Fen Bilimleri Yaprak Test</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>179</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944697859</t>
+          <t>9786059604963</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - Buzlar Prensesi</t>
+          <t>Zamanın Bekçileri 1 - Anılan (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>14</v>
+        <v>125</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944697095</t>
+          <t>9786059667074</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 8 Adet Çözümlü Deneme Sınavı</t>
+          <t>Uzay Güzeli</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>16.2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944697842</t>
+          <t>9789944699822</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler Nasıl Eğitilir?</t>
+          <t>Bay Çiklet ve Gizli Sığınak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>22</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9799758275662</t>
+          <t>9786059153683</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Canım Kardeşim</t>
+          <t>Bu Nasıl İş? - Acayip Bir Okul Macerası</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>3.52</v>
+        <v>89</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944694445</t>
+          <t>9789944699228</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Büyüyor Muyum Ne</t>
+          <t>Karbon Günlükleri 2017</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>9.26</v>
+        <v>63</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756451212</t>
+          <t>9789944699334</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Sofra</t>
+          <t>Kibele'nin Gölgesinde</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>2.78</v>
+        <v>19</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944692878</t>
+          <t>8699237595162</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bahçe (Ciltli)</t>
+          <t>Zamanın Bekçileri Üçlemesi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>14</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789759081409</t>
+          <t>9789944699365</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Büyü Bilimi (Ciltli)</t>
+          <t>Acaba Kim</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>46.3</v>
+        <v>179</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944692267</t>
+          <t>9789944697859</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Burada Ejderhalar Yaşar</t>
+          <t>Sarışın Jane - Buzlar Prensesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944692243</t>
+          <t>9789944697095</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bulut Ana Yağmur Kız</t>
+          <t>5. Sınıf 8 Adet Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>6.48</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944691376</t>
+          <t>9789944697842</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bitki - Keşif Zamanı (Ciltli)</t>
+          <t>Ebeveynler Nasıl Eğitilir?</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789944694650</t>
+          <t>9799758275662</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamak Nedir?</t>
+          <t>Canım Kardeşim</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>24</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789759081348</t>
+          <t>9789944694445</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bir Sayı Düşün (Ciltli)</t>
+          <t>Büyüyor Muyum Ne</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944695046</t>
+          <t>9789756451212</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler Ninniler Tekerlemeler</t>
+          <t>Büyülü Sofra</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944695701</t>
+          <t>9789944692878</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Nedir?</t>
+          <t>Büyülü Bahçe (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>23.15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789758275496</t>
+          <t>9789759081409</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 8 Taşıt Bilmeceleri</t>
+          <t>Büyü Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>1.67</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758275441</t>
+          <t>9789944692267</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 6 Organ Bilmeceleri</t>
+          <t>Burada Ejderhalar Yaşar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>1.67</v>
+        <v>21</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758275427</t>
+          <t>9789944692243</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 5 Giyecek Bilmeceleri</t>
+          <t>Bulut Ana Yağmur Kız</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>1.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758275465</t>
+          <t>9789944691376</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 4 Meyve Bilmeceleri</t>
+          <t>Bitki - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758275472</t>
+          <t>9789944694650</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 3 Sebze Bilmeceleri</t>
+          <t>Birlikte Yaşamak Nedir?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>1.67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>3990000014839</t>
+          <t>9789759081348</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 2 Doğa Bilmeceleri</t>
+          <t>Bir Sayı Düşün (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758275489</t>
+          <t>9789944695046</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 1 Hayvan Bilmeceleri</t>
+          <t>Bilmeceler Ninniler Tekerlemeler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755872872</t>
+          <t>9789944695701</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Seni Ne Kadar Seviyorum? (Ciltli)</t>
+          <t>Bilgi Nedir?</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>49</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944693608</t>
+          <t>9789758275496</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi İflas Ettiren Şaşırtmacalar</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 8 Taşıt Bilmeceleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>9.26</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789944693974</t>
+          <t>9789758275441</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Beynini Tanı</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 6 Organ Bilmeceleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>12.04</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944693967</t>
+          <t>9789758275427</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Beynimi Suçla</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 5 Giyecek Bilmeceleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>12.04</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944692472</t>
+          <t>9789758275465</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim (Ciltli)</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 4 Meyve Bilmeceleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>13.89</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789944692083</t>
+          <t>9789758275472</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Benim Minik Kırmızı Balığım (Ciltli)</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 3 Sebze Bilmeceleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>13.89</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789944693530</t>
+          <t>3990000014839</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Benim Kendimin Sözlüğü</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 2 Doğa Bilmeceleri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>10</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789756451434</t>
+          <t>9789758275489</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Benim De Annem Olur Musun?</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 1 Hayvan Bilmeceleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>4.17</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789759081355</t>
+          <t>9789755872872</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Beni Ben Yapan Ne? (Ciltli)</t>
+          <t>Bil Bakalım Seni Ne Kadar Seviyorum? (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>18.52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944693226</t>
+          <t>9789944693608</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölmeden Önce</t>
+          <t>Beyninizi İflas Ettiren Şaşırtmacalar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944693363</t>
+          <t>9789944693974</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Beynini Tanı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>24</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789758275717</t>
+          <t>9789944693967</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocuğum</t>
+          <t>Beynimi Suçla</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944692762</t>
+          <t>9789944692472</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet Ve Milyarder Bisküvi</t>
+          <t>Beşinci Mevsim (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944696197</t>
+          <t>9789944692083</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Kiraz Ağacı</t>
+          <t>Benim Minik Kırmızı Balığım (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944693721</t>
+          <t>9789944693530</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet Ve Güç Kristalleri</t>
+          <t>Benim Kendimin Sözlüğü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789944693714</t>
+          <t>9789756451434</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Gulyabaniler</t>
+          <t>Benim De Annem Olur Musun?</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>9.26</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789944694988</t>
+          <t>9789759081355</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Dans Eden Ayı</t>
+          <t>Beni Ben Yapan Ne? (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944690294</t>
+          <t>9789944693226</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Banyo Zamanı</t>
+          <t>Ben Ölmeden Önce</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>9.26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944692793</t>
+          <t>9789944693363</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bana Parayı Göster! (Ciltli)</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944696081</t>
+          <t>9789758275717</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bakboklar - 1</t>
+          <t>Ben Çocuğum</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944695312</t>
+          <t>9789944692762</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan Köstebek ve Uçan Karınca Kıvırcık</t>
+          <t>Bay Çiklet Ve Milyarder Bisküvi</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944691253</t>
+          <t>9789944696197</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ayrılıktan Çok Aşktan Fazla</t>
+          <t>Bay Çiklet ve Kiraz Ağacı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>17</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789944692274</t>
+          <t>9789944693721</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Dünyalar</t>
+          <t>Bay Çiklet Ve Güç Kristalleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>99</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944694872</t>
+          <t>9789944693714</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Oyuncaklar</t>
+          <t>Bay Çiklet ve Gulyabaniler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944690348</t>
+          <t>9789944694988</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum Şekiller</t>
+          <t>Bay Çiklet ve Dans Eden Ayı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944690355</t>
+          <t>9789944690294</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum Renkler (Ciltli)</t>
+          <t>Banyo Zamanı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944694148</t>
+          <t>9789944692793</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum - Sayılar</t>
+          <t>Bana Parayı Göster! (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944694131</t>
+          <t>9789944696081</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum - Boyutlar (Ciltli)</t>
+          <t>Bakboklar - 1</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789756451885</t>
+          <t>9789944695312</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yavrusunun Uykusu Nereye Kaçtı? (Ciltli)</t>
+          <t>Bahçıvan Köstebek ve Uçan Karınca Kıvırcık</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944692908</t>
+          <t>9789944691253</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ay Gözü</t>
+          <t>Ayrılıktan Çok Aşktan Fazla</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944694773</t>
+          <t>9789944692274</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kalır</t>
+          <t>Ayrı Dünyalar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>14</v>
+        <v>99</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944691741</t>
+          <t>9789944694872</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aslı’yı Bekleyen Elma</t>
+          <t>Aykırı Oyuncaklar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>8.33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944691215</t>
+          <t>9789944690348</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mercek Altında Arkeoloji (Ciltli)</t>
+          <t>Ayıcık’la Öğreniyorum Şekiller</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789944696326</t>
+          <t>9789944690355</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Nasreddin Hoca</t>
+          <t>Ayıcık’la Öğreniyorum Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789759081041</t>
+          <t>9789944694148</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Horoz Leylek ve Diğerleri</t>
+          <t>Ayıcık’la Öğreniyorum - Sayılar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756451144</t>
+          <t>9789944694131</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Kulaklar</t>
+          <t>Ayıcık’la Öğreniyorum - Boyutlar (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>2.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789944690591</t>
+          <t>9789756451885</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan (Ciltli)</t>
+          <t>Ayı Yavrusunun Uykusu Nereye Kaçtı? (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>14</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789944690584</t>
+          <t>9789944692908</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma (Ciltli)</t>
+          <t>Ay Gözü</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756451694</t>
+          <t>9789944694773</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam Okul 1 İncisi</t>
+          <t>Aşk Kalır</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944690416</t>
+          <t>9789944691741</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ama Bonbon!</t>
+          <t>Aslı’yı Bekleyen Elma</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944691628</t>
+          <t>9789944691215</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Altın Avcıları Plajda</t>
+          <t>Mercek Altında Arkeoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>169</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789758275892</t>
+          <t>9789944696326</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Eşyaları</t>
+          <t>Arkadaşım Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>2.78</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789758275908</t>
+          <t>9789759081041</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Bir Günü</t>
+          <t>Arkadaşım Horoz Leylek ve Diğerleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>2.78</v>
+        <v>22</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789944690256</t>
+          <t>9789756451144</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Ali Şimdi Nerede? (Ciltli)</t>
+          <t>Arkadaş Kulaklar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>15.74</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789944690249</t>
+          <t>9789944690591</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ali Nerede? (Ciltli)</t>
+          <t>Antik Yunan (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>15.74</v>
+        <v>14</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756451120</t>
+          <t>9789944690584</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ali ile Küçük Fidan</t>
+          <t>Antik Roma (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>2.78</v>
+        <v>14</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>3990000012994</t>
+          <t>9789756451694</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ali Besinler Ülkesinde</t>
+          <t>Annem Babam Okul 1 İncisi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>2.78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944690669</t>
+          <t>9789944690416</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Alakanat</t>
+          <t>Ama Bonbon!</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944695336</t>
+          <t>9789944691628</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yemekte Ne Var Bay Çiklet?</t>
+          <t>Altın Avcıları Plajda</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>11.11</v>
+        <v>169</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789944696982</t>
+          <t>9789758275892</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 1</t>
+          <t>Ali’nin Eşyaları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789944691888</t>
+          <t>9789758275908</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Aileni Seç</t>
+          <t>Ali’nin Bir Günü</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>17</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944693592</t>
+          <t>9789944690256</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Afallatan Akıl Karıştırmacalar</t>
+          <t>Ali Şimdi Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944691444</t>
+          <t>9789944690249</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş İstiyorum (Ciltli)</t>
+          <t>Ali Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944695688</t>
+          <t>9789756451120</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Adamı Zorla Cadı Yaparlar</t>
+          <t>Ali ile Küçük Fidan</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>18</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789944696302</t>
+          <t>3990000012994</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Adada Bir Yabancı</t>
+          <t>Ali Besinler Ülkesinde</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944696579</t>
+          <t>9789944690669</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>101 Yanıltmaca</t>
+          <t>Alakanat</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944696487</t>
+          <t>9789944695336</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>101 Tekerleme</t>
+          <t>Akşam Yemekte Ne Var Bay Çiklet?</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789944692229</t>
+          <t>9789944696982</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalanlar</t>
+          <t>Akıl Oyunları 1</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>14</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944691185</t>
+          <t>9789944691888</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler (Ciltli)</t>
+          <t>Aileni Seç</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944692687</t>
+          <t>9789944693592</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Uzay (Ciltli)</t>
+          <t>Afallatan Akıl Karıştırmacalar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944692694</t>
+          <t>9789944691444</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Tarih Öncesi Yaşam (Ciltli)</t>
+          <t>Arkadaş İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789759081812</t>
+          <t>9789944695688</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Okyanuslar (Ciltli)</t>
+          <t>Adamı Zorla Cadı Yaparlar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>6.48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789759081782</t>
+          <t>9789944696302</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Kaşifler (Ciltli)</t>
+          <t>Adada Bir Yabancı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789756451960</t>
+          <t>9789944696579</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda İcatlar (Ciltli)</t>
+          <t>101 Yanıltmaca</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789759081805</t>
+          <t>9789944696487</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Hava (Ciltli)</t>
+          <t>101 Tekerleme</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789756451946</t>
+          <t>9789944692229</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Gezegenimiz Dünya (Ciltli)</t>
+          <t>Arada Kalanlar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789756451939</t>
+          <t>9789944691185</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Dünya Harikaları (Ciltli)</t>
+          <t>Adli Bilimler (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789756451953</t>
+          <t>9789944692687</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Bilim (Ciltli)</t>
+          <t>100 Adımda Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>6.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789759081799</t>
+          <t>9789944692694</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Antik Roma (Ciltli)</t>
+          <t>100 Adımda Tarih Öncesi Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>6.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789944694230</t>
+          <t>9789759081812</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>YGS - Tarih</t>
+          <t>100 Adımda Okyanuslar (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789944694117</t>
+          <t>9789759081782</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>YGS - Matematik</t>
+          <t>100 Adımda Kaşifler (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789944694100</t>
+          <t>9789756451960</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Türkçe</t>
+          <t>100 Adımda İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>24.07</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789944694087</t>
+          <t>9789759081805</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Kimya</t>
+          <t>100 Adımda Hava (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>25.93</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789944690546</t>
+          <t>9789756451946</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 6 (Yeni Programa Uygun)</t>
+          <t>100 Adımda Gezegenimiz Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944690553</t>
+          <t>9789756451939</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 5</t>
+          <t>100 Adımda Dünya Harikaları (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>9.17</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789944690577</t>
+          <t>9789756451953</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 4</t>
+          <t>100 Adımda Bilim (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789944691055</t>
+          <t>9789759081799</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 3</t>
+          <t>100 Adımda Antik Roma (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944691062</t>
+          <t>9789944694230</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 2 (Yeni Programa Uygun)</t>
+          <t>YGS - Tarih</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>8.33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789944691079</t>
+          <t>9789944694117</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 1 (Yeni Programa Uygun)</t>
+          <t>YGS - Matematik</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>8.33</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944692618</t>
+          <t>9789944694100</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe (Yeni Programa Uygun)</t>
+          <t>YGS - LYS Türkçe</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>25.46</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944690508</t>
+          <t>9789944694087</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Dersler (Yeni Programa Uygun)</t>
+          <t>YGS - LYS Kimya</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>27.78</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>3990000008181</t>
+          <t>9789944690546</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Tooddy Flash Card</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 6 (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944690232</t>
+          <t>9789944690553</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabım İlköğretim 5</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 5</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>18.43</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9788994469022</t>
+          <t>9789944690577</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabım İlköğretim 4</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 4</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>18.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944690218</t>
+          <t>9789944691055</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabım İlköğretim 1</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 3</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944691529</t>
+          <t>9789944691062</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sosyal Bilgiler (Yeni Programa Uygun)</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 2 (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>27.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944697040</t>
+          <t>9789944691079</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf SBS Deneme Sınavı Seti İlköğretim (8 Deneme)</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 1 (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>16.2</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944697033</t>
+          <t>9789944692618</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 7. Sınıf Seviye Belirleme Sınavlarının Çözümleri</t>
+          <t>6. Sınıf Türkçe (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>17.13</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9771307867009</t>
+          <t>9789944690508</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 6. Sınıf - SBS 1</t>
+          <t>6. Sınıf Tüm Dersler (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>16.2</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9771307772006</t>
+          <t>3990000008181</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 5. Sınıf - Çözümlü 8 Adet SBS Denemesi</t>
+          <t>Tooddy Flash Card</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>16.2</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789944697019</t>
+          <t>9789944690232</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 4. Sınıf - SBS 1</t>
+          <t>Tatil Kitabım İlköğretim 5</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>16.2</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9771307770002</t>
+          <t>9788994469022</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 3. Sınıf - SBS 1</t>
+          <t>Tatil Kitabım İlköğretim 4</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>16.2</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944692557</t>
+          <t>9789944690218</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik (Yeni Programa Uygun)</t>
+          <t>Tatil Kitabım İlköğretim 1</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789944692540</t>
+          <t>9789944691529</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik (Yeni Programa Uygun)</t>
+          <t>7. Sınıf Sosyal Bilgiler (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>22.22</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944694810</t>
+          <t>9789944697040</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik (Yeni Programa Uygun)</t>
+          <t>8. Sınıf SBS Deneme Sınavı Seti İlköğretim (8 Deneme)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>22.22</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789944693387</t>
+          <t>9789944697033</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları 1</t>
+          <t>İlköğretim 7. Sınıf Seviye Belirleme Sınavlarının Çözümleri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>4.63</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944694247</t>
+          <t>9771307867009</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>LYS - Tarih</t>
+          <t>İlköğretim 6. Sınıf - SBS 1</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789944694278</t>
+          <t>9771307772006</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>LYS - Felsefe</t>
+          <t>İlköğretim 5. Sınıf - Çözümlü 8 Adet SBS Denemesi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944694094</t>
+          <t>9789944697019</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>LYS - Edebiyat</t>
+          <t>İlköğretim 4. Sınıf - SBS 1</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789944694223</t>
+          <t>9771307770002</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>LYS - Coğrafya</t>
+          <t>İlköğretim 3. Sınıf - SBS 1</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944694209</t>
+          <t>9789944692557</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>LYS -  Matematik</t>
+          <t>4. Sınıf Matematik (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>27.78</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944690089</t>
+          <t>9789944692540</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 6 (Household Items / Ev Aletleri ve Gereçler)</t>
+          <t>3. Sınıf Matematik (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944690102</t>
+          <t>9789944694810</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 5 (School / Okul)</t>
+          <t>2. Sınıf Matematik (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944690034</t>
+          <t>9789944693387</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 4 (Fruit - Vegetables / Meyveler - Sebzeler)</t>
+          <t>Mantık Oyunları 1</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944690065</t>
+          <t>9789944694247</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 3 (Occupations / Meslekler)</t>
+          <t>LYS - Tarih</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>3990000003594</t>
+          <t>9789944694278</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 2 (Animals / Hayvanlar)</t>
+          <t>LYS - Felsefe</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789944692595</t>
+          <t>9789944694094</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
+          <t>LYS - Edebiyat</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>25.46</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789759081638</t>
+          <t>9789944694223</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
+          <t>LYS - Coğrafya</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944696012</t>
+          <t>9789944694209</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji 4</t>
+          <t>LYS -  Matematik</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>25.46</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944694643</t>
+          <t>9789944690089</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Analitik Geometri LYS</t>
+          <t>Flash Card Set: 6 (Household Items / Ev Aletleri ve Gereçler)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944693417</t>
+          <t>9789944690102</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kant Kulübü</t>
+          <t>Flash Card Set: 5 (School / Okul)</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944694933</t>
+          <t>9789944690034</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Humma - Genç Bond İkinci Kitap (Ciltli)</t>
+          <t>Flash Card Set: 4 (Fruit - Vegetables / Meyveler - Sebzeler)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>24</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789756451663</t>
+          <t>9789944690065</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melek</t>
+          <t>Flash Card Set: 3 (Occupations / Meslekler)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789944694377</t>
+          <t>3990000003594</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kalpak ve Kartal</t>
+          <t>Flash Card Set: 2 (Animals / Hayvanlar)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944692960</t>
+          <t>9789944692595</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Sarayı</t>
+          <t>6. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>19</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789944695787</t>
+          <t>9789759081638</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Gemi</t>
+          <t>5. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>6.48</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944695077</t>
+          <t>9789944696012</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kafrika’nın Gölgeleri</t>
+          <t>Fen ve Teknoloji 4</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>129</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944693585</t>
+          <t>9789944694643</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kafa Karıştıran Bulmacalar</t>
+          <t>Analitik Geometri LYS</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944696685</t>
+          <t>9789944693417</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Johnny ve Ölüler</t>
+          <t>Kant Kulübü</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>16</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789944694681</t>
+          <t>9789944694933</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Jimmy Coates: İntikam</t>
+          <t>Kanlı Humma - Genç Bond İkinci Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>16.67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789944692403</t>
+          <t>9789756451663</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Jımmy Coates Kaçış</t>
+          <t>Kanatsız Melek</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>16.67</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944693356</t>
+          <t>9789944694377</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>İyi ve Kötü Nedir?</t>
+          <t>Kalpak ve Kartal</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>23.15</v>
+        <v>15</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944694483</t>
+          <t>9789944692960</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kitabı</t>
+          <t>Kahkaha Sarayı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944695275</t>
+          <t>9789944695787</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İthaka (Ciltli)</t>
+          <t>Kağıt Gemi</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>24</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789756451861</t>
+          <t>9789944695077</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Sokak Kardelenleri</t>
+          <t>Kafrika’nın Gölgeleri</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>8.33</v>
+        <v>129</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944693288</t>
+          <t>9789944693585</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İskarpin Amca</t>
+          <t>Kafa Karıştıran Bulmacalar</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944695343</t>
+          <t>9789944696685</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Ancak Sen Kurtarabilirsin (Ciltli)</t>
+          <t>Johnny ve Ölüler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>15.74</v>
+        <v>16</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789759081256</t>
+          <t>9789944694681</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu (Ciltli)</t>
+          <t>Jimmy Coates: İntikam</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789758275182</t>
+          <t>9789944692403</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İlimiz Ve Bölgelerimizi Tanıyalım İstanbul - Marmara</t>
+          <t>Jımmy Coates Kaçış</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944696265</t>
+          <t>9789944693356</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben - Mutlu Yıllar</t>
+          <t>İyi ve Kötü Nedir?</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944695855</t>
+          <t>9789944694483</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben</t>
+          <t>İyi Geceler Kitabı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944693257</t>
+          <t>9789944695275</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - Mısır (Ciltli)</t>
+          <t>İthaka (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789944693264</t>
+          <t>9789756451861</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - İcatlar (Ciltli)</t>
+          <t>İstanbul’un Sokak Kardelenleri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944693240</t>
+          <t>9789944693288</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - Dinozorlar</t>
+          <t>İskarpin Amca</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789944693233</t>
+          <t>9789944695343</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - Depremler ve Yanardağlar (Ciltli)</t>
+          <t>İnsanlığı Ancak Sen Kurtarabilirsin (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789758275298</t>
+          <t>9789759081256</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ses</t>
+          <t>İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789944694551</t>
+          <t>9789758275182</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Iskarta</t>
+          <t>İlimiz Ve Bölgelerimizi Tanıyalım İstanbul - Marmara</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789759081034</t>
+          <t>9789944696265</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Akdeniz</t>
+          <t>İgi ve Ben - Mutlu Yıllar</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944694438</t>
+          <t>9789944695855</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>İgi ve Ben</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>18.52</v>
+        <v>14</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944693271</t>
+          <t>9789944693257</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Heybedeki Sır</t>
+          <t>İçyüzü - Mısır (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944690140</t>
+          <t>9789944693264</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Öyküsü (3 Boyutlu) (Ciltli)</t>
+          <t>İçyüzü - İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944694193</t>
+          <t>9789944693240</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hedef</t>
+          <t>İçyüzü - Dinozorlar</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789759081218</t>
+          <t>9789944693233</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Kırmızı Kurbağa ve Yeşil Flamingo (Ciltli)</t>
+          <t>İçyüzü - Depremler ve Yanardağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789759081249</t>
+          <t>9789758275298</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Çayır, Ahır ve Çiftlik Evi (Ciltli)</t>
+          <t>İçimdeki Ses</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789759081225</t>
+          <t>9789944694551</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Bisiklet, Kızak ve Vapur (Ciltli)</t>
+          <t>Iskarta</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>13.89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789759081232</t>
+          <t>9789759081034</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Anne, Baba ve Yavru Ayı (Ciltli)</t>
+          <t>Hoşçakal Akdeniz</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944695923</t>
+          <t>9789944694438</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Hayat Bilgisi Soru Bankası</t>
+          <t>Hokus Pokus</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944695022</t>
+          <t>9789944693271</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şiire Sığmayan Yüzü</t>
+          <t>Heybedeki Sır</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>6.94</v>
+        <v>19</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789944691338</t>
+          <t>9789944690140</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hava - Keşif Zamanı (Ciltli)</t>
+          <t>Her Şeyin Öyküsü (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789944691451</t>
+          <t>9789944694193</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hastaneye Gitmek İstemiyorum (Ciltli)</t>
+          <t>Hedef</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944694360</t>
+          <t>9789759081218</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferi</t>
+          <t>Hayvanlarla Öğreniyorum - Kırmızı Kurbağa ve Yeşil Flamingo (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>21</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944695206</t>
+          <t>9789759081249</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Sanat Nedir?</t>
+          <t>Hayvanlarla Öğreniyorum - Çayır, Ahır ve Çiftlik Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>24</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789944695237</t>
+          <t>9789759081225</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Güve Fırtınası</t>
+          <t>Hayvanlarla Öğreniyorum - Bisiklet, Kızak ve Vapur (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>21</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944693875</t>
+          <t>9789759081232</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Sarı Baldan Tatlı</t>
+          <t>Hayvanlarla Öğreniyorum - Anne, Baba ve Yavru Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944692915</t>
+          <t>9789944695923</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gözü (Ciltli)</t>
+          <t>2. Sınıf Hayat Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>15.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944690324</t>
+          <t>9789944695022</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Hayvanlar</t>
+          <t>Hayatın Şiire Sığmayan Yüzü</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>12.04</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944693332</t>
+          <t>9789944691338</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Hayat Nedir?</t>
+          <t>Hava - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944694537</t>
+          <t>9789944691451</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Gümüşyüzgeç</t>
+          <t>Hastaneye Gitmek İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>24</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789756451410</t>
+          <t>9789944694360</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gülperi</t>
+          <t>Haçlı Seferi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>7.41</v>
+        <v>21</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789758275656</t>
+          <t>9789944695206</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Gül Evi</t>
+          <t>Güzellik ve Sanat Nedir?</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>3.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944694179</t>
+          <t>9789944695237</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Grk Ve Pelotti Çetesi</t>
+          <t>Güve Fırtınası</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>13.89</v>
+        <v>21</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789944694421</t>
+          <t>9789944693875</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Grk Sosisli Peşinde</t>
+          <t>Güneşten Sarı Baldan Tatlı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>14</v>
+        <v>19</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789944695657</t>
+          <t>9789944692915</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Grk Kaplumbağa Operasyonu</t>
+          <t>Güneş Gözü (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>13</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944696395</t>
+          <t>9789944690324</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Grk Fare Kokusu Alıyor!</t>
+          <t>Benim Dünyam - Hayvanlar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>13</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944693752</t>
+          <t>9789944693332</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Grk Adında Bir Köpek</t>
+          <t>Hayat Nedir?</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>12.96</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789756451731</t>
+          <t>9789944694537</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Göl Çiçekleri</t>
+          <t>Gümüşyüzgeç</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>6.48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789944691987</t>
+          <t>9789756451410</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Dolu Şapka</t>
+          <t>Gülperi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789944690270</t>
+          <t>9789758275656</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Giysiler</t>
+          <t>Gül Evi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>9.26</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789944695015</t>
+          <t>9789944694179</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Görünüşüme Aldanma Yanarsın</t>
+          <t>Grk Ve Pelotti Çetesi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789944696449</t>
+          <t>9789944694421</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Genç Sherlock Holmes: Ölüm Bulutu</t>
+          <t>Grk Sosisli Peşinde</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>23.15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789756451311</t>
+          <t>9789944695657</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Genç Öyküler 1. İzmir Liselerarası Öykü Yarışması</t>
+          <t>Grk Kaplumbağa Operasyonu</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>2.78</v>
+        <v>13</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944696586</t>
+          <t>9789944696395</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Geceye Bürüneceğim</t>
+          <t>Grk Fare Kokusu Alıyor!</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789944692380</t>
+          <t>9789944693752</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>File Bekçisi</t>
+          <t>Grk Adında Bir Köpek</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789944691154</t>
+          <t>9789756451731</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (Ciltli)</t>
+          <t>Göl Çiçekleri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>42</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944693165</t>
+          <t>9789944691987</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Evrim Devrim (Ciltli)</t>
+          <t>Gökyüzü Dolu Şapka</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>49</v>
+        <v>19</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789756451700</t>
+          <t>9789944690270</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Erken Düşen Kar</t>
+          <t>Giysiler</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789944694513</t>
+          <t>9789944695015</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kitabı 2</t>
+          <t>Görünüşüme Aldanma Yanarsın</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944693509</t>
+          <t>9789944696449</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kitabı</t>
+          <t>Genç Sherlock Holmes: Ölüm Bulutu</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>10</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789944694520</t>
+          <t>9789756451311</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Engin Mavi</t>
+          <t>Genç Öyküler 1. İzmir Liselerarası Öykü Yarışması</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>8.33</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944693080</t>
+          <t>9789944696586</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım</t>
+          <t>Geceye Bürüneceğim</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>7.41</v>
+        <v>23</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944691468</t>
+          <t>9789944692380</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ellerimi Yıkamak İstemiyorum (Ciltli)</t>
+          <t>File Bekçisi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789758275540</t>
+          <t>9789944691154</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Elimi Bırakma Anne</t>
+          <t>Ezop Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789759081959</t>
+          <t>9789944693165</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Futbol Ansiklopedisi (Ciltli)</t>
+          <t>Evrim Devrim (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>23.15</v>
+        <v>49</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944691642</t>
+          <t>9789756451700</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Elementler Her Yerde! (Ciltli)</t>
+          <t>Erken Düşen Kar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944695190</t>
+          <t>9789944694513</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Ekstralar</t>
+          <t>Erkek Kitabı 2</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944690164</t>
+          <t>9789944693509</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Eksik Alfabe</t>
+          <t>Erkek Kitabı</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>7.87</v>
+        <v>10</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944693936</t>
+          <t>9789944694520</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ekran Kaçkınları</t>
+          <t>Engin Mavi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>66</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789944690683</t>
+          <t>9789944693080</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalarla Çalışmak (Ciltli)</t>
+          <t>En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>27.78</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789759081089</t>
+          <t>9789944691468</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bilimi (Ciltli)</t>
+          <t>Ellerimi Yıkamak İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>46.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789944693042</t>
+          <t>9789758275540</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Einstein Yaşamı ve Evreni</t>
+          <t>Elimi Bırakma Anne</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>37.04</v>
+        <v>15</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789944691666</t>
+          <t>9789759081959</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Su</t>
+          <t>Futbol Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944691659</t>
+          <t>9789944691642</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Ses</t>
+          <t>Elementler Her Yerde! (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944692748</t>
+          <t>9789944695190</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Renk</t>
+          <t>Ekstralar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>4.63</v>
+        <v>21</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944692724</t>
+          <t>9789944690164</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Mıknatıslar</t>
+          <t>Eksik Alfabe</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>4.63</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944692755</t>
+          <t>9789944693936</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Elektrik</t>
+          <t>Ekran Kaçkınları</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>4.63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944692717</t>
+          <t>9789944690683</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Basit Makineler</t>
+          <t>Ejderhalarla Çalışmak (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789944691680</t>
+          <t>9789759081089</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Kuvvet</t>
+          <t>Ejderha Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>4.63</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944692816</t>
+          <t>9789944693042</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Hasta Oldular</t>
+          <t>Einstein Yaşamı ve Evreni</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>6.94</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789944692830</t>
+          <t>9789944691666</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Evcilik Oynuyorlar</t>
+          <t>Eğlenceli Deneyler Su</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>6.94</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944693660</t>
+          <t>9789944691659</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Denizdeki Şişe</t>
+          <t>Eğlenceli Deneyler Ses</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944694780</t>
+          <t>9789944692748</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Düşman</t>
+          <t>Eğlenceli Deneyler Renk</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789944691246</t>
+          <t>9789944692724</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Düşlerime Kuşlar Konuyor</t>
+          <t>Eğlenceli Deneyler Mıknatıslar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>12.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944696050</t>
+          <t>9789944692755</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Düşler Tramvayı</t>
+          <t>Eğlenceli Deneyler Elektrik</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944693134</t>
+          <t>9789944692717</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Düşler Bahçesi</t>
+          <t>Eğlenceli Deneyler Basit Makineler</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>7.87</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789758275830</t>
+          <t>9789944691680</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Düş Sokağı Çocukları</t>
+          <t>Eğlenceli Deneyler Kuvvet</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944691673</t>
+          <t>9789944692816</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Işık</t>
+          <t>Ece ile Efe Hasta Oldular</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>4.63</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789758275274</t>
+          <t>9789944692830</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Düş Çocukları</t>
+          <t>Ece ile Efe Evcilik Oynuyorlar</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>4.17</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944693110</t>
+          <t>9789944693660</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Dünya Önemlidir (Ciltli)</t>
+          <t>Ece ile Efe Denizdeki Şişe</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>65</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789944693172</t>
+          <t>9789944694780</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Dünya Onlarla Daha Renkli</t>
+          <t>Düşman</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>8</v>
+        <v>24</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944693851</t>
+          <t>9789944691246</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Dünya Onlarla Daha Güzel</t>
+          <t>Düşlerime Kuşlar Konuyor</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789756451922</t>
+          <t>9789944696050</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Köy Olsaydı (Ciltli)</t>
+          <t>Düşler Tramvayı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789944693349</t>
+          <t>9789944693134</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Duygular Nedir?</t>
+          <t>Düşler Bahçesi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>24</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789756451908</t>
+          <t>9789758275830</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Dostum Keleş</t>
+          <t>Düş Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789944691178</t>
+          <t>9789944691673</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler (Ciltli)</t>
+          <t>Eğlenceli Deneyler Işık</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789944691192</t>
+          <t>9789758275274</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Doğa İzcisi Doğa Etkinlikleri</t>
+          <t>Düş Çocukları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>4.63</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789944691949</t>
+          <t>9789944693110</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Doğa</t>
+          <t>Dünya Önemlidir (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>12.04</v>
+        <v>65</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944691437</t>
+          <t>9789944693172</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Dişimi İstiyorum (Ciltli)</t>
+          <t>Dünya Onlarla Daha Renkli</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789944690188</t>
+          <t>9789944693851</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar (Ciltli)</t>
+          <t>Dünya Onlarla Daha Güzel</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>55.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944691925</t>
+          <t>9789756451922</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Dinozorlar</t>
+          <t>Dünya Bir Köy Olsaydı (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789758275861</t>
+          <t>9789944693349</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Dilimdeki Çanlar</t>
+          <t>Duygular Nedir?</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>3.7</v>
+        <v>24</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789944694971</t>
+          <t>9789756451908</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Dido (Ciltli)</t>
+          <t>Dostum Keleş</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944694315</t>
+          <t>9789944691178</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Devler ve Mincik Bobolar</t>
+          <t>Doğal Afetler (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789944695176</t>
+          <t>9789944691192</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri - Seçmeler</t>
+          <t>Doğa İzcisi Doğa Etkinlikleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789759081102</t>
+          <t>9789944691949</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Dar Köprünün Dervişi</t>
+          <t>Benim Dünyam - Doğa</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944694155</t>
+          <t>9789944691437</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Dal Ucunda Gül</t>
+          <t>Dişimi İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789944690379</t>
+          <t>9789944690188</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci Şifresi’ni Bildiğini mi Sanıyorsun?</t>
+          <t>Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>9.26</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789944691161</t>
+          <t>9789944691925</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İletişim (Ciltli)</t>
+          <t>Benim Dünyam - Dinozorlar</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789944693981</t>
+          <t>9789758275861</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Gece Sevgilisi</t>
+          <t>Dilimdeki Çanlar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>10</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789944690690</t>
+          <t>9789944694971</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar İki Kat Eğlence</t>
+          <t>Dido (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>13.89</v>
+        <v>17</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789944692823</t>
+          <t>9789944694315</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe ve Evdeki Aslan</t>
+          <t>Devler ve Mincik Bobolar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789944692809</t>
+          <t>9789944695176</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe ve Bebek</t>
+          <t>Dede Korkut Hikayeleri - Seçmeler</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789944693639</t>
+          <t>9789759081102</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Trene Biniyorlar</t>
+          <t>Dar Köprünün Dervişi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789944693622</t>
+          <t>9789944694155</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Sürprizlerle Dolu Bir Yılbaşı</t>
+          <t>Dal Ucunda Gül</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789944693677</t>
+          <t>9789944690379</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Piknik Yapıyorlar</t>
+          <t>Da Vinci Şifresi’ni Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789944693653</t>
+          <t>9789944691161</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Parkta</t>
+          <t>İletişim (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789944692854</t>
+          <t>9789944693981</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Köpek İstiyorlar</t>
+          <t>Gece Sevgilisi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789944693646</t>
+          <t>9789944690690</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Hayvanlara Yardım Ediyorlar</t>
+          <t>Hayvanlar İki Kat Eğlence</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>6.94</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789944692847</t>
+          <t>9789944692823</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Hayvanat Bahçesinde</t>
+          <t>Ece ile Efe ve Evdeki Aslan</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059493727</t>
+          <t>9789944692809</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Tombik Balık - Denizler Hepimizin</t>
+          <t>Ece ile Efe ve Bebek</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>45</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059153638</t>
+          <t>9789944693639</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Boş Çerçeve Operasyonu</t>
+          <t>Ece ile Efe Trene Biniyorlar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>17</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>8699237595759</t>
+          <t>9789944693622</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Serisi (4 Kitap)</t>
+          <t>Ece ile Efe Sürprizlerle Dolu Bir Yılbaşı</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>38.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059493673</t>
+          <t>9789944693677</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Bir Vampirin Doğuşu</t>
+          <t>Ece ile Efe Piknik Yapıyorlar</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>139</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789944699495</t>
+          <t>9789944693653</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Adam Kaçırma Dersleri</t>
+          <t>Ece ile Efe Parkta</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>14</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789944699303</t>
+          <t>9789944692854</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Atla</t>
+          <t>Ece ile Efe Köpek İstiyorlar</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>8699237593601</t>
+          <t>9789944693646</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati Serisi Seti (5 Kitap)</t>
+          <t>Ece ile Efe Hayvanlara Yardım Ediyorlar</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>41.67</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789944692410</t>
+          <t>9789944692847</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Bildirge</t>
+          <t>Ece ile Efe Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789944699839</t>
+          <t>9786059493727</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben : Sürpriz Bebek</t>
+          <t>Tombik Balık - Denizler Hepimizin</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>13.89</v>
+        <v>45</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789944699488</t>
+          <t>9786059153638</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 1 / Hayal Kurmak Yasak mı?</t>
+          <t>Boş Çerçeve Operasyonu</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789944699396</t>
+          <t>8699237595759</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Zindan</t>
+          <t>Acaba Ne Olsam? Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>15</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789944697828</t>
+          <t>9786059493673</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Haytalar İçin Adam Soyma</t>
+          <t>Bir Vampirin Doğuşu</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>13.89</v>
+        <v>139</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789944697101</t>
+          <t>9789944699495</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 2: Beynini Çalıştır!</t>
+          <t>Adam Kaçırma Dersleri</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>18.52</v>
+        <v>14</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789944699464</t>
+          <t>9789944699303</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Atla</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>8699237595292</t>
+          <t>8699237593601</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız Serisi (4 Kitap Takım)</t>
+          <t>Haylaz Pati Serisi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>25.93</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>8699237593670</t>
+          <t>9789944692410</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler Serisi Seti (4 Kitap Takım)</t>
+          <t>Bildirge</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>120</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059604918</t>
+          <t>9789944699839</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Genç Sherlock Holmes : Mavi Buz</t>
+          <t>İgi ve Ben : Sürpriz Bebek</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>24</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789944698566</t>
+          <t>9789944699488</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Puding Poli Aydınlatıyor</t>
+          <t>Şipşak Hikayeler 1 / Hayal Kurmak Yasak mı?</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>18.52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789944697880</t>
+          <t>9789944699396</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Yıldızı Dişi</t>
+          <t>Lanetli Zindan</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059604888</t>
+          <t>9789944697828</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Mago</t>
+          <t>Haytalar İçin Adam Soyma</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059153416</t>
+          <t>9789944697101</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Tombik Balık Mutluluk Peşinde</t>
+          <t>Akıl Oyunları 2: Beynini Çalıştır!</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789944697965</t>
+          <t>9789944699464</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Püskül ile Zeytin Anlaşamıyor</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>11</v>
+        <v>45</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789944693837</t>
+          <t>8699237595292</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Rita ve Adsız Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>45</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789944697866</t>
+          <t>8699237593670</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Ölüm</t>
+          <t>Süper Gazeteciler Serisi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>24</v>
+        <v>120</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789944699372</t>
+          <t>9786059604918</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Zaman?</t>
+          <t>Genç Sherlock Holmes : Mavi Buz</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>16.67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789944697644</t>
+          <t>9789944698566</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi: 1. Kitap - Bir Katilin Doğuşu</t>
+          <t>Puding Poli Aydınlatıyor</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052031971</t>
+          <t>9789944697880</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Bilgebaş Masalı</t>
+          <t>Yıldızı Dişi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789944699419</t>
+          <t>9786059604888</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Seven Dikenine Katlanır</t>
+          <t>Mago</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>19</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789944697750</t>
+          <t>9786059153416</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Rico ve Oskar Defolu Kalpler</t>
+          <t>Tombik Balık Mutluluk Peşinde</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>8699237595766</t>
+          <t>9789944697965</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk Serisi (18 Kitap Takım)</t>
+          <t>Püskül ile Zeytin Anlaşamıyor</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>270</v>
+        <v>11</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>8699237595193</t>
+          <t>9789944693837</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Grk Serisi (5 Kitap Takım)</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>67</v>
+        <v>45</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>8699237593700</t>
+          <t>9789944697866</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt Serisi Seti (5 Kitap Takım )</t>
+          <t>Ölüm</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>46.3</v>
+        <v>24</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>8699237593694</t>
+          <t>9789944699372</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Darren Shan Efsanesi Seti (12 Kitap Takım)</t>
+          <t>Acaba Ne Zaman?</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055060091</t>
+          <t>9789944697644</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Basit</t>
+          <t>Larten Crepsley Efsanesi: 1. Kitap - Bir Katilin Doğuşu</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>14</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789756451243</t>
+          <t>9786052031971</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kuşu</t>
+          <t>Bilgebaş Masalı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>7.87</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789944693905</t>
+          <t>9789944699419</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sinirnaz’ın Sözlüğü</t>
+          <t>Macerayı Seven Dikenine Katlanır</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789944694940</t>
+          <t>9789944697750</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Sinemayı Seven Çocuk</t>
+          <t>Rico ve Oskar Defolu Kalpler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>7.41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789944693929</t>
+          <t>8699237595766</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sinemamız İftiharla Sunar</t>
+          <t>Filozof Çocuk Serisi (18 Kitap Takım)</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>9.26</v>
+        <v>270</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789944696616</t>
+          <t>8699237595193</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan Aşk</t>
+          <t>Grk Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>16.67</v>
+        <v>67</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789944691239</t>
+          <t>8699237593700</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Kuş Kanatları</t>
+          <t>Küçük Kurt Serisi Seti (5 Kitap Takım )</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>12.04</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052855201</t>
+          <t>8699237593694</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yuan Huan 2: Kütüphanedeki Kamera</t>
+          <t>Darren Shan Efsanesi Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789944692182</t>
+          <t>9786055060091</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevdiğimi Söyleseydim Öldürmek Zorunda Kalırdım (Ciltli)</t>
+          <t>Sıradışı Basit</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>18.52</v>
+        <v>14</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789944690812</t>
+          <t>9789756451243</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Satranç Kitabı (Ciltli)</t>
+          <t>Sokak Kuşu</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>18.52</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789944693790</t>
+          <t>9789944693905</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - Bela’nın Peşinde</t>
+          <t>Sinirnaz’ın Sözlüğü</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789944692779</t>
+          <t>9789944694940</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - Müthiş Casus</t>
+          <t>Sinemayı Seven Çocuk</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789944694667</t>
+          <t>9789944693929</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - İkiz Casuslar</t>
+          <t>Sinemamız İftiharla Sunar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789756451298</t>
+          <t>9789944696616</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sarı Set 10 Kitap Takım (9-10 Yaş)</t>
+          <t>Sil Baştan Aşk</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>76.85</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789944695367</t>
+          <t>9789944691239</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sabotaj - Jimmy Coates</t>
+          <t>Sevginin Kuş Kanatları</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789758275267</t>
+          <t>9786052855201</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Kanatlılar</t>
+          <t>Yuan Huan 2: Kütüphanedeki Kamera</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>12</v>
+        <v>240</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789944696180</t>
+          <t>9789944692182</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Gölü</t>
+          <t>Seni Sevdiğimi Söyleseydim Öldürmek Zorunda Kalırdım (Ciltli)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>75</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789944695008</t>
+          <t>9789944690812</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız’ın Pazar Günü</t>
+          <t>Satranç Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789944694995</t>
+          <t>9789944693790</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız Piknikte</t>
+          <t>Sarışın Jane - Bela’nın Peşinde</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789944694629</t>
+          <t>9789944692779</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız Okulda</t>
+          <t>Sarışın Jane - Müthiş Casus</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789944694612</t>
+          <t>9789944694667</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız</t>
+          <t>Sarışın Jane - İkiz Casuslar</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789944696654</t>
+          <t>9789756451298</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Rico ve Oskar - Derin Gölgeler</t>
+          <t>Sarı Set 10 Kitap Takım (9-10 Yaş)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>14.81</v>
+        <v>76.85</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789944691918</t>
+          <t>9789944695367</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Sabotaj - Jimmy Coates</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>12.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789944695749</t>
+          <t>9789758275267</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Puding Poli Karıştırıyor</t>
+          <t>Rüzgar Kanatlılar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>18.52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789944696401</t>
+          <t>9789944696180</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Puding Poli Çözüyor - 2. Olay</t>
+          <t>Ruhlar Gölü</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>19</v>
+        <v>75</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>3990000017008</t>
+          <t>9789944695008</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin Yaşam Kitabı (Ciltli)</t>
+          <t>Rita ve Adsız’ın Pazar Günü</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789756451472</t>
+          <t>9789944694995</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Pitan: Zeytindağı’nın İzinde</t>
+          <t>Rita ve Adsız Piknikte</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>13.89</v>
+        <v>7</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789944696418</t>
+          <t>9789944694629</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Peter’in Günlüğü</t>
+          <t>Rita ve Adsız Okulda</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789944695299</t>
+          <t>9789944694612</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Perili Öykü (Ciltli)</t>
+          <t>Rita ve Adsız</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>14</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789944696531</t>
+          <t>9789944696654</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Yeni Bir Arkadaş</t>
+          <t>Rico ve Oskar - Derin Gölgeler</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789944696524</t>
+          <t>9789944691918</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Deniz Kıyısında Bir Gün</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789944692731</t>
+          <t>9789944695749</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Sen Kötü Bir Adamsın Bay Çiklet!</t>
+          <t>Puding Poli Karıştırıyor</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789944695138</t>
+          <t>9789944696401</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Penaltı (Ciltli)</t>
+          <t>Puding Poli Çözüyor - 2. Olay</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789944694476</t>
+          <t>3990000017008</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kedi Becerikli Martı ve Ben</t>
+          <t>Profesör Dahi’nin Yaşam Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789758275687</t>
+          <t>9789756451472</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Pal Pal Palyaço</t>
+          <t>Pitan: Zeytindağı’nın İzinde</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789944694384</t>
+          <t>9789944696418</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Nedir?</t>
+          <t>Peter’in Günlüğü</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>25</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789944693943</t>
+          <t>9789944695299</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Özeller (Ciltli)</t>
+          <t>Perili Öykü (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789944696456</t>
+          <t>9789944696531</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Oyna ya da Öl - Genç Bond 3. Kitap</t>
+          <t>Pengu - Yeni Bir Arkadaş</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>24</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789758275878</t>
+          <t>9789944696524</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Yarışma</t>
+          <t>Pengu - Deniz Kıyısında Bir Gün</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789944690720</t>
+          <t>9789944692731</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sayılar İki Kat Eğlence</t>
+          <t>Sen Kötü Bir Adamsın Bay Çiklet!</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789944696166</t>
+          <t>9789944695138</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Origami: Hayvanlar - Bitkiler</t>
+          <t>Penaltı (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>15.74</v>
+        <v>120</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789944694353</t>
+          <t>9789944694476</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Bilimi (Ciltli)</t>
+          <t>Pembe Kedi Becerikli Martı ve Ben</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>46.3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789756451137</t>
+          <t>9789758275687</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>O Yıllar Dile Gelse 1: Köylerden Köy Enstitülerine</t>
+          <t>Pal Pal Palyaço</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>6.94</v>
+        <v>9</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789944696661</t>
+          <t>9789944694384</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Nun Gelince</t>
+          <t>Özgürlük Nedir?</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>10.19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789944692076</t>
+          <t>9789944693943</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Noktacık (Ciltli)</t>
+          <t>Özeller (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>13.89</v>
+        <v>21</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789944692281</t>
+          <t>9789944696456</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Nisan Bebek (Ciltli)</t>
+          <t>Oyna ya da Öl - Genç Bond 3. Kitap</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789944693745</t>
+          <t>9789758275878</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Nim Denizde</t>
+          <t>Ormandaki Yarışma</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>14</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789756451717</t>
+          <t>9789944690720</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Ortasındaki Ağaç</t>
+          <t>Sayılar İki Kat Eğlence</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789944692984</t>
+          <t>9789944696166</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Oğlu</t>
+          <t>Origami: Hayvanlar - Bitkiler</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789944690645</t>
+          <t>9789944694353</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Satranç Seti (Ciltli)</t>
+          <t>Okyanus Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>24.07</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789944690461</t>
+          <t>9789756451137</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 9: Gladyatörler (Ciltli)</t>
+          <t>O Yıllar Dile Gelse 1: Köylerden Köy Enstitülerine</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789944690423</t>
+          <t>9789944696661</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 7:  Zaman (Ciltli)</t>
+          <t>Nun Gelince</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789944690447</t>
+          <t>9789944692076</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 5: İnsan (Ciltli)</t>
+          <t>Noktacık (Ciltli)</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789759081188</t>
+          <t>9789944692281</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 3: Mikroskop (Ciltli)</t>
+          <t>Nisan Bebek (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>9.26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789759081171</t>
+          <t>9789944693745</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 1: Matematik (Ciltli)</t>
+          <t>Nim Denizde</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789944690454</t>
+          <t>9789756451717</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 8:  Gen (Ciltli)</t>
+          <t>Nehrin Ortasındaki Ağaç</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789944690430</t>
+          <t>9789944692984</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 6: Doğa (Ciltli)</t>
+          <t>Nehrin Oğlu</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789759081195</t>
+          <t>9789944690645</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 4: Dinozorlar (Ciltli)</t>
+          <t>Satranç Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>18.52</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789759081201</t>
+          <t>9789944690461</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 2: Enerji (Ciltli)</t>
+          <t>Neden ve Nasıl Cilt: 9: Gladyatörler (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789944692441</t>
+          <t>9789944690423</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 13: Kayıp Şehirler (Ciltli)</t>
+          <t>Neden ve Nasıl Cilt: 7:  Zaman (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789944692434</t>
+          <t>9789944690447</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 12: Bilgisayarlar ve Robotlar (Ciltli)</t>
+          <t>Neden ve Nasıl Cilt: 5: İnsan (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789944692427</t>
+          <t>9789759081188</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 11: İcatlar</t>
+          <t>Neden ve Nasıl Cilt: 3: Mikroskop (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789944692458</t>
+          <t>9789759081171</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 10: Beyin (Ciltli)</t>
+          <t>Neden ve Nasıl Cilt: 1: Matematik (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789944696388</t>
+          <t>9789944690454</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
+          <t>Neden ve Nasıl Cilt 8:  Gen (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>49</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789944690393</t>
+          <t>9789944690430</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Narnia’yı Bildiğini mi Sanıyorsun?</t>
+          <t>Neden ve Nasıl Cilt 6: Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789944692120</t>
+          <t>9789759081195</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Nal Sesleri</t>
+          <t>Neden ve Nasıl Cilt 4: Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789944694490</t>
+          <t>9789759081201</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Nedir?</t>
+          <t>Neden ve Nasıl Cilt 2: Enerji (Ciltli)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789758275694</t>
+          <t>9789944692441</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Süvarileri</t>
+          <t>Neden ve Nasıl Cilt 13: Kayıp Şehirler (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789758275250</t>
+          <t>9789944692434</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Murat’ın Düşü</t>
+          <t>Neden ve Nasıl Cilt 12: Bilgisayarlar ve Robotlar (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789944695091</t>
+          <t>9789944692427</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kız Kitabı</t>
+          <t>Neden ve Nasıl Cilt 11: İcatlar</t>
         </is>
       </c>
       <c r="C561" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789944692212</t>
+          <t>9789944692458</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji</t>
+          <t>Neden ve Nasıl Cilt 10: Beyin (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>46.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789756451748</t>
+          <t>9789944696388</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Minik Papatya</t>
+          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>6.48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789756451274</t>
+          <t>9789944690393</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuşa Ne Olsun?</t>
+          <t>Narnia’yı Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789759081645</t>
+          <t>9789944692120</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Milly, Molly Set 1 (8 Kitap Takım)</t>
+          <t>Nal Sesleri</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>32.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789759081966</t>
+          <t>9789944694490</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Harikaları -  Mısır Bilimi Dersleri (Ciltli)</t>
+          <t>Mutluluk Nedir?</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789756451977</t>
+          <t>9789758275694</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Mısırın Gizemi (Ciltli)</t>
+          <t>Mustafa Kemal’in Süvarileri</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>46.3</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>8699237593250</t>
+          <t>9789758275250</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Mor Set - 10 Kitap Takım (8-9 Yaş)</t>
+          <t>Murat’ın Düşü</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>68.98</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789759081027</t>
+          <t>9789944695091</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerden Resim</t>
+          <t>Muhteşem Kız Kitabı</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789944695695</t>
+          <t>9789944692212</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Mitoloji</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>9.26</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789944695282</t>
+          <t>9789756451748</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Merdivenli Ada</t>
+          <t>Minik Papatya</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789944692526</t>
+          <t>9789756451274</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Telefon Neden Çalar ?</t>
+          <t>Minik Kuşa Ne Olsun?</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>5</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789944691413</t>
+          <t>9789759081645</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Rüzgar Neden Eser ve Gezegenimiz Hakkındaki Diğer Sorular</t>
+          <t>Milly, Molly Set 1 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>4.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789944691390</t>
+          <t>9789759081966</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Uçakların Kanatları Vardır? ve Taşıtlar Hakkındaki Diğer Sorular</t>
+          <t>Mısır’ın Harikaları -  Mısır Bilimi Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789944692496</t>
+          <t>9789756451977</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Kanguruların Keseleri Vardır? ve Yavru Hayvanlar Hakkındaki Diğer Sorular</t>
+          <t>Mısırın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>4.63</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789944692519</t>
+          <t>8699237593250</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Develerin Hörgüçleri Vardır?</t>
+          <t>Mor Set - 10 Kitap Takım (8-9 Yaş)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>4.63</v>
+        <v>68.98</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789944692502</t>
+          <t>9789759081027</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Ağaçların Yaprakları Vardır?</t>
+          <t>Mevsimlerden Resim</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789944691383</t>
+          <t>9789944695695</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Karnım Neden Guruldar? ve Vücudumuz Hakkındaki Diğer Sorular</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789944691406</t>
+          <t>9789944695282</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Işık Neden Zıplar? ve Bilim Hakkındaki Diğer Sorular</t>
+          <t>Merdivenli Ada</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>4.63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789944692168</t>
+          <t>9789944692526</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Güneş Neden Doğar?</t>
+          <t>Merak Ediyorum Telefon Neden Çalar ?</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>4.63</v>
+        <v>5</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789944692151</t>
+          <t>9789944691413</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Deniz Neden Tuzludur?</t>
+          <t>Merak Ediyorum Rüzgar Neden Eser ve Gezegenimiz Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C581" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789944691956</t>
+          <t>9789944691390</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Menekşe’yi Kim Çaldı</t>
+          <t>Merak Ediyorum Neden Uçakların Kanatları Vardır? ve Taşıtlar Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789944691703</t>
+          <t>9789944692496</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Memiş Can</t>
+          <t>Merak Ediyorum Neden Kanguruların Keseleri Vardır? ve Yavru Hayvanlar Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>12.96</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789944693103</t>
+          <t>9789944692519</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Medici Mührü</t>
+          <t>Merak Ediyorum Neden Develerin Hörgüçleri Vardır?</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789944691963</t>
+          <t>9789944692502</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Maymunu Ehlileştirmek</t>
+          <t>Merak Ediyorum Neden Ağaçların Yaprakları Vardır?</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789944691222</t>
+          <t>9789944691383</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar (Ciltli)</t>
+          <t>Merak Ediyorum Karnım Neden Guruldar? ve Vücudumuz Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>14.35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789756451489</t>
+          <t>9789944691406</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar</t>
+          <t>Merak Ediyorum Işık Neden Zıplar? ve Bilim Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>159</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789758275458</t>
+          <t>9789944692168</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Mavi Set - 10 Kitap Takım (10-11 Yaş)</t>
+          <t>Merak Ediyorum Güneş Neden Doğar?</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>94.44</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789944696371</t>
+          <t>9789944692151</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Madrabaz Usta’nın Suç Akademisi</t>
+          <t>Merak Ediyorum Deniz Neden Tuzludur?</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789759081065</t>
+          <t>9789944691956</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Leyleklerin Gitme Zamanı</t>
+          <t>Menekşe’yi Kim Çaldı</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789944691727</t>
+          <t>9789944691703</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Lastik Top</t>
+          <t>Memiş Can</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789944691369</t>
+          <t>9789944693103</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Aslan (Ciltli)</t>
+          <t>Medici Mührü</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789758275731</t>
+          <t>9789944691963</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldız Tohumları</t>
+          <t>Maymunu Ehlileştirmek</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>3.7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789944695169</t>
+          <t>9789944691222</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenses ve Kardelen</t>
+          <t>Mavi Zamanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>9.26</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789944695305</t>
+          <t>9789756451489</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuyruk</t>
+          <t>Mavi Zamanlar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>8.33</v>
+        <v>159</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789944691291</t>
+          <t>9789758275458</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Küçük Özgür Adamlar</t>
+          <t>Mavi Set - 10 Kitap Takım (10-11 Yaş)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>19</v>
+        <v>94.44</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789944693578</t>
+          <t>9789944696371</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Zor İşler Günlüğü</t>
+          <t>Madrabaz Usta’nın Suç Akademisi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789944693707</t>
+          <t>9789759081065</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Vahşi Yavrular İçin Perili Malikanesi</t>
+          <t>Leyleklerin Gitme Zamanı</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789944693554</t>
+          <t>9789944691727</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Kötülük Kitabı</t>
+          <t>Lastik Top</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789944694407</t>
+          <t>9789944691369</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt Sürü Lideri</t>
+          <t>Kütüphanedeki Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789944693691</t>
+          <t>9789758275731</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt Orman Dedektifi</t>
+          <t>Küçük Yıldız Tohumları</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>9.26</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052854013</t>
+          <t>9789944695169</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Küçük Prenses ve Kardelen</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>49</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789944692601</t>
+          <t>9789944695305</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji Kitabı İlköğretim 8</t>
+          <t>Mavi Kuyruk</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>25.46</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789944693158</t>
+          <t>9789944691291</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>5th Grade English Konu Anlatımlı</t>
+          <t>Küçük Özgür Adamlar</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>16.2</v>
+        <v>19</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789944697026</t>
+          <t>9789944693578</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 6. Sınıf Çözümlü 8 Adet Deneme Sınavı</t>
+          <t>Küçük Kurt’un Zor İşler Günlüğü</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>16.2</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789944690119</t>
+          <t>9789944693707</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 9 (Verbs 1 / Fiiller 1)</t>
+          <t>Küçük Kurt’un Vahşi Yavrular İçin Perili Malikanesi</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789944690072</t>
+          <t>9789944693554</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 8 (Sports / Sporlar)</t>
+          <t>Küçük Kurt’un Kötülük Kitabı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789944690096</t>
+          <t>9789944694407</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 7 (Clothes / Giysiler)</t>
+          <t>Küçük Kurt Sürü Lideri</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789944694124</t>
+          <t>9789944693691</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Geometri</t>
+          <t>Küçük Kurt Orman Dedektifi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>26.85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789944694254</t>
+          <t>9786052854013</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Biyoloji</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>26.85</v>
+        <v>49</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789944694322</t>
+          <t>9789944692601</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>YGS - Fizik</t>
+          <t>Fen ve Teknoloji Kitabı İlköğretim 8</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>23.15</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789944694261</t>
+          <t>9789944693158</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>YGS - Felsefe</t>
+          <t>5th Grade English Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789944694216</t>
+          <t>9789944697026</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>YGS - Coğrafya</t>
+          <t>İlköğretim 6. Sınıf Çözümlü 8 Adet Deneme Sınavı</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>12.04</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789944693189</t>
+          <t>9789944690119</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 8</t>
+          <t>Flash Card Set: 9 (Verbs 1 / Fiiller 1)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789944690560</t>
+          <t>9789944690072</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 7</t>
+          <t>Flash Card Set: 8 (Sports / Sporlar)</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789944695992</t>
+          <t>9789944690096</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>101 Deyim 101 Öykü</t>
+          <t>Flash Card Set: 7 (Clothes / Giysiler)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789944690041</t>
+          <t>9789944694124</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 1 (Adjectives - Prepositions / Sıfatlar - Edatlar)</t>
+          <t>YGS - LYS Geometri</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>11.11</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789944695985</t>
+          <t>9789944694254</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>101 Atasözü 101 Öykü</t>
+          <t>YGS - LYS Biyoloji</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>18.52</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789944696043</t>
+          <t>9789944694322</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Güneş Arkasına Baktı</t>
+          <t>YGS - Fizik</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789944692861</t>
+          <t>9789944694261</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ana Işık Kız</t>
+          <t>YGS - Felsefe</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>5.56</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789944692090</t>
+          <t>9789944694216</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam (Ciltli)</t>
+          <t>YGS - Coğrafya</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>17.59</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789944690300</t>
+          <t>9789944693189</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 8</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>3990000017009</t>
+          <t>9789944690560</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin İnsan Vücudu Kitabı (Ciltli)</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 7</t>
         </is>
       </c>
       <c r="C623" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789944694414</t>
+          <t>9789944695992</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Fizik LYS</t>
+          <t>101 Deyim 101 Öykü</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>26.85</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789759081157</t>
+          <t>9789944690041</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin Buluşlar ve İcatlar Kitabı (Ciltli)</t>
+          <t>Flash Card Set: 1 (Adjectives - Prepositions / Sıfatlar - Edatlar)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789759081126</t>
+          <t>9789944695985</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin Evren Kitabı (Ciltli)</t>
+          <t>101 Atasözü 101 Öykü</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052854082</t>
+          <t>9789944696043</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Güneş Arkasına Baktı</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>39</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052854662</t>
+          <t>9789944692861</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah -  Sen de Oku</t>
+          <t>Güneş Ana Işık Kız</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789944694858</t>
+          <t>9789944692090</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen ve Teknoloji Soru Bankası</t>
+          <t>Örümcek Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>18</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052854129</t>
+          <t>9789944690300</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürü Ben - Sen de Oku</t>
+          <t>Oyun Zamanı</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>59</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>8699237591065</t>
+          <t>3990000017009</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Türkçe Soru Bankası Çözüm Kitapçığı  (SBS’ye Uygun)</t>
+          <t>Profesör Dahi’nin İnsan Vücudu Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052853689</t>
+          <t>9789944694414</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü - Sen de Oku</t>
+          <t>Fizik LYS</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>85</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789756451632</t>
+          <t>9789759081157</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 11 (Parts of The Body / Vücudun Bölümleri)</t>
+          <t>Profesör Dahi’nin Buluşlar ve İcatlar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789944690126</t>
+          <t>9789759081126</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 10 (Verbs 2 / Fiiller 2)</t>
+          <t>Profesör Dahi’nin Evren Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052031834</t>
+          <t>9786052854082</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Tembel Teneke Acaba Nerede?</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>85</v>
+        <v>39</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>8682328730320</t>
+          <t>9786052854662</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk Seti (20 Kitap Takım)</t>
+          <t>Denizler Altında Yirmi Bin Fersah -  Sen de Oku</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>1650</v>
+        <v>89</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052854051</t>
+          <t>9789944694858</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>7. Sınıf Fen ve Teknoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>45</v>
+        <v>18</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789944692533</t>
+          <t>9786052854129</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Dağ Kaşındı</t>
+          <t>Bir Sürü Ben - Sen de Oku</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>13.89</v>
+        <v>59</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789758275519</t>
+          <t>8699237591065</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Çöl Çiçeği</t>
+          <t>8. Sınıf Türkçe Soru Bankası Çözüm Kitapçığı  (SBS’ye Uygun)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789758275670</t>
+          <t>9786052853689</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Çocukken</t>
+          <t>Oz Büyücüsü - Sen de Oku</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>2.78</v>
+        <v>85</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789944690157</t>
+          <t>9789756451632</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Çocukça</t>
+          <t>Flash Card Set: 11 (Parts of The Body / Vücudun Bölümleri)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789756451793</t>
+          <t>9789944690126</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Leylek</t>
+          <t>Flash Card Set: 10 (Verbs 2 / Fiiller 2)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>8</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789944694926</t>
+          <t>9786052031834</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Çivit Kral</t>
+          <t>Tembel Teneke Acaba Nerede?</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>21</v>
+        <v>85</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789944693219</t>
+          <t>8682328730320</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Çipilip - Üç Şekerli Oyun</t>
+          <t>Filozof Çocuk Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>8</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789944693844</t>
+          <t>9786052854051</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dürbünü</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>8</v>
+        <v>45</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789758275847</t>
+          <t>9789944692533</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Geliyor</t>
+          <t>Dağ Kaşındı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789944697057</t>
+          <t>9789758275519</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma - Jimmy Coates</t>
+          <t>Çöl Çiçeği</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>17</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789756451687</t>
+          <t>9789758275670</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Çalı Çiçeği</t>
+          <t>Çocukken</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789944693738</t>
+          <t>9789944690157</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Atatürk Fotoğrafları Cilt: 2 (Ciltli)</t>
+          <t>Çocukça</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>55.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789944693066</t>
+          <t>9789756451793</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Atatürk Fotoğrafları Cilt: 1 (Ciltli)</t>
+          <t>Çocuk ve Leylek</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>55.56</v>
+        <v>8</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789759081935</t>
+          <t>9789944694926</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Cep Sudoku 3</t>
+          <t>Çivit Kral</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>7.41</v>
+        <v>21</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789944694001</t>
+          <t>9789944693219</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat (Ciltli)</t>
+          <t>Çipilip - Üç Şekerli Oyun</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>37.04</v>
+        <v>8</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789759081942</t>
+          <t>9789944693844</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Cep Sudoku 2</t>
+          <t>Çiçek Dürbünü</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>7.41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789759081928</t>
+          <t>9789758275847</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Cep Sudoku 1</t>
+          <t>Çılgın Geliyor</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789756451465</t>
+          <t>9789944697057</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Ölümü</t>
+          <t>Çarpışma - Jimmy Coates</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>8.8</v>
+        <v>17</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789944693370</t>
+          <t>9789756451687</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Casusluk Bilimi (Ciltli)</t>
+          <t>Çalı Çiçeği</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>46.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789758275243</t>
+          <t>9789944693738</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Cankuş</t>
+          <t>Çağdaş Atatürk Fotoğrafları Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>7.41</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789756451779</t>
+          <t>9789944693066</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kirpi</t>
+          <t>Çağdaş Atatürk Fotoğrafları Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>3.7</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789756451755</t>
+          <t>9789759081935</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Küçük İstiridye</t>
+          <t>Cep Sudoku 3</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789756451984</t>
+          <t>9789944694001</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Sır</t>
+          <t>Çocuklar İçin Sanat (Ciltli)</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>14.81</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789944690652</t>
+          <t>9789759081942</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Kuvvet Hissedebiliyor Musun? (Ciltli)</t>
+          <t>Cep Sudoku 2</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789758275700</t>
+          <t>9789759081928</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Kartalı</t>
+          <t>Cep Sudoku 1</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789944696562</t>
+          <t>9789756451465</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kurabi’ye Uçan Omlet</t>
+          <t>Cennetin Ölümü</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>16</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789944690409</t>
+          <t>9789944693370</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kuçu Kuçu Kendine Bir Ev Arıyor (Ciltli)</t>
+          <t>Casusluk Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>13.89</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789944693028</t>
+          <t>9789758275243</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Hiçkorkmaz’ın Korkunç Anıları (Ciltli)</t>
+          <t>Cankuş</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789944692137</t>
+          <t>9789756451779</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Korkak Oğlan</t>
+          <t>Küçük Kirpi</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>8.33</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789944691901</t>
+          <t>9789756451755</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kirli Benek</t>
+          <t>Küçük İstiridye</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>6.94</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789944694636</t>
+          <t>9789756451984</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Mavi Kurt’tan</t>
+          <t>Kuyudaki Sır</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789758275854</t>
+          <t>9789944690652</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kızılbenek</t>
+          <t>Kuvvet Hissedebiliyor Musun? (Ciltli)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>8.33</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789944693615</t>
+          <t>9789758275700</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejder’i Ararken</t>
+          <t>Kurtuluş Kartalı</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789944690966</t>
+          <t>9789944696562</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar (Ciltli)</t>
+          <t>Kurabi’ye Uçan Omlet</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>46.3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789944694582</t>
+          <t>9789944690409</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kız Kitabı 2</t>
+          <t>Kuçu Kuçu Kendine Bir Ev Arıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>10</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789944693493</t>
+          <t>9789944693028</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kız Kitabı</t>
+          <t>Korkusuz Hiçkorkmaz’ın Korkunç Anıları (Ciltli)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789944692922</t>
+          <t>9789944692137</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kış Ustası</t>
+          <t>Korkak Oğlan</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>22.22</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789758275663</t>
+          <t>9789944691901</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Set - 7 Kitap Takım (11-12 Yaş)</t>
+          <t>Kirli Benek</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>84.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789944693806</t>
+          <t>9789944694636</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Tutan Elin Şarkısı</t>
+          <t>Kim Korkar Mavi Kurt’tan</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>16</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789756451229</t>
+          <t>9789758275854</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan’ın Nohudu</t>
+          <t>Kızılbenek</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>2.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789944693516</t>
+          <t>9789944693615</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kelkaya’nın Meşesi</t>
+          <t>Kızıl Ejder’i Ararken</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>7.41</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789758275311</t>
+          <t>9789944690966</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kelebekle Karınca</t>
+          <t>Korsanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>3.7</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789944693196</t>
+          <t>9789944694582</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Kardeşi (Ciltli)</t>
+          <t>Kız Kitabı 2</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789944693431</t>
+          <t>9789944693493</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kararınca</t>
+          <t>Kız Kitabı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789944693868</t>
+          <t>9789944692922</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Karganın Rengi</t>
+          <t>Kış Ustası</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>9</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789944695039</t>
+          <t>9789758275663</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Karbon Günlükleri 2015</t>
+          <t>Kırmızı Set - 7 Kitap Takım (11-12 Yaş)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>20.37</v>
+        <v>84.26</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789944696173</t>
+          <t>9789944693806</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yaşam</t>
+          <t>Kılıç Tutan Elin Şarkısı</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>21</v>
+        <v>16</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789758275335</t>
+          <t>9789756451229</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kar Kuşları</t>
+          <t>Keloğlan’ın Nohudu</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>7.41</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789944696722</t>
+          <t>9789944693516</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kar Benek Kara Benek</t>
+          <t>Kelkaya’nın Meşesi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789944690331</t>
+          <t>9789758275311</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Karşıtlar</t>
+          <t>Kelebekle Karınca</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>13.89</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789944693950</t>
+          <t>9789944693196</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Yumurtası</t>
+          <t>Karıncanın Kardeşi (Ciltli)</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789944693301</t>
+          <t>9789944693431</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Kent Düşleri</t>
+          <t>Karınca Kararınca</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789944690737</t>
+          <t>9789944693868</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Karşıtlar İki Katı Eğlence</t>
+          <t>Karganın Rengi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>13.89</v>
+        <v>9</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052853191</t>
+          <t>9789944695039</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Benden Bize - Kafası Karışıklar</t>
+          <t>Karbon Günlükleri 2015</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>150</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052853030</t>
+          <t>9789944696173</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvanın Hızlı Macerası</t>
+          <t>Karanlık Yaşam</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>57</v>
+        <v>21</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>2789786077281</t>
+          <t>9789758275335</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası Tüm Dersler 2. Sınıf (SBS'ye Uygun)</t>
+          <t>Kar Kuşları</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052853375</t>
+          <t>9789944696722</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Ailemizin Mucitleri</t>
+          <t>Kar Benek Kara Benek</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>55</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789944697224</t>
+          <t>9789944690331</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Okula Gitmek İstemiyor</t>
+          <t>Benim Dünyam - Karşıtlar</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789944697200</t>
+          <t>9789944693950</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Karanlıktan Korkuyor</t>
+          <t>Kaplan Yumurtası</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052852842</t>
+          <t>9789944693301</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam ve Kayıp Pabuçlar (3. Kitap)</t>
+          <t>Kent Düşleri</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052852071</t>
+          <t>9789944690737</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Spor Ayakkabıda Kungfu</t>
+          <t>Karşıtlar İki Katı Eğlence</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789756451458</t>
+          <t>9786052853191</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Tuna’nın Büyülü Gemisi</t>
+          <t>Benden Bize - Kafası Karışıklar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>8699237599658</t>
+          <t>9786052853030</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Süperhügo Serisi (5 Kitap Takım)</t>
+          <t>Tembel Hayvanın Hızlı Macerası</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>720</v>
+        <v>57</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052859933</t>
+          <t>2789786077281</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Yavru Dinozor Tehlikede!</t>
+          <t>Soru Bankası Tüm Dersler 2. Sınıf (SBS'ye Uygun)</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>180</v>
+        <v>20</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052855812</t>
+          <t>9786052853375</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Koca Dev</t>
+          <t>Ailemizin Mucitleri</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>185</v>
+        <v>55</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052859629</t>
+          <t>9789944697224</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Süper Hızlı ve Kontrolsüz</t>
+          <t>Zeytin Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>160</v>
+        <v>11</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052858684</t>
+          <t>9789944697200</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kahramanları Arıları Koruyor</t>
+          <t>Cingöz Karanlıktan Korkuyor</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052859957</t>
+          <t>9786052852842</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Pelin Küpe Takmak İstiyor</t>
+          <t>Haylaz Adam ve Kayıp Pabuçlar (3. Kitap)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052858677</t>
+          <t>9786052852071</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kutunun Gizemi</t>
+          <t>Spor Ayakkabıda Kungfu</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052859872</t>
+          <t>9789756451458</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Onun Adı Var: Halide</t>
+          <t>Tuna’nın Büyülü Gemisi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786253800413</t>
+          <t>8699237599658</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Zorbanı Nasıl Eğitirsin?</t>
+          <t>Süperhügo Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>200</v>
+        <v>720</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786059604833</t>
+          <t>9786052859933</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Dönem Süreç Odaklı Matematik</t>
+          <t>Küçük Yıldızlar: Yavru Dinozor Tehlikede!</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052859346</t>
+          <t>9786052855812</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Lenny Lemmon ve Yenilmez Fare</t>
+          <t>Dikkat! Koca Dev</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052859643</t>
+          <t>9786052859629</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu</t>
+          <t>Marvin Redpost: Süper Hızlı ve Kontrolsüz</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052859803</t>
+          <t>9786052858684</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Kurbağalara Fısıldayan Çocuk</t>
+          <t>Doğa Kahramanları Arıları Koruyor</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052859506</t>
+          <t>9786052859957</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kukuleta Şeklinde Bir Kule</t>
+          <t>Pelin Küpe Takmak İstiyor</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052859377</t>
+          <t>9786052858677</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Matti, Sami ve Evrenin En Büyük Üç Hatası</t>
+          <t>Pembe Kutunun Gizemi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052859513</t>
+          <t>9786052859872</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kardan Hayalet</t>
+          <t>Onun Adı Var: Halide</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052859360</t>
+          <t>9786253800413</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Şenlik Ailesi: Bu Evde Grev Var!</t>
+          <t>Zorbanı Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052859711</t>
+          <t>9786059604833</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Denemeye Değer</t>
+          <t>1. Sınıf 2. Dönem Süreç Odaklı Matematik</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052859612</t>
+          <t>9786052859346</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Hitit Prensesi Arinna</t>
+          <t>Lenny Lemmon ve Yenilmez Fare</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>285</v>
+        <v>240</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052859520</t>
+          <t>9786052859643</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Görünmez Kahramanları</t>
+          <t>Korsan Okulu</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052859704</t>
+          <t>9786052859803</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Biri Şu Hıçkırığımı Durdursun</t>
+          <t>Kurbağalara Fısıldayan Çocuk</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052859339</t>
+          <t>9786052859506</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Vızıltı Kardeşlerin İnanılmaz Hikayesi</t>
+          <t>Kukuleta Şeklinde Bir Kule</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052855621</t>
+          <t>9786052859377</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Türkçe Dinamik Soru Bankası</t>
+          <t>Matti, Sami ve Evrenin En Büyük Üç Hatası</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052855645</t>
+          <t>9786052859513</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Dinamik Soru Bankası</t>
+          <t>Kardan Hayalet</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786257223089</t>
+          <t>9786052859360</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Kılavuz Deneme</t>
+          <t>Şenlik Ailesi: Bu Evde Grev Var!</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052859537</t>
+          <t>9786052859711</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Piyon</t>
+          <t>Denemeye Değer</t>
         </is>
       </c>
       <c r="C725" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052859384</t>
+          <t>9786052859612</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Uçan Doğum Günü Pastası</t>
+          <t>Hitit Prensesi Arinna</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>160</v>
+        <v>285</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052859353</t>
+          <t>9786052859520</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Riko ve Gizemli Sokak Lambası (Ciltli)</t>
+          <t>Sınıfın Görünmez Kahramanları</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>330</v>
+        <v>185</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052859544</t>
+          <t>9786052859704</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceli Hayvan Şiirleri</t>
+          <t>Biri Şu Hıçkırığımı Durdursun</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052859650</t>
+          <t>9786052859339</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dostları</t>
+          <t>Vızıltı Kardeşlerin İnanılmaz Hikayesi</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052859315</t>
+          <t>9786052855621</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Bisiklet Kullanmak</t>
+          <t>4. Sınıf Türkçe Dinamik Soru Bankası</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>190</v>
+        <v>470</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052859568</t>
+          <t>9786052855645</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le Bir Gün</t>
+          <t>4. Sınıf Matematik Dinamik Soru Bankası</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052859582</t>
+          <t>9786257223089</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Bizim Robot Hasta</t>
+          <t>3. Sınıf Tüm Dersler Kılavuz Deneme</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>185</v>
+        <v>310</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052859551</t>
+          <t>9786052859537</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Öykü</t>
+          <t>Piyon</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052859391</t>
+          <t>9786052859384</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Kitabevi: Köstebeğin Anıları</t>
+          <t>Marvin Redpost: Uçan Doğum Günü Pastası</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052859599</t>
+          <t>9786052859353</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Renkleri Duyan Çocuk</t>
+          <t>Riko ve Gizemli Sokak Lambası (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052859674</t>
+          <t>9786052859544</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kahramanları - Küçük Yıldızlar Okuma Seviyesi - 3</t>
+          <t>Bilmeceli Hayvan Şiirleri</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052859575</t>
+          <t>9786052859650</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Babamla Aramdaki 6 Kişi</t>
+          <t>Hayvan Dostları</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052859742</t>
+          <t>9786052859315</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Kuş Doktoru</t>
+          <t>Görevimiz Bisiklet Kullanmak</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052859605</t>
+          <t>9786052859568</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot (Sen De Oku Klasikler)</t>
+          <t>Atatürk’le Bir Gün</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052859322</t>
+          <t>9786052859582</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Şehirde Bahçecilik</t>
+          <t>Bizim Robot Hasta</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052859308</t>
+          <t>9786052859551</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Sınıftaki Başkan</t>
+          <t>Mükemmel Öykü</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>8682328732515</t>
+          <t>9786052859391</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Su Günlükleri Set (3 Kitap)</t>
+          <t>Ormandaki Kitabevi: Köstebeğin Anıları</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>1140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>8682328732539</t>
+          <t>9786052859599</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Serisi (5 Kitap)</t>
+          <t>Renkleri Duyan Çocuk</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>855</v>
+        <v>200</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052859681</t>
+          <t>9786052859674</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Sağım Solum Kedi</t>
+          <t>Doğa Kahramanları - Küçük Yıldızlar Okuma Seviyesi - 3</t>
         </is>
       </c>
       <c r="C744" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052859421</t>
+          <t>9786052859575</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre - Kermeste</t>
+          <t>Babamla Aramdaki 6 Kişi</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052858714</t>
+          <t>9786052859742</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tatil Kitabım 3. Sınıfa Geçenler İçin</t>
+          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Kuş Doktoru</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052858578</t>
+          <t>9786052859605</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Şarkılar, Abur Cuburlar ve Büyük Planlar (Ciltli)</t>
+          <t>Don Kişot (Sen De Oku Klasikler)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052858639</t>
+          <t>9786052859322</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Su Günlükleri 3 - Ben Yeteneksiz miyim?</t>
+          <t>Görevimiz Şehirde Bahçecilik</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052858486</t>
+          <t>9786052859308</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Köpek Bakıcısı</t>
+          <t>Marvin Redpost: Sınıftaki Başkan</t>
         </is>
       </c>
       <c r="C749" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052858561</t>
+          <t>8682328732515</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Okulu</t>
+          <t>Su Günlükleri Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>180</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052858554</t>
+          <t>8682328732539</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yağmur ile Pofuduk</t>
+          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>180</v>
+        <v>855</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052858646</t>
+          <t>9786052859681</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Kum Adam ile Kaplumbağalar</t>
+          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Sağım Solum Kedi</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052858479</t>
+          <t>9786052859421</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Arıları Korumak</t>
+          <t>Emre ile Cemre - Kermeste</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052858615</t>
+          <t>9786052858714</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Kurbağa</t>
+          <t>2. Sınıf Tatil Kitabım 3. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052858462</t>
+          <t>9786052858578</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Permakültür</t>
+          <t>Tom Gates - Şarkılar, Abur Cuburlar ve Büyük Planlar (Ciltli)</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052858325</t>
+          <t>9786052858639</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi Dehşet</t>
+          <t>Su Günlükleri 3 - Ben Yeteneksiz miyim?</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052858790</t>
+          <t>9786052858486</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Sahnede Yaşamak - Rutkay Aziz ile Söyleşi</t>
+          <t>Marvin Redpost: Köpek Bakıcısı</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052858455</t>
+          <t>9786052858561</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Kaça Bölersin?</t>
+          <t>Süper Kahraman Okulu</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052858547</t>
+          <t>9786052858554</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Uzaylı Dostum</t>
+          <t>Yağmur ile Pofuduk</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052858585</t>
+          <t>9786052858646</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Bu Sorular Tam Benlik</t>
+          <t>Kum Adam ile Kaplumbağalar</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052858394</t>
+          <t>9786052858479</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Sümük Meselesi</t>
+          <t>Görevimiz Arıları Korumak</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052858509</t>
+          <t>9786052858615</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Hiç Korkmadan Yaşamak Mümkün mü?</t>
+          <t>İçimdeki Kurbağa</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052858592</t>
+          <t>9786052858462</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarıma Yer Yok (Sen De Oku)</t>
+          <t>Görevimiz Permakültür</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052858608</t>
+          <t>9786052858325</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Mucit?</t>
+          <t>Kara Kedi Dehşet</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052857007</t>
+          <t>9786052858790</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şemsiye</t>
+          <t>Sahnede Yaşamak - Rutkay Aziz ile Söyleşi</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789944698313</t>
+          <t>9786052858455</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Aynı Çatı Altında</t>
+          <t>Kaça Bölersin?</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052857014</t>
+          <t>9786052858547</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Akıl Fikir Kitabım - 1</t>
+          <t>Küçük Yıldızlar: Uzaylı Dostum</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052858530</t>
+          <t>9786052858585</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Postacının Gizli Planı</t>
+          <t>Bu Sorular Tam Benlik</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052853467</t>
+          <t>9786052858394</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kapiland'ın Karanlık Yüzü</t>
+          <t>Marvin Redpost: Sümük Meselesi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789944697736</t>
+          <t>9786052858509</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Nine Bizi Kurtarsana</t>
+          <t>Hiç Korkmadan Yaşamak Mümkün mü?</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789944694339</t>
+          <t>9786052858592</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Yüzümde Kırlangıç Gölgesi</t>
+          <t>Kitaplarıma Yer Yok (Sen De Oku)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789944694469</t>
+          <t>9786052858608</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Yılankale</t>
+          <t>Bu Nasıl Mucit?</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789944693097</t>
+          <t>9786052857007</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Yazarına Direnen Öyküler</t>
+          <t>Kırmızı Şemsiye</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786059667173</t>
+          <t>9789944698313</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Saçlı Kız</t>
+          <t>Küçük Yıldızlar: Aynı Çatı Altında</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786059604758</t>
+          <t>9786052857014</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlalarından Kolye</t>
+          <t>Akıl Fikir Kitabım - 1</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>245</v>
+        <v>360</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789944692236</t>
+          <t>9786052858530</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Vampirin Asistanı</t>
+          <t>Kahraman Postacının Gizli Planı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789944691277</t>
+          <t>9786052853467</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Ülkemin Efsaneleri</t>
+          <t>Kapiland'ın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789944696883</t>
+          <t>9789944697736</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Umacı</t>
+          <t>Nine Bizi Kurtarsana</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789944694186</t>
+          <t>9789944694339</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Vampirler Dağı</t>
+          <t>Yüzümde Kırlangıç Gölgesi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789944696074</t>
+          <t>9789944694469</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Uçan Dalgalar</t>
+          <t>Yılankale</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789944696517</t>
+          <t>9789944693097</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Tapınağın Sırrı</t>
+          <t>Yazarına Direnen Öyküler</t>
         </is>
       </c>
       <c r="C781" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789944692311</t>
+          <t>9786059667173</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Şaka Gibi</t>
+          <t>Yağmur Saçlı Kız</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789944697682</t>
+          <t>9786059604758</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Gülen Sakız Ağacı</t>
+          <t>Yağmur Damlalarından Kolye</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789944699600</t>
+          <t>9789944692236</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Babam Duymasın</t>
+          <t>Vampirin Asistanı</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789944699518</t>
+          <t>9789944691277</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Babamın Sihirli Küresi</t>
+          <t>Ülkemin Efsaneleri</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789944697170</t>
+          <t>9789944696883</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Fincan Teyzenin Kurabiyeleri</t>
+          <t>Umacı</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786059604765</t>
+          <t>9789944694186</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Doktor Otukuru'nun Işınlanma Makinesi</t>
+          <t>Vampirler Dağı</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052850190</t>
+          <t>9789944696074</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Denizin Dibindeki Krallık</t>
+          <t>Uçan Dalgalar</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789944697699</t>
+          <t>9789944696517</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kanı</t>
+          <t>Tapınağın Sırrı</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052856062</t>
+          <t>9789944692311</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler - 1</t>
+          <t>Şaka Gibi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789944694766</t>
+          <t>9789944697682</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Çocuk</t>
+          <t>Gülen Sakız Ağacı</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789756451649</t>
+          <t>9789944699600</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Babam Duymasın</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789944696500</t>
+          <t>9789944699518</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Bilmecenin İzinde Maceranın Peşinde</t>
+          <t>Babamın Sihirli Küresi</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789758275502</t>
+          <t>9789944697170</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Az Gittim Uz Gittim</t>
+          <t>Fincan Teyzenin Kurabiyeleri</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789944691314</t>
+          <t>9786059604765</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızı</t>
+          <t>Doktor Otukuru'nun Işınlanma Makinesi</t>
         </is>
       </c>
       <c r="C795" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789944696913</t>
+          <t>9786052850190</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Anne Beni Geri Getir</t>
+          <t>Denizin Dibindeki Krallık</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789944692304</t>
+          <t>9789944697699</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Öyküler 2</t>
+          <t>Hayaletin Kanı</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789944692298</t>
+          <t>9786052856062</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Öyküler 1</t>
+          <t>Süper Gazeteciler - 1</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052853238</t>
+          <t>9789944694766</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Almarpa’nın Gizemi</t>
+          <t>Büyüyen Çocuk</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789944693882</t>
+          <t>9789756451649</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumdaki Denizkızı</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C800" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052853221</t>
+          <t>9789944696500</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kapiland’ın Kobayları</t>
+          <t>Bilmecenin İzinde Maceranın Peşinde</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789944696869</t>
+          <t>9789758275502</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya’nın Perileri</t>
+          <t>Az Gittim Uz Gittim</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052852897</t>
+          <t>9789944691314</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Düşler</t>
+          <t>Ateş Hırsızı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789944693011</t>
+          <t>9789944696913</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Kan Tünelleri</t>
+          <t>Anne Beni Geri Getir</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789944696876</t>
+          <t>9789944692304</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Kelebek</t>
+          <t>Anılardan Öyküler 2</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789944694452</t>
+          <t>9789944692298</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Kafesteki Çikolata</t>
+          <t>Anılardan Öyküler 1</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789944696746</t>
+          <t>9786052853238</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Çocukları</t>
+          <t>Almarpa’nın Gizemi</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789944696944</t>
+          <t>9789944693882</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Köpek Biber</t>
+          <t>Akvaryumdaki Denizkızı</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789756451250</t>
+          <t>9786052853221</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Ayakkabılar</t>
+          <t>Kapiland’ın Kobayları</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789944696210</t>
+          <t>9789944696869</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 1 - Haylaz Köpek Pati</t>
+          <t>Kapadokya’nın Perileri</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789944694698</t>
+          <t>9786052852897</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Sırrı</t>
+          <t>Kanatlı Düşler</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789944695060</t>
+          <t>9789944693011</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Savaşı</t>
+          <t>Kan Tünelleri</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789944693325</t>
+          <t>9789944696876</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Laneti</t>
+          <t>Kalbimdeki Kelebek</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789944696135</t>
+          <t>9789944694452</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kurbanı</t>
+          <t>Kafesteki Çikolata</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789944696708</t>
+          <t>9789944696746</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kaderi</t>
+          <t>Kaderin Çocukları</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789944696609</t>
+          <t>9789944696944</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kabusu</t>
+          <t>Kaçak Köpek Biber</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789944695725</t>
+          <t>9789756451250</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Hatası</t>
+          <t>Işıklı Ayakkabılar</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052853276</t>
+          <t>9789944696210</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Tozu</t>
+          <t>Haylaz Pati’nin Serüvenleri 1 - Haylaz Köpek Pati</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789944696593</t>
+          <t>9789944694698</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Hükümdarı</t>
+          <t>Hayaletin Sırrı</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789944696548</t>
+          <t>9789944695060</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerden Uzakta</t>
+          <t>Hayaletin Savaşı</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>129</v>
+        <v>400</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789944696104</t>
+          <t>9789944693325</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Müttefikleri</t>
+          <t>Hayaletin Laneti</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789944695930</t>
+          <t>9789944696135</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Türkçe Öğretimi</t>
+          <t>Hayaletin Kurbanı</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>660</v>
+        <v>350</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789944693479</t>
+          <t>9789944696708</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Maymun Çıkabilir</t>
+          <t>Hayaletin Kaderi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789944692885</t>
+          <t>9789944696609</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Denize Düşen Denizkızı</t>
+          <t>Hayaletin Kabusu</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789944696692</t>
+          <t>9789944695725</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>İkizler İz Peşinde</t>
+          <t>Hayaletin Hatası</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789944696258</t>
+          <t>9786052853276</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 5 - Öğretmen Sınıfa Ne Getirdi?</t>
+          <t>Hayalet Tozu</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789944696241</t>
+          <t>9789944696593</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 4 - Korkunç Gölge</t>
+          <t>Gölgelerin Hükümdarı</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789944696234</t>
+          <t>9789944696548</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 3 - Flüt Çalan Köpek</t>
+          <t>Gölgelerden Uzakta</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>110</v>
+        <v>129</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789944696227</t>
+          <t>9789944696104</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 2 - Kremalı Köpek Gofreti</t>
+          <t>Gecenin Müttefikleri</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786059153775</t>
+          <t>9789944695930</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Oğlum, Ben Çocukken</t>
+          <t>Etkinliklerle Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>150</v>
+        <v>660</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786059153492</t>
+          <t>9789944693479</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Yaratıkları</t>
+          <t>Dikkat! Maymun Çıkabilir</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786059493833</t>
+          <t>9789944692885</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sihirbazı</t>
+          <t>Denize Düşen Denizkızı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789944691697</t>
+          <t>9789944696692</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sokak Haberleri</t>
+          <t>İkizler İz Peşinde</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786052853252</t>
+          <t>9789944696258</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Sisin Sakladıkları</t>
+          <t>Haylaz Pati’nin Serüvenleri 5 - Öğretmen Sınıfa Ne Getirdi?</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789944694544</t>
+          <t>9789944696241</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Masalları</t>
+          <t>Haylaz Pati’nin Serüvenleri 4 - Korkunç Gölge</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789944691123</t>
+          <t>9789944696234</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Rüküş Kral Ne Giymiş?</t>
+          <t>Haylaz Pati’nin Serüvenleri 3 - Flüt Çalan Köpek</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789944691130</t>
+          <t>9789944696227</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Renk Cüceleri</t>
+          <t>Haylaz Pati’nin Serüvenleri 2 - Kremalı Köpek Gofreti</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789944693561</t>
+          <t>9786059153775</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Ortanca Balık</t>
+          <t>Oğlum, Ben Çocukken</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789944696142</t>
+          <t>9786059153492</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Origami: Oyuncaklar</t>
+          <t>Hayaletin Yaratıkları</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>199</v>
+        <v>290</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789944696159</t>
+          <t>9786059493833</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Origami: Hediyelik</t>
+          <t>Zaman Sihirbazı</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>199</v>
+        <v>265</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789944692144</t>
+          <t>9789944691697</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Obur Prenses</t>
+          <t>Sokak Haberleri</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789944693004</t>
+          <t>9786052853252</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Nim’in Adası</t>
+          <t>Sisin Sakladıkları</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789944693318</t>
+          <t>9789944694544</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sokağı</t>
+          <t>Rüzgar Masalları</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789944691307</t>
+          <t>9789944691123</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Maurice ve Değişmiş Fareleri</t>
+          <t>Rüküş Kral Ne Giymiş?</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>239</v>
+        <v>220</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789944693769</t>
+          <t>9789944691130</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Montague Amca’nın Dehşet Hikayeleri</t>
+          <t>Renk Cüceleri</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789944694759</t>
+          <t>9789944693561</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Martı ve Savaş</t>
+          <t>Ortanca Balık</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789758275526</t>
+          <t>9789944696142</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressam</t>
+          <t>Origami: Oyuncaklar</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>150</v>
+        <v>199</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789944694506</t>
+          <t>9789944696159</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Sınav</t>
+          <t>Origami: Hediyelik</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>250</v>
+        <v>199</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789944699280</t>
+          <t>9789944692144</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Çikolatayı Kim Yiyecek</t>
+          <t>Obur Prenses</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786052857632</t>
+          <t>9789944693004</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Edebiyat</t>
+          <t>Nim’in Adası</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>660</v>
+        <v>200</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789944696739</t>
+          <t>9789944693318</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı ve Okuma Kültürü</t>
+          <t>Mutluluk Sokağı</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>660</v>
+        <v>290</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786059604741</t>
+          <t>9789944691307</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Pijamalı Çocuk</t>
+          <t>Muhteşem Maurice ve Değişmiş Fareleri</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>375</v>
+        <v>239</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789944695329</t>
+          <t>9789944693769</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi Karıncalar Köleci Karıncalara Karşı</t>
+          <t>Montague Amca’nın Dehşet Hikayeleri</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789944696432</t>
+          <t>9789944694759</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cadı Yeşil</t>
+          <t>Martı ve Savaş</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789756451441</t>
+          <t>9789758275526</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kulesi</t>
+          <t>Küçük Ressam</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789944696067</t>
+          <t>9789944694506</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Koyasan</t>
+          <t>Ölümcül Sınav</t>
         </is>
       </c>
       <c r="C856" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789944695350</t>
+          <t>9789944699280</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Sen?</t>
+          <t>Çikolatayı Kim Yiyecek</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052852880</t>
+          <t>9786052857632</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kartal</t>
+          <t>Çocuk ve Edebiyat</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>180</v>
+        <v>660</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789944696319</t>
+          <t>9789944696739</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Arabanın Hayaleti</t>
+          <t>Çocuk Edebiyatı ve Okuma Kültürü</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>290</v>
+        <v>660</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786253800420</t>
+          <t>9786059604741</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet - 1</t>
+          <t>Çizgili Pijamalı Çocuk</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789944694797</t>
+          <t>9789944695329</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kara Gemi’den Dehşet Hikayeleri</t>
+          <t>Çiftçi Karıncalar Köleci Karıncalara Karşı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786052858431</t>
+          <t>9789944696432</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Kasabası</t>
+          <t>Küçük Cadı Yeşil</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786052858349</t>
+          <t>9789756451441</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları (Sen de Oku Klasikler)</t>
+          <t>Kuş Kulesi</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786052858318</t>
+          <t>9789944696067</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Zıpzıp Zeynep</t>
+          <t>Koyasan</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786052858493</t>
+          <t>9789944695350</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Korku Nedir?</t>
+          <t>Kimsin Sen?</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052858332</t>
+          <t>9786052852880</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Begüm’ün Nesi Var? (Sen De Oku)</t>
+          <t>Kırmızı Kartal</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786052858387</t>
+          <t>9789944696319</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Kayıp Prens’in Sırrı</t>
+          <t>Kırmızı Arabanın Hayaleti</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786052858127</t>
+          <t>9786253800420</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Haklarına Sahip Çık!</t>
+          <t>Kayıp Kitaplıktaki İskelet - 1</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786052858448</t>
+          <t>9789944694797</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Dali'nin Dehası</t>
+          <t>Kara Gemi’den Dehşet Hikayeleri</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052858356</t>
+          <t>9786052858431</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Gerçeğe</t>
+          <t>Kahkaha Kasabası</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052858295</t>
+          <t>9786052858349</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Çılgın Macera (Gibi Bir Şey) (Ciltli)</t>
+          <t>Bremen Mızıkacıları (Sen de Oku Klasikler)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052858271</t>
+          <t>9786052858318</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar Tatilde</t>
+          <t>Zıpzıp Zeynep</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052858257</t>
+          <t>9786052858493</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Senden Tembeli Var</t>
+          <t>Korku Nedir?</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052858080</t>
+          <t>9786052858332</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Begüm’ün Nesi Var? (Sen De Oku)</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052858233</t>
+          <t>9786052858387</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Lena Kırpık Kaş</t>
+          <t>Marvin Redpost: Kayıp Prens’in Sırrı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052858226</t>
+          <t>9786052858127</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Bakan Çocuk</t>
+          <t>Haklarına Sahip Çık!</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052857595</t>
+          <t>9786052858448</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 1 - Anılan</t>
+          <t>Dali'nin Dehası</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052858035</t>
+          <t>9786052858356</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın İsyanı</t>
+          <t>Hayalden Gerçeğe</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052858059</t>
+          <t>9786052858295</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Benim Duvardan Farkım Ne?</t>
+          <t>Tom Gates Çılgın Macera (Gibi Bir Şey) (Ciltli)</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052858219</t>
+          <t>9786052858271</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Zamangezer Yatak</t>
+          <t>Evcil Hayvanlar Tatilde</t>
         </is>
       </c>
       <c r="C880" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052858240</t>
+          <t>9786052858257</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Robot</t>
+          <t>Senden Tembeli Var</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052857311</t>
+          <t>9786052858080</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Tekir</t>
+          <t>Büyük Yarış</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052858004</t>
+          <t>9786052858233</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Atölyesi</t>
+          <t>Lena Kırpık Kaş</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052858288</t>
+          <t>9786052858226</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Perili Evin Gizemi</t>
+          <t>Yıldızlara Bakan Çocuk</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052858141</t>
+          <t>9786052857595</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Zamanın Bekçileri 1 - Anılan</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052858073</t>
+          <t>9786052858035</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Dijital Güvenlik</t>
+          <t>Yapay Zekanın İsyanı</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052858103</t>
+          <t>9786052858059</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Suyu Korumak</t>
+          <t>Benim Duvardan Farkım Ne?</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052858011</t>
+          <t>9786052858219</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Teyzem Görünmez Oluyor</t>
+          <t>Zamangezer Yatak</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052858110</t>
+          <t>9786052858240</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler ve Dünyanın Yedi Harikası</t>
+          <t>Küçük Kara Robot</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052858196</t>
+          <t>9786052857311</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Altı Şapka</t>
+          <t>Tekir</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052859735</t>
+          <t>9786052858004</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Saçma Sapan Kurabiyesi</t>
+          <t>Atasözleri Atölyesi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052859728</t>
+          <t>9786052858288</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Seni Gidi Robot</t>
+          <t>Perili Evin Gizemi</t>
         </is>
       </c>
       <c r="C892" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052858097</t>
+          <t>9786052858141</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Çukurlar</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052857885</t>
+          <t>9786052858073</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Problem Atölyesi</t>
+          <t>Görevimiz Dijital Güvenlik</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052858134</t>
+          <t>9786052858103</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Tahtakurusu Motel'de 7 Gece</t>
+          <t>Görevimiz Suyu Korumak</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052857939</t>
+          <t>9786052858011</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Atölyesi</t>
+          <t>Teyzem Görünmez Oluyor</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052857762</t>
+          <t>9786052858110</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Harf Delisi - Süper Çocuklar 5</t>
+          <t>İkiz Gezginler ve Dünyanın Yedi Harikası</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052856864</t>
+          <t>9786052858196</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Şiir Saldım Gökyüzüne</t>
+          <t>Kıvırcık ile Pıtırcık - Altı Şapka</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052857793</t>
+          <t>9786052859735</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Bir Gün</t>
+          <t>Kıvırcık ile Pıtırcık - Saçma Sapan Kurabiyesi</t>
         </is>
       </c>
       <c r="C899" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052857779</t>
+          <t>9786052859728</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Saymadan Duramam</t>
+          <t>Kıvırcık ile Pıtırcık - Seni Gidi Robot</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052857786</t>
+          <t>9786052858097</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul’da Kıyamet Kopuyor</t>
+          <t>Çukurlar</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>8682328731754</t>
+          <t>9786052857885</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk – 22 Kitaplık Set</t>
+          <t>Problem Atölyesi</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>3970</v>
+        <v>320</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052856611</t>
+          <t>9786052858134</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Bir Sürü Ben</t>
+          <t>Tahtakurusu Motel'de 7 Gece</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052857243</t>
+          <t>9786052857939</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Çok İlginç Bir Haberim Var</t>
+          <t>Deyimler Atölyesi</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052857229</t>
+          <t>9786052857762</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Alis Harikalar Diyarında</t>
+          <t>Harf Delisi - Süper Çocuklar 5</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052857571</t>
+          <t>9786052856864</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Havuzda Tek Başına</t>
+          <t>Şiir Saldım Gökyüzüne</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052857649</t>
+          <t>9786052857793</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Sanal Zombi Anneannem</t>
+          <t>Uzayda Bir Gün</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052856697</t>
+          <t>9786052857779</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam - 5 Futboldan Anlamıyor</t>
+          <t>Saymadan Duramam</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052855119</t>
+          <t>9786052857786</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Tembel Hayvanın Hızlı Macerası</t>
+          <t>Yamuk Okul’da Kıyamet Kopuyor</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786052857274</t>
+          <t>8682328731754</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Spor Ayakkabıda Kungfu</t>
+          <t>Filozof Çocuk – 22 Kitaplık Set</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>180</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052856949</t>
+          <t>9786052856611</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Ailemizin Mucitleri</t>
+          <t>Sen de Oku - Bir Sürü Ben</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052857670</t>
+          <t>9786052857243</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam - 3 Kayıp Pabuçlar</t>
+          <t>Sen de Oku - Çok İlginç Bir Haberim Var</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052031018</t>
+          <t>9786052857229</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Gulliver'in Gezileri</t>
+          <t>Sen de Oku - Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052857236</t>
+          <t>9786052857571</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Ezop Masalları</t>
+          <t>Sen de Oku - Havuzda Tek Başına</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052857557</t>
+          <t>9786052857649</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Tembel Teneke Acaba Nerede?</t>
+          <t>Sen de Oku - Sanal Zombi Anneannem</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052857342</t>
+          <t>9786052856697</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Oz Büyücüsü</t>
+          <t>Haylaz Adam - 5 Futboldan Anlamıyor</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052856987</t>
+          <t>9786052855119</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Denizler Altında Yirmi Bin Fersah</t>
+          <t>Küçük Yıldızlar: Tembel Hayvanın Hızlı Macerası</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052857748</t>
+          <t>9786052857274</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Süper Brokoli Çocuk</t>
+          <t>Küçük Yıldızlar: Spor Ayakkabıda Kungfu</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>385</v>
+        <v>180</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052857847</t>
+          <t>9786052856949</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar</t>
+          <t>Küçük Yıldızlar: Ailemizin Mucitleri</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052857700</t>
+          <t>9786052857670</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Gizli Geçitleri Bulmanın Yolları</t>
+          <t>Haylaz Adam - 3 Kayıp Pabuçlar</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052857755</t>
+          <t>9786052031018</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Üç Kardeşin Kitabı</t>
+          <t>Sen de Oku - Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052857335</t>
+          <t>9786052857236</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Gül’ün Hayalindeki Elbise</t>
+          <t>Sen de Oku - Ezop Masalları</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052856536</t>
+          <t>9786052857557</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Problemleri Çatır Çatır Çözerim</t>
+          <t>Sen de Oku - Tembel Teneke Acaba Nerede?</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052856482</t>
+          <t>9786052857342</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İçinden</t>
+          <t>Sen de Oku - Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C924" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052857298</t>
+          <t>9786052856987</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Doğum Günü Macerası</t>
+          <t>Sen de Oku - Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052857731</t>
+          <t>9786052857748</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Küçük Toplayıcının Büyük Yolculuğu</t>
+          <t>Süper Brokoli Çocuk</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>220</v>
+        <v>385</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052857717</t>
+          <t>9786052857847</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Çorba Dayanışması</t>
+          <t>Mavi Zamanlar</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052857687</t>
+          <t>9786052857700</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Matisse'in Işığı</t>
+          <t>Gizli Geçitleri Bulmanın Yolları</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052857281</t>
+          <t>9786052857755</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kızlar Devlere Karşı</t>
+          <t>Üç Kardeşin Kitabı</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052857304</t>
+          <t>9786052857335</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Yo-Yo 2 Hebele Hübele Mühendisi</t>
+          <t>Gül’ün Hayalindeki Elbise</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052857069</t>
+          <t>9786052856536</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Tuhaf Sorular</t>
+          <t>Ben Bu Problemleri Çatır Çatır Çözerim</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052857540</t>
+          <t>9786052856482</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Bu Defteri Kimse Okumasın</t>
+          <t>Aynanın İçinden</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052857403</t>
+          <t>9786052857298</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul'da İşler Karışıyor</t>
+          <t>Sihirli Doğum Günü Macerası</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052857113</t>
+          <t>9786052857731</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yolcu</t>
+          <t>Küçük Toplayıcının Büyük Yolculuğu</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052854464</t>
+          <t>9786052857717</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Zombili Mombili Roman</t>
+          <t>Çorba Dayanışması</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052857120</t>
+          <t>9786052857687</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Bir Noel Şarkısı</t>
+          <t>Matisse'in Işığı</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052857168</t>
+          <t>9786052857281</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Her Zaman Gerçeği Söylemem Gerekir mi?</t>
+          <t>Akıllı Kızlar Devlere Karşı</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052857175</t>
+          <t>9786052857304</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Gerçek Nedir?</t>
+          <t>Yo-Yo 2 Hebele Hübele Mühendisi</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052856970</t>
+          <t>9786052857069</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Bugün Haber Yok</t>
+          <t>Aklımda Tuhaf Sorular</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052857076</t>
+          <t>9786052857540</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>İki Robot - Fabrika Hatası</t>
+          <t>Bu Defteri Kimse Okumasın</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052855065</t>
+          <t>9786052857403</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul Yıkılıyor</t>
+          <t>Yamuk Okul'da İşler Karışıyor</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052857052</t>
+          <t>9786052857113</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Pelin'in Davetsiz Misafirleri</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052857106</t>
+          <t>9786052854464</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Plasebo Etkisi</t>
+          <t>Zombili Mombili Roman</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052857083</t>
+          <t>9786052857120</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Yeniden Kullanım</t>
+          <t>Sen de Oku - Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C944" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052857090</t>
+          <t>9786052857168</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Sıfır Atık</t>
+          <t>Filozof Çocuk - Her Zaman Gerçeği Söylemem Gerekir mi?</t>
         </is>
       </c>
       <c r="C945" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052857021</t>
+          <t>9786052857175</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Akıl Fikir Kitabım - 2</t>
+          <t>Filozof Çocuk - Gerçek Nedir?</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052857045</t>
+          <t>9786052856970</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>İnterneti Bozan Çocuk</t>
+          <t>Bugün Haber Yok</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786059493871</t>
+          <t>9786052857076</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkar</t>
+          <t>İki Robot - Fabrika Hatası</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052856963</t>
+          <t>9786052855065</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul'dan Yumuk Hikayeler</t>
+          <t>Yamuk Okul Yıkılıyor</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052856574</t>
+          <t>9786052857052</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Babam Nasıl Fenomen Oldu?</t>
+          <t>Sen de Oku - Pelin'in Davetsiz Misafirleri</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052855379</t>
+          <t>9786052857106</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Hayal Rüzgarları</t>
+          <t>Plasebo Etkisi</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052856475</t>
+          <t>9786052857083</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>1 GB Adalet</t>
+          <t>Görevimiz Yeniden Kullanım</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052856604</t>
+          <t>9786052857090</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Felaket Üçüzler: Evcil Hayvan Alıyor!</t>
+          <t>Görevimiz Sıfır Atık</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>8682328730979</t>
+          <t>9786052857021</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Süperhügo Set: Küçük Yıldızlar</t>
+          <t>Akıl Fikir Kitabım - 2</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>855</v>
+        <v>300</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>8682328731358</t>
+          <t>9786052857045</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler Serisi Set (5 Kitap)</t>
+          <t>İnterneti Bozan Çocuk</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>1425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786052856130</t>
+          <t>9786059493871</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Süper Koşucu</t>
+          <t>İcat Çıkar</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052855218</t>
+          <t>9786052856963</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Wardstone Günlükleri - 01: Hayaletin Çırağı</t>
+          <t>Yamuk Okul'dan Yumuk Hikayeler</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>8682328731662</t>
+          <t>9786052856574</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Riko ve Oskar Serisi (5 Kitaplık Set) (Ciltli)</t>
+          <t>Babam Nasıl Fenomen Oldu?</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>2260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052854242</t>
+          <t>9786052855379</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Taşınıyor</t>
+          <t>Hayal Rüzgarları</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052850244</t>
+          <t>9786052856475</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Tehlikesavar Matematik Cambazları</t>
+          <t>1 GB Adalet</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>530</v>
+        <v>220</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052856598</t>
+          <t>9786052856604</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Aile Arkadaşlar ve Tüylü Yaratıklar - Tom Gates 12 (Ciltli)</t>
+          <t>Deniz ve Felaket Üçüzler: Evcil Hayvan Alıyor!</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786052856505</t>
+          <t>8682328730979</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Bir Sır Kaç KM?</t>
+          <t>Süperhügo Set: Küçük Yıldızlar</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>270</v>
+        <v>855</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786052854952</t>
+          <t>8682328731358</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Küçük Toplayıcının Büyük Macerası</t>
+          <t>Süper Gazeteciler Serisi Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>220</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052856529</t>
+          <t>9786052856130</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sevgilisi</t>
+          <t>Süper Koşucu</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052856499</t>
+          <t>9786052855218</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Evin Kedisi</t>
+          <t>Wardstone Günlükleri - 01: Hayaletin Çırağı</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786052856550</t>
+          <t>8682328731662</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Riko, Oskar ve Devasa Bir Hata</t>
+          <t>Riko ve Oskar Serisi (5 Kitaplık Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>510</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052856581</t>
+          <t>9786052854242</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Dünya'yı Kurtarmanın 10 Yolu</t>
+          <t>Bilge Köpek Taşınıyor</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052855805</t>
+          <t>9786052850244</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Defne ve Diğer Baş Belaları</t>
+          <t>Tehlikesavar Matematik Cambazları</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>165</v>
+        <v>530</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052854921</t>
+          <t>9786052856598</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Felaket Üçüzler - Okula Geç Kalıyor!</t>
+          <t>Aile Arkadaşlar ve Tüylü Yaratıklar - Tom Gates 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052855416</t>
+          <t>9786052856505</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Ultra Çocuk ile Harika Köpek</t>
+          <t>Bir Sır Kaç KM?</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052856468</t>
+          <t>9786052854952</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>Küçük Toplayıcının Büyük Macerası</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052855133</t>
+          <t>9786052856529</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Arasında</t>
+          <t>Dedemin Sevgilisi</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052853764</t>
+          <t>9786052856499</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeme Oyunu</t>
+          <t>Dokuz Evin Kedisi</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052856543</t>
+          <t>9786052856550</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Flamingo Çocuk</t>
+          <t>Riko, Oskar ve Devasa Bir Hata</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>270</v>
+        <v>510</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052856512</t>
+          <t>9786052856581</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Bir Mahalle</t>
+          <t>Dünya'yı Kurtarmanın 10 Yolu</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>235</v>
+        <v>350</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052854273</t>
+          <t>9786052855805</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Harf Bilgisi ve Edebi Beceriler: Okuma Güçlüğüne Yönelik Alıştırmalar 2</t>
+          <t>Defne ve Diğer Baş Belaları</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>410</v>
+        <v>165</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052856147</t>
+          <t>9786052854921</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Robot</t>
+          <t>Deniz ve Felaket Üçüzler - Okula Geç Kalıyor!</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786253800055</t>
+          <t>9786052855416</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar - Hayvan Koruyucuları: Köpek Olayı</t>
+          <t>Ultra Çocuk ile Harika Köpek</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052859483</t>
+          <t>9786052856468</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Koruyucuları: Kirpi Olayı</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052858691</t>
+          <t>9786052855133</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Arkadaşlar Arasında</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052857618</t>
+          <t>9786052853764</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Neli Buzgibi ve Plastik Ada 3. Kitap</t>
+          <t>Düşünmeme Oyunu</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052857625</t>
+          <t>9786052856543</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Neli Buzgibi ve Büyük Bela 2. Kitap</t>
+          <t>Flamingo Çocuk</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052857250</t>
+          <t>9786052856512</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Neli Buzgibi’nin Maceraları 1. Kitap</t>
+          <t>Uzayda Bir Mahalle</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052855188</t>
+          <t>9786052854273</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Picasso'nun Gözleri</t>
+          <t>Harf Bilgisi ve Edebi Beceriler: Okuma Güçlüğüne Yönelik Alıştırmalar 2</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052852873</t>
+          <t>9786052856147</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Prens Burnubüyük</t>
+          <t>Kaçak Robot</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786052855089</t>
+          <t>9786253800055</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Kora ile Kelebek</t>
+          <t>Küçük Yıldızlar - Hayvan Koruyucuları: Köpek Olayı</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052856161</t>
+          <t>9786052859483</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım Banjo</t>
+          <t>Hayvan Koruyucuları: Kirpi Olayı</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052855959</t>
+          <t>9786052858691</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 5 - Son Baskı</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786052855263</t>
+          <t>9786052857618</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Herkes</t>
+          <t>Neli Buzgibi ve Plastik Ada 3. Kitap</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052854136</t>
+          <t>9786052857625</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Dudak Uçuklatan Teknoloji Maceraları</t>
+          <t>Neli Buzgibi ve Büyük Bela 2. Kitap</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>530</v>
+        <v>170</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786052855072</t>
+          <t>9786052857250</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Yeşillikler Ülkesi'nde - İkiz Gezginler</t>
+          <t>Neli Buzgibi’nin Maceraları 1. Kitap</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052854969</t>
+          <t>9786052855188</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Sakın Korkma!</t>
+          <t>Picasso'nun Gözleri</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>799</v>
+        <v>200</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786253800512</t>
+          <t>9786052852873</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
+          <t>Prens Burnubüyük</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>520</v>
+        <v>170</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052858417</t>
+          <t>9786052855089</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası - Sen De Oku</t>
+          <t>Kora ile Kelebek</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>8682328731198</t>
+          <t>9786052856161</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kapiland Serisi (4 kitap)</t>
+          <t>Yol Arkadaşım Banjo</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>1080</v>
+        <v>185</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052854112</t>
+          <t>9786052855959</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Ben Kıskanç Mıyım? - Su Günlükleri 2 (Ciltli)</t>
+          <t>Süper Gazeteciler 5 - Son Baskı</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052854709</t>
+          <t>9786052855263</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitabın Macerası</t>
+          <t>Bir Gün Herkes</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786052854792</t>
+          <t>9786052854136</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Dudak Uçuklatan Teknoloji Maceraları</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052854693</t>
+          <t>9786052855072</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Sıkıldım, İki Hafta Yokum</t>
+          <t>Yeşillikler Ülkesi'nde - İkiz Gezginler</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052854747</t>
+          <t>9786052854969</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Ailesi Yollarda</t>
+          <t>Sakın Korkma!</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>320</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786052857694</t>
+          <t>9786253800512</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Sen de Oku</t>
+          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052853634</t>
+          <t>9786052858417</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Gizli Görev</t>
+          <t>Mercan Adası - Sen De Oku</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786052853658</t>
+          <t>8682328731198</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Sürmeli Kedi'nin Arayışı</t>
+          <t>Kapiland Serisi (4 kitap)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>200</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052852712</t>
+          <t>9786052854112</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Günlük de Neyin Nesi?</t>
+          <t>Ben Kıskanç Mıyım? - Su Günlükleri 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052854044</t>
+          <t>9786052854709</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Ses Farkındalığı Okuma Güçlüğüne Yönelik Alıştırmalar-1</t>
+          <t>Bir Kitabın Macerası</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786052858301</t>
+          <t>9786052854792</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hekim - Sen de Oku</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786052854679</t>
+          <t>9786052854693</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Kumsal'ın Çizgili Dünyası</t>
+          <t>Sıkıldım, İki Hafta Yokum</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052854105</t>
+          <t>9786052854747</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Bizden Dünyaya - Kafası Karışıklar 2</t>
+          <t>Tuhaflıklar Ailesi Yollarda</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052858400</t>
+          <t>9786052857694</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Saçımla Derdim Var - Sen de Oku</t>
+          <t>Peter Pan - Sen de Oku</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052854167</t>
+          <t>9786052853634</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Noel Baba'nın Takma Sakalı</t>
+          <t>Zıpır Gizli Görev</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052856994</t>
+          <t>9786052853658</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'le Birlikte Düşünelim</t>
+          <t>Sürmeli Kedi'nin Arayışı</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052854488</t>
+          <t>9786052852712</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ben Kitap</t>
+          <t>Günlük de Neyin Nesi?</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786052858523</t>
+          <t>9786052854044</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mürmür Yüzme Yarışına Katılıyor 2. Kitap</t>
+          <t>Ses Farkındalığı Okuma Güçlüğüne Yönelik Alıştırmalar-1</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786052858363</t>
+          <t>9786052858301</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mürmür Okula Başlıyor 1. Kitap</t>
+          <t>Küçük Hekim - Sen de Oku</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786052854075</t>
+          <t>9786052854679</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi Paşa</t>
+          <t>Kumsal'ın Çizgili Dünyası</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786052854280</t>
+          <t>9786052854105</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Kapiland'ın Külleri</t>
+          <t>Bizden Dünyaya - Kafası Karışıklar 2</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786052854174</t>
+          <t>9786052858400</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Sonunda 12 Yaş</t>
+          <t>Saçımla Derdim Var - Sen de Oku</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052853405</t>
+          <t>9786052854167</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Almarpa'nın Gizemi (Ciltli)</t>
+          <t>Noel Baba'nın Takma Sakalı</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052854181</t>
+          <t>9786052856994</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Köstebek Var</t>
+          <t>Atatürk'le Birlikte Düşünelim</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>185</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786052854006</t>
+          <t>9786052854488</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Kütüphanesi</t>
+          <t>Merhaba Ben Kitap</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052854068</t>
+          <t>9786052858523</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Hiç Tanımadığım Çocuk 2 - Mektup Ağacı</t>
+          <t>Küçük Mürmür Yüzme Yarışına Katılıyor 2. Kitap</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052858264</t>
+          <t>9786052858363</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Serüvenleri</t>
+          <t>Küçük Mürmür Okula Başlıyor 1. Kitap</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052853344</t>
+          <t>9786052854075</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İzinde</t>
+          <t>Pisi Pisi Paşa</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052853351</t>
+          <t>9786052854280</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Pelin'in Dili Masaya Nasıl Yapıştı?</t>
+          <t>Kapiland'ın Külleri</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052853177</t>
+          <t>9786052854174</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Selin Beni Terk Etti</t>
+          <t>Sonunda 12 Yaş</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786052851050</t>
+          <t>9786052853405</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı ile Kokuş</t>
+          <t>Almarpa'nın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052853184</t>
+          <t>9786052854181</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kar Kurdu ve Canavar</t>
+          <t>Bu İşte Bir Köstebek Var</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786052853139</t>
+          <t>9786052854006</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Bir Matematik Hikayesi</t>
+          <t>Sonsuzluk Kütüphanesi</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>8682328730238</t>
+          <t>9786052854068</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Serisi (5 Kitap Takım)</t>
+          <t>Sevgili Hiç Tanımadığım Çocuk 2 - Mektup Ağacı</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>855</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052853412</t>
+          <t>9786052858264</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Sofi Göklerde</t>
+          <t>Tom Sawyer'ın Serüvenleri</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786052853368</t>
+          <t>9786052853344</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Dedem, Ben ve Definemiz - Küçük Yıldızlar Okuma Seviyesi -1</t>
+          <t>Cumhuriyetin İzinde</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>8682328730627</t>
+          <t>9786052853351</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri Serisi (3 Kitap Takım)</t>
+          <t>Pelin'in Dili Masaya Nasıl Yapıştı?</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>610</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786052853122</t>
+          <t>9786052853177</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Bir Macera</t>
+          <t>Selin Beni Terk Etti</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052853436</t>
+          <t>9786052851050</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Çöp Plaza - 1</t>
+          <t>Pırıltılı ile Kokuş</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052853146</t>
+          <t>9786052853184</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Özgürlük Peşinde</t>
+          <t>Kar Kurdu ve Canavar</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052853108</t>
+          <t>9786052853139</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Hawaii - Çöp Plaza 2</t>
+          <t>Bir Matematik Hikayesi</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786052857601</t>
+          <t>8682328730238</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Hazine</t>
+          <t>Haylaz Adam Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>150</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052850367</t>
+          <t>9786052853412</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ile Vız Vız Müzik Macerası</t>
+          <t>Sofi Göklerde</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052853290</t>
+          <t>9786052853368</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Süpürge Şipşak</t>
+          <t>Dedem, Ben ve Definemiz - Küçük Yıldızlar Okuma Seviyesi -1</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786052853160</t>
+          <t>8682328730627</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri 3 - Takım Ruhu</t>
+          <t>Uçan Fare ile Hayalet Hayri Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>240</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786052853153</t>
+          <t>9786052853122</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Vur Patlasın Çal Oynasın Orkestrası</t>
+          <t>Çok Acayip Bir Macera</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786253800406</t>
+          <t>9786052853436</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Amcam Bir Robot</t>
+          <t>Çöp Plaza - 1</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052850992</t>
+          <t>9786052853146</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Biz Arkadaş mıyız? - Su Günlükleri 1 (Ciltli)</t>
+          <t>Zıpır Özgürlük Peşinde</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052853207</t>
+          <t>9786052853108</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ile Vız Vız - Denizaltı Macerası</t>
+          <t>Hayaller Hawaii - Çöp Plaza 2</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052853092</t>
+          <t>9786052857601</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kış Ülkesi Çocukları</t>
+          <t>Çöpten Hazine</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052853115</t>
+          <t>9786052850367</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Masal Dolu Anadolu</t>
+          <t>Yalnız Kurt ile Vız Vız Müzik Macerası</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052853078</t>
+          <t>9786052853290</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Tek Başıma Okumaktan Korkuyorum</t>
+          <t>Çılgın Süpürge Şipşak</t>
         </is>
       </c>
       <c r="C1047" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052852729</t>
+          <t>9786052853160</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zar - Spor Gezginleri 2</t>
+          <t>Uçan Fare ile Hayalet Hayri 3 - Takım Ruhu</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052858769</t>
+          <t>9786052853153</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Mutfakta</t>
+          <t>Vur Patlasın Çal Oynasın Orkestrası</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786052852927</t>
+          <t>9786253800406</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Tuna'nın Büyülü Gemisi</t>
+          <t>Amcam Bir Robot</t>
         </is>
       </c>
       <c r="C1050" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052852668</t>
+          <t>9786052850992</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya ve Çocuk</t>
+          <t>Biz Arkadaş mıyız? - Su Günlükleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052857861</t>
+          <t>9786052853207</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Elveda Patatesler - Sende Oku</t>
+          <t>Yalnız Kurt ile Vız Vız - Denizaltı Macerası</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052852569</t>
+          <t>9786052853092</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Terry Pratchett - Zamanı Ancak Sen Durdurabilirsin</t>
+          <t>Kış Ülkesi Çocukları</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052857397</t>
+          <t>9786052853115</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Partiye Davetli Değil! (4. Kitap)</t>
+          <t>Masal Dolu Anadolu</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052852835</t>
+          <t>9786052853078</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Okul Gezisinde (2. Kitap)</t>
+          <t>Tek Başıma Okumaktan Korkuyorum</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052858752</t>
+          <t>9786052852729</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam ile Okulun İlk Günü (1. Kitap)</t>
+          <t>Kayıp Zar - Spor Gezginleri 2</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052852675</t>
+          <t>9786052858769</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Bilge Köpek Mutfakta</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052852743</t>
+          <t>9786052852927</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kule - Dedektif Bol Bel'in Serüvenleri - 4</t>
+          <t>Tuna'nın Büyülü Gemisi</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052858424</t>
+          <t>9786052852668</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Gülmeyi Bilen Müdür Aranıyor</t>
+          <t>Cemal Süreya ve Çocuk</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052852811</t>
+          <t>9786052857861</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Zombi Köpekler Bir Numara (Ciltli)</t>
+          <t>Elveda Patatesler - Sende Oku</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052851852</t>
+          <t>9786052852569</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklerin Peşinde 2 - Dijital Karınca</t>
+          <t>Terry Pratchett - Zamanı Ancak Sen Durdurabilirsin</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052852699</t>
+          <t>9786052857397</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hayal Kurma Günü</t>
+          <t>Haylaz Adam Partiye Davetli Değil! (4. Kitap)</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052854266</t>
+          <t>9786052852835</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk (Ciltli)</t>
+          <t>Haylaz Adam Okul Gezisinde (2. Kitap)</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052852590</t>
+          <t>9786052858752</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Destansı Mühendislik Faciaları</t>
+          <t>Haylaz Adam ile Okulun İlk Günü (1. Kitap)</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>530</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052852682</t>
+          <t>9786052852675</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Kalbi Ankara - Keşif Kulübü</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052852750</t>
+          <t>9786052852743</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Ters Giden Bir Şey Var</t>
+          <t>Gizemli Kule - Dedektif Bol Bel'in Serüvenleri - 4</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052851005</t>
+          <t>9786052858424</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Yuan Huan'ın Kulübesi</t>
+          <t>Gülmeyi Bilen Müdür Aranıyor</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>8699237599627</t>
+          <t>9786052852811</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam Serisi (4 Kitap Takım)</t>
+          <t>Tom Gates - Zombi Köpekler Bir Numara (Ciltli)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>1360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052852774</t>
+          <t>9786052851852</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Riko Oskar ve Gökteki Cennet (Ciltli)</t>
+          <t>Gerçeklerin Peşinde 2 - Dijital Karınca</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>460</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052852781</t>
+          <t>9786052852699</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Şiddet Nedir?</t>
+          <t>Dünya Hayal Kurma Günü</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052852798</t>
+          <t>9786052854266</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Başkalarına Vurmaya Hakkım Var Mı?</t>
+          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052852736</t>
+          <t>9786052852590</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Havuç Ağacı</t>
+          <t>Destansı Mühendislik Faciaları</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789944699754</t>
+          <t>9786052852682</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Oğlum Nerdesin?</t>
+          <t>Türkiye'nin Kalbi Ankara - Keşif Kulübü</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052852576</t>
+          <t>9786052852750</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Ancak Sen Kurtarabilirsin</t>
+          <t>Bahçede Ters Giden Bir Şey Var</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052852088</t>
+          <t>9786052851005</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Altı Masal Üstü Masal</t>
+          <t>Yuan Huan'ın Kulübesi</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786052031964</t>
+          <t>8699237599627</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Komşu</t>
+          <t>İşlem Tamam Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>220</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052851814</t>
+          <t>9786052852774</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Riko Oscar ve Defolu Kalpler (Ciltli)</t>
+          <t>Riko Oskar ve Gökteki Cennet (Ciltli)</t>
         </is>
       </c>
       <c r="C1077" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052851821</t>
+          <t>9786052852781</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Riko Oscar ve Çalıntı Taş (Ciltli)</t>
+          <t>Filozof Çocuk - Şiddet Nedir?</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>510</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052851845</t>
+          <t>9786052852798</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Aheste Gariplikler Adası</t>
+          <t>Filozof Çocuk - Başkalarına Vurmaya Hakkım Var Mı?</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786052858783</t>
+          <t>9786052852736</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Doğa Gezisinde</t>
+          <t>Havuç Ağacı</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786052851999</t>
+          <t>9789944699754</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Kaleler</t>
+          <t>Oğlum Nerdesin?</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052851982</t>
+          <t>9786052852576</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Anya'yı Beklerken</t>
+          <t>İnsanlığı Ancak Sen Kurtarabilirsin</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052851876</t>
+          <t>9786052852088</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Kulaksız'ın Romanı</t>
+          <t>Altı Masal Üstü Masal</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052858066</t>
+          <t>9786052031964</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Odadaki Hayalet - Sen de Oku</t>
+          <t>Uzaylı Komşu</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052851913</t>
+          <t>9786052851814</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Tumpa-tumpa Sakın Kaybolma</t>
+          <t>Riko Oscar ve Defolu Kalpler (Ciltli)</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>185</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052851890</t>
+          <t>9786052851821</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Dere Tepe Efsane</t>
+          <t>Riko Oscar ve Çalıntı Taş (Ciltli)</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>220</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052851968</t>
+          <t>9786052851845</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Dinozorun Ayak Sesleri</t>
+          <t>Aheste Gariplikler Adası</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786052851746</t>
+          <t>9786052858783</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Telgraf</t>
+          <t>Bilge Köpek Doğa Gezisinde</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052851869</t>
+          <t>9786052851999</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri 2</t>
+          <t>Hayalden Kaleler</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052851920</t>
+          <t>9786052851982</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Ötesinde</t>
+          <t>Anya'yı Beklerken</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052851975</t>
+          <t>9786052851876</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Gecen Gündüzüm Olsa</t>
+          <t>Kulaksız'ın Romanı</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052851906</t>
+          <t>9786052858066</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Hazinem</t>
+          <t>Odadaki Hayalet - Sen de Oku</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052851708</t>
+          <t>9786052851913</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Yeni Evinde</t>
+          <t>Tumpa-tumpa Sakın Kaybolma</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052859414</t>
+          <t>9786052851890</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Uzay Yolunda! - Süperhügo 5</t>
+          <t>Dere Tepe Efsane</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052858042</t>
+          <t>9786052851968</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>İş Başında! - Süperhügo 1</t>
+          <t>Dinozorun Ayak Sesleri</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052859827</t>
+          <t>9786052851746</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında! - Süperhügo 4</t>
+          <t>Büyülü Telgraf</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052859407</t>
+          <t>9786052851869</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Avında! - Süperhügo 3</t>
+          <t>Uçan Fare ile Hayalet Hayri 2</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052858745</t>
+          <t>9786052851920</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>İyilik Peşinde! - Süperhügo 2</t>
+          <t>Hayallerin Ötesinde</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052851944</t>
+          <t>9786052851975</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Sista Patina Labirenti</t>
+          <t>Gecen Gündüzüm Olsa</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786052851937</t>
+          <t>9786052851906</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Yıldızı</t>
+          <t>En Büyük Hazinem</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>185</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052851739</t>
+          <t>9786052851708</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Hayali</t>
+          <t>Bilge Köpek Yeni Evinde</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052851432</t>
+          <t>9786052859414</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kapının Anahtarı</t>
+          <t>Uzay Yolunda! - Süperhügo 5</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052851470</t>
+          <t>9786052858042</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam 4</t>
+          <t>İş Başında! - Süperhügo 1</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786052851838</t>
+          <t>9786052859827</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Aslan Firarda</t>
+          <t>Sular Altında! - Süperhügo 4</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786052853474</t>
+          <t>9786052859407</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Ortak Ruh</t>
+          <t>Hırsız Avında! - Süperhügo 3</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786052851722</t>
+          <t>9786052858745</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Telefon Bilmecesi</t>
+          <t>İyilik Peşinde! - Süperhügo 2</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786052031049</t>
+          <t>9786052851944</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Uyaranlarla Dil Öğretimi</t>
+          <t>Sista Patina Labirenti</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>660</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786052859469</t>
+          <t>9786052851937</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener ile Masal Atölyesi</t>
+          <t>Kuzey Yıldızı</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>360</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786052851487</t>
+          <t>9786052851739</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Karamel Kokulu Öykü Okulu</t>
+          <t>Özgürlük Hayali</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052851685</t>
+          <t>9786052851432</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Riko, Oskar ve Derin Gölgeler (Ciltli)</t>
+          <t>Kayıp Kapının Anahtarı</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>440</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052851500</t>
+          <t>9786052851470</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Islak Burun</t>
+          <t>İşlem Tamam 4</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052850459</t>
+          <t>9786052851838</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Felaketsavar Bilim Tutkunları</t>
+          <t>Aslan Firarda</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>620</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052851425</t>
+          <t>9786052853474</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Boynu Yamuk</t>
+          <t>Ortak Ruh</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052851531</t>
+          <t>9786052851722</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Mitoloji: Herakles'ten Örümcek Kadına</t>
+          <t>Telefon Bilmecesi</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>440</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052851449</t>
+          <t>9786052031049</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Bir Dünya</t>
+          <t>Sanatsal Uyaranlarla Dil Öğretimi</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>180</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786052851548</t>
+          <t>9786052859469</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Şarkısı - Sen de Oku</t>
+          <t>Mavisel Yener ile Masal Atölyesi</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052858202</t>
+          <t>9786052851487</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Adam - Sen de Oku</t>
+          <t>Karamel Kokulu Öykü Okulu</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052851418</t>
+          <t>9786052851685</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Atıştırmalık Öyküler</t>
+          <t>Riko, Oskar ve Derin Gölgeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052851524</t>
+          <t>9786052851500</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Prens</t>
+          <t>Islak Burun</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052851463</t>
+          <t>9786052850459</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Adımları</t>
+          <t>Felaketsavar Bilim Tutkunları</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786052851494</t>
+          <t>9786052851425</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Likya'nın Şarkısı</t>
+          <t>Boynu Yamuk</t>
         </is>
       </c>
       <c r="C1121" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052851456</t>
+          <t>9786052851531</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Boborildo Problemleri</t>
+          <t>Öykülerle Mitoloji: Herakles'ten Örümcek Kadına</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052850343</t>
+          <t>9786052851449</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam - Elde Var 3</t>
+          <t>Bambaşka Bir Dünya</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>8682328732270</t>
+          <t>9786052851548</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Süper Çocuklar Serisi (5 Kitap)</t>
+          <t>Mutluluk Şarkısı - Sen de Oku</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>1260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052854396</t>
+          <t>9786052858202</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çocuk Yazını</t>
+          <t>Yıldız Adam - Sen de Oku</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052850848</t>
+          <t>9786052851418</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyler Yapmam Gerek</t>
+          <t>Atıştırmalık Öyküler</t>
         </is>
       </c>
       <c r="C1126" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052850350</t>
+          <t>9786052851524</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Nanni - Küçük Fare'nin Büyük Maceraları</t>
+          <t>Mekanik Prens</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786052850374</t>
+          <t>9786052851463</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Şaşırtıcı Yetenekler (Ciltli)</t>
+          <t>Güvercin Adımları</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052850336</t>
+          <t>9786052851494</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Süs Delisi - Süper Çocuklar - 4</t>
+          <t>Likya'nın Şarkısı</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052850329</t>
+          <t>9786052851456</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Sakladıkları</t>
+          <t>Boborildo Problemleri</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052859797</t>
+          <t>9786052850343</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 3 - Alışveriş Merkezinde</t>
+          <t>İşlem Tamam - Elde Var 3</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>89</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786052031353</t>
+          <t>8682328732270</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 6 - Korkuluk Yapıyor</t>
+          <t>Süper Çocuklar Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>89</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052859438</t>
+          <t>9786052854396</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 5 - Kitap Fuarında</t>
+          <t>Çağdaş Çocuk Yazını</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>89</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052031391</t>
+          <t>9786052850848</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 2 - Kedili Takvim Yapıyor</t>
+          <t>Bir Şeyler Yapmam Gerek</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052859452</t>
+          <t>9786052850350</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 10 - Başbakan Oluyor</t>
+          <t>Nanni - Küçük Fare'nin Büyük Maceraları</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052031414</t>
+          <t>9786052850374</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 4 - Tarım Yapıyor</t>
+          <t>Tom Gates - Şaşırtıcı Yetenekler (Ciltli)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>79</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052031339</t>
+          <t>9786052850336</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 7 - Doktor Oluyor</t>
+          <t>Süs Delisi - Süper Çocuklar - 4</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>145</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786052031421</t>
+          <t>9786052850329</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 1 - Okuma Bayramı</t>
+          <t>Ormanın Sakladıkları</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>89</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052859445</t>
+          <t>9786052859797</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 9 - Düğünde</t>
+          <t>Emre ile Cemre 3 - Alışveriş Merkezinde</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>99</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052850411</t>
+          <t>9786052031353</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Eve Giden Uzun Yol</t>
+          <t>Emre ile Cemre 6 - Korkuluk Yapıyor</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786052850398</t>
+          <t>9786052859438</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sokağı (Ciltli)</t>
+          <t>Emre ile Cemre 5 - Kitap Fuarında</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>550</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052854372</t>
+          <t>9786052031391</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Çöplük (Ciltli)</t>
+          <t>Emre ile Cemre 2 - Kedili Takvim Yapıyor</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>550</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786052850312</t>
+          <t>9786052859452</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Teneke Uygarlığı</t>
+          <t>Emre ile Cemre 10 - Başbakan Oluyor</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>265</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786052850251</t>
+          <t>9786052031414</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Neye Benzer Gelecek</t>
+          <t>Emre ile Cemre 4 - Tarım Yapıyor</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>180</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786052852484</t>
+          <t>9786052031339</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Kapiland'ın Kıyameti</t>
+          <t>Emre ile Cemre 7 - Doktor Oluyor</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>290</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786052850220</t>
+          <t>9786052031421</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın En Komik Adamı</t>
+          <t>Emre ile Cemre 1 - Okuma Bayramı</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>260</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786052850268</t>
+          <t>9786052859445</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam - Elde Var 2</t>
+          <t>Emre ile Cemre 9 - Düğünde</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>360</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786052850183</t>
+          <t>9786052850411</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Gerçekle Büyümek Düşlerle Yürümek</t>
+          <t>Eve Giden Uzun Yol</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052850206</t>
+          <t>9786052850398</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Cadının Elektrikli Süpürgesi</t>
+          <t>Mutluluk Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052850237</t>
+          <t>9786052854372</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Bulunmaz Hint Kumaşı</t>
+          <t>Çöplük (Ciltli)</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052031445</t>
+          <t>9786052850312</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Yokyüzler 2 - Karanlıktan Kaçış</t>
+          <t>Teneke Uygarlığı</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>8699237598736</t>
+          <t>9786052850251</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Anton'un Maceraları (3 Kitap Takım)</t>
+          <t>Neye Benzer Gelecek</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>8699237598712</t>
+          <t>9786052852484</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet Serisi (3 Kitap Takım)</t>
+          <t>Kapiland'ın Kıyameti</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>1280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>8699237598750</t>
+          <t>9786052850220</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları (3 Kitap Takım) (Ciltli)</t>
+          <t>Dünya'nın En Komik Adamı</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>1250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>8699237598729</t>
+          <t>9786052850268</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem Üçlemesi (3 Kitap Takım) (Ciltli)</t>
+          <t>İşlem Tamam - Elde Var 2</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>1140</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786052031308</t>
+          <t>9786052850183</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri - Karşılaşma</t>
+          <t>Gerçekle Büyümek Düşlerle Yürümek</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786052857038</t>
+          <t>9786052850206</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Kitap Günlüğüm</t>
+          <t>Cadının Elektrikli Süpürgesi</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786052031261</t>
+          <t>9786052850237</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kalamar Pansiyon</t>
+          <t>Kardeşim Bulunmaz Hint Kumaşı</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786052031230</t>
+          <t>9786052031445</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sahipleri</t>
+          <t>Yokyüzler 2 - Karanlıktan Kaçış</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786052031360</t>
+          <t>8699237598736</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklerin Peşinde 1 - Büyük Yarış</t>
+          <t>Anton'un Maceraları (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786052031452</t>
+          <t>8699237598712</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Hayaletim</t>
+          <t>Kayıp Kitaplıktaki İskelet Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>220</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786052856840</t>
+          <t>8699237598750</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener ile Öykü Atölyesi</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>370</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786059493734</t>
+          <t>8699237598729</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Kime Göre, Neye Göre?</t>
+          <t>Ara Alem Üçlemesi (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>265</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786059493741</t>
+          <t>9786052031308</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Hayal Küre</t>
+          <t>Uçan Fare ile Hayalet Hayri - Karşılaşma</t>
         </is>
       </c>
       <c r="C1164" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786052031247</t>
+          <t>9786052857038</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem 3 - Yeniden Doğuş (Ciltli)</t>
+          <t>Kitap Günlüğüm</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786052851012</t>
+          <t>9786052031261</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Üç Çocuk, Bir Öğretmen ve Unutulmaz Bir Gün</t>
+          <t>Kalamar Pansiyon</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786059493703</t>
+          <t>9786052031230</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Koku Delisi Süper Çocuklar-3</t>
+          <t>Cennetin Sahipleri</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786052031315</t>
+          <t>9786052031360</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Böcek Tamircisi</t>
+          <t>Gerçeklerin Peşinde 1 - Büyük Yarış</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786052857267</t>
+          <t>9786052031452</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Canlısı - İyi Düşün, Anton!</t>
+          <t>Ben Bir Hayaletim</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786059604895</t>
+          <t>9786052856840</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Aliş'in Kabakları</t>
+          <t>Mavisel Yener ile Öykü Atölyesi</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786059493789</t>
+          <t>9786059493734</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates: Sınıfın Birincisi (Ciltli)</t>
+          <t>Kime Göre, Neye Göre?</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786052031254</t>
+          <t>9786059493741</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Yeni Bir Macera</t>
+          <t>Hayal Küre</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786059153621</t>
+          <t>9786052031247</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Her Şey Harika Sayılır (Ciltli)</t>
+          <t>Ara Alem 3 - Yeniden Doğuş (Ciltli)</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786059493819</t>
+          <t>9786052851012</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Origami - Kuklalar</t>
+          <t>Üç Çocuk, Bir Öğretmen ve Unutulmaz Bir Gün</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>199</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786059493758</t>
+          <t>9786059493703</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Hortlaklar Geçidi</t>
+          <t>Koku Delisi Süper Çocuklar-3</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786059493710</t>
+          <t>9786052031315</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Hayal Sözleşmesi</t>
+          <t>Böcek Tamircisi</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786253800680</t>
+          <t>9786052857267</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet - 3 Fare Sarayı</t>
+          <t>Arkadaş Canlısı - İyi Düşün, Anton!</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786059493697</t>
+          <t>9786059604895</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Bir Altın Hikayesi</t>
+          <t>Aliş'in Kabakları</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786059493024</t>
+          <t>9786059493789</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: İstanbul'dan Bodrum'a (Ciltli)</t>
+          <t>Tom Gates: Sınıfın Birincisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786059493772</t>
+          <t>9786052031254</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Özgür Çocuklar 1 - Davetsiz Misafir</t>
+          <t>Her Gün Yeni Bir Macera</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786059493796</t>
+          <t>9786059153621</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben (Ciltli)</t>
+          <t>Tom Gates - Her Şey Harika Sayılır (Ciltli)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786059493802</t>
+          <t>9786059493819</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Hitler Oyuncağımı Çaldı (Ciltli)</t>
+          <t>Origami - Kuklalar</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>550</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786059493086</t>
+          <t>9786059493758</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Sardunya, Sardalya ve Bizim Sokak</t>
+          <t>Hortlaklar Geçidi</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786059493031</t>
+          <t>9786059493710</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler</t>
+          <t>Hayal Sözleşmesi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786052853245</t>
+          <t>9786253800680</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Zirvenin Dibindeki Çocuk</t>
+          <t>Kayıp Kitaplıktaki İskelet - 3 Fare Sarayı</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786059493680</t>
+          <t>9786059493697</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Topun İki Rengi</t>
+          <t>Bir Altın Hikayesi</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786059493055</t>
+          <t>9786059493024</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları 3 - Evrenin Sonu (Ciltli)</t>
+          <t>İkiz Gezginler: İstanbul'dan Bodrum'a (Ciltli)</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786059604772</t>
+          <t>9786059493772</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Gerçekten İnanılmaz (Ciltli)</t>
+          <t>Özgür Çocuklar 1 - Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786059667067</t>
+          <t>9786059493796</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Hayaletten Mektuplar</t>
+          <t>Babam ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786059493062</t>
+          <t>9786059493802</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Duygu'nun Doğum Günü Armağanı</t>
+          <t>Hitler Oyuncağımı Çaldı (Ciltli)</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786059493079</t>
+          <t>9786059493086</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Origami - Bitkiler</t>
+          <t>Sardunya, Sardalya ve Bizim Sokak</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>199</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786059493017</t>
+          <t>9786059493031</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Kalanlar Okul Açtılar</t>
+          <t>Süper Gazeteciler</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786059493048</t>
+          <t>9786052853245</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Bay Mucittaş ve Ailesi</t>
+          <t>Zirvenin Dibindeki Çocuk</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786059493000</t>
+          <t>9786059493680</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Büyükanne Geri Dönüyor</t>
+          <t>Topun İki Rengi</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786052857854</t>
+          <t>9786059493055</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener ile Şiir Atölyesi</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları 3 - Evrenin Sonu (Ciltli)</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786052856956</t>
+          <t>9786059604772</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 3 - Anahtar</t>
+          <t>Tom Gates Gerçekten İnanılmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1196" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786059604970</t>
+          <t>9786059667067</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 2 - Karanlık (Ciltli)</t>
+          <t>Hayaletten Mektuplar</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786059604925</t>
+          <t>9786059493062</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Origami - Hayvanlar</t>
+          <t>Duygu'nun Doğum Günü Armağanı</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786059153508</t>
+          <t>9786059493079</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem Cebimde</t>
+          <t>Origami - Bitkiler</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>290</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786059604987</t>
+          <t>9786059493017</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Şapkada Eriyen Bay Karp</t>
+          <t>Sınıfta Kalanlar Okul Açtılar</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786059604260</t>
+          <t>9786059493048</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Evet! Hayır Belki (Ciltli)</t>
+          <t>Bay Mucittaş ve Ailesi</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786059604536</t>
+          <t>9786059493000</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Göl Çiçekleri</t>
+          <t>İmdat! Büyükanne Geri Dönüyor</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786059153768</t>
+          <t>9786052857854</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Kızım Ben Çocukken</t>
+          <t>Mavisel Yener ile Şiir Atölyesi</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786052031056</t>
+          <t>9786052856956</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Ustası</t>
+          <t>Zamanın Bekçileri 3 - Anahtar</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786059153942</t>
+          <t>9786059604970</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>A-Tik-Tuk</t>
+          <t>Zamanın Bekçileri 2 - Karanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786059604178</t>
+          <t>9786059604925</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Muhteşem Bahaneler ve Başka Güzellikler (Ciltli)</t>
+          <t>Origami - Hayvanlar</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>550</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786059604482</t>
+          <t>9786059153508</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Yonca</t>
+          <t>Büyükannem Cebimde</t>
         </is>
       </c>
       <c r="C1207" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786059604512</t>
+          <t>9786059604987</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gemisi</t>
+          <t>Şapkada Eriyen Bay Karp</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786059604284</t>
+          <t>9786059604260</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları 2: Mucize Beklerken</t>
+          <t>Tom Gates Evet! Hayır Belki (Ciltli)</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786059604451</t>
+          <t>9786059604536</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Savaş Atı (Ciltli)</t>
+          <t>Göl Çiçekleri</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786052854310</t>
+          <t>9786059153768</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar (Ciltli)</t>
+          <t>Kızım Ben Çocukken</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786052854365</t>
+          <t>9786052031056</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Sisin Sakladıkları (Ciltli)</t>
+          <t>Cesaret Ustası</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786052853054</t>
+          <t>9786059153942</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Pijamalı Çocuk (Ciltli)</t>
+          <t>A-Tik-Tuk</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786059604413</t>
+          <t>9786059604178</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Ama Bu Çocuk Defolu!</t>
+          <t>Tom Gates Muhteşem Bahaneler ve Başka Güzellikler (Ciltli)</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>265</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786059604420</t>
+          <t>9786059604482</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Kuş Olsam Evime Uçsam</t>
+          <t>Üç Yapraklı Yonca</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786059604475</t>
+          <t>9786059604512</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Ses Delisi</t>
+          <t>Şiir Gemisi</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786059153720</t>
+          <t>9786059604284</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları 2: Mucize Beklerken</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786052852057</t>
+          <t>9786059604451</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Kulak Ver</t>
+          <t>Savaş Atı (ÇİLTLİ)</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786052853085</t>
+          <t>9786052854310</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kalbindeki Çocuk</t>
+          <t>Mavi Zamanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>245</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786059604116</t>
+          <t>9786052854365</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Parlak Fikirler (Çoğunlukla) (Ciltli)</t>
+          <t>Sisin Sakladıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C1220" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786253800536</t>
+          <t>9786052853054</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem: 2 - Yasak Oyun (Ciltli)</t>
+          <t>Çizgili Pijamalı Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786059604031</t>
+          <t>9786059604413</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>File Bekçisi</t>
+          <t>Ama Bu Çocuk Defolu!</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>280</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786059667005</t>
+          <t>9786059604420</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Çıkarın Beni Buradan</t>
+          <t>Kuş Olsam Evime Uçsam</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786052031063</t>
+          <t>9786059604475</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Şair Kısakulak</t>
+          <t>Ses Delisi</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786059667036</t>
+          <t>9786059153720</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Birazcık Şanslı (Ciltli)</t>
+          <t>İşlem Tamam</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786059153454</t>
+          <t>9786052852057</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Renk Delisi</t>
+          <t>Ay'a Kulak Ver</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786059153966</t>
+          <t>9786052853085</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Bol Bel ve Yedi Cüce</t>
+          <t>Ormanın Kalbindeki Çocuk</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786059153973</t>
+          <t>9786059604116</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Hiç Tanımadığım Çocuk</t>
+          <t>Tom Gates Parlak Fikirler (Çoğunlukla) (Ciltli)</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786059153997</t>
+          <t>9786253800536</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Farklı</t>
+          <t>Ara Alem: 2 - Yasak Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786052853023</t>
+          <t>9786059604031</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Balinalar Geldiğinde</t>
+          <t>File Bekçisi</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789944694346</t>
+          <t>9786059667005</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayardaki Saklambaç</t>
+          <t>İmdat! Çıkarın Beni Buradan</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786052853450</t>
+          <t>9786052031063</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Salıncak</t>
+          <t>Şair Kısakulak</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789944695251</t>
+          <t>9786059667036</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Kuğu Gecesi</t>
+          <t>Tom Gates - Birazcık Şanslı (Ciltli)</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789944694605</t>
+          <t>9786059153454</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Adından Belli Kuşlar Köyü</t>
+          <t>Renk Delisi</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786052853214</t>
+          <t>9786059153966</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>11 Yaş Günü</t>
+          <t>Pamuk Bol Bel ve Yedi Cüce</t>
         </is>
       </c>
       <c r="C1235" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789944698962</t>
+          <t>9786059153973</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Arkadaşlar ve Spagetti Canavarı</t>
+          <t>Sevgili Hiç Tanımadığım Çocuk</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>8699237597043</t>
+          <t>9786059153997</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Serisi (5. kitap)</t>
+          <t>Farklı</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>1045</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789756451786</t>
+          <t>9786052853023</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Mavi Irmak</t>
+          <t>Balinalar Geldiğinde</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786059493840</t>
+          <t>9789944694346</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer Ayı</t>
+          <t>Bilgisayardaki Saklambaç</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>290</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786059153850</t>
+          <t>9786052853450</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sınıfın Halleri</t>
+          <t>Kumdan Salıncak</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789944699952</t>
+          <t>9789944695251</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Ben Kimim?</t>
+          <t>Kuğu Gecesi</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786059153690</t>
+          <t>9789944694605</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 3 / Kimim Ben?</t>
+          <t>Adından Belli Kuşlar Köyü</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786059153706</t>
+          <t>9786052853214</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 4 / Sesimi Duyan Var mı?</t>
+          <t>11 Yaş Günü</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786059153645</t>
+          <t>9789944698962</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Çat Kapı</t>
+          <t>Sıkı Arkadaşlar ve Spagetti Canavarı</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786059153669</t>
+          <t>8699237597043</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Karakura'nın Düşleri</t>
+          <t>Acaba Ne Olsam? Serisi (5. kitap)</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>250</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786059153409</t>
+          <t>9789756451786</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Yazar</t>
+          <t>Mavi Irmak</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786059153393</t>
+          <t>9786059493840</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem 1 / Tarlakoz'un Tuzağı (Ciltli)</t>
+          <t>Uyurgezer Ayı</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786059153355</t>
+          <t>9786059153850</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Parktaki Gergedanlar</t>
+          <t>Bizim Sınıfın Halleri</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786059153430</t>
+          <t>9789944699952</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Flaş Disk Operasyonu</t>
+          <t>Filozof Çocuk : Ben Kimim?</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786059153478</t>
+          <t>9786059153690</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Şipşak Hikayeler 3 / Kimim Ben?</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786059153447</t>
+          <t>9786059153706</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Issız Adanın Kralı</t>
+          <t>Şipşak Hikayeler 4 / Sesimi Duyan Var mı?</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789944699808</t>
+          <t>9786059153645</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıldızlı Ev</t>
+          <t>Çat Kapı</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786052031872</t>
+          <t>9786059153669</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Özel mi Özel Sürprizler (Ciltli)</t>
+          <t>Karakura'nın Düşleri</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789944699938</t>
+          <t>9786059153409</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Neden Çıldırdı?</t>
+          <t>Yengeç Yazar</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789944695114</t>
+          <t>9786059153393</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Su Masalları</t>
+          <t>Ara Alem 1 / Tarlakoz'un Tuzağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786052031780</t>
+          <t>9786059153355</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları : Yıkık Dökük Krallığım</t>
+          <t>Parktaki Gergedanlar</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786059153348</t>
+          <t>9786059153430</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Cadıları</t>
+          <t>Flaş Disk Operasyonu</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>265</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786059153041</t>
+          <t>9786059153478</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Altın Kanatlı Topçin</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789944699273</t>
+          <t>9786059153447</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Takım Bizim Takım</t>
+          <t>Issız Adanın Kralı</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786052853399</t>
+          <t>9789944699808</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk</t>
+          <t>Beş Yıldızlı Ev</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789944698474</t>
+          <t>9786052031872</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: Troya'da</t>
+          <t>Tom Gates Özel mi Özel Sürprizler (Ciltli)</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789944699846</t>
+          <t>9789944699938</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: Güneş'in Sarayında</t>
+          <t>Öğretmen Neden Çıldırdı?</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789944699761</t>
+          <t>9789944695114</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Yedikır'ın Kuşları</t>
+          <t>Su Masalları</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789944699860</t>
+          <t>9786052031780</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi 4. Kitap -  Ölümüne Dostlar</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları : Yıkık Dökük Krallığım</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789944699815</t>
+          <t>9786059153348</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Uçan Dairesi</t>
+          <t>Hayaletin Cadıları</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9789944699853</t>
+          <t>9786059153041</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Canavar</t>
+          <t>Altın Kanatlı Topçin</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789944699198</t>
+          <t>9789944699273</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Origami</t>
+          <t>En Büyük Takım Bizim Takım</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>199</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786052850695</t>
+          <t>9786052853399</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Portakal</t>
+          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789944699501</t>
+          <t>9789944698474</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin İntikamı</t>
+          <t>İkiz Gezginler: Troya'da</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789944699433</t>
+          <t>9789944699846</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Söz Kulağa Yazı Uzağa</t>
+          <t>İkiz Gezginler: Güneş'in Sarayında</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>8682328730412</t>
+          <t>9789944699761</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Johnny Maxwell Serisi (3 Kitap Takım)</t>
+          <t>Yedikır'ın Kuşları</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789944699402</t>
+          <t>9789944699860</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi: 3. Kitap - Lanetliler Şatosu</t>
+          <t>Larten Crepsley Efsanesi 4. Kitap -  Ölümüne Dostlar</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>8699237595186</t>
+          <t>9789944699815</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Tansel Tozan Serüvenleri (3 Kitap Takım)</t>
+          <t>Dedemin Uçan Dairesi</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>620</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789944699792</t>
+          <t>9789944699853</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Çıldırdı</t>
+          <t>Kiralık Canavar</t>
         </is>
       </c>
       <c r="C1274" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789944699440</t>
+          <t>9789944699198</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası</t>
+          <t>Mini Mini Origami</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>350</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789944699877</t>
+          <t>9786052850695</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Babam Süt Peşinde</t>
+          <t>Yalancı Portakal</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>8699237595179</t>
+          <t>9789944699501</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Hikayeleri Üçlemesi</t>
+          <t>Hayaletin İntikamı</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>770</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789944699297</t>
+          <t>9789944699433</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçları</t>
+          <t>Söz Kulağa Yazı Uzağa</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9789944699624</t>
+          <t>8682328730412</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 2 / Anlatsam İnanır mısın?</t>
+          <t>Johnny Maxwell Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>145</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789944699747</t>
+          <t>9789944699402</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Hukukçu</t>
+          <t>Larten Crepsley Efsanesi: 3. Kitap - Lanetliler Şatosu</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9789944699341</t>
+          <t>8699237595186</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Doktor</t>
+          <t>Tansel Tozan Serüvenleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>220</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9789944699884</t>
+          <t>9789944699792</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Hayat Neden Böyle?</t>
+          <t>Annem Neden Çıldırdı</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786059153034</t>
+          <t>9789944699440</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Her Şeyi Bilmem Gerekir mi?</t>
+          <t>Uzun Lafın Kısası</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786059153027</t>
+          <t>9789944699877</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Güzel Nedir?</t>
+          <t>Babam Süt Peşinde</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9789944699976</t>
+          <t>8699237595179</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Büyümek Zorunda mıyım?</t>
+          <t>Dehşet Hikayeleri Üçlemesi</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>190</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786059153010</t>
+          <t>9789944699297</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Ben Mutlu muyum?</t>
+          <t>Parmak Uçları</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786059153126</t>
+          <t>9789944699624</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: Başkalarına İhtiyacım Var mı?</t>
+          <t>Şipşak Hikayeler 2 / Anlatsam İnanır mısın?</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9789944696630</t>
+          <t>9789944699747</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Tünelin Ağzından Dehşet Hikayeleri</t>
+          <t>Acaba Ne Olsam? Hukukçu</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9789944693899</t>
+          <t>9789944699341</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Yaratıklar Çiftliği</t>
+          <t>Acaba Ne Olsam? Doktor</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789944699983</t>
+          <t>9789944699884</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Sevgi Nedir?</t>
+          <t>Filozof Çocuk : Hayat Neden Böyle?</t>
         </is>
       </c>
       <c r="C1290" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9789944698931</t>
+          <t>9786059153034</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Sanat Nedir?</t>
+          <t>Filozof Çocuk : Her Şeyi Bilmem Gerekir mi?</t>
         </is>
       </c>
       <c r="C1291" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789944699785</t>
+          <t>9786059153027</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Çocukları</t>
+          <t>Filozof Çocuk : Güzel Nedir?</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786059153003</t>
+          <t>9789944699976</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Özgürlük Ne İşe Yarar?</t>
+          <t>Filozof Çocuk : Büyümek Zorunda mıyım?</t>
         </is>
       </c>
       <c r="C1293" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786059153072</t>
+          <t>9786059153010</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: İstediğim Her Şeyi Yapabilir miyim?</t>
+          <t>Filozof Çocuk : Ben Mutlu muyum?</t>
         </is>
       </c>
       <c r="C1294" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786059153058</t>
+          <t>9786059153126</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: İyilik Nedir?</t>
+          <t>Filozof Çocuk: Başkalarına İhtiyacım Var mı?</t>
         </is>
       </c>
       <c r="C1295" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789944699990</t>
+          <t>9789944696630</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Nasıl Davranmalıyım?</t>
+          <t>Tünelin Ağzından Dehşet Hikayeleri</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786059153065</t>
+          <t>9789944693899</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Mutlu Olmak İçin Neye İhtiyacım Var?</t>
+          <t>Tuhaf Yaratıklar Çiftliği</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786059153089</t>
+          <t>9789944699983</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Neden Varım?</t>
+          <t>Filozof Çocuk : Sevgi Nedir?</t>
         </is>
       </c>
       <c r="C1298" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9789944698924</t>
+          <t>9789944698931</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: Hayal Gücü Ne İşe Yarar?</t>
+          <t>Filozof Çocuk : Sanat Nedir?</t>
         </is>
       </c>
       <c r="C1299" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786059153096</t>
+          <t>9789944699785</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Hepimiz Eşit miyiz?</t>
+          <t>Yapboz Çocukları</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9789944699969</t>
+          <t>9786059153003</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Arkadaşlık Nedir?</t>
+          <t>Filozof Çocuk : Özgürlük Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C1301" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789944699327</t>
+          <t>9786059153072</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Amber'in Zaman Kapsülü</t>
+          <t>Filozof Çocuk: İstediğim Her Şeyi Yapabilir miyim?</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9789944699358</t>
+          <t>9786059153058</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Mühendis</t>
+          <t>Filozof Çocuk: İyilik Nedir?</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9789944698504</t>
+          <t>9789944699990</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Filozof Çocuk : Nasıl Davranmalıyım?</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9789944698436</t>
+          <t>9786059153065</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Haydi Birlikte Soralım: Acaba Neden?</t>
+          <t>Filozof Çocuk : Mutlu Olmak İçin Neye İhtiyacım Var?</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786052856086</t>
+          <t>9786059153089</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 3 - Likörlü Çikolata</t>
+          <t>Filozof Çocuk : Neden Varım?</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786052856093</t>
+          <t>9789944698924</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 4: Belalı Davetiye</t>
+          <t>Filozof Çocuk: Hayal Gücü Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786052856079</t>
+          <t>9786059153096</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 2: Parktaki Esrar</t>
+          <t>Filozof Çocuk : Hepimiz Eşit miyiz?</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786059153935</t>
+          <t>9789944699969</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? - Yazar</t>
+          <t>Filozof Çocuk : Arkadaşlık Nedir?</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789944693486</t>
+          <t>9789944699327</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurma Dersleri</t>
+          <t>Amber'in Zaman Kapsülü</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789944695718</t>
+          <t>9789944699358</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Havlayan Harfler</t>
+          <t>Acaba Ne Olsam? Mühendis</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9789944696715</t>
+          <t>9789944698504</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Notalar</t>
+          <t>Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786059153980</t>
+          <t>9789944698436</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sana Da Gelecek</t>
+          <t>Haydi Birlikte Soralım: Acaba Neden?</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786059153485</t>
+          <t>9786052856086</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Viran Şatodaki Ejderhalar</t>
+          <t>Süper Gazeteciler 3 - Likörlü Çikolata</t>
         </is>
       </c>
       <c r="C1314" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789944699310</t>
+          <t>9786052856093</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Buz Bebekler</t>
+          <t>Süper Gazeteciler 4: Belalı Davetiye</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786052852040</t>
+          <t>9786052856079</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Olduğun Yerde Kal</t>
+          <t>Süper Gazeteciler 2: Parktaki Esrar</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789944697804</t>
+          <t>9786059153935</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Çağrısı</t>
+          <t>Acaba Ne Olsam? - Yazar</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789944699266</t>
+          <t>9789944693486</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Hayalet: Benim Adım Alice</t>
+          <t>Hayal Kurma Dersleri</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789944698467</t>
+          <t>9789944695718</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler İstanbul'da</t>
+          <t>Havlayan Harfler</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789944698573</t>
+          <t>9789944696715</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl?</t>
+          <t>Eğlenceli Notalar</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786059153874</t>
+          <t>9786059153980</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Mavi Boya</t>
+          <t>Sıra Sana Da Gelecek</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>8699237593717</t>
+          <t>9786059153485</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji Serisi Seti (4 Kitap Takım)</t>
+          <t>Viran Şatodaki Ejderhalar</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>1070</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789944698535</t>
+          <t>9789944699310</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Çöplük</t>
+          <t>Buz Bebekler</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789944699716</t>
+          <t>9786052852040</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Sarı Maymun</t>
+          <t>Olduğun Yerde Kal</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789944699617</t>
+          <t>9789944697804</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Benekli At</t>
+          <t>Canavarın Çağrısı</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>185</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9789944699457</t>
+          <t>9789944699266</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet 2: Yaşayan Ölüler</t>
+          <t>Hayalet: Benim Adım Alice</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786052857564</t>
+          <t>9789944698467</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Yo-Yo</t>
+          <t>İkiz Gezginler İstanbul'da</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9789944697651</t>
+          <t>9789944698573</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Yarışçıları</t>
+          <t>Acaba Nasıl?</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786059153607</t>
+          <t>9786059153874</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates'in Harika Dünyası (Ciltli)</t>
+          <t>Mavi Boya</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786052853269</t>
+          <t>8699237593717</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Hitler Oyuncağımı Çaldı</t>
+          <t>Fen ve Teknoloji Serisi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>300</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789944696296</t>
+          <t>9789944698535</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Tiyatroda</t>
+          <t>Çöplük</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786052853047</t>
+          <t>9789944699716</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Babama Kamera Vermeyin</t>
+          <t>Sarı Maymun</t>
         </is>
       </c>
       <c r="C1332" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9789944696128</t>
+          <t>9789944699617</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Babam Okulun En Çalışkanı</t>
+          <t>Beyaz Benekli At</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789944696555</t>
+          <t>9789944699457</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Baba Beni Anlasana</t>
+          <t>Kayıp Kitaplıktaki İskelet 2: Yaşayan Ölüler</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9789944699525</t>
+          <t>9786052857564</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Bilim İnsanı</t>
+          <t>Yo-Yo</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9789944698580</t>
+          <t>9789944697651</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Bisiklet Yarışçıları</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786059153676</t>
+          <t>9786059153607</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kaç?</t>
+          <t>Tom Gates'in Harika Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9789944698597</t>
+          <t>9786052853269</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Hayalet: Benim Adım Slither</t>
+          <t>Hitler Oyuncağımı Çaldı</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786052853856</t>
+          <t>9789944696296</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Çuvaldiken Kasabası</t>
+          <t>Balıklar Tiyatroda</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9789944697156</t>
+          <t>9786052853047</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Hayalet: Benim Adım Grimalkin</t>
+          <t>Babama Kamera Vermeyin</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789944697835</t>
+          <t>9789944696128</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Perisi</t>
+          <t>Babam Okulun En Çalışkanı</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789944698481</t>
+          <t>9789944696555</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: İstanbul'dan Bodrum'a</t>
+          <t>Baba Beni Anlasana</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9789944698542</t>
+          <t>9789944699525</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi: 2. Kitap - Kan Denizi</t>
+          <t>Acaba Ne Olsam? Bilim İnsanı</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>8699237593687</t>
+          <t>9789944698580</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızı Serisi Seti (3 Kitap Takım)</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>730</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789944694704</t>
+          <t>9786059153676</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Vampir Prensi</t>
+          <t>Acaba Kaç?</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786059604734</t>
+          <t>9789944698597</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Korsanı</t>
+          <t>Hayalet: Benim Adım Slither</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786059604185</t>
+          <t>9786052853856</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Yaşamanın Yolları</t>
+          <t>Çuvaldiken Kasabası</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786052853061</t>
+          <t>9789944697156</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kuşu (Uçurtmanın Gözleri)</t>
+          <t>Hayalet: Benim Adım Grimalkin</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789944696852</t>
+          <t>9789944697835</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Keman</t>
+          <t>İstanbul Perisi</t>
         </is>
       </c>
       <c r="C1349" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9789755873404</t>
+          <t>9789944698481</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Küçük Filozof - Söyle Baba Beni Neden Seviyorsun?</t>
+          <t>İkiz Gezginler: İstanbul'dan Bodrum'a</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786059153829</t>
+          <t>9789944698542</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Sihirbaz</t>
+          <t>Larten Crepsley Efsanesi: 2. Kitap - Kan Denizi</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786052857410</t>
+          <t>8699237593687</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Hiç Kimse</t>
+          <t>Ateş Hırsızı Serisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>265</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9789944697996</t>
+          <t>9789944694704</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Yangın Tüpüyle Uçan Çocuk</t>
+          <t>Vampir Prensi</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9789944696920</t>
+          <t>9786059604734</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Çocuk</t>
+          <t>Sözcük Korsanı</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9789944694964</t>
+          <t>9786059604185</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Aslanı</t>
+          <t>Sonsuza Kadar Yaşamanın Yolları</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9789944693035</t>
+          <t>9786052853061</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanlar</t>
+          <t>Sokak Kuşu (Uçurtmanın Gözleri)</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>270</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9789944695121</t>
+          <t>9789944696852</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Gün Batımı Avcıları</t>
+          <t>Sahibini Arayan Keman</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789944692892</t>
+          <t>9789755873404</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızının Savaşı</t>
+          <t>Küçük Filozof - Söyle Baba Beni Neden Seviyorsun?</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
+          <t>9786059153829</t>
+        </is>
+      </c>
+      <c r="B1359" s="1" t="inlineStr">
+        <is>
+          <t>Benim Babam Sihirbaz</t>
+        </is>
+      </c>
+      <c r="C1359" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3">
+      <c r="A1360" s="1" t="inlineStr">
+        <is>
+          <t>9786052857410</t>
+        </is>
+      </c>
+      <c r="B1360" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Hiç Kimse</t>
+        </is>
+      </c>
+      <c r="C1360" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3">
+      <c r="A1361" s="1" t="inlineStr">
+        <is>
+          <t>9789944697996</t>
+        </is>
+      </c>
+      <c r="B1361" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Tüpüyle Uçan Çocuk</t>
+        </is>
+      </c>
+      <c r="C1361" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3">
+      <c r="A1362" s="1" t="inlineStr">
+        <is>
+          <t>9789944696920</t>
+        </is>
+      </c>
+      <c r="B1362" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Arayan Çocuk</t>
+        </is>
+      </c>
+      <c r="C1362" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3">
+      <c r="A1363" s="1" t="inlineStr">
+        <is>
+          <t>9789944694964</t>
+        </is>
+      </c>
+      <c r="B1363" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Aslanı</t>
+        </is>
+      </c>
+      <c r="C1363" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3">
+      <c r="A1364" s="1" t="inlineStr">
+        <is>
+          <t>9789944693035</t>
+        </is>
+      </c>
+      <c r="B1364" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Zamanlar</t>
+        </is>
+      </c>
+      <c r="C1364" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3">
+      <c r="A1365" s="1" t="inlineStr">
+        <is>
+          <t>9789944695121</t>
+        </is>
+      </c>
+      <c r="B1365" s="1" t="inlineStr">
+        <is>
+          <t>Gün Batımı Avcıları</t>
+        </is>
+      </c>
+      <c r="C1365" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3">
+      <c r="A1366" s="1" t="inlineStr">
+        <is>
+          <t>9789944692892</t>
+        </is>
+      </c>
+      <c r="B1366" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Hırsızının Savaşı</t>
+        </is>
+      </c>
+      <c r="C1366" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3">
+      <c r="A1367" s="1" t="inlineStr">
+        <is>
           <t>9789944691994</t>
         </is>
       </c>
-      <c r="B1359" s="1" t="inlineStr">
+      <c r="B1367" s="1" t="inlineStr">
         <is>
           <t>Ateş Hırsızı’nın Kaçışı</t>
         </is>
       </c>
-      <c r="C1359" s="1">
+      <c r="C1367" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>