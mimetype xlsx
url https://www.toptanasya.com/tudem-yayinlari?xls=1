--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,20530 +85,20680 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253800802</t>
+          <t>9786253800765</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Alfalar X'lere Karşı</t>
+          <t>Ay Vatandaşı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052858950</t>
+          <t>9786253800840</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Okuma Yazma Seti (Kutulu)</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052859698</t>
+          <t>9786052857656</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Okuma Yazma Seti</t>
+          <t>Bu Kitapta Bir Su Aygırı Yok</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253800758</t>
+          <t>9786253800864</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Işıkları: Satı Kadın</t>
+          <t>Hayal Takımı Yağmur Ormanlarında</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253800741</t>
+          <t>9786253800826</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Sıradaki Çocuk</t>
+          <t>Dostum, Denemeye Bak!</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253800673</t>
+          <t>9786253800819</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Omzumdaki Şey</t>
+          <t>Mumut ve Bir Kutu Dostluk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059493765</t>
+          <t>9786253800772</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet -3 (FARE SARAYI)</t>
+          <t>Despero’nun Öyküsü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253800734</t>
+          <t>9786253800796</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Anomali</t>
+          <t>Var Olmamış Bir Okulun Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052852125</t>
+          <t>9786253800697</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2024 Tudem 7. Sınıf Sosyal Bilgiler Kazanım Odaklı HBA</t>
+          <t>Fevkalade Bir Kulak (Sen de Oku)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253800390</t>
+          <t>9786253800727</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kitabı Yazarının Yolculuğu</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253800024</t>
+          <t>9786253800802</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 4 - Gölge</t>
+          <t>Alfalar X'lere Karşı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253800215</t>
+          <t>9786052858950</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pi’ye Yolculuk</t>
+          <t>1. Sınıf Okuma Yazma Seti (Kutulu)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>210</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253800314</t>
+          <t>9786052859698</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hayal Takımı Issız Adada</t>
+          <t>1. Sınıf Okuma Yazma Seti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>195</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253800499</t>
+          <t>9786253800758</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Son Yolculuk</t>
+          <t>Cumhuriyetin İlk Işıkları: Satı Kadın</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253800468</t>
+          <t>9786253800741</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Büyümüş de Küçülmüş</t>
+          <t>Yanlış Sıradaki Çocuk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>8682328733383</t>
+          <t>9786253800673</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot Serisi (6 Kitaplık Set)</t>
+          <t>Omzumdaki Şey</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>850</v>
+        <v>185</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253800291</t>
+          <t>9786059493765</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Veteriner: Örümcek Kuşu Adası</t>
+          <t>Kayıp Kitaplıktaki İskelet -3 (FARE SARAYI)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253800307</t>
+          <t>9786253800734</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İkiz Olmayan İkizler</t>
+          <t>Anomali</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052859667</t>
+          <t>9786052852125</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Ne, Canavar mı?</t>
+          <t>2024 Tudem 7. Sınıf Sosyal Bilgiler Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253800475</t>
+          <t>9786253800390</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Sarı Saçlı Mavi Gözlü</t>
+          <t>Çocuk Kitabı Yazarının Yolculuğu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253800482</t>
+          <t>9786253800024</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Her Kafadan Bir Dilek</t>
+          <t>Zamanın Bekçileri 4 - Gölge</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253800451</t>
+          <t>9786253800215</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Çok Akıllı Tahta</t>
+          <t>Pi’ye Yolculuk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253800444</t>
+          <t>9786253800314</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Robot: Ay'a Uçan Sınıf</t>
+          <t>Hayal Takımı Issız Adada</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253800505</t>
+          <t>9786253800499</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Sınıftaki Robot: Son Yolculuk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052858028</t>
+          <t>9786253800468</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Gün - Sen de Oku</t>
+          <t>Sınıftaki Robot: Büyümüş de Küçülmüş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052857878</t>
+          <t>8682328733383</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Savaş Atı</t>
+          <t>Sınıftaki Robot Serisi (6 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253800222</t>
+          <t>9786253800291</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tuzak</t>
+          <t>Adadaki Veteriner: Örümcek Kuşu Adası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253800284</t>
+          <t>9786253800307</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Savaş Atı (ÇOCUKLAR İÇİN RESİMLİ CİLTLİ)</t>
+          <t>İkiz Olmayan İkizler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253800277</t>
+          <t>9786052859667</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Kilim Hikayesi (Ciltli)</t>
+          <t>Tom Gates - Ne, Canavar mı?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052858622</t>
+          <t>9786253800475</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zamansızlar - Çipdünya</t>
+          <t>Sınıftaki Robot: Sarı Saçlı Mavi Gözlü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253800345</t>
+          <t>9786253800482</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Korkuluk Yapıyor</t>
+          <t>Sınıftaki Robot: Her Kafadan Bir Dilek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253800369</t>
+          <t>9786253800451</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Tarım Yapıyor</t>
+          <t>Sınıftaki Robot: Çok Akıllı Tahta</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253800352</t>
+          <t>9786253800444</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Doktor Oluyor</t>
+          <t>Sınıftaki Robot: Ay'a Uçan Sınıf</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253800376</t>
+          <t>9786253800505</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Kedili Takvim Yapıyor</t>
+          <t>4. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>145</v>
+        <v>490</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253800383</t>
+          <t>9786052858028</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre: Okuma Bayramı</t>
+          <t>Bitmeyen Gün - Sen de Oku</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253800321</t>
+          <t>9786052857878</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Satranç Hakkında Her Şey</t>
+          <t>Savaş Atı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>8682328732928</t>
+          <t>9786253800222</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Dönem Süreç Odaklı Eğitim Seti (6 Parça)</t>
+          <t>Dijital Tuzak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253800338</t>
+          <t>9786253800284</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Valizler Eğleniyor</t>
+          <t>Savaş Atı (ÇOCUKLAR İÇİN RESİMLİ CİLTLİ)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>185</v>
+        <v>420</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253800062</t>
+          <t>9786253800277</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Süreç Odaklı Eğitim Seti</t>
+          <t>Bir Kilim Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253800260</t>
+          <t>9786052858622</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Bir Çare</t>
+          <t>Zamansızlar - Çipdünya</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052859919</t>
+          <t>9786253800345</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Veteriner: Fok Koyu’nda Acil Durum</t>
+          <t>Emre ile Cemre: Korkuluk Yapıyor</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052858516</t>
+          <t>9786253800369</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Ejderhanı Nasıl Dizginlersin?</t>
+          <t>Emre ile Cemre: Tarım Yapıyor</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253800017</t>
+          <t>9786253800352</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Edward Tulane ve Mucizevi Yolculuk (Ciltli)</t>
+          <t>Emre ile Cemre: Doktor Oluyor</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>660</v>
+        <v>145</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052857328</t>
+          <t>9786253800376</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Günlüğün İzinde</t>
+          <t>Emre ile Cemre: Kedili Takvim Yapıyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052855690</t>
+          <t>9786253800383</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik 3 Boyut</t>
+          <t>Emre ile Cemre: Okuma Bayramı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>370</v>
+        <v>145</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944693813</t>
+          <t>9786253800321</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ulus</t>
+          <t>Satranç Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>335</v>
+        <v>330</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>8699237598521</t>
+          <t>8682328732928</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre - İlk Okuma Serisi (10 Kitap Takım)</t>
+          <t>1. Sınıf 2. Dönem Süreç Odaklı Eğitim Seti (6 Parça)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>820</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052855003</t>
+          <t>9786253800338</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2022 - Bir Yıllık Eğlence Defteri</t>
+          <t>Valizler Eğleniyor</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>65</v>
+        <v>185</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052854037</t>
+          <t>9786253800062</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2021 - Bir Yıllık Eğlence Defteri</t>
+          <t>2. Sınıf Süreç Odaklı Eğitim Seti</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>49</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253800185</t>
+          <t>9786253800260</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Taşlı Yokuş Sokak Numara 5</t>
+          <t>Her Şeye Bir Çare</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052855591</t>
+          <t>9786052859919</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Dinamik Soru Bankası</t>
+          <t>Adadaki Veteriner: Fok Koyu’nda Acil Durum</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>279</v>
+        <v>185</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052858776</t>
+          <t>9786052858516</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Geceden Kaçış</t>
+          <t>Öfkeli Ejderhanı Nasıl Dizginlersin?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052858738</t>
+          <t>9786253800017</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Tatil Kitabım 5. Sınıfa Geçenler İçin</t>
+          <t>Edward Tulane ve Mucizevi Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>660</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059153461</t>
+          <t>9786052857328</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Saat Canavarı</t>
+          <t>Kayıp Günlüğün İzinde</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>169</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052859834</t>
+          <t>9786052855690</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Dönem Süreç Odaklı Hayat Bilgisi</t>
+          <t>2. Sınıf Matematik 3 Boyut</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052859636</t>
+          <t>9789944693813</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Sihirli Kristal</t>
+          <t>Ulus</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052859995</t>
+          <t>8699237598521</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Lenny Lemmon ve Kırıntı Her Yerde!</t>
+          <t>Emre ile Cemre - İlk Okuma Serisi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>820</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052858653</t>
+          <t>9786052855003</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anne, Ben Kelebek Oldum!</t>
+          <t>Majanda 2022 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>65</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052859964</t>
+          <t>9786052854037</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yuan Huan’ın Kulübesi (Ciltli)</t>
+          <t>Majanda 2021 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>49</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052859902</t>
+          <t>9786253800185</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Veteriner: Korsanlar ve Deniz Canavarları</t>
+          <t>Taşlı Yokuş Sokak Numara 5</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253800000</t>
+          <t>9786052855591</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sular Altında</t>
+          <t>2. Sınıf Matematik Dinamik Soru Bankası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>279</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052856918</t>
+          <t>9786052858776</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Film İcabı</t>
+          <t>Geceden Kaçış</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052859926</t>
+          <t>9786052858738</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şenlik Ailesi: Bu Evde Çok İş Var!</t>
+          <t>4. Sınıf Tatil Kitabım 5. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052856871</t>
+          <t>9786059153461</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zaman Ustası</t>
+          <t>Saat Canavarı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>169</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052859490</t>
+          <t>9786052859834</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Her Şeyi Bilir (Ciltli)</t>
+          <t>1. Sınıf 2. Dönem Süreç Odaklı Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052859940</t>
+          <t>9786052859636</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Okul Bahçesinde Hazine Avı</t>
+          <t>Marvin Redpost: Sihirli Kristal</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052859896</t>
+          <t>9786052859995</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bayan Ciyakciyak (Sen De Oku)</t>
+          <t>Lenny Lemmon ve Kırıntı Her Yerde!</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052856673</t>
+          <t>9786052858653</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Battaniyesi</t>
+          <t>Anne, Ben Kelebek Oldum!</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052856680</t>
+          <t>9786052859964</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gezginler Okulu</t>
+          <t>Yuan Huan’ın Kulübesi (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052856901</t>
+          <t>9786052859902</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gemideki Cesur Ses</t>
+          <t>Adadaki Veteriner: Korsanlar ve Deniz Canavarları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052859988</t>
+          <t>9786253800000</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Doğa Bizi Mutlu Eder mi?</t>
+          <t>Dünya Sular Altında</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052859971</t>
+          <t>9786052856918</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Doğa Nedir?</t>
+          <t>Film İcabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052855096</t>
+          <t>9786052859926</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kulak Vakası</t>
+          <t>Şenlik Ailesi: Bu Evde Çok İş Var!</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052856895</t>
+          <t>9786052856871</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Frida’nın Kanatları</t>
+          <t>Zaman Ustası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052858189</t>
+          <t>9786052859490</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Kuş Doktoru</t>
+          <t>Kuşlar Her Şeyi Bilir (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052858165</t>
+          <t>9786052859940</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Sağım Solum Kedi</t>
+          <t>Okul Bahçesinde Hazine Avı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>8682328731907</t>
+          <t>9786052859896</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık Serisi (5 Kitaplık Set)</t>
+          <t>Bayan Ciyakciyak (Sen De Oku)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>530</v>
+        <v>160</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052850442</t>
+          <t>9786052856673</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Türkçe Kazanım Odaklı Soru Bankası</t>
+          <t>Mutluluk Battaniyesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052851302</t>
+          <t>9786052856680</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf English Subject Oriented Test Book</t>
+          <t>Gezginler Okulu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>99</v>
+        <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052853528</t>
+          <t>9786052856901</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik Kazanım Odaklı Soru Bankası</t>
+          <t>Gemideki Cesur Ses</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>99</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052856727</t>
+          <t>9786052859988</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Asistanın İsyanı</t>
+          <t>Doğa Bizi Mutlu Eder mi?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>109</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052850824</t>
+          <t>9786052859971</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Kazanım Odaklı HBA</t>
+          <t>Doğa Nedir?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052852460</t>
+          <t>9786052855096</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
+          <t>Kayıp Kulak Vakası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>76</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052851647</t>
+          <t>9786052856895</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Tüm Dersler Sayısal Soru Bankası</t>
+          <t>Frida’nın Kanatları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052850534</t>
+          <t>9786052858189</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Türkçe Kazanım Odaklı HBA</t>
+          <t>Kıvırcık ile Pıtırcık - Kuş Doktoru</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>49</v>
+        <v>145</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052851265</t>
+          <t>9786052858165</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik Kazanım Odaklı HBA</t>
+          <t>Kıvırcık ile Pıtırcık - Sağım Solum Kedi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>43</v>
+        <v>145</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052853498</t>
+          <t>8682328731907</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tatil Kitabım</t>
+          <t>Kıvırcık ile Pıtırcık Serisi (5 Kitaplık Set)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>239</v>
+        <v>530</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052853511</t>
+          <t>9786052850442</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf Tatil Kitabım</t>
+          <t>8. Sınıf Türkçe Kazanım Odaklı Soru Bankası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>229</v>
+        <v>45</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052856123</t>
+          <t>9786052851302</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Benim Duvardan Farkım Ne?</t>
+          <t>4. Sınıf English Subject Oriented Test Book</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>185</v>
+        <v>99</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052856109</t>
+          <t>9786052853528</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çok İlginç Bir Haberim Var</t>
+          <t>2. Sınıf Matematik Kazanım Odaklı Soru Bankası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>65</v>
+        <v>99</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052852866</t>
+          <t>9786052856727</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Futboldan Anlamıyor (5. Kitap)</t>
+          <t>Asistanın İsyanı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>57</v>
+        <v>109</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>8699237598767</t>
+          <t>9786052850824</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati'nin Serüvenleri (5 Kİtap Takım)</t>
+          <t>4. Sınıf Matematik Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>55</v>
+        <v>99</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052031889</t>
+          <t>9786052852460</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sanal Zombi Anneannem</t>
+          <t>7. Sınıf Tüm Dersler Soru Bankası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>39</v>
+        <v>76</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944691871</t>
+          <t>9786052851647</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen 2 - Ertesi Gün</t>
+          <t>8. Sınıf Tüm Dersler Sayısal Soru Bankası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>69</v>
+        <v>199</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052031346</t>
+          <t>9786052850534</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 8 - Kermeste</t>
+          <t>7. Sınıf Türkçe Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>69</v>
+        <v>49</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052852705</t>
+          <t>9786052851265</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Majanda 2020 - Bir Yıllık Eğlence Defteri</t>
+          <t>3. Sınıf Matematik Kazanım Odaklı HBA</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>8699237599108</t>
+          <t>9786052853498</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kapiland Üçlemesi (3 Kitap Kutulu)</t>
+          <t>3. Sınıf Tatil Kitabım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>74</v>
+        <v>239</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052850404</t>
+          <t>9786052853511</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Oyunu - Spor Gezginleri 1</t>
+          <t>1. Sınıf Tatil Kitabım</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>69</v>
+        <v>229</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944697675</t>
+          <t>9786052856123</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bol Bel'in İnanılmaz Serüvenleri 2</t>
+          <t>Benim Duvardan Farkım Ne?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>35</v>
+        <v>185</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052851630</t>
+          <t>9786052856109</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yüz - Özgür Çocuklar 2</t>
+          <t>Çok İlginç Bir Haberim Var</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>139</v>
+        <v>65</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789944699471</t>
+          <t>9786052852866</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Gerçekten İnanılmaz</t>
+          <t>Haylaz Adam Futboldan Anlamıyor (5. Kitap)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>21.3</v>
+        <v>57</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944698634</t>
+          <t>8699237598767</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Rico ve Oskar 3 : Çalıntı Taş</t>
+          <t>Haylaz Pati'nin Serüvenleri (5 Kİtap Takım)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>21</v>
+        <v>55</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944698627</t>
+          <t>9786052031889</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dalgakıran</t>
+          <t>Sanal Zombi Anneannem</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>21</v>
+        <v>39</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944697637</t>
+          <t>9789944691871</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bayan Pimpirik</t>
+          <t>Yalınayak Gen 2 - Ertesi Gün</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>14</v>
+        <v>69</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944697712</t>
+          <t>9786052031346</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Johnny ve Bomba</t>
+          <t>Emre ile Cemre 8 - Kermeste</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>17</v>
+        <v>69</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944697163</t>
+          <t>9786052852705</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eyfel’i Kim Yedi?</t>
+          <t>Majanda 2020 - Bir Yıllık Eğlence Defteri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>22</v>
+        <v>45</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789944697705</t>
+          <t>8699237599108</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben Tatildeyiz</t>
+          <t>Kapiland Üçlemesi (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>15</v>
+        <v>74</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944698559</t>
+          <t>9786052850404</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Parlak Fikirler</t>
+          <t>Kaçış Oyunu - Spor Gezginleri 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>22.22</v>
+        <v>69</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789944697873</t>
+          <t>9789944697675</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gencim Güzelim Tehlikeliyim</t>
+          <t>Bol Bel'in İnanılmaz Serüvenleri 2</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944692489</t>
+          <t>9786052851630</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Zizi’nin Düşleri (Ciltli)</t>
+          <t>Yeni Bir Yüz - Özgür Çocuklar 2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>14</v>
+        <v>139</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944691284</t>
+          <t>9789944699471</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 1 - Anılan</t>
+          <t>Tom Gates Gerçekten İnanılmaz</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>22</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944692946</t>
+          <t>9789944698634</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri - Anahtar</t>
+          <t>Rico ve Oskar 3 : Çalıntı Taş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944691970</t>
+          <t>9789944698627</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri - Karanlık</t>
+          <t>Dalgakıran</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944693912</t>
+          <t>9789944697637</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zaman Büyücüleri</t>
+          <t>Bayan Pimpirik</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944691352</t>
+          <t>9789944697712</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Zaman - Keşif Zamanı (Ciltli)</t>
+          <t>Johnny ve Bomba</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>12.96</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944690676</t>
+          <t>9789944697163</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Güzeli</t>
+          <t>Eyfel’i Kim Yedi?</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>7.41</v>
+        <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944694599</t>
+          <t>9789944697705</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Anahtar</t>
+          <t>İgi ve Ben Tatildeyiz</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789758275380</t>
+          <t>9789944698559</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Yavru Kuşlar 5</t>
+          <t>Tom Gates - Parlak Fikirler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>2.59</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758275342</t>
+          <t>9789944697873</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Sokak Köpeği 1</t>
+          <t>Gencim Güzelim Tehlikeliyim</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>2.59</v>
+        <v>45</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789758275373</t>
+          <t>9789944692489</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Depremzedeler 4</t>
+          <t>Zizi’nin Düşleri (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>2.59</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789758275366</t>
+          <t>9789944691284</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Çevreci Hüsnü Bey 3</t>
+          <t>Zamanın Bekçileri 1 - Anılan</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>2.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758275359</t>
+          <t>9789944692946</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yeşim ile Aranan Hırsız 2</t>
+          <t>Zamanın Bekçileri - Anahtar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>2.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789758275410</t>
+          <t>9789944691970</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yeşim 8 Yeşim İle Kaçak Çocuk</t>
+          <t>Zamanın Bekçileri - Karanlık</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>2.59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758275403</t>
+          <t>9789944693912</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yeşim 7 Yeşim İle Bisiklet Yarışçıları</t>
+          <t>Zaman Büyücüleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>2.59</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758275397</t>
+          <t>9789944691352</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yeşim 6 Yeşim İle Kartopu Savaşcıları</t>
+          <t>Zaman - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>2.59</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944695107</t>
+          <t>9789944690676</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Erkek Kitabı</t>
+          <t>Yıldız Güzeli</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944691208</t>
+          <t>9789944694599</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Gözcüsü</t>
+          <t>Yıldırım Anahtar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>6.48</v>
+        <v>19</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3990000013677</t>
+          <t>9789758275380</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yengeç ile Kızı</t>
+          <t>Yeşim ile Yavru Kuşlar 5</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>5.19</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944690287</t>
+          <t>9789758275342</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yemek Zamanı</t>
+          <t>Yeşim ile Sokak Köpeği 1</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>7.87</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756451038</t>
+          <t>9789758275373</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yazgısını Değiştiren Çocuk</t>
+          <t>Yeşim ile Depremzedeler 4</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>2.78</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944696111</t>
+          <t>9789758275366</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kampı</t>
+          <t>Yeşim ile Çevreci Hüsnü Bey 3</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>109</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944691857</t>
+          <t>9789758275359</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yaz Çırakları</t>
+          <t>Yeşim ile Aranan Hırsız 2</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>11.11</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944694803</t>
+          <t>9789758275410</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Tehlikelidir</t>
+          <t>Yeşim 8 Yeşim İle Kaçak Çocuk</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>34</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944693783</t>
+          <t>9789758275403</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Geçidi</t>
+          <t>Yeşim 7 Yeşim İle Bisiklet Yarışçıları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>21</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756451236</t>
+          <t>9789758275397</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yarım Leblebi</t>
+          <t>Yeşim 6 Yeşim İle Kartopu Savaşcıları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>2.78</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944692250</t>
+          <t>9789944695107</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yalınayak Gen Bombadan Sonra 3. Kitap</t>
+          <t>Yenilmez Erkek Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944693547</t>
+          <t>9789944691208</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yalanım Varsa Ajan Olayım</t>
+          <t>Yıldız Gözcüsü</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>19</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944696272</t>
+          <t>3990000013677</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>WondLa - Arayış</t>
+          <t>Yengeç ile Kızı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>28</v>
+        <v>5.19</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944695268</t>
+          <t>9789944690287</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Vilma Bastıbacak ve Donmuş Kalpler Davası (Ciltli)</t>
+          <t>Yemek Zamanı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>14.81</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756451816</t>
+          <t>9789756451038</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ülkenin Renkleri</t>
+          <t>Yazgısını Değiştiren Çocuk</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>10.19</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789759081263</t>
+          <t>9789944696111</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Uzay (Ciltli)</t>
+          <t>Yaz Kampı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>9.26</v>
+        <v>109</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944691420</t>
+          <t>9789944691857</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İstemiyorum (Ciltli)</t>
+          <t>Yaz Çırakları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944694568</t>
+          <t>9789944694803</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Gelen Çiçek</t>
+          <t>Yaşam Tehlikelidir</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>10</v>
+        <v>34</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944693295</t>
+          <t>9789944693783</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Uç Uç Beneğim</t>
+          <t>Yıldız Geçidi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>7</v>
+        <v>21</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944691864</t>
+          <t>9789756451236</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ucubeler Sirki</t>
+          <t>Yarım Leblebi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>75</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789944695053</t>
+          <t>9789944692250</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Türküler ve Maniler</t>
+          <t>Yalınayak Gen Bombadan Sonra 3. Kitap</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>10</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944694162</t>
+          <t>9789944693547</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tomurcuk Ve Pembe Kedi Altın Peşinde</t>
+          <t>Yalanım Varsa Ajan Olayım</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944693394</t>
+          <t>9789944696272</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tiyatronun Büyüsü</t>
+          <t>WondLa - Arayış</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>7</v>
+        <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3990000014973</t>
+          <t>9789944695268</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tipi</t>
+          <t>Vilma Bastıbacak ve Donmuş Kalpler Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>3.7</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944691710</t>
+          <t>9789756451816</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Teneke Kutular</t>
+          <t>Ülkenin Renkleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>14.81</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789759081003</t>
+          <t>9789759081263</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Teneke Kaplı İvan</t>
+          <t>Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944692397</t>
+          <t>9789944691420</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tekboynuzlara İnanıyorum (Ciltli)</t>
+          <t>Uyumak İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789944694391</t>
+          <t>9789944694568</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Adası’nın Sihirbazı</t>
+          <t>Uykusu Gelen Çiçek</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944694674</t>
+          <t>9789944693295</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tatil Köyünün Çocukları</t>
+          <t>Uç Uç Beneğim</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>7.41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756451809</t>
+          <t>9789944691864</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Trenler Ne Güzeldir</t>
+          <t>Ucubeler Sirki</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>9.26</v>
+        <v>75</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944691932</t>
+          <t>9789944695053</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Taşıtlar</t>
+          <t>Türküler ve Maniler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944691895</t>
+          <t>9789944694162</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bir Şey Öğretmez Bize</t>
+          <t>Tomurcuk Ve Pembe Kedi Altın Peşinde</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789944690362</t>
+          <t>9789944693394</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi’ni Bildiğini mi Sanıyorsun?</t>
+          <t>Tiyatronun Büyüsü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>9.26</v>
+        <v>7</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944693141</t>
+          <t>3990000014973</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Nasrettin Hoca</t>
+          <t>Tipi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>10.19</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789944693073</t>
+          <t>9789944691710</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Ezop Masalları</t>
+          <t>Teneke Kutular</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944693202</t>
+          <t>9789759081003</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Andersen Masalları</t>
+          <t>Teneke Kaplı İvan</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944695640</t>
+          <t>9789944692397</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şiir Saldım Gökyüzüne</t>
+          <t>Tekboynuzlara İnanıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>99</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944695800</t>
+          <t>9789944694391</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Şafak Katilleri</t>
+          <t>Tavşan Adası’nın Sihirbazı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>75</v>
+        <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944692991</t>
+          <t>9789944694674</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şafak Feneri</t>
+          <t>Tatil Köyünün Çocukları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>20.37</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789759081713</t>
+          <t>9789756451809</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 8 Yaş ve Üstü</t>
+          <t>Trenler Ne Güzeldir</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789759081706</t>
+          <t>9789944691932</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 6 Yaş ve Üstü</t>
+          <t>Benim Dünyam - Taşıtlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>6.94</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789759081720</t>
+          <t>9789944691895</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 10 Yaş ve Üstü</t>
+          <t>Tarih Bir Şey Öğretmez Bize</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789944695084</t>
+          <t>9789944690362</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Su İçinde Su</t>
+          <t>Talihsiz Serüvenler Dizisi’ni Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789944694575</t>
+          <t>9789944693141</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Stravaganza Çiçekler Şehri</t>
+          <t>Şiirlerle Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>24</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944692953</t>
+          <t>9789944693073</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Stravaganza - Yıldızlar Şehri</t>
+          <t>Şiirlerle Ezop Masalları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>24</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756451915</t>
+          <t>9789944693202</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sözsüz Sevgi</t>
+          <t>Şiirlerle Andersen Masalları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>5.09</v>
+        <v>11</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944690317</t>
+          <t>9789944695640</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sözcükler</t>
+          <t>Şiir Saldım Gökyüzüne</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>9.26</v>
+        <v>99</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944693059</t>
+          <t>9789944695800</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Sihirbazı (Ciltli)</t>
+          <t>Şafak Katilleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>13.89</v>
+        <v>75</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944691345</t>
+          <t>9789944692991</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Su - Keşif Zamanı (Ciltli)</t>
+          <t>Şafak Feneri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944692199</t>
+          <t>9789759081713</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Stravaganza-Maskeler Şehri</t>
+          <t>Sudoku 8 Yaş ve Üstü</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>22</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789944690263</t>
+          <t>9789759081706</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Vücudum</t>
+          <t>Sudoku 6 Yaş ve Üstü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>12.04</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944690386</t>
+          <t>9789759081720</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi’ni Bildiğini mi Sanıyorsun?</t>
+          <t>Sudoku 10 Yaş ve Üstü</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789758275328</t>
+          <t>9789944695084</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yolum Düştü Amerikaya</t>
+          <t>Su İçinde Su</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>7.87</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944693684</t>
+          <t>9789944694575</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk (Ciltli)</t>
+          <t>Stravaganza Çiçekler Şehri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>13.89</v>
+        <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944697811</t>
+          <t>9789944692953</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Genç Sherlock Holmes: Kırmızı Sülük</t>
+          <t>Stravaganza - Yıldızlar Şehri</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944697354</t>
+          <t>9789756451915</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Test Dergisi ( 8'li Set )</t>
+          <t>Sözsüz Sevgi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>79.21</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944697347</t>
+          <t>9789944690317</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Test Dergisi ( 8'li Set )</t>
+          <t>Sözcükler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>69.31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944697187</t>
+          <t>9789944693059</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gelin Çocuklar Birlikte Düşünelim</t>
+          <t>Sözcük Sihirbazı (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>45</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944697774</t>
+          <t>9789944691345</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Wondla - Kahraman</t>
+          <t>Su - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>28</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944697217</t>
+          <t>9789944692199</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Okula Dönüş</t>
+          <t>Stravaganza-Maskeler Şehri</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>23.15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944697507</t>
+          <t>9789944690263</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
+          <t>Vücudum</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>79.21</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944697491</t>
+          <t>9789944690386</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
+          <t>Yüzüklerin Efendisi’ni Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>69.31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944697460</t>
+          <t>9789758275328</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Matematik Test Dergisi (8'li Set)</t>
+          <t>Yolum Düştü Amerikaya</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>46.3</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944697477</t>
+          <t>9789944693684</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf T.C. İnkilap Tarihi ve Atatürkçülük Test Dergisi (8'li Set)</t>
+          <t>Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>46.3</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789944697408</t>
+          <t>9789944697811</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
+          <t>Genç Sherlock Holmes: Kırmızı Sülük</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>49.5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944697415</t>
+          <t>9789944697354</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Matematik Test Dergisi (8'li Set)</t>
+          <t>4. Sınıf Test Dergisi ( 8'li Set )</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>49.5</v>
+        <v>79.21</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944697361</t>
+          <t>9789944697347</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
+          <t>3. Sınıf Test Dergisi ( 8'li Set )</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>39.6</v>
+        <v>69.31</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944697378</t>
+          <t>9789944697187</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik Test Dergisi (8'li Set)</t>
+          <t>Gelin Çocuklar Birlikte Düşünelim</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>39.6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052851579</t>
+          <t>9789944697774</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Havuzda Tek Başına - Sen de Oku</t>
+          <t>Wondla - Kahraman</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052031438</t>
+          <t>9789944697217</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yokyüzler 1 - İkiz Gezegenler</t>
+          <t>Okula Dönüş</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>149</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052031797</t>
+          <t>9789944697507</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Berber Masalı</t>
+          <t>4. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>42</v>
+        <v>79.21</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059619790</t>
+          <t>9789944697491</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen Bilimleri Yaprak Test</t>
+          <t>3. Sınıf Etkinlik Ölçme ve Değerlendirme Dergisi Seti ( 8'li )</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>10.19</v>
+        <v>69.31</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059604963</t>
+          <t>9789944697460</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 1 - Anılan (Ciltli)</t>
+          <t>8. Sınıf Matematik Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>125</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059667074</t>
+          <t>9789944697477</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Uzay Güzeli</t>
+          <t>8. Sınıf T.C. İnkilap Tarihi ve Atatürkçülük Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>15</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944699822</t>
+          <t>9789944697408</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Gizli Sığınak</t>
+          <t>7. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>11.11</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059153683</t>
+          <t>9789944697415</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl İş? - Acayip Bir Okul Macerası</t>
+          <t>7. Sınıf Matematik Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>89</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944699228</t>
+          <t>9789944697361</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Karbon Günlükleri 2017</t>
+          <t>6. Sınıf Fen Ve Teknoloji Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>63</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789944699334</t>
+          <t>9789944697378</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kibele'nin Gölgesinde</t>
+          <t>6. Sınıf Matematik Test Dergisi (8'li Set)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>19</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>8699237595162</t>
+          <t>9786052851579</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri Üçlemesi (3 Kitap Takım)</t>
+          <t>Havuzda Tek Başına - Sen de Oku</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>60.19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944699365</t>
+          <t>9786052031438</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kim</t>
+          <t>Yokyüzler 1 - İkiz Gezegenler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944697859</t>
+          <t>9786052031797</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - Buzlar Prensesi</t>
+          <t>Berber Masalı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944697095</t>
+          <t>9786059619790</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf 8 Adet Çözümlü Deneme Sınavı</t>
+          <t>5. Sınıf Fen Bilimleri Yaprak Test</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>16.2</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944697842</t>
+          <t>9786059604963</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler Nasıl Eğitilir?</t>
+          <t>Zamanın Bekçileri 1 - Anılan (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>22</v>
+        <v>125</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9799758275662</t>
+          <t>9786059667074</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Canım Kardeşim</t>
+          <t>Uzay Güzeli</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>3.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944694445</t>
+          <t>9789944699822</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Büyüyor Muyum Ne</t>
+          <t>Bay Çiklet ve Gizli Sığınak</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789756451212</t>
+          <t>9786059153683</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Sofra</t>
+          <t>Bu Nasıl İş? - Acayip Bir Okul Macerası</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>2.78</v>
+        <v>89</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944692878</t>
+          <t>9789944699228</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Bahçe (Ciltli)</t>
+          <t>Karbon Günlükleri 2017</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>14</v>
+        <v>63</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789759081409</t>
+          <t>9789944699334</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Büyü Bilimi (Ciltli)</t>
+          <t>Kibele'nin Gölgesinde</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>46.3</v>
+        <v>19</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944692267</t>
+          <t>8699237595162</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Burada Ejderhalar Yaşar</t>
+          <t>Zamanın Bekçileri Üçlemesi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>21</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944692243</t>
+          <t>9789944699365</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bulut Ana Yağmur Kız</t>
+          <t>Acaba Kim</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>6.48</v>
+        <v>179</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944691376</t>
+          <t>9789944697859</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bitki - Keşif Zamanı (Ciltli)</t>
+          <t>Sarışın Jane - Buzlar Prensesi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>13.89</v>
+        <v>14</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944694650</t>
+          <t>9789944697095</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşamak Nedir?</t>
+          <t>5. Sınıf 8 Adet Çözümlü Deneme Sınavı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>24</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789759081348</t>
+          <t>9789944697842</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bir Sayı Düşün (Ciltli)</t>
+          <t>Ebeveynler Nasıl Eğitilir?</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>18.52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944695046</t>
+          <t>9799758275662</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler Ninniler Tekerlemeler</t>
+          <t>Canım Kardeşim</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>9.26</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944695701</t>
+          <t>9789944694445</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Nedir?</t>
+          <t>Büyüyor Muyum Ne</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758275496</t>
+          <t>9789756451212</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 8 Taşıt Bilmeceleri</t>
+          <t>Büyülü Sofra</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>1.67</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789758275441</t>
+          <t>9789944692878</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 6 Organ Bilmeceleri</t>
+          <t>Büyülü Bahçe (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>1.67</v>
+        <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789758275427</t>
+          <t>9789759081409</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 5 Giyecek Bilmeceleri</t>
+          <t>Büyü Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>1.67</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789758275465</t>
+          <t>9789944692267</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 4 Meyve Bilmeceleri</t>
+          <t>Burada Ejderhalar Yaşar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1.67</v>
+        <v>21</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789758275472</t>
+          <t>9789944692243</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 3 Sebze Bilmeceleri</t>
+          <t>Bulut Ana Yağmur Kız</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>1.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>3990000014839</t>
+          <t>9789944691376</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 2 Doğa Bilmeceleri</t>
+          <t>Bitki - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>1.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789758275489</t>
+          <t>9789944694650</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bil Boya Eğlenceli Bilmece Boyamaca 1 Hayvan Bilmeceleri</t>
+          <t>Birlikte Yaşamak Nedir?</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>1.67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755872872</t>
+          <t>9789759081348</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Seni Ne Kadar Seviyorum? (Ciltli)</t>
+          <t>Bir Sayı Düşün (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>49</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944693608</t>
+          <t>9789944695046</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi İflas Ettiren Şaşırtmacalar</t>
+          <t>Bilmeceler Ninniler Tekerlemeler</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944693974</t>
+          <t>9789944695701</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Beynini Tanı</t>
+          <t>Bilgi Nedir?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>12.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944693967</t>
+          <t>9789758275496</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Beynimi Suçla</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 8 Taşıt Bilmeceleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>12.04</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944692472</t>
+          <t>9789758275441</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim (Ciltli)</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 6 Organ Bilmeceleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>13.89</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944692083</t>
+          <t>9789758275427</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Benim Minik Kırmızı Balığım (Ciltli)</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 5 Giyecek Bilmeceleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>13.89</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944693530</t>
+          <t>9789758275465</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Benim Kendimin Sözlüğü</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 4 Meyve Bilmeceleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>10</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756451434</t>
+          <t>9789758275472</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Benim De Annem Olur Musun?</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 3 Sebze Bilmeceleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>4.17</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789759081355</t>
+          <t>3990000014839</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Beni Ben Yapan Ne? (Ciltli)</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 2 Doğa Bilmeceleri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>18.52</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944693226</t>
+          <t>9789758275489</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölmeden Önce</t>
+          <t>Bil Boya Eğlenceli Bilmece Boyamaca 1 Hayvan Bilmeceleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>21</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789944693363</t>
+          <t>9789755872872</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Bil Bakalım Seni Ne Kadar Seviyorum? (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>24</v>
+        <v>49</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789758275717</t>
+          <t>9789944693608</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ben Çocuğum</t>
+          <t>Beyninizi İflas Ettiren Şaşırtmacalar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789944692762</t>
+          <t>9789944693974</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet Ve Milyarder Bisküvi</t>
+          <t>Beynini Tanı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789944696197</t>
+          <t>9789944693967</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Kiraz Ağacı</t>
+          <t>Beynimi Suçla</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789944693721</t>
+          <t>9789944692472</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet Ve Güç Kristalleri</t>
+          <t>Beşinci Mevsim (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789944693714</t>
+          <t>9789944692083</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Gulyabaniler</t>
+          <t>Benim Minik Kırmızı Balığım (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944694988</t>
+          <t>9789944693530</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bay Çiklet ve Dans Eden Ayı</t>
+          <t>Benim Kendimin Sözlüğü</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>11.11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789944690294</t>
+          <t>9789756451434</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Banyo Zamanı</t>
+          <t>Benim De Annem Olur Musun?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>9.26</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789944692793</t>
+          <t>9789759081355</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bana Parayı Göster! (Ciltli)</t>
+          <t>Beni Ben Yapan Ne? (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944696081</t>
+          <t>9789944693226</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bakboklar - 1</t>
+          <t>Ben Ölmeden Önce</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>18.52</v>
+        <v>21</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789944695312</t>
+          <t>9789944693363</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan Köstebek ve Uçan Karınca Kıvırcık</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>9.26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944691253</t>
+          <t>9789758275717</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ayrılıktan Çok Aşktan Fazla</t>
+          <t>Ben Çocuğum</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>17</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789944692274</t>
+          <t>9789944692762</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Dünyalar</t>
+          <t>Bay Çiklet Ve Milyarder Bisküvi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>99</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944694872</t>
+          <t>9789944696197</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Oyuncaklar</t>
+          <t>Bay Çiklet ve Kiraz Ağacı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>9</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944690348</t>
+          <t>9789944693721</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum Şekiller</t>
+          <t>Bay Çiklet Ve Güç Kristalleri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789944690355</t>
+          <t>9789944693714</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum Renkler (Ciltli)</t>
+          <t>Bay Çiklet ve Gulyabaniler</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789944694148</t>
+          <t>9789944694988</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum - Sayılar</t>
+          <t>Bay Çiklet ve Dans Eden Ayı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789944694131</t>
+          <t>9789944690294</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık’la Öğreniyorum - Boyutlar (Ciltli)</t>
+          <t>Banyo Zamanı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789756451885</t>
+          <t>9789944692793</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yavrusunun Uykusu Nereye Kaçtı? (Ciltli)</t>
+          <t>Bana Parayı Göster! (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>13.89</v>
+        <v>19</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789944692908</t>
+          <t>9789944696081</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ay Gözü</t>
+          <t>Bakboklar - 1</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>16</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789944694773</t>
+          <t>9789944695312</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kalır</t>
+          <t>Bahçıvan Köstebek ve Uçan Karınca Kıvırcık</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789944691741</t>
+          <t>9789944691253</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Aslı’yı Bekleyen Elma</t>
+          <t>Ayrılıktan Çok Aşktan Fazla</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>8.33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789944691215</t>
+          <t>9789944692274</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mercek Altında Arkeoloji (Ciltli)</t>
+          <t>Ayrı Dünyalar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>9.26</v>
+        <v>99</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789944696326</t>
+          <t>9789944694872</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Nasreddin Hoca</t>
+          <t>Aykırı Oyuncaklar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>17.59</v>
+        <v>9</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789759081041</t>
+          <t>9789944690348</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Horoz Leylek ve Diğerleri</t>
+          <t>Ayıcık’la Öğreniyorum Şekiller</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789756451144</t>
+          <t>9789944690355</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Kulaklar</t>
+          <t>Ayıcık’la Öğreniyorum Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>2.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789944690591</t>
+          <t>9789944694148</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan (Ciltli)</t>
+          <t>Ayıcık’la Öğreniyorum - Sayılar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>14</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789944690584</t>
+          <t>9789944694131</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Antik Roma (Ciltli)</t>
+          <t>Ayıcık’la Öğreniyorum - Boyutlar (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>14</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789756451694</t>
+          <t>9789756451885</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Annem Babam Okul 1 İncisi</t>
+          <t>Ayı Yavrusunun Uykusu Nereye Kaçtı? (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944690416</t>
+          <t>9789944692908</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Ama Bonbon!</t>
+          <t>Ay Gözü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>13.89</v>
+        <v>16</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789944691628</t>
+          <t>9789944694773</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Altın Avcıları Plajda</t>
+          <t>Aşk Kalır</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>169</v>
+        <v>14</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789758275892</t>
+          <t>9789944691741</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Eşyaları</t>
+          <t>Aslı’yı Bekleyen Elma</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>2.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789758275908</t>
+          <t>9789944691215</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Bir Günü</t>
+          <t>Mercek Altında Arkeoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944690256</t>
+          <t>9789944696326</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ali Şimdi Nerede? (Ciltli)</t>
+          <t>Arkadaşım Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944690249</t>
+          <t>9789759081041</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ali Nerede? (Ciltli)</t>
+          <t>Arkadaşım Horoz Leylek ve Diğerleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>15.74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789756451120</t>
+          <t>9789756451144</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ali ile Küçük Fidan</t>
+          <t>Arkadaş Kulaklar</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>3990000012994</t>
+          <t>9789944690591</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ali Besinler Ülkesinde</t>
+          <t>Antik Yunan (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>2.78</v>
+        <v>14</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789944690669</t>
+          <t>9789944690584</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Alakanat</t>
+          <t>Antik Roma (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>7.41</v>
+        <v>14</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944695336</t>
+          <t>9789756451694</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Akşam Yemekte Ne Var Bay Çiklet?</t>
+          <t>Annem Babam Okul 1 İncisi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789944696982</t>
+          <t>9789944690416</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 1</t>
+          <t>Ama Bonbon!</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944691888</t>
+          <t>9789944691628</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Aileni Seç</t>
+          <t>Altın Avcıları Plajda</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>17</v>
+        <v>169</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944693592</t>
+          <t>9789758275892</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Afallatan Akıl Karıştırmacalar</t>
+          <t>Ali’nin Eşyaları</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789944691444</t>
+          <t>9789758275908</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş İstiyorum (Ciltli)</t>
+          <t>Ali’nin Bir Günü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789944695688</t>
+          <t>9789944690256</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Adamı Zorla Cadı Yaparlar</t>
+          <t>Ali Şimdi Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>18</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789944696302</t>
+          <t>9789944690249</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Adada Bir Yabancı</t>
+          <t>Ali Nerede? (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944696579</t>
+          <t>9789756451120</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>101 Yanıltmaca</t>
+          <t>Ali ile Küçük Fidan</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>14.81</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789944696487</t>
+          <t>3990000012994</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>101 Tekerleme</t>
+          <t>Ali Besinler Ülkesinde</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>14.81</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789944692229</t>
+          <t>9789944690669</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalanlar</t>
+          <t>Alakanat</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>14</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789944691185</t>
+          <t>9789944695336</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Adli Bilimler (Ciltli)</t>
+          <t>Akşam Yemekte Ne Var Bay Çiklet?</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944692687</t>
+          <t>9789944696982</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Uzay (Ciltli)</t>
+          <t>Akıl Oyunları 1</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789944692694</t>
+          <t>9789944691888</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Tarih Öncesi Yaşam (Ciltli)</t>
+          <t>Aileni Seç</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>15.74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789759081812</t>
+          <t>9789944693592</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Okyanuslar (Ciltli)</t>
+          <t>Afallatan Akıl Karıştırmacalar</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789759081782</t>
+          <t>9789944691444</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Kaşifler (Ciltli)</t>
+          <t>Arkadaş İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789756451960</t>
+          <t>9789944695688</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda İcatlar (Ciltli)</t>
+          <t>Adamı Zorla Cadı Yaparlar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>6.48</v>
+        <v>18</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789759081805</t>
+          <t>9789944696302</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Hava (Ciltli)</t>
+          <t>Adada Bir Yabancı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789756451946</t>
+          <t>9789944696579</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Gezegenimiz Dünya (Ciltli)</t>
+          <t>101 Yanıltmaca</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789756451939</t>
+          <t>9789944696487</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Dünya Harikaları (Ciltli)</t>
+          <t>101 Tekerleme</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>6.48</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789756451953</t>
+          <t>9789944692229</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Bilim (Ciltli)</t>
+          <t>Arada Kalanlar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789759081799</t>
+          <t>9789944691185</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>100 Adımda Antik Roma (Ciltli)</t>
+          <t>Adli Bilimler (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789944694230</t>
+          <t>9789944692687</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>YGS - Tarih</t>
+          <t>100 Adımda Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>16.67</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789944694117</t>
+          <t>9789944692694</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>YGS - Matematik</t>
+          <t>100 Adımda Tarih Öncesi Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789944694100</t>
+          <t>9789759081812</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Türkçe</t>
+          <t>100 Adımda Okyanuslar (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>24.07</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789944694087</t>
+          <t>9789759081782</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Kimya</t>
+          <t>100 Adımda Kaşifler (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>25.93</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789944690546</t>
+          <t>9789756451960</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 6 (Yeni Programa Uygun)</t>
+          <t>100 Adımda İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789944690553</t>
+          <t>9789759081805</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 5</t>
+          <t>100 Adımda Hava (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>9.17</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789944690577</t>
+          <t>9789756451946</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 4</t>
+          <t>100 Adımda Gezegenimiz Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789944691055</t>
+          <t>9789756451939</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 3</t>
+          <t>100 Adımda Dünya Harikaları (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789944691062</t>
+          <t>9789756451953</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 2 (Yeni Programa Uygun)</t>
+          <t>100 Adımda Bilim (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944691079</t>
+          <t>9789759081799</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 1 (Yeni Programa Uygun)</t>
+          <t>100 Adımda Antik Roma (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789944692618</t>
+          <t>9789944694230</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Türkçe (Yeni Programa Uygun)</t>
+          <t>YGS - Tarih</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>25.46</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789944690508</t>
+          <t>9789944694117</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Tüm Dersler (Yeni Programa Uygun)</t>
+          <t>YGS - Matematik</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>3990000008181</t>
+          <t>9789944694100</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Tooddy Flash Card</t>
+          <t>YGS - LYS Türkçe</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>11.11</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789944690232</t>
+          <t>9789944694087</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabım İlköğretim 5</t>
+          <t>YGS - LYS Kimya</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>18.43</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9788994469022</t>
+          <t>9789944690546</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabım İlköğretim 4</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 6 (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>18.43</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944690218</t>
+          <t>9789944690553</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabım İlköğretim 1</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 5</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789944691529</t>
+          <t>9789944690577</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Sosyal Bilgiler (Yeni Programa Uygun)</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 4</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944697040</t>
+          <t>9789944691055</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf SBS Deneme Sınavı Seti İlköğretim (8 Deneme)</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 3</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>16.2</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789944697033</t>
+          <t>9789944691062</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 7. Sınıf Seviye Belirleme Sınavlarının Çözümleri</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 2 (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>17.13</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9771307867009</t>
+          <t>9789944691079</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 6. Sınıf - SBS 1</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 1 (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>16.2</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9771307772006</t>
+          <t>9789944692618</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 5. Sınıf - Çözümlü 8 Adet SBS Denemesi</t>
+          <t>6. Sınıf Türkçe (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>16.2</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789944697019</t>
+          <t>9789944690508</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 4. Sınıf - SBS 1</t>
+          <t>6. Sınıf Tüm Dersler (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>16.2</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9771307770002</t>
+          <t>3990000008181</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 3. Sınıf - SBS 1</t>
+          <t>Tooddy Flash Card</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>16.2</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944692557</t>
+          <t>9789944690232</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik (Yeni Programa Uygun)</t>
+          <t>Tatil Kitabım İlköğretim 5</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>22.22</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789944692540</t>
+          <t>9788994469022</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Matematik (Yeni Programa Uygun)</t>
+          <t>Tatil Kitabım İlköğretim 4</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>22.22</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944694810</t>
+          <t>9789944690218</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Matematik (Yeni Programa Uygun)</t>
+          <t>Tatil Kitabım İlköğretim 1</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789944693387</t>
+          <t>9789944691529</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Mantık Oyunları 1</t>
+          <t>7. Sınıf Sosyal Bilgiler (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944694247</t>
+          <t>9789944697040</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>LYS - Tarih</t>
+          <t>8. Sınıf SBS Deneme Sınavı Seti İlköğretim (8 Deneme)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>18.52</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789944694278</t>
+          <t>9789944697033</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>LYS - Felsefe</t>
+          <t>İlköğretim 7. Sınıf Seviye Belirleme Sınavlarının Çözümleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>13.89</v>
+        <v>17.13</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789944694094</t>
+          <t>9771307867009</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>LYS - Edebiyat</t>
+          <t>İlköğretim 6. Sınıf - SBS 1</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944694223</t>
+          <t>9771307772006</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>LYS - Coğrafya</t>
+          <t>İlköğretim 5. Sınıf - Çözümlü 8 Adet SBS Denemesi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944694209</t>
+          <t>9789944697019</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>LYS -  Matematik</t>
+          <t>İlköğretim 4. Sınıf - SBS 1</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>27.78</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789944690089</t>
+          <t>9771307770002</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 6 (Household Items / Ev Aletleri ve Gereçler)</t>
+          <t>İlköğretim 3. Sınıf - SBS 1</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>11.11</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789944690102</t>
+          <t>9789944692557</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 5 (School / Okul)</t>
+          <t>4. Sınıf Matematik (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789944690034</t>
+          <t>9789944692540</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 4 (Fruit - Vegetables / Meyveler - Sebzeler)</t>
+          <t>3. Sınıf Matematik (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789944690065</t>
+          <t>9789944694810</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 3 (Occupations / Meslekler)</t>
+          <t>2. Sınıf Matematik (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>3990000003594</t>
+          <t>9789944693387</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 2 (Animals / Hayvanlar)</t>
+          <t>Mantık Oyunları 1</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789944692595</t>
+          <t>9789944694247</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
+          <t>LYS - Tarih</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>25.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789759081638</t>
+          <t>9789944694278</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
+          <t>LYS - Felsefe</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789944696012</t>
+          <t>9789944694094</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji 4</t>
+          <t>LYS - Edebiyat</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>25.46</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789944694643</t>
+          <t>9789944694223</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Analitik Geometri LYS</t>
+          <t>LYS - Coğrafya</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789944693417</t>
+          <t>9789944694209</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kant Kulübü</t>
+          <t>LYS -  Matematik</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>11.11</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789944694933</t>
+          <t>9789944690089</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Humma - Genç Bond İkinci Kitap (Ciltli)</t>
+          <t>Flash Card Set: 6 (Household Items / Ev Aletleri ve Gereçler)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>24</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789756451663</t>
+          <t>9789944690102</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melek</t>
+          <t>Flash Card Set: 5 (School / Okul)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789944694377</t>
+          <t>9789944690034</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kalpak ve Kartal</t>
+          <t>Flash Card Set: 4 (Fruit - Vegetables / Meyveler - Sebzeler)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789944692960</t>
+          <t>9789944690065</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Sarayı</t>
+          <t>Flash Card Set: 3 (Occupations / Meslekler)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789944695787</t>
+          <t>3990000003594</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Gemi</t>
+          <t>Flash Card Set: 2 (Animals / Hayvanlar)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789944695077</t>
+          <t>9789944692595</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kafrika’nın Gölgeleri</t>
+          <t>6. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>129</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789944693585</t>
+          <t>9789759081638</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kafa Karıştıran Bulmacalar</t>
+          <t>5. Sınıf Fen ve Teknoloji (Yeni Programa Uygun)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>9.26</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789944696685</t>
+          <t>9789944696012</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Johnny ve Ölüler</t>
+          <t>Fen ve Teknoloji 4</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>16</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789944694681</t>
+          <t>9789944694643</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Jimmy Coates: İntikam</t>
+          <t>Analitik Geometri LYS</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789944692403</t>
+          <t>9789944693417</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Jımmy Coates Kaçış</t>
+          <t>Kant Kulübü</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789944693356</t>
+          <t>9789944694933</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İyi ve Kötü Nedir?</t>
+          <t>Kanlı Humma - Genç Bond İkinci Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>23.15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789944694483</t>
+          <t>9789756451663</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler Kitabı</t>
+          <t>Kanatsız Melek</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>10</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789944695275</t>
+          <t>9789944694377</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İthaka (Ciltli)</t>
+          <t>Kalpak ve Kartal</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789756451861</t>
+          <t>9789944692960</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Sokak Kardelenleri</t>
+          <t>Kahkaha Sarayı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>8.33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789944693288</t>
+          <t>9789944695787</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İskarpin Amca</t>
+          <t>Kağıt Gemi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789944695343</t>
+          <t>9789944695077</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Ancak Sen Kurtarabilirsin (Ciltli)</t>
+          <t>Kafrika’nın Gölgeleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>15.74</v>
+        <v>129</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759081256</t>
+          <t>9789944693585</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu (Ciltli)</t>
+          <t>Kafa Karıştıran Bulmacalar</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789758275182</t>
+          <t>9789944696685</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İlimiz Ve Bölgelerimizi Tanıyalım İstanbul - Marmara</t>
+          <t>Johnny ve Ölüler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>4.63</v>
+        <v>16</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789944696265</t>
+          <t>9789944694681</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben - Mutlu Yıllar</t>
+          <t>Jimmy Coates: İntikam</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944695855</t>
+          <t>9789944692403</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben</t>
+          <t>Jımmy Coates Kaçış</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>14</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789944693257</t>
+          <t>9789944693356</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - Mısır (Ciltli)</t>
+          <t>İyi ve Kötü Nedir?</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944693264</t>
+          <t>9789944694483</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - İcatlar (Ciltli)</t>
+          <t>İyi Geceler Kitabı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>18.52</v>
+        <v>10</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944693240</t>
+          <t>9789944695275</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - Dinozorlar</t>
+          <t>İthaka (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789944693233</t>
+          <t>9789756451861</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İçyüzü - Depremler ve Yanardağlar (Ciltli)</t>
+          <t>İstanbul’un Sokak Kardelenleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789758275298</t>
+          <t>9789944693288</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Ses</t>
+          <t>İskarpin Amca</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789944694551</t>
+          <t>9789944695343</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Iskarta</t>
+          <t>İnsanlığı Ancak Sen Kurtarabilirsin (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>24</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789759081034</t>
+          <t>9789759081256</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Akdeniz</t>
+          <t>İnsan Vücudu (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944694438</t>
+          <t>9789758275182</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>İlimiz Ve Bölgelerimizi Tanıyalım İstanbul - Marmara</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944693271</t>
+          <t>9789944696265</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Heybedeki Sır</t>
+          <t>İgi ve Ben - Mutlu Yıllar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789944690140</t>
+          <t>9789944695855</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Öyküsü (3 Boyutlu) (Ciltli)</t>
+          <t>İgi ve Ben</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>27.78</v>
+        <v>14</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789944694193</t>
+          <t>9789944693257</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hedef</t>
+          <t>İçyüzü - Mısır (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789759081218</t>
+          <t>9789944693264</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Kırmızı Kurbağa ve Yeşil Flamingo (Ciltli)</t>
+          <t>İçyüzü - İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789759081249</t>
+          <t>9789944693240</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Çayır, Ahır ve Çiftlik Evi (Ciltli)</t>
+          <t>İçyüzü - Dinozorlar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789759081225</t>
+          <t>9789944693233</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Bisiklet, Kızak ve Vapur (Ciltli)</t>
+          <t>İçyüzü - Depremler ve Yanardağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789759081232</t>
+          <t>9789758275298</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Öğreniyorum - Anne, Baba ve Yavru Ayı (Ciltli)</t>
+          <t>İçimdeki Ses</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944695923</t>
+          <t>9789944694551</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Hayat Bilgisi Soru Bankası</t>
+          <t>Iskarta</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>14.81</v>
+        <v>24</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789944695022</t>
+          <t>9789759081034</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Şiire Sığmayan Yüzü</t>
+          <t>Hoşçakal Akdeniz</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>6.94</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944691338</t>
+          <t>9789944694438</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Hava - Keşif Zamanı (Ciltli)</t>
+          <t>Hokus Pokus</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944691451</t>
+          <t>9789944693271</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Hastaneye Gitmek İstemiyorum (Ciltli)</t>
+          <t>Heybedeki Sır</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>9.26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944694360</t>
+          <t>9789944690140</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferi</t>
+          <t>Her Şeyin Öyküsü (3 Boyutlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>21</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789944695206</t>
+          <t>9789944694193</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Sanat Nedir?</t>
+          <t>Hedef</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944695237</t>
+          <t>9789759081218</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Güve Fırtınası</t>
+          <t>Hayvanlarla Öğreniyorum - Kırmızı Kurbağa ve Yeşil Flamingo (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>21</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789944693875</t>
+          <t>9789759081249</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Güneşten Sarı Baldan Tatlı</t>
+          <t>Hayvanlarla Öğreniyorum - Çayır, Ahır ve Çiftlik Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789944692915</t>
+          <t>9789759081225</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Güneş Gözü (Ciltli)</t>
+          <t>Hayvanlarla Öğreniyorum - Bisiklet, Kızak ve Vapur (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789944690324</t>
+          <t>9789759081232</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Hayvanlar</t>
+          <t>Hayvanlarla Öğreniyorum - Anne, Baba ve Yavru Ayı (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789944693332</t>
+          <t>9789944695923</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hayat Nedir?</t>
+          <t>2. Sınıf Hayat Bilgisi Soru Bankası</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789944694537</t>
+          <t>9789944695022</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gümüşyüzgeç</t>
+          <t>Hayatın Şiire Sığmayan Yüzü</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>24</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789756451410</t>
+          <t>9789944691338</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gülperi</t>
+          <t>Hava - Keşif Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789758275656</t>
+          <t>9789944691451</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gül Evi</t>
+          <t>Hastaneye Gitmek İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>3.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789944694179</t>
+          <t>9789944694360</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Grk Ve Pelotti Çetesi</t>
+          <t>Haçlı Seferi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>13.89</v>
+        <v>21</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789944694421</t>
+          <t>9789944695206</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Grk Sosisli Peşinde</t>
+          <t>Güzellik ve Sanat Nedir?</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789944695657</t>
+          <t>9789944695237</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Grk Kaplumbağa Operasyonu</t>
+          <t>Güve Fırtınası</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944696395</t>
+          <t>9789944693875</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Grk Fare Kokusu Alıyor!</t>
+          <t>Güneşten Sarı Baldan Tatlı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789944693752</t>
+          <t>9789944692915</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Grk Adında Bir Köpek</t>
+          <t>Güneş Gözü (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789756451731</t>
+          <t>9789944690324</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Göl Çiçekleri</t>
+          <t>Benim Dünyam - Hayvanlar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944691987</t>
+          <t>9789944693332</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Dolu Şapka</t>
+          <t>Hayat Nedir?</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>19</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789944690270</t>
+          <t>9789944694537</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Giysiler</t>
+          <t>Gümüşyüzgeç</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>9.26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789944695015</t>
+          <t>9789756451410</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Görünüşüme Aldanma Yanarsın</t>
+          <t>Gülperi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789944696449</t>
+          <t>9789758275656</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Genç Sherlock Holmes: Ölüm Bulutu</t>
+          <t>Gül Evi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>23.15</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789756451311</t>
+          <t>9789944694179</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Genç Öyküler 1. İzmir Liselerarası Öykü Yarışması</t>
+          <t>Grk Ve Pelotti Çetesi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>2.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789944696586</t>
+          <t>9789944694421</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Geceye Bürüneceğim</t>
+          <t>Grk Sosisli Peşinde</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944692380</t>
+          <t>9789944695657</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>File Bekçisi</t>
+          <t>Grk Kaplumbağa Operasyonu</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>18.52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944691154</t>
+          <t>9789944696395</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (Ciltli)</t>
+          <t>Grk Fare Kokusu Alıyor!</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944693165</t>
+          <t>9789944693752</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Evrim Devrim (Ciltli)</t>
+          <t>Grk Adında Bir Köpek</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>49</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789756451700</t>
+          <t>9789756451731</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Erken Düşen Kar</t>
+          <t>Göl Çiçekleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944694513</t>
+          <t>9789944691987</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kitabı 2</t>
+          <t>Gökyüzü Dolu Şapka</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>9.26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789944693509</t>
+          <t>9789944690270</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kitabı</t>
+          <t>Giysiler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789944694520</t>
+          <t>9789944695015</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Engin Mavi</t>
+          <t>Görünüşüme Aldanma Yanarsın</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789944693080</t>
+          <t>9789944696449</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşım</t>
+          <t>Genç Sherlock Holmes: Ölüm Bulutu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789944691468</t>
+          <t>9789756451311</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ellerimi Yıkamak İstemiyorum (Ciltli)</t>
+          <t>Genç Öyküler 1. İzmir Liselerarası Öykü Yarışması</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789758275540</t>
+          <t>9789944696586</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Elimi Bırakma Anne</t>
+          <t>Geceye Bürüneceğim</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789759081959</t>
+          <t>9789944692380</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Futbol Ansiklopedisi (Ciltli)</t>
+          <t>File Bekçisi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789944691642</t>
+          <t>9789944691154</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Elementler Her Yerde! (Ciltli)</t>
+          <t>Ezop Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>18.52</v>
+        <v>42</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944695190</t>
+          <t>9789944693165</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Ekstralar</t>
+          <t>Evrim Devrim (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>21</v>
+        <v>49</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944690164</t>
+          <t>9789756451700</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Eksik Alfabe</t>
+          <t>Erken Düşen Kar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944693936</t>
+          <t>9789944694513</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ekran Kaçkınları</t>
+          <t>Erkek Kitabı 2</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>66</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944690683</t>
+          <t>9789944693509</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalarla Çalışmak (Ciltli)</t>
+          <t>Erkek Kitabı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>27.78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789759081089</t>
+          <t>9789944694520</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Bilimi (Ciltli)</t>
+          <t>Engin Mavi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>46.3</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944693042</t>
+          <t>9789944693080</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Einstein Yaşamı ve Evreni</t>
+          <t>En İyi Arkadaşım</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>37.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789944691666</t>
+          <t>9789944691468</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Su</t>
+          <t>Ellerimi Yıkamak İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944691659</t>
+          <t>9789758275540</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Ses</t>
+          <t>Elimi Bırakma Anne</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944692748</t>
+          <t>9789759081959</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Renk</t>
+          <t>Futbol Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789944692724</t>
+          <t>9789944691642</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Mıknatıslar</t>
+          <t>Elementler Her Yerde! (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944692755</t>
+          <t>9789944695190</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Elektrik</t>
+          <t>Ekstralar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>4.63</v>
+        <v>21</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944692717</t>
+          <t>9789944690164</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Basit Makineler</t>
+          <t>Eksik Alfabe</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>4.63</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944691680</t>
+          <t>9789944693936</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Kuvvet</t>
+          <t>Ekran Kaçkınları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>4.63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944692816</t>
+          <t>9789944690683</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Hasta Oldular</t>
+          <t>Ejderhalarla Çalışmak (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>6.94</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789944692830</t>
+          <t>9789759081089</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Evcilik Oynuyorlar</t>
+          <t>Ejderha Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>6.94</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944693660</t>
+          <t>9789944693042</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Denizdeki Şişe</t>
+          <t>Einstein Yaşamı ve Evreni</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>7.41</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789944694780</t>
+          <t>9789944691666</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Düşman</t>
+          <t>Eğlenceli Deneyler Su</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944691246</t>
+          <t>9789944691659</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Düşlerime Kuşlar Konuyor</t>
+          <t>Eğlenceli Deneyler Ses</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>12.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789944696050</t>
+          <t>9789944692748</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Düşler Tramvayı</t>
+          <t>Eğlenceli Deneyler Renk</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789944693134</t>
+          <t>9789944692724</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Düşler Bahçesi</t>
+          <t>Eğlenceli Deneyler Mıknatıslar</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>7.87</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789758275830</t>
+          <t>9789944692755</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Düş Sokağı Çocukları</t>
+          <t>Eğlenceli Deneyler Elektrik</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789944691673</t>
+          <t>9789944692717</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler Işık</t>
+          <t>Eğlenceli Deneyler Basit Makineler</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789758275274</t>
+          <t>9789944691680</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Düş Çocukları</t>
+          <t>Eğlenceli Deneyler Kuvvet</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>4.17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789944693110</t>
+          <t>9789944692816</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Dünya Önemlidir (Ciltli)</t>
+          <t>Ece ile Efe Hasta Oldular</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>65</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944693172</t>
+          <t>9789944692830</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Dünya Onlarla Daha Renkli</t>
+          <t>Ece ile Efe Evcilik Oynuyorlar</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>8</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789944693851</t>
+          <t>9789944693660</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Dünya Onlarla Daha Güzel</t>
+          <t>Ece ile Efe Denizdeki Şişe</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789756451922</t>
+          <t>9789944694780</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Köy Olsaydı (Ciltli)</t>
+          <t>Düşman</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>18.52</v>
+        <v>24</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789944693349</t>
+          <t>9789944691246</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Duygular Nedir?</t>
+          <t>Düşlerime Kuşlar Konuyor</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>24</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789756451908</t>
+          <t>9789944696050</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Dostum Keleş</t>
+          <t>Düşler Tramvayı</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944691178</t>
+          <t>9789944693134</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler (Ciltli)</t>
+          <t>Düşler Bahçesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>9.26</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789944691192</t>
+          <t>9789758275830</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Doğa İzcisi Doğa Etkinlikleri</t>
+          <t>Düş Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789944691949</t>
+          <t>9789944691673</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Doğa</t>
+          <t>Eğlenceli Deneyler Işık</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>12.04</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944691437</t>
+          <t>9789758275274</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Dişimi İstiyorum (Ciltli)</t>
+          <t>Düş Çocukları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>9.26</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789944690188</t>
+          <t>9789944693110</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar (Ciltli)</t>
+          <t>Dünya Önemlidir (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>55.56</v>
+        <v>65</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789944691925</t>
+          <t>9789944693172</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Dinozorlar</t>
+          <t>Dünya Onlarla Daha Renkli</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789758275861</t>
+          <t>9789944693851</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Dilimdeki Çanlar</t>
+          <t>Dünya Onlarla Daha Güzel</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>3.7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789944694971</t>
+          <t>9789756451922</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Dido (Ciltli)</t>
+          <t>Dünya Bir Köy Olsaydı (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789944694315</t>
+          <t>9789944693349</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Devler ve Mincik Bobolar</t>
+          <t>Duygular Nedir?</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>12.04</v>
+        <v>24</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789944695176</t>
+          <t>9789756451908</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri - Seçmeler</t>
+          <t>Dostum Keleş</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789759081102</t>
+          <t>9789944691178</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Dar Köprünün Dervişi</t>
+          <t>Doğal Afetler (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789944694155</t>
+          <t>9789944691192</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Dal Ucunda Gül</t>
+          <t>Doğa İzcisi Doğa Etkinlikleri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789944690379</t>
+          <t>9789944691949</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Da Vinci Şifresi’ni Bildiğini mi Sanıyorsun?</t>
+          <t>Benim Dünyam - Doğa</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789944691161</t>
+          <t>9789944691437</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>İletişim (Ciltli)</t>
+          <t>Dişimi İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789944693981</t>
+          <t>9789944690188</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Gece Sevgilisi</t>
+          <t>Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>10</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789944690690</t>
+          <t>9789944691925</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar İki Kat Eğlence</t>
+          <t>Benim Dünyam - Dinozorlar</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789944692823</t>
+          <t>9789758275861</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe ve Evdeki Aslan</t>
+          <t>Dilimdeki Çanlar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>7.41</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789944692809</t>
+          <t>9789944694971</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe ve Bebek</t>
+          <t>Dido (Ciltli)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>6.94</v>
+        <v>17</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789944693639</t>
+          <t>9789944694315</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Trene Biniyorlar</t>
+          <t>Devler ve Mincik Bobolar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789944693622</t>
+          <t>9789944695176</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Sürprizlerle Dolu Bir Yılbaşı</t>
+          <t>Dede Korkut Hikayeleri - Seçmeler</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789944693677</t>
+          <t>9789759081102</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Piknik Yapıyorlar</t>
+          <t>Dar Köprünün Dervişi</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789944693653</t>
+          <t>9789944694155</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Parkta</t>
+          <t>Dal Ucunda Gül</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789944692854</t>
+          <t>9789944690379</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Köpek İstiyorlar</t>
+          <t>Da Vinci Şifresi’ni Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789944693646</t>
+          <t>9789944691161</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Hayvanlara Yardım Ediyorlar</t>
+          <t>İletişim (Ciltli)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789944692847</t>
+          <t>9789944693981</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ece ile Efe Hayvanat Bahçesinde</t>
+          <t>Gece Sevgilisi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059493727</t>
+          <t>9789944690690</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Tombik Balık - Denizler Hepimizin</t>
+          <t>Hayvanlar İki Kat Eğlence</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>45</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059153638</t>
+          <t>9789944692823</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Boş Çerçeve Operasyonu</t>
+          <t>Ece ile Efe ve Evdeki Aslan</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>17</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>8699237595759</t>
+          <t>9789944692809</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Serisi (4 Kitap)</t>
+          <t>Ece ile Efe ve Bebek</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>38.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059493673</t>
+          <t>9789944693639</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bir Vampirin Doğuşu</t>
+          <t>Ece ile Efe Trene Biniyorlar</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>139</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789944699495</t>
+          <t>9789944693622</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Adam Kaçırma Dersleri</t>
+          <t>Ece ile Efe Sürprizlerle Dolu Bir Yılbaşı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>14</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789944699303</t>
+          <t>9789944693677</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Atla</t>
+          <t>Ece ile Efe Piknik Yapıyorlar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>8699237593601</t>
+          <t>9789944693653</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati Serisi Seti (5 Kitap)</t>
+          <t>Ece ile Efe Parkta</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>41.67</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789944692410</t>
+          <t>9789944692854</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Bildirge</t>
+          <t>Ece ile Efe Köpek İstiyorlar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789944699839</t>
+          <t>9789944693646</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İgi ve Ben : Sürpriz Bebek</t>
+          <t>Ece ile Efe Hayvanlara Yardım Ediyorlar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789944699488</t>
+          <t>9789944692847</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 1 / Hayal Kurmak Yasak mı?</t>
+          <t>Ece ile Efe Hayvanat Bahçesinde</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789944699396</t>
+          <t>9786059493727</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Zindan</t>
+          <t>Tombik Balık - Denizler Hepimizin</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789944697828</t>
+          <t>9786059153638</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Haytalar İçin Adam Soyma</t>
+          <t>Boş Çerçeve Operasyonu</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>13.89</v>
+        <v>17</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789944697101</t>
+          <t>8699237595759</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları 2: Beynini Çalıştır!</t>
+          <t>Acaba Ne Olsam? Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>18.52</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789944699464</t>
+          <t>9786059493673</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Bir Vampirin Doğuşu</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>45</v>
+        <v>139</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>8699237595292</t>
+          <t>9789944699495</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız Serisi (4 Kitap Takım)</t>
+          <t>Adam Kaçırma Dersleri</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>25.93</v>
+        <v>14</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>8699237593670</t>
+          <t>9789944699303</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler Serisi Seti (4 Kitap Takım)</t>
+          <t>Atla</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059604918</t>
+          <t>8699237593601</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Genç Sherlock Holmes : Mavi Buz</t>
+          <t>Haylaz Pati Serisi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>24</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789944698566</t>
+          <t>9789944692410</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Puding Poli Aydınlatıyor</t>
+          <t>Bildirge</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789944697880</t>
+          <t>9789944699839</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Yıldızı Dişi</t>
+          <t>İgi ve Ben : Sürpriz Bebek</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059604888</t>
+          <t>9789944699488</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Mago</t>
+          <t>Şipşak Hikayeler 1 / Hayal Kurmak Yasak mı?</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059153416</t>
+          <t>9789944699396</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Tombik Balık Mutluluk Peşinde</t>
+          <t>Lanetli Zindan</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789944697965</t>
+          <t>9789944697828</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Püskül ile Zeytin Anlaşamıyor</t>
+          <t>Haytalar İçin Adam Soyma</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789944693837</t>
+          <t>9789944697101</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Akıl Oyunları 2: Beynini Çalıştır!</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>45</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789944697866</t>
+          <t>9789944699464</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Ölüm</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>24</v>
+        <v>45</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789944699372</t>
+          <t>8699237595292</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Zaman?</t>
+          <t>Rita ve Adsız Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>16.67</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789944697644</t>
+          <t>8699237593670</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi: 1. Kitap - Bir Katilin Doğuşu</t>
+          <t>Süper Gazeteciler Serisi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>18.52</v>
+        <v>120</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052031971</t>
+          <t>9786059604918</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bilgebaş Masalı</t>
+          <t>Genç Sherlock Holmes : Mavi Buz</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>11.11</v>
+        <v>24</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789944699419</t>
+          <t>9789944698566</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Macerayı Seven Dikenine Katlanır</t>
+          <t>Puding Poli Aydınlatıyor</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789944697750</t>
+          <t>9789944697880</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Rico ve Oskar Defolu Kalpler</t>
+          <t>Yıldızı Dişi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>39</v>
+        <v>15</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>8699237595766</t>
+          <t>9786059604888</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk Serisi (18 Kitap Takım)</t>
+          <t>Mago</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>270</v>
+        <v>19</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>8699237595193</t>
+          <t>9786059153416</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Grk Serisi (5 Kitap Takım)</t>
+          <t>Tombik Balık Mutluluk Peşinde</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>8699237593700</t>
+          <t>9789944697965</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt Serisi Seti (5 Kitap Takım )</t>
+          <t>Püskül ile Zeytin Anlaşamıyor</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>46.3</v>
+        <v>11</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>8699237593694</t>
+          <t>9789944693837</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Darren Shan Efsanesi Seti (12 Kitap Takım)</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786055060091</t>
+          <t>9789944697866</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Basit</t>
+          <t>Ölüm</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789756451243</t>
+          <t>9789944699372</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kuşu</t>
+          <t>Acaba Ne Zaman?</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>7.87</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789944693905</t>
+          <t>9789944697644</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sinirnaz’ın Sözlüğü</t>
+          <t>Larten Crepsley Efsanesi: 1. Kitap - Bir Katilin Doğuşu</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789944694940</t>
+          <t>9786052031971</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Sinemayı Seven Çocuk</t>
+          <t>Bilgebaş Masalı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789944693929</t>
+          <t>9789944699419</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sinemamız İftiharla Sunar</t>
+          <t>Macerayı Seven Dikenine Katlanır</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>9.26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789944696616</t>
+          <t>9789944697750</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan Aşk</t>
+          <t>Rico ve Oskar Defolu Kalpler</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>16.67</v>
+        <v>39</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789944691239</t>
+          <t>8699237595766</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Kuş Kanatları</t>
+          <t>Filozof Çocuk Serisi (18 Kitap Takım)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>12.04</v>
+        <v>270</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052855201</t>
+          <t>8699237595193</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yuan Huan 2: Kütüphanedeki Kamera</t>
+          <t>Grk Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>240</v>
+        <v>67</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789944692182</t>
+          <t>8699237593700</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevdiğimi Söyleseydim Öldürmek Zorunda Kalırdım (Ciltli)</t>
+          <t>Küçük Kurt Serisi Seti (5 Kitap Takım )</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>18.52</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789944690812</t>
+          <t>8699237593694</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Satranç Kitabı (Ciltli)</t>
+          <t>Darren Shan Efsanesi Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>18.52</v>
+        <v>300</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789944693790</t>
+          <t>9786055060091</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - Bela’nın Peşinde</t>
+          <t>Sıradışı Basit</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789944692779</t>
+          <t>9789756451243</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - Müthiş Casus</t>
+          <t>Sokak Kuşu</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>13.89</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789944694667</t>
+          <t>9789944693905</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sarışın Jane - İkiz Casuslar</t>
+          <t>Sinirnaz’ın Sözlüğü</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>13.89</v>
+        <v>10</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789756451298</t>
+          <t>9789944694940</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sarı Set 10 Kitap Takım (9-10 Yaş)</t>
+          <t>Sinemayı Seven Çocuk</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>76.85</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789944695367</t>
+          <t>9789944693929</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Sabotaj - Jimmy Coates</t>
+          <t>Sinemamız İftiharla Sunar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789758275267</t>
+          <t>9789944696616</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Kanatlılar</t>
+          <t>Sil Baştan Aşk</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>12</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789944696180</t>
+          <t>9789944691239</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Ruhlar Gölü</t>
+          <t>Sevginin Kuş Kanatları</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>75</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789944695008</t>
+          <t>9786052855201</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız’ın Pazar Günü</t>
+          <t>Yuan Huan 2: Kütüphanedeki Kamera</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>8</v>
+        <v>240</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789944694995</t>
+          <t>9789944692182</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız Piknikte</t>
+          <t>Seni Sevdiğimi Söyleseydim Öldürmek Zorunda Kalırdım (Ciltli)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>7</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789944694629</t>
+          <t>9789944690812</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız Okulda</t>
+          <t>Satranç Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789944694612</t>
+          <t>9789944693790</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Rita ve Adsız</t>
+          <t>Sarışın Jane - Bela’nın Peşinde</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>6.48</v>
+        <v>14</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789944696654</t>
+          <t>9789944692779</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Rico ve Oskar - Derin Gölgeler</t>
+          <t>Sarışın Jane - Müthiş Casus</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789944691918</t>
+          <t>9789944694667</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Renkler</t>
+          <t>Sarışın Jane - İkiz Casuslar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789944695749</t>
+          <t>9789756451298</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Puding Poli Karıştırıyor</t>
+          <t>Sarı Set 10 Kitap Takım (9-10 Yaş)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>18.52</v>
+        <v>76.85</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789944696401</t>
+          <t>9789944695367</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Puding Poli Çözüyor - 2. Olay</t>
+          <t>Sabotaj - Jimmy Coates</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>3990000017008</t>
+          <t>9789758275267</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin Yaşam Kitabı (Ciltli)</t>
+          <t>Rüzgar Kanatlılar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>13.89</v>
+        <v>12</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789756451472</t>
+          <t>9789944696180</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Pitan: Zeytindağı’nın İzinde</t>
+          <t>Ruhlar Gölü</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>13.89</v>
+        <v>75</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789944696418</t>
+          <t>9789944695008</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Peter’in Günlüğü</t>
+          <t>Rita ve Adsız’ın Pazar Günü</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>12.04</v>
+        <v>8</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789944695299</t>
+          <t>9789944694995</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Perili Öykü (Ciltli)</t>
+          <t>Rita ve Adsız Piknikte</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789944696531</t>
+          <t>9789944694629</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Yeni Bir Arkadaş</t>
+          <t>Rita ve Adsız Okulda</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789944696524</t>
+          <t>9789944694612</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Deniz Kıyısında Bir Gün</t>
+          <t>Rita ve Adsız</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789944692731</t>
+          <t>9789944696654</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sen Kötü Bir Adamsın Bay Çiklet!</t>
+          <t>Rico ve Oskar - Derin Gölgeler</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789944695138</t>
+          <t>9789944691918</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Penaltı (Ciltli)</t>
+          <t>Renkler</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>120</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789944694476</t>
+          <t>9789944695749</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kedi Becerikli Martı ve Ben</t>
+          <t>Puding Poli Karıştırıyor</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789758275687</t>
+          <t>9789944696401</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Pal Pal Palyaço</t>
+          <t>Puding Poli Çözüyor - 2. Olay</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>9</v>
+        <v>19</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789944694384</t>
+          <t>3990000017008</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Nedir?</t>
+          <t>Profesör Dahi’nin Yaşam Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>25</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789944693943</t>
+          <t>9789756451472</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Özeller (Ciltli)</t>
+          <t>Pitan: Zeytindağı’nın İzinde</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>21</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789944696456</t>
+          <t>9789944696418</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Oyna ya da Öl - Genç Bond 3. Kitap</t>
+          <t>Peter’in Günlüğü</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>24</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789758275878</t>
+          <t>9789944695299</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Yarışma</t>
+          <t>Perili Öykü (Ciltli)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>2.78</v>
+        <v>14</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789944690720</t>
+          <t>9789944696531</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Sayılar İki Kat Eğlence</t>
+          <t>Pengu - Yeni Bir Arkadaş</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789944696166</t>
+          <t>9789944696524</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Origami: Hayvanlar - Bitkiler</t>
+          <t>Pengu - Deniz Kıyısında Bir Gün</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789944694353</t>
+          <t>9789944692731</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Bilimi (Ciltli)</t>
+          <t>Sen Kötü Bir Adamsın Bay Çiklet!</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>46.3</v>
+        <v>19</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789756451137</t>
+          <t>9789944695138</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>O Yıllar Dile Gelse 1: Köylerden Köy Enstitülerine</t>
+          <t>Penaltı (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>6.94</v>
+        <v>120</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789944696661</t>
+          <t>9789944694476</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Nun Gelince</t>
+          <t>Pembe Kedi Becerikli Martı ve Ben</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>10.19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789944692076</t>
+          <t>9789758275687</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Noktacık (Ciltli)</t>
+          <t>Pal Pal Palyaço</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>13.89</v>
+        <v>9</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789944692281</t>
+          <t>9789944694384</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Nisan Bebek (Ciltli)</t>
+          <t>Özgürlük Nedir?</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789944693745</t>
+          <t>9789944693943</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Nim Denizde</t>
+          <t>Özeller (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789756451717</t>
+          <t>9789944696456</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Ortasındaki Ağaç</t>
+          <t>Oyna ya da Öl - Genç Bond 3. Kitap</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>5.56</v>
+        <v>24</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789944692984</t>
+          <t>9789758275878</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Oğlu</t>
+          <t>Ormandaki Yarışma</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>20</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789944690645</t>
+          <t>9789944690720</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Satranç Seti (Ciltli)</t>
+          <t>Sayılar İki Kat Eğlence</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>24.07</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789944690461</t>
+          <t>9789944696166</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 9: Gladyatörler (Ciltli)</t>
+          <t>Origami: Hayvanlar - Bitkiler</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789944690423</t>
+          <t>9789944694353</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 7:  Zaman (Ciltli)</t>
+          <t>Okyanus Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>9.26</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789944690447</t>
+          <t>9789756451137</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 5: İnsan (Ciltli)</t>
+          <t>O Yıllar Dile Gelse 1: Köylerden Köy Enstitülerine</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789759081188</t>
+          <t>9789944696661</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 3: Mikroskop (Ciltli)</t>
+          <t>Nun Gelince</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789759081171</t>
+          <t>9789944692076</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt: 1: Matematik (Ciltli)</t>
+          <t>Noktacık (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789944690454</t>
+          <t>9789944692281</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 8:  Gen (Ciltli)</t>
+          <t>Nisan Bebek (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>9.26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789944690430</t>
+          <t>9789944693745</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 6: Doğa (Ciltli)</t>
+          <t>Nim Denizde</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>9.26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789759081195</t>
+          <t>9789756451717</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 4: Dinozorlar (Ciltli)</t>
+          <t>Nehrin Ortasındaki Ağaç</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>18.52</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789759081201</t>
+          <t>9789944692984</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 2: Enerji (Ciltli)</t>
+          <t>Nehrin Oğlu</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789944692441</t>
+          <t>9789944690645</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 13: Kayıp Şehirler (Ciltli)</t>
+          <t>Satranç Seti (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>9.26</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789944692434</t>
+          <t>9789944690461</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 12: Bilgisayarlar ve Robotlar (Ciltli)</t>
+          <t>Neden ve Nasıl Cilt: 9: Gladyatörler (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789944692427</t>
+          <t>9789944690423</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 11: İcatlar</t>
+          <t>Neden ve Nasıl Cilt: 7:  Zaman (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789944692458</t>
+          <t>9789944690447</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Neden ve Nasıl Cilt 10: Beyin (Ciltli)</t>
+          <t>Neden ve Nasıl Cilt: 5: İnsan (Ciltli)</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789944696388</t>
+          <t>9789759081188</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
+          <t>Neden ve Nasıl Cilt: 3: Mikroskop (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>49</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789944690393</t>
+          <t>9789759081171</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Narnia’yı Bildiğini mi Sanıyorsun?</t>
+          <t>Neden ve Nasıl Cilt: 1: Matematik (Ciltli)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789944692120</t>
+          <t>9789944690454</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Nal Sesleri</t>
+          <t>Neden ve Nasıl Cilt 8:  Gen (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789944694490</t>
+          <t>9789944690430</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Nedir?</t>
+          <t>Neden ve Nasıl Cilt 6: Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789758275694</t>
+          <t>9789759081195</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Süvarileri</t>
+          <t>Neden ve Nasıl Cilt 4: Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789758275250</t>
+          <t>9789759081201</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Murat’ın Düşü</t>
+          <t>Neden ve Nasıl Cilt 2: Enerji (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789944695091</t>
+          <t>9789944692441</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Kız Kitabı</t>
+          <t>Neden ve Nasıl Cilt 13: Kayıp Şehirler (Ciltli)</t>
         </is>
       </c>
       <c r="C569" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789944692212</t>
+          <t>9789944692434</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji</t>
+          <t>Neden ve Nasıl Cilt 12: Bilgisayarlar ve Robotlar (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>46.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789756451748</t>
+          <t>9789944692427</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Minik Papatya</t>
+          <t>Neden ve Nasıl Cilt 11: İcatlar</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789756451274</t>
+          <t>9789944692458</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Minik Kuşa Ne Olsun?</t>
+          <t>Neden ve Nasıl Cilt 10: Beyin (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789759081645</t>
+          <t>9789944696388</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Milly, Molly Set 1 (8 Kitap Takım)</t>
+          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>32.41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789759081966</t>
+          <t>9789944690393</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Mısır’ın Harikaları -  Mısır Bilimi Dersleri (Ciltli)</t>
+          <t>Narnia’yı Bildiğini mi Sanıyorsun?</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789756451977</t>
+          <t>9789944692120</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Mısırın Gizemi (Ciltli)</t>
+          <t>Nal Sesleri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>46.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>8699237593250</t>
+          <t>9789944694490</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Mor Set - 10 Kitap Takım (8-9 Yaş)</t>
+          <t>Mutluluk Nedir?</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>68.98</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789759081027</t>
+          <t>9789758275694</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Mevsimlerden Resim</t>
+          <t>Mustafa Kemal’in Süvarileri</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>12.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789944695695</t>
+          <t>9789758275250</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçmeler</t>
+          <t>Murat’ın Düşü</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789944695282</t>
+          <t>9789944695091</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Merdivenli Ada</t>
+          <t>Muhteşem Kız Kitabı</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789944692526</t>
+          <t>9789944692212</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Telefon Neden Çalar ?</t>
+          <t>Mitoloji</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>5</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789944691413</t>
+          <t>9789756451748</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Rüzgar Neden Eser ve Gezegenimiz Hakkındaki Diğer Sorular</t>
+          <t>Minik Papatya</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789944691390</t>
+          <t>9789756451274</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Uçakların Kanatları Vardır? ve Taşıtlar Hakkındaki Diğer Sorular</t>
+          <t>Minik Kuşa Ne Olsun?</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>4.63</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789944692496</t>
+          <t>9789759081645</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Kanguruların Keseleri Vardır? ve Yavru Hayvanlar Hakkındaki Diğer Sorular</t>
+          <t>Milly, Molly Set 1 (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>4.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789944692519</t>
+          <t>9789759081966</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Develerin Hörgüçleri Vardır?</t>
+          <t>Mısır’ın Harikaları -  Mısır Bilimi Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789944692502</t>
+          <t>9789756451977</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Neden Ağaçların Yaprakları Vardır?</t>
+          <t>Mısırın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>4.63</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789944691383</t>
+          <t>8699237593250</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Karnım Neden Guruldar? ve Vücudumuz Hakkındaki Diğer Sorular</t>
+          <t>Mor Set - 10 Kitap Takım (8-9 Yaş)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>4.63</v>
+        <v>68.98</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789944691406</t>
+          <t>9789759081027</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Işık Neden Zıplar? ve Bilim Hakkındaki Diğer Sorular</t>
+          <t>Mevsimlerden Resim</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>4.63</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789944692168</t>
+          <t>9789944695695</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Güneş Neden Doğar?</t>
+          <t>Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789944692151</t>
+          <t>9789944695282</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum Deniz Neden Tuzludur?</t>
+          <t>Merdivenli Ada</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>4.63</v>
+        <v>9</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789944691956</t>
+          <t>9789944692526</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Menekşe’yi Kim Çaldı</t>
+          <t>Merak Ediyorum Telefon Neden Çalar ?</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>8.33</v>
+        <v>5</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789944691703</t>
+          <t>9789944691413</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Memiş Can</t>
+          <t>Merak Ediyorum Rüzgar Neden Eser ve Gezegenimiz Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>12.96</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789944693103</t>
+          <t>9789944691390</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Medici Mührü</t>
+          <t>Merak Ediyorum Neden Uçakların Kanatları Vardır? ve Taşıtlar Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>24</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789944691963</t>
+          <t>9789944692496</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Maymunu Ehlileştirmek</t>
+          <t>Merak Ediyorum Neden Kanguruların Keseleri Vardır? ve Yavru Hayvanlar Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789944691222</t>
+          <t>9789944692519</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar (Ciltli)</t>
+          <t>Merak Ediyorum Neden Develerin Hörgüçleri Vardır?</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>14.35</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789756451489</t>
+          <t>9789944692502</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar</t>
+          <t>Merak Ediyorum Neden Ağaçların Yaprakları Vardır?</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>159</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789758275458</t>
+          <t>9789944691383</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Mavi Set - 10 Kitap Takım (10-11 Yaş)</t>
+          <t>Merak Ediyorum Karnım Neden Guruldar? ve Vücudumuz Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>94.44</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789944696371</t>
+          <t>9789944691406</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Madrabaz Usta’nın Suç Akademisi</t>
+          <t>Merak Ediyorum Işık Neden Zıplar? ve Bilim Hakkındaki Diğer Sorular</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789759081065</t>
+          <t>9789944692168</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Leyleklerin Gitme Zamanı</t>
+          <t>Merak Ediyorum Güneş Neden Doğar?</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789944691727</t>
+          <t>9789944692151</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Lastik Top</t>
+          <t>Merak Ediyorum Deniz Neden Tuzludur?</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789944691369</t>
+          <t>9789944691956</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Aslan (Ciltli)</t>
+          <t>Menekşe’yi Kim Çaldı</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789758275731</t>
+          <t>9789944691703</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldız Tohumları</t>
+          <t>Memiş Can</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>3.7</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789944695169</t>
+          <t>9789944693103</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenses ve Kardelen</t>
+          <t>Medici Mührü</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>9.26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789944695305</t>
+          <t>9789944691963</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuyruk</t>
+          <t>Maymunu Ehlileştirmek</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>8.33</v>
+        <v>17</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789944691291</t>
+          <t>9789944691222</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Küçük Özgür Adamlar</t>
+          <t>Mavi Zamanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>19</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789944693578</t>
+          <t>9789756451489</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Zor İşler Günlüğü</t>
+          <t>Mavi Zamanlar</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>9.26</v>
+        <v>159</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789944693707</t>
+          <t>9789758275458</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Vahşi Yavrular İçin Perili Malikanesi</t>
+          <t>Mavi Set - 10 Kitap Takım (10-11 Yaş)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>9.26</v>
+        <v>94.44</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789944693554</t>
+          <t>9789944696371</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Kötülük Kitabı</t>
+          <t>Madrabaz Usta’nın Suç Akademisi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789944694407</t>
+          <t>9789759081065</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt Sürü Lideri</t>
+          <t>Leyleklerin Gitme Zamanı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789944693691</t>
+          <t>9789944691727</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt Orman Dedektifi</t>
+          <t>Lastik Top</t>
         </is>
       </c>
       <c r="C609" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052854013</t>
+          <t>9789944691369</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Kütüphanedeki Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>49</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789944692601</t>
+          <t>9789758275731</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji Kitabı İlköğretim 8</t>
+          <t>Küçük Yıldız Tohumları</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>25.46</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789944693158</t>
+          <t>9789944695169</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>5th Grade English Konu Anlatımlı</t>
+          <t>Küçük Prenses ve Kardelen</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>16.2</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789944697026</t>
+          <t>9789944695305</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim 6. Sınıf Çözümlü 8 Adet Deneme Sınavı</t>
+          <t>Mavi Kuyruk</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>16.2</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789944690119</t>
+          <t>9789944691291</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 9 (Verbs 1 / Fiiller 1)</t>
+          <t>Küçük Özgür Adamlar</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>11.11</v>
+        <v>19</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789944690072</t>
+          <t>9789944693578</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 8 (Sports / Sporlar)</t>
+          <t>Küçük Kurt’un Zor İşler Günlüğü</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789944690096</t>
+          <t>9789944693707</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 7 (Clothes / Giysiler)</t>
+          <t>Küçük Kurt’un Vahşi Yavrular İçin Perili Malikanesi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789944694124</t>
+          <t>9789944693554</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Geometri</t>
+          <t>Küçük Kurt’un Kötülük Kitabı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>26.85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789944694254</t>
+          <t>9789944694407</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>YGS - LYS Biyoloji</t>
+          <t>Küçük Kurt Sürü Lideri</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>26.85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789944694322</t>
+          <t>9789944693691</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>YGS - Fizik</t>
+          <t>Küçük Kurt Orman Dedektifi</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789944694261</t>
+          <t>9786052854013</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>YGS - Felsefe</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>10.19</v>
+        <v>49</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789944694216</t>
+          <t>9789944692601</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>YGS - Coğrafya</t>
+          <t>Fen ve Teknoloji Kitabı İlköğretim 8</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>12.04</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789944693189</t>
+          <t>9789944693158</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 8</t>
+          <t>5th Grade English Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789944690560</t>
+          <t>9789944697026</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Yarıyıl Tatil Kitabım İlköğretim 7</t>
+          <t>İlköğretim 6. Sınıf Çözümlü 8 Adet Deneme Sınavı</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>9.26</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789944695992</t>
+          <t>9789944690119</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>101 Deyim 101 Öykü</t>
+          <t>Flash Card Set: 9 (Verbs 1 / Fiiller 1)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789944690041</t>
+          <t>9789944690072</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 1 (Adjectives - Prepositions / Sıfatlar - Edatlar)</t>
+          <t>Flash Card Set: 8 (Sports / Sporlar)</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789944695985</t>
+          <t>9789944690096</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>101 Atasözü 101 Öykü</t>
+          <t>Flash Card Set: 7 (Clothes / Giysiler)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789944696043</t>
+          <t>9789944694124</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Güneş Arkasına Baktı</t>
+          <t>YGS - LYS Geometri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>7.41</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789944692861</t>
+          <t>9789944694254</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ana Işık Kız</t>
+          <t>YGS - LYS Biyoloji</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>5.56</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789944692090</t>
+          <t>9789944694322</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Adam (Ciltli)</t>
+          <t>YGS - Fizik</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789944690300</t>
+          <t>9789944694261</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Oyun Zamanı</t>
+          <t>YGS - Felsefe</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>3990000017009</t>
+          <t>9789944694216</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin İnsan Vücudu Kitabı (Ciltli)</t>
+          <t>YGS - Coğrafya</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789944694414</t>
+          <t>9789944693189</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Fizik LYS</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 8</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>26.85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789759081157</t>
+          <t>9789944690560</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin Buluşlar ve İcatlar Kitabı (Ciltli)</t>
+          <t>Yarıyıl Tatil Kitabım İlköğretim 7</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789759081126</t>
+          <t>9789944695992</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Profesör Dahi’nin Evren Kitabı (Ciltli)</t>
+          <t>101 Deyim 101 Öykü</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052854082</t>
+          <t>9789944690041</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında</t>
+          <t>Flash Card Set: 1 (Adjectives - Prepositions / Sıfatlar - Edatlar)</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>39</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052854662</t>
+          <t>9789944695985</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah -  Sen de Oku</t>
+          <t>101 Atasözü 101 Öykü</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789944694858</t>
+          <t>9789944696043</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>7. Sınıf Fen ve Teknoloji Soru Bankası</t>
+          <t>Güneş Arkasına Baktı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052854129</t>
+          <t>9789944692861</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürü Ben - Sen de Oku</t>
+          <t>Güneş Ana Işık Kız</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>59</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>8699237591065</t>
+          <t>9789944692090</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>8. Sınıf Türkçe Soru Bankası Çözüm Kitapçığı  (SBS’ye Uygun)</t>
+          <t>Örümcek Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>14.81</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052853689</t>
+          <t>9789944690300</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü - Sen de Oku</t>
+          <t>Oyun Zamanı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789756451632</t>
+          <t>3990000017009</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 11 (Parts of The Body / Vücudun Bölümleri)</t>
+          <t>Profesör Dahi’nin İnsan Vücudu Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789944690126</t>
+          <t>9789944694414</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Flash Card Set: 10 (Verbs 2 / Fiiller 2)</t>
+          <t>Fizik LYS</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>11.11</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052031834</t>
+          <t>9789759081157</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Tembel Teneke Acaba Nerede?</t>
+          <t>Profesör Dahi’nin Buluşlar ve İcatlar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>85</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>8682328730320</t>
+          <t>9789759081126</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk Seti (20 Kitap Takım)</t>
+          <t>Profesör Dahi’nin Evren Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>1650</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052854051</t>
+          <t>9786052854082</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları</t>
+          <t>Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>45</v>
+        <v>39</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789944692533</t>
+          <t>9786052854662</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Dağ Kaşındı</t>
+          <t>Denizler Altında Yirmi Bin Fersah -  Sen de Oku</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>13.89</v>
+        <v>89</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789758275519</t>
+          <t>9789944694858</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Çöl Çiçeği</t>
+          <t>7. Sınıf Fen ve Teknoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>8.33</v>
+        <v>18</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789758275670</t>
+          <t>9786052854129</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Çocukken</t>
+          <t>Bir Sürü Ben - Sen de Oku</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>2.78</v>
+        <v>59</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789944690157</t>
+          <t>8699237591065</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Çocukça</t>
+          <t>8. Sınıf Türkçe Soru Bankası Çözüm Kitapçığı  (SBS’ye Uygun)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789756451793</t>
+          <t>9786052853689</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Leylek</t>
+          <t>Oz Büyücüsü - Sen de Oku</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>8</v>
+        <v>85</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789944694926</t>
+          <t>9789756451632</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Çivit Kral</t>
+          <t>Flash Card Set: 11 (Parts of The Body / Vücudun Bölümleri)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>21</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789944693219</t>
+          <t>9789944690126</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Çipilip - Üç Şekerli Oyun</t>
+          <t>Flash Card Set: 10 (Verbs 2 / Fiiller 2)</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>8</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789944693844</t>
+          <t>9786052031834</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Dürbünü</t>
+          <t>Tembel Teneke Acaba Nerede?</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>8</v>
+        <v>85</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789758275847</t>
+          <t>8682328730320</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Geliyor</t>
+          <t>Filozof Çocuk Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>7.41</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789944697057</t>
+          <t>9786052854051</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma - Jimmy Coates</t>
+          <t>Ezop Masalları</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>17</v>
+        <v>45</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789756451687</t>
+          <t>9789944692533</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Çalı Çiçeği</t>
+          <t>Dağ Kaşındı</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789944693738</t>
+          <t>9789758275519</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Atatürk Fotoğrafları Cilt: 2 (Ciltli)</t>
+          <t>Çöl Çiçeği</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>55.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789944693066</t>
+          <t>9789758275670</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Atatürk Fotoğrafları Cilt: 1 (Ciltli)</t>
+          <t>Çocukken</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>55.56</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789759081935</t>
+          <t>9789944690157</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Cep Sudoku 3</t>
+          <t>Çocukça</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789944694001</t>
+          <t>9789756451793</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat (Ciltli)</t>
+          <t>Çocuk ve Leylek</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>37.04</v>
+        <v>8</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789759081942</t>
+          <t>9789944694926</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Cep Sudoku 2</t>
+          <t>Çivit Kral</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>7.41</v>
+        <v>21</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789759081928</t>
+          <t>9789944693219</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Cep Sudoku 1</t>
+          <t>Çipilip - Üç Şekerli Oyun</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>7.41</v>
+        <v>8</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789756451465</t>
+          <t>9789944693844</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Ölümü</t>
+          <t>Çiçek Dürbünü</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>8.8</v>
+        <v>8</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789944693370</t>
+          <t>9789758275847</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Casusluk Bilimi (Ciltli)</t>
+          <t>Çılgın Geliyor</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>46.3</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789758275243</t>
+          <t>9789944697057</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Cankuş</t>
+          <t>Çarpışma - Jimmy Coates</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>7.41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789756451779</t>
+          <t>9789756451687</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kirpi</t>
+          <t>Çalı Çiçeği</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>3.7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789756451755</t>
+          <t>9789944693738</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Küçük İstiridye</t>
+          <t>Çağdaş Atatürk Fotoğrafları Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>6.48</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789756451984</t>
+          <t>9789944693066</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Sır</t>
+          <t>Çağdaş Atatürk Fotoğrafları Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>14.81</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789944690652</t>
+          <t>9789759081935</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kuvvet Hissedebiliyor Musun? (Ciltli)</t>
+          <t>Cep Sudoku 3</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789758275700</t>
+          <t>9789944694001</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Kartalı</t>
+          <t>Çocuklar İçin Sanat (Ciltli)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>6.48</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789944696562</t>
+          <t>9789759081942</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kurabi’ye Uçan Omlet</t>
+          <t>Cep Sudoku 2</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>16</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789944690409</t>
+          <t>9789759081928</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kuçu Kuçu Kendine Bir Ev Arıyor (Ciltli)</t>
+          <t>Cep Sudoku 1</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789944693028</t>
+          <t>9789756451465</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Hiçkorkmaz’ın Korkunç Anıları (Ciltli)</t>
+          <t>Cennetin Ölümü</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>18.52</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789944692137</t>
+          <t>9789944693370</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Korkak Oğlan</t>
+          <t>Casusluk Bilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>8.33</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789944691901</t>
+          <t>9789758275243</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Kirli Benek</t>
+          <t>Cankuş</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>6.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789944694636</t>
+          <t>9789756451779</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Mavi Kurt’tan</t>
+          <t>Küçük Kirpi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>11.11</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789758275854</t>
+          <t>9789756451755</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kızılbenek</t>
+          <t>Küçük İstiridye</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789944693615</t>
+          <t>9789756451984</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejder’i Ararken</t>
+          <t>Kuyudaki Sır</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789944690966</t>
+          <t>9789944690652</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Korsanlar (Ciltli)</t>
+          <t>Kuvvet Hissedebiliyor Musun? (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>46.3</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789944694582</t>
+          <t>9789758275700</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Kız Kitabı 2</t>
+          <t>Kurtuluş Kartalı</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>10</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789944693493</t>
+          <t>9789944696562</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kız Kitabı</t>
+          <t>Kurabi’ye Uçan Omlet</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>9.26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789944692922</t>
+          <t>9789944690409</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kış Ustası</t>
+          <t>Kuçu Kuçu Kendine Bir Ev Arıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789758275663</t>
+          <t>9789944693028</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Set - 7 Kitap Takım (11-12 Yaş)</t>
+          <t>Korkusuz Hiçkorkmaz’ın Korkunç Anıları (Ciltli)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>84.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789944693806</t>
+          <t>9789944692137</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Tutan Elin Şarkısı</t>
+          <t>Korkak Oğlan</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>16</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789756451229</t>
+          <t>9789944691901</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan’ın Nohudu</t>
+          <t>Kirli Benek</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>2.78</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789944693516</t>
+          <t>9789944694636</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kelkaya’nın Meşesi</t>
+          <t>Kim Korkar Mavi Kurt’tan</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789758275311</t>
+          <t>9789758275854</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kelebekle Karınca</t>
+          <t>Kızılbenek</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>3.7</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789944693196</t>
+          <t>9789944693615</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Kardeşi (Ciltli)</t>
+          <t>Kızıl Ejder’i Ararken</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789944693431</t>
+          <t>9789944690966</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kararınca</t>
+          <t>Korsanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>8</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789944693868</t>
+          <t>9789944694582</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Karganın Rengi</t>
+          <t>Kız Kitabı 2</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789944695039</t>
+          <t>9789944693493</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Karbon Günlükleri 2015</t>
+          <t>Kız Kitabı</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789944696173</t>
+          <t>9789944692922</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Yaşam</t>
+          <t>Kış Ustası</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>21</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789758275335</t>
+          <t>9789758275663</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kar Kuşları</t>
+          <t>Kırmızı Set - 7 Kitap Takım (11-12 Yaş)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>7.41</v>
+        <v>84.26</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789944696722</t>
+          <t>9789944693806</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kar Benek Kara Benek</t>
+          <t>Kılıç Tutan Elin Şarkısı</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>8.33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789944690331</t>
+          <t>9789756451229</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam - Karşıtlar</t>
+          <t>Keloğlan’ın Nohudu</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>13.89</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789944693950</t>
+          <t>9789944693516</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Kaplan Yumurtası</t>
+          <t>Kelkaya’nın Meşesi</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789944693301</t>
+          <t>9789758275311</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kent Düşleri</t>
+          <t>Kelebekle Karınca</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>13.89</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789944690737</t>
+          <t>9789944693196</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Karşıtlar İki Katı Eğlence</t>
+          <t>Karıncanın Kardeşi (Ciltli)</t>
         </is>
       </c>
       <c r="C698" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052853191</t>
+          <t>9789944693431</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Benden Bize - Kafası Karışıklar</t>
+          <t>Karınca Kararınca</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052853030</t>
+          <t>9789944693868</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Tembel Hayvanın Hızlı Macerası</t>
+          <t>Karganın Rengi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>57</v>
+        <v>9</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>2789786077281</t>
+          <t>9789944695039</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası Tüm Dersler 2. Sınıf (SBS'ye Uygun)</t>
+          <t>Karbon Günlükleri 2015</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>20</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052853375</t>
+          <t>9789944696173</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Ailemizin Mucitleri</t>
+          <t>Karanlık Yaşam</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>55</v>
+        <v>21</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789944697224</t>
+          <t>9789758275335</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Okula Gitmek İstemiyor</t>
+          <t>Kar Kuşları</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789944697200</t>
+          <t>9789944696722</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Karanlıktan Korkuyor</t>
+          <t>Kar Benek Kara Benek</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052852842</t>
+          <t>9789944690331</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam ve Kayıp Pabuçlar (3. Kitap)</t>
+          <t>Benim Dünyam - Karşıtlar</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>150</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052852071</t>
+          <t>9789944693950</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Spor Ayakkabıda Kungfu</t>
+          <t>Kaplan Yumurtası</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789756451458</t>
+          <t>9789944693301</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Tuna’nın Büyülü Gemisi</t>
+          <t>Kent Düşleri</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>130</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>8699237599658</t>
+          <t>9789944690737</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Süperhügo Serisi (5 Kitap Takım)</t>
+          <t>Karşıtlar İki Katı Eğlence</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>720</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052859933</t>
+          <t>9786052853191</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Yavru Dinozor Tehlikede!</t>
+          <t>Benden Bize - Kafası Karışıklar</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052855812</t>
+          <t>9786052853030</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Koca Dev</t>
+          <t>Tembel Hayvanın Hızlı Macerası</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>185</v>
+        <v>57</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052859629</t>
+          <t>2789786077281</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Süper Hızlı ve Kontrolsüz</t>
+          <t>Soru Bankası Tüm Dersler 2. Sınıf (SBS'ye Uygun)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052858684</t>
+          <t>9786052853375</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kahramanları Arıları Koruyor</t>
+          <t>Ailemizin Mucitleri</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052859957</t>
+          <t>9789944697224</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Pelin Küpe Takmak İstiyor</t>
+          <t>Zeytin Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>140</v>
+        <v>11</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052858677</t>
+          <t>9789944697200</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kutunun Gizemi</t>
+          <t>Cingöz Karanlıktan Korkuyor</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052859872</t>
+          <t>9786052852842</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Onun Adı Var: Halide</t>
+          <t>Haylaz Adam ve Kayıp Pabuçlar (3. Kitap)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786253800413</t>
+          <t>9786052852071</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Zorbanı Nasıl Eğitirsin?</t>
+          <t>Spor Ayakkabıda Kungfu</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786059604833</t>
+          <t>9789756451458</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıf 2. Dönem Süreç Odaklı Matematik</t>
+          <t>Tuna’nın Büyülü Gemisi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052859346</t>
+          <t>8699237599658</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Lenny Lemmon ve Yenilmez Fare</t>
+          <t>Süperhügo Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>240</v>
+        <v>720</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052859643</t>
+          <t>9786052859933</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu</t>
+          <t>Küçük Yıldızlar: Yavru Dinozor Tehlikede!</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052859803</t>
+          <t>9786052855812</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Kurbağalara Fısıldayan Çocuk</t>
+          <t>Dikkat! Koca Dev</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052859506</t>
+          <t>9786052859629</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kukuleta Şeklinde Bir Kule</t>
+          <t>Marvin Redpost: Süper Hızlı ve Kontrolsüz</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052859377</t>
+          <t>9786052858684</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Matti, Sami ve Evrenin En Büyük Üç Hatası</t>
+          <t>Doğa Kahramanları Arıları Koruyor</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052859513</t>
+          <t>9786052859957</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kardan Hayalet</t>
+          <t>Pelin Küpe Takmak İstiyor</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052859360</t>
+          <t>9786052858677</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Şenlik Ailesi: Bu Evde Grev Var!</t>
+          <t>Pembe Kutunun Gizemi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052859711</t>
+          <t>9786052859872</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Denemeye Değer</t>
+          <t>Onun Adı Var: Halide</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052859612</t>
+          <t>9786253800413</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Hitit Prensesi Arinna</t>
+          <t>Zorbanı Nasıl Eğitirsin?</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052859520</t>
+          <t>9786059604833</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Görünmez Kahramanları</t>
+          <t>1. Sınıf 2. Dönem Süreç Odaklı Matematik</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052859704</t>
+          <t>9786052859346</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Biri Şu Hıçkırığımı Durdursun</t>
+          <t>Lenny Lemmon ve Yenilmez Fare</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052859339</t>
+          <t>9786052859643</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Vızıltı Kardeşlerin İnanılmaz Hikayesi</t>
+          <t>Korsan Okulu</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052855621</t>
+          <t>9786052859803</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Türkçe Dinamik Soru Bankası</t>
+          <t>Kurbağalara Fısıldayan Çocuk</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052855645</t>
+          <t>9786052859506</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Matematik Dinamik Soru Bankası</t>
+          <t>Kukuleta Şeklinde Bir Kule</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>470</v>
+        <v>245</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786257223089</t>
+          <t>9786052859377</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Tüm Dersler Kılavuz Deneme</t>
+          <t>Matti, Sami ve Evrenin En Büyük Üç Hatası</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052859537</t>
+          <t>9786052859513</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Piyon</t>
+          <t>Kardan Hayalet</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052859384</t>
+          <t>9786052859360</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Uçan Doğum Günü Pastası</t>
+          <t>Şenlik Ailesi: Bu Evde Grev Var!</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052859353</t>
+          <t>9786052859711</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Riko ve Gizemli Sokak Lambası (Ciltli)</t>
+          <t>Denemeye Değer</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052859544</t>
+          <t>9786052859612</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceli Hayvan Şiirleri</t>
+          <t>Hitit Prensesi Arinna</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052859650</t>
+          <t>9786052859520</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dostları</t>
+          <t>Sınıfın Görünmez Kahramanları</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052859315</t>
+          <t>9786052859704</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Bisiklet Kullanmak</t>
+          <t>Biri Şu Hıçkırığımı Durdursun</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052859568</t>
+          <t>9786052859339</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le Bir Gün</t>
+          <t>Vızıltı Kardeşlerin İnanılmaz Hikayesi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052859582</t>
+          <t>9786052855621</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Bizim Robot Hasta</t>
+          <t>4. Sınıf Türkçe Dinamik Soru Bankası</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>185</v>
+        <v>470</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052859551</t>
+          <t>9786052855645</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Öykü</t>
+          <t>4. Sınıf Matematik Dinamik Soru Bankası</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>185</v>
+        <v>470</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052859391</t>
+          <t>9786257223089</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Kitabevi: Köstebeğin Anıları</t>
+          <t>3. Sınıf Tüm Dersler Kılavuz Deneme</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052859599</t>
+          <t>9786052859537</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Renkleri Duyan Çocuk</t>
+          <t>Piyon</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052859674</t>
+          <t>9786052859384</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Doğa Kahramanları - Küçük Yıldızlar Okuma Seviyesi - 3</t>
+          <t>Marvin Redpost: Uçan Doğum Günü Pastası</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052859575</t>
+          <t>9786052859353</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Babamla Aramdaki 6 Kişi</t>
+          <t>Riko ve Gizemli Sokak Lambası (Ciltli)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052859742</t>
+          <t>9786052859544</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Kuş Doktoru</t>
+          <t>Bilmeceli Hayvan Şiirleri</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052859605</t>
+          <t>9786052859650</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot (Sen De Oku Klasikler)</t>
+          <t>Hayvan Dostları</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052859322</t>
+          <t>9786052859315</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Şehirde Bahçecilik</t>
+          <t>Görevimiz Bisiklet Kullanmak</t>
         </is>
       </c>
       <c r="C748" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052859308</t>
+          <t>9786052859568</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Sınıftaki Başkan</t>
+          <t>Atatürk’le Bir Gün</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>8682328732515</t>
+          <t>9786052859582</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Su Günlükleri Set (3 Kitap)</t>
+          <t>Bizim Robot Hasta</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>1140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>8682328732539</t>
+          <t>9786052859551</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Serisi (5 Kitap)</t>
+          <t>Mükemmel Öykü</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>855</v>
+        <v>185</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052859681</t>
+          <t>9786052859391</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Sağım Solum Kedi</t>
+          <t>Ormandaki Kitabevi: Köstebeğin Anıları</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052859421</t>
+          <t>9786052859599</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre - Kermeste</t>
+          <t>Renkleri Duyan Çocuk</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052858714</t>
+          <t>9786052859674</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Tatil Kitabım 3. Sınıfa Geçenler İçin</t>
+          <t>Doğa Kahramanları - Küçük Yıldızlar Okuma Seviyesi - 3</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052858578</t>
+          <t>9786052859575</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Şarkılar, Abur Cuburlar ve Büyük Planlar (Ciltli)</t>
+          <t>Babamla Aramdaki 6 Kişi</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052858639</t>
+          <t>9786052859742</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Su Günlükleri 3 - Ben Yeteneksiz miyim?</t>
+          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Kuş Doktoru</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052858486</t>
+          <t>9786052859605</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Köpek Bakıcısı</t>
+          <t>Don Kişot (Sen De Oku Klasikler)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052858561</t>
+          <t>9786052859322</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Okulu</t>
+          <t>Görevimiz Şehirde Bahçecilik</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052858554</t>
+          <t>9786052859308</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Yağmur ile Pofuduk</t>
+          <t>Marvin Redpost: Sınıftaki Başkan</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052858646</t>
+          <t>8682328732515</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Kum Adam ile Kaplumbağalar</t>
+          <t>Su Günlükleri Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>220</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052858479</t>
+          <t>8682328732539</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Arıları Korumak</t>
+          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>190</v>
+        <v>855</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052858615</t>
+          <t>9786052859681</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Kurbağa</t>
+          <t>Küçük Yıldızlar: Kıvırcık ile Pıtırcık Sağım Solum Kedi</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052858462</t>
+          <t>9786052859421</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Permakültür</t>
+          <t>Emre ile Cemre - Kermeste</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052858325</t>
+          <t>9786052858714</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Kara Kedi Dehşet</t>
+          <t>2. Sınıf Tatil Kitabım 3. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052858790</t>
+          <t>9786052858578</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Sahnede Yaşamak - Rutkay Aziz ile Söyleşi</t>
+          <t>Tom Gates - Şarkılar, Abur Cuburlar ve Büyük Planlar (Ciltli)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052858455</t>
+          <t>9786052858639</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kaça Bölersin?</t>
+          <t>Su Günlükleri 3 - Ben Yeteneksiz miyim?</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052858547</t>
+          <t>9786052858486</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Uzaylı Dostum</t>
+          <t>Marvin Redpost: Köpek Bakıcısı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052858585</t>
+          <t>9786052858561</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Bu Sorular Tam Benlik</t>
+          <t>Süper Kahraman Okulu</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052858394</t>
+          <t>9786052858554</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Sümük Meselesi</t>
+          <t>Yağmur ile Pofuduk</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052858509</t>
+          <t>9786052858646</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Hiç Korkmadan Yaşamak Mümkün mü?</t>
+          <t>Kum Adam ile Kaplumbağalar</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052858592</t>
+          <t>9786052858479</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Kitaplarıma Yer Yok (Sen De Oku)</t>
+          <t>Görevimiz Arıları Korumak</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052858608</t>
+          <t>9786052858615</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Bu Nasıl Mucit?</t>
+          <t>İçimdeki Kurbağa</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052857007</t>
+          <t>9786052858462</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şemsiye</t>
+          <t>Görevimiz Permakültür</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789944698313</t>
+          <t>9786052858325</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Aynı Çatı Altında</t>
+          <t>Kara Kedi Dehşet</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052857014</t>
+          <t>9786052858790</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Akıl Fikir Kitabım - 1</t>
+          <t>Sahnede Yaşamak - Rutkay Aziz ile Söyleşi</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052858530</t>
+          <t>9786052858455</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Postacının Gizli Planı</t>
+          <t>Kaça Bölersin?</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052853467</t>
+          <t>9786052858547</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kapiland'ın Karanlık Yüzü</t>
+          <t>Küçük Yıldızlar: Uzaylı Dostum</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789944697736</t>
+          <t>9786052858585</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Nine Bizi Kurtarsana</t>
+          <t>Bu Sorular Tam Benlik</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789944694339</t>
+          <t>9786052858394</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Yüzümde Kırlangıç Gölgesi</t>
+          <t>Marvin Redpost: Sümük Meselesi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789944694469</t>
+          <t>9786052858509</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Yılankale</t>
+          <t>Hiç Korkmadan Yaşamak Mümkün mü?</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789944693097</t>
+          <t>9786052858592</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Yazarına Direnen Öyküler</t>
+          <t>Kitaplarıma Yer Yok (Sen De Oku)</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786059667173</t>
+          <t>9786052858608</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Saçlı Kız</t>
+          <t>Bu Nasıl Mucit?</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786059604758</t>
+          <t>9786052857007</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlalarından Kolye</t>
+          <t>Kırmızı Şemsiye</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789944692236</t>
+          <t>9789944698313</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Vampirin Asistanı</t>
+          <t>Küçük Yıldızlar: Aynı Çatı Altında</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789944691277</t>
+          <t>9786052857014</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Ülkemin Efsaneleri</t>
+          <t>Akıl Fikir Kitabım - 1</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789944696883</t>
+          <t>9786052858530</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Umacı</t>
+          <t>Kahraman Postacının Gizli Planı</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789944694186</t>
+          <t>9786052853467</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Vampirler Dağı</t>
+          <t>Kapiland'ın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789944696074</t>
+          <t>9789944697736</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Uçan Dalgalar</t>
+          <t>Nine Bizi Kurtarsana</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789944696517</t>
+          <t>9789944694339</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Tapınağın Sırrı</t>
+          <t>Yüzümde Kırlangıç Gölgesi</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789944692311</t>
+          <t>9789944694469</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Şaka Gibi</t>
+          <t>Yılankale</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789944697682</t>
+          <t>9789944693097</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Gülen Sakız Ağacı</t>
+          <t>Yazarına Direnen Öyküler</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789944699600</t>
+          <t>9786059667173</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Babam Duymasın</t>
+          <t>Yağmur Saçlı Kız</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789944699518</t>
+          <t>9786059604758</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Babamın Sihirli Küresi</t>
+          <t>Yağmur Damlalarından Kolye</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789944697170</t>
+          <t>9789944692236</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Fincan Teyzenin Kurabiyeleri</t>
+          <t>Vampirin Asistanı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786059604765</t>
+          <t>9789944691277</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Doktor Otukuru'nun Işınlanma Makinesi</t>
+          <t>Ülkemin Efsaneleri</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052850190</t>
+          <t>9789944696883</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Denizin Dibindeki Krallık</t>
+          <t>Umacı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789944697699</t>
+          <t>9789944694186</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kanı</t>
+          <t>Vampirler Dağı</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052856062</t>
+          <t>9789944696074</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler - 1</t>
+          <t>Uçan Dalgalar</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789944694766</t>
+          <t>9789944696517</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Çocuk</t>
+          <t>Tapınağın Sırrı</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789756451649</t>
+          <t>9789944692311</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut</t>
+          <t>Şaka Gibi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789944696500</t>
+          <t>9789944697682</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Bilmecenin İzinde Maceranın Peşinde</t>
+          <t>Gülen Sakız Ağacı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789758275502</t>
+          <t>9789944699600</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Az Gittim Uz Gittim</t>
+          <t>Babam Duymasın</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789944691314</t>
+          <t>9789944699518</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızı</t>
+          <t>Babamın Sihirli Küresi</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789944696913</t>
+          <t>9789944697170</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Anne Beni Geri Getir</t>
+          <t>Fincan Teyzenin Kurabiyeleri</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789944692304</t>
+          <t>9786059604765</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Öyküler 2</t>
+          <t>Doktor Otukuru'nun Işınlanma Makinesi</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789944692298</t>
+          <t>9786052850190</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Öyküler 1</t>
+          <t>Denizin Dibindeki Krallık</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052853238</t>
+          <t>9789944697699</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Almarpa’nın Gizemi</t>
+          <t>Hayaletin Kanı</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789944693882</t>
+          <t>9786052856062</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Akvaryumdaki Denizkızı</t>
+          <t>Süper Gazeteciler - 1</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052853221</t>
+          <t>9789944694766</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kapiland’ın Kobayları</t>
+          <t>Büyüyen Çocuk</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789944696869</t>
+          <t>9789756451649</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya’nın Perileri</t>
+          <t>Bir Dilek Tut</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052852897</t>
+          <t>9789944696500</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Düşler</t>
+          <t>Bilmecenin İzinde Maceranın Peşinde</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789944693011</t>
+          <t>9789758275502</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Kan Tünelleri</t>
+          <t>Az Gittim Uz Gittim</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789944696876</t>
+          <t>9789944691314</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Kelebek</t>
+          <t>Ateş Hırsızı</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789944694452</t>
+          <t>9789944696913</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Kafesteki Çikolata</t>
+          <t>Anne Beni Geri Getir</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789944696746</t>
+          <t>9789944692304</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Çocukları</t>
+          <t>Anılardan Öyküler 2</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789944696944</t>
+          <t>9789944692298</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Köpek Biber</t>
+          <t>Anılardan Öyküler 1</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789756451250</t>
+          <t>9786052853238</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Işıklı Ayakkabılar</t>
+          <t>Almarpa’nın Gizemi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789944696210</t>
+          <t>9789944693882</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 1 - Haylaz Köpek Pati</t>
+          <t>Akvaryumdaki Denizkızı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789944694698</t>
+          <t>9786052853221</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Sırrı</t>
+          <t>Kapiland’ın Kobayları</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789944695060</t>
+          <t>9789944696869</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Savaşı</t>
+          <t>Kapadokya’nın Perileri</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>400</v>
+        <v>265</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789944693325</t>
+          <t>9786052852897</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Laneti</t>
+          <t>Kanatlı Düşler</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789944696135</t>
+          <t>9789944693011</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kurbanı</t>
+          <t>Kan Tünelleri</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789944696708</t>
+          <t>9789944696876</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kaderi</t>
+          <t>Kalbimdeki Kelebek</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789944696609</t>
+          <t>9789944694452</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Kabusu</t>
+          <t>Kafesteki Çikolata</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789944695725</t>
+          <t>9789944696746</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Hatası</t>
+          <t>Kaderin Çocukları</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786052853276</t>
+          <t>9789944696944</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Tozu</t>
+          <t>Kaçak Köpek Biber</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789944696593</t>
+          <t>9789756451250</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerin Hükümdarı</t>
+          <t>Işıklı Ayakkabılar</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789944696548</t>
+          <t>9789944696210</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerden Uzakta</t>
+          <t>Haylaz Pati’nin Serüvenleri 1 - Haylaz Köpek Pati</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>129</v>
+        <v>110</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789944696104</t>
+          <t>9789944694698</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Müttefikleri</t>
+          <t>Hayaletin Sırrı</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789944695930</t>
+          <t>9789944695060</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Türkçe Öğretimi</t>
+          <t>Hayaletin Savaşı</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>660</v>
+        <v>400</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789944693479</t>
+          <t>9789944693325</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Maymun Çıkabilir</t>
+          <t>Hayaletin Laneti</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789944692885</t>
+          <t>9789944696135</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Denize Düşen Denizkızı</t>
+          <t>Hayaletin Kurbanı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789944696692</t>
+          <t>9789944696708</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>İkizler İz Peşinde</t>
+          <t>Hayaletin Kaderi</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789944696258</t>
+          <t>9789944696609</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 5 - Öğretmen Sınıfa Ne Getirdi?</t>
+          <t>Hayaletin Kabusu</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789944696241</t>
+          <t>9789944695725</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 4 - Korkunç Gölge</t>
+          <t>Hayaletin Hatası</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789944696234</t>
+          <t>9786052853276</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 3 - Flüt Çalan Köpek</t>
+          <t>Hayalet Tozu</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789944696227</t>
+          <t>9789944696593</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Pati’nin Serüvenleri 2 - Kremalı Köpek Gofreti</t>
+          <t>Gölgelerin Hükümdarı</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786059153775</t>
+          <t>9789944696548</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Oğlum, Ben Çocukken</t>
+          <t>Gölgelerden Uzakta</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>150</v>
+        <v>129</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786059153492</t>
+          <t>9789944696104</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Yaratıkları</t>
+          <t>Gecenin Müttefikleri</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786059493833</t>
+          <t>9789944695930</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sihirbazı</t>
+          <t>Etkinliklerle Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>265</v>
+        <v>660</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789944691697</t>
+          <t>9789944693479</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Sokak Haberleri</t>
+          <t>Dikkat! Maymun Çıkabilir</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786052853252</t>
+          <t>9789944692885</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Sisin Sakladıkları</t>
+          <t>Denize Düşen Denizkızı</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789944694544</t>
+          <t>9789944696692</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Masalları</t>
+          <t>İkizler İz Peşinde</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789944691123</t>
+          <t>9789944696258</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Rüküş Kral Ne Giymiş?</t>
+          <t>Haylaz Pati’nin Serüvenleri 5 - Öğretmen Sınıfa Ne Getirdi?</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789944691130</t>
+          <t>9789944696241</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Renk Cüceleri</t>
+          <t>Haylaz Pati’nin Serüvenleri 4 - Korkunç Gölge</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789944693561</t>
+          <t>9789944696234</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Ortanca Balık</t>
+          <t>Haylaz Pati’nin Serüvenleri 3 - Flüt Çalan Köpek</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789944696142</t>
+          <t>9789944696227</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Origami: Oyuncaklar</t>
+          <t>Haylaz Pati’nin Serüvenleri 2 - Kremalı Köpek Gofreti</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789944696159</t>
+          <t>9786059153775</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Origami: Hediyelik</t>
+          <t>Oğlum, Ben Çocukken</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789944692144</t>
+          <t>9786059153492</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Obur Prenses</t>
+          <t>Hayaletin Yaratıkları</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789944693004</t>
+          <t>9786059493833</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Nim’in Adası</t>
+          <t>Zaman Sihirbazı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789944693318</t>
+          <t>9789944691697</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sokağı</t>
+          <t>Sokak Haberleri</t>
         </is>
       </c>
       <c r="C851" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789944691307</t>
+          <t>9786052853252</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Maurice ve Değişmiş Fareleri</t>
+          <t>Sisin Sakladıkları</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>239</v>
+        <v>290</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789944693769</t>
+          <t>9789944694544</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Montague Amca’nın Dehşet Hikayeleri</t>
+          <t>Rüzgar Masalları</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789944694759</t>
+          <t>9789944691123</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Martı ve Savaş</t>
+          <t>Rüküş Kral Ne Giymiş?</t>
         </is>
       </c>
       <c r="C854" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789758275526</t>
+          <t>9789944691130</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressam</t>
+          <t>Renk Cüceleri</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789944694506</t>
+          <t>9789944693561</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Sınav</t>
+          <t>Ortanca Balık</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789944699280</t>
+          <t>9789944696142</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Çikolatayı Kim Yiyecek</t>
+          <t>Origami: Oyuncaklar</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>180</v>
+        <v>199</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786052857632</t>
+          <t>9789944696159</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Edebiyat</t>
+          <t>Origami: Hediyelik</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>660</v>
+        <v>199</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789944696739</t>
+          <t>9789944692144</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı ve Okuma Kültürü</t>
+          <t>Obur Prenses</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>660</v>
+        <v>200</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786059604741</t>
+          <t>9789944693004</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Pijamalı Çocuk</t>
+          <t>Nim’in Adası</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789944695329</t>
+          <t>9789944693318</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Çiftçi Karıncalar Köleci Karıncalara Karşı</t>
+          <t>Mutluluk Sokağı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789944696432</t>
+          <t>9789944691307</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Küçük Cadı Yeşil</t>
+          <t>Muhteşem Maurice ve Değişmiş Fareleri</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>200</v>
+        <v>239</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789756451441</t>
+          <t>9789944693769</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Kuş Kulesi</t>
+          <t>Montague Amca’nın Dehşet Hikayeleri</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789944696067</t>
+          <t>9789944694759</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Koyasan</t>
+          <t>Martı ve Savaş</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789944695350</t>
+          <t>9789758275526</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kimsin Sen?</t>
+          <t>Küçük Ressam</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786052852880</t>
+          <t>9789944694506</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kartal</t>
+          <t>Ölümcül Sınav</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789944696319</t>
+          <t>9789944699280</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Arabanın Hayaleti</t>
+          <t>Çikolatayı Kim Yiyecek</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786253800420</t>
+          <t>9786052857632</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet - 1</t>
+          <t>Çocuk ve Edebiyat</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>350</v>
+        <v>660</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789944694797</t>
+          <t>9789944696739</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Kara Gemi’den Dehşet Hikayeleri</t>
+          <t>Çocuk Edebiyatı ve Okuma Kültürü</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>270</v>
+        <v>660</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786052858431</t>
+          <t>9786059604741</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Kahkaha Kasabası</t>
+          <t>Çizgili Pijamalı Çocuk</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786052858349</t>
+          <t>9789944695329</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları (Sen de Oku Klasikler)</t>
+          <t>Çiftçi Karıncalar Köleci Karıncalara Karşı</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786052858318</t>
+          <t>9789944696432</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Zıpzıp Zeynep</t>
+          <t>Küçük Cadı Yeşil</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786052858493</t>
+          <t>9789756451441</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Korku Nedir?</t>
+          <t>Kuş Kulesi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786052858332</t>
+          <t>9789944696067</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Begüm’ün Nesi Var? (Sen De Oku)</t>
+          <t>Koyasan</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786052858387</t>
+          <t>9789944695350</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Marvin Redpost: Kayıp Prens’in Sırrı</t>
+          <t>Kimsin Sen?</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786052858127</t>
+          <t>9786052852880</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Haklarına Sahip Çık!</t>
+          <t>Kırmızı Kartal</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786052858448</t>
+          <t>9789944696319</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Dali'nin Dehası</t>
+          <t>Kırmızı Arabanın Hayaleti</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786052858356</t>
+          <t>9786253800420</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Gerçeğe</t>
+          <t>Kayıp Kitaplıktaki İskelet - 1</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786052858295</t>
+          <t>9789944694797</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Çılgın Macera (Gibi Bir Şey) (Ciltli)</t>
+          <t>Kara Gemi’den Dehşet Hikayeleri</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786052858271</t>
+          <t>9786052858431</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar Tatilde</t>
+          <t>Kahkaha Kasabası</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786052858257</t>
+          <t>9786052858349</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Senden Tembeli Var</t>
+          <t>Bremen Mızıkacıları (Sen de Oku Klasikler)</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786052858080</t>
+          <t>9786052858318</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarış</t>
+          <t>Zıpzıp Zeynep</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786052858233</t>
+          <t>9786052858493</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Lena Kırpık Kaş</t>
+          <t>Korku Nedir?</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786052858226</t>
+          <t>9786052858332</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlara Bakan Çocuk</t>
+          <t>Begüm’ün Nesi Var? (Sen De Oku)</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786052857595</t>
+          <t>9786052858387</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 1 - Anılan</t>
+          <t>Marvin Redpost: Kayıp Prens’in Sırrı</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786052858035</t>
+          <t>9786052858127</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın İsyanı</t>
+          <t>Haklarına Sahip Çık!</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786052858059</t>
+          <t>9786052858448</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Benim Duvardan Farkım Ne?</t>
+          <t>Dali'nin Dehası</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786052858219</t>
+          <t>9786052858356</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Zamangezer Yatak</t>
+          <t>Hayalden Gerçeğe</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786052858240</t>
+          <t>9786052858295</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Robot</t>
+          <t>Tom Gates Çılgın Macera (Gibi Bir Şey) (Ciltli)</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786052857311</t>
+          <t>9786052858271</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Tekir</t>
+          <t>Evcil Hayvanlar Tatilde</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786052858004</t>
+          <t>9786052858257</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri Atölyesi</t>
+          <t>Senden Tembeli Var</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786052858288</t>
+          <t>9786052858080</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Perili Evin Gizemi</t>
+          <t>Büyük Yarış</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786052858141</t>
+          <t>9786052858233</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Lena Kırpık Kaş</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786052858073</t>
+          <t>9786052858226</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Dijital Güvenlik</t>
+          <t>Yıldızlara Bakan Çocuk</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786052858103</t>
+          <t>9786052857595</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Suyu Korumak</t>
+          <t>Zamanın Bekçileri 1 - Anılan</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786052858011</t>
+          <t>9786052858035</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Teyzem Görünmez Oluyor</t>
+          <t>Yapay Zekanın İsyanı</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786052858110</t>
+          <t>9786052858059</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler ve Dünyanın Yedi Harikası</t>
+          <t>Benim Duvardan Farkım Ne?</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786052858196</t>
+          <t>9786052858219</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Altı Şapka</t>
+          <t>Zamangezer Yatak</t>
         </is>
       </c>
       <c r="C898" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786052859735</t>
+          <t>9786052858240</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Saçma Sapan Kurabiyesi</t>
+          <t>Küçük Kara Robot</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786052859728</t>
+          <t>9786052857311</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık ile Pıtırcık - Seni Gidi Robot</t>
+          <t>Tekir</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786052858097</t>
+          <t>9786052858004</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Çukurlar</t>
+          <t>Atasözleri Atölyesi</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786052857885</t>
+          <t>9786052858288</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Problem Atölyesi</t>
+          <t>Perili Evin Gizemi</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786052858134</t>
+          <t>9786052858141</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Tahtakurusu Motel'de 7 Gece</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786052857939</t>
+          <t>9786052858073</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Deyimler Atölyesi</t>
+          <t>Görevimiz Dijital Güvenlik</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786052857762</t>
+          <t>9786052858103</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Harf Delisi - Süper Çocuklar 5</t>
+          <t>Görevimiz Suyu Korumak</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786052856864</t>
+          <t>9786052858011</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Şiir Saldım Gökyüzüne</t>
+          <t>Teyzem Görünmez Oluyor</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786052857793</t>
+          <t>9786052858110</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Bir Gün</t>
+          <t>İkiz Gezginler ve Dünyanın Yedi Harikası</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786052857779</t>
+          <t>9786052858196</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Saymadan Duramam</t>
+          <t>Kıvırcık ile Pıtırcık - Altı Şapka</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786052857786</t>
+          <t>9786052859735</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul’da Kıyamet Kopuyor</t>
+          <t>Kıvırcık ile Pıtırcık - Saçma Sapan Kurabiyesi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>8682328731754</t>
+          <t>9786052859728</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk – 22 Kitaplık Set</t>
+          <t>Kıvırcık ile Pıtırcık - Seni Gidi Robot</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>3970</v>
+        <v>180</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786052856611</t>
+          <t>9786052858097</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Bir Sürü Ben</t>
+          <t>Çukurlar</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786052857243</t>
+          <t>9786052857885</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Çok İlginç Bir Haberim Var</t>
+          <t>Problem Atölyesi</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786052857229</t>
+          <t>9786052858134</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Alis Harikalar Diyarında</t>
+          <t>Tahtakurusu Motel'de 7 Gece</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786052857571</t>
+          <t>9786052857939</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Havuzda Tek Başına</t>
+          <t>Deyimler Atölyesi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786052857649</t>
+          <t>9786052857762</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Sanal Zombi Anneannem</t>
+          <t>Harf Delisi - Süper Çocuklar 5</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786052856697</t>
+          <t>9786052856864</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam - 5 Futboldan Anlamıyor</t>
+          <t>Şiir Saldım Gökyüzüne</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786052855119</t>
+          <t>9786052857793</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Tembel Hayvanın Hızlı Macerası</t>
+          <t>Uzayda Bir Gün</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786052857274</t>
+          <t>9786052857779</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Spor Ayakkabıda Kungfu</t>
+          <t>Saymadan Duramam</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786052856949</t>
+          <t>9786052857786</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar: Ailemizin Mucitleri</t>
+          <t>Yamuk Okul’da Kıyamet Kopuyor</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786052857670</t>
+          <t>8682328731754</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam - 3 Kayıp Pabuçlar</t>
+          <t>Filozof Çocuk – 22 Kitaplık Set</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>180</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786052031018</t>
+          <t>9786052856611</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Gulliver'in Gezileri</t>
+          <t>Sen de Oku - Bir Sürü Ben</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786052857236</t>
+          <t>9786052857243</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Ezop Masalları</t>
+          <t>Sen de Oku - Çok İlginç Bir Haberim Var</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786052857557</t>
+          <t>9786052857229</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Tembel Teneke Acaba Nerede?</t>
+          <t>Sen de Oku - Alis Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786052857342</t>
+          <t>9786052857571</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Oz Büyücüsü</t>
+          <t>Sen de Oku - Havuzda Tek Başına</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786052856987</t>
+          <t>9786052857649</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Denizler Altında Yirmi Bin Fersah</t>
+          <t>Sen de Oku - Sanal Zombi Anneannem</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786052857748</t>
+          <t>9786052856697</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Süper Brokoli Çocuk</t>
+          <t>Haylaz Adam - 5 Futboldan Anlamıyor</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>385</v>
+        <v>180</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786052857847</t>
+          <t>9786052855119</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar</t>
+          <t>Küçük Yıldızlar: Tembel Hayvanın Hızlı Macerası</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786052857700</t>
+          <t>9786052857274</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Gizli Geçitleri Bulmanın Yolları</t>
+          <t>Küçük Yıldızlar: Spor Ayakkabıda Kungfu</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786052857755</t>
+          <t>9786052856949</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Üç Kardeşin Kitabı</t>
+          <t>Küçük Yıldızlar: Ailemizin Mucitleri</t>
         </is>
       </c>
       <c r="C929" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786052857335</t>
+          <t>9786052857670</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Gül’ün Hayalindeki Elbise</t>
+          <t>Haylaz Adam - 3 Kayıp Pabuçlar</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786052856536</t>
+          <t>9786052031018</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Problemleri Çatır Çatır Çözerim</t>
+          <t>Sen de Oku - Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786052856482</t>
+          <t>9786052857236</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Aynanın İçinden</t>
+          <t>Sen de Oku - Ezop Masalları</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786052857298</t>
+          <t>9786052857557</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Doğum Günü Macerası</t>
+          <t>Sen de Oku - Tembel Teneke Acaba Nerede?</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786052857731</t>
+          <t>9786052857342</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Küçük Toplayıcının Büyük Yolculuğu</t>
+          <t>Sen de Oku - Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786052857717</t>
+          <t>9786052856987</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Çorba Dayanışması</t>
+          <t>Sen de Oku - Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786052857687</t>
+          <t>9786052857748</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Matisse'in Işığı</t>
+          <t>Süper Brokoli Çocuk</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786052857281</t>
+          <t>9786052857847</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Kızlar Devlere Karşı</t>
+          <t>Mavi Zamanlar</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786052857304</t>
+          <t>9786052857700</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Yo-Yo 2 Hebele Hübele Mühendisi</t>
+          <t>Gizli Geçitleri Bulmanın Yolları</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786052857069</t>
+          <t>9786052857755</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Tuhaf Sorular</t>
+          <t>Üç Kardeşin Kitabı</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786052857540</t>
+          <t>9786052857335</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Bu Defteri Kimse Okumasın</t>
+          <t>Gül’ün Hayalindeki Elbise</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786052857403</t>
+          <t>9786052856536</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul'da İşler Karışıyor</t>
+          <t>Ben Bu Problemleri Çatır Çatır Çözerim</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786052857113</t>
+          <t>9786052856482</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Yolcu</t>
+          <t>Aynanın İçinden</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786052854464</t>
+          <t>9786052857298</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Zombili Mombili Roman</t>
+          <t>Sihirli Doğum Günü Macerası</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786052857120</t>
+          <t>9786052857731</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Bir Noel Şarkısı</t>
+          <t>Küçük Toplayıcının Büyük Yolculuğu</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786052857168</t>
+          <t>9786052857717</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Her Zaman Gerçeği Söylemem Gerekir mi?</t>
+          <t>Çorba Dayanışması</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786052857175</t>
+          <t>9786052857687</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Gerçek Nedir?</t>
+          <t>Matisse'in Işığı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786052856970</t>
+          <t>9786052857281</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Bugün Haber Yok</t>
+          <t>Akıllı Kızlar Devlere Karşı</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786052857076</t>
+          <t>9786052857304</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>İki Robot - Fabrika Hatası</t>
+          <t>Yo-Yo 2 Hebele Hübele Mühendisi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786052855065</t>
+          <t>9786052857069</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul Yıkılıyor</t>
+          <t>Aklımda Tuhaf Sorular</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786052857052</t>
+          <t>9786052857540</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Sen de Oku - Pelin'in Davetsiz Misafirleri</t>
+          <t>Bu Defteri Kimse Okumasın</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786052857106</t>
+          <t>9786052857403</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Plasebo Etkisi</t>
+          <t>Yamuk Okul'da İşler Karışıyor</t>
         </is>
       </c>
       <c r="C951" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786052857083</t>
+          <t>9786052857113</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Yeniden Kullanım</t>
+          <t>Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786052857090</t>
+          <t>9786052854464</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Görevimiz Sıfır Atık</t>
+          <t>Zombili Mombili Roman</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786052857021</t>
+          <t>9786052857120</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Akıl Fikir Kitabım - 2</t>
+          <t>Sen de Oku - Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786052857045</t>
+          <t>9786052857168</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>İnterneti Bozan Çocuk</t>
+          <t>Filozof Çocuk - Her Zaman Gerçeği Söylemem Gerekir mi?</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786059493871</t>
+          <t>9786052857175</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>İcat Çıkar</t>
+          <t>Filozof Çocuk - Gerçek Nedir?</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786052856963</t>
+          <t>9786052856970</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Okul'dan Yumuk Hikayeler</t>
+          <t>Bugün Haber Yok</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786052856574</t>
+          <t>9786052857076</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Babam Nasıl Fenomen Oldu?</t>
+          <t>İki Robot - Fabrika Hatası</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786052855379</t>
+          <t>9786052855065</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Hayal Rüzgarları</t>
+          <t>Yamuk Okul Yıkılıyor</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786052856475</t>
+          <t>9786052857052</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>1 GB Adalet</t>
+          <t>Sen de Oku - Pelin'in Davetsiz Misafirleri</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786052856604</t>
+          <t>9786052857106</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Felaket Üçüzler: Evcil Hayvan Alıyor!</t>
+          <t>Plasebo Etkisi</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>8682328730979</t>
+          <t>9786052857083</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Süperhügo Set: Küçük Yıldızlar</t>
+          <t>Görevimiz Yeniden Kullanım</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>855</v>
+        <v>190</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>8682328731358</t>
+          <t>9786052857090</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler Serisi Set (5 Kitap)</t>
+          <t>Görevimiz Sıfır Atık</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>1425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786052856130</t>
+          <t>9786052857021</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Süper Koşucu</t>
+          <t>Akıl Fikir Kitabım - 2</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786052855218</t>
+          <t>9786052857045</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Wardstone Günlükleri - 01: Hayaletin Çırağı</t>
+          <t>İnterneti Bozan Çocuk</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>8682328731662</t>
+          <t>9786059493871</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Riko ve Oskar Serisi (5 Kitaplık Set) (Ciltli)</t>
+          <t>İcat Çıkar</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>2260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786052854242</t>
+          <t>9786052856963</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Taşınıyor</t>
+          <t>Yamuk Okul'dan Yumuk Hikayeler</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786052850244</t>
+          <t>9786052856574</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Tehlikesavar Matematik Cambazları</t>
+          <t>Babam Nasıl Fenomen Oldu?</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>530</v>
+        <v>320</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786052856598</t>
+          <t>9786052855379</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Aile Arkadaşlar ve Tüylü Yaratıklar - Tom Gates 12 (Ciltli)</t>
+          <t>Hayal Rüzgarları</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786052856505</t>
+          <t>9786052856475</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Bir Sır Kaç KM?</t>
+          <t>1 GB Adalet</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786052854952</t>
+          <t>9786052856604</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Küçük Toplayıcının Büyük Macerası</t>
+          <t>Deniz ve Felaket Üçüzler: Evcil Hayvan Alıyor!</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786052856529</t>
+          <t>8682328730979</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sevgilisi</t>
+          <t>Süperhügo Set: Küçük Yıldızlar</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>240</v>
+        <v>855</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052856499</t>
+          <t>8682328731358</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Evin Kedisi</t>
+          <t>Süper Gazeteciler Serisi Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>280</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052856550</t>
+          <t>9786052856130</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Riko, Oskar ve Devasa Bir Hata</t>
+          <t>Süper Koşucu</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>510</v>
+        <v>185</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786052856581</t>
+          <t>9786052855218</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Dünya'yı Kurtarmanın 10 Yolu</t>
+          <t>Wardstone Günlükleri - 01: Hayaletin Çırağı</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786052855805</t>
+          <t>8682328731662</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Defne ve Diğer Baş Belaları</t>
+          <t>Riko ve Oskar Serisi (5 Kitaplık Set) (Ciltli)</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>165</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786052854921</t>
+          <t>9786052854242</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Felaket Üçüzler - Okula Geç Kalıyor!</t>
+          <t>Bilge Köpek Taşınıyor</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786052855416</t>
+          <t>9786052850244</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Ultra Çocuk ile Harika Köpek</t>
+          <t>Tehlikesavar Matematik Cambazları</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>320</v>
+        <v>530</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786052856468</t>
+          <t>9786052856598</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Seyahat</t>
+          <t>Aile Arkadaşlar ve Tüylü Yaratıklar - Tom Gates 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786052855133</t>
+          <t>9786052856505</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Arasında</t>
+          <t>Bir Sır Kaç KM?</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052853764</t>
+          <t>9786052854952</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeme Oyunu</t>
+          <t>Küçük Toplayıcının Büyük Macerası</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052856543</t>
+          <t>9786052856529</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Flamingo Çocuk</t>
+          <t>Dedemin Sevgilisi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052856512</t>
+          <t>9786052856499</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Bir Mahalle</t>
+          <t>Dokuz Evin Kedisi</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052854273</t>
+          <t>9786052856550</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Harf Bilgisi ve Edebi Beceriler: Okuma Güçlüğüne Yönelik Alıştırmalar 2</t>
+          <t>Riko, Oskar ve Devasa Bir Hata</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>410</v>
+        <v>510</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052856147</t>
+          <t>9786052856581</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Robot</t>
+          <t>Dünya'yı Kurtarmanın 10 Yolu</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786253800055</t>
+          <t>9786052855805</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yıldızlar - Hayvan Koruyucuları: Köpek Olayı</t>
+          <t>Defne ve Diğer Baş Belaları</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052859483</t>
+          <t>9786052854921</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Koruyucuları: Kirpi Olayı</t>
+          <t>Deniz ve Felaket Üçüzler - Okula Geç Kalıyor!</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052858691</t>
+          <t>9786052855416</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Ultra Çocuk ile Harika Köpek</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786052857618</t>
+          <t>9786052856468</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Neli Buzgibi ve Plastik Ada 3. Kitap</t>
+          <t>Dünyanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052857625</t>
+          <t>9786052855133</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Neli Buzgibi ve Büyük Bela 2. Kitap</t>
+          <t>Arkadaşlar Arasında</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786052857250</t>
+          <t>9786052853764</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Neli Buzgibi’nin Maceraları 1. Kitap</t>
+          <t>Düşünmeme Oyunu</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052855188</t>
+          <t>9786052856543</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Picasso'nun Gözleri</t>
+          <t>Flamingo Çocuk</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052852873</t>
+          <t>9786052856512</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Prens Burnubüyük</t>
+          <t>Uzayda Bir Mahalle</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>170</v>
+        <v>235</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052855089</t>
+          <t>9786052854273</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Kora ile Kelebek</t>
+          <t>Harf Bilgisi ve Edebi Beceriler: Okuma Güçlüğüne Yönelik Alıştırmalar 2</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052856161</t>
+          <t>9786052856147</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım Banjo</t>
+          <t>Kaçak Robot</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>185</v>
+        <v>300</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052855959</t>
+          <t>9786253800055</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 5 - Son Baskı</t>
+          <t>Küçük Yıldızlar - Hayvan Koruyucuları: Köpek Olayı</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052855263</t>
+          <t>9786052859483</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Herkes</t>
+          <t>Hayvan Koruyucuları: Kirpi Olayı</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786052854136</t>
+          <t>9786052858691</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Dudak Uçuklatan Teknoloji Maceraları</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052855072</t>
+          <t>9786052857618</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Yeşillikler Ülkesi'nde - İkiz Gezginler</t>
+          <t>Neli Buzgibi ve Plastik Ada 3. Kitap</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052854969</t>
+          <t>9786052857625</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Sakın Korkma!</t>
+          <t>Neli Buzgibi ve Büyük Bela 2. Kitap</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>799</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786253800512</t>
+          <t>9786052857250</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
+          <t>Neli Buzgibi’nin Maceraları 1. Kitap</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052858417</t>
+          <t>9786052855188</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası - Sen De Oku</t>
+          <t>Picasso'nun Gözleri</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>8682328731198</t>
+          <t>9786052852873</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Kapiland Serisi (4 kitap)</t>
+          <t>Prens Burnubüyük</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>1080</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052854112</t>
+          <t>9786052855089</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Ben Kıskanç Mıyım? - Su Günlükleri 2 (Ciltli)</t>
+          <t>Kora ile Kelebek</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052854709</t>
+          <t>9786052856161</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitabın Macerası</t>
+          <t>Yol Arkadaşım Banjo</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786052854792</t>
+          <t>9786052855959</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Süper Gazeteciler 5 - Son Baskı</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786052854693</t>
+          <t>9786052855263</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Sıkıldım, İki Hafta Yokum</t>
+          <t>Bir Gün Herkes</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052854747</t>
+          <t>9786052854136</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Ailesi Yollarda</t>
+          <t>Dudak Uçuklatan Teknoloji Maceraları</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>320</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052857694</t>
+          <t>9786052855072</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Sen de Oku</t>
+          <t>Yeşillikler Ülkesi'nde - İkiz Gezginler</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052853634</t>
+          <t>9786052854969</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Gizli Görev</t>
+          <t>Sakın Korkma!</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>200</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052853658</t>
+          <t>9786253800512</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Sürmeli Kedi'nin Arayışı</t>
+          <t>Nasreddin Hoca ile Düşünmeyi Öğrenmek</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786052852712</t>
+          <t>9786052858417</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Günlük de Neyin Nesi?</t>
+          <t>Mercan Adası - Sen De Oku</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786052854044</t>
+          <t>8682328731198</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Ses Farkındalığı Okuma Güçlüğüne Yönelik Alıştırmalar-1</t>
+          <t>Kapiland Serisi (4 kitap)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>370</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786052858301</t>
+          <t>9786052854112</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hekim - Sen de Oku</t>
+          <t>Ben Kıskanç Mıyım? - Su Günlükleri 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786052854679</t>
+          <t>9786052854709</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Kumsal'ın Çizgili Dünyası</t>
+          <t>Bir Kitabın Macerası</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786052854105</t>
+          <t>9786052854792</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Bizden Dünyaya - Kafası Karışıklar 2</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786052858400</t>
+          <t>9786052854693</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Saçımla Derdim Var - Sen de Oku</t>
+          <t>Sıkıldım, İki Hafta Yokum</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786052854167</t>
+          <t>9786052854747</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Noel Baba'nın Takma Sakalı</t>
+          <t>Tuhaflıklar Ailesi Yollarda</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786052856994</t>
+          <t>9786052857694</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'le Birlikte Düşünelim</t>
+          <t>Peter Pan - Sen de Oku</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786052854488</t>
+          <t>9786052853634</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Ben Kitap</t>
+          <t>Zıpır Gizli Görev</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786052858523</t>
+          <t>9786052853658</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mürmür Yüzme Yarışına Katılıyor 2. Kitap</t>
+          <t>Sürmeli Kedi'nin Arayışı</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786052858363</t>
+          <t>9786052852712</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mürmür Okula Başlıyor 1. Kitap</t>
+          <t>Günlük de Neyin Nesi?</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786052854075</t>
+          <t>9786052854044</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Pisi Pisi Paşa</t>
+          <t>Ses Farkındalığı Okuma Güçlüğüne Yönelik Alıştırmalar-1</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786052854280</t>
+          <t>9786052858301</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Kapiland'ın Külleri</t>
+          <t>Küçük Hekim - Sen de Oku</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786052854174</t>
+          <t>9786052854679</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Sonunda 12 Yaş</t>
+          <t>Kumsal'ın Çizgili Dünyası</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786052853405</t>
+          <t>9786052854105</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Almarpa'nın Gizemi (Ciltli)</t>
+          <t>Bizden Dünyaya - Kafası Karışıklar 2</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786052854181</t>
+          <t>9786052858400</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Köstebek Var</t>
+          <t>Saçımla Derdim Var - Sen de Oku</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786052854006</t>
+          <t>9786052854167</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Kütüphanesi</t>
+          <t>Noel Baba'nın Takma Sakalı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>550</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786052854068</t>
+          <t>9786052856994</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Hiç Tanımadığım Çocuk 2 - Mektup Ağacı</t>
+          <t>Atatürk'le Birlikte Düşünelim</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786052858264</t>
+          <t>9786052854488</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'ın Serüvenleri</t>
+          <t>Merhaba Ben Kitap</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786052853344</t>
+          <t>9786052858523</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İzinde</t>
+          <t>Küçük Mürmür Yüzme Yarışına Katılıyor 2. Kitap</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786052853351</t>
+          <t>9786052858363</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Pelin'in Dili Masaya Nasıl Yapıştı?</t>
+          <t>Küçük Mürmür Okula Başlıyor 1. Kitap</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786052853177</t>
+          <t>9786052854075</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Selin Beni Terk Etti</t>
+          <t>Pisi Pisi Paşa</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786052851050</t>
+          <t>9786052854280</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı ile Kokuş</t>
+          <t>Kapiland'ın Külleri</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786052853184</t>
+          <t>9786052854174</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kar Kurdu ve Canavar</t>
+          <t>Sonunda 12 Yaş</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786052853139</t>
+          <t>9786052853405</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Bir Matematik Hikayesi</t>
+          <t>Almarpa'nın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>8682328730238</t>
+          <t>9786052854181</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Serisi (5 Kitap Takım)</t>
+          <t>Bu İşte Bir Köstebek Var</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>855</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786052853412</t>
+          <t>9786052854006</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Sofi Göklerde</t>
+          <t>Sonsuzluk Kütüphanesi</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786052853368</t>
+          <t>9786052854068</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Dedem, Ben ve Definemiz - Küçük Yıldızlar Okuma Seviyesi -1</t>
+          <t>Sevgili Hiç Tanımadığım Çocuk 2 - Mektup Ağacı</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>8682328730627</t>
+          <t>9786052858264</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri Serisi (3 Kitap Takım)</t>
+          <t>Tom Sawyer'ın Serüvenleri</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>610</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786052853122</t>
+          <t>9786052853344</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Bir Macera</t>
+          <t>Cumhuriyetin İzinde</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786052853436</t>
+          <t>9786052853351</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Çöp Plaza - 1</t>
+          <t>Pelin'in Dili Masaya Nasıl Yapıştı?</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786052853146</t>
+          <t>9786052853177</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Özgürlük Peşinde</t>
+          <t>Selin Beni Terk Etti</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786052853108</t>
+          <t>9786052851050</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Hawaii - Çöp Plaza 2</t>
+          <t>Pırıltılı ile Kokuş</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786052857601</t>
+          <t>9786052853184</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Hazine</t>
+          <t>Kar Kurdu ve Canavar</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786052850367</t>
+          <t>9786052853139</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ile Vız Vız Müzik Macerası</t>
+          <t>Bir Matematik Hikayesi</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786052853290</t>
+          <t>8682328730238</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Süpürge Şipşak</t>
+          <t>Haylaz Adam Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>220</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786052853160</t>
+          <t>9786052853412</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri 3 - Takım Ruhu</t>
+          <t>Sofi Göklerde</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786052853153</t>
+          <t>9786052853368</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Vur Patlasın Çal Oynasın Orkestrası</t>
+          <t>Dedem, Ben ve Definemiz - Küçük Yıldızlar Okuma Seviyesi -1</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786253800406</t>
+          <t>8682328730627</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Amcam Bir Robot</t>
+          <t>Uçan Fare ile Hayalet Hayri Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>180</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786052850992</t>
+          <t>9786052853122</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Biz Arkadaş mıyız? - Su Günlükleri 1 (Ciltli)</t>
+          <t>Çok Acayip Bir Macera</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786052853207</t>
+          <t>9786052853436</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kurt ile Vız Vız - Denizaltı Macerası</t>
+          <t>Çöp Plaza - 1</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786052853092</t>
+          <t>9786052853146</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Kış Ülkesi Çocukları</t>
+          <t>Zıpır Özgürlük Peşinde</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786052853115</t>
+          <t>9786052853108</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Masal Dolu Anadolu</t>
+          <t>Hayaller Hawaii - Çöp Plaza 2</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786052853078</t>
+          <t>9786052857601</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Tek Başıma Okumaktan Korkuyorum</t>
+          <t>Çöpten Hazine</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786052852729</t>
+          <t>9786052850367</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zar - Spor Gezginleri 2</t>
+          <t>Yalnız Kurt ile Vız Vız Müzik Macerası</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>290</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786052858769</t>
+          <t>9786052853290</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Mutfakta</t>
+          <t>Çılgın Süpürge Şipşak</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786052852927</t>
+          <t>9786052853160</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Tuna'nın Büyülü Gemisi</t>
+          <t>Uçan Fare ile Hayalet Hayri 3 - Takım Ruhu</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786052852668</t>
+          <t>9786052853153</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya ve Çocuk</t>
+          <t>Vur Patlasın Çal Oynasın Orkestrası</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786052857861</t>
+          <t>9786253800406</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Elveda Patatesler - Sende Oku</t>
+          <t>Amcam Bir Robot</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786052852569</t>
+          <t>9786052850992</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Terry Pratchett - Zamanı Ancak Sen Durdurabilirsin</t>
+          <t>Biz Arkadaş mıyız? - Su Günlükleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786052857397</t>
+          <t>9786052853207</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Partiye Davetli Değil! (4. Kitap)</t>
+          <t>Yalnız Kurt ile Vız Vız - Denizaltı Macerası</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786052852835</t>
+          <t>9786052853092</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam Okul Gezisinde (2. Kitap)</t>
+          <t>Kış Ülkesi Çocukları</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786052858752</t>
+          <t>9786052853115</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Adam ile Okulun İlk Günü (1. Kitap)</t>
+          <t>Masal Dolu Anadolu</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786052852675</t>
+          <t>9786052853078</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Tek Başıma Okumaktan Korkuyorum</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786052852743</t>
+          <t>9786052852729</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kule - Dedektif Bol Bel'in Serüvenleri - 4</t>
+          <t>Kayıp Zar - Spor Gezginleri 2</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786052858424</t>
+          <t>9786052858769</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Gülmeyi Bilen Müdür Aranıyor</t>
+          <t>Bilge Köpek Mutfakta</t>
         </is>
       </c>
       <c r="C1067" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786052852811</t>
+          <t>9786052852927</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Zombi Köpekler Bir Numara (Ciltli)</t>
+          <t>Tuna'nın Büyülü Gemisi</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786052851852</t>
+          <t>9786052852668</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklerin Peşinde 2 - Dijital Karınca</t>
+          <t>Cemal Süreya ve Çocuk</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786052852699</t>
+          <t>9786052857861</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hayal Kurma Günü</t>
+          <t>Elveda Patatesler - Sende Oku</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786052854266</t>
+          <t>9786052852569</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk (Ciltli)</t>
+          <t>Terry Pratchett - Zamanı Ancak Sen Durdurabilirsin</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786052852590</t>
+          <t>9786052857397</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Destansı Mühendislik Faciaları</t>
+          <t>Haylaz Adam Partiye Davetli Değil! (4. Kitap)</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>530</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786052852682</t>
+          <t>9786052852835</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Kalbi Ankara - Keşif Kulübü</t>
+          <t>Haylaz Adam Okul Gezisinde (2. Kitap)</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786052852750</t>
+          <t>9786052858752</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Ters Giden Bir Şey Var</t>
+          <t>Haylaz Adam ile Okulun İlk Günü (1. Kitap)</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786052851005</t>
+          <t>9786052852675</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Yuan Huan'ın Kulübesi</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>8699237599627</t>
+          <t>9786052852743</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam Serisi (4 Kitap Takım)</t>
+          <t>Gizemli Kule - Dedektif Bol Bel'in Serüvenleri - 4</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>1360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786052852774</t>
+          <t>9786052858424</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Riko Oskar ve Gökteki Cennet (Ciltli)</t>
+          <t>Gülmeyi Bilen Müdür Aranıyor</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786052852781</t>
+          <t>9786052852811</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Şiddet Nedir?</t>
+          <t>Tom Gates - Zombi Köpekler Bir Numara (Ciltli)</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786052852798</t>
+          <t>9786052851852</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk - Başkalarına Vurmaya Hakkım Var Mı?</t>
+          <t>Gerçeklerin Peşinde 2 - Dijital Karınca</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786052852736</t>
+          <t>9786052852699</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Havuç Ağacı</t>
+          <t>Dünya Hayal Kurma Günü</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789944699754</t>
+          <t>9786052854266</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Oğlum Nerdesin?</t>
+          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786052852576</t>
+          <t>9786052852590</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığı Ancak Sen Kurtarabilirsin</t>
+          <t>Destansı Mühendislik Faciaları</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>270</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786052852088</t>
+          <t>9786052852682</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Altı Masal Üstü Masal</t>
+          <t>Türkiye'nin Kalbi Ankara - Keşif Kulübü</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786052031964</t>
+          <t>9786052852750</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Komşu</t>
+          <t>Bahçede Ters Giden Bir Şey Var</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786052851814</t>
+          <t>9786052851005</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Riko Oscar ve Defolu Kalpler (Ciltli)</t>
+          <t>Yuan Huan'ın Kulübesi</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786052851821</t>
+          <t>8699237599627</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Riko Oscar ve Çalıntı Taş (Ciltli)</t>
+          <t>İşlem Tamam Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>510</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786052851845</t>
+          <t>9786052852774</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Aheste Gariplikler Adası</t>
+          <t>Riko Oskar ve Gökteki Cennet (Ciltli)</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786052858783</t>
+          <t>9786052852781</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Doğa Gezisinde</t>
+          <t>Filozof Çocuk - Şiddet Nedir?</t>
         </is>
       </c>
       <c r="C1088" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786052851999</t>
+          <t>9786052852798</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Kaleler</t>
+          <t>Filozof Çocuk - Başkalarına Vurmaya Hakkım Var Mı?</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786052851982</t>
+          <t>9786052852736</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Anya'yı Beklerken</t>
+          <t>Havuç Ağacı</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786052851876</t>
+          <t>9789944699754</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Kulaksız'ın Romanı</t>
+          <t>Oğlum Nerdesin?</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786052858066</t>
+          <t>9786052852576</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Odadaki Hayalet - Sen de Oku</t>
+          <t>İnsanlığı Ancak Sen Kurtarabilirsin</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786052851913</t>
+          <t>9786052852088</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Tumpa-tumpa Sakın Kaybolma</t>
+          <t>Altı Masal Üstü Masal</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>185</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786052851890</t>
+          <t>9786052031964</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Dere Tepe Efsane</t>
+          <t>Uzaylı Komşu</t>
         </is>
       </c>
       <c r="C1094" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786052851968</t>
+          <t>9786052851814</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Dinozorun Ayak Sesleri</t>
+          <t>Riko Oscar ve Defolu Kalpler (Ciltli)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>160</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786052851746</t>
+          <t>9786052851821</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Telgraf</t>
+          <t>Riko Oscar ve Çalıntı Taş (Ciltli)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>170</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786052851869</t>
+          <t>9786052851845</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri 2</t>
+          <t>Aheste Gariplikler Adası</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786052851920</t>
+          <t>9786052858783</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Ötesinde</t>
+          <t>Bilge Köpek Doğa Gezisinde</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786052851975</t>
+          <t>9786052851999</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Gecen Gündüzüm Olsa</t>
+          <t>Hayalden Kaleler</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786052851906</t>
+          <t>9786052851982</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Hazinem</t>
+          <t>Anya'yı Beklerken</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786052851708</t>
+          <t>9786052851876</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Bilge Köpek Yeni Evinde</t>
+          <t>Kulaksız'ın Romanı</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786052859414</t>
+          <t>9786052858066</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Uzay Yolunda! - Süperhügo 5</t>
+          <t>Odadaki Hayalet - Sen de Oku</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786052858042</t>
+          <t>9786052851913</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>İş Başında! - Süperhügo 1</t>
+          <t>Tumpa-tumpa Sakın Kaybolma</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786052859827</t>
+          <t>9786052851890</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında! - Süperhügo 4</t>
+          <t>Dere Tepe Efsane</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786052859407</t>
+          <t>9786052851968</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Hırsız Avında! - Süperhügo 3</t>
+          <t>Dinozorun Ayak Sesleri</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786052858745</t>
+          <t>9786052851746</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>İyilik Peşinde! - Süperhügo 2</t>
+          <t>Büyülü Telgraf</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786052851944</t>
+          <t>9786052851869</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Sista Patina Labirenti</t>
+          <t>Uçan Fare ile Hayalet Hayri 2</t>
         </is>
       </c>
       <c r="C1107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786052851937</t>
+          <t>9786052851920</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Yıldızı</t>
+          <t>Hayallerin Ötesinde</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786052851739</t>
+          <t>9786052851975</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Hayali</t>
+          <t>Gecen Gündüzüm Olsa</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786052851432</t>
+          <t>9786052851906</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kapının Anahtarı</t>
+          <t>En Büyük Hazinem</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786052851470</t>
+          <t>9786052851708</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam 4</t>
+          <t>Bilge Köpek Yeni Evinde</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786052851838</t>
+          <t>9786052859414</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Aslan Firarda</t>
+          <t>Uzay Yolunda! - Süperhügo 5</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786052853474</t>
+          <t>9786052858042</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Ortak Ruh</t>
+          <t>İş Başında! - Süperhügo 1</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786052851722</t>
+          <t>9786052859827</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Telefon Bilmecesi</t>
+          <t>Sular Altında! - Süperhügo 4</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786052031049</t>
+          <t>9786052859407</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Uyaranlarla Dil Öğretimi</t>
+          <t>Hırsız Avında! - Süperhügo 3</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>660</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786052859469</t>
+          <t>9786052858745</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener ile Masal Atölyesi</t>
+          <t>İyilik Peşinde! - Süperhügo 2</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786052851487</t>
+          <t>9786052851944</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Karamel Kokulu Öykü Okulu</t>
+          <t>Sista Patina Labirenti</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786052851685</t>
+          <t>9786052851937</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Riko, Oskar ve Derin Gölgeler (Ciltli)</t>
+          <t>Kuzey Yıldızı</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>440</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786052851500</t>
+          <t>9786052851739</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Islak Burun</t>
+          <t>Özgürlük Hayali</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786052850459</t>
+          <t>9786052851432</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Felaketsavar Bilim Tutkunları</t>
+          <t>Kayıp Kapının Anahtarı</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>620</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786052851425</t>
+          <t>9786052851470</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Boynu Yamuk</t>
+          <t>İşlem Tamam 4</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786052851531</t>
+          <t>9786052851838</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Mitoloji: Herakles'ten Örümcek Kadına</t>
+          <t>Aslan Firarda</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>440</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786052851449</t>
+          <t>9786052853474</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Bir Dünya</t>
+          <t>Ortak Ruh</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786052851548</t>
+          <t>9786052851722</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Şarkısı - Sen de Oku</t>
+          <t>Telefon Bilmecesi</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786052858202</t>
+          <t>9786052031049</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Adam - Sen de Oku</t>
+          <t>Sanatsal Uyaranlarla Dil Öğretimi</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>150</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786052851418</t>
+          <t>9786052859469</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Atıştırmalık Öyküler</t>
+          <t>Mavisel Yener ile Masal Atölyesi</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786052851524</t>
+          <t>9786052851487</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Prens</t>
+          <t>Karamel Kokulu Öykü Okulu</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786052851463</t>
+          <t>9786052851685</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Adımları</t>
+          <t>Riko, Oskar ve Derin Gölgeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786052851494</t>
+          <t>9786052851500</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Likya'nın Şarkısı</t>
+          <t>Islak Burun</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786052851456</t>
+          <t>9786052850459</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Boborildo Problemleri</t>
+          <t>Felaketsavar Bilim Tutkunları</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>170</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786052850343</t>
+          <t>9786052851425</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam - Elde Var 3</t>
+          <t>Boynu Yamuk</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>8682328732270</t>
+          <t>9786052851531</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Süper Çocuklar Serisi (5 Kitap)</t>
+          <t>Öykülerle Mitoloji: Herakles'ten Örümcek Kadına</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>1260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786052854396</t>
+          <t>9786052851449</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çocuk Yazını</t>
+          <t>Bambaşka Bir Dünya</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786052850848</t>
+          <t>9786052851548</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyler Yapmam Gerek</t>
+          <t>Mutluluk Şarkısı - Sen de Oku</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786052850350</t>
+          <t>9786052858202</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Nanni - Küçük Fare'nin Büyük Maceraları</t>
+          <t>Yıldız Adam - Sen de Oku</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786052850374</t>
+          <t>9786052851418</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Şaşırtıcı Yetenekler (Ciltli)</t>
+          <t>Atıştırmalık Öyküler</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786052850336</t>
+          <t>9786052851524</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Süs Delisi - Süper Çocuklar - 4</t>
+          <t>Mekanik Prens</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786052850329</t>
+          <t>9786052851463</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Sakladıkları</t>
+          <t>Güvercin Adımları</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786052859797</t>
+          <t>9786052851494</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 3 - Alışveriş Merkezinde</t>
+          <t>Likya'nın Şarkısı</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786052031353</t>
+          <t>9786052851456</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 6 - Korkuluk Yapıyor</t>
+          <t>Boborildo Problemleri</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786052859438</t>
+          <t>9786052850343</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 5 - Kitap Fuarında</t>
+          <t>İşlem Tamam - Elde Var 3</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>89</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786052031391</t>
+          <t>8682328732270</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 2 - Kedili Takvim Yapıyor</t>
+          <t>Süper Çocuklar Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>145</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786052859452</t>
+          <t>9786052854396</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 10 - Başbakan Oluyor</t>
+          <t>Çağdaş Çocuk Yazını</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>99</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786052031414</t>
+          <t>9786052850848</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 4 - Tarım Yapıyor</t>
+          <t>Bir Şeyler Yapmam Gerek</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>79</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786052031339</t>
+          <t>9786052850350</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 7 - Doktor Oluyor</t>
+          <t>Nanni - Küçük Fare'nin Büyük Maceraları</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786052031421</t>
+          <t>9786052850374</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 1 - Okuma Bayramı</t>
+          <t>Tom Gates - Şaşırtıcı Yetenekler (Ciltli)</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786052859445</t>
+          <t>9786052850336</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Emre ile Cemre 9 - Düğünde</t>
+          <t>Süs Delisi - Süper Çocuklar - 4</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>99</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786052850411</t>
+          <t>9786052850329</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Eve Giden Uzun Yol</t>
+          <t>Ormanın Sakladıkları</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786052850398</t>
+          <t>9786052859797</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sokağı (Ciltli)</t>
+          <t>Emre ile Cemre 3 - Alışveriş Merkezinde</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>550</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786052854372</t>
+          <t>9786052031353</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Çöplük (Ciltli)</t>
+          <t>Emre ile Cemre 6 - Korkuluk Yapıyor</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>550</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786052850312</t>
+          <t>9786052859438</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Teneke Uygarlığı</t>
+          <t>Emre ile Cemre 5 - Kitap Fuarında</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>265</v>
+        <v>89</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786052850251</t>
+          <t>9786052031391</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Neye Benzer Gelecek</t>
+          <t>Emre ile Cemre 2 - Kedili Takvim Yapıyor</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786052852484</t>
+          <t>9786052859452</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Kapiland'ın Kıyameti</t>
+          <t>Emre ile Cemre 10 - Başbakan Oluyor</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>290</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786052850220</t>
+          <t>9786052031414</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Dünya'nın En Komik Adamı</t>
+          <t>Emre ile Cemre 4 - Tarım Yapıyor</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>260</v>
+        <v>79</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786052850268</t>
+          <t>9786052031339</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam - Elde Var 2</t>
+          <t>Emre ile Cemre 7 - Doktor Oluyor</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>360</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786052850183</t>
+          <t>9786052031421</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Gerçekle Büyümek Düşlerle Yürümek</t>
+          <t>Emre ile Cemre 1 - Okuma Bayramı</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786052850206</t>
+          <t>9786052859445</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Cadının Elektrikli Süpürgesi</t>
+          <t>Emre ile Cemre 9 - Düğünde</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>375</v>
+        <v>99</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786052850237</t>
+          <t>9786052850411</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Bulunmaz Hint Kumaşı</t>
+          <t>Eve Giden Uzun Yol</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786052031445</t>
+          <t>9786052850398</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Yokyüzler 2 - Karanlıktan Kaçış</t>
+          <t>Mutluluk Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>8699237598736</t>
+          <t>9786052854372</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Anton'un Maceraları (3 Kitap Takım)</t>
+          <t>Çöplük (Ciltli)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>800</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>8699237598712</t>
+          <t>9786052850312</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet Serisi (3 Kitap Takım)</t>
+          <t>Teneke Uygarlığı</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>1280</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>8699237598750</t>
+          <t>9786052850251</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları (3 Kitap Takım) (Ciltli)</t>
+          <t>Neye Benzer Gelecek</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>1250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>8699237598729</t>
+          <t>9786052852484</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem Üçlemesi (3 Kitap Takım) (Ciltli)</t>
+          <t>Kapiland'ın Kıyameti</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>1140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786052031308</t>
+          <t>9786052850220</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Uçan Fare ile Hayalet Hayri - Karşılaşma</t>
+          <t>Dünya'nın En Komik Adamı</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786052857038</t>
+          <t>9786052850268</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Kitap Günlüğüm</t>
+          <t>İşlem Tamam - Elde Var 2</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786052031261</t>
+          <t>9786052850183</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Kalamar Pansiyon</t>
+          <t>Gerçekle Büyümek Düşlerle Yürümek</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786052031230</t>
+          <t>9786052850206</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Sahipleri</t>
+          <t>Cadının Elektrikli Süpürgesi</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786052031360</t>
+          <t>9786052850237</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklerin Peşinde 1 - Büyük Yarış</t>
+          <t>Kardeşim Bulunmaz Hint Kumaşı</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786052031452</t>
+          <t>9786052031445</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Hayaletim</t>
+          <t>Yokyüzler 2 - Karanlıktan Kaçış</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786052856840</t>
+          <t>8699237598736</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener ile Öykü Atölyesi</t>
+          <t>Anton'un Maceraları (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>370</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786059493734</t>
+          <t>8699237598712</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Kime Göre, Neye Göre?</t>
+          <t>Kayıp Kitaplıktaki İskelet Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>265</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786059493741</t>
+          <t>8699237598750</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Hayal Küre</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>200</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786052031247</t>
+          <t>8699237598729</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem 3 - Yeniden Doğuş (Ciltli)</t>
+          <t>Ara Alem Üçlemesi (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>400</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786052851012</t>
+          <t>9786052031308</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Üç Çocuk, Bir Öğretmen ve Unutulmaz Bir Gün</t>
+          <t>Uçan Fare ile Hayalet Hayri - Karşılaşma</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786059493703</t>
+          <t>9786052857038</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Koku Delisi Süper Çocuklar-3</t>
+          <t>Kitap Günlüğüm</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786052031315</t>
+          <t>9786052031261</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Böcek Tamircisi</t>
+          <t>Kalamar Pansiyon</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786052857267</t>
+          <t>9786052031230</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Canlısı - İyi Düşün, Anton!</t>
+          <t>Cennetin Sahipleri</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786059604895</t>
+          <t>9786052031360</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Aliş'in Kabakları</t>
+          <t>Gerçeklerin Peşinde 1 - Büyük Yarış</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786059493789</t>
+          <t>9786052031452</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates: Sınıfın Birincisi (Ciltli)</t>
+          <t>Ben Bir Hayaletim</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786052031254</t>
+          <t>9786052856840</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Yeni Bir Macera</t>
+          <t>Mavisel Yener ile Öykü Atölyesi</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>245</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786059153621</t>
+          <t>9786059493734</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Her Şey Harika Sayılır (Ciltli)</t>
+          <t>Kime Göre, Neye Göre?</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>550</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786059493819</t>
+          <t>9786059493741</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Origami - Kuklalar</t>
+          <t>Hayal Küre</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786059493758</t>
+          <t>9786052031247</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Hortlaklar Geçidi</t>
+          <t>Ara Alem 3 - Yeniden Doğuş (Ciltli)</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786059493710</t>
+          <t>9786052851012</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Hayal Sözleşmesi</t>
+          <t>Üç Çocuk, Bir Öğretmen ve Unutulmaz Bir Gün</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786253800680</t>
+          <t>9786059493703</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet - 3 Fare Sarayı</t>
+          <t>Koku Delisi Süper Çocuklar-3</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>550</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786059493697</t>
+          <t>9786052031315</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Bir Altın Hikayesi</t>
+          <t>Böcek Tamircisi</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786059493024</t>
+          <t>9786052857267</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: İstanbul'dan Bodrum'a (Ciltli)</t>
+          <t>Arkadaş Canlısı - İyi Düşün, Anton!</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786059493772</t>
+          <t>9786059604895</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Özgür Çocuklar 1 - Davetsiz Misafir</t>
+          <t>Aliş'in Kabakları</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786059493796</t>
+          <t>9786059493789</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben (Ciltli)</t>
+          <t>Tom Gates: Sınıfın Birincisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786059493802</t>
+          <t>9786052031254</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Hitler Oyuncağımı Çaldı (Ciltli)</t>
+          <t>Her Gün Yeni Bir Macera</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>550</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786059493086</t>
+          <t>9786059153621</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Sardunya, Sardalya ve Bizim Sokak</t>
+          <t>Tom Gates - Her Şey Harika Sayılır (Ciltli)</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786059493031</t>
+          <t>9786059493819</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler</t>
+          <t>Origami - Kuklalar</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>550</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786052853245</t>
+          <t>9786059493758</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Zirvenin Dibindeki Çocuk</t>
+          <t>Hortlaklar Geçidi</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786059493680</t>
+          <t>9786059493710</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Topun İki Rengi</t>
+          <t>Hayal Sözleşmesi</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786059493055</t>
+          <t>9786253800680</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları 3 - Evrenin Sonu (Ciltli)</t>
+          <t>Kayıp Kitaplıktaki İskelet - 3 Fare Sarayı</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786059604772</t>
+          <t>9786059493697</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Gerçekten İnanılmaz (Ciltli)</t>
+          <t>Bir Altın Hikayesi</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786059667067</t>
+          <t>9786059493024</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Hayaletten Mektuplar</t>
+          <t>İkiz Gezginler: İstanbul'dan Bodrum'a (Ciltli)</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786059493062</t>
+          <t>9786059493772</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Duygu'nun Doğum Günü Armağanı</t>
+          <t>Özgür Çocuklar 1 - Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786059493079</t>
+          <t>9786059493796</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Origami - Bitkiler</t>
+          <t>Babam ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>199</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786059493017</t>
+          <t>9786059493802</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Kalanlar Okul Açtılar</t>
+          <t>Hitler Oyuncağımı Çaldı (Ciltli)</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786059493048</t>
+          <t>9786059493086</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Bay Mucittaş ve Ailesi</t>
+          <t>Sardunya, Sardalya ve Bizim Sokak</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786059493000</t>
+          <t>9786059493031</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Büyükanne Geri Dönüyor</t>
+          <t>Süper Gazeteciler</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786052857854</t>
+          <t>9786052853245</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Mavisel Yener ile Şiir Atölyesi</t>
+          <t>Zirvenin Dibindeki Çocuk</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786052856956</t>
+          <t>9786059493680</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 3 - Anahtar</t>
+          <t>Topun İki Rengi</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786059604970</t>
+          <t>9786059493055</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri 2 - Karanlık (Ciltli)</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları 3 - Evrenin Sonu (Ciltli)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786059604925</t>
+          <t>9786059604772</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Origami - Hayvanlar</t>
+          <t>Tom Gates Gerçekten İnanılmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>199</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786059153508</t>
+          <t>9786059667067</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Büyükannem Cebimde</t>
+          <t>Hayaletten Mektuplar</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786059604987</t>
+          <t>9786059493062</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Şapkada Eriyen Bay Karp</t>
+          <t>Duygu'nun Doğum Günü Armağanı</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786059604260</t>
+          <t>9786059493079</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Evet! Hayır Belki (Ciltli)</t>
+          <t>Origami - Bitkiler</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>450</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786059604536</t>
+          <t>9786059493017</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Göl Çiçekleri</t>
+          <t>Sınıfta Kalanlar Okul Açtılar</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786059153768</t>
+          <t>9786059493048</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Kızım Ben Çocukken</t>
+          <t>Bay Mucittaş ve Ailesi</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786052031056</t>
+          <t>9786059493000</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Ustası</t>
+          <t>İmdat! Büyükanne Geri Dönüyor</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786059153942</t>
+          <t>9786052857854</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>A-Tik-Tuk</t>
+          <t>Mavisel Yener ile Şiir Atölyesi</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786059604178</t>
+          <t>9786052856956</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Muhteşem Bahaneler ve Başka Güzellikler (Ciltli)</t>
+          <t>Zamanın Bekçileri 3 - Anahtar</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786059604482</t>
+          <t>9786059604970</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Üç Yapraklı Yonca</t>
+          <t>Zamanın Bekçileri 2 - Karanlık (Ciltli)</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786059604512</t>
+          <t>9786059604925</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gemisi</t>
+          <t>Origami - Hayvanlar</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>240</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786059604284</t>
+          <t>9786059153508</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları 2: Mucize Beklerken</t>
+          <t>Büyükannem Cebimde</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>440</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786059604451</t>
+          <t>9786059604987</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Savaş Atı (ÇİLTLİ)</t>
+          <t>Şapkada Eriyen Bay Karp</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786052854310</t>
+          <t>9786059604260</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Mavi Zamanlar (Ciltli)</t>
+          <t>Tom Gates Evet! Hayır Belki (Ciltli)</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786052854365</t>
+          <t>9786059604536</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Sisin Sakladıkları (Ciltli)</t>
+          <t>Göl Çiçekleri</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786052853054</t>
+          <t>9786059153768</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Çizgili Pijamalı Çocuk (Ciltli)</t>
+          <t>Kızım Ben Çocukken</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786059604413</t>
+          <t>9786052031056</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Ama Bu Çocuk Defolu!</t>
+          <t>Cesaret Ustası</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786059604420</t>
+          <t>9786059153942</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Kuş Olsam Evime Uçsam</t>
+          <t>A-Tik-Tuk</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786059604475</t>
+          <t>9786059604178</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Ses Delisi</t>
+          <t>Tom Gates Muhteşem Bahaneler ve Başka Güzellikler (Ciltli)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>265</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786059153720</t>
+          <t>9786059604482</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>İşlem Tamam</t>
+          <t>Üç Yapraklı Yonca</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786052852057</t>
+          <t>9786059604512</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Kulak Ver</t>
+          <t>Şiir Gemisi</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786052853085</t>
+          <t>9786059604284</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kalbindeki Çocuk</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları 2: Mucize Beklerken</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>245</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786059604116</t>
+          <t>9786059604451</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Parlak Fikirler (Çoğunlukla) (Ciltli)</t>
+          <t>Savaş Atı (ÇİLTLİ)</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786253800536</t>
+          <t>9786052854310</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem: 2 - Yasak Oyun (Ciltli)</t>
+          <t>Mavi Zamanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786059604031</t>
+          <t>9786052854365</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>File Bekçisi</t>
+          <t>Sisin Sakladıkları (Ciltli)</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786059667005</t>
+          <t>9786052853054</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Çıkarın Beni Buradan</t>
+          <t>Çizgili Pijamalı Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786052031063</t>
+          <t>9786059604413</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Şair Kısakulak</t>
+          <t>Ama Bu Çocuk Defolu!</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786059667036</t>
+          <t>9786059604420</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates - Birazcık Şanslı (Ciltli)</t>
+          <t>Kuş Olsam Evime Uçsam</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>450</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786059153454</t>
+          <t>9786059604475</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Renk Delisi</t>
+          <t>Ses Delisi</t>
         </is>
       </c>
       <c r="C1234" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786059153966</t>
+          <t>9786059153720</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Bol Bel ve Yedi Cüce</t>
+          <t>İşlem Tamam</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786059153973</t>
+          <t>9786052852057</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Hiç Tanımadığım Çocuk</t>
+          <t>Ay'a Kulak Ver</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786059153997</t>
+          <t>9786052853085</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Farklı</t>
+          <t>Ormanın Kalbindeki Çocuk</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786052853023</t>
+          <t>9786059604116</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Balinalar Geldiğinde</t>
+          <t>Tom Gates Parlak Fikirler (Çoğunlukla) (Ciltli)</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789944694346</t>
+          <t>9786253800536</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayardaki Saklambaç</t>
+          <t>Ara Alem: 2 - Yasak Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786052853450</t>
+          <t>9786059604031</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Kumdan Salıncak</t>
+          <t>File Bekçisi</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789944695251</t>
+          <t>9786059667005</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Kuğu Gecesi</t>
+          <t>İmdat! Çıkarın Beni Buradan</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9789944694605</t>
+          <t>9786052031063</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Adından Belli Kuşlar Köyü</t>
+          <t>Şair Kısakulak</t>
         </is>
       </c>
       <c r="C1242" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786052853214</t>
+          <t>9786059667036</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>11 Yaş Günü</t>
+          <t>Tom Gates - Birazcık Şanslı (Ciltli)</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789944698962</t>
+          <t>9786059153454</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Arkadaşlar ve Spagetti Canavarı</t>
+          <t>Renk Delisi</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>8699237597043</t>
+          <t>9786059153966</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Serisi (5. kitap)</t>
+          <t>Pamuk Bol Bel ve Yedi Cüce</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>1045</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789756451786</t>
+          <t>9786059153973</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Mavi Irmak</t>
+          <t>Sevgili Hiç Tanımadığım Çocuk</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786059493840</t>
+          <t>9786059153997</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Uyurgezer Ayı</t>
+          <t>Farklı</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786059153850</t>
+          <t>9786052853023</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sınıfın Halleri</t>
+          <t>Balinalar Geldiğinde</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789944699952</t>
+          <t>9789944694346</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Ben Kimim?</t>
+          <t>Bilgisayardaki Saklambaç</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786059153690</t>
+          <t>9786052853450</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 3 / Kimim Ben?</t>
+          <t>Kumdan Salıncak</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786059153706</t>
+          <t>9789944695251</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 4 / Sesimi Duyan Var mı?</t>
+          <t>Kuğu Gecesi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786059153645</t>
+          <t>9789944694605</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Çat Kapı</t>
+          <t>Adından Belli Kuşlar Köyü</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786059153669</t>
+          <t>9786052853214</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Karakura'nın Düşleri</t>
+          <t>11 Yaş Günü</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786059153409</t>
+          <t>9789944698962</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Yengeç Yazar</t>
+          <t>Sıkı Arkadaşlar ve Spagetti Canavarı</t>
         </is>
       </c>
       <c r="C1254" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786059153393</t>
+          <t>8699237597043</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Ara Alem 1 / Tarlakoz'un Tuzağı (Ciltli)</t>
+          <t>Acaba Ne Olsam? Serisi (5. kitap)</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>400</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786059153355</t>
+          <t>9789756451786</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Parktaki Gergedanlar</t>
+          <t>Mavi Irmak</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786059153430</t>
+          <t>9786059493840</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Flaş Disk Operasyonu</t>
+          <t>Uyurgezer Ayı</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786059153478</t>
+          <t>9786059153850</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Benim Hikayem</t>
+          <t>Bizim Sınıfın Halleri</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786059153447</t>
+          <t>9789944699952</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Issız Adanın Kralı</t>
+          <t>Filozof Çocuk : Ben Kimim?</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9789944699808</t>
+          <t>9786059153690</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Beş Yıldızlı Ev</t>
+          <t>Şipşak Hikayeler 3 / Kimim Ben?</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786052031872</t>
+          <t>9786059153706</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates Özel mi Özel Sürprizler (Ciltli)</t>
+          <t>Şipşak Hikayeler 4 / Sesimi Duyan Var mı?</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>450</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789944699938</t>
+          <t>9786059153645</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Neden Çıldırdı?</t>
+          <t>Çat Kapı</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9789944695114</t>
+          <t>9786059153669</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Su Masalları</t>
+          <t>Karakura'nın Düşleri</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786052031780</t>
+          <t>9786059153409</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Ekşilina'nın Hayret Verici Maceraları : Yıkık Dökük Krallığım</t>
+          <t>Yengeç Yazar</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>440</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786059153348</t>
+          <t>9786059153393</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Cadıları</t>
+          <t>Ara Alem 1 / Tarlakoz'un Tuzağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786059153041</t>
+          <t>9786059153355</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Altın Kanatlı Topçin</t>
+          <t>Parktaki Gergedanlar</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789944699273</t>
+          <t>9786059153430</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Takım Bizim Takım</t>
+          <t>Flaş Disk Operasyonu</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786052853399</t>
+          <t>9786059153478</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk</t>
+          <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789944698474</t>
+          <t>9786059153447</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: Troya'da</t>
+          <t>Issız Adanın Kralı</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789944699846</t>
+          <t>9789944699808</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: Güneş'in Sarayında</t>
+          <t>Beş Yıldızlı Ev</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9789944699761</t>
+          <t>9786052031872</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Yedikır'ın Kuşları</t>
+          <t>Tom Gates Özel mi Özel Sürprizler (Ciltli)</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789944699860</t>
+          <t>9789944699938</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi 4. Kitap -  Ölümüne Dostlar</t>
+          <t>Öğretmen Neden Çıldırdı?</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789944699815</t>
+          <t>9789944695114</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Uçan Dairesi</t>
+          <t>Su Masalları</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789944699853</t>
+          <t>9786052031780</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Canavar</t>
+          <t>Ekşilina'nın Hayret Verici Maceraları : Yıkık Dökük Krallığım</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789944699198</t>
+          <t>9786059153348</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Origami</t>
+          <t>Hayaletin Cadıları</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>199</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786052850695</t>
+          <t>9786059153041</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Portakal</t>
+          <t>Altın Kanatlı Topçin</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9789944699501</t>
+          <t>9789944699273</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin İntikamı</t>
+          <t>En Büyük Takım Bizim Takım</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789944699433</t>
+          <t>9786052853399</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Söz Kulağa Yazı Uzağa</t>
+          <t>Yanlışlıkla Dünyanın Öbür Ucuna Uçan Çocuk</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>8682328730412</t>
+          <t>9789944698474</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Johnny Maxwell Serisi (3 Kitap Takım)</t>
+          <t>İkiz Gezginler: Troya'da</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789944699402</t>
+          <t>9789944699846</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi: 3. Kitap - Lanetliler Şatosu</t>
+          <t>İkiz Gezginler: Güneş'in Sarayında</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>8699237595186</t>
+          <t>9789944699761</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Tansel Tozan Serüvenleri (3 Kitap Takım)</t>
+          <t>Yedikır'ın Kuşları</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>620</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9789944699792</t>
+          <t>9789944699860</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Çıldırdı</t>
+          <t>Larten Crepsley Efsanesi 4. Kitap -  Ölümüne Dostlar</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9789944699440</t>
+          <t>9789944699815</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Uzun Lafın Kısası</t>
+          <t>Dedemin Uçan Dairesi</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9789944699877</t>
+          <t>9789944699853</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Babam Süt Peşinde</t>
+          <t>Kiralık Canavar</t>
         </is>
       </c>
       <c r="C1284" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>8699237595179</t>
+          <t>9789944699198</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Hikayeleri Üçlemesi</t>
+          <t>Mini Mini Origami</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>770</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9789944699297</t>
+          <t>9786052850695</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Parmak Uçları</t>
+          <t>Yalancı Portakal</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9789944699624</t>
+          <t>9789944699501</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Şipşak Hikayeler 2 / Anlatsam İnanır mısın?</t>
+          <t>Hayaletin İntikamı</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9789944699747</t>
+          <t>9789944699433</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Hukukçu</t>
+          <t>Söz Kulağa Yazı Uzağa</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9789944699341</t>
+          <t>8682328730412</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Doktor</t>
+          <t>Johnny Maxwell Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789944699884</t>
+          <t>9789944699402</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Hayat Neden Böyle?</t>
+          <t>Larten Crepsley Efsanesi: 3. Kitap - Lanetliler Şatosu</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786059153034</t>
+          <t>8699237595186</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Her Şeyi Bilmem Gerekir mi?</t>
+          <t>Tansel Tozan Serüvenleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786059153027</t>
+          <t>9789944699792</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Güzel Nedir?</t>
+          <t>Annem Neden Çıldırdı</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789944699976</t>
+          <t>9789944699440</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Büyümek Zorunda mıyım?</t>
+          <t>Uzun Lafın Kısası</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786059153010</t>
+          <t>9789944699877</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Ben Mutlu muyum?</t>
+          <t>Babam Süt Peşinde</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786059153126</t>
+          <t>8699237595179</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: Başkalarına İhtiyacım Var mı?</t>
+          <t>Dehşet Hikayeleri Üçlemesi</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>190</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789944696630</t>
+          <t>9789944699297</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Tünelin Ağzından Dehşet Hikayeleri</t>
+          <t>Parmak Uçları</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9789944693899</t>
+          <t>9789944699624</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Yaratıklar Çiftliği</t>
+          <t>Şipşak Hikayeler 2 / Anlatsam İnanır mısın?</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9789944699983</t>
+          <t>9789944699747</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Sevgi Nedir?</t>
+          <t>Acaba Ne Olsam? Hukukçu</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9789944698931</t>
+          <t>9789944699341</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Sanat Nedir?</t>
+          <t>Acaba Ne Olsam? Doktor</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9789944699785</t>
+          <t>9789944699884</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Çocukları</t>
+          <t>Filozof Çocuk : Hayat Neden Böyle?</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786059153003</t>
+          <t>9786059153034</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Özgürlük Ne İşe Yarar?</t>
+          <t>Filozof Çocuk : Her Şeyi Bilmem Gerekir mi?</t>
         </is>
       </c>
       <c r="C1301" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786059153072</t>
+          <t>9786059153027</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: İstediğim Her Şeyi Yapabilir miyim?</t>
+          <t>Filozof Çocuk : Güzel Nedir?</t>
         </is>
       </c>
       <c r="C1302" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786059153058</t>
+          <t>9789944699976</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: İyilik Nedir?</t>
+          <t>Filozof Çocuk : Büyümek Zorunda mıyım?</t>
         </is>
       </c>
       <c r="C1303" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9789944699990</t>
+          <t>9786059153010</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Nasıl Davranmalıyım?</t>
+          <t>Filozof Çocuk : Ben Mutlu muyum?</t>
         </is>
       </c>
       <c r="C1304" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786059153065</t>
+          <t>9786059153126</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Mutlu Olmak İçin Neye İhtiyacım Var?</t>
+          <t>Filozof Çocuk: Başkalarına İhtiyacım Var mı?</t>
         </is>
       </c>
       <c r="C1305" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786059153089</t>
+          <t>9789944696630</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Neden Varım?</t>
+          <t>Tünelin Ağzından Dehşet Hikayeleri</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9789944698924</t>
+          <t>9789944693899</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk: Hayal Gücü Ne İşe Yarar?</t>
+          <t>Tuhaf Yaratıklar Çiftliği</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786059153096</t>
+          <t>9789944699983</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Hepimiz Eşit miyiz?</t>
+          <t>Filozof Çocuk : Sevgi Nedir?</t>
         </is>
       </c>
       <c r="C1308" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9789944699969</t>
+          <t>9789944698931</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk : Arkadaşlık Nedir?</t>
+          <t>Filozof Çocuk : Sanat Nedir?</t>
         </is>
       </c>
       <c r="C1309" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789944699327</t>
+          <t>9789944699785</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Amber'in Zaman Kapsülü</t>
+          <t>Yapboz Çocukları</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789944699358</t>
+          <t>9786059153003</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Mühendis</t>
+          <t>Filozof Çocuk : Özgürlük Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9789944698504</t>
+          <t>9786059153072</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yüzük</t>
+          <t>Filozof Çocuk: İstediğim Her Şeyi Yapabilir miyim?</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789944698436</t>
+          <t>9786059153058</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Haydi Birlikte Soralım: Acaba Neden?</t>
+          <t>Filozof Çocuk: İyilik Nedir?</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786052856086</t>
+          <t>9789944699990</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 3 - Likörlü Çikolata</t>
+          <t>Filozof Çocuk : Nasıl Davranmalıyım?</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786052856093</t>
+          <t>9786059153065</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 4: Belalı Davetiye</t>
+          <t>Filozof Çocuk : Mutlu Olmak İçin Neye İhtiyacım Var?</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786052856079</t>
+          <t>9786059153089</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Süper Gazeteciler 2: Parktaki Esrar</t>
+          <t>Filozof Çocuk : Neden Varım?</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786059153935</t>
+          <t>9789944698924</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? - Yazar</t>
+          <t>Filozof Çocuk: Hayal Gücü Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789944693486</t>
+          <t>9786059153096</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurma Dersleri</t>
+          <t>Filozof Çocuk : Hepimiz Eşit miyiz?</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789944695718</t>
+          <t>9789944699969</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Havlayan Harfler</t>
+          <t>Filozof Çocuk : Arkadaşlık Nedir?</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789944696715</t>
+          <t>9789944699327</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Notalar</t>
+          <t>Amber'in Zaman Kapsülü</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786059153980</t>
+          <t>9789944699358</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Sıra Sana Da Gelecek</t>
+          <t>Acaba Ne Olsam? Mühendis</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786059153485</t>
+          <t>9789944698504</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Viran Şatodaki Ejderhalar</t>
+          <t>Sihirli Yüzük</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789944699310</t>
+          <t>9789944698436</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Buz Bebekler</t>
+          <t>Haydi Birlikte Soralım: Acaba Neden?</t>
         </is>
       </c>
       <c r="C1323" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786052852040</t>
+          <t>9786052856086</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Olduğun Yerde Kal</t>
+          <t>Süper Gazeteciler 3 - Likörlü Çikolata</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789944697804</t>
+          <t>9786052856093</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Canavarın Çağrısı</t>
+          <t>Süper Gazeteciler 4: Belalı Davetiye</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9789944699266</t>
+          <t>9786052856079</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Hayalet: Benim Adım Alice</t>
+          <t>Süper Gazeteciler 2: Parktaki Esrar</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789944698467</t>
+          <t>9786059153935</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler İstanbul'da</t>
+          <t>Acaba Ne Olsam? - Yazar</t>
         </is>
       </c>
       <c r="C1327" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9789944698573</t>
+          <t>9789944693486</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl?</t>
+          <t>Hayal Kurma Dersleri</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786059153874</t>
+          <t>9789944695718</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Mavi Boya</t>
+          <t>Havlayan Harfler</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>8699237593717</t>
+          <t>9789944696715</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Fen ve Teknoloji Serisi Seti (4 Kitap Takım)</t>
+          <t>Eğlenceli Notalar</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>1070</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789944698535</t>
+          <t>9786059153980</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Çöplük</t>
+          <t>Sıra Sana Da Gelecek</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789944699716</t>
+          <t>9786059153485</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Sarı Maymun</t>
+          <t>Viran Şatodaki Ejderhalar</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9789944699617</t>
+          <t>9789944699310</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Benekli At</t>
+          <t>Buz Bebekler</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9789944699457</t>
+          <t>9786052852040</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitaplıktaki İskelet 2: Yaşayan Ölüler</t>
+          <t>Olduğun Yerde Kal</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786052857564</t>
+          <t>9789944697804</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Yo-Yo</t>
+          <t>Canavarın Çağrısı</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9789944697651</t>
+          <t>9789944699266</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Yarışçıları</t>
+          <t>Hayalet: Benim Adım Alice</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786059153607</t>
+          <t>9789944698467</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Tom Gates'in Harika Dünyası (Ciltli)</t>
+          <t>İkiz Gezginler İstanbul'da</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786052853269</t>
+          <t>9789944698573</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Hitler Oyuncağımı Çaldı</t>
+          <t>Acaba Nasıl?</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9789944696296</t>
+          <t>9786059153874</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Tiyatroda</t>
+          <t>Mavi Boya</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786052853047</t>
+          <t>8699237593717</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Babama Kamera Vermeyin</t>
+          <t>Fen ve Teknoloji Serisi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>260</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789944696128</t>
+          <t>9789944698535</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Babam Okulun En Çalışkanı</t>
+          <t>Çöplük</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789944696555</t>
+          <t>9789944699716</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Baba Beni Anlasana</t>
+          <t>Sarı Maymun</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9789944699525</t>
+          <t>9789944699617</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Acaba Ne Olsam? Bilim İnsanı</t>
+          <t>Beyaz Benekli At</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9789944698580</t>
+          <t>9789944699457</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Babam ve Ben</t>
+          <t>Kayıp Kitaplıktaki İskelet 2: Yaşayan Ölüler</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786059153676</t>
+          <t>9786052857564</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Acaba Kaç?</t>
+          <t>Yo-Yo</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9789944698597</t>
+          <t>9789944697651</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Hayalet: Benim Adım Slither</t>
+          <t>Bisiklet Yarışçıları</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786052853856</t>
+          <t>9786059153607</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Çuvaldiken Kasabası</t>
+          <t>Tom Gates'in Harika Dünyası (Ciltli)</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789944697156</t>
+          <t>9786052853269</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Hayalet: Benim Adım Grimalkin</t>
+          <t>Hitler Oyuncağımı Çaldı</t>
         </is>
       </c>
       <c r="C1348" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789944697835</t>
+          <t>9789944696296</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Perisi</t>
+          <t>Balıklar Tiyatroda</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9789944698481</t>
+          <t>9786052853047</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>İkiz Gezginler: İstanbul'dan Bodrum'a</t>
+          <t>Babama Kamera Vermeyin</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9789944698542</t>
+          <t>9789944696128</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Larten Crepsley Efsanesi: 2. Kitap - Kan Denizi</t>
+          <t>Babam Okulun En Çalışkanı</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>8699237593687</t>
+          <t>9789944696555</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızı Serisi Seti (3 Kitap Takım)</t>
+          <t>Baba Beni Anlasana</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>730</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9789944694704</t>
+          <t>9789944699525</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Vampir Prensi</t>
+          <t>Acaba Ne Olsam? Bilim İnsanı</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786059604734</t>
+          <t>9789944698580</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Sözcük Korsanı</t>
+          <t>Babam ve Ben</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786059604185</t>
+          <t>9786059153676</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Yaşamanın Yolları</t>
+          <t>Acaba Kaç?</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786052853061</t>
+          <t>9789944698597</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kuşu (Uçurtmanın Gözleri)</t>
+          <t>Hayalet: Benim Adım Slither</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9789944696852</t>
+          <t>9786052853856</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Sahibini Arayan Keman</t>
+          <t>Çuvaldiken Kasabası</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789755873404</t>
+          <t>9789944697156</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Küçük Filozof - Söyle Baba Beni Neden Seviyorsun?</t>
+          <t>Hayalet: Benim Adım Grimalkin</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786059153829</t>
+          <t>9789944697835</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Sihirbaz</t>
+          <t>İstanbul Perisi</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786052857410</t>
+          <t>9789944698481</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Hiç Kimse</t>
+          <t>İkiz Gezginler: İstanbul'dan Bodrum'a</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9789944697996</t>
+          <t>9789944698542</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Yangın Tüpüyle Uçan Çocuk</t>
+          <t>Larten Crepsley Efsanesi: 2. Kitap - Kan Denizi</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9789944696920</t>
+          <t>8699237593687</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Çocuk</t>
+          <t>Ateş Hırsızı Serisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>220</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9789944694964</t>
+          <t>9789944694704</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Aslanı</t>
+          <t>Vampir Prensi</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789944693035</t>
+          <t>9786059604734</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamanlar</t>
+          <t>Sözcük Korsanı</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789944695121</t>
+          <t>9786059604185</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Gün Batımı Avcıları</t>
+          <t>Sonsuza Kadar Yaşamanın Yolları</t>
         </is>
       </c>
       <c r="C1365" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9789944692892</t>
+          <t>9786052853061</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Ateş Hırsızının Savaşı</t>
+          <t>Sokak Kuşu (Uçurtmanın Gözleri)</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>250</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
+          <t>9789944696852</t>
+        </is>
+      </c>
+      <c r="B1367" s="1" t="inlineStr">
+        <is>
+          <t>Sahibini Arayan Keman</t>
+        </is>
+      </c>
+      <c r="C1367" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3">
+      <c r="A1368" s="1" t="inlineStr">
+        <is>
+          <t>9789755873404</t>
+        </is>
+      </c>
+      <c r="B1368" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Filozof - Söyle Baba Beni Neden Seviyorsun?</t>
+        </is>
+      </c>
+      <c r="C1368" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3">
+      <c r="A1369" s="1" t="inlineStr">
+        <is>
+          <t>9786059153829</t>
+        </is>
+      </c>
+      <c r="B1369" s="1" t="inlineStr">
+        <is>
+          <t>Benim Babam Sihirbaz</t>
+        </is>
+      </c>
+      <c r="C1369" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3">
+      <c r="A1370" s="1" t="inlineStr">
+        <is>
+          <t>9786052857410</t>
+        </is>
+      </c>
+      <c r="B1370" s="1" t="inlineStr">
+        <is>
+          <t>Benim Adım Hiç Kimse</t>
+        </is>
+      </c>
+      <c r="C1370" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3">
+      <c r="A1371" s="1" t="inlineStr">
+        <is>
+          <t>9789944697996</t>
+        </is>
+      </c>
+      <c r="B1371" s="1" t="inlineStr">
+        <is>
+          <t>Yangın Tüpüyle Uçan Çocuk</t>
+        </is>
+      </c>
+      <c r="C1371" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3">
+      <c r="A1372" s="1" t="inlineStr">
+        <is>
+          <t>9789944696920</t>
+        </is>
+      </c>
+      <c r="B1372" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Arayan Çocuk</t>
+        </is>
+      </c>
+      <c r="C1372" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3">
+      <c r="A1373" s="1" t="inlineStr">
+        <is>
+          <t>9789944694964</t>
+        </is>
+      </c>
+      <c r="B1373" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Aslanı</t>
+        </is>
+      </c>
+      <c r="C1373" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:3">
+      <c r="A1374" s="1" t="inlineStr">
+        <is>
+          <t>9789944693035</t>
+        </is>
+      </c>
+      <c r="B1374" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Zamanlar</t>
+        </is>
+      </c>
+      <c r="C1374" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:3">
+      <c r="A1375" s="1" t="inlineStr">
+        <is>
+          <t>9789944695121</t>
+        </is>
+      </c>
+      <c r="B1375" s="1" t="inlineStr">
+        <is>
+          <t>Gün Batımı Avcıları</t>
+        </is>
+      </c>
+      <c r="C1375" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:3">
+      <c r="A1376" s="1" t="inlineStr">
+        <is>
+          <t>9789944692892</t>
+        </is>
+      </c>
+      <c r="B1376" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Hırsızının Savaşı</t>
+        </is>
+      </c>
+      <c r="C1376" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:3">
+      <c r="A1377" s="1" t="inlineStr">
+        <is>
           <t>9789944691994</t>
         </is>
       </c>
-      <c r="B1367" s="1" t="inlineStr">
+      <c r="B1377" s="1" t="inlineStr">
         <is>
           <t>Ateş Hırsızı’nın Kaçışı</t>
         </is>
       </c>
-      <c r="C1367" s="1">
+      <c r="C1377" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>