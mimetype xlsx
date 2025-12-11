--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,1270 +85,1285 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255834164</t>
+          <t>9786255834195</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Akif'im</t>
+          <t>Her Şey Olabilen Zürafa</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255834188</t>
+          <t>9786255834164</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler</t>
+          <t>Akif'im</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255834140</t>
+          <t>9786255834188</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sırrın Ardındaki Cevher</t>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255834157</t>
+          <t>9786255834140</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Makineler Çıldırdı</t>
+          <t>Sırrın Ardındaki Cevher</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259711997</t>
+          <t>9786255834157</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Süheyl’in Sekiz Ülke Atlası</t>
+          <t>Makineler Çıldırdı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255834126</t>
+          <t>9786259711997</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Uçan Köstebek Kösi</t>
+          <t>Süheyl’in Sekiz Ülke Atlası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255834102</t>
+          <t>9786255834126</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesindeki Hekim</t>
+          <t>Uçan Köstebek Kösi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255834096</t>
+          <t>9786255834102</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mezarlık</t>
+          <t>Zamanın Ötesindeki Hekim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255834119</t>
+          <t>9786255834096</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>Mezarlık</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255834133</t>
+          <t>9786255834119</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gönül Gölgesinde Bir Kalemdar</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259711911</t>
+          <t>9786255834133</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sarunta</t>
+          <t>Gönül Gölgesinde Bir Kalemdar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>188</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259711904</t>
+          <t>9786259711911</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsanlar Haritası</t>
+          <t>Sarunta</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>178</v>
+        <v>188</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259711928</t>
+          <t>9786259711904</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Herkes Ayağını Kaldırsın</t>
+          <t>İyi İnsanlar Haritası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>178</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259464718</t>
+          <t>9786259711928</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Elim Kolum Kulaklığım</t>
+          <t>Herkes Ayağını Kaldırsın</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259612515</t>
+          <t>9786259464718</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Göksu</t>
+          <t>Elim Kolum Kulaklığım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259612522</t>
+          <t>9786259612515</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Darmut'tan Sonra Dünya</t>
+          <t>Göksu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259612508</t>
+          <t>9786259612522</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Enteresan</t>
+          <t>Darmut'tan Sonra Dünya</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259711980</t>
+          <t>9786259612508</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Kapısı</t>
+          <t>Enteresan</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259711973</t>
+          <t>9786259711980</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hazine Peşinde</t>
+          <t>Merhamet Kapısı</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259711966</t>
+          <t>9786259711973</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Hapşırık</t>
+          <t>Hazine Peşinde</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>188</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259711959</t>
+          <t>9786259711966</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Altı Düğmeli Turuncu Hırka</t>
+          <t>Cebimdeki Hapşırık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259711942</t>
+          <t>9786259711959</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gür Sesli Adam</t>
+          <t>Altı Düğmeli Turuncu Hırka</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>186</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259711935</t>
+          <t>9786259711942</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Baytuk ve Gizemli Mektup</t>
+          <t>Gür Sesli Adam</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>192</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259787817</t>
+          <t>9786259711935</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devr-i Alem</t>
+          <t>Baytuk ve Gizemli Mektup</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259787893</t>
+          <t>9786259787817</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Aksa’da 33 Kandil</t>
+          <t>80 Günde Devr-i Alem</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>178</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259787879</t>
+          <t>9786259787893</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Oyundan Kaçış</t>
+          <t>Aksa’da 33 Kandil</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>178</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259787886</t>
+          <t>9786259787879</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kaşifi-2</t>
+          <t>Oyundan Kaçış</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259787862</t>
+          <t>9786259787886</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Aksa'nın Muhafızları</t>
+          <t>Rüya Kaşifi-2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>204</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259787824</t>
+          <t>9786259787862</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sakladım Sakladım</t>
+          <t>Aksa'nın Muhafızları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>204</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259787831</t>
+          <t>9786259787824</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kaşifi</t>
+          <t>Sakladım Sakladım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259787855</t>
+          <t>9786259787831</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zaman Deyince</t>
+          <t>Rüya Kaşifi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259787848</t>
+          <t>9786259787855</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hünerli Teller</t>
+          <t>Zaman Deyince</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>184</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259492797</t>
+          <t>9786259787848</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hünerli Teller</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259787800</t>
+          <t>9786259492797</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Paklama Operasyonu</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259492766</t>
+          <t>9786259787800</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Paklama Operasyonu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>188</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259492780</t>
+          <t>9786259492766</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>188</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259492759</t>
+          <t>9786259492780</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>170</v>
+        <v>188</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259492773</t>
+          <t>9786259492759</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yağmurları Kayıp Şehir</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259492742</t>
+          <t>9786259492773</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri Serdar Atasözleri Peşinde</t>
+          <t>Yağmurları Kayıp Şehir</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>188</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259492711</t>
+          <t>9786259492742</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Kırıldığı Gün</t>
+          <t>Yeniçeri Serdar Atasözleri Peşinde</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>188</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259492735</t>
+          <t>9786259492711</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gagalıgil Apartmanı</t>
+          <t>Aynanın Kırıldığı Gün</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>164</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259970028</t>
+          <t>9786259492735</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Dünya Harezmi</t>
+          <t>Gagalıgil Apartmanı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259492704</t>
+          <t>9786259970028</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Krallık</t>
+          <t>Sıfırdan Dünya Harezmi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259492728</t>
+          <t>9786259492704</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Darmut</t>
+          <t>Kağıt Krallık</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259945958</t>
+          <t>9786259492728</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kanguru Tumturak</t>
+          <t>Darmut</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>158</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259464794</t>
+          <t>9786259945958</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tohumsa Eğer</t>
+          <t>Kanguru Tumturak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>170</v>
+        <v>158</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259464725</t>
+          <t>9786259464794</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahramanlık Bu Mu?</t>
+          <t>Tohumsa Eğer</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259945996</t>
+          <t>9786259464725</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Boş Matara</t>
+          <t>Süper Kahramanlık Bu Mu?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259945989</t>
+          <t>9786259945996</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bilge Bilir Okuldaki Gizem</t>
+          <t>Boş Matara</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259945972</t>
+          <t>9786259945989</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş Bileti</t>
+          <t>Bilge Bilir Okuldaki Gizem</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>188</v>
+        <v>170</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259464787</t>
+          <t>9786259945972</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de (5 Kitap)</t>
+          <t>Eve Dönüş Bileti</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>480</v>
+        <v>188</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259464756</t>
+          <t>9786259464787</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de Bursa</t>
+          <t>Safa İle Şifa Beş Şehir’de (5 Kitap)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259464701</t>
+          <t>9786259464756</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gönül Teyzenin Masası</t>
+          <t>Safa İle Şifa Beş Şehir’de Bursa</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259464763</t>
+          <t>9786259464701</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de Erzurum</t>
+          <t>Gönül Teyzenin Masası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259464749</t>
+          <t>9786259464763</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de Ankara</t>
+          <t>Safa İle Şifa Beş Şehir’de Erzurum</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259464732</t>
+          <t>9786259464749</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de Konya</t>
+          <t>Safa İle Şifa Beş Şehir’de Ankara</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259464770</t>
+          <t>9786259464732</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de İstanbul</t>
+          <t>Safa İle Şifa Beş Şehir’de Konya</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259945965</t>
+          <t>9786259464770</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri Serdar Deyimlerin Peşinde</t>
+          <t>Safa İle Şifa Beş Şehir’de İstanbul</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>188</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259945941</t>
+          <t>9786259945965</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Kapımı Çalınca</t>
+          <t>Yeniçeri Serdar Deyimlerin Peşinde</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>188</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259945934</t>
+          <t>9786259945941</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Nefesi</t>
+          <t>Kuşlar Kapımı Çalınca</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259945927</t>
+          <t>9786259945934</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Balık Rüyaları</t>
+          <t>Yüzyılın Nefesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>198</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259970066</t>
+          <t>9786259945927</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şu Saygı Dene Şey</t>
+          <t>Balık Rüyaları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>170</v>
+        <v>198</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259945910</t>
+          <t>9786259970066</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanı Çırağı</t>
+          <t>Şu Saygı Dene Şey</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>164</v>
+        <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259970097</t>
+          <t>9786259945910</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Dakika</t>
+          <t>Bilim İnsanı Çırağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>184</v>
+        <v>164</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259970035</t>
+          <t>9786259970097</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Boş Laf Ustası</t>
+          <t>Sekiz Dakika</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>164</v>
+        <v>184</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259970004</t>
+          <t>9786259970035</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kızılkanat Puni’nin Maceraları</t>
+          <t>Boş Laf Ustası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>570</v>
+        <v>164</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259924373</t>
+          <t>9786259970004</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hayal Meyal Fuat Sezgin</t>
+          <t>Kızılkanat Puni’nin Maceraları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>178</v>
+        <v>570</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259924304</t>
+          <t>9786259924373</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kuşlara Ayarladım Saatimi</t>
+          <t>Hayal Meyal Fuat Sezgin</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>178</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259970073</t>
+          <t>9786259924304</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mikrofonlu Kuş</t>
+          <t>Kuşlara Ayarladım Saatimi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>164</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259924359</t>
+          <t>9786259970073</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ne Lazım Bana</t>
+          <t>Mikrofonlu Kuş</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259970042</t>
+          <t>9786259924359</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Renk Bakışı</t>
+          <t>Ne Lazım Bana</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259924328</t>
+          <t>9786259970042</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kamil’in Maceraları</t>
+          <t>Renk Bakışı</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259924380</t>
+          <t>9786259924328</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Dinozor Tontinosoruz</t>
+          <t>Meraklı Kamil’in Maceraları</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259924366</t>
+          <t>9786259924380</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Safa’nın Futbol Sevdası</t>
+          <t>Mutlu Dinozor Tontinosoruz</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259970011</t>
+          <t>9786259924366</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sundarban</t>
+          <t>Safa’nın Futbol Sevdası</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259924335</t>
+          <t>9786259970011</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Uzamak İsteyen Bir Gencin Hikayesi</t>
+          <t>Sundarban</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259924342</t>
+          <t>9786259924335</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Oruç Gazi</t>
+          <t>Uzamak İsteyen Bir Gencin Hikayesi</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259924311</t>
+          <t>9786259924342</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Evecen ve Üfleme Dersleri</t>
+          <t>Süper Kahraman Oruç Gazi</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>164</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259945903</t>
+          <t>9786259924311</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekip Yemeği</t>
+          <t>Ejderha Evecen ve Üfleme Dersleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>158</v>
+        <v>164</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259970059</t>
+          <t>9786259945903</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Dinozor Tulu</t>
+          <t>Bir Ekip Yemeği</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>178</v>
+        <v>158</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259924397</t>
+          <t>9786259970059</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gökten Düşen Sofra</t>
+          <t>Dünyayı Kurtaran Dinozor Tulu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>164</v>
+        <v>178</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
+          <t>9786259924397</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Gökten Düşen Sofra</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
           <t>9786259970080</t>
         </is>
       </c>
-      <c r="B83" s="1" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Asım’ın Yolu</t>
         </is>
       </c>
-      <c r="C83" s="1">
+      <c r="C84" s="1">
         <v>178</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>