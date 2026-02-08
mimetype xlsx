--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,1285 +85,1300 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255834195</t>
+          <t>9786255834171</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Olabilen Zürafa</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255834164</t>
+          <t>9786255834195</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Akif'im</t>
+          <t>Her Şey Olabilen Zürafa</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255834188</t>
+          <t>9786255834164</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler</t>
+          <t>Akif'im</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255834140</t>
+          <t>9786255834188</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sırrın Ardındaki Cevher</t>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255834157</t>
+          <t>9786255834140</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Makineler Çıldırdı</t>
+          <t>Sırrın Ardındaki Cevher</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259711997</t>
+          <t>9786255834157</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Süheyl’in Sekiz Ülke Atlası</t>
+          <t>Makineler Çıldırdı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255834126</t>
+          <t>9786259711997</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uçan Köstebek Kösi</t>
+          <t>Süheyl’in Sekiz Ülke Atlası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255834102</t>
+          <t>9786255834126</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ötesindeki Hekim</t>
+          <t>Uçan Köstebek Kösi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255834096</t>
+          <t>9786255834102</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mezarlık</t>
+          <t>Zamanın Ötesindeki Hekim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255834119</t>
+          <t>9786255834096</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>Mezarlık</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255834133</t>
+          <t>9786255834119</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gönül Gölgesinde Bir Kalemdar</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259711911</t>
+          <t>9786255834133</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sarunta</t>
+          <t>Gönül Gölgesinde Bir Kalemdar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259711904</t>
+          <t>9786259711911</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsanlar Haritası</t>
+          <t>Sarunta</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>178</v>
+        <v>210</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259711928</t>
+          <t>9786259711904</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Herkes Ayağını Kaldırsın</t>
+          <t>İyi İnsanlar Haritası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259464718</t>
+          <t>9786259711928</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Elim Kolum Kulaklığım</t>
+          <t>Herkes Ayağını Kaldırsın</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259612515</t>
+          <t>9786259464718</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Göksu</t>
+          <t>Elim Kolum Kulaklığım</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259612522</t>
+          <t>9786259612515</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Darmut'tan Sonra Dünya</t>
+          <t>Göksu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259612508</t>
+          <t>9786259612522</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Enteresan</t>
+          <t>Darmut'tan Sonra Dünya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259711980</t>
+          <t>9786259612508</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Kapısı</t>
+          <t>Enteresan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259711973</t>
+          <t>9786259711980</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hazine Peşinde</t>
+          <t>Merhamet Kapısı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259711966</t>
+          <t>9786259711973</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cebimdeki Hapşırık</t>
+          <t>Hazine Peşinde</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259711959</t>
+          <t>9786259711966</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Altı Düğmeli Turuncu Hırka</t>
+          <t>Cebimdeki Hapşırık</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>186</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259711942</t>
+          <t>9786259711959</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gür Sesli Adam</t>
+          <t>Altı Düğmeli Turuncu Hırka</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259711935</t>
+          <t>9786259711942</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Baytuk ve Gizemli Mektup</t>
+          <t>Gür Sesli Adam</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259787817</t>
+          <t>9786259711935</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devr-i Alem</t>
+          <t>Baytuk ve Gizemli Mektup</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259787893</t>
+          <t>9786259787817</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aksa’da 33 Kandil</t>
+          <t>80 Günde Devr-i Alem</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>178</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259787879</t>
+          <t>9786259787893</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Oyundan Kaçış</t>
+          <t>Aksa’da 33 Kandil</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259787886</t>
+          <t>9786259787879</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kaşifi-2</t>
+          <t>Oyundan Kaçış</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259787862</t>
+          <t>9786259787886</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aksa'nın Muhafızları</t>
+          <t>Rüya Kaşifi-2</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>204</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259787824</t>
+          <t>9786259787862</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sakladım Sakladım</t>
+          <t>Aksa'nın Muhafızları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259787831</t>
+          <t>9786259787824</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Rüya Kaşifi</t>
+          <t>Sakladım Sakladım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259787855</t>
+          <t>9786259787831</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zaman Deyince</t>
+          <t>Rüya Kaşifi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>204</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259787848</t>
+          <t>9786259787855</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hünerli Teller</t>
+          <t>Zaman Deyince</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259492797</t>
+          <t>9786259787848</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hünerli Teller</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>208</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259787800</t>
+          <t>9786259492797</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Paklama Operasyonu</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>188</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259492766</t>
+          <t>9786259787800</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Paklama Operasyonu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259492780</t>
+          <t>9786259492766</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>188</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259492759</t>
+          <t>9786259492780</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259492773</t>
+          <t>9786259492759</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yağmurları Kayıp Şehir</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259492742</t>
+          <t>9786259492773</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri Serdar Atasözleri Peşinde</t>
+          <t>Yağmurları Kayıp Şehir</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>188</v>
+        <v>204</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259492711</t>
+          <t>9786259492742</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Aynanın Kırıldığı Gün</t>
+          <t>Yeniçeri Serdar Atasözleri Peşinde</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>160</v>
+        <v>216</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259492735</t>
+          <t>9786259492711</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gagalıgil Apartmanı</t>
+          <t>Aynanın Kırıldığı Gün</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>164</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259970028</t>
+          <t>9786259492735</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Dünya Harezmi</t>
+          <t>Gagalıgil Apartmanı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259492704</t>
+          <t>9786259970028</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Krallık</t>
+          <t>Sıfırdan Dünya Harezmi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259492728</t>
+          <t>9786259492704</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Darmut</t>
+          <t>Kağıt Krallık</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>204</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259945958</t>
+          <t>9786259492728</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kanguru Tumturak</t>
+          <t>Darmut</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>158</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259464794</t>
+          <t>9786259945958</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tohumsa Eğer</t>
+          <t>Kanguru Tumturak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259464725</t>
+          <t>9786259464794</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahramanlık Bu Mu?</t>
+          <t>Tohumsa Eğer</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>170</v>
+        <v>194</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259945996</t>
+          <t>9786259464725</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Boş Matara</t>
+          <t>Süper Kahramanlık Bu Mu?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259945989</t>
+          <t>9786259945996</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bilge Bilir Okuldaki Gizem</t>
+          <t>Boş Matara</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259945972</t>
+          <t>9786259945989</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönüş Bileti</t>
+          <t>Bilge Bilir Okuldaki Gizem</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259464787</t>
+          <t>9786259945972</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de (5 Kitap)</t>
+          <t>Eve Dönüş Bileti</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>480</v>
+        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259464756</t>
+          <t>9786259464787</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de Bursa</t>
+          <t>Safa İle Şifa Beş Şehir’de (5 Kitap)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>110</v>
+        <v>550</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259464701</t>
+          <t>9786259464756</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gönül Teyzenin Masası</t>
+          <t>Safa İle Şifa Beş Şehir’de Bursa</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259464763</t>
+          <t>9786259464701</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de Erzurum</t>
+          <t>Gönül Teyzenin Masası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259464749</t>
+          <t>9786259464763</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de Ankara</t>
+          <t>Safa İle Şifa Beş Şehir’de Erzurum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259464732</t>
+          <t>9786259464749</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de Konya</t>
+          <t>Safa İle Şifa Beş Şehir’de Ankara</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259464770</t>
+          <t>9786259464732</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Safa İle Şifa Beş Şehir’de İstanbul</t>
+          <t>Safa İle Şifa Beş Şehir’de Konya</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259945965</t>
+          <t>9786259464770</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeniçeri Serdar Deyimlerin Peşinde</t>
+          <t>Safa İle Şifa Beş Şehir’de İstanbul</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>188</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259945941</t>
+          <t>9786259945965</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Kapımı Çalınca</t>
+          <t>Yeniçeri Serdar Deyimlerin Peşinde</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>216</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259945934</t>
+          <t>9786259945941</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Nefesi</t>
+          <t>Kuşlar Kapımı Çalınca</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259945927</t>
+          <t>9786259945934</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Balık Rüyaları</t>
+          <t>Yüzyılın Nefesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259970066</t>
+          <t>9786259945927</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şu Saygı Dene Şey</t>
+          <t>Balık Rüyaları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259945910</t>
+          <t>9786259970066</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanı Çırağı</t>
+          <t>Şu Saygı Dene Şey</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>164</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259970097</t>
+          <t>9786259945910</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Dakika</t>
+          <t>Bilim İnsanı Çırağı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259970035</t>
+          <t>9786259970097</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Boş Laf Ustası</t>
+          <t>Sekiz Dakika</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>164</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259970004</t>
+          <t>9786259970035</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kızılkanat Puni’nin Maceraları</t>
+          <t>Boş Laf Ustası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>570</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259924373</t>
+          <t>9786259970004</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hayal Meyal Fuat Sezgin</t>
+          <t>Kızılkanat Puni’nin Maceraları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>178</v>
+        <v>700</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259924304</t>
+          <t>9786259924373</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kuşlara Ayarladım Saatimi</t>
+          <t>Hayal Meyal Fuat Sezgin</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259970073</t>
+          <t>9786259924304</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mikrofonlu Kuş</t>
+          <t>Kuşlara Ayarladım Saatimi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>164</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259924359</t>
+          <t>9786259970073</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ne Lazım Bana</t>
+          <t>Mikrofonlu Kuş</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>164</v>
+        <v>184</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259970042</t>
+          <t>9786259924359</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Renk Bakışı</t>
+          <t>Ne Lazım Bana</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>164</v>
+        <v>184</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259924328</t>
+          <t>9786259970042</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kamil’in Maceraları</t>
+          <t>Renk Bakışı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>164</v>
+        <v>184</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259924380</t>
+          <t>9786259924328</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Dinozor Tontinosoruz</t>
+          <t>Meraklı Kamil’in Maceraları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>164</v>
+        <v>188</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259924366</t>
+          <t>9786259924380</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Safa’nın Futbol Sevdası</t>
+          <t>Mutlu Dinozor Tontinosoruz</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>164</v>
+        <v>184</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259970011</t>
+          <t>9786259924366</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sundarban</t>
+          <t>Safa’nın Futbol Sevdası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>164</v>
+        <v>184</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259924335</t>
+          <t>9786259970011</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Uzamak İsteyen Bir Gencin Hikayesi</t>
+          <t>Sundarban</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>164</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259924342</t>
+          <t>9786259924335</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Oruç Gazi</t>
+          <t>Uzamak İsteyen Bir Gencin Hikayesi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>164</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259924311</t>
+          <t>9786259924342</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Evecen ve Üfleme Dersleri</t>
+          <t>Süper Kahraman Oruç Gazi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>164</v>
+        <v>184</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259945903</t>
+          <t>9786259924311</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir Ekip Yemeği</t>
+          <t>Ejderha Evecen ve Üfleme Dersleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>158</v>
+        <v>184</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259970059</t>
+          <t>9786259945903</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Dinozor Tulu</t>
+          <t>Bir Ekip Yemeği</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259924397</t>
+          <t>9786259970059</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gökten Düşen Sofra</t>
+          <t>Dünyayı Kurtaran Dinozor Tulu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>164</v>
+        <v>204</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
+          <t>9786259924397</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Gökten Düşen Sofra</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
           <t>9786259970080</t>
         </is>
       </c>
-      <c r="B84" s="1" t="inlineStr">
+      <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Asım’ın Yolu</t>
         </is>
       </c>
-      <c r="C84" s="1">
-        <v>178</v>
+      <c r="C85" s="1">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>