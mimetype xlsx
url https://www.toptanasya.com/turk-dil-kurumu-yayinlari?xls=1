--- v0 (2026-02-08)
+++ v1 (2026-03-29)
@@ -85,19105 +85,19120 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789751763860</t>
+          <t>9789751611505</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkleşdirme Musulmanlaşmak Döwrebaplaşdyrmak: (Türkmen Türkçesi)</t>
+          <t>Güzel Yazılar Denemeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789751763884</t>
+          <t>9789751763860</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kırım Tatar Grameri Denemesi</t>
+          <t>Türkleşdirme Musulmanlaşmak Döwrebaplaşdyrmak: (Türkmen Türkçesi)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>127</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789751763129</t>
+          <t>9789751763884</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Müntehabat-ı Mesari’ ve Ebyat</t>
+          <t>Kırım Tatar Grameri Denemesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>127</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789751761354</t>
+          <t>9789751763129</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kaza</t>
+          <t>Müntehabat-ı Mesari’ ve Ebyat</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789751761378</t>
+          <t>9789751761354</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Şimşeğin Gözyaşı</t>
+          <t>Kaza</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>790</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789751761385</t>
+          <t>9789751761378</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Şiir Antolojisi Özbek Şiiri</t>
+          <t>Şimşeğin Gözyaşı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>360</v>
+        <v>790</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>4444444444007</t>
+          <t>9789751761385</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı Belleten 75. Sayı - Haziran 2023</t>
+          <t>Türk Dünyası Şiir Antolojisi Özbek Şiiri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>338</v>
+        <v>360</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789751612021</t>
+          <t>4444444444007</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Eklerin Kullanılış Şekilleri ve Ek Kalıplaşması Olayları</t>
+          <t>Türk Dili Araştırmaları Yıllığı Belleten 75. Sayı - Haziran 2023</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>338</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789751634702</t>
+          <t>9789751612021</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Askeri Terimler Sözlüğü</t>
+          <t>Türkçede Eklerin Kullanılış Şekilleri ve Ek Kalıplaşması Olayları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789751761330</t>
+          <t>9789751634702</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kuduri'ye Ait El-Muhtasar'ın En Eski Türkçe Tercümesi</t>
+          <t>Ansiklopedik Askeri Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789751744055</t>
+          <t>9789751761330</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Karakalpak Türkçesi Sözlüğü</t>
+          <t>Kuduri'ye Ait El-Muhtasar'ın En Eski Türkçe Tercümesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>82</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9771300215005</t>
+          <t>9789751744055</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil Ve Edebiyat Dergisi Türk Öykücülüğü Özel Sayısı</t>
+          <t>Karakalpak Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789751755155</t>
+          <t>9771300215005</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kırgızca - Türkçe Sözlük (Ciltli)</t>
+          <t>Türk Dili Dil Ve Edebiyat Dergisi Türk Öykücülüğü Özel Sayısı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1011</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789751761316</t>
+          <t>9789751755155</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Büyük Özbekçe - Türkçe Sözlük</t>
+          <t>Kırgızca - Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1188</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9777130021533</t>
+          <t>9789751761316</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil Ve Edebiyat Dergisi Dilin Perdeleri Özel Sayısı</t>
+          <t>Büyük Özbekçe - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>132</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789751606686</t>
+          <t>9777130021533</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir ve Yöresi Ağızları</t>
+          <t>Türk Dili Dil Ve Edebiyat Dergisi Dilin Perdeleri Özel Sayısı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789751625632</t>
+          <t>9789751606686</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>VI. Uluslararası Türk Dili Kurultayı Bildirileri I-II-III-IV</t>
+          <t>Nevşehir ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789751752895</t>
+          <t>9789751625632</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Temel Kelimelerin Çağrışım Setleri</t>
+          <t>VI. Uluslararası Türk Dili Kurultayı Bildirileri I-II-III-IV</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>166</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789751752918</t>
+          <t>9789751752895</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Söz Varlığı Üzerine İncelemeler</t>
+          <t>Türkçe Temel Kelimelerin Çağrışım Setleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789751756541</t>
+          <t>9789751752918</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Dillerinde Ortak Terminoloji Geliştirme İmkân Ve Yöntemleri</t>
+          <t>Türkçe Öğretiminde Söz Varlığı Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789751611321</t>
+          <t>9789751756541</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nutuk Üzerinde İncelemeler</t>
+          <t>Çağdaş Türk Dillerinde Ortak Terminoloji Geliştirme İmkân Ve Yöntemleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>147</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789751610225</t>
+          <t>9789751611321</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bugünkü Kıpçak Türkçesi</t>
+          <t>Nutuk Üzerinde İncelemeler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789751752833</t>
+          <t>9789751610225</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türk Dillerinde Son Takılar</t>
+          <t>Bugünkü Kıpçak Türkçesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>436</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755174508</t>
+          <t>9789751752833</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fennî Bir Roman Yahut Amerika Doktorları</t>
+          <t>Türk Dillerinde Son Takılar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>40</v>
+        <v>436</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789751761392</t>
+          <t>9789755174508</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Talih</t>
+          <t>Fennî Bir Roman Yahut Amerika Doktorları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>390</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789751752864</t>
+          <t>9789751761392</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Reformunda Avrupa Dillerinin Rolü</t>
+          <t>Tarih ve Talih</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>287</v>
+        <v>390</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789751752727</t>
+          <t>9789751752864</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gedayi Divan</t>
+          <t>Türk Dil Reformunda Avrupa Dillerinin Rolü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>287</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789751761347</t>
+          <t>9789751752727</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ak Boz Ev</t>
+          <t>Gedayi Divan</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789751756572</t>
+          <t>9789751761347</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Orta İran Merkezi Ve Kum Eyaletleri Türklerinden Halk Bilimi Metinleri (Giriş-İnceleme-El Bilimi Dergisi Metinleri-Aktarma-Dizin)</t>
+          <t>Ak Boz Ev</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789751761323</t>
+          <t>9789751756572</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Orta İran Merkezi Ve Kum Eyaletleri Türklerinden Halk Bilimi Metinleri (Giriş-İnceleme-El Bilimi Dergisi Metinleri-Aktarma-Dizin)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>217</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789751607775</t>
+          <t>9789751761323</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Ses Yansımalı Kelimeler: İnceleme - Sözlük</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>420</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789751761361</t>
+          <t>9789751607775</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Karadağ Türkleri</t>
+          <t>Türkçede Ses Yansımalı Kelimeler: İnceleme - Sözlük</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789751917201</t>
+          <t>9789751761361</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çavuşça Çok Zamanlı Ses Bilgisi</t>
+          <t>Karadağ Türkleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789751759825</t>
+          <t>9789751917201</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İnsan Alemde Adıyla Yaşar</t>
+          <t>Çavuşça Çok Zamanlı Ses Bilgisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>2310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789751752819</t>
+          <t>9789751759825</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Mustafa Darir Siretü'n- Nebi Tercümetü'd- Darir</t>
+          <t>İnsan Alemde Adıyla Yaşar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>616</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789751632678</t>
+          <t>9789751752819</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca Bir Masal Mecmuası</t>
+          <t>Erzurumlu Mustafa Darir Siretü'n- Nebi Tercümetü'd- Darir</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>54</v>
+        <v>616</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789751753984</t>
+          <t>9789751632678</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük (Ciltli)</t>
+          <t>Çağatayca Bir Masal Mecmuası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>570</v>
+        <v>54</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4444444443526</t>
+          <t>9789751753984</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 877 Ocak 2025</t>
+          <t>Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>95</v>
+        <v>570</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>4444444443524</t>
+          <t>4444444443526</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 78. Sayı 2024</t>
+          <t>Türk Dili Dergisi Sayı: 877 Ocak 2025</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>403</v>
+        <v>95</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>4444444443437</t>
+          <t>4444444443524</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 77. Sayı - Haziran 2024</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 78. Sayı 2024</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>403</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>4444444443394</t>
+          <t>4444444443437</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 72 Aralık 2022</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 77. Sayı - Haziran 2024</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>20</v>
+        <v>403</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>4444444443386</t>
+          <t>4444444443394</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 53 Bahar 2022</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 72 Aralık 2022</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789751743138</t>
+          <t>4444444443386</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Arnavutçadaki Türkçe Alıntılar</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 53 Bahar 2022</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>4444444443383</t>
+          <t>9789751743138</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Belleten Sayı : 73</t>
+          <t>Arnavutçadaki Türkçe Alıntılar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789751752734</t>
+          <t>4444444443383</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kazak ve Nogay Türkçesi Yazı Dillerinde Tasvir Fiilleri</t>
+          <t>Belleten Sayı : 73</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789751752901</t>
+          <t>9789751752734</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kaygusuz Abdâl Külliyatı</t>
+          <t>Kazak ve Nogay Türkçesi Yazı Dillerinde Tasvir Fiilleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>282</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789751752789</t>
+          <t>9789751752901</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nezrali'nin Çağatay Türkçesi Sözlüğü</t>
+          <t>Kaygusuz Abdâl Külliyatı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>282</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789751752673</t>
+          <t>9789751752789</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Sahasında Yazılmış Farsça Dil Bilgisi Kitapları</t>
+          <t>Nezrali'nin Çağatay Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789751752772</t>
+          <t>9789751752673</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Mekteb-i Hukuk-ı Şahane'de Verilen (Dil ve Edebiyat Derslerinin) Hülasası</t>
+          <t>Anadolu Sahasında Yazılmış Farsça Dil Bilgisi Kitapları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>76</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789751752922</t>
+          <t>9789751752772</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nimşehit ve Şiirleri</t>
+          <t>Mekteb-i Hukuk-ı Şahane'de Verilen (Dil ve Edebiyat Derslerinin) Hülasası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>76</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>4444444443381</t>
+          <t>9789751752922</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 876 Aralık 2024</t>
+          <t>Nimşehit ve Şiirleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789751752741</t>
+          <t>4444444443381</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gâyetü'l-Müntehâ Fî-Tedbîrİ'l-Merzâ ( Hastalıkların Tedavisinde En Son Nokta )</t>
+          <t>Türk Dili Dergisi Sayı: 876 Aralık 2024</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789751752666</t>
+          <t>9789751752741</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ravzatü'ş-Şühedâ Tercümesi</t>
+          <t>Gâyetü'l-Müntehâ Fî-Tedbîrİ'l-Merzâ ( Hastalıkların Tedavisinde En Son Nokta )</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789751752710</t>
+          <t>9789751752666</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesi Hukuk Belgeleri</t>
+          <t>Ravzatü'ş-Şühedâ Tercümesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>288</v>
+        <v>217</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789751753724</t>
+          <t>9789751752710</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğumunun 80. Yılında Prof. Dr. Ahmet Bican Ercilasun</t>
+          <t>Eski Uygur Türkçesi Hukuk Belgeleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>780</v>
+        <v>288</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>4444444443372</t>
+          <t>9789751753724</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi (Bahar 2023/ Sayı : 55)</t>
+          <t>Doğumunun 80. Yılında Prof. Dr. Ahmet Bican Ercilasun</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>245</v>
+        <v>780</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789751756565</t>
+          <t>4444444443372</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Latin Harfli Çeviri Yazı Metinlerinde Konuşma Dili Olarak Türkçe (16-18. Yüzyıllar)</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi (Bahar 2023/ Sayı : 55)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>557</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789751756671</t>
+          <t>9789751756565</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük’te “Ar.” (Arapça) Olarak Etiketlenen Madde Başı Kelimelerdeki Anlam Değişmeleri</t>
+          <t>Latin Harfli Çeviri Yazı Metinlerinde Konuşma Dili Olarak Türkçe (16-18. Yüzyıllar)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>557</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789751756619</t>
+          <t>9789751756671</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yeni Uygur Türkçesinde Kalıp Sözler</t>
+          <t>Türkçe Sözlük’te “Ar.” (Arapça) Olarak Etiketlenen Madde Başı Kelimelerdeki Anlam Değişmeleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>102</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789751752680</t>
+          <t>9789751756619</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda Çuvaşçanın Söz Varlığı</t>
+          <t>Yeni Uygur Türkçesinde Kalıp Sözler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>236</v>
+        <v>102</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789751602343</t>
+          <t>9789751752680</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Manas Destanı ve Kırgız Kültürüyle İlgili Tespit ve Tahliller</t>
+          <t>18. Yüzyılda Çuvaşçanın Söz Varlığı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>36</v>
+        <v>236</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789751760081</t>
+          <t>9789751602343</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniye Cami ve İmareti İnşaatı (I-II Cilt Takım)</t>
+          <t>Manas Destanı ve Kırgız Kültürüyle İlgili Tespit ve Tahliller</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>665</v>
+        <v>36</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>4444444443312</t>
+          <t>9789751760081</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Kasım 2024 (Şule Gürbüz Özel Bölümü) Sayı : 875</t>
+          <t>Süleymaniye Cami ve İmareti İnşaatı (I-II Cilt Takım)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>75</v>
+        <v>665</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>4444444443302</t>
+          <t>4444444443312</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 875 Kasım 2024</t>
+          <t>Türk Dili Dergisi Kasım 2024 (Şule Gürbüz Özel Bölümü) Sayı : 875</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>4444444443234</t>
+          <t>4444444443302</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 874 Ekim 2024</t>
+          <t>Türk Dili Dergisi Sayı: 875 Kasım 2024</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789751759207</t>
+          <t>4444444443234</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Garibname 1 - 2 (Ciltli)</t>
+          <t>Türk Dili Dergisi Sayı: 874 Ekim 2024</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1023</v>
+        <v>75</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>4444444443117</t>
+          <t>9789751759207</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 873 Eylül 2024</t>
+          <t>Garibname 1 - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>75</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789751759030</t>
+          <t>4444444443117</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nogay Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Türk Dili Dergisi Sayı: 873 Eylül 2024</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>455</v>
+        <v>75</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789751619544</t>
+          <t>9789751759030</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Geometri (Ciltli)</t>
+          <t>Nogay Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>76</v>
+        <v>455</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789751745330</t>
+          <t>9789751619544</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Atabetü'l Hakayık (Ciltli)</t>
+          <t>Geometri (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>242</v>
+        <v>76</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789751759047</t>
+          <t>9789751745330</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tuvaca-Türkçe Sözlük (Ciltli)</t>
+          <t>Atabetü'l Hakayık (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>703</v>
+        <v>242</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789751759092</t>
+          <t>9789751759047</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kilis İli Ağızları</t>
+          <t>Tuvaca-Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>641</v>
+        <v>703</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789751759108</t>
+          <t>9789751759092</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmalar Tarihi</t>
+          <t>Kilis İli Ağızları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>253</v>
+        <v>641</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789751608475</t>
+          <t>9789751759108</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Üzerine Makaleler</t>
+          <t>Türk Dili Araştırmalar Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>71</v>
+        <v>253</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789751759078</t>
+          <t>9789751608475</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Türkçe Sözlük (Ciltli)</t>
+          <t>Fuzuli Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1981</v>
+        <v>71</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>4444444442988</t>
+          <t>9789751759078</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 872 Ağustos 2024</t>
+          <t>İngilizce Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>75</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>4444444442793</t>
+          <t>4444444442988</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 871 Temmuz 2024</t>
+          <t>Türk Dili Dergisi Sayı: 872 Ağustos 2024</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>4444444442709</t>
+          <t>4444444442793</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 870 Haziran 2024</t>
+          <t>Türk Dili Dergisi Sayı: 871 Temmuz 2024</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789751752642</t>
+          <t>4444444442709</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Adana ve Osmaniye İlleri Ağızları</t>
+          <t>Türk Dili Dergisi Sayı: 870 Haziran 2024</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>4444444442657</t>
+          <t>9789751752642</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten 1998-I</t>
+          <t>Adana ve Osmaniye İlleri Ağızları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>4</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789751752796</t>
+          <t>4444444442657</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Saha Destanları</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten 1998-I</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>87</v>
+        <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>4444444442636</t>
+          <t>9789751752796</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 869 Mayıs 2024</t>
+          <t>Saha Destanları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>75</v>
+        <v>87</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789751755667</t>
+          <t>4444444442636</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Salahi Kamus-ı Osmani (Ciltli)</t>
+          <t>Türk Dili Dergisi Sayı: 869 Mayıs 2024</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>1081</v>
+        <v>75</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>4444444442612</t>
+          <t>9789751755667</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 863 Kasım 2023</t>
+          <t>Mehmed Salahi Kamus-ı Osmani (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>40</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>4444444442611</t>
+          <t>4444444442612</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 864 Aralık 2023</t>
+          <t>Türk Dili Dergisi Sayı: 863 Kasım 2023</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>4444444442610</t>
+          <t>4444444442611</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 868 Nisan 2024</t>
+          <t>Türk Dili Dergisi Sayı: 864 Aralık 2023</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789751753403</t>
+          <t>4444444442610</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Süleyman Çelebi ve Vesiletü'n-Necat</t>
+          <t>Türk Dili Dergisi Sayı: 868 Nisan 2024</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789751756718</t>
+          <t>9789751753403</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Mesail-i Muğlaka</t>
+          <t>Süleyman Çelebi ve Vesiletü'n-Necat</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789751756596</t>
+          <t>9789751756718</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Şiir Antolojisi Kırgız Şiiri</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Mesail-i Muğlaka</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>193</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789751756589</t>
+          <t>9789751756596</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Şiir Antolojisi Azerbaycan Şiiri</t>
+          <t>Türk Dünyası Şiir Antolojisi Kırgız Şiiri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>210</v>
+        <v>193</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789751756633</t>
+          <t>9789751756589</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türk İşaret Dili Tarihi</t>
+          <t>Türk Dünyası Şiir Antolojisi Azerbaycan Şiiri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>243</v>
+        <v>210</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789751748867</t>
+          <t>9789751756633</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lügat-it Türk (Ciltli)</t>
+          <t>Türk İşaret Dili Tarihi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>773</v>
+        <v>243</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789751756534</t>
+          <t>9789751748867</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Johannes Heyman’a Göre 18. Yüzyıl Türkçesi Telaffuz Kayıtları</t>
+          <t>Divanü Lügat-it Türk (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>96</v>
+        <v>773</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789751756725</t>
+          <t>9789751756534</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Jön Türk</t>
+          <t>Johannes Heyman’a Göre 18. Yüzyıl Türkçesi Telaffuz Kayıtları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789751756664</t>
+          <t>9789751756725</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ortaokul Sözlüğü (Ciltli)</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Jön Türk</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>314</v>
+        <v>50</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789751756688</t>
+          <t>9789751756664</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Abhazca Abhazca-Türkçe Sözlük (Ciltli)</t>
+          <t>Ortaokul Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>629</v>
+        <v>314</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789751756626</t>
+          <t>9789751756688</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Şiir Antolojisi Tatar Şiiri</t>
+          <t>Türkçe-Abhazca Abhazca-Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>629</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789751756701</t>
+          <t>9789751756626</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Altın Aşıkları</t>
+          <t>Türk Dünyası Şiir Antolojisi Tatar Şiiri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>4440000004625</t>
+          <t>9789751756701</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 865 Ocak 2024</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Altın Aşıkları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>4440000004568</t>
+          <t>4440000004625</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 867 Mart 2024</t>
+          <t>Türk Dili Dergisi Sayı: 865 Ocak 2024</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>4440000004567</t>
+          <t>4440000004568</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 866 Şubat 2024</t>
+          <t>Türk Dili Dergisi Sayı: 867 Mart 2024</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789751755049</t>
+          <t>4440000004567</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Alaş ve Terminoloji - Kazak Terminolojisinin Gelişimi (1910-1930)</t>
+          <t>Türk Dili Dergisi Sayı: 866 Şubat 2024</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>363</v>
+        <v>75</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789751755087</t>
+          <t>9789751755049</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Diş Hekimliği Terimleri Karşılıklar Kılavuzu (Ciltli)</t>
+          <t>Alaş ve Terminoloji - Kazak Terminolojisinin Gelişimi (1910-1930)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>94</v>
+        <v>363</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789751755148</t>
+          <t>9789751755087</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Şiiri</t>
+          <t>Diş Hekimliği Terimleri Karşılıklar Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>141</v>
+        <v>94</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>4440000003805</t>
+          <t>9789751755148</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 860 Ağustos 2023</t>
+          <t>Başkurt Şiiri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>40</v>
+        <v>141</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789751755070</t>
+          <t>4440000003805</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çerkezce-Türkçe Türkçe-Çerkezce Sözlük (Ciltli)</t>
+          <t>Türk Dili Dergisi Sayı: 860 Ağustos 2023</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>197</v>
+        <v>40</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>4440000003804</t>
+          <t>9789751755070</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 858 Haziran 2023</t>
+          <t>Çerkezce-Türkçe Türkçe-Çerkezce Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>40</v>
+        <v>197</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>4440000003803</t>
+          <t>4440000003804</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 859 Temmuz 2023</t>
+          <t>Türk Dili Dergisi Sayı: 858 Haziran 2023</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789751751645</t>
+          <t>4440000003803</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Stambol'dan İstanbul'a: Osmanlı Türkçesi Telaffuz Kayıtları</t>
+          <t>Türk Dili Dergisi Sayı: 859 Temmuz 2023</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789751755131</t>
+          <t>9789751751645</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimetü'l-Edeb Paris ve Yozgat Nüshaları</t>
+          <t>Stambol'dan İstanbul'a: Osmanlı Türkçesi Telaffuz Kayıtları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>573</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789751755063</t>
+          <t>9789751755131</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ağız Bilimi El Kitabı</t>
+          <t>Mukaddimetü'l-Edeb Paris ve Yozgat Nüshaları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>557</v>
+        <v>573</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789751755100</t>
+          <t>9789751755063</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Uygurca Altun Yaruk - Belgeler</t>
+          <t>Ağız Bilimi El Kitabı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>260</v>
+        <v>557</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789751755056</t>
+          <t>9789751755100</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca Kur'an Tefsiri</t>
+          <t>Uygurca Altun Yaruk - Belgeler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>183</v>
+        <v>260</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789751755117</t>
+          <t>9789751755056</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türkiye Türkçesinde Hitaplar</t>
+          <t>Çağatayca Kur'an Tefsiri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>362</v>
+        <v>183</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789751755094</t>
+          <t>9789751755117</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dolgancadaki Moğolca Kopyalar</t>
+          <t>Geçmişten Günümüze Türkiye Türkçesinde Hitaplar</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>112</v>
+        <v>362</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789751755124</t>
+          <t>9789751755094</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kırım Tatar Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Dolgancadaki Moğolca Kopyalar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>551</v>
+        <v>112</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789751749789</t>
+          <t>9789751755124</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kültepe Tabletleri VI-e</t>
+          <t>Kırım Tatar Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>551</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789751630322</t>
+          <t>9789751749789</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İdil - Ural Tarihi Sempozyumu Bildiriler 2. Cilt</t>
+          <t>Kültepe Tabletleri VI-e</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>66</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789751630315</t>
+          <t>9789751630322</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İdil - Ural Tarihi Sempozyumu Bildiriler 1. Cilt</t>
+          <t>İdil - Ural Tarihi Sempozyumu Bildiriler 2. Cilt</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>66</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>4440000003383</t>
+          <t>9789751630315</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 74 Aralık 2022</t>
+          <t>İdil - Ural Tarihi Sempozyumu Bildiriler 1. Cilt</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>80</v>
+        <v>66</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789751635402</t>
+          <t>4440000003383</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ahteri ve Dönemi Bilgi Şöleni Bildirileri</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 74 Aralık 2022</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>3990000051960</t>
+          <t>9789751635402</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tarama Sözlüğü Cilt: 5 - O-T</t>
+          <t>Ahteri ve Dönemi Bilgi Şöleni Bildirileri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>8.75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3990000020065</t>
+          <t>3990000051960</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Araştırlamar (2 Cilt Takım)</t>
+          <t>Tarama Sözlüğü Cilt: 5 - O-T</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>20</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3990000051521</t>
+          <t>3990000020065</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Belleten Cilt: 65 Sayı: 1/2017 Yaz</t>
+          <t>Türk Dili Üzerine Araştırlamar (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789751632746</t>
+          <t>3990000051521</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca El Kitabı</t>
+          <t>Belleten Cilt: 65 Sayı: 1/2017 Yaz</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9751618185979</t>
+          <t>9789751632746</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin Yazım Kılavuzu</t>
+          <t>Çağatayca El Kitabı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>3.45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789751634931</t>
+          <t>9751618185979</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ed-Dürerü'l-Müntehabati'l-Mensure Fi Islahi'l-Galatati'l-Meşhure (Ciltli)</t>
+          <t>İlköğretim Okulları İçin Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>3.45</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789751631213</t>
+          <t>9789751634931</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Güney Sibirya Altay Türkçesi Ağızları</t>
+          <t>Ed-Dürerü'l-Müntehabati'l-Mensure Fi Islahi'l-Galatati'l-Meşhure (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789751610331</t>
+          <t>9789751631213</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türklük Bilimi Sözlüğü - 1. Yabancı Türkologlar</t>
+          <t>Güney Sibirya Altay Türkçesi Ağızları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000019045</t>
+          <t>9789751610331</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri Üzerinde Söz Dizimi Bakımından Bir İnceleme (Ciltli)</t>
+          <t>Türklük Bilimi Sözlüğü - 1. Yabancı Türkologlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>4</v>
+        <v>40</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>3990000030831</t>
+          <t>3990000019045</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Manakib Al-Arifin (Metin) 2. Cilt</t>
+          <t>Dede Korkut Hikayeleri Üzerinde Söz Dizimi Bakımından Bir İnceleme (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000018295</t>
+          <t>3990000030831</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 30 - Güz 2010</t>
+          <t>Manakib Al-Arifin (Metin) 2. Cilt</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>3990000017225</t>
+          <t>3990000018295</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugat-it Türk (2 Cilt Takım) (Ciltli)</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 30 - Güz 2010</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789751628329</t>
+          <t>3990000017225</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kul Ali ve Türkçe Yusufname</t>
+          <t>Divanü Lugat-it Türk (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>32</v>
+        <v>90</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789751628251</t>
+          <t>9789751628329</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Edebiyatı Tarihi</t>
+          <t>Kul Ali ve Türkçe Yusufname</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789751628275</t>
+          <t>9789751628251</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kırgızcadaki İslam Öncesi Geleneksel İnanç ve İnanışlarla İlgili Söz Varlığı</t>
+          <t>Kırgız Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789751628268</t>
+          <t>9789751628275</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kılınış Kategorisi ve Altaycada Kılınış Belirleyicisi Olarak Art Fiiller</t>
+          <t>Kırgızcadaki İslam Öncesi Geleneksel İnanç ve İnanışlarla İlgili Söz Varlığı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>34</v>
+        <v>28</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789751628350</t>
+          <t>9789751628268</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Tarihi Boyunca Hukuk Dilindeki Değişmeler ve Gelişmeler</t>
+          <t>Kılınış Kategorisi ve Altaycada Kılınış Belirleyicisi Olarak Art Fiiller</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>73</v>
+        <v>34</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789751628398</t>
+          <t>9789751628350</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Resimli Deney Hayvanları Terimleri Sözlüğü (Ciltli)</t>
+          <t>Cumhuriyet Tarihi Boyunca Hukuk Dilindeki Değişmeler ve Gelişmeler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>40</v>
+        <v>73</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789751628381</t>
+          <t>9789751628398</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İlaç ve Eczacılık Terimleri Sözlüğü (Ciltli)</t>
+          <t>Resimli Deney Hayvanları Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789751628428</t>
+          <t>9789751628381</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Tatarca Sözlük (Ciltli)</t>
+          <t>İlaç ve Eczacılık Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789751628374</t>
+          <t>9789751628428</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk (Ciltli)</t>
+          <t>Türkçe - Tatarca Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>530</v>
+        <v>50</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789751628404</t>
+          <t>9789751628374</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkçe - Sırpça Sözlük (Ciltli)</t>
+          <t>Divanu Lugati't-Türk (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>70</v>
+        <v>530</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789751628169</t>
+          <t>9789751628404</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Aka Gündüz</t>
+          <t>Yeni Türkçe - Sırpça Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>10</v>
+        <v>70</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789751628312</t>
+          <t>9789751628169</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Türkçesinde Kip</t>
+          <t>Aka Gündüz</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>54</v>
+        <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789751628343</t>
+          <t>9789751628312</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Salar Türkçesinin Çekim Morfolojisi</t>
+          <t>Başkurt Türkçesinde Kip</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>28</v>
+        <v>54</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789751628145</t>
+          <t>9789751628343</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Temir</t>
+          <t>Salar Türkçesinin Çekim Morfolojisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789751628176</t>
+          <t>9789751628145</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Necip Türkçü</t>
+          <t>Ahmet Temir</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789751625908</t>
+          <t>9789751628176</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçelerinde Ünlüler</t>
+          <t>Necip Türkçü</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789751625939</t>
+          <t>9789751625908</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dehname</t>
+          <t>Çağdaş Türk Lehçelerinde Ünlüler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789751628220</t>
+          <t>9789751625939</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası Türk Dili ve Edebiyatları Öğretimi Sempozyumu 21 - 24 Ekim 2010</t>
+          <t>Dehname</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>50</v>
+        <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789751628473</t>
+          <t>9789751628220</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Makaleleri</t>
+          <t>1. Uluslararası Türk Dili ve Edebiyatları Öğretimi Sempozyumu 21 - 24 Ekim 2010</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>242</v>
+        <v>50</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>3990000025692</t>
+          <t>9789751628473</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 742</t>
+          <t>Eski Türk Edebiyatı Makaleleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>5</v>
+        <v>242</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>3990000025693</t>
+          <t>3990000025692</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 743</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 742</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789751628282</t>
+          <t>3990000025693</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Vidin Türkleri Ağız Araştırmaları</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 743</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789751609151</t>
+          <t>9789751628282</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Makaleler (Dil ve Edebiyat İncelemeleri)</t>
+          <t>Vidin Türkleri Ağız Araştırmaları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9771300215555</t>
+          <t>9789751609151</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 415-416-417: Türk Şiiri Özel Sayısı 2 (Divan Şiiri)</t>
+          <t>Makaleler (Dil ve Edebiyat İncelemeleri)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>16</v>
+        <v>46</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9771300215562</t>
+          <t>9771300215555</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 409: Türk Şiiri Özel Sayısı 1 (Eski Türk Şiiri)</t>
+          <t>Türk Dili Sayı 415-416-417: Türk Şiiri Özel Sayısı 2 (Divan Şiiri)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3990000010842</t>
+          <t>9771300215562</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ata Atacanov’un Şiirleri (2 Cilt Takım)</t>
+          <t>Türk Dili Sayı 409: Türk Şiiri Özel Sayısı 1 (Eski Türk Şiiri)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>3990000012346</t>
+          <t>3990000010842</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Diliyle Cumhuriyet</t>
+          <t>Ata Atacanov’un Şiirleri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789751621566</t>
+          <t>3990000012346</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Aşık Şevki Halıcı’dan Derlenen Halk Hikayeleri</t>
+          <t>Aşıkların Diliyle Cumhuriyet</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789751620330</t>
+          <t>9789751621566</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Âşık Şeref Taşlıova’dan Derlenen Halk Hikayeleri</t>
+          <t>Aşık Şevki Halıcı’dan Derlenen Halk Hikayeleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>380</v>
+        <v>612</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789751621597</t>
+          <t>9789751620330</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Aşık Mevlüt İhsani’den Derlenen Halk Hikayeleri</t>
+          <t>Âşık Şeref Taşlıova’dan Derlenen Halk Hikayeleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>20</v>
+        <v>380</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3990000004177</t>
+          <t>9789751621597</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Anadolu İlleri Ağızlarından Derlemeler</t>
+          <t>Aşık Mevlüt İhsani’den Derlenen Halk Hikayeleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>3990000004180</t>
+          <t>3990000004177</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Dialektolojisi Üzerine Malzeme 2</t>
+          <t>Anadolu İlleri Ağızlarından Derlemeler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000004181</t>
+          <t>3990000004180</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Dialektolojisi Üzerine Malzeme - 1</t>
+          <t>Anadolu Dialektolojisi Üzerine Malzeme 2</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789751607553</t>
+          <t>3990000004181</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ağızlarının Sınıflandırılması</t>
+          <t>Anadolu Dialektolojisi Üzerine Malzeme - 1</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000026387</t>
+          <t>9789751607553</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 379-380: Dil Öğretim Özel Sayısı</t>
+          <t>Anadolu Ağızlarının Sınıflandırılması</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789751615695</t>
+          <t>3990000026387</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Derviş Muhammed Yemini Fazilet-Name 1-2 (2 Cilt Takım)</t>
+          <t>Türk Dili Sayı 379-380: Dil Öğretim Özel Sayısı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789751630179</t>
+          <t>9789751615695</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Türk Boylarının Halk Edebiyatından Örnekler</t>
+          <t>Derviş Muhammed Yemini Fazilet-Name 1-2 (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>80</v>
+        <v>26</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789751630254</t>
+          <t>9789751630179</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Gyula Nemeth</t>
+          <t>Kuzey Türk Boylarının Halk Edebiyatından Örnekler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>4</v>
+        <v>80</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789751630261</t>
+          <t>9789751630254</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 10</t>
+          <t>Gyula Nemeth</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>14</v>
+        <v>4</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789751630223</t>
+          <t>9789751630261</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Osman Türkay'ın Kelime Dünyası</t>
+          <t>Kazak Destanları 10</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>50</v>
+        <v>14</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789751630247</t>
+          <t>9789751630223</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Dil Edinimi</t>
+          <t>Osman Türkay'ın Kelime Dünyası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789751630278</t>
+          <t>9789751630247</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Seba-yi Seyyar</t>
+          <t>Çocukta Dil Edinimi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789751630230</t>
+          <t>9789751630278</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ü Nev-Bahar'da Eskicil Ögeler</t>
+          <t>Seba-yi Seyyar</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>24</v>
+        <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789751630186</t>
+          <t>9789751630230</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Türk Boylarının Halk Edebiyatından Örnekler</t>
+          <t>Süheyl ü Nev-Bahar'da Eskicil Ögeler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789751630193</t>
+          <t>9789751630186</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Vusuli - Divan</t>
+          <t>Türk Boylarının Halk Edebiyatından Örnekler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789751625489</t>
+          <t>9789751630193</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Otomotiv ve Hafif Araç Terimleri Sözlüğü (Ciltli)</t>
+          <t>Vusuli - Divan</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789751625809</t>
+          <t>9789751625489</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Izdırap Söz Bilgisi</t>
+          <t>Otomotiv ve Hafif Araç Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789751625779</t>
+          <t>9789751625809</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't Türk'e Göre: 11. Yüzyıl Türk Lehçe Bilgisi</t>
+          <t>Türk Dilinde Izdırap Söz Bilgisi</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789751630209</t>
+          <t>9789751625779</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yöneylem Araştırması Terimleri Sözlüğü (Ciltli)</t>
+          <t>Divanu Lugati't Türk'e Göre: 11. Yüzyıl Türk Lehçe Bilgisi</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789751630285</t>
+          <t>9789751630209</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Şatranç-Name-i Kebir (Ciltli)</t>
+          <t>Açıklamalı Yöneylem Araştırması Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789751630216</t>
+          <t>9789751630285</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Mecmü'a-i Kaşa'id-i Türkiyye</t>
+          <t>Şatranç-Name-i Kebir (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789751625601</t>
+          <t>9789751630216</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilimi Terimleri Sözlüğü (Ciltli)</t>
+          <t>Mecmü'a-i Kaşa'id-i Türkiyye</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789751625588</t>
+          <t>9789751625601</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Rumence - Türkçe Sözlük</t>
+          <t>Dil Bilimi Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9751608473338</t>
+          <t>9789751625588</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli Üzerine Makaleler</t>
+          <t>Rumence - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>12</v>
+        <v>90</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789751600684</t>
+          <t>9751608473338</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan'ın Türkçe Divan'ı</t>
+          <t>Fuzuli Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789751625854</t>
+          <t>9789751600684</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurca Altun Yaruk Sudur'dan "Aç Bars" Hikayesi</t>
+          <t>Cem Sultan'ın Türkçe Divan'ı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>36</v>
+        <v>48</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789751625946</t>
+          <t>9789751625854</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kazan Tatar Manileri</t>
+          <t>Eski Uygurca Altun Yaruk Sudur'dan "Aç Bars" Hikayesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789751625861</t>
+          <t>9789751625946</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bübüyna Oruzbayeva Armağanı</t>
+          <t>Kazan Tatar Manileri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789751625755</t>
+          <t>9789751625861</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hakas Destanları 4: Altın Taycı</t>
+          <t>Bübüyna Oruzbayeva Armağanı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789751625793</t>
+          <t>9789751625755</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Muğla ve Yöresi Ağızları</t>
+          <t>Hakas Destanları 4: Altın Taycı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789751625816</t>
+          <t>9789751625793</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Uygur Halk Destanları 2</t>
+          <t>Muğla ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789751626103</t>
+          <t>9789751625816</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hindi - Türkçe Sözlük</t>
+          <t>Uygur Halk Destanları 2</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789751625830</t>
+          <t>9789751626103</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Osmanlı Sarfı</t>
+          <t>Hindi - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>59</v>
+        <v>30</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>3990000018310</t>
+          <t>9789751625830</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar Hikayeler - 1</t>
+          <t>Mükemmel Osmanlı Sarfı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>6</v>
+        <v>59</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789751624888</t>
+          <t>3990000018310</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>M. Kayabilgegil Hayatı ve Eserleri</t>
+          <t>Güzel Yazılar Hikayeler - 1</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789751628367</t>
+          <t>9789751624888</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türkçede -Ken Zarf- Fiili</t>
+          <t>M. Kayabilgegil Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789751628190</t>
+          <t>9789751628367</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu</t>
+          <t>Türkçede -Ken Zarf- Fiili</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789751628183</t>
+          <t>9789751628190</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Refik Halit Karay</t>
+          <t>Yakup Kadri Karaosmanoğlu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789751628442</t>
+          <t>9789751628183</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesi Grameri</t>
+          <t>Refik Halit Karay</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789751628206</t>
+          <t>9789751628442</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Nogay Destanları</t>
+          <t>Özbek Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789751627940</t>
+          <t>9789751628206</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kürtçe-Türkçe Türkçe-Kürtçe Sözlük / Kurdi-Tırki Tırki-Kurdi Ferheng (Ciltli)</t>
+          <t>Nogay Destanları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789751617200</t>
+          <t>9789751627940</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türk Sözünün Aslı</t>
+          <t>Kürtçe-Türkçe Türkçe-Kürtçe Sözlük / Kurdi-Tırki Tırki-Kurdi Ferheng (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789751634696</t>
+          <t>9789751617200</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kırım Tatar Türkçesi Türkiye Türkçesi Rusça Sözlük (Ciltli)</t>
+          <t>Türk Sözünün Aslı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>86.4</v>
+        <v>4</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789751634146</t>
+          <t>9789751634696</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kaşkay Türklerinin Dili</t>
+          <t>Kırım Tatar Türkçesi Türkiye Türkçesi Rusça Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>50</v>
+        <v>86.4</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789751634269</t>
+          <t>9789751634146</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Acayib-i Alem</t>
+          <t>Kaşkay Türklerinin Dili</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789751634115</t>
+          <t>9789751634269</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Irk Bitig ve Orhon Yazılı Metinlerin Dili</t>
+          <t>Acayib-i Alem</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789751634184</t>
+          <t>9789751634115</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Kaşkay Türklerinin Edebiyatı</t>
+          <t>Irk Bitig ve Orhon Yazılı Metinlerin Dili</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789751634191</t>
+          <t>9789751634184</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kırım Yurtına ve Ol Taraflarga Dair Bolgan Yarlıglar ve Hatlar (2 Cilt Takım)</t>
+          <t>Kaşkay Türklerinin Edebiyatı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789751634122</t>
+          <t>9789751634191</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Manisa Ağızları</t>
+          <t>Kırım Yurtına ve Ol Taraflarga Dair Bolgan Yarlıglar ve Hatlar (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789751634160</t>
+          <t>9789751634122</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>6. Uluslararası Dil Yazın Deyişbilim Sempozyumu</t>
+          <t>Manisa Ağızları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789751634139</t>
+          <t>9789751634160</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurca Gramer Terimleri</t>
+          <t>6. Uluslararası Dil Yazın Deyişbilim Sempozyumu</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>98</v>
+        <v>80</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789751634221</t>
+          <t>9789751634139</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 15</t>
+          <t>Eski Uygurca Gramer Terimleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>40</v>
+        <v>98</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789751634283</t>
+          <t>9789751634221</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Henüz 17 Yaşında</t>
+          <t>Kırgız Destanları 15</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>3990000029489</t>
+          <t>9789751634283</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dedem Qorqud’un Dilinden Qardaş Andı (2 Kitap Takım)</t>
+          <t>Henüz 17 Yaşında</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789751634511</t>
+          <t>3990000029489</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Karakalpak Türkçesi Grameri</t>
+          <t>Dedem Qorqud’un Dilinden Qardaş Andı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789751634498</t>
+          <t>9789751634511</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Karakalpak Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>66</v>
+        <v>60</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>3990000051933</t>
+          <t>9789751634498</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 745 Ocak 2014</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789751606747</t>
+          <t>3990000051933</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Halk Yazını Örnekleri</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 745 Ocak 2014</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>40</v>
+        <v>7</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>3990000051932</t>
+          <t>9789751606747</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 34 Güz 2012</t>
+          <t>Azerbaycan Halk Yazını Örnekleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>3990000051931</t>
+          <t>3990000051932</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 45 Bahar 2018</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 34 Güz 2012</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789751634276</t>
+          <t>3990000051931</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 45 Bahar 2018</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9771301007005</t>
+          <t>9789751634276</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 56</t>
+          <t>Dürdane Hanım</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>700</v>
+        <v>10</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789751632647</t>
+          <t>9771301007005</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Nehcü'l Feradis - Cennetlerin Açık Yolu</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 56</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>30</v>
+        <v>700</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3990000088697</t>
+          <t>9789751632647</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1985</t>
+          <t>Nehcü'l Feradis - Cennetlerin Açık Yolu</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>3990000073259</t>
+          <t>3990000088697</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2015 / Yaz</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1985</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>3990000066876</t>
+          <t>3990000073259</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Kurumu Araştırmaları Yıllığı - Belleten 2016 / Kış</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2015 / Yaz</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>3990000037895</t>
+          <t>3990000066876</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2016 / Yaz</t>
+          <t>Türk Dil Kurumu Araştırmaları Yıllığı - Belleten 2016 / Kış</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>3990000091997</t>
+          <t>3990000037895</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2017 / Kış</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2016 / Yaz</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>3990000048991</t>
+          <t>3990000091997</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları - Belleten 2013 / Yaz</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2017 / Kış</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>4440000002360</t>
+          <t>3990000048991</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı Belleten 2013 / Kış</t>
+          <t>Türk Dili Araştırmaları - Belleten 2013 / Yaz</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>3990000095963</t>
+          <t>4440000002360</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1987</t>
+          <t>Türk Dili Araştırmaları Yıllığı Belleten 2013 / Kış</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789751633071</t>
+          <t>3990000095963</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Araştırmalar 1-2 (Ciltli)</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1987</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789751633279</t>
+          <t>9789751633071</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçenin Deyim Varlığı</t>
+          <t>Türk Dili Üzerine Araştırmalar 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>106</v>
+        <v>60</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789751633293</t>
+          <t>9789751633279</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ahlat Ağzı Söz Varlığı</t>
+          <t>Eski Türkçenin Deyim Varlığı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>74</v>
+        <v>106</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789751633286</t>
+          <t>9789751633293</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Antalya İli Korkuteli İlçesi ve Yöresi Ağızları</t>
+          <t>Ahlat Ağzı Söz Varlığı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>60</v>
+        <v>74</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789751633064</t>
+          <t>9789751633286</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Marzuban-Name Tercümesi</t>
+          <t>Antalya İli Korkuteli İlçesi ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789751632845</t>
+          <t>9789751633064</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Göz Bilimi Sözlüğü</t>
+          <t>Marzuban-Name Tercümesi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789751632586</t>
+          <t>9789751632845</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Moğolca Çalışmaları</t>
+          <t>Göz Bilimi Sözlüğü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789751632562</t>
+          <t>9789751632586</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Birleşik Fiil Bildiriler ve Tartışmalar</t>
+          <t>Türkçe - Moğolca Çalışmaları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789751632432</t>
+          <t>9789751632562</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Divan Hecri Kara Çelebi Muhyi'd-din Mehmed</t>
+          <t>Birleşik Fiil Bildiriler ve Tartışmalar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>60</v>
+        <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789751632456</t>
+          <t>9789751632432</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Divan Hüdayi Sala Muslısı</t>
+          <t>Divan Hecri Kara Çelebi Muhyi'd-din Mehmed</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789751612083</t>
+          <t>9789751632456</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Zaman Kaymaları</t>
+          <t>Divan Hüdayi Sala Muslısı</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789751632869</t>
+          <t>9789751612083</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Türkçesi Sözlüğü</t>
+          <t>Türkiye Türkçesinde Zaman Kaymaları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>436</v>
+        <v>50</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789751632876</t>
+          <t>9789751632869</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Oğuzların Diliyle Dedem Korkudun Kitabı</t>
+          <t>Başkurt Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>308</v>
+        <v>436</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789751632609</t>
+          <t>9789751632876</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bahşayiş Lügati</t>
+          <t>Oğuzların Diliyle Dedem Korkudun Kitabı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>60</v>
+        <v>308</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789751632593</t>
+          <t>9789751632609</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Türkçe Bilgi Şöleni Bildirileri 30 Mayıs - 1 Haziran 2012</t>
+          <t>Bahşayiş Lügati</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789751632784</t>
+          <t>9789751632593</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Arif Nihat Asya</t>
+          <t>Yaşayan Türkçe Bilgi Şöleni Bildirileri 30 Mayıs - 1 Haziran 2012</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>280</v>
+        <v>50</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789751632715</t>
+          <t>9789751632784</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi ve Seyahatname'si Toplantısı Bildirileri 26 - 30 Eylül 2011</t>
+          <t>Arif Nihat Asya</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>20</v>
+        <v>280</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789751632685</t>
+          <t>9789751632715</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Armin Vambery Ölümün 100. Yılında Anma Toplantısı Bildirileri</t>
+          <t>Evliya Çelebi ve Seyahatname'si Toplantısı Bildirileri 26 - 30 Eylül 2011</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789751632777</t>
+          <t>9789751632685</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Samih Rifat</t>
+          <t>Armin Vambery Ölümün 100. Yılında Anma Toplantısı Bildirileri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789751632708</t>
+          <t>9789751632777</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkçesi Grameri Dizini</t>
+          <t>Samih Rifat</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789751632616</t>
+          <t>9789751632708</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Garp'tan Şark'a Seyyale-yi Edebiyye</t>
+          <t>Doğu Türkçesi Grameri Dizini</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>59</v>
+        <v>100</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789751632654</t>
+          <t>9789751632616</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Seyfü'l - Müluk ile Bediü'l - Cemal Hikayesi</t>
+          <t>Garp'tan Şark'a Seyyale-yi Edebiyye</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>59</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789751632630</t>
+          <t>9789751632654</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi Grameri</t>
+          <t>Seyfü'l - Müluk ile Bediü'l - Cemal Hikayesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>210</v>
+        <v>59</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789751632753</t>
+          <t>9789751632630</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Özbek Destanları 6</t>
+          <t>Kırgız Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>48</v>
+        <v>210</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789751633309</t>
+          <t>9789751632753</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kazak Atasözleri (Ciltli)</t>
+          <t>Özbek Destanları 6</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789751632852</t>
+          <t>9789751633309</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Türkmen Atasözleri</t>
+          <t>Kazak Atasözleri (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>46</v>
+        <v>80</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789751629685</t>
+          <t>9789751632852</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin ve Edebiyatının Yayılma Alanları</t>
+          <t>Karşılaştırmalı Türkmen Atasözleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>18</v>
+        <v>46</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789751631237</t>
+          <t>9789751629685</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kırım Karaycasının Katık Mecuması</t>
+          <t>Türk Dilinin ve Edebiyatının Yayılma Alanları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789751632500</t>
+          <t>9789751631237</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Samipaşazade Sezai Bütün Eserleri 1 (2 Cilt Takım)</t>
+          <t>Kırım Karaycasının Katık Mecuması</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789751632739</t>
+          <t>9789751632500</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 14</t>
+          <t>Samipaşazade Sezai Bütün Eserleri 1 (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>32</v>
+        <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789751632760</t>
+          <t>9789751632739</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mecalisü'n Nefais 1 - 2</t>
+          <t>Kırgız Destanları 14</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>20</v>
+        <v>32</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789751634177</t>
+          <t>9789751632760</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Yabancı Dil Olarak Öğretimi Bilgi Şöleni: Teknoloji Tabanlı Öğretim</t>
+          <t>Mecalisü'n Nefais 1 - 2</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789751634153</t>
+          <t>9789751634177</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Riyazu’l-Cinan</t>
+          <t>Türkçenin Yabancı Dil Olarak Öğretimi Bilgi Şöleni: Teknoloji Tabanlı Öğretim</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789751632722</t>
+          <t>9789751634153</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Mebde-yi Nur</t>
+          <t>Riyazu’l-Cinan</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>118</v>
+        <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9751618193004</t>
+          <t>9789751632722</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Okulları İçin Türkçe Sözlük</t>
+          <t>Mebde-yi Nur</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>10</v>
+        <v>118</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789751631183</t>
+          <t>9751618193004</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Ağızlı Konuşma Bozukluklarına Reddiye</t>
+          <t>İlköğretim Okulları İçin Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789751631749</t>
+          <t>9789751631183</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türk Tasavvuf Edebiyatı Makaleleri</t>
+          <t>Yabancı Ağızlı Konuşma Bozukluklarına Reddiye</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>34</v>
+        <v>50</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789751631169</t>
+          <t>9789751631749</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Araştırmalar Cilt - 4</t>
+          <t>Türk Tasavvuf Edebiyatı Makaleleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789751628213</t>
+          <t>9789751631169</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Tuva Destanları 2</t>
+          <t>Türk Dili Üzerine Araştırmalar Cilt - 4</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789751630568</t>
+          <t>9789751628213</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Karşılaştırmalı Tofa (Karagas) Türkçesi</t>
+          <t>Tuva Destanları 2</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789751632449</t>
+          <t>9789751630568</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Orhon Türkçesi Grameri</t>
+          <t>Tarihi Karşılaştırmalı Tofa (Karagas) Türkçesi</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789751628152</t>
+          <t>9789751632449</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Nihad Sami Banarlı</t>
+          <t>Orhon Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789751631275</t>
+          <t>9789751628152</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Lügat-ı Ni'metu'llah (Ciltli)</t>
+          <t>Nihad Sami Banarlı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789751628336</t>
+          <t>9789751631275</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türklerinde Sınçılık Geleneği ve Kırgız Sınçıları</t>
+          <t>Lügat-ı Ni'metu'llah (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789751629005</t>
+          <t>9789751628336</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kaşgar ve Yarkend Ağzı Sözlüğü</t>
+          <t>Kırgız Türklerinde Sınçılık Geleneği ve Kırgız Sınçıları</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789751631732</t>
+          <t>9789751629005</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Karay Türklerinin Dili</t>
+          <t>Kaşgar ve Yarkend Ağzı Sözlüğü</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>64</v>
+        <v>50</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789751628985</t>
+          <t>9789751631732</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Huastuanift</t>
+          <t>Karay Türklerinin Dili</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>50</v>
+        <v>64</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789751631244</t>
+          <t>9789751628985</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Boşnakça - Türkçe Sözlük (Ciltli)</t>
+          <t>Huastuanift</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789751631152</t>
+          <t>9789751631244</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Niteleme</t>
+          <t>Boşnakça - Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789751629692</t>
+          <t>9789751631152</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Destanları 1</t>
+          <t>Türkçede Niteleme</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>2789785955252</t>
+          <t>9789751629692</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>6. Uluslararası Türk Dil Kurultayı Bildirileri (4 Cilt Takım)</t>
+          <t>Başkurt Destanları 1</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>3990000056003</t>
+          <t>2789785955252</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>14. Yüzyıla Ait Bir Kısas-ı Enbiya (Ciltli)</t>
+          <t>6. Uluslararası Türk Dil Kurultayı Bildirileri (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789751632005</t>
+          <t>3990000056003</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Şecere-yi Terakime (Ciltli)</t>
+          <t>14. Yüzyıla Ait Bir Kısas-ı Enbiya (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789751631992</t>
+          <t>9789751632005</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ormancılık Terimleri Sözlüğü (Ciltli)</t>
+          <t>Şecere-yi Terakime (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789751631961</t>
+          <t>9789751631992</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hilyetü'l - İnsan ve Halbetü'l - Lisan (Ciltli)</t>
+          <t>Ormancılık Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789751631954</t>
+          <t>9789751631961</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı 1-2 (Ciltli)</t>
+          <t>Hilyetü'l - İnsan ve Halbetü'l - Lisan (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>295</v>
+        <v>80</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>3990000032813</t>
+          <t>9789751631954</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Dresden Nüshası (2 Cilt Takım)</t>
+          <t>Dede Korkut Kitabı 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>470</v>
+        <v>295</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789751633460</t>
+          <t>3990000032813</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Bilgisi Toplantıları - 2</t>
+          <t>Dede Korkut Dresden Nüshası (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>10</v>
+        <v>470</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789751633453</t>
+          <t>9789751633460</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Solgun Çiçekler</t>
+          <t>Türk Dil Bilgisi Toplantıları - 2</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789751633057</t>
+          <t>9789751633453</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilgisi Terimleri Sözlüğü</t>
+          <t>Solgun Çiçekler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>139</v>
+        <v>60</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789751633262</t>
+          <t>9789751633057</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Moğolca - Türkçe Sözlük (Ciltli)</t>
+          <t>Dil Bilgisi Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>80</v>
+        <v>139</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>3990000049049</t>
+          <t>9789751633262</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Çuvaş Türkçesi Grameri</t>
+          <t>Moğolca - Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789751633446</t>
+          <t>3990000049049</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yenisey Eski Türk Mezar Yazıtları</t>
+          <t>Çuvaş Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789751633439</t>
+          <t>9789751633446</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ana Dili Olarak Türkçenin Eğitimi ve Öğretimi</t>
+          <t>Yenisey Eski Türk Mezar Yazıtları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>16</v>
+        <v>60</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789751633576</t>
+          <t>9789751633439</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Necmi Dilmen</t>
+          <t>Ana Dili Olarak Türkçenin Eğitimi ve Öğretimi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789751633583</t>
+          <t>9789751633576</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Polonya'da Türkoloji</t>
+          <t>İbrahim Necmi Dilmen</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789751633590</t>
+          <t>9789751633583</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Kitabı</t>
+          <t>Polonya'da Türkoloji</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>3990000049047</t>
+          <t>9789751633590</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi - Deneme Özel Sayı: 118</t>
+          <t>Fıkıh Kitabı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789751633477</t>
+          <t>3990000049047</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Batı Rumeli Türkçesi Ağızları</t>
+          <t>Türk Dili Dergisi - Deneme Özel Sayı: 118</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789751630551</t>
+          <t>9789751633477</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Söz Kitabı Türkçe - İtalyanca Sözlük (Ciltli)</t>
+          <t>17. Yüzyıl Batı Rumeli Türkçesi Ağızları</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789751624116</t>
+          <t>9789751630551</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İktisat Terimleri Sözlüğü</t>
+          <t>Söz Kitabı Türkçe - İtalyanca Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>194</v>
+        <v>120</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>3990000010496</t>
+          <t>9789751624116</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak - Bartın - Karabük İlleri Ağızları</t>
+          <t>İktisat Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>3</v>
+        <v>194</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>3990000026129</t>
+          <t>3990000010496</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Korkmaz Armağanı</t>
+          <t>Zonguldak - Bartın - Karabük İlleri Ağızları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>3990000005788</t>
+          <t>3990000026129</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yurt Konulu Tatar Cırları</t>
+          <t>Zeynep Korkmaz Armağanı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>4</v>
+        <v>14</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>3990000004239</t>
+          <t>3990000005788</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bir Melek (Ciltli)</t>
+          <t>Yurt Konulu Tatar Cırları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>6.48</v>
+        <v>4</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789751623102</t>
+          <t>3990000004239</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yer Adlarımızın Dili</t>
+          <t>Yeryüzünde Bir Melek (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>10</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789751607089</t>
+          <t>9789751623102</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yeni Uygur Türkçesi Sözlüğü</t>
+          <t>Yer Adlarımızın Dili</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>3990000002174</t>
+          <t>9789751607089</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yeni Uygur Türkçesi Grameri</t>
+          <t>Yeni Uygur Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789751616906</t>
+          <t>3990000002174</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkçe Lügat (Ciltli)</t>
+          <t>Yeni Uygur Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>209</v>
+        <v>22</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789751616418</t>
+          <t>9789751616906</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Türkçenin Kelime Sıklığı Sözlüğü</t>
+          <t>Yeni Türkçe Lügat (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>40</v>
+        <v>209</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789751619181</t>
+          <t>9789751616418</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılığa Övgü</t>
+          <t>Yazılı Türkçenin Kelime Sıklığı Sözlüğü</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789751625519</t>
+          <t>9789751619181</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yakut Destan Geleneği ve Er Sogotoh</t>
+          <t>Yaşlılığa Övgü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>74</v>
+        <v>14</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789751619297</t>
+          <t>9789751625519</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha (2 Cilt Takım)</t>
+          <t>Yakut Destan Geleneği ve Er Sogotoh</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>30</v>
+        <v>74</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789751621245</t>
+          <t>9789751619297</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Veteriner Hekimliği Terimleri Sözlüğü (Ciltli)</t>
+          <t>Yusuf ile Züleyha (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>882</v>
+        <v>30</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>3990000010954</t>
+          <t>9789751621245</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Veled Çelebi İzbudak</t>
+          <t>Veteriner Hekimliği Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>2</v>
+        <v>882</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789751619273</t>
+          <t>3990000010954</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Varka ve Gülşah - Yusuf-ı Meddah</t>
+          <t>Veled Çelebi İzbudak</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>225</v>
+        <v>2</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789751618887</t>
+          <t>9789751619273</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Üss-i Lisan-ı Türki</t>
+          <t>Varka ve Gülşah - Yusuf-ı Meddah</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>33</v>
+        <v>225</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>3990000005958</t>
+          <t>9789751618887</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Abidarim Kıınlıg Koşavarti Şastirtakı Çınkirtü Yörüglerning Kingürüsi'nden: Üç İtigsizler</t>
+          <t>Üss-i Lisan-ı Türki</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>4</v>
+        <v>33</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>3990000005281</t>
+          <t>3990000005958</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Uygurca Altun Yaruk</t>
+          <t>Abidarim Kıınlıg Koşavarti Şastirtakı Çınkirtü Yörüglerning Kingürüsi'nden: Üç İtigsizler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789751625212</t>
+          <t>3990000005281</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Uygurca - Çince İdikut Sözlüğü</t>
+          <t>Uygurca Altun Yaruk</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>3990000012018</t>
+          <t>9789751625212</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Uygur Yazısıyla Yazılmış Oğuz Han Destanı Üzerine</t>
+          <t>Uygurca - Çince İdikut Sözlüğü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>3990000012184</t>
+          <t>3990000012018</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Uygur ve Özbek Türkçelerinde Fiil</t>
+          <t>Uygur Yazısıyla Yazılmış Oğuz Han Destanı Üzerine</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789751620323</t>
+          <t>3990000012184</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Uygur Harfli Rızvan Şah ile Ruh-Afza Hikayesi</t>
+          <t>Uygur ve Özbek Türkçelerinde Fiil</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789751623782</t>
+          <t>9789751620323</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Uygur Halk Destanları 3</t>
+          <t>Uygur Harfli Rızvan Şah ile Ruh-Afza Hikayesi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789751616944</t>
+          <t>9789751623782</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Uygur Halk Destanları 1</t>
+          <t>Uygur Halk Destanları 3</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789751616029</t>
+          <t>9789751616944</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Uşak İli Ağızları</t>
+          <t>Uygur Halk Destanları 1</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>50</v>
+        <v>18</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>3990000012311</t>
+          <t>9789751616029</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Urfa Merkez Ağzı</t>
+          <t>Uşak İli Ağızları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>3990000007303</t>
+          <t>3990000012311</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Urfa Ağzı</t>
+          <t>Urfa Merkez Ağzı</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789751625205</t>
+          <t>3990000007303</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Urdu - Türkçe / Türkçe - Urdu Sözlük (Ciltli)</t>
+          <t>Urfa Ağzı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>174</v>
+        <v>4</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789751621825</t>
+          <t>9789751625205</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Türkiyat Araştırmaları Bilgi Şöleni Bildirileri 28-30 Mayıs 2008</t>
+          <t>Urdu - Türkçe / Türkçe - Urdu Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>30</v>
+        <v>174</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>3990000010350</t>
+          <t>9789751621825</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Türk Dili Kongresi 1992</t>
+          <t>Uluslararası Türkiyat Araştırmaları Bilgi Şöleni Bildirileri 28-30 Mayıs 2008</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789751620026</t>
+          <t>3990000010350</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Eski Türkiye Türkçesi Toplantısı Bildirileri</t>
+          <t>Uluslararası Türk Dili Kongresi 1992</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>3990000004298</t>
+          <t>9789751620026</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Türkoloji Tarihinden Wilhelm Radloff Devri</t>
+          <t>Uluslararası Eski Türkiye Türkçesi Toplantısı Bildirileri</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789751621252</t>
+          <t>3990000004298</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Afgan Kazakları Ağzı</t>
+          <t>Türkoloji Tarihinden Wilhelm Radloff Devri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>40</v>
+        <v>2</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>3990000008040</t>
+          <t>9789751621252</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Türk Dili Kongresi 1988</t>
+          <t>Türkiye’deki Afgan Kazakları Ağzı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>4</v>
+        <v>40</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>3990000004245</t>
+          <t>3990000008040</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Zeyl-i Hasan Mellah Yahut Sır İçinde Esrar</t>
+          <t>Uluslararası Türk Dili Kongresi 1988</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789751621788</t>
+          <t>3990000004245</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Zemahşeri - Mukaddimetü’l Edeb</t>
+          <t>Zeyl-i Hasan Mellah Yahut Sır İçinde Esrar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789751605320</t>
+          <t>9789751621788</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Halk Ağzından Derleme Sözlüğü 6 Cilt Takım (Kutulu)</t>
+          <t>Zemahşeri - Mukaddimetü’l Edeb</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789751620286</t>
+          <t>9789751605320</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Genel Ağ (İnternet)</t>
+          <t>Türkiye’de Halk Ağzından Derleme Sözlüğü 6 Cilt Takım (Kutulu)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>4</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789751625595</t>
+          <t>9789751620286</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinin Temeli Oğuz Türkçesinin Gelişimi</t>
+          <t>Türkiye’de Genel Ağ (İnternet)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789751625113</t>
+          <t>9789751625595</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinin Dünü ve Bugünü</t>
+          <t>Türkiye Türkçesinin Temeli Oğuz Türkçesinin Gelişimi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>133</v>
+        <v>20</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789751619709</t>
+          <t>9789751625113</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin Köken Bilgisi Sözlüğü (2 Cilt Takım)</t>
+          <t>Türkiye Türkçesinin Dünü ve Bugünü</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>32</v>
+        <v>133</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789751615497</t>
+          <t>9789751619709</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Orta Hece Düşmesi</t>
+          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin Köken Bilgisi Sözlüğü (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>8</v>
+        <v>32</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789751622037</t>
+          <t>9789751615497</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Eylemsi</t>
+          <t>Türkiye Türkçesinde Orta Hece Düşmesi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789751623843</t>
+          <t>9789751622037</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Belirteçlerle Fiillerin Birlikte Kullanılması ve Eş Dizimlilikleri</t>
+          <t>Türkiye Türkçesinde Eylemsi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789751620835</t>
+          <t>9789751623843</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Anlamca Kaynaşmış-Deyimleşmiş Birleşik Fiiller</t>
+          <t>Türkiye Türkçesinde Belirteçlerle Fiillerin Birlikte Kullanılması ve Eş Dizimlilikleri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789751674203</t>
+          <t>9789751620835</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi ve Özbek Türkçesinin Söz Dizimi Bakımından Karşılaştırılması</t>
+          <t>Türkiye Türkçesinde Anlamca Kaynaşmış-Deyimleşmiş Birleşik Fiiller</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>4</v>
+        <v>70</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789751628411</t>
+          <t>9789751674203</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Grameri Şekil Bilgisi (Ciltli)</t>
+          <t>Türkiye Türkçesi ve Özbek Türkçesinin Söz Dizimi Bakımından Karşılaştırılması</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>198</v>
+        <v>4</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789751622051</t>
+          <t>9789751628411</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ağızlarında Fiil Çekimi</t>
+          <t>Türkiye Türkçesi Grameri Şekil Bilgisi (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>138</v>
+        <v>198</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789751622044</t>
+          <t>9789751622051</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ağız Araştırmaları Çalıştayı Bildirileri</t>
+          <t>Türkiye Türkçesi Ağızlarında Fiil Çekimi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>40</v>
+        <v>138</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>3990000013502</t>
+          <t>9789751622044</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Sahaca (Yakutça) Sözlük</t>
+          <t>Türkiye Türkçesi Ağız Araştırmaları Çalıştayı Bildirileri</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>3</v>
+        <v>40</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9751606845977</t>
+          <t>3990000013502</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Yapısı</t>
+          <t>Türkçe-Sahaca (Yakutça) Sözlük</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>3999751607562</t>
+          <t>9751606845977</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Sadeleşme Tarihi Genç Kalemler ve Yeni Lisan Hareketi</t>
+          <t>Türkçenin Yapısı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789751602688</t>
+          <t>3999751607562</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Grameri</t>
+          <t>Türkçenin Sadeleşme Tarihi Genç Kalemler ve Yeni Lisan Hareketi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>140</v>
+        <v>14</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789751620224</t>
+          <t>9789751602688</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Batı Dilleriyle İlişkisi</t>
+          <t>Türkçenin Grameri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>12</v>
+        <v>140</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789751621795</t>
+          <t>9789751620224</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden Ermeniceye Mükemmel Lügat (Tıpkı Basım) (Ciltli)</t>
+          <t>Türkçenin Batı Dilleriyle İlişkisi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>70</v>
+        <v>12</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789751617132</t>
+          <t>9789751621795</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Şahıs Zamirleri</t>
+          <t>Türkçeden Ermeniceye Mükemmel Lügat (Tıpkı Basım) (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>3990000006476</t>
+          <t>9789751617132</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Ses Yansımalı Kelimeler</t>
+          <t>Türkçede Şahıs Zamirleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789751616845</t>
+          <t>3990000006476</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Fiilimsiler</t>
+          <t>Türkçede Ses Yansımalı Kelimeler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9751606020008</t>
+          <t>9789751616845</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Eklerin Kullanılış Şekilleri ve Ek Kalıplaşması Olayları</t>
+          <t>Türkçede Fiilimsiler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789751616937</t>
+          <t>9751606020008</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Batı Kaynaklı Kelimelerin Yoğunluğu (Ciltli)</t>
+          <t>Türkçede Eklerin Kullanılış Şekilleri ve Ek Kalıplaşması Olayları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789751622440</t>
+          <t>9789751616937</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türkçe, Korece, Moğolca ve Mançu-Tunguzcanın Karşılaştırmalı Ses ve Biçim Bilgisi</t>
+          <t>Türkçede Batı Kaynaklı Kelimelerin Yoğunluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>3990000011066</t>
+          <t>9789751622440</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Yeni Sarf ve Nahiv Dersleri</t>
+          <t>Türkçe, Korece, Moğolca ve Mançu-Tunguzcanın Karşılaştırmalı Ses ve Biçim Bilgisi</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>10</v>
+        <v>56</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789751620217</t>
+          <t>3990000011066</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Verintiler Sözlüğü (Ciltli)</t>
+          <t>Türkçe Yeni Sarf ve Nahiv Dersleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789751623133</t>
+          <t>9789751620217</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Türkçe ve Çeviri Sorunları Çalıştayı</t>
+          <t>Türkçe Verintiler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789751620248</t>
+          <t>9789751623133</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Türkçe ve Almancada Sıfatlar</t>
+          <t>Türkçe ve Çeviri Sorunları Çalıştayı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789751617064</t>
+          <t>9789751620248</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük’ün Ters Dizimi</t>
+          <t>Türkçe ve Almancada Sıfatlar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789751600707</t>
+          <t>9789751617064</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük (Ciltli)</t>
+          <t>Türkçe Sözlük’ün Ters Dizimi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789751617101</t>
+          <t>9789751600707</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sarf ve Nahiv Eski Lisan-ı Osmani Sarf ve Nahiv</t>
+          <t>Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>14</v>
+        <v>90</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>3990000014222</t>
+          <t>9789751617101</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sarf ve Nahiv</t>
+          <t>Türkçe Sarf ve Nahiv Eski Lisan-ı Osmani Sarf ve Nahiv</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789751620019</t>
+          <t>3990000014222</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dil İlişkilerinde Yapısal Etkenler</t>
+          <t>Türkçe Sarf ve Nahiv</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>45</v>
+        <v>8</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789751605429</t>
+          <t>9789751620019</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Bitki Adları Sözlüğü (Ciltli)</t>
+          <t>Türkçe Dil İlişkilerinde Yapısal Etkenler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>248</v>
+        <v>45</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789751623867</t>
+          <t>9789751605429</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Türk Yazı Dillerinin Karşılaştırmalı Tarihi Grameri</t>
+          <t>Türkçe Bitki Adları Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>57</v>
+        <v>248</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9751617200000</t>
+          <t>9789751623867</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Türk Sözünün Aslı</t>
+          <t>Türk Yazı Dillerinin Karşılaştırmalı Tarihi Grameri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>2</v>
+        <v>57</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>3990000011408</t>
+          <t>9751617200000</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Türk Kökenli Rus Soyadları</t>
+          <t>Türk Sözünün Aslı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789751623799</t>
+          <t>3990000011408</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Türk Kahramanlık Destanları (1 -2 Bölüm)</t>
+          <t>Türk Kökenli Rus Soyadları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>141</v>
+        <v>3</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9751606934442</t>
+          <t>9789751623799</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Türk Gramerinin Sorunları I-II</t>
+          <t>Türk Kahramanlık Destanları (1 -2 Bölüm)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>15</v>
+        <v>141</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789751624277</t>
+          <t>9751606934442</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatının İlk Yusuf ve Züleyha Hikayesi Ali’nin Kıssa-i Yusufu (Yusuf u Zuleyha)</t>
+          <t>Türk Gramerinin Sorunları I-II</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>76</v>
+        <v>15</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789751620460</t>
+          <t>9789751624277</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Ortak Dil Türkçe Bilgi Şöleni</t>
+          <t>Türk Edebiyatının İlk Yusuf ve Züleyha Hikayesi Ali’nin Kıssa-i Yusufu (Yusuf u Zuleyha)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>4</v>
+        <v>76</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789751619617</t>
+          <t>9789751620460</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Köroğlu Anlatmaları</t>
+          <t>Türk Dünyasında Ortak Dil Türkçe Bilgi Şöleni</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>14</v>
+        <v>4</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>3990000005698</t>
+          <t>9789751619617</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Gramer Terimleri Kılavuzu</t>
+          <t>Türk Dünyasında Köroğlu Anlatmaları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>4</v>
+        <v>14</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>3990000010973</t>
+          <t>3990000005698</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Efsanelerinde Değişme Motifi Cilt 2: Metinler</t>
+          <t>Türk Dünyası Gramer Terimleri Kılavuzu</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>3990000010974</t>
+          <t>3990000010973</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Efsanelerinde Değişme Motifi Cilt 1: İnceleme</t>
+          <t>Türk Dünyası Efsanelerinde Değişme Motifi Cilt 2: Metinler</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>3990000010972</t>
+          <t>3990000010974</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Efsanelerinde Değişme Motifi (2 Cilt)</t>
+          <t>Türk Dünyası Efsanelerinde Değişme Motifi Cilt 1: İnceleme</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>3990000015437</t>
+          <t>3990000010972</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 32</t>
+          <t>Türk Dünyası Efsanelerinde Değişme Motifi (2 Cilt)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>3990000000197</t>
+          <t>3990000015437</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 31 Bahar 2011</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 32</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>3990000000200</t>
+          <t>3990000000197</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 29</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 31 Bahar 2011</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>3990000000196</t>
+          <t>3990000000200</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 28</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 29</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>3990000000198</t>
+          <t>3990000000196</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 27</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 28</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>3990000000199</t>
+          <t>3990000000198</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 26</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 27</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>3990000009328</t>
+          <t>3990000000199</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 25</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 26</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>3990000009320</t>
+          <t>3990000009328</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 24</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 25</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>3990000009317</t>
+          <t>3990000009320</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 22</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 24</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>3990000009327</t>
+          <t>3990000009317</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 21</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 22</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>3990000009322</t>
+          <t>3990000009327</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 20</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 21</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>3990000009321</t>
+          <t>3990000009322</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 19</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 20</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>3990000013977</t>
+          <t>3990000009321</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Türk Dillerinin Tarihsel Gelişme Sorunları</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 19</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789751620484</t>
+          <t>3990000013977</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin ve Lehçelerinin Tarihi Seyri</t>
+          <t>Türk Dillerinin Tarihsel Gelişme Sorunları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>4</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789751618900</t>
+          <t>9789751620484</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinin Sarf ve Nahvi</t>
+          <t>Türk Dilinin ve Lehçelerinin Tarihi Seyri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>3990000002165</t>
+          <t>9789751618900</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Araştırmalar 2. Cilt</t>
+          <t>Türk Dilinin Sarf ve Nahvi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>3990000015439</t>
+          <t>3990000002165</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı: 738</t>
+          <t>Türk Dili Üzerine Araştırmalar 2. Cilt</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>3990000015557</t>
+          <t>3990000015439</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı: 737</t>
+          <t>Türk Dili Sayı: 738</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>3990000001455</t>
+          <t>3990000015557</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 700</t>
+          <t>Türk Dili Sayı: 737</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>40</v>
+        <v>5</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>3990000009332</t>
+          <t>3990000001455</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili - Dil ve Edebiyat Dergisi Sayı: 531 / Türk Şiiri Özel Sayısı 5</t>
+          <t>Türk Dili Sayı 700</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9771300215524</t>
+          <t>3990000009332</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 481: Türk Şiiri Özel Sayısı 4 (Çağdaş Türk Şiiri)</t>
+          <t>Türk Dili - Dil ve Edebiyat Dergisi Sayı: 531 / Türk Şiiri Özel Sayısı 5</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>3990000008050</t>
+          <t>9771300215524</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 445-450: Türk Şiiri Özel Sayısı 3 (Halk Şiiri)</t>
+          <t>Türk Dili Sayı 481: Türk Şiiri Özel Sayısı 4 (Çağdaş Türk Şiiri)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>3990000026404</t>
+          <t>3990000008050</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 349: Yazın Akımları Özel Sayısı</t>
+          <t>Türk Dili Sayı 445-450: Türk Şiiri Özel Sayısı 3 (Halk Şiiri)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>3990000009297</t>
+          <t>3990000026404</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 314: Okunuşunun 50. Yılında Söylev Özel Sayısı</t>
+          <t>Türk Dili Sayı 349: Yazın Akımları Özel Sayısı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>3990000009331</t>
+          <t>3990000009297</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 286: Türk Öykücülüğü Özel Sayısı</t>
+          <t>Türk Dili Sayı 314: Okunuşunun 50. Yılında Söylev Özel Sayısı</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>83</v>
+        <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>3990000026406</t>
+          <t>3990000009331</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 274: Mektup Özel Sayısı</t>
+          <t>Türk Dili Sayı 286: Türk Öykücülüğü Özel Sayısı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>16</v>
+        <v>83</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>3990000009313</t>
+          <t>3990000026406</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili - Dil ve Edebiyat Dergisi Sayı: 214 / Türk Kısa Oyunları Özel Sayısı</t>
+          <t>Türk Dili Sayı 274: Mektup Özel Sayısı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>3990000000028</t>
+          <t>3990000009313</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2009 / 2</t>
+          <t>Türk Dili - Dil ve Edebiyat Dergisi Sayı: 214 / Türk Kısa Oyunları Özel Sayısı</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>3990000000031</t>
+          <t>3990000000028</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2009 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2009 / 2</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>3990000000033</t>
+          <t>3990000000031</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2008 / 2</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2009 / 1</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>3990000000034</t>
+          <t>3990000000033</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2008 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2008 / 2</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>3990000008039</t>
+          <t>3990000000034</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2007 / 2</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2008 / 1</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>3990000000027</t>
+          <t>3990000008039</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2006 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2007 / 2</t>
         </is>
       </c>
       <c r="C422" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>3990000000032</t>
+          <t>3990000000027</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2005 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2006 / 1</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>3990000009300</t>
+          <t>3990000000032</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2004 / 2</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2005 / 1</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>3990000009323</t>
+          <t>3990000009300</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2004 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2004 / 2</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>3990000009326</t>
+          <t>3990000009323</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2003 / 2</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2004 / 1</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>3990000009306</t>
+          <t>3990000009326</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2003 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2003 / 2</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>3990000008044</t>
+          <t>3990000009306</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2002 / 2</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2003 / 1</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>3990000009303</t>
+          <t>3990000008044</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2002 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2002 / 2</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>3990000009312</t>
+          <t>3990000009303</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2001 / 1-2</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2002 / 1</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>3990000009305</t>
+          <t>3990000009312</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1991</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2001 / 1-2</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>3990000009315</t>
+          <t>3990000009305</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1990</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1991</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>3990000001454</t>
+          <t>3990000009315</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili - Dil ve Edebiyat Dergisi Sayı: 719</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1990</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789751620231</t>
+          <t>3990000001454</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Kurumundan Eski Anılar</t>
+          <t>Türk Dili - Dil ve Edebiyat Dergisi Sayı: 719</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>3990000000026</t>
+          <t>9789751620231</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2006 / 2</t>
+          <t>Türk Dil Kurumundan Eski Anılar</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>3990000014877</t>
+          <t>3990000000026</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Kurumu Yayınları Kataloğu 1932-1999</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2006 / 2</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>3990000011383</t>
+          <t>3990000014877</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Kurumu Kütüphanesi Yazma Eserler Kataloğu</t>
+          <t>Türk Dil Kurumu Yayınları Kataloğu 1932-1999</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789751622020</t>
+          <t>3990000011383</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Kurumu Anıları</t>
+          <t>Türk Dil Kurumu Kütüphanesi Yazma Eserler Kataloğu</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789751615572</t>
+          <t>9789751622020</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Türk Boylarının Destanları</t>
+          <t>Türk Dil Kurumu Anıları</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>3990000002173</t>
+          <t>9789751615572</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Türk Amacı Sayı: 1-8 (Ciltli)</t>
+          <t>Türk Boylarının Destanları</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>3990000012347</t>
+          <t>3990000002173</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Türk Ad Bilimi 1 - Giriş</t>
+          <t>Türk Amacı Sayı: 1-8 (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789751616388</t>
+          <t>3990000012347</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Tuva Türkçesi Sözlüğü</t>
+          <t>Türk Ad Bilimi 1 - Giriş</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789751619341</t>
+          <t>9789751616388</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Tuva Destanları</t>
+          <t>Tuva Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>3990000012943</t>
+          <t>9789751619341</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Tuna Bulgarları ve Dilleri</t>
+          <t>Tuva Destanları</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>3990000003950</t>
+          <t>3990000012943</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Topkapı</t>
+          <t>Tuna Bulgarları ve Dilleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789751619266</t>
+          <t>3990000003950</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Tertib-i Cedid Kavaid-i Osmaniyye</t>
+          <t>Topkapı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>18</v>
+        <v>3</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789751618870</t>
+          <t>9789751619266</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Terim Sözlükleri ve Çalışmaları İle İlgili Bibliyografya</t>
+          <t>Tertib-i Cedid Kavaid-i Osmaniyye</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789751603982</t>
+          <t>9789751618870</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Terim Sorunları ve Terim Yapma Yolları</t>
+          <t>Terim Sözlükleri ve Çalışmaları İle İlgili Bibliyografya</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>50</v>
+        <v>16</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>3990000012908</t>
+          <t>9789751603982</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Teleüt Ağzı Sözlüğü</t>
+          <t>Terim Sorunları ve Terim Yapma Yolları</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789751623089</t>
+          <t>3990000012908</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Tatarcada Birleşik Kelime Teşekkülü</t>
+          <t>Teleüt Ağzı Sözlüğü</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>40</v>
+        <v>2</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789751619693</t>
+          <t>9789751623089</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Tatar Destanları 2</t>
+          <t>Tatarcada Birleşik Kelime Teşekkülü</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789751619686</t>
+          <t>9789751619693</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tatar Destanları 1</t>
+          <t>Tatar Destanları 2</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>3990000006023</t>
+          <t>9789751619686</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Tasarlama Kiplerinin İşlevleri</t>
+          <t>Tatar Destanları 1</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>3990000011160</t>
+          <t>3990000006023</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i İbn-i Kesir Tercümesi</t>
+          <t>Tasarlama Kiplerinin İşlevleri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789751621948</t>
+          <t>3990000011160</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
           <t>Tarih-i İbn-i Kesir Tercümesi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789751607560</t>
+          <t>9789751621948</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Tarama Sözlüğü - 8 Cilt Takım</t>
+          <t>Tarih-i İbn-i Kesir Tercümesi</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>3990000004677</t>
+          <t>9789751607560</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Tahir Nejat Gencan</t>
+          <t>Tarama Sözlüğü - 8 Cilt Takım</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>2</v>
+        <v>200</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789751619815</t>
+          <t>3990000004677</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Şor Destanı İncelemeleri</t>
+          <t>Tahir Nejat Gencan</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>3990000004579</t>
+          <t>9789751619815</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Şirvanlı Mahmud / Tarih-i İbn-i Kesir Tercümesi 4. Cilt 1. Kısım</t>
+          <t>Şor Destanı İncelemeleri</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>3990000010848</t>
+          <t>3990000004579</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Şirvanlı Mahmud - Tarih-i İbn-i Kesir Tercümesi 4. Cilt 2. Kısım</t>
+          <t>Şirvanlı Mahmud / Tarih-i İbn-i Kesir Tercümesi 4. Cilt 1. Kısım</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>3990000004668</t>
+          <t>3990000010848</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dünyamızda Atatürk</t>
+          <t>Şirvanlı Mahmud - Tarih-i İbn-i Kesir Tercümesi 4. Cilt 2. Kısım</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>3990000013305</t>
+          <t>3990000004668</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Şiban Han Divanı</t>
+          <t>Şiir Dünyamızda Atatürk</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>3990000013605</t>
+          <t>3990000013305</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Şerifi Şehname Çevirisi (4 Cilt Takım)</t>
+          <t>Şiban Han Divanı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>3990000006615</t>
+          <t>3990000013605</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Slav-Türk Dil İlişkileri</t>
+          <t>Şerifi Şehname Çevirisi (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789751621993</t>
+          <t>3990000006615</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin Sami ve Nev-Usul Sarf-ı Türki</t>
+          <t>Tarih Boyunca Slav-Türk Dil İlişkileri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>20</v>
+        <v>4</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9751602491970</t>
+          <t>9789751621993</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sümer ve Türk Dillerinin Tarihi İlgisi ile Türk Dilinin Yaşı Meselesi</t>
+          <t>Şemseddin Sami ve Nev-Usul Sarf-ı Türki</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789751621764</t>
+          <t>9751602491970</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Süleymanname-i Kebir</t>
+          <t>Sümer ve Türk Dillerinin Tarihi İlgisi ile Türk Dilinin Yaşı Meselesi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>36</v>
+        <v>4</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789751621528</t>
+          <t>9789751621764</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Su Ürünleri Terimleri Sözlüğü (Ciltli)</t>
+          <t>Süleymanname-i Kebir</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789751623591</t>
+          <t>9789751621528</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Destan</t>
+          <t>Su Ürünleri Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789751623058</t>
+          <t>9789751623591</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Sözlerimi İyi Dinleyin</t>
+          <t>Sözlü Destan</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>314</v>
+        <v>6</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>3990000004179</t>
+          <t>9789751623058</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sivas ve Tokat İlleri Ağızlarından Toplamalar</t>
+          <t>Sözlerimi İyi Dinleyin</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>4</v>
+        <v>314</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789751625472</t>
+          <t>3990000004179</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Siracü’l-Kulub</t>
+          <t>Sivas ve Tokat İlleri Ağızlarından Toplamalar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789751622655</t>
+          <t>9789751625472</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Farsça - Türkçe Sözlükler</t>
+          <t>Siracü’l-Kulub</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789751621283</t>
+          <t>9789751622655</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Silifke ve Mut’taki Sarıkeçili ve Bahşiş Yörükleri Ağzı</t>
+          <t>Tarih Boyunca Farsça - Türkçe Sözlükler</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789751620262</t>
+          <t>9789751621283</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sibirya ve Doğu Türkistan’dan Mektuplar</t>
+          <t>Silifke ve Mut’taki Sarıkeçili ve Bahşiş Yörükleri Ağzı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789751623119</t>
+          <t>9789751620262</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşkte</t>
+          <t>Sibirya ve Doğu Türkistan’dan Mektuplar</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789751677105</t>
+          <t>9789751623119</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Selomonun Masallary / Süleyman’ın Meselleri (Ciltli)</t>
+          <t>Sırça Köşkte</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789751620446</t>
+          <t>9789751677105</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Samih Rifat Hayatı ve Eserleri</t>
+          <t>Selomonun Masallary / Süleyman’ın Meselleri (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>3990000002168</t>
+          <t>9789751620446</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Sami Paşazade Sezai Bütün Eserleri (3 Kitap Takım)</t>
+          <t>Samih Rifat Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>31</v>
+        <v>50</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>3990000006008</t>
+          <t>3990000002168</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Saha (Yakut) Halk Edebiyatı Örnekleri</t>
+          <t>Sami Paşazade Sezai Bütün Eserleri (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>3</v>
+        <v>31</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>3990000003813</t>
+          <t>3990000006008</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Saha (Yakut) Türkçesi Grameri</t>
+          <t>Saha (Yakut) Halk Edebiyatı Örnekleri</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789751619280</t>
+          <t>3990000003813</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sadettin Buluç - Makaleler</t>
+          <t>Saha (Yakut) Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>36</v>
+        <v>4</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789751679208</t>
+          <t>9789751619280</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri (14 Cilt Takım)</t>
+          <t>Sadettin Buluç - Makaleler</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>133</v>
+        <v>36</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789751621955</t>
+          <t>9789751679208</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Rusya’da Türk Dillerinin Araştırılması Tarihi</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri (14 Cilt Takım)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>40</v>
+        <v>133</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789751615060</t>
+          <t>9789751621955</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Rize İli Ağızları</t>
+          <t>Rusya’da Türk Dillerinin Araştırılması Tarihi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>3990000013548</t>
+          <t>9789751615060</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Revnak-ı Bustan</t>
+          <t>Rize İli Ağızları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789751616890</t>
+          <t>3990000013548</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Resimli Türkçe Kamus (Ciltli)</t>
+          <t>Revnak-ı Bustan</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>97</v>
+        <v>3</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789751620767</t>
+          <t>9789751616890</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Resimli Okul Sözlüğü (Ciltli)</t>
+          <t>Resimli Türkçe Kamus (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>14</v>
+        <v>97</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789751621603</t>
+          <t>9789751620767</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Pars-Name</t>
+          <t>Resimli Okul Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789751634290</t>
+          <t>9789751621603</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Paris’te Bir Türk</t>
+          <t>Pars-Name</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>3990000005915</t>
+          <t>9789751634290</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesi-Türkiye Türkçesi ve Türkiye Türkçesi-Özbek Türkçesi Karşılıklar Kılavuzu</t>
+          <t>Paris’te Bir Türk</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789751604897</t>
+          <t>3990000005915</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Türk Şiir Bilgisi</t>
+          <t>Özbek Türkçesi-Türkiye Türkçesi ve Türkiye Türkçesi-Özbek Türkçesi Karşılıklar Kılavuzu</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789751623096</t>
+          <t>9789751604897</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Deliorman Türk Ağzı Sözlüğü</t>
+          <t>Örneklerle Türk Şiir Bilgisi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>3990000011885</t>
+          <t>9789751623096</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ömer Bedrettin Uşaklı Bütün Eserleri</t>
+          <t>Örneklerle Deliorman Türk Ağzı Sözlüğü</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789751623829</t>
+          <t>3990000011885</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Ölümünün 500. Yılında Necati Bey’e Armağan</t>
+          <t>Ömer Bedrettin Uşaklı Bütün Eserleri</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789751624123</t>
+          <t>9789751623829</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Topraklarında Bir İtalyan Gezgin Pietro Della Valle’nin Çalışma Defteri (Ciltli)</t>
+          <t>Ölümünün 500. Yılında Necati Bey’e Armağan</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>3990000006017</t>
+          <t>9789751624123</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Osmaniye Tatar Ağzı</t>
+          <t>Osmanlı Topraklarında Bir İtalyan Gezgin Pietro Della Valle’nin Çalışma Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789751615893</t>
+          <t>3990000006017</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’da Bulunmuş Kur’an Tefsirinin Söz Varlığı</t>
+          <t>Osmaniye Tatar Ağzı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>3990000004173</t>
+          <t>9789751615893</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Orta Anadolu Ağızlarından Derlemeler</t>
+          <t>Orta Asya’da Bulunmuş Kur’an Tefsirinin Söz Varlığı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789751621986</t>
+          <t>3990000004173</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Özbek Destanları 1</t>
+          <t>Orta Anadolu Ağızlarından Derlemeler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>40</v>
+        <v>4</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9751616034446</t>
+          <t>9789751621986</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Orhon Yazıtları Araştırmaları</t>
+          <t>Özbek Destanları 1</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789751614889</t>
+          <t>9751616034446</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Ordu İli ve Yöresi Ağızları</t>
+          <t>Orhon Yazıtları Araştırmaları</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789751623041</t>
+          <t>9789751614889</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>One Thousand Years Ago One Thousand Years Later Mahmut Kashgari and Diwan Lugat At-Turk</t>
+          <t>Ordu İli ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>3990000010681</t>
+          <t>9789751623041</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji Terimleri Sözlüğü</t>
+          <t>One Thousand Years Ago One Thousand Years Later Mahmut Kashgari and Diwan Lugat At-Turk</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>3990000006448</t>
+          <t>3990000010681</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Nutuk Üzerinde İncelemeler</t>
+          <t>Nükleer Enerji Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>140</v>
+        <v>2</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789751621467</t>
+          <t>3990000006448</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Nurullah Ataç’ın Denemelerinde Devrik Yapılar</t>
+          <t>Nutuk Üzerinde İncelemeler</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>3990000006778</t>
+          <t>9789751621467</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Nikolay Federoviç Katanov</t>
+          <t>Nurullah Ataç’ın Denemelerinde Devrik Yapılar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>3990000013586</t>
+          <t>3990000006778</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Nevşehir ve Yöresi Ağızları</t>
+          <t>Nikolay Federoviç Katanov</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>136</v>
+        <v>2</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789751623775</t>
+          <t>3990000013586</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Özbek Destanları 4</t>
+          <t>Nevşehir ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>50</v>
+        <v>136</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789751623805</t>
+          <t>9789751623775</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Nevayi’nin Sözleri ve Çağatayca Tanıklar (Ciltli)</t>
+          <t>Özbek Destanları 4</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>410</v>
+        <v>50</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789751619037</t>
+          <t>9789751623805</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Nevadirü’ş-Şebab</t>
+          <t>Nevayi’nin Sözleri ve Çağatayca Tanıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>24</v>
+        <v>410</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789751628435</t>
+          <t>9789751619037</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Nesimi (2 Cilt Birleştirilmiş Baskı)</t>
+          <t>Nevadirü’ş-Şebab</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>36</v>
+        <v>24</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>3990000004440</t>
+          <t>9789751628435</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Nesayimü'l-Mahabbe min Şemayimi'l-Fütüvve (1 Metin)</t>
+          <t>Nesimi (2 Cilt Birleştirilmiş Baskı)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789751628466</t>
+          <t>3990000004440</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Nehcü'l - Feradis - Cennetlerin Açık Yolu (Birleştirilmiş Baskı)</t>
+          <t>Nesayimü'l-Mahabbe min Şemayimi'l-Fütüvve (1 Metin)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789751616104</t>
+          <t>9789751628466</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Necip Türkçü'nün Hatıraları ve Dil Yazıları</t>
+          <t>Nehcü'l - Feradis - Cennetlerin Açık Yolu (Birleştirilmiş Baskı)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>3990000009314</t>
+          <t>9789751616104</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Nazmü’l-Hılafiyyat Tercümesi</t>
+          <t>Necip Türkçü'nün Hatıraları ve Dil Yazıları</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789751623768</t>
+          <t>3990000009314</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Nartlar</t>
+          <t>Nazmü’l-Hılafiyyat Tercümesi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789751619044</t>
+          <t>9789751623768</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Narspi</t>
+          <t>Nartlar</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789751619495</t>
+          <t>9789751619044</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Özbek Destanları 3 (Ayçınar Destanı)</t>
+          <t>Narspi</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>3990000004243</t>
+          <t>9789751619495</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Özbek Destanları 3 (Ayçınar Destanı)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789751631985</t>
+          <t>3990000004243</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Müntahabat-ı Lügat-ı Osmaniyye (Ciltli)</t>
+          <t>Müşahedat</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789751615480</t>
+          <t>9789751631985</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Osmanlı Lügatı (Ciltli)</t>
+          <t>Müntahabat-ı Lügat-ı Osmaniyye (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789751622648</t>
+          <t>9789751615480</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Terimleri Bilgi Şöleni</t>
+          <t>Mükemmel Osmanlı Lügatı (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789751614650</t>
+          <t>9789751622648</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Avcıları</t>
+          <t>Mühendislik Terimleri Bilgi Şöleni</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>3990000005692</t>
+          <t>9789751614650</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Nihat Özön</t>
+          <t>Mutlak Avcıları</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789751621122</t>
+          <t>3990000005692</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Nahçıvan Ağzı</t>
+          <t>Mustafa Nihat Özön</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>3990000000411</t>
+          <t>9789751621122</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 834 Haziran 2021</t>
+          <t>Nahçıvan Ağzı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789751621610</t>
+          <t>3990000000411</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Eğitimi ve Öğretimi Üzerine Konuşmalar</t>
+          <t>Türk Dili Dergisi Sayı: 834 Haziran 2021</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789751619402</t>
+          <t>9789751621610</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Araştırmalar 3</t>
+          <t>Türkçenin Eğitimi ve Öğretimi Üzerine Konuşmalar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>30</v>
+        <v>8</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>3990000008049</t>
+          <t>9789751619402</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sayı 322: Çeviri Sorunları Özel Sayısı</t>
+          <t>Türk Dili Üzerine Araştırmalar 3</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>3990000000025</t>
+          <t>3990000008049</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2007 / 1</t>
+          <t>Türk Dili Sayı 322: Çeviri Sorunları Özel Sayısı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789751619488</t>
+          <t>3990000000025</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Özbek Destanları 2</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2007 / 1</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789751617040</t>
+          <t>9789751619488</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’i Dinliyorum</t>
+          <t>Özbek Destanları 2</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>3990000012006</t>
+          <t>9789751617040</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Musa Bin Hacı Hüseyin El-İzniki Münebbihü’r-Rakin Giriş, İnceleme, Tenkitli Metin (2 Cilt Takım)</t>
+          <t>Mustafa Kemal’i Dinliyorum</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>40</v>
+        <v>4</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789751606709</t>
+          <t>3990000012006</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimetü’l-Edeb</t>
+          <t>Musa Bin Hacı Hüseyin El-İzniki Münebbihü’r-Rakin Giriş, İnceleme, Tenkitli Metin (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789751620279</t>
+          <t>9789751606709</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>İslam Mu’inü’l-Mürid</t>
+          <t>Mukaddimetü’l-Edeb</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>115</v>
+        <v>10</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>3990000011234</t>
+          <t>9789751620279</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Muhammed B. Mahmud-ı Şirvani Tuhfe-i Muradi</t>
+          <t>İslam Mu’inü’l-Mürid</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>6</v>
+        <v>115</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789751616593</t>
+          <t>3990000011234</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Moğolca - Türkçe Sözlük (2 Cilt Takım)</t>
+          <t>Muhammed B. Mahmud-ı Şirvani Tuhfe-i Muradi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>48</v>
+        <v>6</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789751605436</t>
+          <t>9789751616593</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Mizanu’l-Evzan</t>
+          <t>Moğolca - Türkçe Sözlük (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>3990000014487</t>
+          <t>9789751605436</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Seydi Ali Reis: Mir'atü'l-Memalik</t>
+          <t>Mizanu’l-Evzan</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>3990000007304</t>
+          <t>3990000014487</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Sekkaki Divanı</t>
+          <t>Seydi Ali Reis: Mir'atü'l-Memalik</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>3990000010461</t>
+          <t>3990000007304</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Menakıb-ı Mevlana</t>
+          <t>Mevlana Sekkaki Divanı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>3990000014575</t>
+          <t>3990000010461</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Memluk Türkçesinde Zarf-Fiilli Parçaların Dizimi</t>
+          <t>Menakıb-ı Mevlana</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>3990000011887</t>
+          <t>3990000014575</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Mecmu’Atü’n-Neza’ir</t>
+          <t>Memluk Türkçesinde Zarf-Fiilli Parçaların Dizimi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789751612649</t>
+          <t>3990000011887</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Matematik Terimleri Sözlüğü</t>
+          <t>Mecmu’Atü’n-Neza’ir</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>203</v>
+        <v>6</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789751620958</t>
+          <t>9789751612649</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Maraşlı Aşık Behlül Ali</t>
+          <t>Matematik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>50</v>
+        <v>203</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>3990000008038</t>
+          <t>9789751620958</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Manas Destanı Üzerinde İncelemeler</t>
+          <t>Maraşlı Aşık Behlül Ali</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789751623836</t>
+          <t>3990000008038</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Manas Destanı Kırgızca - Türkçe Büyük Dizin</t>
+          <t>Manas Destanı Üzerinde İncelemeler</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>100</v>
+        <v>3</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>3990000005256</t>
+          <t>9789751623836</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Malatya İli Ağızları</t>
+          <t>Manas Destanı Kırgızca - Türkçe Büyük Dizin</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>3990000006469</t>
+          <t>3990000005256</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Makedonya ve Kosova Türklerince Kullanılan Atasözleri ve Deyimler</t>
+          <t>Malatya İli Ağızları</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789751620842</t>
+          <t>3990000006469</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Makedonlar İçin Türkçe</t>
+          <t>Makedonya ve Kosova Türklerince Kullanılan Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789751625564</t>
+          <t>9789751620842</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 3 - Çağdaş Türk Dilleri</t>
+          <t>Makedonlar İçin Türkçe</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>38</v>
+        <v>50</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>3990000015236</t>
+          <t>9789751625564</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 2 - Tarihi Türk Yazı Dilleri</t>
+          <t>Makaleler 3 - Çağdaş Türk Dilleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>50</v>
+        <v>38</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789751625540</t>
+          <t>3990000015236</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Makaleler 1 - Altayistik</t>
+          <t>Makaleler 2 - Tarihi Türk Yazı Dilleri</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789751618245</t>
+          <t>9789751625540</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Lügat-ı Cudi</t>
+          <t>Makaleler 1 - Altayistik</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789751609410</t>
+          <t>9789751618245</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Lutfi Divanı</t>
+          <t>Lügat-ı Cudi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>83</v>
+        <v>12</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789751622174</t>
+          <t>9789751609410</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Lügat-i Naci</t>
+          <t>Lutfi Divanı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>200</v>
+        <v>83</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>3990000004438</t>
+          <t>9789751622174</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Lisanü't-Tayr</t>
+          <t>Lügat-i Naci</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>3</v>
+        <v>200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789751608154</t>
+          <t>3990000004438</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Leyli vü Mecnun</t>
+          <t>Lisanü't-Tayr</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>11</v>
+        <v>3</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>3990000012891</t>
+          <t>9789751608154</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Lehcetü’l-Lügat</t>
+          <t>Leyli vü Mecnun</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>10</v>
+        <v>84</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>3990000013055</t>
+          <t>3990000012891</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kütahya ve Yöresi Ağızları</t>
+          <t>Lehcetü’l-Lügat</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>3990000004176</t>
+          <t>3990000013055</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kuzeydoğu İllerimiz Ağızlarından Toplamalar</t>
+          <t>Kütahya ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>3990000014223</t>
+          <t>3990000004176</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kuzeydoğu Bulgaristan Türk Ağızları Üzerine Araştırmalar</t>
+          <t>Kuzeydoğu İllerimiz Ağızlarından Toplamalar</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9799751613805</t>
+          <t>3990000014223</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kutb'un Husrev ü Şirin'i ve Dil Hususiyetleri</t>
+          <t>Kuzeydoğu Bulgaristan Türk Ağızları Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789751621979</t>
+          <t>9799751613805</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’de Söz Yapımı</t>
+          <t>Kutb'un Husrev ü Şirin'i ve Dil Hususiyetleri</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789751606945</t>
+          <t>9789751621979</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig İncelemesi</t>
+          <t>Kutadgu Bilig’de Söz Yapımı</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789751603975</t>
+          <t>9789751606945</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig - 1. Metin</t>
+          <t>Kutadgu Bilig İncelemesi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>3990000005573</t>
+          <t>9789751603975</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kuş İsimlerinin Doğu Türkçesi, Mançuca ve Çince Sözlüğü</t>
+          <t>Kutadgu Bilig - 1. Metin</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>3</v>
+        <v>14</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789751621276</t>
+          <t>3990000005573</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Manzume-i Keskin</t>
+          <t>Kuş İsimlerinin Doğu Türkçesi, Mançuca ve Çince Sözlüğü</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789751633569</t>
+          <t>9789751621276</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Türkçeden Osmanlıcaya Cep Kılavuzu</t>
+          <t>Manzume-i Keskin</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>70</v>
+        <v>16</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789751633385</t>
+          <t>9789751633569</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıcadan Türkçeye Cep Kılavuzu</t>
+          <t>Türkçeden Osmanlıcaya Cep Kılavuzu</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789751611635</t>
+          <t>9789751633385</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalemler Dergisi (Ciltli)</t>
+          <t>Osmanlıcadan Türkçeye Cep Kılavuzu</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>273</v>
+        <v>70</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789751628992</t>
+          <t>9789751611635</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kamere Aşık</t>
+          <t>Genç Kalemler Dergisi (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>40</v>
+        <v>273</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789751632807</t>
+          <t>9789751628992</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Gufran Risalesi</t>
+          <t>Kamere Aşık</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789751632661</t>
+          <t>9789751632807</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Gülistan Tercümesi</t>
+          <t>Gufran Risalesi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789751632623</t>
+          <t>9789751632661</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Islıhat-ı Edebiyye</t>
+          <t>Gülistan Tercümesi</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789751601315</t>
+          <t>9789751632623</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>11. Yüzyıl Türk Şiiri</t>
+          <t>Islıhat-ı Edebiyye</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>76</v>
+        <v>50</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789751632531</t>
+          <t>9789751601315</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>11. Yüzyıl Türk Şiiri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>44</v>
+        <v>76</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789751633088</t>
+          <t>9789751632531</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>İrşadü'l - Müluk Ve's - Selatin</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>50</v>
+        <v>44</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789751629012</t>
+          <t>9789751633088</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Macarca - Türkçe Deyimler Sözlüğü</t>
+          <t>İrşadü'l - Müluk Ve's - Selatin</t>
         </is>
       </c>
       <c r="C580" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789751629715</t>
+          <t>9789751629012</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Destanları 3</t>
+          <t>Macarca - Türkçe Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789751631978</t>
+          <t>9789751629715</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kriminal Terimleri Sözlüğü (Ciltli)</t>
+          <t>Başkurt Destanları 3</t>
         </is>
       </c>
       <c r="C582" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789751632074</t>
+          <t>9789751631978</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Basınının Dili</t>
+          <t>Kriminal Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>46</v>
+        <v>60</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789751632043</t>
+          <t>9789751632074</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Budist Türk Çevresi Eserlerde Metaforlar</t>
+          <t>Tanzimat Basınının Dili</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>60</v>
+        <v>46</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789751632173</t>
+          <t>9789751632043</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Dasakarmapathavadanamala</t>
+          <t>Budist Türk Çevresi Eserlerde Metaforlar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789751632104</t>
+          <t>9789751632173</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Türkçenin Batılı Elçileri Sempozyumu Bildirileri</t>
+          <t>Dasakarmapathavadanamala</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>12</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789751632098</t>
+          <t>9789751632104</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Türk Dillerinin Karşılaştırmalı Şekil Bilgisi Üzerine Denemeler</t>
+          <t>Uluslararası Türkçenin Batılı Elçileri Sempozyumu Bildirileri</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>320</v>
+        <v>12</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789751632197</t>
+          <t>9789751632098</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurca Din Dışı Metinlerin Karşılaştırmalı Söz Varlığı</t>
+          <t>Türk Dillerinin Karşılaştırmalı Şekil Bilgisi Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>42</v>
+        <v>320</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789751632081</t>
+          <t>9789751632197</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Darir Yüz Hadis Yüz Hikaye</t>
+          <t>Eski Uygurca Din Dışı Metinlerin Karşılaştırmalı Söz Varlığı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789751632050</t>
+          <t>9789751632081</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Kabus-name</t>
+          <t>Erzurumlu Darir Yüz Hadis Yüz Hikaye</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>36</v>
+        <v>54</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789751632166</t>
+          <t>9789751632050</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Bismil Türkmen Ağzı</t>
+          <t>Kabus-name</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789751632128</t>
+          <t>9789751632166</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Özbek Destanları 5</t>
+          <t>Bismil Türkmen Ağzı</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789751632142</t>
+          <t>9789751632128</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Mirkatü'l-Cihad</t>
+          <t>Özbek Destanları 5</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>98</v>
+        <v>24</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789751632135</t>
+          <t>9789751632142</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Yazıtları Söz Varlığı İncelemesi</t>
+          <t>Mirkatü'l-Cihad</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789751631398</t>
+          <t>9789751632135</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig (3 Kitap Takım Kutulu) (Ciltli)</t>
+          <t>Eski Türk Yazıtları Söz Varlığı İncelemesi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>914</v>
+        <v>99</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789751629029</t>
+          <t>9789751631398</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi ve Tatar Türkçesinin Karşılaştırmalı Söz Dizimi</t>
+          <t>Kutadgu Bilig (3 Kitap Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>50</v>
+        <v>914</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>3990000048722</t>
+          <t>9789751629029</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 767 - 768</t>
+          <t>Türkiye Türkçesi ve Tatar Türkçesinin Karşılaştırmalı Söz Dizimi</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789751629722</t>
+          <t>3990000048722</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Destanları 4</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 767 - 768</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789751629708</t>
+          <t>9789751629722</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Destanları 2</t>
+          <t>Başkurt Destanları 4</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789751631190</t>
+          <t>9789751629708</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Beyatlı</t>
+          <t>Başkurt Destanları 2</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789751631176</t>
+          <t>9789751631190</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Söz Varlığı, Yazım ve Anlatım Açısından Türkçedeki Gelişmeler</t>
+          <t>Yahya Kemal Beyatlı</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789751631220</t>
+          <t>9789751631176</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Istanbul Folkloru</t>
+          <t>Söz Varlığı, Yazım ve Anlatım Açısından Türkçedeki Gelişmeler</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789751609175</t>
+          <t>9789751631220</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar Şiirler</t>
+          <t>Istanbul Folkloru</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789751632111</t>
+          <t>9789751609175</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Nabi'ye Armağan</t>
+          <t>Güzel Yazılar Şiirler</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789751631947</t>
+          <t>9789751632111</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Atasözleri ve Deyimler</t>
+          <t>Nabi'ye Armağan</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789751632067</t>
+          <t>9789751631947</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789751632180</t>
+          <t>9789751632067</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Bütün Nesirleri (Ciltli)</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>3990000095748</t>
+          <t>9789751632180</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Moğol Yazı Dilinin Grameri</t>
+          <t>Ömer Seyfettin Bütün Nesirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789751624291</t>
+          <t>3990000095748</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası Dünya Dili Türkçe Bilgi Şöleni (Sempozyumu) Bildirileri</t>
+          <t>Moğol Yazı Dilinin Grameri</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789751623577</t>
+          <t>9789751624291</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Seyyah-ı Alem Evliya Çelebi</t>
+          <t>1. Uluslararası Dünya Dili Türkçe Bilgi Şöleni (Sempozyumu) Bildirileri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789751625823</t>
+          <t>9789751623577</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Kafkaslarda Türk Dili ve Kültürünün Etkileri</t>
+          <t>Seyyah-ı Alem Evliya Çelebi</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>50</v>
+        <v>14</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789751626097</t>
+          <t>9789751625823</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sümerce Sözlük</t>
+          <t>Kafkaslarda Türk Dili ve Kültürünün Etkileri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789751625892</t>
+          <t>9789751626097</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Malzeme Bilimi ve Mühendisliği Terimleri Sözlüğü (Ciltli)</t>
+          <t>Büyük Sümerce Sözlük</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789751625878</t>
+          <t>9789751625892</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi ile Devr-i Alem</t>
+          <t>Malzeme Bilimi ve Mühendisliği Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789751625922</t>
+          <t>9789751625878</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Bir Medeniyetin Şairi: Mehmet Akif</t>
+          <t>Evliya Çelebi ile Devr-i Alem</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789751625717</t>
+          <t>9789751625922</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 11: Kurmanbek</t>
+          <t>Bir Medeniyetin Şairi: Mehmet Akif</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789751625885</t>
+          <t>9789751625717</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Lobnor Ağzı</t>
+          <t>Kırgız Destanları 11: Kurmanbek</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789751631251</t>
+          <t>9789751625885</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Terimleri Sözlüğü (Ciltli)</t>
+          <t>Lobnor Ağzı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>407</v>
+        <v>44</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>3990000018311</t>
+          <t>9789751631251</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 33 Bahar 2012</t>
+          <t>Hemşirelik Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>10</v>
+        <v>407</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789751625748</t>
+          <t>3990000018311</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 9 - Dürligüv, Karaşaş Kız, Makpal-Segiz Destanı</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 33 Bahar 2012</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>3990000025756</t>
+          <t>9789751625748</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 13 - Canış Bayış</t>
+          <t>Kazak Destanları 9 - Dürligüv, Karaşaş Kız, Makpal-Segiz Destanı</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789751625731</t>
+          <t>3990000025756</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 12 - Seyitbek</t>
+          <t>Kırgız Destanları 13 - Canış Bayış</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>3990000028240</t>
+          <t>9789751625731</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Garib-name (2 Cilt Takım) (Ciltli)</t>
+          <t>Kırgız Destanları 12 - Seyitbek</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>3990000016852</t>
+          <t>3990000028240</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 756 - Aralık 2014 : Çocuk ve İlk Gençlik Edebiyatı Özel Sayı</t>
+          <t>Garib-name (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>3990000017793</t>
+          <t>3990000016852</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 753 Eylül 2014</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 756 - Aralık 2014 : Çocuk ve İlk Gençlik Edebiyatı Özel Sayı</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>3990000017278</t>
+          <t>3990000017793</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 746</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 753 Eylül 2014</t>
         </is>
       </c>
       <c r="C626" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>3990000026931</t>
+          <t>3990000017278</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 759 - Mart 2015</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 746</t>
         </is>
       </c>
       <c r="C627" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>3990000026930</t>
+          <t>3990000026931</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 758 - Şubat 2015</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 759 - Mart 2015</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789751625786</t>
+          <t>3990000026930</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Tuhfe-i Mübarizi</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 758 - Şubat 2015</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>60</v>
+        <v>7</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789751625915</t>
+          <t>9789751625786</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Lügat-i Halimi (Ciltli)</t>
+          <t>Tuhfe-i Mübarizi</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789751625847</t>
+          <t>9789751625915</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bugünkü Tatar Türkçesi Söz Yapımı</t>
+          <t>Lügat-i Halimi (Ciltli)</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789751625762</t>
+          <t>9789751625847</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>İran Azerbaycanı Aşık Destanları 1 - Şikari Destanı</t>
+          <t>Bugünkü Tatar Türkçesi Söz Yapımı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>50</v>
+        <v>59</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>3990000057148</t>
+          <t>9789751625762</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kava'id-i Osmaniyye</t>
+          <t>İran Azerbaycanı Aşık Destanları 1 - Şikari Destanı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>3990000027332</t>
+          <t>3990000057148</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar Hikayeler 2</t>
+          <t>Kava'id-i Osmaniyye</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789751628978</t>
+          <t>3990000027332</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Dönemine Ait Satır Arası İlk Kur'an Tercümesi</t>
+          <t>Güzel Yazılar Hikayeler 2</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>330</v>
+        <v>6</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9751611547972</t>
+          <t>9789751628978</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar - Romanlar</t>
+          <t>Eski Anadolu Türkçesi Dönemine Ait Satır Arası İlk Kur'an Tercümesi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>10</v>
+        <v>330</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>3990010015310</t>
+          <t>9751611547972</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Atebetü'l-Hakayık (Ciltli)</t>
+          <t>Güzel Yazılar - Romanlar</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>3997130021500</t>
+          <t>3990010015310</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 827 Kasım 2020</t>
+          <t>Atebetü'l-Hakayık (Ciltli)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>8</v>
+        <v>26</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789751745309</t>
+          <t>3997130021500</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Yürek Bilimi Terimleri Sözlüğü (Ciltli)</t>
+          <t>Türk Dili Dergisi Sayı: 827 Kasım 2020</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789751746160</t>
+          <t>9789751745309</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Eren Türk Dilinin Etimolojik Sözlüğü (ETDES) (Ciltli)</t>
+          <t>Açıklamalı Yürek Bilimi Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789751745484</t>
+          <t>9789751746160</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Edim Bilimi Bakış Açısıyla Kutadgu Bilig</t>
+          <t>Eren Türk Dilinin Etimolojik Sözlüğü (ETDES) (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789751745538</t>
+          <t>9789751745484</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde Tesbi'i</t>
+          <t>Edim Bilimi Bakış Açısıyla Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>16</v>
+        <v>70</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>3997130000533</t>
+          <t>9789751745538</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Tiyatro Dergi Sayı: 178 - Temmuz 1966</t>
+          <t>Kaside-i Bürde Tesbi'i</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789751745385</t>
+          <t>3997130000533</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Türk Dili Tiyatro Dergi Sayı: 178 - Temmuz 1966</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>3990000090076</t>
+          <t>9789751745385</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 70 Aralık 2020</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>3997130001533</t>
+          <t>3990000090076</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergi Sayı: 127 Nisan 1962</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 70 Aralık 2020</t>
         </is>
       </c>
       <c r="C646" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>3990003038750</t>
+          <t>3997130001533</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 830 Şubat 2021</t>
+          <t>Türk Dili Dergi Sayı: 127 Nisan 1962</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>3990000095056</t>
+          <t>3990003038750</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Derleme Sözlüğü ve Kavramlar Dizini 3</t>
+          <t>Türk Dili Dergisi Sayı: 830 Şubat 2021</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>3990000111788</t>
+          <t>3990000095056</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugati’t-Türk Tercümesi 4.Cilt (Ciltli)</t>
+          <t>Derleme Sözlüğü ve Kavramlar Dizini 3</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789751634214</t>
+          <t>3990000111788</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kırım Yurtına ve Ol Taraflarga Dair Bolgan Yarlıglar ve Hatlar Cilt: 2</t>
+          <t>Divanü Lugati’t-Türk Tercümesi 4.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789751749093</t>
+          <t>9789751634214</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Ağızları</t>
+          <t>Kırım Yurtına ve Ol Taraflarga Dair Bolgan Yarlıglar ve Hatlar Cilt: 2</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>47</v>
+        <v>160</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789751749048</t>
+          <t>9789751749093</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurca Abitaki Metinlerinin Söz Varlığı</t>
+          <t>Irak Türkmen Ağızları</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>53</v>
+        <v>47</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789751658609</t>
+          <t>9789751749048</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Dialektolojisi Üzerine Malzeme 1-2</t>
+          <t>Eski Uygurca Abitaki Metinlerinin Söz Varlığı</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>16</v>
+        <v>53</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789751746443</t>
+          <t>9789751658609</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Hasan Mellah Yahut Sır İçinde Esrar</t>
+          <t>Anadolu Dialektolojisi Üzerine Malzeme 1-2</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789751746450</t>
+          <t>9789751746443</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Bahtiyarlık</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Hasan Mellah Yahut Sır İçinde Esrar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789751746436</t>
+          <t>9789751746450</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Hayret</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Bahtiyarlık</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>3999595965452</t>
+          <t>9789751746436</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Derleme Sözlüğü ve Kavramlar Dizini 1</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Hayret</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789751748997</t>
+          <t>3999595965452</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Ardanuç-Artvin (Merkez)-Posof-Şavşat-Yusufeli Ağızlarında Türkçe Söz Varlığı</t>
+          <t>Derleme Sözlüğü ve Kavramlar Dizini 1</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>72</v>
+        <v>3</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789751749123</t>
+          <t>9789751748997</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Mektup Yazdım Okura</t>
+          <t>Ardanuç-Artvin (Merkez)-Posof-Şavşat-Yusufeli Ağızlarında Türkçe Söz Varlığı</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>80</v>
+        <v>72</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789751749147</t>
+          <t>9789751749123</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Türk Dillerinin Tarihi - Tipolojik Ses Bilimi</t>
+          <t>Mektup Yazdım Okura</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>72</v>
+        <v>80</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789751749130</t>
+          <t>9789751749147</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Konuşma Dili</t>
+          <t>Türk Dillerinin Tarihi - Tipolojik Ses Bilimi</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>52</v>
+        <v>72</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789751749116</t>
+          <t>9789751749130</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı'nın Unutulmuş Şairi Şerafettin Özdemir (1889-1922) Toplu Şiirleri</t>
+          <t>Osmanlı Konuşma Dili</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>37</v>
+        <v>52</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789751748966</t>
+          <t>9789751749116</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>+(DAn) Durum Biçim Birimi</t>
+          <t>Kurtuluş Savaşı'nın Unutulmuş Şairi Şerafettin Özdemir (1889-1922) Toplu Şiirleri</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>67</v>
+        <v>37</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789751749086</t>
+          <t>9789751748966</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Heikki Paasonen ve Çuvaşça Masal Derlemeleri</t>
+          <t>+(DAn) Durum Biçim Birimi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>100</v>
+        <v>67</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789751749031</t>
+          <t>9789751749086</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Dönemine Ait Tantrik Bir Metin: Sitatapatradharani</t>
+          <t>Heikki Paasonen ve Çuvaşça Masal Derlemeleri</t>
         </is>
       </c>
       <c r="C665" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789751748973</t>
+          <t>9789751749031</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sibirya Türk Lehçelerinde Zamirler</t>
+          <t>Eski Uygur Dönemine Ait Tantrik Bir Metin: Sitatapatradharani</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>107</v>
+        <v>100</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789751749017</t>
+          <t>9789751748973</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Eliyahu Ben Yosef Kılcı'nın Mecuması</t>
+          <t>Çağdaş Sibirya Türk Lehçelerinde Zamirler</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>120</v>
+        <v>107</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789751749062</t>
+          <t>9789751749017</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Feraği'nin Çağatay Türkçesi Sözlüğü</t>
+          <t>Eliyahu Ben Yosef Kılcı'nın Mecuması</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>79</v>
+        <v>120</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789751749024</t>
+          <t>9789751749062</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçe Tantrik Bir Metin: Usnisa Vijaya Dharani Sütra</t>
+          <t>Feraği'nin Çağatay Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>87</v>
+        <v>79</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>3991772043951</t>
+          <t>9789751749024</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Ağustos 2018 Yıl: 68 Sayı: 799</t>
+          <t>Eski Türkçe Tantrik Bir Metin: Usnisa Vijaya Dharani Sütra</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>7</v>
+        <v>87</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789751748089</t>
+          <t>3991772043951</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kazakça Atasözü ve Deyimlerde Eskicil (Aktif Olmayan) Unsurlar</t>
+          <t>Türk Dili Dergisi Ağustos 2018 Yıl: 68 Sayı: 799</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>120</v>
+        <v>7</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>3990000127218</t>
+          <t>9789751748089</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugat-it Türk Cilt 1 - Çeviri</t>
+          <t>Kazakça Atasözü ve Deyimlerde Eskicil (Aktif Olmayan) Unsurlar</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>3990000095503</t>
+          <t>3990000127218</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 51 Bahar 2021</t>
+          <t>Divanü Lugat-it Türk Cilt 1 - Çeviri</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>3990000074045</t>
+          <t>3990000095503</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 71 Haziran 2021</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 51 Bahar 2021</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789751746382</t>
+          <t>3990000074045</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilleri ve Halkları</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 71 Haziran 2021</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>86</v>
+        <v>10</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789751745507</t>
+          <t>9789751746382</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Ali Kuşçu ve İstiare Risalesi</t>
+          <t>Türk Dilleri ve Halkları</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>24</v>
+        <v>86</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789751632388</t>
+          <t>9789751745507</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Okullar İçin Yazım Kılavuzu</t>
+          <t>Ali Kuşçu ve İstiare Risalesi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789751618948</t>
+          <t>9789751632388</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yeni Elifba Yollarında Eski Duygu ve Hatıralarım</t>
+          <t>Okullar İçin Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>13</v>
+        <v>4</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789751618177</t>
+          <t>9789751618948</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Yazım Kılavuzu</t>
+          <t>Yeni Elifba Yollarında Eski Duygu ve Hatıralarım</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789751621115</t>
+          <t>9789751618177</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tarama Sözlüğü (Ciltli)</t>
+          <t>Yazım Kılavuzu</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789751745415</t>
+          <t>9789751621115</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Rikalda Yahut Amerika'da Vahşet Alemi</t>
+          <t>Yeni Tarama Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>10</v>
+        <v>102</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789751745354</t>
+          <t>9789751745415</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Arnavutlar Solyotlar</t>
+          <t>Rikalda Yahut Amerika'da Vahşet Alemi</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>3990000031741</t>
+          <t>9789751745354</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 828 Aralık 2020</t>
+          <t>Arnavutlar Solyotlar</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>3996564505006</t>
+          <t>3990000031741</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 66. Cilt - 2. Sayı 2018 / 2</t>
+          <t>Türk Dili Dergisi Sayı: 828 Aralık 2020</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789751749109</t>
+          <t>3996564505006</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Isparta Merkez İlçe Ağızları</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 66. Cilt - 2. Sayı 2018 / 2</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>108</v>
+        <v>10</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789751749000</t>
+          <t>9789751749109</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut</t>
+          <t>Isparta Merkez İlçe Ağızları</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>195</v>
+        <v>108</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789751748072</t>
+          <t>9789751749000</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kemal Paşazade: Divan ve Diğer Şiirler</t>
+          <t>Dede Korkut</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>75</v>
+        <v>195</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>3990000022850</t>
+          <t>9789751748072</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 814 Ekim 2019</t>
+          <t>Kemal Paşazade: Divan ve Diğer Şiirler</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>8</v>
+        <v>75</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789751636515</t>
+          <t>3990000022850</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Ekonometri Terimleri Sözlüğü (Ciltli)</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 814 Ekim 2019</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789751636478</t>
+          <t>9789751636515</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Urumca Sözlük (Ciltli)</t>
+          <t>Ekonometri Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789751607300</t>
+          <t>9789751636478</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Gramerinin Temel Kuralları</t>
+          <t>Urumca Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>3990000000029</t>
+          <t>9789751607300</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2010 / 2</t>
+          <t>Türk Dili Gramerinin Temel Kuralları</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>3990000000030</t>
+          <t>3990000000029</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2010 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2010 / 2</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>3990000009308</t>
+          <t>3990000000030</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1993</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2010 / 1</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789751618399</t>
+          <t>3990000009308</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Artvin İli Yusufeli İlçesi Uşhum Köyü Ağzı</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1993</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>24</v>
+        <v>4</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789751746313</t>
+          <t>9789751618399</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Keşfü'l-Me'ani</t>
+          <t>Artvin İli Yusufeli İlçesi Uşhum Köyü Ağzı</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>130</v>
+        <v>24</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789751746320</t>
+          <t>9789751746313</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Türkçesi Grameri</t>
+          <t>Keşfü'l-Me'ani</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789751746269</t>
+          <t>9789751746320</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesinde Sınırlandırma Yapıları</t>
+          <t>Kıpçak Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>84</v>
+        <v>60</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789751746306</t>
+          <t>9789751746269</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İsfendiyaroğlu Rüstem Bey Divan</t>
+          <t>Eski Anadolu Türkçesinde Sınırlandırma Yapıları</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>50</v>
+        <v>84</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789751746245</t>
+          <t>9789751746306</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Budist Uygur Edebiyatı</t>
+          <t>İsfendiyaroğlu Rüstem Bey Divan</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789751746276</t>
+          <t>9789751746245</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Budist Uygur Edebiyatı</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>66</v>
+        <v>50</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789751746221</t>
+          <t>9789751746276</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Altun Yaruk 8. Kitap</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>78</v>
+        <v>66</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789751746214</t>
+          <t>9789751746221</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Altun Yaruk 7. Kitap</t>
+          <t>Altun Yaruk 8. Kitap</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>60</v>
+        <v>78</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789751746238</t>
+          <t>9789751746214</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Prens Kalyanamkara ve Papamkara Hikayesi</t>
+          <t>Altun Yaruk 7. Kitap</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789751746252</t>
+          <t>9789751746238</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurca Kuanşi İm Pusar İncelemesi</t>
+          <t>Prens Kalyanamkara ve Papamkara Hikayesi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789751746283</t>
+          <t>9789751746252</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>İzmir İli / Ödemiş - Kiraz - Beydağ İlçeleri Ağızları</t>
+          <t>Eski Uygurca Kuanşi İm Pusar İncelemesi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789751746290</t>
+          <t>9789751746283</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir İli Yörük Ağızları</t>
+          <t>İzmir İli / Ödemiş - Kiraz - Beydağ İlçeleri Ağızları</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>3990000033041</t>
+          <t>9789751746290</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 838 Ekim 2021</t>
+          <t>Eskişehir İli Yörük Ağızları</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789751606778</t>
+          <t>3990000033041</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Uygurca Altun Yaruk</t>
+          <t>Türk Dili Dergisi Sayı: 838 Ekim 2021</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>193</v>
+        <v>12</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789751749079</t>
+          <t>9789751606778</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Halaç Türkçesi</t>
+          <t>Uygurca Altun Yaruk</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>69</v>
+        <v>193</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789751749055</t>
+          <t>9789751749079</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Göktürk Yazısıyla Oluşturulmuş Uygur Kağanlığı Yazıtlarının Metin Dil Bilimsel İncelenmesi</t>
+          <t>Halaç Türkçesi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>90</v>
+        <v>69</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789751745576</t>
+          <t>9789751749055</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Türkçesi Grameri</t>
+          <t>Göktürk Yazısıyla Oluşturulmuş Uygur Kağanlığı Yazıtlarının Metin Dil Bilimsel İncelenmesi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>420</v>
+        <v>90</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789751745392</t>
+          <t>9789751745576</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Fellah</t>
+          <t>Türkmen Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>10</v>
+        <v>420</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>3990000007198</t>
+          <t>9789751745392</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Bahar 1999/ 7. Sayı, 1999</t>
+          <t>Hüseyin Fellah</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>3990000007197</t>
+          <t>3990000007198</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Bahar 2000/ 9. Sayı - 2000</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Bahar 1999/ 7. Sayı, 1999</t>
         </is>
       </c>
       <c r="C715" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789751745347</t>
+          <t>3990000007197</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Bahar 2000/ 9. Sayı - 2000</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>420</v>
+        <v>4</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>3990000151933</t>
+          <t>9789751745347</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Bahar 2018/ 47. Sayı 2019</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>10</v>
+        <v>420</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>3990000151932</t>
+          <t>3990000151933</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Güz 2018/ 46. Sayı 2018</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Bahar 2018/ 47. Sayı 2019</t>
         </is>
       </c>
       <c r="C718" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789751747181</t>
+          <t>3990000151932</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Arapça / Arapça - Türkçe Karşılıklar Kılavuzu (Ciltli)</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Güz 2018/ 46. Sayı 2018</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>3990000074046</t>
+          <t>9789751747181</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 62. Cİlt - 2. Sayı 2014 / Kış</t>
+          <t>Türkçe - Arapça / Arapça - Türkçe Karşılıklar Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>3990000095505</t>
+          <t>3990000074046</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 37 Bahar 2014</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 62. Cİlt - 2. Sayı 2014 / Kış</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>3990000095504</t>
+          <t>3990000095505</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 38 Güz 2014</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 37 Bahar 2014</t>
         </is>
       </c>
       <c r="C722" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>3990000047287</t>
+          <t>3990000095504</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 833 Mayıs 2021</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 38 Güz 2014</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789751748164</t>
+          <t>3990000047287</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Türk Yazı Dilleri ve Lehçelerinde Yansımalı Fiillerin Yapısı</t>
+          <t>Türk Dili Dergisi Sayı: 833 Mayıs 2021</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>80</v>
+        <v>12</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>3990000021834</t>
+          <t>9789751748164</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 17 Bahar 2004</t>
+          <t>Türk Yazı Dilleri ve Lehçelerinde Yansımalı Fiillerin Yapısı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>3990000021833</t>
+          <t>3990000021834</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 752 Ağustos 2014</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 17 Bahar 2004</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>3990000021832</t>
+          <t>3990000021833</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 751 Temmuz 2014</t>
+          <t>Türk Dili Dergisi Sayı: 752 Ağustos 2014</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>3990000011832</t>
+          <t>3990000021832</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 779 Yıl: 66 Kasım 2016</t>
+          <t>Türk Dili Dergisi Sayı: 751 Temmuz 2014</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>3990000021831</t>
+          <t>3990000011832</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 780 Yıl: 66 Aralık 2016</t>
+          <t>Türk Dili Dergisi Sayı: 779 Yıl: 66 Kasım 2016</t>
         </is>
       </c>
       <c r="C729" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>3990000011831</t>
+          <t>3990000021831</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 783 Yıl: 67 Mart 2017</t>
+          <t>Türk Dili Dergisi Sayı: 780 Yıl: 66 Aralık 2016</t>
         </is>
       </c>
       <c r="C730" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>3990000002831</t>
+          <t>3990000011831</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 769 Yıl: 65 Ocak 2016</t>
+          <t>Türk Dili Dergisi Sayı: 783 Yıl: 67 Mart 2017</t>
         </is>
       </c>
       <c r="C731" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>3990000002830</t>
+          <t>3990000002831</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 786 Yıl: 67 Haziran 2017</t>
+          <t>Türk Dili Dergisi Sayı: 769 Yıl: 65 Ocak 2016</t>
         </is>
       </c>
       <c r="C732" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789751747174</t>
+          <t>3990000002830</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Antoine Meillet'den Seçme Makaleler</t>
+          <t>Türk Dili Dergisi Sayı: 786 Yıl: 67 Haziran 2017</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>2130412175183</t>
+          <t>9789751747174</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Arpaçay Köylerinden Derlemeler</t>
+          <t>Antoine Meillet'den Seçme Makaleler</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>4</v>
+        <v>90</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789751616111</t>
+          <t>2130412175183</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Arnavutlar Solyotlar / Demir Bey Yahut İnkişaf-ı Esrar / Fenni Bir Roman Yahut Amerika Doktorları</t>
+          <t>Arpaçay Köylerinden Derlemeler</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>9</v>
+        <v>4</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789751625526</t>
+          <t>9789751616111</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Ankara Örneğinde Ağızların Belgelenmesi</t>
+          <t>Arnavutlar Solyotlar / Demir Bey Yahut İnkişaf-ı Esrar / Fenni Bir Roman Yahut Amerika Doktorları</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>50</v>
+        <v>9</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>3990000131264</t>
+          <t>9789751625526</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 784 Yıl: 67 Nisan 2017</t>
+          <t>Ankara Örneğinde Ağızların Belgelenmesi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>7</v>
+        <v>50</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>3990000044419</t>
+          <t>3990000131264</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 824 Ağustos 2020</t>
+          <t>Türk Dili Dergisi Sayı: 784 Yıl: 67 Nisan 2017</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789751742872</t>
+          <t>3990000044419</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Klasik Edebiyat Bilgisi</t>
+          <t>Türk Dili Dergisi Sayı: 824 Ağustos 2020</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789751743978</t>
+          <t>9789751742872</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük'te Eş Dizimli Ögelerin Sunumu ve Görünümleri</t>
+          <t>Klasik Edebiyat Bilgisi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>3990000098512</t>
+          <t>9789751743978</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 818 Şubat 2020</t>
+          <t>Türkçe Sözlük'te Eş Dizimli Ögelerin Sunumu ve Görünümleri</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>8</v>
+        <v>60</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>3990000088512</t>
+          <t>3990000098512</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 819 Mart 2020</t>
+          <t>Türk Dili Dergisi Sayı: 818 Şubat 2020</t>
         </is>
       </c>
       <c r="C742" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789751749253</t>
+          <t>3990000088512</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti Grup Tutanakları (1950) (Ciltli)</t>
+          <t>Türk Dili Dergisi Sayı: 819 Mart 2020</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>90</v>
+        <v>8</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789751748980</t>
+          <t>9789751749253</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Arap Lehçelerindeki Türkçe Kelimeler</t>
+          <t>Demokrat Parti Grup Tutanakları (1950) (Ciltli)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>18</v>
+        <v>90</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>3990000083564</t>
+          <t>9789751748980</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı:151 Temmuz 2021</t>
+          <t>Arap Lehçelerindeki Türkçe Kelimeler</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>3990000000416</t>
+          <t>3990000083564</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 835 Temmuz 2021</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı:151 Temmuz 2021</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>3990000000422</t>
+          <t>3990000000416</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 837 Eylül 2021 - (Yunus Emre ve Türkçe Özel Bölümü)</t>
+          <t>Türk Dili Dergisi Sayı: 835 Temmuz 2021</t>
         </is>
       </c>
       <c r="C747" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>3990000009319</t>
+          <t>3990000000422</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Sözlüğü</t>
+          <t>Türk Dili Dergisi Sayı: 837 Eylül 2021 - (Yunus Emre ve Türkçe Özel Bölümü)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>3990000008045</t>
+          <t>3990000009319</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2000</t>
+          <t>Anayasa Sözlüğü</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>3990000009310</t>
+          <t>3990000008045</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1999 / 1- 2</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2000</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>18</v>
+        <v>15</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>3990000000414</t>
+          <t>3990000009310</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 836 Ağustos 2021</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1999 / 1- 2</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>3990000009311</t>
+          <t>3990000000414</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1998 / 2</t>
+          <t>Türk Dili Dergisi Sayı: 836 Ağustos 2021</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>3990000009298</t>
+          <t>3990000009311</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1998 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1998 / 2</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>3990000009302</t>
+          <t>3990000009298</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1997</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1998 / 1</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789751631770</t>
+          <t>3990000009302</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Dresden Nüshası  2.Cilt</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1997</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>65</v>
+        <v>6</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>3990000012065</t>
+          <t>9789751631770</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Musa Bin Hacı Hüseyin El-İzniki Münebbihü’r-Rakin Giriş, İnceleme, Tenkitli Metin  2.Cilt</t>
+          <t>Dede Korkut Dresden Nüshası  2.Cilt</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>3990000095209</t>
+          <t>3990000012065</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Derviş Muhammed Yemini Fazilet - Name Cilt: 1</t>
+          <t>Musa Bin Hacı Hüseyin El-İzniki Münebbihü’r-Rakin Giriş, İnceleme, Tenkitli Metin  2.Cilt</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789751748119</t>
+          <t>3990000095209</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Derviş Muhammed Yemini Fazilet - Name Cilt: 1</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>60</v>
+        <v>13</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789751748188</t>
+          <t>9789751748119</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Özbek Destanları 7</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789751612595</t>
+          <t>9789751748188</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Malatya İli Ağızları</t>
+          <t>Özbek Destanları 7</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>92</v>
+        <v>30</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789751748225</t>
+          <t>9789751612595</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Dillik Ölçütlere Göre Eski Uygurca Metinlerin Tarihlendirilmesi</t>
+          <t>Malatya İli Ağızları</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>130</v>
+        <v>92</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789751748126</t>
+          <t>9789751748225</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Altun Yaruk Sudur 10. Kitap</t>
+          <t>Dillik Ölçütlere Göre Eski Uygurca Metinlerin Tarihlendirilmesi</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>106</v>
+        <v>130</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789751628237</t>
+          <t>9789751748126</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Gelibolu Mustafa Ali Çalıştay Bildirileri</t>
+          <t>Altun Yaruk Sudur 10. Kitap</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>50</v>
+        <v>106</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789751628244</t>
+          <t>9789751628237</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Şair Ömer Seyfettin</t>
+          <t>Uluslararası Gelibolu Mustafa Ali Çalıştay Bildirileri</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>3990000009309</t>
+          <t>9789751628244</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1994</t>
+          <t>Şair Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>4</v>
+        <v>60</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789751748171</t>
+          <t>3990000009309</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Sagay Destanları - Ay Tolızı</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1994</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>46</v>
+        <v>4</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789751748102</t>
+          <t>9789751748171</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Mevludu'n-Nebi</t>
+          <t>Sagay Destanları - Ay Tolızı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789751748195</t>
+          <t>9789751748102</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Moğol Dili Grameri</t>
+          <t>Mevludu'n-Nebi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>3990000099034</t>
+          <t>9789751748195</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Dresden Nüshası 1.Cilt</t>
+          <t>Moğol Dili Grameri</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>3990000031716</t>
+          <t>3990000099034</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 829 Ocak 2021</t>
+          <t>Dede Korkut Dresden Nüshası 1.Cilt</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>12</v>
+        <v>65</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>3990003068750</t>
+          <t>3990000031716</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 831 Mart 2021</t>
+          <t>Türk Dili Dergisi Sayı: 829 Ocak 2021</t>
         </is>
       </c>
       <c r="C771" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>3991772033952</t>
+          <t>3990003068750</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Eylül 2018 Yıl: 68 Sayı: 801</t>
+          <t>Türk Dili Dergisi Sayı: 831 Mart 2021</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>3991772033951</t>
+          <t>3991772033952</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Kasım 2017 Yıl: 68 Sayı: 791</t>
+          <t>Türk Dili Dergisi Eylül 2018 Yıl: 68 Sayı: 801</t>
         </is>
       </c>
       <c r="C773" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789751746337</t>
+          <t>3991772033951</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Nevres-i Kadim - Münşeat</t>
+          <t>Türk Dili Dergisi Kasım 2017 Yıl: 68 Sayı: 791</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>72</v>
+        <v>7</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789751746351</t>
+          <t>9789751746337</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Sıklıktaki Adlar: Zaman Sözcük Biçimi Üzerine Derlem Temelli Bir İnceleme</t>
+          <t>Nevres-i Kadim - Münşeat</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>60</v>
+        <v>72</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789751746399</t>
+          <t>9789751746351</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Eczacılık ve Tıp Terimleri Sözlüğü</t>
+          <t>Yüksek Sıklıktaki Adlar: Zaman Sözcük Biçimi Üzerine Derlem Temelli Bir İnceleme</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789751746375</t>
+          <t>9789751746399</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Türk Kahramanlık Destanları 3 - 4. Bölüm</t>
+          <t>Eski Anadolu Türkçesi Eczacılık ve Tıp Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789751746344</t>
+          <t>9789751746375</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Ön Adlarla Adların Birliktelik Kullanımı ve Eş Dizimi Sözlüğü</t>
+          <t>Türk Kahramanlık Destanları 3 - 4. Bölüm</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789751746368</t>
+          <t>9789751746344</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Urmiye Ağzı Ses ve Biçim Bilgisi</t>
+          <t>Türkiye Türkçesinde Ön Adlarla Adların Birliktelik Kullanımı ve Eş Dizimi Sözlüğü</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789751619419</t>
+          <t>9789751746368</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşundan Günümüze Türk Dil Kurumu</t>
+          <t>Urmiye Ağzı Ses ve Biçim Bilgisi</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789751623850</t>
+          <t>9789751619419</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Kumuk Türkçesi Sözlüğü</t>
+          <t>Kuruluşundan Günümüze Türk Dil Kurumu</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>3990000003951</t>
+          <t>9789751623850</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Korkut Ata</t>
+          <t>Kumuk Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789751623744</t>
+          <t>3990000003951</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Klasik Osmanlı Türkçesinde Eklerin Ses Düzeni</t>
+          <t>Korkut Ata</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>54</v>
+        <v>3</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>3990000003844</t>
+          <t>9789751623744</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mecmu-ı Tercüman-ı Türki ve Acemi ve Mugali</t>
+          <t>Klasik Osmanlı Türkçesinde Eklerin Ses Düzeni</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>4</v>
+        <v>54</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789751606983</t>
+          <t>3990000003844</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Gunya</t>
+          <t>Kitab-ı Mecmu-ı Tercüman-ı Türki ve Acemi ve Mugali</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>108</v>
+        <v>4</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789751621962</t>
+          <t>9789751606983</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Baz-Name-i Padişahi</t>
+          <t>Kitab-ı Gunya</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>30</v>
+        <v>108</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789751621535</t>
+          <t>9789751621962</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Kimya Terimleri Sözlüğü (Ciltli)</t>
+          <t>Kitab-ı Baz-Name-i Padişahi</t>
         </is>
       </c>
       <c r="C787" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>3990000006447</t>
+          <t>9789751621535</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kız Destanı</t>
+          <t>Kimya Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>3</v>
+        <v>30</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>3990000004711</t>
+          <t>3990000006447</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Kısasü'l Enbiya 2. Cilt</t>
+          <t>Kız Destanı</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>3990000004710</t>
+          <t>3990000004711</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Kısasü’l Enbiya 1. Cilt</t>
+          <t>Kısasü'l Enbiya 2. Cilt</t>
         </is>
       </c>
       <c r="C790" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789751625502</t>
+          <t>3990000004710</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Kısas-ı Enbiya</t>
+          <t>Kısasü’l Enbiya 1. Cilt</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789751744036</t>
+          <t>9789751625502</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kırşehir ve Yöresi Ağızları</t>
+          <t>Kısas-ı Enbiya</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>62</v>
+        <v>90</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789751614872</t>
+          <t>9789751744036</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kırımlı Bekir Sıdkı Çobanzade</t>
+          <t>Kırşehir ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>10</v>
+        <v>62</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>3990000006905</t>
+          <t>9789751614872</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kırım Tatarcasında Yapım Ekleri</t>
+          <t>Kırımlı Bekir Sıdkı Çobanzade</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>3990000013603</t>
+          <t>3990000006905</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kırım Tatar Şarkıları</t>
+          <t>Kırım Tatarcasında Yapım Ekleri</t>
         </is>
       </c>
       <c r="C795" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789751621191</t>
+          <t>3990000013603</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kırım Tatar İlm-i Sarfı</t>
+          <t>Kırım Tatar Şarkıları</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789751623065</t>
+          <t>9789751621191</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesinde Tasvir Filleri</t>
+          <t>Kırım Tatar İlm-i Sarfı</t>
         </is>
       </c>
       <c r="C797" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789751617194</t>
+          <t>9789751623065</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesinde Sıfat Fiil Ekleri</t>
+          <t>Kırgız Türkçesinde Tasvir Filleri</t>
         </is>
       </c>
       <c r="C798" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789751609809</t>
+          <t>9789751617194</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Sözlüğü (Ciltli)</t>
+          <t>Kırgız Türkçesinde Sıfat Fiil Ekleri</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789751622686</t>
+          <t>9789751609809</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 9</t>
+          <t>Kırgız Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789751622402</t>
+          <t>9789751622686</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 8</t>
+          <t>Kırgız Destanları 9</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>16</v>
+        <v>30</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789751621573</t>
+          <t>9789751622402</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 7</t>
+          <t>Kırgız Destanları 8</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>45</v>
+        <v>16</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789751619426</t>
+          <t>9789751621573</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 6</t>
+          <t>Kırgız Destanları 7</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>22</v>
+        <v>45</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789751619501</t>
+          <t>9789751619426</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 5</t>
+          <t>Kırgız Destanları 6</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789751621139</t>
+          <t>9789751619501</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 4</t>
+          <t>Kırgız Destanları 5</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789751619433</t>
+          <t>9789751621139</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 3</t>
+          <t>Kırgız Destanları 4</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789751619358</t>
+          <t>9789751619433</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 2</t>
+          <t>Kırgız Destanları 3</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>3990000015575</t>
+          <t>9789751619358</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 10</t>
+          <t>Kırgız Destanları 2</t>
         </is>
       </c>
       <c r="C808" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789751615961</t>
+          <t>3990000015575</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Atasözleri</t>
+          <t>Kırgız Destanları 10</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789751616746</t>
+          <t>9789751615961</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Türkçesi Sözlüğü</t>
+          <t>Kırgız Atasözleri</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>56</v>
+        <v>38</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>3990000004171</t>
+          <t>9789751616746</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Keban, Baskil ve Ağın Yöresi Ağızları</t>
+          <t>Kıpçak Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>3</v>
+        <v>56</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789751621511</t>
+          <t>3990000004171</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Kazan - Tatar Türkçesi Sözlüğü</t>
+          <t>Keban, Baskil ve Ağın Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>470</v>
+        <v>3</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789751616425</t>
+          <t>9789751621511</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türklerinde Kişi Adları</t>
+          <t>Kazan - Tatar Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>3</v>
+        <v>470</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789751623751</t>
+          <t>9789751616425</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 8: Alpamıs ve Kambar Batır</t>
+          <t>Kazak Türklerinde Kişi Adları</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789751622679</t>
+          <t>9789751623751</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 7</t>
+          <t>Kazak Destanları 8: Alpamıs ve Kambar Batır</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789751621207</t>
+          <t>9789751622679</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 6</t>
+          <t>Kazak Destanları 7</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>3990051622662</t>
+          <t>9789751621207</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 5</t>
+          <t>Kazak Destanları 6</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789751619990</t>
+          <t>3990051622662</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 4</t>
+          <t>Kazak Destanları 5</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789751619464</t>
+          <t>9789751619990</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 3</t>
+          <t>Kazak Destanları 4</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789751619471</t>
+          <t>9789751619464</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 2</t>
+          <t>Kazak Destanları 3</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>27</v>
+        <v>9</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789751619655</t>
+          <t>9789751619471</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları 1</t>
+          <t>Kazak Destanları 2</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>40</v>
+        <v>27</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789751607805</t>
+          <t>9789751619655</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Türkçesi Grameri</t>
+          <t>Kazak Destanları 1</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789751617378</t>
+          <t>9789751607805</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Türkçesi - Türkçe İlk Kur’an Tercümesi</t>
+          <t>Karahanlı Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>3990000013102</t>
+          <t>9789751617378</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Karaçay - Malkar Türkçesi Sözlüğü</t>
+          <t>Karahanlı Türkçesi - Türkçe İlk Kur’an Tercümesi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789751616883</t>
+          <t>3990000013102</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Karaçay-Malkar Destanları</t>
+          <t>Karaçay - Malkar Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C825" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789751622693</t>
+          <t>9789751616883</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Kamus-ı Turki</t>
+          <t>Karaçay-Malkar Destanları</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>357</v>
+        <v>8</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789751612472</t>
+          <t>9789751622693</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’daki Göktürk (Runik) İşaretli Yazıtlar (Ciltli)</t>
+          <t>Kamus-ı Turki</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>58</v>
+        <v>357</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789751622068</t>
+          <t>9789751612472</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya’da Kültürel Etkileşim</t>
+          <t>Kafkasya’daki Göktürk (Runik) İşaretli Yazıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>50</v>
+        <v>58</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>3990000095749</t>
+          <t>9789751622068</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>İyi ve Kötü Prens Öyküsü</t>
+          <t>Kafkasya’da Kültürel Etkileşim</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>16</v>
+        <v>50</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>3990000012140</t>
+          <t>3990000095749</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>İrşadü’l-Mülük Ve’s-Selatin</t>
+          <t>İyi ve Kötü Prens Öyküsü</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789751619457</t>
+          <t>3990000012140</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Karakalpak Destanları: Kırk Kız Destanı</t>
+          <t>İrşadü’l-Mülük Ve’s-Selatin</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>24</v>
+        <v>5</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789751618986</t>
+          <t>9789751619457</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Sarf-ı Türki</t>
+          <t>Karakalpak Destanları: Kırk Kız Destanı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789751616791</t>
+          <t>9789751618986</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>İkinci Seneye Mahsus Mufassal Yeni Sarf-ı Osmani</t>
+          <t>İlm-i Sarf-ı Türki</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>3990000002167</t>
+          <t>9789751616791</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>İki Dilin Karşılaştırılması</t>
+          <t>İkinci Seneye Mahsus Mufassal Yeni Sarf-ı Osmani</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>24</v>
+        <v>50</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>3990000013657</t>
+          <t>3990000002167</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>İbni-Mühenna Lugati</t>
+          <t>İki Dilin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>2</v>
+        <v>24</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789751625533</t>
+          <t>3990000013657</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Irk Bitig</t>
+          <t>İbni-Mühenna Lugati</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>46</v>
+        <v>2</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>3990000006646</t>
+          <t>9789751625533</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Türkçesi</t>
+          <t>Irk Bitig</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>4</v>
+        <v>46</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789751619020</t>
+          <t>3990000006646</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Heves-Name</t>
+          <t>Irak Türkmen Türkçesi</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>31</v>
+        <v>4</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789751619051</t>
+          <t>9789751619020</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Türk Lehçeleri Grameri 1</t>
+          <t>Heves-Name</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>26</v>
+        <v>31</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789751609755</t>
+          <t>9789751619051</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Dil</t>
+          <t>Karşılaştırmalı Türk Lehçeleri Grameri 1</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>80</v>
+        <v>26</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>3990000004242</t>
+          <t>9789751609755</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Henüz 17 Yaşında / Acayib-i Alem / Dürdane Hanım</t>
+          <t>Her Yönüyle Dil</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>6</v>
+        <v>80</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>3990000004246</t>
+          <t>3990000004242</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Hayret - Bahtiyarlık</t>
+          <t>Henüz 17 Yaşında / Acayib-i Alem / Dürdane Hanım</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789751616180</t>
+          <t>3990000004246</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Haydut Montari - Diplomalı Kız - Gürcü Kızı Yahut İntikam - Rikalda Yahut Amerika’da Vahşet Alemi</t>
+          <t>Hayret - Bahtiyarlık</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789751616012</t>
+          <t>9789751616180</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Haydar Baba’ya Selam</t>
+          <t>Haydut Montari - Diplomalı Kız - Gürcü Kızı Yahut İntikam - Rikalda Yahut Amerika’da Vahşet Alemi</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>3</v>
+        <v>13</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>3990000004241</t>
+          <t>9789751616012</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Hasan Mellah Yahut Sır İçinde Esrar</t>
+          <t>Haydar Baba’ya Selam</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>3990000009325</t>
+          <t>3990000004241</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Hasan Eren Armağanı</t>
+          <t>Hasan Mellah Yahut Sır İçinde Esrar</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>3990000012139</t>
+          <t>3990000009325</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Harezmli Hafız’ın Divanı</t>
+          <t>Hasan Eren Armağanı</t>
         </is>
       </c>
       <c r="C847" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789751615268</t>
+          <t>3990000012139</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Kars İli Ağızları</t>
+          <t>Harezmli Hafız’ın Divanı</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789751607829</t>
+          <t>9789751615268</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Harezm, Kıpçak ve Çağatay Türkçesi Üzerine Araştırmalar</t>
+          <t>Kars İli Ağızları</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>3990000020222</t>
+          <t>9789751607829</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Halk Dilinde Sağlık Deyişleri Sözlüğü</t>
+          <t>Harezm, Kıpçak ve Çağatay Türkçesi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789751607973</t>
+          <t>3990000020222</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Halk Bilimi Yöntemi</t>
+          <t>Halk Dilinde Sağlık Deyişleri Sözlüğü</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789751620040</t>
+          <t>9789751607973</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Hakasça - Türkçe Sözlük</t>
+          <t>Halk Bilimi Yöntemi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>26</v>
+        <v>5</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789751624314</t>
+          <t>9789751620040</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Hakas Destanları 3 - Han Orba</t>
+          <t>Hakasça - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>50</v>
+        <v>26</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789751620453</t>
+          <t>9789751624314</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Hakas Destanları 2 (Kara Kuzgun)</t>
+          <t>Hakas Destanları 3 - Han Orba</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789751619334</t>
+          <t>9789751620453</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Hakas Destanları 1</t>
+          <t>Hakas Destanları 2 (Kara Kuzgun)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789751609106</t>
+          <t>9789751619334</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar - Röportajlar</t>
+          <t>Hakas Destanları 1</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9751608007977</t>
+          <t>9789751609106</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar - Oğuz’dan Bugüne</t>
+          <t>Güzel Yazılar - Röportajlar</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789751609120</t>
+          <t>9751608007977</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar - Mektuplar</t>
+          <t>Güzel Yazılar - Oğuz’dan Bugüne</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789751608031</t>
+          <t>9789751609120</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar - Kısa Oyunlar</t>
+          <t>Güzel Yazılar - Mektuplar</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789751608017</t>
+          <t>9789751608031</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar - Hikayeler (2 Kitap Takım)</t>
+          <t>Güzel Yazılar - Kısa Oyunlar</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>80</v>
+        <v>6</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>3990000009296</t>
+          <t>9789751608017</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar - Gezi-Hatıra</t>
+          <t>Güzel Yazılar - Hikayeler (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>10</v>
+        <v>80</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789751611598</t>
+          <t>3990000009296</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yazılar - Denemeler</t>
+          <t>Güzel Yazılar - Gezi-Hatıra</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789751623584</t>
+          <t>9789751611598</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Güzel Türkçe Bulmacalar</t>
+          <t>Güzel Yazılar - Denemeler</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789751623072</t>
+          <t>9789751623584</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Gürcüce - Türkçe Sözlük (Ciltli)</t>
+          <t>Güzel Türkçe Bulmacalar</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>3990000004174</t>
+          <t>9789751623072</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Güney Doğu İllerimiz Ağızlarından Toplamalar</t>
+          <t>Gürcüce - Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789751615589</t>
+          <t>3990000004174</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Güneydoğu Anadolu’dan Aşık Hikayeleri</t>
+          <t>Güney Doğu İllerimiz Ağızlarından Toplamalar</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>3990000013587</t>
+          <t>9789751615589</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Güney-Batı Anadolu Ağızları</t>
+          <t>Güneydoğu Anadolu’dan Aşık Hikayeleri</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789751605016</t>
+          <t>3990000013587</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Gramer Terimleri Sözlüğü</t>
+          <t>Güney-Batı Anadolu Ağızları</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789751619594</t>
+          <t>9789751605016</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Geometri (Ciltli)</t>
+          <t>Gramer Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>76</v>
+        <v>8</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>3990000014437</t>
+          <t>9789751619594</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Gülistan Tercümesi</t>
+          <t>Geometri (Ciltli)</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>4</v>
+        <v>76</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>3990000009299</t>
+          <t>3990000014437</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalemler Dergisi</t>
+          <t>Gülistan Tercümesi</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>28</v>
+        <v>4</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789751624284</t>
+          <t>3990000009299</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Gelibolulu Mustafa Ali - Hilyetü’r-Rical ve Söz Varlığı</t>
+          <t>Genç Kalemler Dergisi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789751620293</t>
+          <t>9789751624284</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Gaspıralı İsmail Bey’den Atatürk’e Türk Dünyasında Dil ve Kültür Birliği</t>
+          <t>Gelibolulu Mustafa Ali - Hilyetü’r-Rical ve Söz Varlığı</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>3990000004610</t>
+          <t>9789751620293</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Garib-name 2 (Büyük Boy)</t>
+          <t>Gaspıralı İsmail Bey’den Atatürk’e Türk Dünyasında Dil ve Kültür Birliği</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>150</v>
+        <v>14</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>3990000004609</t>
+          <t>3990000004610</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Garib-name 1 (Büyük Boy) (Ciltli)</t>
+          <t>Garib-name 2 (Büyük Boy)</t>
         </is>
       </c>
       <c r="C875" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>3990000004608</t>
+          <t>3990000004609</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Garib-name (4 Kitap Takım)</t>
+          <t>Garib-name 1 (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>3990000004611</t>
+          <t>3990000004608</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Garib-name (2-2 Cilt)</t>
+          <t>Garib-name (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>3990000004612</t>
+          <t>3990000004611</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Garib-name (2-1 Cilt)</t>
+          <t>Garib-name (2-2 Cilt)</t>
         </is>
       </c>
       <c r="C878" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>3990000004607</t>
+          <t>3990000004612</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Garib-name (1-2 Cilt)</t>
+          <t>Garib-name (2-1 Cilt)</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>3990000004613</t>
+          <t>3990000004607</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Garib-name (1-1 Cilt)</t>
+          <t>Garib-name (1-2 Cilt)</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789751616173</t>
+          <t>3990000004613</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Gara’ibü’ş-Şıgar</t>
+          <t>Garib-name (1-1 Cilt)</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>15</v>
+        <v>80</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789751623126</t>
+          <t>9789751616173</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Gagavuz Türkçesi Araştırmaları Bilgi Şöleni</t>
+          <t>Gara’ibü’ş-Şıgar</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789751619440</t>
+          <t>9789751623126</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Gagavuz Destanları</t>
+          <t>Gagavuz Türkçesi Araştırmaları Bilgi Şöleni</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>3990000004441</t>
+          <t>9789751619440</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Fevayidü'l-Kiber</t>
+          <t>Gagavuz Destanları</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9751605644007</t>
+          <t>3990000004441</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Ferhad ü Şirin</t>
+          <t>Fevayidü'l-Kiber</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>32</v>
+        <v>4</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>3990000011218</t>
+          <t>9751605644007</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesine Göre 17. Yüzyılda Ses Değişmeleri</t>
+          <t>Ferhad ü Şirin</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>4</v>
+        <v>32</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>3990000006598</t>
+          <t>3990000011218</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesine Göre 17. Yüzyıl Osmanlı Türkçesinde Ses Benzeşmeleri ve Uyumlar</t>
+          <t>Evliya Çelebi Seyahatnamesine Göre 17. Yüzyılda Ses Değişmeleri</t>
         </is>
       </c>
       <c r="C887" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789751615053</t>
+          <t>3990000006598</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Etmek Fiiliyle Yapılan Birleşik Fiiller ve Tamlayıcılarla Kullanılışı</t>
+          <t>Evliya Çelebi Seyahatnamesine Göre 17. Yüzyıl Osmanlı Türkçesinde Ses Benzeşmeleri ve Uyumlar</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>42</v>
+        <v>4</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789751620828</t>
+          <t>9789751615053</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Eskişehir İli Mihalıççık İlçesi ve Yöresi Ağızları</t>
+          <t>Etmek Fiiliyle Yapılan Birleşik Fiiller ve Tamlayıcılarla Kullanılışı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>60</v>
+        <v>42</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789751623737</t>
+          <t>9789751620828</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesi Sözlüğü</t>
+          <t>Eskişehir İli Mihalıççık İlçesi ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>78</v>
+        <v>60</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789751625106</t>
+          <t>9789751623737</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesi Grameri (Ciltli)</t>
+          <t>Eski Uygur Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>198</v>
+        <v>78</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789751616876</t>
+          <t>9789751625106</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkiye Türkçesinde Edatlar, Bağlaçlar, Ünlemler ve Zarf Filler</t>
+          <t>Eski Uygur Türkçesi Grameri (Ciltli)</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>30</v>
+        <v>198</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789751606952</t>
+          <t>9789751616876</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçenin Grameri</t>
+          <t>Eski Türkiye Türkçesinde Edatlar, Bağlaçlar, Ünlemler ve Zarf Filler</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>4</v>
+        <v>30</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789751620309</t>
+          <t>9789751606952</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçeden Eski Anadolu Türkçesine Anlam Değişmeleri</t>
+          <t>Eski Türkçenin Grameri</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>60</v>
+        <v>4</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9751606012973</t>
+          <t>9789751620309</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Yazıtları</t>
+          <t>Eski Türkçeden Eski Anadolu Türkçesine Anlam Değişmeleri</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>24</v>
+        <v>60</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789751620996</t>
+          <t>9751606012973</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Edebiyatı Makaleleri</t>
+          <t>Eski Türk Yazıtları</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>60</v>
+        <v>24</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789751624260</t>
+          <t>9789751620996</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Dünyasında Kronoloji Yöntemleri</t>
+          <t>Eski Türk Edebiyatı Makaleleri</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>3990000033922</t>
+          <t>9789751624260</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Eski Mektuplar - Altın Aşıkları - Mesail-i Muğlaka - Jön Türk</t>
+          <t>Eski Türk Dünyasında Kronoloji Yöntemleri</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>9</v>
+        <v>54</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789751608505</t>
+          <t>3990000033922</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesinde Ekler</t>
+          <t>Eski Mektuplar - Altın Aşıkları - Mesail-i Muğlaka - Jön Türk</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>40</v>
+        <v>9</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>3990000005605</t>
+          <t>9789751608505</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Erzurum İli Ağızları (3 Kitap Takım)</t>
+          <t>Eski Anadolu Türkçesinde Ekler</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789751621801</t>
+          <t>3990000005605</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Ermeniceden Türkçeye Mükemmel Lügat (Tıpkı Basım) (Ciltli)</t>
+          <t>Erzurum İli Ağızları (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>70</v>
+        <v>9</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>3990000013678</t>
+          <t>9789751621801</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Emsile-i Türkiye</t>
+          <t>Ermeniceden Türkçeye Mükemmel Lügat (Tıpkı Basım) (Ciltli)</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>4</v>
+        <v>70</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>3990000003845</t>
+          <t>3990000013678</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>El-Kavaninü’l-Külliyye Li-Zabti’l-lügati’t-Türkiyye</t>
+          <t>Emsile-i Türkiye</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789751620255</t>
+          <t>3990000003845</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Yöresi Söz Varlığı</t>
+          <t>El-Kavaninü’l-Külliyye Li-Zabti’l-lügati’t-Türkiyye</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>3990000013059</t>
+          <t>9789751620255</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Elazığ Yöresi Ağızlarından Derlemeler 1</t>
+          <t>Elazığ Yöresi Söz Varlığı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789751619518</t>
+          <t>3990000013059</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Edviye-i Müfrede</t>
+          <t>Elazığ Yöresi Ağızlarından Derlemeler 1</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>3990000005688</t>
+          <t>9789751619518</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Edirne İli Ağızları</t>
+          <t>Edviye-i Müfrede</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789751625571</t>
+          <t>3990000005688</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Edhem Rahimoğlu Tenişev Doğumunun 90. Yılına Armağan</t>
+          <t>Edirne İli Ağızları</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>3990000005441</t>
+          <t>9789751625571</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Atasözleri</t>
+          <t>Edhem Rahimoğlu Tenişev Doğumunun 90. Yılına Armağan</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789751615275</t>
+          <t>3990000005441</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Doğu Avrupa'daki Göktürk (Runik) İşaretli Yazıtlar (Ciltli)</t>
+          <t>Edebiyatımızda Atasözleri</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>74</v>
+        <v>12</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9799751614840</t>
+          <t>9789751615275</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır İli Çüngüş ve Çermik Yöresi Ağzı</t>
+          <t>Doğu Avrupa'daki Göktürk (Runik) İşaretli Yazıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>6</v>
+        <v>74</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9751606799973</t>
+          <t>9799751614840</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Ağzı</t>
+          <t>Diyarbakır İli Çüngüş ve Çermik Yöresi Ağzı</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>3990000010588</t>
+          <t>9751606799973</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugati’t-Türk Tercümesi (4 Cilt Takım)</t>
+          <t>Diyarbakır Ağzı</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>3990000010725</t>
+          <t>3990000010588</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Dil Yazıları</t>
+          <t>Divanü Lugati’t-Türk Tercümesi (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>3990000012989</t>
+          <t>3990000010725</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret Dil ve Edebiyat Yazıları</t>
+          <t>Dil Yazıları</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>3990000003871</t>
+          <t>3990000012989</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Dil Tartışmalarında Gerçekler 1</t>
+          <t>Tevfik Fikret Dil ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>1</v>
+        <v>34</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>3990000025771</t>
+          <t>3990000003871</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Dil Denen Mucize</t>
+          <t>Dil Tartışmalarında Gerçekler 1</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789751620859</t>
+          <t>3990000025771</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Dil Biliminin Esasları</t>
+          <t>Dil Denen Mucize</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>116</v>
+        <v>12</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>3990000012079</t>
+          <t>9789751620859</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilimi Yazıları</t>
+          <t>Dil Biliminin Esasları</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>10</v>
+        <v>116</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>3990000013023</t>
+          <t>3990000012079</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Derleme Sözlüğü ve Kavramlar Dizini (3 Cilt Takım)</t>
+          <t>Dil Bilimi Yazıları</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789751615985</t>
+          <t>3990000013023</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Dedem Qorqud’un Dilinden Sazımın Sözü 2</t>
+          <t>Derleme Sözlüğü ve Kavramlar Dizini (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789751616005</t>
+          <t>9789751615985</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Dedem Qorqud’un Dilinden Qardaş Andı - 2</t>
+          <t>Dedem Qorqud’un Dilinden Sazımın Sözü 2</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789751615992</t>
+          <t>9789751616005</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Dedem Qorqud’un Dilinden Qardaş Andı - 1</t>
+          <t>Dedem Qorqud’un Dilinden Qardaş Andı - 2</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789751615978</t>
+          <t>9789751615992</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Dedem Qorqud’un Dilinden - Sazımın Sözü 1</t>
+          <t>Dedem Qorqud’un Dilinden Qardaş Andı - 1</t>
         </is>
       </c>
       <c r="C924" s="1">
         <v>13</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789751606006</t>
+          <t>9789751615978</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı - 1</t>
+          <t>Dedem Qorqud’un Dilinden - Sazımın Sözü 1</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9799751614864</t>
+          <t>9789751606006</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri Üzerine Söz Dizimi Bakımından Bir İnceleme</t>
+          <t>Dede Korkut Kitabı - 1</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>3990000005695</t>
+          <t>9799751614864</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Çuvaşça Çok Zamanlı Ses Bilgisi</t>
+          <t>Dede Korkut Hikayeleri Üzerine Söz Dizimi Bakımından Bir İnceleme</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789751621580</t>
+          <t>3990000005695</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Çuvaş Alp Hikayeleri</t>
+          <t>Çuvaşça Çok Zamanlı Ses Bilgisi</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>3990000015006</t>
+          <t>9789751621580</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Çin'deki Türk Diyalektleri Araştırma Tarihi</t>
+          <t>Çuvaş Alp Hikayeleri</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>3990000004244</t>
+          <t>3990000015006</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Çengi - Kafkas - Süleyman Musli</t>
+          <t>Çin'deki Türk Diyalektleri Araştırma Tarihi</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>3990000014948</t>
+          <t>3990000004244</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkiye Türkçesindeki Fiillerin Durum Ekli Tamlayıcıları</t>
+          <t>Çengi - Kafkas - Süleyman Musli</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>3990000005328</t>
+          <t>3990000014948</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Cinani</t>
+          <t>Çağdaş Türkiye Türkçesindeki Fiillerin Durum Ekli Tamlayıcıları</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789751674401</t>
+          <t>3990000005328</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Cemşid ü Hurşid</t>
+          <t>Cinani</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>3990000004247</t>
+          <t>9789751674401</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Cellat-Esrar-ı Cinayat</t>
+          <t>Cemşid ü Hurşid</t>
         </is>
       </c>
       <c r="C934" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>3990000013549</t>
+          <t>3990000004247</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Celalüddin Hızır (Hacı Paşa) - Müntahab-ı Şifa 1</t>
+          <t>Cellat-Esrar-ı Cinayat</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789751616852</t>
+          <t>3990000013549</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Canıl Mırza</t>
+          <t>Celalüddin Hızır (Hacı Paşa) - Müntahab-ı Şifa 1</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789751612755</t>
+          <t>9789751616852</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Burhan-ı Katı (Ciltli)</t>
+          <t>Canıl Mırza</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>240</v>
+        <v>8</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9751610224003</t>
+          <t>9789751612755</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Bugünkü Kıpçak Türkçesi</t>
+          <t>Burhan-ı Katı (Ciltli)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789751608048</t>
+          <t>9751610224003</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Bölge Ağızlarında Atasözleri ve Deyimler 1-2</t>
+          <t>Bugünkü Kıpçak Türkçesi</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>10</v>
+        <v>110</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>3990000005699</t>
+          <t>9789751608048</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdan Bağımsızlığa Manas</t>
+          <t>Bölge Ağızlarında Atasözleri ve Deyimler 1-2</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>3.24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789751610126</t>
+          <t>3990000005699</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Terimleri Sözlüğü (Ciltli)</t>
+          <t>Bozkırdan Bağımsızlığa Manas</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>16</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789751622709</t>
+          <t>9789751610126</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıl Önce Bin Yıl Sonra Kaşgarlı Mahmud ve Divanü Lugati’t-Türk (Rusça Çevirisi) (Ciltli)</t>
+          <t>Biyoloji Terimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>45</v>
+        <v>16</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789751623812</t>
+          <t>9789751622709</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıl Önce Bin Yıl Sonra Kaşgarlı Mahmud ve Divanü Lugati’t-Türk (Fransızca Çevirisi)</t>
+          <t>Bin Yıl Önce Bin Yıl Sonra Kaşgarlı Mahmud ve Divanü Lugati’t-Türk (Rusça Çevirisi) (Ciltli)</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789751620873</t>
+          <t>9789751623812</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Binyıl Önce Binyıl Sonra Kaşgarlı Mahmud ve Divanü Lugati’t-Türk</t>
+          <t>Bin Yıl Önce Bin Yıl Sonra Kaşgarlı Mahmud ve Divanü Lugati’t-Türk (Fransızca Çevirisi)</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789751609823</t>
+          <t>9789751620873</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen İç Asya</t>
+          <t>Binyıl Önce Binyıl Sonra Kaşgarlı Mahmud ve Divanü Lugati’t-Türk</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>3990000009330</t>
+          <t>9789751609823</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bildiriler 1972</t>
+          <t>Bilinmeyen İç Asya</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>4</v>
+        <v>14</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789751620316</t>
+          <t>3990000009330</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Terimleri Karşılıklar Kılavuzu</t>
+          <t>Bilimsel Bildiriler 1972</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789751618916</t>
+          <t>9789751620316</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Destekli Dil Bilimi Çalıştayı Bildirileri</t>
+          <t>Bilgisayar Terimleri Karşılıklar Kılavuzu</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>3990000012529</t>
+          <t>9789751618916</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Besim Atalay</t>
+          <t>Bilgisayar Destekli Dil Bilimi Çalıştayı Bildirileri</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>2</v>
+        <v>8</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789751615518</t>
+          <t>3990000012529</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Bergamalı Kadri Müyessiret’l-Ulum</t>
+          <t>Besim Atalay</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>3990000004439</t>
+          <t>9789751615518</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Bedayi’u’l-Vasat</t>
+          <t>Bergamalı Kadri Müyessiret’l-Ulum</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>3990000006679</t>
+          <t>3990000004439</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Batı Grubu Türk Yazı Dillerinde İsim</t>
+          <t>Bedayi’u’l-Vasat</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>4</v>
+        <v>14</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>3990000004718</t>
+          <t>3990000006679</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Batı Grubu Türk Yazı Dillerinde Fiil</t>
+          <t>Batı Grubu Türk Yazı Dillerinde İsim</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>3990000013588</t>
+          <t>3990000004718</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Bartın ve Yöresi Ağızları</t>
+          <t>Batı Grubu Türk Yazı Dillerinde Fiil</t>
         </is>
       </c>
       <c r="C954" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>3990000009301</t>
+          <t>3990000013588</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Balkan Ülkelerinde Türkçe Eğitim ve Yayın Hayatı Bilgi Şöleni</t>
+          <t>Bartın ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9751606259750</t>
+          <t>3990000009301</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Baki Divanı</t>
+          <t>Balkan Ülkelerinde Türkçe Eğitim ve Yayın Hayatı Bilgi Şöleni</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>3990000004238</t>
+          <t>9751606259750</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Cinli Han-Taaffüf-Gönüllü</t>
+          <t>Baki Divanı</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9799751616561</t>
+          <t>3990000004238</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Dialektoloji Lügati 2. Cilt M-Z</t>
+          <t>Cinli Han-Taaffüf-Gönüllü</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789751610683</t>
+          <t>9799751616561</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Dialektoloji Lügati (Birinci Cilt A-L)</t>
+          <t>Azerbaycan Dialektoloji Lügati 2. Cilt M-Z</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>3990000003856</t>
+          <t>9789751610683</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Bayatıları</t>
+          <t>Azerbaycan Dialektoloji Lügati (Birinci Cilt A-L)</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789751615220</t>
+          <t>3990000003856</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Aybastı Ağzı</t>
+          <t>Azerbaycan Bayatıları</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>3990000009318</t>
+          <t>9789751615220</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Yaşayan Türk Çocuklarının Ana Dili Sorunları Toplantısı</t>
+          <t>Aybastı Ağzı</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789751602435</t>
+          <t>3990000009318</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Atebetü’l-Hakayık</t>
+          <t>Avrupa'da Yaşayan Türk Çocuklarının Ana Dili Sorunları Toplantısı</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789751602329</t>
+          <t>9789751602435</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ten 20 Anı</t>
+          <t>Atebetü’l-Hakayık</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>3990000013589</t>
+          <t>9789751602329</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türk Dili 2</t>
+          <t>Atatürk’ten 20 Anı</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>3990000033921</t>
+          <t>3990000013589</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türk Dili (3 Cilt Takım)</t>
+          <t>Atatürk ve Türk Dili 2</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>34</v>
+        <v>6</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789751618436</t>
+          <t>3990000033921</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türk Dil Kurumu (Ciltli)</t>
+          <t>Atatürk ve Türk Dili (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>50</v>
+        <v>34</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789751603616</t>
+          <t>9789751618436</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Harf Devrimi</t>
+          <t>Atatürk ve Türk Dil Kurumu (Ciltli)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789751607461</t>
+          <t>9789751603616</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Şiirleri</t>
+          <t>Atatürk ve Harf Devrimi</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789751618863</t>
+          <t>9789751607461</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Eğitim Sisteminde Türkçe Öğretimi</t>
+          <t>Atatürk Şiirleri</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>3990000011182</t>
+          <t>9789751618863</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Erzincan ve Yöresi Ağızları</t>
+          <t>Atatürk Dönemi Eğitim Sisteminde Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789751616753</t>
+          <t>3990000011182</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Ed-Dürretü’l-Mudiyye Fi’l-Lügati’t-Türkiyye</t>
+          <t>Erzincan ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789751745378</t>
+          <t>9789751616753</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya İkinci Geliş Yahut İstanbul’da Neler Olmuş</t>
+          <t>Ed-Dürretü’l-Mudiyye Fi’l-Lügati’t-Türkiyye</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789751624307</t>
+          <t>9789751745378</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Doğumunun 990. Yılında Yusuf Has Hacib ve Eserleri Kutadgu Bilig Bildirileri</t>
+          <t>Dünyaya İkinci Geliş Yahut İstanbul’da Neler Olmuş</t>
         </is>
       </c>
       <c r="C974" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789751620439</t>
+          <t>9789751624307</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan Uygur Ağızları</t>
+          <t>Doğumunun 990. Yılında Yusuf Has Hacib ve Eserleri Kutadgu Bilig Bildirileri</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>3990000012431</t>
+          <t>9789751620439</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Doğu Trakya Yerli Ağzı</t>
+          <t>Doğu Türkistan Uygur Ağızları</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>3</v>
+        <v>28</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789751611239</t>
+          <t>3990000012431</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Doğu Rodop Türk Ağızlarının Sözlüğü</t>
+          <t>Doğu Trakya Yerli Ağzı</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>3990000004178</t>
+          <t>9789751611239</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Doğu İllerimiz Ağızlarından Toplamalar</t>
+          <t>Doğu Rodop Türk Ağızlarının Sözlüğü</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789751621214</t>
+          <t>3990000004178</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Bahrü’l-Hakayık</t>
+          <t>Doğu İllerimiz Ağızlarından Toplamalar</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>50</v>
+        <v>4</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789751620866</t>
+          <t>9789751621214</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Yurt Bilgisi Yıl: 1-3 Sayı: 1-36 (Ciltli)</t>
+          <t>Bahrü’l-Hakayık</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789751603067</t>
+          <t>9789751620866</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı - 2</t>
+          <t>Azerbaycan Yurt Bilgisi Yıl: 1-3 Sayı: 1-36 (Ciltli)</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>16</v>
+        <v>50</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>3990000014166</t>
+          <t>9789751603067</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Kavaid-i Lisan-ı Türki (Türkçe Dil Bilgisi)</t>
+          <t>Dede Korkut Kitabı - 2</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789751616951</t>
+          <t>3990000014166</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Kavaid-i Lisan-ı Türki</t>
+          <t>Kavaid-i Lisan-ı Türki (Türkçe Dil Bilgisi)</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>3990000013602</t>
+          <t>9789751616951</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kasantatarisches Wörterverzeichnis</t>
+          <t>Kavaid-i Lisan-ı Türki</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>3990000004240</t>
+          <t>3990000013602</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Karnaval</t>
+          <t>Kasantatarisches Wörterverzeichnis</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>3990000004175</t>
+          <t>3990000004240</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ağızlarından Toplamalar</t>
+          <t>Karnaval</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>3990000004114</t>
+          <t>3990000004175</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ağızlarında Sıfat - Fiil Ekleri</t>
+          <t>Anadolu Ağızlarından Toplamalar</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>3990000004172</t>
+          <t>3990000004114</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ağızlarında İsim Çekim (Hal) Ekleri</t>
+          <t>Anadolu Ağızlarında Sıfat - Fiil Ekleri</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789751625229</t>
+          <t>3990000004172</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Altun Yaruk Sudur (6. Kitap)</t>
+          <t>Anadolu Ağızlarında İsim Çekim (Hal) Ekleri</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>50</v>
+        <v>3</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>3990000003931</t>
+          <t>9789751625229</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Altın Ordu, Kırım ve Kazan Sahasına Ait Yarlık ve Bitiklerin Dil ve Üslup İncelemesi</t>
+          <t>Altun Yaruk Sudur (6. Kitap)</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789751611468</t>
+          <t>3990000003931</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Altayca - Türkçe Sözlük</t>
+          <t>Altın Ordu, Kırım ve Kazan Sahasına Ait Yarlık ve Bitiklerin Dil ve Üslup İncelemesi</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>42</v>
+        <v>4</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789751619372</t>
+          <t>9789751611468</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Altay Destanları 3</t>
+          <t>Altayca - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>27</v>
+        <v>42</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789751619389</t>
+          <t>9789751619372</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Altay Destanları 2</t>
+          <t>Altay Destanları 3</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789751680402</t>
+          <t>9789751619389</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Altay Destanları 1</t>
+          <t>Altay Destanları 2</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>12</v>
+        <v>28</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789751618975</t>
+          <t>9789751680402</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Almancaya Çevrilen Türk Masallarında Çeviri Sorunları</t>
+          <t>Altay Destanları 1</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>3990000013373</t>
+          <t>9789751618975</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Almanca - Türkçe Sözlük 2 Cilt Takım (Ciltli)</t>
+          <t>Almancaya Çevrilen Türk Masallarında Çeviri Sorunları</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789751631299</t>
+          <t>3990000013373</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Ali-Şir Nevayi Mecalisü’n Nefayis</t>
+          <t>Almanca - Türkçe Sözlük 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789751616869</t>
+          <t>9789751631299</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Ali Şir Nevayi’nin 560. Doğum, 500. Ölüm Yıl Dönümlerini Anma Toplantısı Bildirileri 24 - 25 Eylül 2001</t>
+          <t>Ali-Şir Nevayi Mecalisü’n Nefayis</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>4</v>
+        <v>40</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9799751611801</t>
+          <t>9789751616869</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Ali Şir Nevayi Sedd-i İskenderi</t>
+          <t>Ali Şir Nevayi’nin 560. Doğum, 500. Ölüm Yıl Dönümlerini Anma Toplantısı Bildirileri 24 - 25 Eylül 2001</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789751621771</t>
+          <t>9799751611801</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Ahteri-yi Kebir</t>
+          <t>Ali Şir Nevayi Sedd-i İskenderi</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>50</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>3990000012535</t>
+          <t>9789751621771</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Vefik Paşa</t>
+          <t>Ahteri-yi Kebir</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789751625496</t>
+          <t>3990000012535</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Metin ve Şirzat</t>
+          <t>Ahmet Vefik Paşa</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>3990000010858</t>
+          <t>9789751625496</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Ahmed-i Da'i Divanı (2 Cilt Takım)</t>
+          <t>Ahmet Metin ve Şirzat</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>3990000009324</t>
+          <t>3990000010858</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Ağız Araştırmaları Bilgi Şöleni</t>
+          <t>Ahmed-i Da'i Divanı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>3</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>3990000007060</t>
+          <t>3990000009324</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Agah Sırrı Levend</t>
+          <t>Ağız Araştırmaları Bilgi Şöleni</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>3990000006001</t>
+          <t>3990000007060</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Adana ve Osmaniye İlleri Ağızları 1-2 (2 Cilt Takım)</t>
+          <t>Agah Sırrı Levend</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789751619679</t>
+          <t>3990000006001</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Fizik Kimya Matematik Ana Terimleri Sözlüğü</t>
+          <t>Adana ve Osmaniye İlleri Ağızları 1-2 (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789751619259</t>
+          <t>9789751619679</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Abdulhaluk Uygur ve Şiirleri</t>
+          <t>Açıklamalı Fizik Kimya Matematik Ana Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>3990000007274</t>
+          <t>9789751619259</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>A. Dilaçar</t>
+          <t>Abdulhaluk Uygur ve Şiirleri</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>2</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789751621474</t>
+          <t>3990000007274</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>5. Uluslararası Türk Dili Kurultayı Bildirileri 3</t>
+          <t>A. Dilaçar</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789751617590</t>
+          <t>9789751621474</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>5. Uluslararası Türk Dili Kurultayı Bildirileri 2</t>
+          <t>5. Uluslararası Türk Dili Kurultayı Bildirileri 3</t>
         </is>
       </c>
       <c r="C1011" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789751617583</t>
+          <t>9789751617590</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>5. Uluslararası Türk Dili Kurultayı Bildirileri 1</t>
+          <t>5. Uluslararası Türk Dili Kurultayı Bildirileri 2</t>
         </is>
       </c>
       <c r="C1012" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789751619198</t>
+          <t>9789751617583</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>46. Uluslararası Sürekli Altayistik Konferansı Bildirileri 22-27 Haziran 2003</t>
+          <t>5. Uluslararası Türk Dili Kurultayı Bildirileri 1</t>
         </is>
       </c>
       <c r="C1013" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>3990000008047</t>
+          <t>9789751619198</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>3. Uluslararası Türk Dil Kurultayı 1996</t>
+          <t>46. Uluslararası Sürekli Altayistik Konferansı Bildirileri 22-27 Haziran 2003</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>6</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789751620477</t>
+          <t>3990000008047</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>1926 Bakü Türkoloji Kurultayı</t>
+          <t>3. Uluslararası Türk Dil Kurultayı 1996</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>3990000009304</t>
+          <t>9789751620477</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>1926 Bakü Türkoloji Kongresinin 70. Yıl Dönümü Toplantısı</t>
+          <t>1926 Bakü Türkoloji Kurultayı</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>3</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789751624109</t>
+          <t>3990000009304</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Türkçesi ve Söz Varlığı (Ciltli)</t>
+          <t>1926 Bakü Türkoloji Kongresinin 70. Yıl Dönümü Toplantısı</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>150</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789751617125</t>
+          <t>9789751624109</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>1552 ve Sonrası: Kazan’ın İşgali ve Türk Toplulukları Bilgi Şöleni Bildirileri</t>
+          <t>17. Yüzyıl Türkçesi ve Söz Varlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>2</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>3990000007078</t>
+          <t>9789751617125</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>14. Yüzyıla Ait Bir Kısas-ı Enbiya</t>
+          <t>1552 ve Sonrası: Kazan’ın İşgali ve Türk Toplulukları Bilgi Şöleni Bildirileri</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>6.5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789751621269</t>
+          <t>3990000007078</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıl Türkçesi</t>
+          <t>14. Yüzyıla Ait Bir Kısas-ı Enbiya</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>10</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789751748201</t>
+          <t>9789751621269</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Lügat-i Hoş-Eda</t>
+          <t>16. Yüzyıl Türkçesi</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>28</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789751633491</t>
+          <t>9789751748201</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Çuvaş Türkçesi Grameri</t>
+          <t>Lügat-i Hoş-Eda</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>80</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789751612830</t>
+          <t>9789751633491</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bir Melek</t>
+          <t>Çuvaş Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789751748218</t>
+          <t>9789751612830</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Lisan-ı Osmanide Müstamel Lügat-i Ecnebiyye</t>
+          <t>Yeryüzünde Bir Melek</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789751748096</t>
+          <t>9789751748218</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Türkçesinde Fiil</t>
+          <t>Lisan-ı Osmanide Müstamel Lügat-i Ecnebiyye</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>132</v>
+        <v>33</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>3990000055698</t>
+          <t>9789751748096</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>4. Uluslararası Türk Dili Kurultayı Bildirileri 2.Cilt</t>
+          <t>Karahanlı Türkçesinde Fiil</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>12.5</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>3990000095994</t>
+          <t>3990000055698</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Ata Atacanov’un Şiirleri 2.Cilt</t>
+          <t>4. Uluslararası Türk Dili Kurultayı Bildirileri 2.Cilt</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>12</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789751632524</t>
+          <t>3990000095994</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Samipaşazade Sezai Bütün Eserleri 2</t>
+          <t>Ata Atacanov’un Şiirleri 2.Cilt</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>3990000011568</t>
+          <t>9789751632524</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Ali Ağakay</t>
+          <t>Samipaşazade Sezai Bütün Eserleri 2</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>2</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789751677204</t>
+          <t>3990000011568</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Medhal-i Kava'id</t>
+          <t>Mehmet Ali Ağakay</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>3990000010859</t>
+          <t>9789751677204</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Ahmed-i Da'i Divanı Cilt 2</t>
+          <t>Medhal-i Kava'id</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>22</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>3990000099071</t>
+          <t>3990000010859</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2014 / Yaz</t>
+          <t>Ahmed-i Da'i Divanı Cilt 2</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>3990000092075</t>
+          <t>3990000099071</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2012 / 1</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2014 / Yaz</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>3990000062073</t>
+          <t>3990000092075</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Türk Dil Kurumu Araştırmaları Yıllığı - Belleten 2015 / Kış</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2012 / 1</t>
         </is>
       </c>
       <c r="C1034" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>3990000062075</t>
+          <t>3990000062073</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2011 / 1</t>
+          <t>Türk Dil Kurumu Araştırmaları Yıllığı - Belleten 2015 / Kış</t>
         </is>
       </c>
       <c r="C1035" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>3990000127217</t>
+          <t>3990000062075</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Divanü Lugat-it Türk Cilt 2 (Ciltli)</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2011 / 1</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>45</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>3990000054737</t>
+          <t>3990000127217</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 826 Ekim 2020</t>
+          <t>Divanü Lugat-it Türk Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>8</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>3990000002829</t>
+          <t>3990000054737</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 787 Yıl: 67 Temmuz 2017</t>
+          <t>Türk Dili Dergisi Sayı: 826 Ekim 2020</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>3990000002828</t>
+          <t>3990000002829</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 832 Nisan 2021</t>
+          <t>Türk Dili Dergisi Sayı: 787 Yıl: 67 Temmuz 2017</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789751607884</t>
+          <t>3990000002828</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Nesayimü'l-Mahabbe Min Şemayimi'l-Fütüvve 1 Metin</t>
+          <t>Türk Dili Dergisi Sayı: 832 Nisan 2021</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789751745477</t>
+          <t>9789751607884</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>İskeçe İli Ağızları</t>
+          <t>Nesayimü'l-Mahabbe Min Şemayimi'l-Fütüvve 1 Metin</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>66</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789751745408</t>
+          <t>9789751745477</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Fenni Bir Roman Yahut Amerika Doktorları</t>
+          <t>İskeçe İli Ağızları</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>40</v>
+        <v>66</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789751745361</t>
+          <t>9789751745408</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Demir Bey Yahut İnkişaf-ı Esrar</t>
+          <t>Fenni Bir Roman Yahut Amerika Doktorları</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>3990000095137</t>
+          <t>9789751745361</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sinema Özel Sayısı</t>
+          <t>Demir Bey Yahut İnkişaf-ı Esrar</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>3990000084139</t>
+          <t>3990000095137</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Günlük Özel Sayısı</t>
+          <t>Türk Dili Sinema Özel Sayısı</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789751745521</t>
+          <t>3990000084139</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Japonca ve Türkçede Görünüş (Aspekt)</t>
+          <t>Türk Dili Günlük Özel Sayısı</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>74</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>3990000084177</t>
+          <t>9789751745521</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Eleştiri Özel Sayısı 1-2</t>
+          <t>Japonca ve Türkçede Görünüş (Aspekt)</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>20</v>
+        <v>74</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>3990000099102</t>
+          <t>3990000084177</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 813 Eylül 2019</t>
+          <t>Türk Dili Eleştiri Özel Sayısı 1-2</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>3990000022904</t>
+          <t>3990000099102</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 809 Mayıs 2019</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 813 Eylül 2019</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>3990000022903</t>
+          <t>3990000022904</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 816 Aralık 2019</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 809 Mayıs 2019</t>
         </is>
       </c>
       <c r="C1050" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>3990000022902</t>
+          <t>3990000022903</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 815 Kasım 2019</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 816 Aralık 2019</t>
         </is>
       </c>
       <c r="C1051" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>3990000022878</t>
+          <t>3990000022902</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha Cilt: 1</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 815 Kasım 2019</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>3990000022906</t>
+          <t>3990000022878</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 810 Haziran 2019</t>
+          <t>Yusuf ile Züleyha Cilt: 1</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>3990000022905</t>
+          <t>3990000022906</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 812 Ağustos 2019</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 810 Haziran 2019</t>
         </is>
       </c>
       <c r="C1054" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>3990000062235</t>
+          <t>3990000022905</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Tevfik Fikret Bütün Şiirleri</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 812 Ağustos 2019</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>42</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>3990000056798</t>
+          <t>3990000062235</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 825 Eylül 2020</t>
+          <t>Tevfik Fikret Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>8</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>3990751619297</t>
+          <t>3990000056798</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha</t>
+          <t>Türk Dili Dergisi Sayı: 825 Eylül 2020</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>3997130021533</t>
+          <t>3990751619297</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 811 Temmuz 2019</t>
+          <t>Yusuf ile Züleyha</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>3990000050472</t>
+          <t>3997130021533</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 822 Haziran 2020</t>
+          <t>Türk Dili Dergisi Sayı: 811 Temmuz 2019</t>
         </is>
       </c>
       <c r="C1059" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>3999595965451</t>
+          <t>3990000050472</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Derleme Sözlüğü ve Kavramlar Dizini 2</t>
+          <t>Türk Dili Dergisi Sayı: 822 Haziran 2020</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>3991772033950</t>
+          <t>3999595965451</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Ağustos 2018 Yıl: 68 Sayı: 800</t>
+          <t>Derleme Sözlüğü ve Kavramlar Dizini 2</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>3997130021544</t>
+          <t>3991772033950</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Aralık 2018 Yıl: 68 Sayı: 804</t>
+          <t>Türk Dili Dergisi Ağustos 2018 Yıl: 68 Sayı: 800</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>3993315130244</t>
+          <t>3997130021544</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 821 Mayıs 2020</t>
+          <t>Türk Dili Dergisi Aralık 2018 Yıl: 68 Sayı: 804</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789751606174</t>
+          <t>3993315130244</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 820 Nisan 2020</t>
+          <t>Türk Dili Dergisi Sayı: 821 Mayıs 2020</t>
         </is>
       </c>
       <c r="C1064" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>3999751606174</t>
+          <t>9789751606174</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Türkçesi Grameri</t>
+          <t>Türk Dili Dergisi Sayı: 820 Nisan 2020</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>54</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>3990564505066</t>
+          <t>3999751606174</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 66. Cilt - 1. Sayı 2018 / 1</t>
+          <t>Kıpçak Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>10</v>
+        <v>54</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>3990000031381</t>
+          <t>3990564505066</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 817 Ocak 2020</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 66. Cilt - 1. Sayı 2018 / 1</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>3990000052117</t>
+          <t>3990000031381</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Moğolca - Türkçe Sözlük Cİlt: 1 (A-N)</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 817 Ocak 2020</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>24</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>3990000051935</t>
+          <t>3990000052117</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 40 Güz 2015</t>
+          <t>Moğolca - Türkçe Sözlük Cİlt: 1 (A-N)</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>3990000019025</t>
+          <t>3990000051935</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 36 Bahar 2013</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 40 Güz 2015</t>
         </is>
       </c>
       <c r="C1070" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>3990000051934</t>
+          <t>3990000019025</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 39 Bahar 2015</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 36 Bahar 2013</t>
         </is>
       </c>
       <c r="C1071" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>3990000019024</t>
+          <t>3990000051934</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 35 Bahar 2013</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 39 Bahar 2015</t>
         </is>
       </c>
       <c r="C1072" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>3997741663010</t>
+          <t>3990000019024</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 808 Nisan 2019</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 35 Bahar 2013</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>3996677115002</t>
+          <t>3997741663010</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 807 Mart 2019</t>
+          <t>Türk Dili Dergisi Sayı: 808 Nisan 2019</t>
         </is>
       </c>
       <c r="C1074" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>3997769920130</t>
+          <t>3996677115002</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 806 Şubat 2019</t>
+          <t>Türk Dili Dergisi Sayı: 807 Mart 2019</t>
         </is>
       </c>
       <c r="C1075" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>3997771408213</t>
+          <t>3997769920130</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı 805 Ocak 2019</t>
+          <t>Türk Dili Dergisi Sayı: 806 Şubat 2019</t>
         </is>
       </c>
       <c r="C1076" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>3999751615107</t>
+          <t>3997771408213</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 3</t>
+          <t>Türk Dili Dergisi Sayı 805 Ocak 2019</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>9.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789751742216</t>
+          <t>3999751615107</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Müntahab-ı Şifa</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 3</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>50</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789751745569</t>
+          <t>9789751742216</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Şark'tan ve Anadolu'dan Masallar</t>
+          <t>Müntahab-ı Şifa</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>32</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789751745545</t>
+          <t>9789751745569</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Ahıska Türkleri Ağzı</t>
+          <t>Şark'tan ve Anadolu'dan Masallar</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>120</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789751745514</t>
+          <t>9789751745545</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa'nın Dil Bilgisi (Kava'id) Kitapları</t>
+          <t>Türkiye'deki Ahıska Türkleri Ağzı</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>38</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789751745552</t>
+          <t>9789751745514</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Ebulgazi Bahadır Han Şecere-yi Terakime</t>
+          <t>Ahmet Cevdet Paşa'nın Dil Bilgisi (Kava'id) Kitapları</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>62</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789751635440</t>
+          <t>9789751745552</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Boşnakça - Türkçe Deyimler Sözlüğü</t>
+          <t>Ebulgazi Bahadır Han Şecere-yi Terakime</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>40</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>3998301007005</t>
+          <t>9789751635440</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Güz 2019/ 48. Sayı</t>
+          <t>Boşnakça - Türkçe Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789751744074</t>
+          <t>3998301007005</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Makedonca Sözlük 2020</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi: Güz 2019/ 48. Sayı</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>3990000095502</t>
+          <t>9789751744074</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 49 Bahar 2020</t>
+          <t>Türkçe-Makedonca Sözlük 2020</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789751605405</t>
+          <t>3990000095502</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Almanca-Türkçe Sözlük 2020</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 49 Bahar 2020</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>160</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789751744043</t>
+          <t>9789751605405</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf ve Sayısal Görüntü Olarak Sözlüğü 2020</t>
+          <t>Almanca-Türkçe Sözlük 2020</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>3995220123789</t>
+          <t>9789751744043</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile Züleyha Cilt: 2</t>
+          <t>Fotoğraf ve Sayısal Görüntü Olarak Sözlüğü 2020</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>3997892589633</t>
+          <t>3995220123789</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 2</t>
+          <t>Yusuf ile Züleyha Cilt: 2</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>9.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>3990000020088</t>
+          <t>3997892589633</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Dastan-ı Ahmet Harami (Ciltli)</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 2</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>30</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789751633484</t>
+          <t>3990000020088</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkçede Cümle</t>
+          <t>Dastan-ı Ahmet Harami (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789751631268</t>
+          <t>9789751633484</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Batı Kökenli Kelimeler Sözlüğü</t>
+          <t>Çağdaş Türkçede Cümle</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789751613516</t>
+          <t>9789751631268</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Karaçay - Malkar Türkçesi Sözlüğü</t>
+          <t>Türkçede Batı Kökenli Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>46</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789751745323</t>
+          <t>9789751613516</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Gizli Tarihi Sözlük</t>
+          <t>Karaçay - Malkar Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789751745316</t>
+          <t>9789751745323</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Temel Türkçe - Hırvatça / Hırvatça - Türkçe Sözlük</t>
+          <t>Moğolların Gizli Tarihi Sözlük</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>66</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>3990000090079</t>
+          <t>9789751745316</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 69 Haziran 2020</t>
+          <t>Temel Türkçe - Hırvatça / Hırvatça - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>10</v>
+        <v>66</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789751617989</t>
+          <t>3990000090079</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türk Dili 3 Cilt: 2</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 69 Haziran 2020</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>11.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789751615190</t>
+          <t>9789751617989</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 12</t>
+          <t>Atatürk ve Türk Dili 3 Cilt: 2</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>9.5</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789751615183</t>
+          <t>9789751615190</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 11</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 12</t>
         </is>
       </c>
       <c r="C1100" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789751615176</t>
+          <t>9789751615183</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cİlt: 10</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 11</t>
         </is>
       </c>
       <c r="C1101" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789751615138</t>
+          <t>9789751615176</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 6</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cİlt: 10</t>
         </is>
       </c>
       <c r="C1102" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789751615121</t>
+          <t>9789751615138</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 5</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 6</t>
         </is>
       </c>
       <c r="C1103" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789751615114</t>
+          <t>9789751615121</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 4</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 5</t>
         </is>
       </c>
       <c r="C1104" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789751615084</t>
+          <t>9789751615114</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 1</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 4</t>
         </is>
       </c>
       <c r="C1105" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>3990000087455</t>
+          <t>9789751615084</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 9</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 1</t>
         </is>
       </c>
       <c r="C1106" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789751615152</t>
+          <t>3990000087455</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 8</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 9</t>
         </is>
       </c>
       <c r="C1107" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9789751615145</t>
+          <t>9789751615152</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 7</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 8</t>
         </is>
       </c>
       <c r="C1108" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9789751742094</t>
+          <t>9789751615145</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Eski Dönem Türk - Moğol Dil İlişkileri</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 7</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>46</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9789751742070</t>
+          <t>9789751742094</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Serayi Divan (Notlandırılmış Metin - İnceleme)</t>
+          <t>Eski Dönem Türk - Moğol Dil İlişkileri</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>80</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789751742117</t>
+          <t>9789751742070</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygarca Altı Dişli Fil Hikayesi</t>
+          <t>Serayi Divan (Notlandırılmış Metin - İnceleme)</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789751741974</t>
+          <t>9789751742117</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Uygurca Metinler 2 - Maytrısimit</t>
+          <t>Eski Uygarca Altı Dişli Fil Hikayesi</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9789751605283</t>
+          <t>9789751741974</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Uygurca Metinler 1 - Kuanşi İm Pusar</t>
+          <t>Uygurca Metinler 2 - Maytrısimit</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>52</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9789751742131</t>
+          <t>9789751605283</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Husrev ü Şirin</t>
+          <t>Uygurca Metinler 1 - Kuanşi İm Pusar</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>60</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9789751742124</t>
+          <t>9789751742131</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Hongoray Şamanlığı</t>
+          <t>Husrev ü Şirin</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9789751742186</t>
+          <t>9789751742124</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Karaycanın Karşılaştırmalı Grameri</t>
+          <t>Geleneksel Hongoray Şamanlığı</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789751742179</t>
+          <t>9789751742186</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 16 Bagış Destanı</t>
+          <t>Karaycanın Karşılaştırmalı Grameri</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789751742247</t>
+          <t>9789751742179</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi ve Çağdaş Moğolcada Çatı</t>
+          <t>Kırgız Destanları 16 Bagış Destanı</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9789751742063</t>
+          <t>9789751742247</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Dil İnkılabının Türkçenin Söz Varlığına Etkileri</t>
+          <t>Türkiye Türkçesi ve Çağdaş Moğolcada Çatı</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9789751619013</t>
+          <t>9789751742063</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>4. Uluslararası Türk Dili Kurultayı Bildirileri (2 Cilt Takım)</t>
+          <t>Dil İnkılabının Türkçenin Söz Varlığına Etkileri</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>60</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9789751752925</t>
+          <t>9789751619013</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ağızlarından Seçmeler</t>
+          <t>4. Uluslararası Türk Dili Kurultayı Bildirileri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789751752802</t>
+          <t>9789751752925</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözleri Sözlüğü (Ciltli)</t>
+          <t>Türkiye Türkçesi Ağızlarından Seçmeler</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>694</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789751752765</t>
+          <t>9789751752802</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Grubu Türk Lehçelerinde Edatlar</t>
+          <t>Türk Atasözleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>373</v>
+        <v>694</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9789751752659</t>
+          <t>9789751752765</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Codex Cumanicus</t>
+          <t>Kuzey Grubu Türk Lehçelerinde Edatlar</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>350</v>
+        <v>373</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9789751635457</t>
+          <t>9789751752659</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Bulgarca Sözlük (Ciltli)</t>
+          <t>Codex Cumanicus</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789751752703</t>
+          <t>9789751635457</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçede İkilemeler</t>
+          <t>Türkçe - Bulgarca Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9789751752758</t>
+          <t>9789751752703</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Kazak Destanları XI</t>
+          <t>Eski Türkçede İkilemeler</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>96</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789751752840</t>
+          <t>9789751752758</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Türk Dillerinde Birincil Uzun Ünlüler</t>
+          <t>Kazak Destanları XI</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>67</v>
+        <v>96</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789751752857</t>
+          <t>9789751752840</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde Çekirdek Ekler</t>
+          <t>Türk Dillerinde Birincil Uzun Ünlüler</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>46</v>
+        <v>67</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789751752697</t>
+          <t>9789751752857</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk'e Göre 11. Yüzyıl Türk Dili Grameri</t>
+          <t>Türk Dilinde Çekirdek Ekler</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>248</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>4440000003382</t>
+          <t>9789751752697</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 55 Bahar 2023</t>
+          <t>Divanu Lugati't-Türk'e Göre 11. Yüzyıl Türk Dili Grameri</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>4440000003381</t>
+          <t>4440000003382</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 856 Nisan 2023</t>
+          <t>Türk Dünyası Dil ve Edebiyat Dergisi Sayı: 55 Bahar 2023</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>40</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>4440000003380</t>
+          <t>4440000003381</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 857 Mayıs 2023</t>
+          <t>Türk Dili Dergisi Sayı: 856 Nisan 2023</t>
         </is>
       </c>
       <c r="C1133" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>4440000003379</t>
+          <t>4440000003380</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 855 Mart 2023</t>
+          <t>Türk Dili Dergisi Sayı: 857 Mayıs 2023</t>
         </is>
       </c>
       <c r="C1134" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>4440000002432</t>
+          <t>4440000003379</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 796 Yıl: 68 Nisan 2018</t>
+          <t>Türk Dili Dergisi Sayı: 855 Mart 2023</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>4440000002431</t>
+          <t>4440000002432</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı Sayı: 67 Belleten 2019</t>
+          <t>Türk Dili Dergisi Sayı: 796 Yıl: 68 Nisan 2018</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>4440000002430</t>
+          <t>4440000002431</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten 1986</t>
+          <t>Türk Dili Araştırmaları Yıllığı Sayı: 67 Belleten 2019</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>4440000002429</t>
+          <t>4440000002430</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten 1992</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten 1986</t>
         </is>
       </c>
       <c r="C1138" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>4440000002428</t>
+          <t>4440000002429</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1989</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten 1992</t>
         </is>
       </c>
       <c r="C1139" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>4440000002362</t>
+          <t>4440000002428</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 839 Kasım 2021</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1989</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>4440000002361</t>
+          <t>4440000002362</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Roman Özel Sayısı: 154 Temmuz - 159 Aralık 1964</t>
+          <t>Türk Dili Dergisi Sayı: 839 Kasım 2021</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>4440000002170</t>
+          <t>4440000002361</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Sinema Özel Sayısı: 196 - Ocak 1968</t>
+          <t>Türk Dili Dergisi Roman Özel Sayısı: 154 Temmuz - 159 Aralık 1964</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>4440000002056</t>
+          <t>4440000002170</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 848 Ağustos 2022</t>
+          <t>Türk Dili Sinema Özel Sayısı: 196 - Ocak 1968</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>4440000002055</t>
+          <t>4440000002056</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 847 Temmuz 2022</t>
+          <t>Türk Dili Dergisi Sayı: 848 Ağustos 2022</t>
         </is>
       </c>
       <c r="C1144" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>4440000002054</t>
+          <t>4440000002055</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 846 Haziran 2022</t>
+          <t>Türk Dili Dergisi Sayı: 847 Temmuz 2022</t>
         </is>
       </c>
       <c r="C1145" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>4440000002053</t>
+          <t>4440000002054</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 845 Mayıs 2022</t>
+          <t>Türk Dili Dergisi Sayı: 846 Haziran 2022</t>
         </is>
       </c>
       <c r="C1146" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>4440000002052</t>
+          <t>4440000002053</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 844 Nisan 2022</t>
+          <t>Türk Dili Dergisi Sayı: 845 Mayıs 2022</t>
         </is>
       </c>
       <c r="C1147" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>4440000002051</t>
+          <t>4440000002052</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 843 Mart 2022</t>
+          <t>Türk Dili Dergisi Sayı: 844 Nisan 2022</t>
         </is>
       </c>
       <c r="C1148" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>4440000002050</t>
+          <t>4440000002051</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 841 Ocak 2022</t>
+          <t>Türk Dili Dergisi Sayı: 843 Mart 2022</t>
         </is>
       </c>
       <c r="C1149" s="1">
         <v>18</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>4440000002049</t>
+          <t>4440000002050</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 840 Aralık 2021</t>
+          <t>Türk Dili Dergisi Sayı: 841 Ocak 2022</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9789751749154</t>
+          <t>4440000002049</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Türk Diline Genel Bir Bakış</t>
+          <t>Türk Dili Dergisi Sayı: 840 Aralık 2021</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>75</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>4440000001636</t>
+          <t>9789751749154</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 766 Ekim 2015</t>
+          <t>Türk Diline Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>8</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>4440000001635</t>
+          <t>4440000001636</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 771 Mart 2016</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 766 Ekim 2015</t>
         </is>
       </c>
       <c r="C1153" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9789751751591</t>
+          <t>4440000001635</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesinde Cümle</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 771 Mart 2016</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>200</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789751751638</t>
+          <t>9789751751591</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Azak Urumları</t>
+          <t>Eski Uygur Türkçesinde Cümle</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>356</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789751612175</t>
+          <t>9789751751638</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Lehcetü'l-Lügat (Ciltli)</t>
+          <t>Kuzey Azak Urumları</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>324</v>
+        <v>356</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9789751751560</t>
+          <t>9789751612175</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Tercüme-i Müfredat-ı İbni Baytar Baytar-Name</t>
+          <t>Lehcetü'l-Lügat (Ciltli)</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>280</v>
+        <v>324</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789751751676</t>
+          <t>9789751751560</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>İbranice - Türkçe Sözlük (Ciltli)</t>
+          <t>Tercüme-i Müfredat-ı İbni Baytar Baytar-Name</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9789751751577</t>
+          <t>9789751751676</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Camizade Kelami-i Rumi - Hayatı Eserleri ve Ravza İsimli Mesnevisi</t>
+          <t>İbranice - Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>76</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9789751607188</t>
+          <t>9789751751577</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Dil Denen Mucize</t>
+          <t>Camizade Kelami-i Rumi - Hayatı Eserleri ve Ravza İsimli Mesnevisi</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>46</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789751751539</t>
+          <t>9789751607188</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Altay Türkçesi Grameri</t>
+          <t>Dil Denen Mucize</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>106</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789751751546</t>
+          <t>9789751751539</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Balıkesir İli Ağızları</t>
+          <t>Altay Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>212</v>
+        <v>106</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9789751751423</t>
+          <t>9789751751546</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Ordu İli ve Yöresi Ağızları</t>
+          <t>Balıkesir İli Ağızları</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>190</v>
+        <v>212</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789751751553</t>
+          <t>9789751751423</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Türkçesi Grameri</t>
+          <t>Ordu İli ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789751751669</t>
+          <t>9789751751553</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>14-15. Yüzyıl Tarihi Türk Yazı Dillerinde Lehçe Karışmaları</t>
+          <t>Başkurt Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>178</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789751751607</t>
+          <t>9789751751669</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Kalıp Sözler</t>
+          <t>14-15. Yüzyıl Tarihi Türk Yazı Dillerinde Lehçe Karışmaları</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>86</v>
+        <v>178</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789751751584</t>
+          <t>9789751751607</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesinde (14. yy.) Türetim Ekleri</t>
+          <t>Kalıp Sözler</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>266</v>
+        <v>86</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789751751652</t>
+          <t>9789751751584</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Türk - Moğol Dil İlişkisi ve Çuvaşça</t>
+          <t>Eski Anadolu Türkçesinde (14. yy.) Türetim Ekleri</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>250</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789751751614</t>
+          <t>9789751751652</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesindeki Alıntı Kelimelerin Ses Değişmeleri ve Karşılaştırmalı Sözlüğü</t>
+          <t>Türk - Moğol Dil İlişkisi ve Çuvaşça</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>244</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9789751751621</t>
+          <t>9789751751614</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Karamanlı Türkçesi Üzerine Dil Çalışması: Yenovefa Hikayesi</t>
+          <t>Kırgız Türkçesindeki Alıntı Kelimelerin Ses Değişmeleri ve Karşılaştırmalı Sözlüğü</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>182</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789751751430</t>
+          <t>9789751751621</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Eski Mektuplar</t>
+          <t>Karamanlı Türkçesi Üzerine Dil Çalışması: Yenovefa Hikayesi</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>50</v>
+        <v>182</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789751750259</t>
+          <t>9789751751430</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Gürcüce Sözlük (Ciltli)</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Eski Mektuplar</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>216</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789751748850</t>
+          <t>9789751750259</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Türk Lehçeleri Fiil Çekim Kılavuzu</t>
+          <t>Türkçe - Gürcüce Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>226</v>
+        <v>216</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789751748836</t>
+          <t>9789751748850</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitoloji Sözlüğü (Ciltli)</t>
+          <t>Karşılaştırmalı Türk Lehçeleri Fiil Çekim Kılavuzu</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>619</v>
+        <v>226</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789751748843</t>
+          <t>9789751748836</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Bilge Tonyukuk Yazıtları</t>
+          <t>Türk Mitoloji Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>455</v>
+        <v>619</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9789751750228</t>
+          <t>9789751748843</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Memlük Türkçesinde Ekler ve İşlevleri</t>
+          <t>Bilge Tonyukuk Yazıtları</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>122</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9789751750211</t>
+          <t>9789751750228</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Memtili Ependi ve Şiirleri</t>
+          <t>Memlük Türkçesinde Ekler ve İşlevleri</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>86</v>
+        <v>122</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9789751749697</t>
+          <t>9789751750211</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Hamza Zülfikar Armağanı</t>
+          <t>Memtili Ependi ve Şiirleri</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>180</v>
+        <v>86</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9789751750198</t>
+          <t>9789751749697</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>A. Besim Atalay</t>
+          <t>Hamza Zülfikar Armağanı</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>82</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789751750204</t>
+          <t>9789751750198</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Bitlis Halk Ağzı ve Kültürü</t>
+          <t>A. Besim Atalay</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>160</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789751750235</t>
+          <t>9789751750204</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Terceme-i Celal ü Cemal: İnceleme - Metin - Sözlük - Dizin</t>
+          <t>Bitlis Halk Ağzı ve Kültürü</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789751750242</t>
+          <t>9789751750235</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Özbekçe Özbekçe - Türkçe Ekonomi Terimleri</t>
+          <t>Terceme-i Celal ü Cemal: İnceleme - Metin - Sözlük - Dizin</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>50</v>
+        <v>162</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789751750181</t>
+          <t>9789751750242</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten Bugüne Dil ve Alfabe</t>
+          <t>Türkçe - Özbekçe Özbekçe - Türkçe Ekonomi Terimleri</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>3990000020223</t>
+          <t>9789751750181</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Manas Destanı (W. Radloff) ve Kırgız Kültürüyle İlgili Tespit ve Tahliller</t>
+          <t>Atatürk'ten Bugüne Dil ve Alfabe</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>36</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9789751634634</t>
+          <t>3990000020223</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili İçin</t>
+          <t>Manas Destanı (W. Radloff) ve Kırgız Kültürüyle İlgili Tespit ve Tahliller</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>50</v>
+        <v>36</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>3990000059669</t>
+          <t>9789751634634</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1988</t>
+          <t>Türk Dili İçin</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>3990000030074</t>
+          <t>3990000059669</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Dedem Qorqud’un Dilinden - Sazımın Sözü (2 Cilt Takım) (Ciltli)</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 1988</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>13</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9789751748133</t>
+          <t>3990000030074</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesi - Türkiye Türkçesi / Türkiye Türkçesi - Kazak Türkçesi Sözlüğü (2 Cilt Takım) (Ciltli)</t>
+          <t>Dedem Qorqud’un Dilinden - Sazımın Sözü (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>250</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>3990000052050</t>
+          <t>9789751748133</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin köken Bilgisi Sözlüğü (A-N)</t>
+          <t>Kazak Türkçesi - Türkiye Türkçesi / Türkiye Türkçesi - Kazak Türkçesi Sözlüğü (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>16</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9789751634467</t>
+          <t>3990000052050</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Altun Yaruk Sudur 4. Tegzinç</t>
+          <t>Türkiye Türkçesindeki Türkçe Sözcüklerin köken Bilgisi Sözlüğü (A-N)</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>130</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789751635464</t>
+          <t>9789751634467</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Altun Yaruk Sudur 4. Tegzinç</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789751615282</t>
+          <t>9789751635464</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Dil Bilimi Düşününde Dönüm Noktaları</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789751635921</t>
+          <t>9789751615282</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Yılı Armağan Kitabı</t>
+          <t>Dil Bilimi Düşününde Dönüm Noktaları</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789751611550</t>
+          <t>9789751635921</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Kavaid-i Lisan-ı Türki</t>
+          <t>Türk Dili Yılı Armağan Kitabı</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789751635471</t>
+          <t>9789751611550</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Tabiatname - Tutmacı</t>
+          <t>Kavaid-i Lisan-ı Türki</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>3990000019008</t>
+          <t>9789751635471</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Kars İli Ağızları (Ciltli)</t>
+          <t>Tabiatname - Tutmacı</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789751635204</t>
+          <t>3990000019008</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Gönüllü</t>
+          <t>Kars İli Ağızları (Ciltli)</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>51</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789751635266</t>
+          <t>9789751635204</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Çengi</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Gönüllü</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>46</v>
+        <v>51</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789751635259</t>
+          <t>9789751635266</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Taaffüf</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Çengi</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789751635235</t>
+          <t>9789751635259</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Kafkas</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Taaffüf</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>53</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789751635181</t>
+          <t>9789751635235</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Cinli Han</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Kafkas</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789751635211</t>
+          <t>9789751635181</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Gürcü Kızı Yahut İntikam</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Cinli Han</t>
         </is>
       </c>
       <c r="C1202" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789751635228</t>
+          <t>9789751635211</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Haydut Montari</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Gürcü Kızı Yahut İntikam</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>63</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789751635198</t>
+          <t>9789751635228</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Diplomalı Kız</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Haydut Montari</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>10</v>
+        <v>63</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9789751635488</t>
+          <t>9789751635198</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde Sıfat ve Zarflarda Pekiştirme ve Derecelendirme</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Diplomalı Kız</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789751635242</t>
+          <t>9789751635488</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi Bütün Eserleri - Süleyman Musli</t>
+          <t>Tarihi Türk Lehçelerinde Sıfat ve Zarflarda Pekiştirme ve Derecelendirme</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789751635372</t>
+          <t>9789751635242</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Dil Yazıları</t>
+          <t>Ahmet Midhat Efendi Bütün Eserleri - Süleyman Musli</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>28</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9789751635396</t>
+          <t>9789751635372</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İristay Kuçkartayev'in Türkiye'deki Bilimsel Mirası</t>
+          <t>Dil Yazıları</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9779751625800</t>
+          <t>9789751635396</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Aylı Dil ve Edebiyat Dergisi Sayı 258 Özel Gezi Sayısı</t>
+          <t>Prof. Dr. İristay Kuçkartayev'in Türkiye'deki Bilimsel Mirası</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>3990000022096</t>
+          <t>9779751625800</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Şerifi Şehname Çevirisi Cilt 2</t>
+          <t>Türk Dili Aylı Dil ve Edebiyat Dergisi Sayı 258 Özel Gezi Sayısı</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9789751634481</t>
+          <t>3990000022096</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Behcetü'l-Hadaik Fi Mev'izati'l-Halaik</t>
+          <t>Şerifi Şehname Çevirisi Cilt 2</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>70</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789751634542</t>
+          <t>9789751634481</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Keşfü'l-Hüda</t>
+          <t>Behcetü'l-Hadaik Fi Mev'izati'l-Halaik</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789751634528</t>
+          <t>9789751634542</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Tuva Türkçesi Grameri</t>
+          <t>Keşfü'l-Hüda</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789751634474</t>
+          <t>9789751634528</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Tercüme-i İbtidaname</t>
+          <t>Tuva Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9789751634535</t>
+          <t>9789751634474</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Noktalama</t>
+          <t>Tercüme-i İbtidaname</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>126</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789751742100</t>
+          <t>9789751634535</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesinde Budizm ve Manihaizm Terimleri</t>
+          <t>Türkçede Noktalama</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>90</v>
+        <v>126</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>3990000052994</t>
+          <t>9789751742100</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2018 / 2</t>
+          <t>Eski Uygur Türkçesinde Budizm ve Manihaizm Terimleri</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>10</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789751612441</t>
+          <t>3990000052994</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Ali Şir Nevayi: Mecalisü'n-Nefayis (2 Cilt Takım)</t>
+          <t>Türk Dili Araştırmaları Yıllığı - Belleten 2018 / 2</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>16</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>3990000029934</t>
+          <t>9789751612441</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Etmek Fiiliyle Yapılan Birleşik Fiiller ve Tamlayıcılarla Kullanılışı (Ciltli)</t>
+          <t>Ali Şir Nevayi: Mecalisü'n-Nefayis (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789751635419</t>
+          <t>3990000029934</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Allah'ın Poetikasının İzinde</t>
+          <t>Etmek Fiiliyle Yapılan Birleşik Fiiller ve Tamlayıcılarla Kullanılışı (Ciltli)</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789751635426</t>
+          <t>9789751635419</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Türk-Alman İşaret Dilleri</t>
+          <t>Çocuk ve Allah'ın Poetikasının İzinde</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789751742087</t>
+          <t>9789751635426</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Şeyh-Zade Atayi Divan</t>
+          <t>Örneklerle Türk-Alman İşaret Dilleri</t>
         </is>
       </c>
       <c r="C1222" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789751636522</t>
+          <t>9789751742087</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Çuvaş Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Şeyh-Zade Atayi Divan</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789751742162</t>
+          <t>9789751636522</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanları 17</t>
+          <t>Çuvaş Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789751607959</t>
+          <t>9789751742162</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Gagavuz Türkçesi Grameri</t>
+          <t>Kırgız Destanları 17</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>3990000052069</t>
+          <t>9789751607959</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Almanca - Türkçe Sözlük Cilt: 1 A-N (Ciltli)</t>
+          <t>Gagavuz Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789751634207</t>
+          <t>3990000052069</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Kırım Yurtına ve Ol Taraflarga Dair Bolgan Yarlıglar ve Hatlar Cilt: 1</t>
+          <t>Almanca - Türkçe Sözlük Cilt: 1 A-N (Ciltli)</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>80</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>3990000052067</t>
+          <t>9789751634207</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Sami Paşazade Sezai Bütün Eserlri Cilt: 2</t>
+          <t>Kırım Yurtına ve Ol Taraflarga Dair Bolgan Yarlıglar ve Hatlar Cilt: 1</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>10.33</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>3990000052066</t>
+          <t>3990000052067</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Sami Paşazade Sezai Bütün Eserleri Cilt: 3</t>
+          <t>Sami Paşazade Sezai Bütün Eserlri Cilt: 2</t>
         </is>
       </c>
       <c r="C1229" s="1">
         <v>10.33</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>3990000061011</t>
+          <t>3990000052066</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Şerifi Şehname Çevirisi Cilt 3</t>
+          <t>Sami Paşazade Sezai Bütün Eserleri Cilt: 3</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>6</v>
+        <v>10.33</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9789751625670</t>
+          <t>3990000061011</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>6. Türk Dili Kurultayı Bildirileri Cilt: 4 (Ciltli)</t>
+          <t>Şerifi Şehname Çevirisi Cilt 3</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789751625663</t>
+          <t>9789751625670</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>6. Uluslararası Türk Dili Kurultayı Bildirileri Cilt: 3</t>
+          <t>6. Türk Dili Kurultayı Bildirileri Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1232" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789751625649</t>
+          <t>9789751625663</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>6. Uluslararası Türk Dili Kurultayı Bildirileri Cilt: 1</t>
+          <t>6. Uluslararası Türk Dili Kurultayı Bildirileri Cilt: 3</t>
         </is>
       </c>
       <c r="C1233" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>3990000052060</t>
+          <t>9789751625649</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 13</t>
+          <t>6. Uluslararası Türk Dili Kurultayı Bildirileri Cilt: 1</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>9.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>3990001615213</t>
+          <t>3990000052060</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 14</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 13</t>
         </is>
       </c>
       <c r="C1235" s="1">
         <v>9.5</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9789751618412</t>
+          <t>3990001615213</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Adana ve Osmaniye İlleri Ağızları Cilt: 1</t>
+          <t>Ruşen Eşref Ünaydın Bütün Eserleri Cilt: 14</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>25</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789751616210</t>
+          <t>9789751618412</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türk Dili 3 Cilt:1</t>
+          <t>Adana ve Osmaniye İlleri Ağızları Cilt: 1</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>34</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789751617972</t>
+          <t>9789751616210</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Türk Dili 3.Cilt</t>
+          <t>Atatürk ve Türk Dili 3 Cilt:1</t>
         </is>
       </c>
       <c r="C1238" s="1">
         <v>34</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789751631206</t>
+          <t>9789751617972</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Cahit Külebi</t>
+          <t>Atatürk ve Türk Dili 3.Cilt</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>120</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789751742148</t>
+          <t>9789751631206</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>İran Azerbaycanı Aşık Destanları 2 - Tufarganlı Abbas ile Gülgez Destanı</t>
+          <t>Cahit Külebi</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9789751744067</t>
+          <t>9789751742148</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Tıp Metinleri Sözlüğü (Ciltli)</t>
+          <t>İran Azerbaycanı Aşık Destanları 2 - Tufarganlı Abbas ile Gülgez Destanı</t>
         </is>
       </c>
       <c r="C1241" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>3990564505006</t>
+          <t>9789751744067</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 68 Aralık 2019</t>
+          <t>Tarihsel Tıp Metinleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9789751744050</t>
+          <t>3990564505006</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Karakalpak Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Türk Dili Araştırmaları Yıllığı: Belleten Sayı 68 Aralık 2019</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>82</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9789751742223</t>
+          <t>9789751744050</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ağızlarında Yapım Ekleri</t>
+          <t>Karakalpak Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>70</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9789751742230</t>
+          <t>9789751742223</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Türk Dillerinde Akrabalık Adları</t>
+          <t>Türkiye Türkçesi Ağızlarında Yapım Ekleri</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789751744012</t>
+          <t>9789751742230</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>İran Sahası Göklen ve Nohur Türkmen Ağızları</t>
+          <t>Türk Dillerinde Akrabalık Adları</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789751634689</t>
+          <t>9789751744012</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Özbekçe Sözlük</t>
+          <t>İran Sahası Göklen ve Nohur Türkmen Ağızları</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>252</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789751743923</t>
+          <t>9789751634689</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Mantık-ı Esrar</t>
+          <t>Türkçe-Özbekçe Sözlük</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>50</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789751742049</t>
+          <t>9789751743923</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca Manzum Sözlük</t>
+          <t>Mantık-ı Esrar</t>
         </is>
       </c>
       <c r="C1249" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789751743954</t>
+          <t>9789751742049</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesinin Sadeleştirilmiş Dil Bilgisi</t>
+          <t>Çağatayca Manzum Sözlük</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789751743961</t>
+          <t>9789751743954</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Divan</t>
+          <t>Osmanlı Türkçesinin Sadeleştirilmiş Dil Bilgisi</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789751743930</t>
+          <t>9789751743961</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Nogay Türkçesi Grameri (Ses ve Şekil Bilgisi)</t>
+          <t>Divan</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789751744005</t>
+          <t>9789751743930</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Lehçelerinde Kök Fiiller</t>
+          <t>Nogay Türkçesi Grameri (Ses ve Şekil Bilgisi)</t>
         </is>
       </c>
       <c r="C1253" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789751743985</t>
+          <t>9789751744005</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Tercüme-i Tezkire-i Davud Fi İlmi't-Tıbb</t>
+          <t>Kıpçak Lehçelerinde Kök Fiiller</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9789751743947</t>
+          <t>9789751743985</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Tezkire-yi Şu'ara-yı Cezire-yi Girid</t>
+          <t>Kitab-ı Tercüme-i Tezkire-i Davud Fi İlmi't-Tıbb</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>49</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789751635389</t>
+          <t>9789751743947</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Kumuk ve Balkar Söz Notları (Ciltli)</t>
+          <t>Tezkire-yi Şu'ara-yı Cezire-yi Girid</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>3990000098513</t>
+          <t>9789751635389</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dergisi Sayı: 823 Temmuz 2020</t>
+          <t>Kumuk ve Balkar Söz Notları (Ciltli)</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>8</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789751625656</t>
+          <t>3990000098513</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>6. Uluslararası Türk Dili Kurultayı Bildirileri Cilt: 2</t>
+          <t>Türk Dili Dergisi Sayı: 823 Temmuz 2020</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>35</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789751742056</t>
+          <t>9789751625656</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>British Library or 9515'teki Türkçe Kur'an Tercümesi</t>
+          <t>6. Uluslararası Türk Dili Kurultayı Bildirileri Cilt: 2</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>3990000052039</t>
+          <t>9789751742056</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Derviş Muhammed Yemini Fazilet - Name Cilt: 2</t>
+          <t>British Library or 9515'teki Türkçe Kur'an Tercümesi</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>13</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789751743992</t>
+          <t>3990000052039</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ve Zeliha</t>
+          <t>Derviş Muhammed Yemini Fazilet - Name Cilt: 2</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>60</v>
+        <v>13</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>3990000020094</t>
+          <t>9789751743992</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 744 Aralık 2013</t>
+          <t>Yusuf ve Zeliha</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>14</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>3990000115236</t>
+          <t>3990000020094</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>6. Uluslararası Türk Dili Kurultayı Bildirileri (4 Cilt Takım)</t>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 744 Aralık 2013</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>140</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>3990000051860</t>
+          <t>3990000115236</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Tarama Sözlüğü Cilt: 1 A-B</t>
+          <t>6. Uluslararası Türk Dili Kurultayı Bildirileri (4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>8.75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>3990000051859</t>
+          <t>3990000051860</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Tarama Sözlüğü Cilt: 3 E-İ</t>
+          <t>Tarama Sözlüğü Cilt: 1 A-B</t>
         </is>
       </c>
       <c r="C1265" s="1">
         <v>8.75</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>3990000051858</t>
+          <t>3990000051859</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Tarama Sözlüğü Cilt: 4 K-N</t>
+          <t>Tarama Sözlüğü Cilt: 3 E-İ</t>
         </is>
       </c>
       <c r="C1266" s="1">
         <v>8.75</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>3990000051857</t>
+          <t>3990000051858</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Tarama Sözlüğü Cilt: 6 - U-Z</t>
+          <t>Tarama Sözlüğü Cilt: 4 K-N</t>
         </is>
       </c>
       <c r="C1267" s="1">
         <v>8.75</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>3990000051856</t>
+          <t>3990000051857</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Tarama Sözlüğü Cilt: 7 - Ekler</t>
+          <t>Tarama Sözlüğü Cilt: 6 - U-Z</t>
         </is>
       </c>
       <c r="C1268" s="1">
         <v>8.75</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>3990000051855</t>
+          <t>3990000051856</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Tarama Sözlüğü Cilt: 8 - Dizin</t>
+          <t>Tarama Sözlüğü Cilt: 7 - Ekler</t>
         </is>
       </c>
       <c r="C1269" s="1">
         <v>8.75</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789751606938</t>
+          <t>3990000051855</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Türk Gramerinin Sorunları Toplantısı</t>
+          <t>Tarama Sözlüğü Cilt: 8 - Dizin</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>2</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>3990000030798</t>
+          <t>9789751606938</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 481 - 482</t>
+          <t>Türk Gramerinin Sorunları Toplantısı</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>16</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
+          <t>3990000030798</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dili Dil ve Edebiyat Dergisi Sayı: 481 - 482</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
           <t>9789751600653</t>
         </is>
       </c>
-      <c r="B1272" s="1" t="inlineStr">
+      <c r="B1273" s="1" t="inlineStr">
         <is>
           <t>Orhon Yazıtları</t>
         </is>
       </c>
-      <c r="C1272" s="1">
+      <c r="C1273" s="1">
         <v>60</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>