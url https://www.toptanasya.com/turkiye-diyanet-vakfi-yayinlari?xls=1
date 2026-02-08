--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,21160 +85,23800 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254287800</t>
+          <t>9786254287114</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yuva Aile Öyküleri</t>
+          <t>Zooptik</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>95</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254287763</t>
+          <t>9786254289545</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Bastonu</t>
+          <t>Oruç Öyküleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254287381</t>
+          <t>9786254287985</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman ve Karıncalar</t>
+          <t>Tarihi Aşan Kadınlar</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254287466</t>
+          <t>9786254287855</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Şemsiyesi</t>
+          <t>İki Yay Arası Hadis</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254287077</t>
+          <t>9786254289538</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Korkumu Nasıl Parka Götürdüm?</t>
+          <t>Bir Hadis Bir Kudüs</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254287480</t>
+          <t>9786254289415</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Öf ve Ke Birleşince</t>
+          <t>TDV Ajanda 2026 Kırmızı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254286209</t>
+          <t>9786254289439</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüm ve Ben Yalnızcılık Oynarken</t>
+          <t>TDV Ajanda 2026 Turuncu</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254287084</t>
+          <t>9786254289422</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sen Hiç Zürafa Gördün Mü?</t>
+          <t>TDV Ajanda 2026 Yeşil</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254287435</t>
+          <t>9786254284991</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatyalar</t>
+          <t>Hafızın Defteri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254287473</t>
+          <t>9786254288203</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Yeni Üyeleri</t>
+          <t>Ben Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254287497</t>
+          <t>9786254288180</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sevgimin Rengi</t>
+          <t>Tefsirle Tanışıyorum Namaz Sureleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254287459</t>
+          <t>9786254287879</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Biraz Bekleyelim Mi?</t>
+          <t>Bi Sorun Mu Var?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254287442</t>
+          <t>9786254288159</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İçin Adalet</t>
+          <t>Babaannem Uçacak mı Bakalım?</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254284533</t>
+          <t>9786254288296</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Başladığı Yere Döner</t>
+          <t>Peygamberimi Seviyorum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257205139</t>
+          <t>9786254288289</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Elif Ba'sı Poster 50x70</t>
+          <t>Ailemi Seviyorum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9799753894554</t>
+          <t>9786254287404</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 33 (Ciltli)</t>
+          <t>Aklımda Deli Sorular - Tanrı ve Din Üzerine Diyaloglar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>650</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254287367</t>
+          <t>9786254287886</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor Sebzeler</t>
+          <t>Çeşni</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254287374</t>
+          <t>9786254288104</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Annem Hep Yanımda</t>
+          <t>Annemi Anlamak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254358579</t>
+          <t>9786254288173</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ve Domates Endülüs’te Kurtuba Camii</t>
+          <t>Geçmişten Günümüze Mevzu Hadis</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>55</v>
+        <v>475</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254358722</t>
+          <t>9786254288135</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Poli’nin Ayna Oyunu</t>
+          <t>Karanlıkta Parlayan Yıldız - Hz. Ümmü Seleme</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254358630</t>
+          <t>9786254287534</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hediye (Ciltli)</t>
+          <t>Meraklı Serçe - Hz. Zeynep Binti Cahş</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254358159</t>
+          <t>9786254287862</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kabe’nin Yolları (Ciltli)</t>
+          <t>Gölgede Kalan Işıklar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254286841</t>
+          <t>9786254288128</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Rabbim</t>
+          <t>Cami Saldırıları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254286858</t>
+          <t>9786254287817</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Duam</t>
+          <t>Hadis İlminde Fehrese Literatürü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254287183</t>
+          <t>9786254286117</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tesisün Nezair Medârul Usul (Ciltli)</t>
+          <t>TDV Ajanda 2025 Sarı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254286650</t>
+          <t>9789753893800</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal ve Sosyal Davranış Bilgileri</t>
+          <t>Vaaz Edebiyatında Hadisler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254284854</t>
+          <t>9786057580795</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İlk Yapboz Kitabım Taşıtlar (Ciltli)</t>
+          <t>Ayet ve Hadislerin Dilinden Ailemiz Kartela</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254284809</t>
+          <t>9789753893053</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Poster Kitap Deniz (Ciltli)</t>
+          <t>Basmacılar Türkistan Milli Mücadele Tarihi 1917-1934</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254284816</t>
+          <t>9789753896443</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Poster Kitap Çiftlik (Ciltli)</t>
+          <t>Hatim Cüzü Karton Kapak  30 Cüz Çantalı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254284823</t>
+          <t>4440000000853</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Poster Kitap Orman (Ciltli)</t>
+          <t>40 Hadiste Helal Kazanç Kartela</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254284830</t>
+          <t>9789751963765</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Poster Kitap Mevsimler (Ciltli)</t>
+          <t>Danimarkaca Kuranı Kerim Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254284984</t>
+          <t>9789753890298</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Hisset Denizde Yaşam (Ciltli)</t>
+          <t>Le Grand Livre De Siyer-i Kebir (Fransızca 4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>600</v>
+        <v>390</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254284977</t>
+          <t>9789751952127</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Hisset Karada Yaşam (Ciltli)</t>
+          <t>Kuranı Kerim Rahle Boy Prestij Dib (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254284885</t>
+          <t>8380000000217</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dokun Dinle Aslan (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Zümrüt Yeşil</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254284861</t>
+          <t>8380000000221</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dokun Dinle Kedi (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Turkuaz</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254284892</t>
+          <t>8380000000218</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dokun Dinle Koyun (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Lila</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254284878</t>
+          <t>8380000000219</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dokun Dinle Civciv (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Kırmızı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254285998</t>
+          <t>8380000000234</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Çocuk Olacağım</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Gri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>900</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254285691</t>
+          <t>8380000000233</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cevher - Şahsiyet Öyküleri</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Gök Mavi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>900</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753898225</t>
+          <t>8380000000213</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed Siyer-i Nebi</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Bordo</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254282348</t>
+          <t>9789753895408</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Roman Boy Kırmızı (Ciltli)</t>
+          <t>Kuranı Kerim Meali Metinsiz Hafız Boy</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>380</v>
+        <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254282362</t>
+          <t>8380000000228</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Roman Boy Beyaz (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Lacivert</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>380</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254282331</t>
+          <t>9789753890625</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Roman Boy Yeşil (Ciltli)</t>
+          <t>Hanefi Fıkhının Esasları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254281488</t>
+          <t>9789751940519</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabı - Adım Adım İyilik</t>
+          <t>Kalpten Görenler (CD)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>245</v>
+        <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254281198</t>
+          <t>9789753891783</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Gelen Dualar</t>
+          <t>Hz. Muhammed ve Gençlik (Kutlu Doğum 1992)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258146387</t>
+          <t>9789751964755</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Renkli Bilgisayar Hattı Ali El Kari İmlası (Pembe)</t>
+          <t>Azerice Kuranı Kerim Meali Hediyem Kuran Olsun (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>430</v>
+        <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258146370</t>
+          <t>9786258023381</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Renkli Bilgisayar Hattı Ali El Kari İmlası (Mavi)</t>
+          <t>Sosyolojik ve Psikolojik Boyutlarıyla Hac</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>430</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>8380000000271</t>
+          <t>9786058161832</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Hafız Boy Kuranı Kerim Ay Yıldız Nakışlı (Ciltli)</t>
+          <t>İsrafla Mücadele 40 Ayet Hadis Kartelası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>3250</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257672665</t>
+          <t>9789753890267</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Abdest Namaz Kitapçığı - Küçük Boy Japonca</t>
+          <t>Stres ve Dini İnanç</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258023312</t>
+          <t>9789753892445</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Büyük Dua Kitabı (Ciltli)</t>
+          <t>Günümüz Sanatçılarından Türk İslam Sanatı Örnekleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>485</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>8380000000243</t>
+          <t>9789753890632</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Vizon</t>
+          <t>Günümüz Dilinden Hz Peygambere Naatlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>700</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>8380000000244</t>
+          <t>9789753890779</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Siyah</t>
+          <t>Ghazali Kant The Idea Of Universality Of Ethical Norms İn</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>700</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>8380000000207</t>
+          <t>9789753890618</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Vizon</t>
+          <t>Tanrı Ahlak İlişkisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>900</v>
+        <v>50</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>8380000000205</t>
+          <t>9789753895040</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Lacivert</t>
+          <t>Dinimizi Öğreniyoruz Yaz Kuran Kursları Öğretici Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>900</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>8380000000236</t>
+          <t>9789753893107</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Gold</t>
+          <t>Türk Dünyasının Dini Meseleleri Kutlu Doğum 1997</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>700</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>8380000000208</t>
+          <t>9789753893220</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Siyah</t>
+          <t>Türkiye'nin Çağdaşlaşma Problemi ve İslam Kutlu Doğum 1998</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>900</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>8380000000214</t>
+          <t>9789753891899</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Siyah</t>
+          <t>Anglikan Kilisesine Cevap</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>900</v>
+        <v>70</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>8380000000232</t>
+          <t>9786257137027</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Pudra Pembe</t>
+          <t>Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>900</v>
+        <v>45</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257581202</t>
+          <t>9789753896825</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler 12 Kitap Set</t>
+          <t>Namazda Okunan Kısa Sureler ve Dualar Kartelası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257205214</t>
+          <t>4440000000101</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Bir Kuş Kondu</t>
+          <t>Dinimizi Öğreniyoruz 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>260</v>
+        <v>8</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257581950</t>
+          <t>9789753899710</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Papatya ve Yeğenleri</t>
+          <t>Okul Öncesi Dini Eğitim Seti (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258023596</t>
+          <t>9789753892582</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tecvid El Kitabı</t>
+          <t>Tefsiru Garibi'l - Kur'ani'l-Azim (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257672610</t>
+          <t>9789751967244</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Anshaxa Shaqada Ee Islaamka İlahiyatçılık ve Din Görevliliği Meslek Ahlakı Somalice</t>
+          <t>Kur'an Öğreniyorum Elif Ba (Rusça Kopah)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258023275</t>
+          <t>9789753892650</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri Set 2 Japonca 5 Kitap</t>
+          <t>Ağlayan Asma</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>700</v>
+        <v>4.64</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257205221</t>
+          <t>9789753898423</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 1 Seri 5 Kitap Takım Japonca</t>
+          <t>Aynur Çimenlekesi ve Pek Sıradan Ailesi (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>700</v>
+        <v>60</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257581929</t>
+          <t>9789753892803</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın İnanç Dünyası Japonca</t>
+          <t>Inleiding Tot De İslam (İslam'a Giriş)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753899017</t>
+          <t>9789753896245</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy Zarif) (Ciltli)</t>
+          <t>Mukaddes Yolculuk Medine-i Münevvere</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>550</v>
+        <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058161818</t>
+          <t>9789753892186</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy) - Renkli Kuşe Bilgisayar Hattı Ali El Kari İmlası (Ciltli)</t>
+          <t>Aydınlanma Üzerine Bir Derkenar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>550</v>
+        <v>65</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057580368</t>
+          <t>9789751969637</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İyilik Bahçesi - Peygamberimizin Anlattığı Hikayeler</t>
+          <t>Ayet ve Hadislerden Seçme Dualar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753898171</t>
+          <t>9799753892949</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali (Cep Boy Metinsiz- Plastik Kapak) - İki Farklı Renkte</t>
+          <t>Kutup Yıldızı - Gökyüzü Dostları 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>270</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753897334</t>
+          <t>9799753892932</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meal (Fransızca) (Ciltli)</t>
+          <t>Gökkuşağı Türküsü - Gökyüzü Dostları 1</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>800</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753890694</t>
+          <t>9799753892970</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Hadis Terimleri Sözlüğü</t>
+          <t>Şehit Pınarı - Gökyüzü Dostları 4</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>340</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753897464</t>
+          <t>9799753892963</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Açıdan Namaz ve Namaz Psikolojisi</t>
+          <t>Zafer Irmağı - Gökyüzü Dostları 5</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753897693</t>
+          <t>9789753892896</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İbn Nefis'te İnsanın Zihinsel Tekamülü</t>
+          <t>Kafesteki Kuş - Emeklerimizin Dili 2</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>290</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753899048</t>
+          <t>9789753892902</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Aynur Çimenlekesi ve Pek Sıradan Ailesi</t>
+          <t>Bir Minarenin Günlüğünden - Emeklerimizin Dili 3</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>3.48</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753898164</t>
+          <t>9789753892919</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Pencere Camları - Emeklerimizin Dili 4</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>85</v>
+        <v>3.48</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753897365</t>
+          <t>9789753895651</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kur'an Kursları Etkinlik Kitabı</t>
+          <t>Kanatsız Kelebekler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>85</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753896641</t>
+          <t>9799753892956</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l-İrşad</t>
+          <t>Akbulut Karabulut 3</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>3.48</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753895644</t>
+          <t>9789753896337</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Öğütler (Ciltli)</t>
+          <t>Yeşil Canlar Öykü Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>440</v>
+        <v>30</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753890007</t>
+          <t>9789751952110</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nüzulünden Günümüze Kur'an-ı Kerim Bilgileri</t>
+          <t>Fatiha ve Hucurat Sürelerinin Meal ve Tesfiri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>320</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056866968</t>
+          <t>9789753891202</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Saray Bosna - Bir Rüyanın Başkenti</t>
+          <t>Ailede Eğitim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>165</v>
+        <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753897471</t>
+          <t>9789753897709</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Mesajlar (Ciltli)</t>
+          <t>Kuş Sesleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>390</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753893893</t>
+          <t>9789753896771</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Anne Peygamber Nerede</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>320</v>
+        <v>30</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753895071</t>
+          <t>3990000025526</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Anlamak Kırk Ayet ve Yorumu</t>
+          <t>Allah Sevgisi Allah Korkusu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>390</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753895538</t>
+          <t>9789753897327</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli</t>
+          <t>Resimlerle Abdest ve Namaz (Hafız Boy)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753895446</t>
+          <t>9789753895187</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Molla Hüsrev</t>
+          <t>Dini ve Ahlaki Hikayeler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>85</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753891196</t>
+          <t>9789753895484</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri</t>
+          <t>Bizim Çocuklar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753891134</t>
+          <t>3990000015491</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Adem</t>
+          <t>Edeb Yahu - 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753891707</t>
+          <t>9789753896290</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı M. Hamdi Yazır Gözüyle : Vakıflar (Ciltli)</t>
+          <t>Çim Baba</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753897297</t>
+          <t>3990000017188</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest ve Namaz (Cep Boy)</t>
+          <t>Elmalılı Muhammed Hamdi Yazır</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753899086</t>
+          <t>9789753892599</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>245</v>
+        <v>50</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753896917</t>
+          <t>9789753895026</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Hisbe Teşkilatı</t>
+          <t>Sorulu Cevaplı Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753896009</t>
+          <t>9789783891027</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Ardında</t>
+          <t>İslam ve Medeniyet</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753895675</t>
+          <t>9789753896382</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bacadaki Salıncak</t>
+          <t>Safahat ( Ciltli )</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753896962</t>
+          <t>9789753891332</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Görgülü Kuşlar Gördüğünü İşler</t>
+          <t>Babilik ve Bahailik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057580535</t>
+          <t>9789753891479</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim Elif - Ba'sı</t>
+          <t>Okul Öncesi Çocuklarda Dini Duygunun Gelişimi ve Eğitimi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753898478</t>
+          <t>9789753891387</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Selam</t>
+          <t>İmam Buhari</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753898430</t>
+          <t>9789753899406</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Seçil</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Roman Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753894838</t>
+          <t>9789753890532</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Şehri Medine-i Münevvere</t>
+          <t>Der Gnadenreiche Koran (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753895804</t>
+          <t>9789753894244</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiirinde Mevlana Övgüleri ve Mevlevîlik Unsurları</t>
+          <t>Beşikten Mezara Kırgız Türkleri'nde Gelenek ve İnanışlar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753894876</t>
+          <t>9789753890826</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türklerinde Arapça Tarih Yazıcılığı</t>
+          <t>Kanije Destanı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753899604</t>
+          <t>9789783891479</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Açıklamalı Meali (Orta Boy Metinsiz) (Ciltli)</t>
+          <t>Okul Öncesi Çocuklarda Dini Duygunun Gelişimi ve Eğitimi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>450</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753896702</t>
+          <t>9789753897082</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Uluslararası Andlaşmalar</t>
+          <t>Ahmed Hatiboğlu Beste Külliyatı (4 Cd+1Dvd) Tasavvufi Eserler - Kar - Beste ve Şarkılar - Saz Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257205955</t>
+          <t>9789753896061</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Ayetler ve İlmi Gerçekler</t>
+          <t>İslamlaşma Sürecinde Türklerin İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>8380000000061</t>
+          <t>9789753890397</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Naatlar</t>
+          <t>Çocuğun Eğitiminde Dini Motifler</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753895699</t>
+          <t>9789753898126</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Mukaddes Yolculuk : Mekke-i Mükerreme 2. Cilt</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>270</v>
+        <v>65</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753896047</t>
+          <t>3990000027649</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber</t>
+          <t>İslam Ansiklopedisi (45 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>50</v>
+        <v>3334.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753897839</t>
+          <t>9789753896429</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Başaran Kardeşler İş Başında</t>
+          <t>Dinimizi Öğreniyoruz Öğretici Kitabı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753890656</t>
+          <t>9789753895248</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Arasındaki Farklar</t>
+          <t>Dünden Bugüne Osmanlı Araştırmaları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>42</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753897969</t>
+          <t>9789753892223</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>İslam Düşüncesinin Problemlerine Giriş</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753898133</t>
+          <t>9789753893213</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cibril Hadisi ve İslam Düşüncesine Yansımaları</t>
+          <t>Bir Demet Çiçek</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753892025</t>
+          <t>9789753897174</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bursalı Mehmet Tahir Bey ve Türklerin Ulum ve Fününa Hizmetleri</t>
+          <t>Fatih Sultan Mehmet Çocuk Padişah</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753898140</t>
+          <t>9789753895323</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kelam Atomculuğu ve Modern Kozmoloji</t>
+          <t>El-Akidetü'r-Rükniyye Fi Şerhi La İlahe İllallah Muhammedün Resulullah</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753892551</t>
+          <t>9789753893374</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yurtdışı Camiler Albümü (Ciltli)</t>
+          <t>Kur'an-ı Kerim Açıklamalı Meali</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753894180</t>
+          <t>3990000017907</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Üstad-ı Hayat 2</t>
+          <t>Kültür Değişmeleri ve Batılılaşma Meselesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>390</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753897525</t>
+          <t>3990000017906</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kur'an Kursu Öğreticilerinde İş ve Aile Hayatının Dengelenmesi</t>
+          <t>Şems-i Bitlisi - Bitlis'ten Doğan Güneş</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789753895873</t>
+          <t>3990000022450</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İmam Zeyd B. Ali</t>
+          <t>Aydede Masalları - 1</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>245</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753893336</t>
+          <t>9789753897860</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Işığında Kadın</t>
+          <t>Acemi Avcı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753892476</t>
+          <t>9789753897877</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürü ve Toplumsal Ekonomik Değişim</t>
+          <t>Kutsal Topraklara Yolculuk</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753897822</t>
+          <t>9799753892130</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre El Kitabı</t>
+          <t>Türkiye'de Misyonerlik Faaliyetleri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753897303</t>
+          <t>9799753891744</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Akan İlahi Aşk Nağmeleri ve Kur'an Ahlakı</t>
+          <t>Sosyal Güvenlik Açısından Zekat</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753890380</t>
+          <t>9789753890557</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Derviş Dedenin Dilinden İbadet İlkeleri</t>
+          <t>Kur'an-ı Kerim ve Modern Tıbba Göre İnsanın Yaratılışı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753892520</t>
+          <t>9789753897518</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çöküş Öncesi Sovyetler Birliği'nde İslamiyet ve Müslümanlar</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Gürcüce) (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753897907</t>
+          <t>9789753892537</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Fahri Kainat Efendimiz 2</t>
+          <t>Ahmet Cevdet Paşa (1823-1895)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789753897891</t>
+          <t>3990000017623</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Fahr-i Kainat Efendimiz 1</t>
+          <t>Bedruddin Ayni</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>390</v>
+        <v>11.6</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753896863</t>
+          <t>3990000017921</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bahadır Kuzu Çobanı</t>
+          <t>Balkanlarda Osmanlı Barışı ve Batı Meselesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753896030</t>
+          <t>3990000032537</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Martıları Evcilleştiren Şairler: Şeyh Yahya Efendi Şeyhülislam Yahya Efendi</t>
+          <t>Kitab-ı Dar (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753896870</t>
+          <t>9789753891776</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Duası</t>
+          <t>Seni Seven Neylesin</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>390</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753896191</t>
+          <t>9789753892605</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hak Çalabım</t>
+          <t>İntroduction to İslam</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753890786</t>
+          <t>3990000017641</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Dini Temeli</t>
+          <t>Kuş Sesleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>155</v>
+        <v>82</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753892216</t>
+          <t>9789753890181</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türkler - Karakterleri, Terbiyeleri ve Müesseseleri</t>
+          <t>Çocuk ve Dua</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>85</v>
+        <v>20</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753896269</t>
+          <t>3990000017694</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bahçemdeki Anadolu</t>
+          <t>Ahkamü'l-Kur'ani'l-Kerim Cüz: 1 Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753897686</t>
+          <t>9789753890144</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Su ve Ateş</t>
+          <t>Mutlu Bir Son İçin</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>85</v>
+        <v>8</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753898249</t>
+          <t>9789753898119</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hz. Safvan Bin Muattal</t>
+          <t>Mukaddes Yolculuk : Mekke-i Mükerreme 1. Cilt</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753892391</t>
+          <t>9789753890038</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Leyl ü Nehar Aşk</t>
+          <t>Hacı Adaylarına Özet Bilgi ve Dualar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753893534</t>
+          <t>9789753896733</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kültür Değişmeleri ve Batılılaşma Meselesi</t>
+          <t>Şeyh Galip Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>60</v>
+        <v>325</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753898522</t>
+          <t>9786257205757</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Adıyamanlı Divan Şairleri ve Şiirleri</t>
+          <t>Teolojik-Politik İnceleme</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257069526</t>
+          <t>3996057580448</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Initiation A L'Islam</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 4. Kitap</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>550</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753894074</t>
+          <t>3996057580447</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örnek Hz. Peygamber</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 5. Kitap</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753897402</t>
+          <t>9786257581110</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Ortaya Çıktığı Dönemde Arap Yarımadası'nda Hıristiyanlık</t>
+          <t>Rika Meşk Kitabı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753896900</t>
+          <t>9799753890969</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Münacat</t>
+          <t>Bestami Yazgan Emeklerimizin Dili (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>17.4</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753897150</t>
+          <t>3996057580450</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy-2 Renkli) Aliyyü'l-Kari-Tarz (Ciltli)</t>
+          <t>Tahin ile Pekmez Dikkat Etkinlikleri 7. Kitap</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753895927</t>
+          <t>9789753890199</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Milleti</t>
+          <t>Hadiscilerle Kelamcılar Arasındaki Münakaşalar</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753894197</t>
+          <t>9789751967510</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Hafız Boy) (Ciltli)</t>
+          <t>Kendi Dilinden FETÖ Örgütlü Bir Din İstismarı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753895880</t>
+          <t>9789753891509</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina ve Bilim</t>
+          <t>Alemlere Rahmet Hz. Muhammed</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>195</v>
+        <v>42</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753896238</t>
+          <t>3996057580446</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 1. Kitap</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753894210</t>
+          <t>3996057580444</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Gençlik</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 2. Kitap</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753893657</t>
+          <t>3996057580443</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e Göre Hz. Peygamber'in Örnek Hayatı</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 3. Kitap</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>75</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753894487</t>
+          <t>8380000000124</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 21 (Ciltli)</t>
+          <t>Kuran-ı Kerim Rahle Boy Prestij Yaldızlı Bilgisayar Hattı (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>650</v>
+        <v>9500</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753894494</t>
+          <t>9789753896849</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 22 (Ciltli)</t>
+          <t>Hz. Peygamber'de Sevgi ve Merhamet</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753897549</t>
+          <t>9786257069854</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 43 (Ciltli)</t>
+          <t>Abdest ve Namaz Kitapçığı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753894388</t>
+          <t>3995655521115</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 11 (Ciltli)</t>
+          <t>Et Teshil Şerhu Letaifil İşarat ( Cilt 1 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753894456</t>
+          <t>9789753898676</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 18 (Ciltli)</t>
+          <t>Zorlukları Aşarken 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753894401</t>
+          <t>9789753898690</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 13 (Ciltli)</t>
+          <t>Zorlukları Aşarken 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>650</v>
+        <v>230</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753894395</t>
+          <t>9786254287770</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 12 (Ciltli)</t>
+          <t>Portakal Kokar Sabahlarımız</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753894586</t>
+          <t>9786254287602</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 31 (Ciltli)</t>
+          <t>Nereden Çıktı Bu Köstebek?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753894357</t>
+          <t>9786254287619</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 8 (Ciltli)</t>
+          <t>Ne Oldu Sana Balık?</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753894333</t>
+          <t>9786254287626</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 6 (Ciltli)</t>
+          <t>Hoş Geldin Leylek</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753894326</t>
+          <t>9786254287633</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 5 (Ciltli)</t>
+          <t>Çok Çöp Az Çöp Hiç Çöp</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753894432</t>
+          <t>9786254287640</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 16 (Ciltli)</t>
+          <t>Hadi Büyü Bebek Domates</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753894371</t>
+          <t>9786254287657</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 10 (Ciltli)</t>
+          <t>Nereye Gidiyorsun Minik Salyangoz?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753894081</t>
+          <t>9786254287091</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 27 (Ciltli)</t>
+          <t>Uçan Paspasım ve Ben</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753894142</t>
+          <t>9786254287237</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 28 (Ciltli)</t>
+          <t>Keşke Canavarı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753893077</t>
+          <t>9786254287244</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Hayat</t>
+          <t>Hayır Canavarı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753891431</t>
+          <t>9786254287589</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hasan Basri Çantay</t>
+          <t>Belki Canavarı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753897921</t>
+          <t>9786254287251</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali (Metinsiz, Plastik Kapak, Hafız Boy) - İki Farklı Renkte</t>
+          <t>Evet Canavarı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789753894173</t>
+          <t>9786254287572</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Üstad-ı Hayat</t>
+          <t>Hemen Canavarı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>390</v>
+        <v>120</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753897440</t>
+          <t>9786254287824</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli / Avucumdaki Hasat</t>
+          <t>Allah’ı Seviyorum</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753896399</t>
+          <t>9786254288142</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Edeb Yahu - 2</t>
+          <t>İslam Düşüncesinde Nübüvvet</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753896252</t>
+          <t>9786254287411</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Güzel Son</t>
+          <t>Evanjelizmin Yardımsever Yüzü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>50</v>
+        <v>420</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>8380000000089</t>
+          <t>9786254287510</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Karıncalar 1: Halter Turnuvası Seti (7 Kitap Takım)</t>
+          <t>Neler Oluyor?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753890816</t>
+          <t>9786254287527</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Ve Açıklamalı Meali (Orta Boy) (Ciltli)</t>
+          <t>Din Dil ve Sanat</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753894685</t>
+          <t>9786254287541</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Artık Solmasın</t>
+          <t>Hicretname</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753894869</t>
+          <t>9786254287428</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şehidin Babası</t>
+          <t>Arabam Tahtadan İnerim Rampadan</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>65</v>
+        <v>170</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753896726</t>
+          <t>9786254287787</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Emevi Devleti'nin Dönüm Noktası Abdülmelik Bin Mervan</t>
+          <t>Basitin Poetikası</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753892339</t>
+          <t>9786057580450</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Er-Risale</t>
+          <t>Çevre Bildirisi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753890564</t>
+          <t>9789753890441</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'dan Anadolu'ya Göçler</t>
+          <t>Die Botschaft Des Koran</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>65</v>
+        <v>145</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257581462</t>
+          <t>9786254287800</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bana Ne Diyor? Yaşa Diyor</t>
+          <t>Yuva Aile Öyküleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>330</v>
+        <v>95</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257581080</t>
+          <t>9786254287763</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali 1-2 Cilt (Ciltli)</t>
+          <t>Dedemin Bastonu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>3900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257672771</t>
+          <t>9786254287381</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Hz. Süleyman ve Karıncalar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753894982</t>
+          <t>9786254287466</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Cabbar Kulu (Ciltli)</t>
+          <t>Merhamet Şemsiyesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>620</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753894067</t>
+          <t>9786254287077</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 26 (Ciltli)</t>
+          <t>Korkumu Nasıl Parka Götürdüm?</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753894500</t>
+          <t>9786254287480</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 23 (Ciltli)</t>
+          <t>Öf ve Ke Birleşince</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753894517</t>
+          <t>9786254286209</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 24 (Ciltli)</t>
+          <t>Üzüntüm ve Ben Yalnızcılık Oynarken</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753893305</t>
+          <t>9786254287084</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Sen Hiç Zürafa Gördün Mü?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753890847</t>
+          <t>9786254287435</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İslami Kaynaklara Göre Peygamberler</t>
+          <t>Sarı Papatyalar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753896887</t>
+          <t>9786254287473</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-Name</t>
+          <t>Sınıfın Yeni Üyeleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753894104</t>
+          <t>9786254287497</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kopah - (Rusça Kur'an-ı Kerim Meali) (Ciltli)</t>
+          <t>Sevgimin Rengi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789753896153</t>
+          <t>9786254287459</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Örnek Bir Lider Hz. Peygamber</t>
+          <t>Biraz Bekleyelim Mi?</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753895668</t>
+          <t>9786254287442</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 36 (Ciltli)</t>
+          <t>Mutluluk İçin Adalet</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753894579</t>
+          <t>9786254284533</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 35 (Ciltli)</t>
+          <t>Her Şey Başladığı Yere Döner</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753895897</t>
+          <t>9786257205139</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 37 (Ciltli)</t>
+          <t>Kur'an Elif Ba'sı Poster 50x70</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>650</v>
+        <v>105</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753894036</t>
+          <t>9799753894554</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 25 (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 33 (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753897310</t>
+          <t>9786254287367</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest ve Namaz (Orta Boy)</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor Sebzeler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753896559</t>
+          <t>9786254287374</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yavru Dev - Şifa Çiçeği 4</t>
+          <t>Annem Hep Yanımda</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753892209</t>
+          <t>9786254358579</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali</t>
+          <t>Zeynep ve Domates Endülüs’te Kurtuba Camii</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057580832</t>
+          <t>9786254358722</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bana Ne Diyor? Oku Diyor (Ciltli)</t>
+          <t>Poli’nin Ayna Oyunu</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>330</v>
+        <v>60</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057580382</t>
+          <t>9786254358630</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bana Ne Diyor? Anla Diyor (Ciltli)</t>
+          <t>En Güzel Hediye (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753896719</t>
+          <t>9786254358159</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Sinan Paşa - Yakarışlar Kitabı (Tazarru'name)</t>
+          <t>Kabe’nin Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>620</v>
+        <v>190</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753892469</t>
+          <t>9786254286841</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Rus Yayılmacılığının Tarihi Kökenleri</t>
+          <t>Rabbim</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057580597</t>
+          <t>9786254286858</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sureler ve Dualar Yasin Tebareke Amme Cuma Fetih Türkçe Anlamları</t>
+          <t>Duam</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753890533</t>
+          <t>9786254287183</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Der Gnadenreiche Koran Almanca Kur'an-ı Kerim Meali (Ciltli)</t>
+          <t>Tesisün Nezair Medârul Usul (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789753898607</t>
+          <t>9786254286650</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 3. Cilt (Karton Kapak)</t>
+          <t>Kurumsal ve Sosyal Davranış Bilgileri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050304862</t>
+          <t>9786254284854</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Din ü Devlet Mülk ü Millet Bir Ömrün Hikayesi</t>
+          <t>İlk Yapboz Kitabım Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786058686908</t>
+          <t>9786254284809</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Necmettin Nursaçan</t>
+          <t>Yapboz Poster Kitap Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254283246</t>
+          <t>9786254284816</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali (Ciltli)</t>
+          <t>Yapboz Poster Kitap Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254283253</t>
+          <t>9786254284823</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali</t>
+          <t>Yapboz Poster Kitap Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254282782</t>
+          <t>9786254284830</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Sıvama Cilt Yeşil ) (Ciltli)</t>
+          <t>Yapboz Poster Kitap Mevsimler (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254282775</t>
+          <t>9786254284984</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Sıvama Cilt Kahverengi ) (Ciltli)</t>
+          <t>Dokun ve Hisset Denizde Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789753893091</t>
+          <t>9786254284977</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı'nın Tahlili</t>
+          <t>Dokun ve Hisset Karada Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789753898393</t>
+          <t>9786254284885</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İman İbadet Sohbetler</t>
+          <t>Dokun Dinle Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786056866913</t>
+          <t>9786254284861</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet (Ciltli)</t>
+          <t>Dokun Dinle Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789753894548</t>
+          <t>9786254284892</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 32 (Ciltli)</t>
+          <t>Dokun Dinle Koyun (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057580351</t>
+          <t>9786254284878</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Manilerle Ramazan</t>
+          <t>Dokun Dinle Civciv (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254287121</t>
+          <t>9786254285998</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizmin Ötesinde Batıda Hadis ve İslâm Araştırmaları Üzerine Söyleşiler</t>
+          <t>Büyüyünce Çocuk Olacağım</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254287053</t>
+          <t>9786254285691</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Batıda Hadis Araştırmaları</t>
+          <t>Cevher - Şahsiyet Öyküleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786254287213</t>
+          <t>9789753898225</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Din ve Din Adamları</t>
+          <t>Son Peygamber Hz. Muhammed Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254287268</t>
+          <t>9786254282348</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sudan Hikayeler</t>
+          <t>Kur'an-ı Kerim Renkli Roman Boy Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254287220</t>
+          <t>9786254282362</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Arkasındaki Dostluk Öyle Değil Şöyle Hz. Fatıma</t>
+          <t>Kur'an-ı Kerim Renkli Roman Boy Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254286940</t>
+          <t>9786254282331</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hicaz ve Suriye Hatırası</t>
+          <t>Kur'an-ı Kerim Renkli Roman Boy Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>800</v>
+        <v>380</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254287275</t>
+          <t>9786254281488</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işığı 4 - Karşılaştırmalı Metinler</t>
+          <t>Tatil Kitabı - Adım Adım İyilik</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254287176</t>
+          <t>9786254281198</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Ardındaki Dostluk Hz. Ümmü Gülsüm</t>
+          <t>Gönülden Dile Gelen Dualar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786254287145</t>
+          <t>9786258146387</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ben Necmeddin Okyay</t>
+          <t>Kuranı Kerim Orta Boy Renkli Bilgisayar Hattı Ali El Kari İmlası (Pembe)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>130</v>
+        <v>430</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254287282</t>
+          <t>9786258146370</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Huzura Kavuşturan Kurallar Kitabı</t>
+          <t>Kuranı Kerim Orta Boy Renkli Bilgisayar Hattı Ali El Kari İmlası (Mavi)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254287060</t>
+          <t>8380000000271</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Masal Kitabı</t>
+          <t>Ahşap Kutulu Hafız Boy Kuranı Kerim Ay Yıldız Nakışlı (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254286810</t>
+          <t>9786257672665</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Çağının Mutlu Çocukları Üsame Bin Zeyd</t>
+          <t>Abdest Namaz Kitapçığı - Küçük Boy Japonca</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254286834</t>
+          <t>9786258023312</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Çağının Mutlu Çocukları Hz. Ali</t>
+          <t>Açıklamalı Büyük Dua Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>485</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254287039</t>
+          <t>8380000000243</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İlmihali (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Vizon</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254286735</t>
+          <t>8380000000244</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Üç Mescit</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Siyah</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786254286537</t>
+          <t>8380000000207</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Karşılıklı Meali 30 Cüz Orta Boy Yeşil Kare Kodlu</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Vizon</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>1700</v>
+        <v>900</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786254286490</t>
+          <t>8380000000205</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy 30 Cüz Yeşil Çanta Kare Kodlu</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Lacivert</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>1500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786254286520</t>
+          <t>8380000000236</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Açıklamalı Meali 30 Cüz Rahle Boy Lacivert Kare Kodlu</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Gold</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>2100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786254286513</t>
+          <t>8380000000208</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Rahle Boy 30 Cüz Siyah Çanta Kare Kodlu</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Siyah</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>1900</v>
+        <v>900</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254287336</t>
+          <t>8380000000214</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre Aile</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Siyah</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254287190</t>
+          <t>8380000000232</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hac Ve Umre Defteri</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Pudra Pembe</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786254282652</t>
+          <t>9786257581202</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân-ı Kerim Açıklamalı Meali Cep Boy (Metinsiz ) (Ciltli)</t>
+          <t>Kardeş Şehirler 12 Kitap Set</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>290</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789753896221</t>
+          <t>9786257205214</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Fütüvvetname-i Tarikat (Ciltli)</t>
+          <t>Kalbime Bir Kuş Kondu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786254287046</t>
+          <t>9786257581950</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Teşekkül Döneminde Nişaburda Tasavvuf</t>
+          <t>Papatya ve Yeğenleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786254286971</t>
+          <t>9786258023596</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun’da Peygamber Tasavvuru</t>
+          <t>Tecvid El Kitabı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786254287206</t>
+          <t>9786257672610</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Takip Et Sahabeye Uzanan Hikayeler</t>
+          <t>Anshaxa Shaqada Ee Islaamka İlahiyatçılık ve Din Görevliliği Meslek Ahlakı Somalice</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786254286681</t>
+          <t>9786258023275</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>O Günleri Hatırla Sahabeye Uzanan Öyküler</t>
+          <t>Allahın Güzel İsimleri Set 2 Japonca 5 Kitap</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786254358531</t>
+          <t>9786257205221</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Ailemiz ve Sosyal İlişkilerimiz</t>
+          <t>Allahın Güzel İsimleri 1 Seri 5 Kitap Takım Japonca</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>75</v>
+        <v>700</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786254286988</t>
+          <t>9786257581929</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Garip Yolcu</t>
+          <t>Müslümanın İnanç Dünyası Japonca</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786254287107</t>
+          <t>9789753899017</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı'nın Tahlili</t>
+          <t>Kur'an-ı Kerim (Rahle Boy Zarif) (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257205528</t>
+          <t>9786058161818</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Abdest Ve Namaz Kitapçığı</t>
+          <t>Kur'an-ı Kerim (Rahle Boy) - Renkli Kuşe Bilgisayar Hattı Ali El Kari İmlası (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>50</v>
+        <v>550</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786254286896</t>
+          <t>9786057580368</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisi İle 365 Gün (2)</t>
+          <t>İyilik Bahçesi - Peygamberimizin Anlattığı Hikayeler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786254286766</t>
+          <t>9789753898171</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Acayip Hayvanları Haliçte Bir Ahtapot</t>
+          <t>Kur'an-ı Kerim Meali (Cep Boy Metinsiz- Plastik Kapak) - İki Farklı Renkte</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786254286919</t>
+          <t>9789753897334</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Acayip Hayvanları Taksimde Bir Kedi</t>
+          <t>Kur'an-ı Kerim Meal (Fransızca) (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254286780</t>
+          <t>9789753890694</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Ülkeler En Dokunaklı Türkümüz Yemen</t>
+          <t>Ansiklopedik Hadis Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786254286797</t>
+          <t>9789753897464</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Ülkeler Kara Kıtanın İncisi Afrika’nın Kalbi Nijerya</t>
+          <t>Psikolojik Açıdan Namaz ve Namaz Psikolojisi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786254286773</t>
+          <t>9789753897693</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Ülkeler Destanlar Ülkesi Kırgızistan</t>
+          <t>İbn Nefis'te İnsanın Zihinsel Tekamülü</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786254286926</t>
+          <t>9789753899048</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Pupa Ve Simsim Atasözü Hikayeleri</t>
+          <t>Aynur Çimenlekesi ve Pek Sıradan Ailesi</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786254286872</t>
+          <t>9789753898164</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Kabuğunda Dünya</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786254286803</t>
+          <t>9789753897365</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Tarihinde İmam Züfer</t>
+          <t>Yaz Kur'an Kursları Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>360</v>
+        <v>85</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786254286551</t>
+          <t>9789753896641</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hz. Enes Bin Malik Peygamber Çağının Mutlu Çocukları</t>
+          <t>Kitabü'l-İrşad</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786254286605</t>
+          <t>9789753895644</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Çağının Mutlu Çocukları Hz. Hüseyin</t>
+          <t>Kur'an'dan Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786254286728</t>
+          <t>9789753890007</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Vatan Bildirisi</t>
+          <t>Nüzulünden Günümüze Kur'an-ı Kerim Bilgileri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786254286889</t>
+          <t>9786056866968</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası: Özgün Sorular ve Cevaplar (Tüm Adaylar)</t>
+          <t>Saray Bosna - Bir Rüyanın Başkenti</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>360</v>
+        <v>165</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786254286759</t>
+          <t>9789753897471</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İtikadi Açıdan Kişisel Gelişim Eleştirisi NLP Örneği</t>
+          <t>Kur'an'dan Mesajlar (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254286827</t>
+          <t>9789753893893</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kurak Çığlık</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254284915</t>
+          <t>9789753895071</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitap Renkler (Ciltli)</t>
+          <t>Kur'an-ı Anlamak Kırk Ayet ve Yorumu</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>135</v>
+        <v>390</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786254284922</t>
+          <t>9789753895538</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitap Rakamlar Sayılar (Ciltli)</t>
+          <t>Hacı Bektaş-ı Veli</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786254284939</t>
+          <t>9789753895446</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitap Ev Bir Günüm (Ciltli)</t>
+          <t>Molla Hüsrev</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>135</v>
+        <v>85</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786254284847</t>
+          <t>9789753891196</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İlk Yapboz Kitabım Hayvanlar (Ciltli)</t>
+          <t>Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>240</v>
+        <v>85</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786254284908</t>
+          <t>9789753891134</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitap Hayvanlar (Ciltli)</t>
+          <t>Hazreti Adem</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786254286216</t>
+          <t>9789753891707</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ajandası</t>
+          <t>Elmalılı M. Hamdi Yazır Gözüyle : Vakıflar (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786254358104</t>
+          <t>9789753897297</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Çağları Aşan Örneklik</t>
+          <t>Resimlerle Abdest ve Namaz (Cep Boy)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786254357381</t>
+          <t>9789753899086</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret (Hayatı Güzelleştirmek Elimizde)</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>45</v>
+        <v>245</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786254358098</t>
+          <t>9789753896917</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sinema Kurguyu Aralamak</t>
+          <t>Endülüs'te Hisbe Teşkilatı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786254358050</t>
+          <t>9789753896009</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum O Halde !</t>
+          <t>Güneşin Ardında</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786254286599</t>
+          <t>9789753895675</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mektuptan Arkadaşım Çıktı Hz. Hafsa</t>
+          <t>Bacadaki Salıncak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254286544</t>
+          <t>9789753896962</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde Hz. Hatice</t>
+          <t>Görgülü Kuşlar Gördüğünü İşler</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786254286582</t>
+          <t>9786057580535</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Takımı Hz. Aişe</t>
+          <t>Tecvidli Kur'an-ı Kerim Elif - Ba'sı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>120</v>
+        <v>65</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254286575</t>
+          <t>9789753898478</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kurabiyesinin İzinde Hz. Halime</t>
+          <t>Selam</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254286667</t>
+          <t>9789753898430</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kara Kediler Çıldırmış Olmalı</t>
+          <t>Seçil</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>185</v>
+        <v>85</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786254286742</t>
+          <t>9789753894838</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Tedaileri</t>
+          <t>Peygamber Şehri Medine-i Münevvere</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786254286643</t>
+          <t>9789753895804</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Annem Derdi ki</t>
+          <t>Osmanlı Şiirinde Mevlana Övgüleri ve Mevlevîlik Unsurları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>185</v>
+        <v>420</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>8380000000360</t>
+          <t>9789753894876</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Mektuplarım</t>
+          <t>Osmanlı Türklerinde Arapça Tarih Yazıcılığı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>8380000000359</t>
+          <t>9789753899604</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Hatırası Dev Boyama Kağıdı</t>
+          <t>Kuranı Kerim Açıklamalı Meali (Orta Boy Metinsiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>8380000000358</t>
+          <t>9789753896702</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Üstünde Etkinlik Seti</t>
+          <t>İslam Hukukunda Uluslararası Andlaşmalar</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>550</v>
+        <v>135</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>8380000000357</t>
+          <t>9786257205955</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ramazan Etkinlik Seti</t>
+          <t>Kur'an-ı Kerim'den Ayetler ve İlmi Gerçekler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786254286292</t>
+          <t>8380000000061</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Baloncuk Tırtılı Tila</t>
+          <t>Naatlar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786254286254</t>
+          <t>9789753895699</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Duası</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786254286230</t>
+          <t>9789753896047</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Acayip Hayvanları Boğaziçi’nde Bir Deve</t>
+          <t>Hz. Peygamber</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786254286247</t>
+          <t>9789753897839</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Acayip Hayvanları Sultanahmet’te Bir Salyangoz</t>
+          <t>Başaran Kardeşler İş Başında</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>175</v>
+        <v>50</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786254286285</t>
+          <t>9789753890656</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim ve Hadis</t>
+          <t>Mezhepler Arasındaki Farklar</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786254286483</t>
+          <t>9789753897969</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescit Bir Şahit</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786254286414</t>
+          <t>9789753898133</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık’ta Doğu Batı Düşüncesi</t>
+          <t>Cibril Hadisi ve İslam Düşüncesine Yansımaları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786254286261</t>
+          <t>9789753892025</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ekranın Arkasına Bakmak</t>
+          <t>Bursalı Mehmet Tahir Bey ve Türklerin Ulum ve Fününa Hizmetleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786254286421</t>
+          <t>9789753898140</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Görüşleriyle Zahid El Kevseri</t>
+          <t>Kelam Atomculuğu ve Modern Kozmoloji</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786254286223</t>
+          <t>9789753892551</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Çağının Mutlu Çocukları Hazreti Hasan</t>
+          <t>Yurtdışı Camiler Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786257779463</t>
+          <t>9789753894180</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Küresel Terörizm ve Neoselefilik</t>
+          <t>Üstad-ı Hayat 2</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>15</v>
+        <v>390</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786254285882</t>
+          <t>9789753897525</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsü Bilinci</t>
+          <t>Kadın Kur'an Kursu Öğreticilerinde İş ve Aile Hayatının Dengelenmesi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786254286193</t>
+          <t>9789753895873</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Elma</t>
+          <t>İmam Zeyd B. Ali</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786254286131</t>
+          <t>9789753893336</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Yaşam Bildirisi</t>
+          <t>İslam'ın Işığında Kadın</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786254286179</t>
+          <t>9789753892476</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Perakende Yazılar</t>
+          <t>İslam Kültürü ve Toplumsal Ekonomik Değişim</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>190</v>
+        <v>65</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786254285981</t>
+          <t>9789753897822</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Taklitçiliği De Yapamıyoruz</t>
+          <t>Hac ve Umre El Kitabı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786254285301</t>
+          <t>9789753897303</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Rehberliğinde Eşler Arası Problemlere Çözümler</t>
+          <t>Gönülden Akan İlahi Aşk Nağmeleri ve Kur'an Ahlakı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786254286018</t>
+          <t>9789753890380</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Matüridi Tefsir Geleneğinde Ömer En-Nesefi</t>
+          <t>Derviş Dedenin Dilinden İbadet İlkeleri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>390</v>
+        <v>85</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786058151123</t>
+          <t>9789753892520</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Mutluluğa İlk Adım</t>
+          <t>Çöküş Öncesi Sovyetler Birliği'nde İslamiyet ve Müslümanlar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257205849</t>
+          <t>9789753897907</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ailemin Sohbet Günlüğü (Ciltli)</t>
+          <t>Fahri Kainat Efendimiz 2</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786254286155</t>
+          <t>9789753897891</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Saim’in İlk Orucu</t>
+          <t>Fahr-i Kainat Efendimiz 1</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786254286094</t>
+          <t>9789753896863</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescit Namazı</t>
+          <t>Bahadır Kuzu Çobanı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>165</v>
+        <v>50</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786254286186</t>
+          <t>9789753896030</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Alo Ben Hind</t>
+          <t>Martıları Evcilleştiren Şairler: Şeyh Yahya Efendi Şeyhülislam Yahya Efendi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254286278</t>
+          <t>9789753896870</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Geleneğinde Hikmet</t>
+          <t>Kelebek Duası</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>450</v>
+        <v>50</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786254286032</t>
+          <t>9789753896191</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Uyumuş</t>
+          <t>Hak Çalabım</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>190</v>
+        <v>85</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>8380000000272</t>
+          <t>9789753890786</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hafız Boy (Ahşap Kutulu) (Ciltli)</t>
+          <t>Ahlakın Dini Temeli</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>3250</v>
+        <v>155</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786254281211</t>
+          <t>9789753892216</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2023 - Turuncu</t>
+          <t>Türkler - Karakterleri, Terbiyeleri ve Müesseseleri</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786254281228</t>
+          <t>9789753896269</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2023 - Vişneçürüğü</t>
+          <t>Bahçemdeki Anadolu</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786254281235</t>
+          <t>9789753897686</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2023 - Antrasit</t>
+          <t>Su ve Ateş</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786254280832</t>
+          <t>9789753898249</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>History of Turkish Japanese Relations and the Ertuğrul Frigate İngilizce</t>
+          <t>Hz. Safvan Bin Muattal</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>375</v>
+        <v>85</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786254280818</t>
+          <t>9789753892391</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Firkateyni (Japonca)</t>
+          <t>Leyl ü Nehar Aşk</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>65</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786254280825</t>
+          <t>9789753893534</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Firkateyni</t>
+          <t>Kültür Değişmeleri ve Batılılaşma Meselesi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753890366</t>
+          <t>9789753898522</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Kerim Orta Boy Kayışzade Hafız Osman (Ciltli)</t>
+          <t>Adıyamanlı Divan Şairleri ve Şiirleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257205122</t>
+          <t>9786257069526</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Öğreniyorum - 50x70 Poster</t>
+          <t>Initiation A L'Islam</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>105</v>
+        <v>550</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753899611</t>
+          <t>9789753894074</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Bez Ciltli)</t>
+          <t>En Güzel Örnek Hz. Peygamber</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753892438</t>
+          <t>9789753897402</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Rahle Boy Kayışzade Hafız Osman Hattı Ali El Kari İmlası</t>
+          <t>İslam'ın Ortaya Çıktığı Dönemde Arap Yarımadası'nda Hıristiyanlık</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>550</v>
+        <v>245</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753893060</t>
+          <t>9789753896900</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Alperenler Destanı</t>
+          <t>Türk Edebiyatında Münacat</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753890809</t>
+          <t>9789753897150</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Münacat Antolojisi</t>
+          <t>Kur'an-ı Kerim (Orta Boy-2 Renkli) Aliyyü'l-Kari-Tarz (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>8380000000237</t>
+          <t>9789753895927</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Pembe</t>
+          <t>Çocuk Milleti</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>700</v>
+        <v>50</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>8380000000239</t>
+          <t>9789753894197</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Lila</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>8380000000241</t>
+          <t>9789753895880</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Lacivert</t>
+          <t>İbn Sina ve Bilim</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>700</v>
+        <v>195</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753890373</t>
+          <t>9789753896238</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy (Ciltli)</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>8380000000248</t>
+          <t>9789753894210</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Gri</t>
+          <t>Aile ve Gençlik</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>8380000000204</t>
+          <t>9789753893657</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Saks Mavi</t>
+          <t>Kur'an-ı Kerim'e Göre Hz. Peygamber'in Örnek Hayatı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>900</v>
+        <v>75</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753898294</t>
+          <t>9789753894487</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Açıklamalı Meali Cep Boy Plastik Kapak Bilgisayar Hattı (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 21 (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>8380000000201</t>
+          <t>9789753894494</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Toz Pembe</t>
+          <t>İslam Ansiklopedisi Cilt: 22 (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>8380000000265</t>
+          <t>9789753897549</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Yeşil (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 43 (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>1400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>8380000000267</t>
+          <t>9789753894388</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Siyah (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>1400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>8380000000268</t>
+          <t>9789753894456</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Pembe (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 18 (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>1400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753892858</t>
+          <t>9789753894401</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Nur İçinde Nur</t>
+          <t>İslam Ansiklopedisi Cilt: 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>85</v>
+        <v>650</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>8380000000266</t>
+          <t>9789753894395</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Mor (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>8380000000200</t>
+          <t>9789753894586</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Pembe</t>
+          <t>İslam Ansiklopedisi Cilt: 31 (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>8380000000269</t>
+          <t>9789753894357</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Lacivert (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>1400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>8380000000202</t>
+          <t>9789753894333</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Lila</t>
+          <t>İslam Ansiklopedisi Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>8380000000264</t>
+          <t>9789753894326</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Koyu Mavi (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>1400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789753893046</t>
+          <t>9789753894432</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kuran Aydınlığında Seyahat</t>
+          <t>İslam Ansiklopedisi Cilt: 16 (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>65</v>
+        <v>650</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>8380000000275</t>
+          <t>9789753894371</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Kırmızı Logolu (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>1400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>8380000000231</t>
+          <t>9789753894081</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Gri</t>
+          <t>İslam Ansiklopedisi Cilt: 27 (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>900</v>
+        <v>650</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>8380000000270</t>
+          <t>9789753894142</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Kırmızı (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 28 (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>1400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>8380000000199</t>
+          <t>9789753893077</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Gold</t>
+          <t>Bilim ve Hayat</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>900</v>
+        <v>75</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>8380000000263</t>
+          <t>9789753891431</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Bordo (Ciltli)</t>
+          <t>Hasan Basri Çantay</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>1400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>8380000000210</t>
+          <t>9789753897921</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Fuşya</t>
+          <t>Kur'an-ı Kerim Meali (Metinsiz, Plastik Kapak, Hafız Boy) - İki Farklı Renkte</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>8380000000235</t>
+          <t>9789753894173</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Beyaz</t>
+          <t>Üstad-ı Hayat</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>900</v>
+        <v>390</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>8380000000216</t>
+          <t>9789753897440</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Fuşya</t>
+          <t>Hacı Bayram-ı Veli / Avucumdaki Hasat</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>8380000000238</t>
+          <t>9789753896399</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Toz Pembe (Ciltli)</t>
+          <t>Edeb Yahu - 2</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>8380000000224</t>
+          <t>9789753896252</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Yeşil</t>
+          <t>Güzel Son</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>1650</v>
+        <v>50</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>8380000000227</t>
+          <t>8380000000089</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Pembe</t>
+          <t>Mutlu Karıncalar 1: Halter Turnuvası Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>1650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753892506</t>
+          <t>9789753890816</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Tercihimiz Niçin İslam</t>
+          <t>Kur'an-ı Kerim Ve Açıklamalı Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>8380000000223</t>
+          <t>9789753894685</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Koyu Mavi</t>
+          <t>Çiçekler Artık Solmasın</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>8380000000222</t>
+          <t>9789753894869</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Bordo</t>
+          <t>Şehidin Babası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>1650</v>
+        <v>65</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753893268</t>
+          <t>9789753896726</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sosyo Kültürel Yönleriyle Türkiyede Hac Olayı</t>
+          <t>Emevi Devleti'nin Dönüm Noktası Abdülmelik Bin Mervan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>85</v>
+        <v>375</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257069878</t>
+          <t>9789753892339</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İyi Müslüman 33 Hadis 33 Yorum</t>
+          <t>Er-Risale</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753890687</t>
+          <t>9789753890564</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Şemsi Bitlisi</t>
+          <t>Kafkasya'dan Anadolu'ya Göçler</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753892032</t>
+          <t>9786257581462</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Harran Tarihi</t>
+          <t>Kur’an Bana Ne Diyor? Yaşa Diyor</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>75</v>
+        <v>330</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753895422</t>
+          <t>9786257581080</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sevgisi (Kutlu Doğum 2007)</t>
+          <t>İslam İlmihali 1-2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>130</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753890212</t>
+          <t>9786257672771</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Bilgin Türk Hükümdarlar Devletinde Eğitim - Bilim - Sanat</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753890045</t>
+          <t>9789753894982</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ebu Şame El Makdisi vel Mürşidül -Veciz</t>
+          <t>Kitab-ı Cabbar Kulu (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>140</v>
+        <v>620</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753891080</t>
+          <t>9789753894067</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>The Basics Of Islam (İngilizce)</t>
+          <t>İslam Ansiklopedisi Cilt: 26 (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257581523</t>
+          <t>9789753894500</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Tokyo Camii ve Kültür Merkezi</t>
+          <t>İslam Ansiklopedisi Cilt: 23 (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753893596</t>
+          <t>9789753894517</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Işığında Osmanlıdan Cumhuriyete Tıp ve Sağlık Kurumları</t>
+          <t>İslam Ansiklopedisi Cilt: 24 (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753891653</t>
+          <t>9789753893305</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Ramazan Şiirleri</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753890854</t>
+          <t>9789753890847</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Tevhidler</t>
+          <t>İslami Kaynaklara Göre Peygamberler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753893084</t>
+          <t>9789753896887</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe İz Bırakan İskilipli Alimler</t>
+          <t>Mevlid-Name</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753898768</t>
+          <t>9789753894104</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bedruddin El Ayni Sempozyumu ve 2. Hadis İhtisas Toplantısı</t>
+          <t>Kopah - (Rusça Kur'an-ı Kerim Meali) (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753890793</t>
+          <t>9789753896153</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ürekdedir Sözün Kökü</t>
+          <t>Örnek Bir Lider Hz. Peygamber</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753893206</t>
+          <t>9789753895668</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Bahtiyar Vahabzade Hayatı ve Eserleri</t>
+          <t>İslam Ansiklopedisi Cilt: 36 (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257581561</t>
+          <t>9789753894579</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hayatı “Japonca”</t>
+          <t>İslam Ansiklopedisi Cilt: 35 (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753899598</t>
+          <t>9789753895897</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Değerler ve Kavramlar Eğitim Seti - Tahin ile Pekmez (7 Kitap Takım Kutulu)</t>
+          <t>İslam Ansiklopedisi Cilt: 37 (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>1600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057580375</t>
+          <t>9789753894036</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bildirisi</t>
+          <t>İslam Ansiklopedisi Cilt: 25 (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>160</v>
+        <v>650</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753898812</t>
+          <t>9789753897310</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Kerim Meal ve Tefsiri 7 Cilt Takım (Ciltli)</t>
+          <t>Resimlerle Abdest ve Namaz (Orta Boy)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>5000</v>
+        <v>135</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753897488</t>
+          <t>9789753896559</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in İrşad Üslubu</t>
+          <t>Yavru Dev - Şifa Çiçeği 4</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753897587</t>
+          <t>9789753892209</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Gezi - Kuş Sesleri 5</t>
+          <t>İmam Ali</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789753892322</t>
+          <t>9786057580832</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İdamlık Şehzade</t>
+          <t>Kur’an Bana Ne Diyor? Oku Diyor (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>50</v>
+        <v>330</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753893169</t>
+          <t>9786057580382</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Hristiyanlara Karşı Yazdığı Reddiyeler ve Tartışma Konuları</t>
+          <t>Kur’an Bana Ne Diyor? Anla Diyor (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753891226</t>
+          <t>9789753896719</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Musa Carullah Bigiyef</t>
+          <t>Sinan Paşa - Yakarışlar Kitabı (Tazarru'name)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>85</v>
+        <v>620</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753891912</t>
+          <t>9789753892469</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Müteferrika ve Usülü'l Hikem fi Nizam'i-Ümmen</t>
+          <t>Rus Yayılmacılığının Tarihi Kökenleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789753895514</t>
+          <t>9786057580597</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Aydede Masalları - 2</t>
+          <t>Sureler ve Dualar Yasin Tebareke Amme Cuma Fetih Türkçe Anlamları</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753894111</t>
+          <t>9789753890533</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları (Üss-i İslam)</t>
+          <t>Der Gnadenreiche Koran Almanca Kur'an-ı Kerim Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>85</v>
+        <v>900</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753897112</t>
+          <t>9789753898607</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>Zorlukları Aşarken 3. Cilt (Karton Kapak)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753897631</t>
+          <t>9786050304862</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Minik - Kuş Sesleri Masallar 10</t>
+          <t>Din ü Devlet Mülk ü Millet Bir Ömrün Hikayesi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789753891806</t>
+          <t>9786058686908</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında İnsan ve Ahlak</t>
+          <t>Necmettin Nursaçan</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>85</v>
+        <v>195</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753896788</t>
+          <t>9786254283246</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Anne Seccadem Nerede</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>50</v>
+        <v>650</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789753897358</t>
+          <t>9786254283253</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yedi Bela Hulusi</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753896801</t>
+          <t>9786254282782</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Matüridi'nin Akide Risalesi ve Şerhi</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Sıvama Cilt Yeşil ) (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753897129</t>
+          <t>9786254282775</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Sıvama Cilt Kahverengi ) (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789753897167</t>
+          <t>9789753893091</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuşun Rüyası</t>
+          <t>İstiklal Marşı'nın Tahlili</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753895460</t>
+          <t>9789753898393</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Cüneyd-i Bağdadi</t>
+          <t>İman İbadet Sohbetler</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789753897037</t>
+          <t>9786056866913</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Bilim</t>
+          <t>Divan-ı Hikmet (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>270</v>
+        <v>900</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753895569</t>
+          <t>9789753894548</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Birgivi Mehmed Efendi</t>
+          <t>İslam Ansiklopedisi Cilt: 32 (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789753895491</t>
+          <t>9786057580351</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İnci Küpeler</t>
+          <t>Manilerle Ramazan</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753897013</t>
+          <t>9786254287121</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Üzerine Makaleler</t>
+          <t>Oryantalizmin Ötesinde Batıda Hadis ve İslâm Araştırmaları Üzerine Söyleşiler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753891455</t>
+          <t>9786254287053</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Türk Yenileşme Tarihi Çerçevesinde Vakıf Müessesesi (Ciltli)</t>
+          <t>Batıda Hadis Araştırmaları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789753897556</t>
+          <t>9786254287213</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Arkadaş - Kuş Sesleri 8</t>
+          <t>Atatürk Din ve Din Adamları</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>65</v>
+        <v>280</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753895200</t>
+          <t>9786254287268</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sigara, Alkol, Uyuşturucu Zararları ve Dini Hükmü</t>
+          <t>Sudan Hikayeler</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257069519</t>
+          <t>9786254287220</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İslama Giriş (Rusça)</t>
+          <t>Perdenin Arkasındaki Dostluk Öyle Değil Şöyle Hz. Fatıma</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789753890281</t>
+          <t>9786254286940</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Türk Kültürünün Uzak Doğu'ya Yayılması</t>
+          <t>Hicaz ve Suriye Hatırası</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>100</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789753894739</t>
+          <t>9786254287275</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Salahaddin Eyyubi ve Bilgin</t>
+          <t>Doğu Işığı 4 - Karşılaştırmalı Metinler</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789753897594</t>
+          <t>9786254287176</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Safi - Kuş Sesleri 4</t>
+          <t>Perdenin Ardındaki Dostluk Hz. Ümmü Gülsüm</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>65</v>
+        <v>140</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753891646</t>
+          <t>9786254287145</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Radyo Televizyon</t>
+          <t>Ben Necmeddin Okyay</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753894760</t>
+          <t>9786254287282</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Huzura Kavuşturan Kurallar Kitabı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753897792</t>
+          <t>9786254287060</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Uçan Karınca</t>
+          <t>Asya’nın Masal Kitabı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789753897785</t>
+          <t>9786254286810</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Macera</t>
+          <t>Peygamber Çağının Mutlu Çocukları Üsame Bin Zeyd</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789753897778</t>
+          <t>9786254286834</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Söz Dinlemez</t>
+          <t>Peygamber Çağının Mutlu Çocukları Hz. Ali</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>50</v>
+        <v>180</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753897761</t>
+          <t>9786254287039</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Pos Bıyık ve İnce Bel</t>
+          <t>Çocuk İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789753897754</t>
+          <t>9786254286735</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Işığa Koşuş</t>
+          <t>Kalbimdeki Üç Mescit</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753895316</t>
+          <t>9786254286537</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>İslam Kadın ve Toplum</t>
+          <t>Kuranı Kerim ve Karşılıklı Meali 30 Cüz Orta Boy Yeşil Kare Kodlu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>65</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789753891486</t>
+          <t>9786254286490</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>İlkokullar İçin Örnekli Türkçe Sözlük</t>
+          <t>Kuranı Kerim Orta Boy 30 Cüz Yeşil Çanta Kare Kodlu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>65</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789753897563</t>
+          <t>9786254286520</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Sandığı - Kuş Sesleri 7</t>
+          <t>Kuranı Kerim ve Açıklamalı Meali 30 Cüz Rahle Boy Lacivert Kare Kodlu</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>60</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789753892346</t>
+          <t>9786254286513</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Cephesinden Ahmet Cevdet Paşa</t>
+          <t>Kuranı Kerim Rahle Boy 30 Cüz Siyah Çanta Kare Kodlu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>200</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789753896306</t>
+          <t>9786254287336</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin-i Sivasi Mir'atü'l-Ahlak</t>
+          <t>Bize Göre Aile</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753890540</t>
+          <t>9786254287190</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirleri</t>
+          <t>Hac Ve Umre Defteri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789753895415</t>
+          <t>9786254282652</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Çam Sakızı</t>
+          <t>Kur’ân-ı Kerim Açıklamalı Meali Cep Boy (Metinsiz ) (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753894944</t>
+          <t>9789753896221</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Çağımızda Sosyal Değişme ve İslam</t>
+          <t>Fütüvvetname-i Tarikat (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753897617</t>
+          <t>9786254287046</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Cimcime Sultan - Kuş Sesleri 2</t>
+          <t>Teşekkül Döneminde Nişaburda Tasavvuf</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>50</v>
+        <v>380</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789753891905</t>
+          <t>9786254286971</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Cabir B. Hayyan</t>
+          <t>İbn Haldun’da Peygamber Tasavvuru</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753892612</t>
+          <t>9786254287206</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Büstanu'l Muhaddisin</t>
+          <t>Yıldızları Takip Et Sahabeye Uzanan Hikayeler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753892728</t>
+          <t>9786254286681</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Buruk Acı</t>
+          <t>O Günleri Hatırla Sahabeye Uzanan Öyküler</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789753896665</t>
+          <t>9786254358531</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy, Resmi Osman-i Hattı) (Ciltli)</t>
+          <t>40 Hadiste Ailemiz ve Sosyal İlişkilerimiz</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789753890168</t>
+          <t>9786254286988</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İman</t>
+          <t>Garip Yolcu</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753897846</t>
+          <t>9786254287107</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Başaran Kardeşler Karadeniz Yolcusu</t>
+          <t>İstiklal Marşı'nın Tahlili</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>50</v>
+        <v>280</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057580399</t>
+          <t>9786257205528</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Batıniliğin İçyüzü</t>
+          <t>Abdest Ve Namaz Kitapçığı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789753894265</t>
+          <t>9786254286896</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkleri Dini ve Sosyal Hayat</t>
+          <t>Din Görevlisi İle 365 Gün (2)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>245</v>
+        <v>900</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753897648</t>
+          <t>9786254286766</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kar - Kuş Sesleri / Masallar 9</t>
+          <t>İstanbul’un Acayip Hayvanları Haliçte Bir Ahtapot</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789753892407</t>
+          <t>9786254286919</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İslami Değerlerin Geleceği</t>
+          <t>İstanbul’un Acayip Hayvanları Taksimde Bir Kedi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789753894852</t>
+          <t>9786254286780</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Güncel Sunumu - Kutlu Doğum 2003</t>
+          <t>Kardeş Ülkeler En Dokunaklı Türkümüz Yemen</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753892162</t>
+          <t>9786254286797</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Şahsiyet Hakları</t>
+          <t>Kardeş Ülkeler Kara Kıtanın İncisi Afrika’nın Kalbi Nijerya</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753891318</t>
+          <t>9786254286773</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hatiplere Hutbeler 3</t>
+          <t>Kardeş Ülkeler Destanlar Ülkesi Kırgızistan</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789753896436</t>
+          <t>9786254286926</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü (Kur'an-ı Kerim 30 Cüz Deri Cilt) (Ciltli)</t>
+          <t>Pupa Ve Simsim Atasözü Hikayeleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>1300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753896573</t>
+          <t>9786254286872</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Harun İle Kuşu</t>
+          <t>Salyangoz Kabuğunda Dünya</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789753893473</t>
+          <t>9786254286803</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar</t>
+          <t>İslam Hukuk Tarihinde İmam Züfer</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>65</v>
+        <v>360</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753896351</t>
+          <t>9786254286551</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Dostları Dizisi - Bestami Yazgan (5 Kitap)</t>
+          <t>Hz. Enes Bin Malik Peygamber Çağının Mutlu Çocukları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753893343</t>
+          <t>9786254286605</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Din</t>
+          <t>Peygamber Çağının Mutlu Çocukları Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753898461</t>
+          <t>9786254286728</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Forumu</t>
+          <t>Vatan Bildirisi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789753892711</t>
+          <t>9786254286889</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Tarihinde Urfa ve Harran</t>
+          <t>Soru Bankası: Özgün Sorular ve Cevaplar (Tüm Adaylar)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>60</v>
+        <v>360</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753896023</t>
+          <t>9786254286759</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Düşlerim Kadar Düşlediğim Kadar</t>
+          <t>İtikadi Açıdan Kişisel Gelişim Eleştirisi NLP Örneği</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753890915</t>
+          <t>9786254286827</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Na't</t>
+          <t>Kurak Çığlık</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753890458</t>
+          <t>9786254284915</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Milli Şiirler Antolojisi</t>
+          <t>Şeker Kitap Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753895002</t>
+          <t>9786254284922</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Din - Kültür ve Çağdaşlık</t>
+          <t>Şeker Kitap Rakamlar Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753891738</t>
+          <t>9786254284939</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisinin Mesleğini Temsil Gücü</t>
+          <t>Şeker Kitap Ev Bir Günüm (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789753890175</t>
+          <t>9786254284847</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Derviş Dedenin Dilinden İman Prensipleri</t>
+          <t>İlk Yapboz Kitabım Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753890830</t>
+          <t>9786254284908</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Dağıstanlı Şeyh Şamil Destanı</t>
+          <t>Şeker Kitap Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753893138</t>
+          <t>9786254286216</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Gözüyle Türk Dünyasının Dini Meseleleri</t>
+          <t>Ramazan Ajandası</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753897600</t>
+          <t>9786254358104</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Garip Dost - Kuş Sesleri 3</t>
+          <t>Sünnet Çağları Aşan Örneklik</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753890588</t>
+          <t>9786254357381</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Freud Skolastiği</t>
+          <t>Adabı Muaşeret (Hayatı Güzelleştirmek Elimizde)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>130</v>
+        <v>55</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753897624</t>
+          <t>9786254358098</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Akkız</t>
+          <t>Sinema Kurguyu Aralamak</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789753893190</t>
+          <t>9786254286599</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bu Kan Yerde Kalan Değil</t>
+          <t>Mektuptan Arkadaşım Çıktı Hz. Hafsa</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753897570</t>
+          <t>9786254286544</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Taç - Kuş Sesleri 6</t>
+          <t>Zaman Zaman İçinde Hz. Hatice</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753894753</t>
+          <t>9786254286582</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Bir Yıldız Takımı Hz. Aişe</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753898355</t>
+          <t>9786254286575</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı M.Hamdi Yazır Sempozyumu - Antalya 2012</t>
+          <t>Uyku Kurabiyesinin İzinde Hz. Halime</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753891059</t>
+          <t>9786254286667</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Muhammed Hamdi Yazır</t>
+          <t>Eyvah Kara Kediler Çıldırmış Olmalı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753892315</t>
+          <t>9786254286742</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Temelleri</t>
+          <t>Ramazan Tedaileri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>50</v>
+        <v>185</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789753892988</t>
+          <t>9786254286643</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik ve Sosyal Boyutuyla İslam'da Nüfus Politikası</t>
+          <t>Annem Derdi ki</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>50</v>
+        <v>185</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789753890120</t>
+          <t>8380000000360</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ebediyet Yolcusunu Uğurlarken</t>
+          <t>Ramazan Mektuplarım</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753897747</t>
+          <t>8380000000359</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Gül mü Güzel Karınca mı?</t>
+          <t>Ramazan Hatırası Dev Boyama Kağıdı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>50</v>
+        <v>195</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789753897730</t>
+          <t>8380000000358</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Halter Turnuvası</t>
+          <t>Gözüm Üstünde Etkinlik Seti</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>50</v>
+        <v>550</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753896764</t>
+          <t>8380000000357</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini Meseleler</t>
+          <t>Neşeli Ramazan Etkinlik Seti</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>160</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789753897716</t>
+          <t>9786254286292</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kuşları</t>
+          <t>Baloncuk Tırtılı Tila</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753896184</t>
+          <t>9786254286254</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Mürsel Hadisler ve Delil Olma Yönünden Değeri</t>
+          <t>Çocukların Duası</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753893848</t>
+          <t>9786254286230</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Örnekliği, İslam'ın Sosyal Dayanışma ve İsrafa Bakışı</t>
+          <t>İstanbul’un Acayip Hayvanları Boğaziçi’nde Bir Deve</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753890311</t>
+          <t>9786254286247</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Auf ein Wort Junge Leute (Gençlerle Başbaşa - Almanca)</t>
+          <t>İstanbul’un Acayip Hayvanları Sultanahmet’te Bir Salyangoz</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789753892049</t>
+          <t>9786254286285</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Tevfik İleri</t>
+          <t>Anlatıbilim ve Hadis</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>65</v>
+        <v>320</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753896016</t>
+          <t>9786254286483</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Her şeye Yeniden Merhaba Demek</t>
+          <t>Üç Mescit Bir Şahit</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>65</v>
+        <v>175</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789753896795</t>
+          <t>9786254286414</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Vatan Sana Emanet</t>
+          <t>Halil İnalcık’ta Doğu Batı Düşüncesi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>65</v>
+        <v>260</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753894135</t>
+          <t>9786254286261</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki</t>
+          <t>Ekranın Arkasına Bakmak</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789753894746</t>
+          <t>9786254286421</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kütük</t>
+          <t>Fıkhi Görüşleriyle Zahid El Kevseri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789753896504</t>
+          <t>9786254286223</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünyada Aile</t>
+          <t>Peygamber Çağının Mutlu Çocukları Hazreti Hasan</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789753890731</t>
+          <t>9786257779463</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Doğum Haftası 2</t>
+          <t>Küresel Terörizm ve Neoselefilik</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753890465</t>
+          <t>9786254285882</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Doğum Haftası</t>
+          <t>Başörtüsü Bilinci</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>40</v>
+        <v>190</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753898713</t>
+          <t>9786254286193</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Alevi-Bektaşı Klasikleri Sempozyumu</t>
+          <t>Elma</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789753896566</t>
+          <t>9786254286131</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Arılar</t>
+          <t>Engelsiz Yaşam Bildirisi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753893640</t>
+          <t>9786254286179</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Arayışlar Devri Türk Şiiri Antolojisi</t>
+          <t>Perakende Yazılar</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753897723</t>
+          <t>9786254285981</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Taklitçiliği De Yapamıyoruz</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753890410</t>
+          <t>9786254285301</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu</t>
+          <t>Peygamberimizin Rehberliğinde Eşler Arası Problemlere Çözümler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789753892360</t>
+          <t>9786254286018</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Abdest, Ezan, Namaz Duaları ve Manaları</t>
+          <t>Hanefi Matüridi Tefsir Geleneğinde Ömer En-Nesefi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>60</v>
+        <v>390</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789753897938</t>
+          <t>9786058151123</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İyi Müslüman</t>
+          <t>Ayet ve Hadislerle Mutluluğa İlk Adım</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789753896993</t>
+          <t>9786257205849</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Ailemin Sohbet Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753893527</t>
+          <t>9786254286155</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim ve Açıklamalı Meali-Rahle Boy (Ciltli)</t>
+          <t>Saim’in İlk Orucu</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789753892704</t>
+          <t>9786254286094</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Bektaşilik Tartışmaları</t>
+          <t>Üç Mescit Namazı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789753896924</t>
+          <t>9786254286186</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa'nın Dönüşü Meselesi</t>
+          <t>Alo Ben Hind</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753897532</t>
+          <t>9786254286278</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan Hakları</t>
+          <t>İslam Düşünce Geleneğinde Hikmet</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789753895682</t>
+          <t>9786254286032</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sorunlara Teolojik Yaklaşımlar</t>
+          <t>Sonunda Uyumuş</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753896542</t>
+          <t>8380000000272</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakının Esasları / Ahlak Klasikleri -1 (Ciltli)</t>
+          <t>Kur'an-ı Kerim Hafız Boy (Ahşap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>400</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789753890595</t>
+          <t>9786254281211</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Hilye-i Saadet</t>
+          <t>TDV Ajanda 2023 - Turuncu</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789753892261</t>
+          <t>9786254281228</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Der İslam</t>
+          <t>TDV Ajanda 2023 - Vişneçürüğü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753897457</t>
+          <t>9786254281235</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Gönül Gönüle</t>
+          <t>TDV Ajanda 2023 - Antrasit</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753893565</t>
+          <t>9786254280832</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kitabı-ı Dedem Korkut</t>
+          <t>History of Turkish Japanese Relations and the Ertuğrul Frigate İngilizce</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789753890090</t>
+          <t>9786254280818</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Mohammed The Prophet</t>
+          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Firkateyni (Japonca)</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789753894654</t>
+          <t>9786254280825</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Sohbetler</t>
+          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Firkateyni</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>100</v>
+        <v>270</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789753890960</t>
+          <t>9789753890366</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyası Öykü Seti (5 Kitap Takım)</t>
+          <t>Kur'an'ı Kerim Orta Boy Kayışzade Hafız Osman (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753894722</t>
+          <t>9786257205122</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Namaz Kılmayı Öğreniyorum - 50x70 Poster</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>60</v>
+        <v>105</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789753895347</t>
+          <t>9789753899611</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ulema Biyografilerinin Arşiv Kaynakları</t>
+          <t>Safahat (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>245</v>
+        <v>500</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753890243</t>
+          <t>9789753892438</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Islam Lernen Islam Leben</t>
+          <t>Kuranı Kerim Rahle Boy Kayışzade Hafız Osman Hattı Ali El Kari İmlası</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>145</v>
+        <v>550</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753893503</t>
+          <t>9789753893060</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Din</t>
+          <t>Alperenler Destanı</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789753897105</t>
+          <t>9789753890809</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Akşam Ebesi</t>
+          <t>Münacat Antolojisi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789753892513</t>
+          <t>8380000000237</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Islam Our Choice</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Pembe</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789753893367</t>
+          <t>8380000000239</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Tercümesi Ve Tercüme İle Namaz Meselesi</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Lila</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>85</v>
+        <v>700</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789753895286</t>
+          <t>8380000000241</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve İnsan</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Lacivert</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>85</v>
+        <v>700</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789753895125</t>
+          <t>9789753890373</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Cavidan (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>620</v>
+        <v>320</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789753897419</t>
+          <t>8380000000248</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Usulcülerinde İctihad Teorisi</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Gri</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789753891813</t>
+          <t>8380000000204</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Saks Mavi</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>85</v>
+        <v>900</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>8380000000230</t>
+          <t>9789753898294</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim “Orta Boy”  “Beyaz Kapak” (Ciltli)</t>
+          <t>Kuranı Kerim ve Açıklamalı Meali Cep Boy Plastik Kapak Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789753897235</t>
+          <t>8380000000201</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmed Yesevi'nin Hadis Kültürü</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Toz Pembe</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>195</v>
+        <v>900</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789753893619</t>
+          <t>8380000000265</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Jalal Al - Din Al - Rumi</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>145</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789753897211</t>
+          <t>8380000000267</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Gül Yüzlü Çocuk</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>65</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789753890328</t>
+          <t>8380000000268</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Japon Münasebetleri ve Japonya'da İslamiyet</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789753891394</t>
+          <t>9789753892858</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Devrinde Nifak Hareketleri</t>
+          <t>Nur İçinde Nur</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789753890670</t>
+          <t>8380000000266</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Büyük Dua Kitabı</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>130</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789753895101</t>
+          <t>8380000000200</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Türkistanda İslam ve Müslümanlar</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Pembe</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>270</v>
+        <v>900</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789753891349</t>
+          <t>8380000000269</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Dışındaki Türk Topluluklarının Milli, Manevi ve Siyasi Meseleleri</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>85</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789753890649</t>
+          <t>8380000000202</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Neslin Eğitimi</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Lila</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789753896856</t>
+          <t>8380000000264</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Yasin Sureler ve Dualar</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Koyu Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>100</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789753896740</t>
+          <t>9789753893046</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Yasin Kitabı (Türkçe Sureler ve Dualar)</t>
+          <t>Kuran Aydınlığında Seyahat</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789753893589</t>
+          <t>8380000000275</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü 1000'e Girerken Türkiye</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Kırmızı Logolu (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786057580726</t>
+          <t>8380000000231</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Tahin ile Pekmez Eğitim Seti (7 Kitap Takım Kutulu)</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Gri</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>1600</v>
+        <v>900</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789753894234</t>
+          <t>8380000000270</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Cep Boy)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789753892070</t>
+          <t>8380000000199</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Büyük Boy) Ali El Kari İmlası (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Gold</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789753895811</t>
+          <t>8380000000263</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Bez Ciltli (30 Cüz)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>650</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789753890113</t>
+          <t>8380000000210</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Verses from the Glorious Koran and the Facts of Science</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Fuşya</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>320</v>
+        <v>900</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789753897433</t>
+          <t>8380000000235</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim Rahle Boy Prestij Yaldızlı Bilgisayar Hattı (Kutusuz) (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Beyaz</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>12000</v>
+        <v>900</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789753895392</t>
+          <t>8380000000216</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Öğreniyoruz (3 Kitap Takım)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Fuşya</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>30</v>
+        <v>900</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789753898584</t>
+          <t>8380000000238</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 1 Cilt (Karton Kapak)</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Toz Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>270</v>
+        <v>700</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789753898591</t>
+          <t>8380000000224</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 2 Cilt (Karton Kapak)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Yeşil</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>350</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789753898683</t>
+          <t>8380000000227</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 2. Cilt (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Pembe</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>485</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789753890519</t>
+          <t>9789753892506</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Zulmette Veten Duyguları</t>
+          <t>Tercihimiz Niçin İslam</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254284779</t>
+          <t>8380000000223</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Basics Of Islam Questions and Answers</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Koyu Mavi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>260</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786254285363</t>
+          <t>8380000000222</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ben Muhammed Ali</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Bordo</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>140</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786254285004</t>
+          <t>9789753893268</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Taşın Kalbi</t>
+          <t>Sosyo Kültürel Yönleriyle Türkiyede Hac Olayı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>700</v>
+        <v>85</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254286063</t>
+          <t>9786257069878</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sırlı Kelime</t>
+          <t>İyi Müslüman 33 Hadis 33 Yorum</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254286070</t>
+          <t>9789753890687</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Dijital Düşlemeler 3 Teknoloji Kapitalizmine Dair Şüpheler</t>
+          <t>Şemsi Bitlisi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786254286025</t>
+          <t>9789753892032</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>İşaretler İnsan ve Hayat</t>
+          <t>Harran Tarihi</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>155</v>
+        <v>75</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786254286001</t>
+          <t>9789753895422</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ve Din Ekseninde Nebevi Tıp</t>
+          <t>İnsan Sevgisi (Kutlu Doğum 2007)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786254286056</t>
+          <t>9789753890212</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor Kediler</t>
+          <t>Orta Asya Bilgin Türk Hükümdarlar Devletinde Eğitim - Bilim - Sanat</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786254286124</t>
+          <t>9789753890045</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2025 Mor</t>
+          <t>Ebu Şame El Makdisi vel Mürşidül -Veciz</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786254286100</t>
+          <t>9789753891080</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2025 Kırmızı</t>
+          <t>The Basics Of Islam (İngilizce)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786254286049</t>
+          <t>9786257581523</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklara Yolculuk</t>
+          <t>Tokyo Camii ve Kültür Merkezi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254285813</t>
+          <t>9789753893596</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Cırboğa İle Tosbağa Neden Selamlaşamıyor?</t>
+          <t>Bilimin Işığında Osmanlıdan Cumhuriyete Tıp ve Sağlık Kurumları</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>110</v>
+        <v>340</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786254285844</t>
+          <t>9789753891653</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Renk Ver</t>
+          <t>Türk Edebiyatında Ramazan Şiirleri</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786254285578</t>
+          <t>9789753890854</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İkimiz ve Diğerleri</t>
+          <t>Türk Edebiyatında Tevhidler</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254285851</t>
+          <t>9789753893084</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Mirası Teriketün Nebi</t>
+          <t>Türk Kültüründe İz Bırakan İskilipli Alimler</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254285554</t>
+          <t>9789753898768</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Hasar Tespiti</t>
+          <t>Uluslararası Bedruddin El Ayni Sempozyumu ve 2. Hadis İhtisas Toplantısı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786254285783</t>
+          <t>9789753890793</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Sevinç</t>
+          <t>Ürekdedir Sözün Kökü</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254285868</t>
+          <t>9789753893206</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Hacname Huzurda Bir Kutlu Mevsim</t>
+          <t>Bahtiyar Vahabzade Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786254285660</t>
+          <t>9786257581561</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Gizli Dünyası</t>
+          <t>Peygamber Efendimizin Hayatı “Japonca”</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786254285806</t>
+          <t>9789753899598</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>İhtilafül Hadis Bağlamında Metin Tenkidi</t>
+          <t>Okul Öncesi Değerler ve Kavramlar Eğitim Seti - Tahin ile Pekmez (7 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>280</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786254285738</t>
+          <t>9786057580375</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Şuayb Arnavut ve Hadisçiliği</t>
+          <t>Çevre Bildirisi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>465</v>
+        <v>160</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786254285790</t>
+          <t>9789753898812</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenini Kendine Benzetme Rehberi</t>
+          <t>Kur'an'ı Kerim Meal ve Tefsiri 7 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>130</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254285820</t>
+          <t>9789753897488</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Anne Babanızı Nasıl Eğitirsiniz?</t>
+          <t>Kur'an-ı Kerim'in İrşad Üslubu</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786254285745</t>
+          <t>9789753897587</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olacaksın Baba?</t>
+          <t>Ormanda Gezi - Kuş Sesleri 5</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786254285752</t>
+          <t>9789753892322</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Tahtaya Kalkma Korkusu</t>
+          <t>İdamlık Şehzade</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786254285714</t>
+          <t>9789753893169</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Ben Ömer Muhtar</t>
+          <t>Müslümanların Hristiyanlara Karşı Yazdığı Reddiyeler ve Tartışma Konuları</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786254284380</t>
+          <t>9789753891226</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Özgür Kudüs Boyama Kitabı (Özel Çıkartmalı)</t>
+          <t>Musa Carullah Bigiyef</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786254285622</t>
+          <t>9789753891912</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sorularım Var</t>
+          <t>İbrahim Müteferrika ve Usülü'l Hikem fi Nizam'i-Ümmen</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>380</v>
+        <v>60</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786254285530</t>
+          <t>9789753895514</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor Arılar</t>
+          <t>Aydede Masalları - 2</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254285875</t>
+          <t>9789753894111</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Kartelası</t>
+          <t>İslam İnanç Esasları (Üss-i İslam)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786254285639</t>
+          <t>9789753897112</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre Kudüs</t>
+          <t>Salıncak</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254285653</t>
+          <t>9789753897631</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Ne Oynayalım?</t>
+          <t>Minik - Kuş Sesleri Masallar 10</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>210</v>
+        <v>65</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786254285561</t>
+          <t>9789753891806</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Çocuk</t>
+          <t>Ayet ve Hadislerin Işığında İnsan ve Ahlak</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786254285493</t>
+          <t>9789753896788</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Les Beaux Noms D' Allah</t>
+          <t>Anne Seccadem Nerede</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>700</v>
+        <v>50</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786254284687</t>
+          <t>9789753897358</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Dinle Sesli Kitabım Orman</t>
+          <t>Yedi Bela Hulusi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786254284670</t>
+          <t>9789753896801</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Dinle Sesli Kitabım Okyanus</t>
+          <t>Matüridi'nin Akide Risalesi ve Şerhi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>500</v>
+        <v>195</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786254284663</t>
+          <t>9789753897129</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Dinle Sesli Kitabım Müzik Aletleri</t>
+          <t>Uçurtma</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786254284595</t>
+          <t>9789753897167</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Hayvanlar Alemi Vahşi Doğa</t>
+          <t>Mavi Kuşun Rüyası</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>600</v>
+        <v>85</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786254284571</t>
+          <t>9789753895460</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Hayvanlar Alemi Orman</t>
+          <t>Cüneyd-i Bağdadi</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786254284755</t>
+          <t>9789753897037</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hareketli 3d Kitap Okulda Bir Gün (Ciltli)</t>
+          <t>Hadis ve Bilim</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786254284762</t>
+          <t>9789753895569</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Hareketli 3d Kitap Evde Bir Gün (Ciltli)</t>
+          <t>Birgivi Mehmed Efendi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254284694</t>
+          <t>9789753895491</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Hareketli 3d Kitap Akvaryumda Bir Gün (Ciltli)</t>
+          <t>İnci Küpeler</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>320</v>
+        <v>65</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786254284717</t>
+          <t>9789753897013</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Küçük Kaşif Sebzeler ve Meyveler (Ciltli)</t>
+          <t>İslam Düşüncesi Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786254284700</t>
+          <t>9789753891455</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Küçük Kaşif Yetenekli Aşçı (Ciltli)</t>
+          <t>Türk Yenileşme Tarihi Çerçevesinde Vakıf Müessesesi (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786254284724</t>
+          <t>9789753897556</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Küçük Kaşif Tohumun Yolculuğu (Ciltli)</t>
+          <t>Sudaki Arkadaş - Kuş Sesleri 8</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>360</v>
+        <v>65</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786254284731</t>
+          <t>9789753895200</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Küçük Kaşif Sağlıklı Beslenme (Ciltli)</t>
+          <t>Sigara, Alkol, Uyuşturucu Zararları ve Dini Hükmü</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>360</v>
+        <v>65</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786254285356</t>
+          <t>9786257069519</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Allah Neden Yaratmış?</t>
+          <t>İslama Giriş (Rusça)</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786254285547</t>
+          <t>9789753890281</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Binbir Sevgi</t>
+          <t>İslam ve Türk Kültürünün Uzak Doğu'ya Yayılması</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786254285646</t>
+          <t>9789753894739</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi Yazılmayan Gelincik</t>
+          <t>Salahaddin Eyyubi ve Bilgin</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786254285400</t>
+          <t>9789753897594</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Ben Şeyh Şamil</t>
+          <t>Safi - Kuş Sesleri 4</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>140</v>
+        <v>65</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786254285608</t>
+          <t>9789753891646</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Maviş</t>
+          <t>İslam ve Radyo Televizyon</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>110</v>
+        <v>85</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786254285523</t>
+          <t>9789753894760</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Aile</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786254285516</t>
+          <t>9789753897792</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Aile</t>
+          <t>Uçan Karınca</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786254285332</t>
+          <t>9789753897785</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Dua</t>
+          <t>Tatlı Macera</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786254285325</t>
+          <t>9789753897778</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Dua</t>
+          <t>Söz Dinlemez</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786254285486</t>
+          <t>9789753897761</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Bizim Aile Günlüğümüz</t>
+          <t>Pos Bıyık ve İnce Bel</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786254285431</t>
+          <t>9789753897754</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Özür Dilerim</t>
+          <t>Işığa Koşuş</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786254285424</t>
+          <t>9789753895316</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Teşekkür Ederim</t>
+          <t>İslam Kadın ve Toplum</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786254285509</t>
+          <t>9789753891486</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ormandan Masallar</t>
+          <t>İlkokullar İçin Örnekli Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>200</v>
+        <v>65</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786254285387</t>
+          <t>9789753897563</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Hikayesini Anlatmak İsteyen Ajan</t>
+          <t>Sevgi Sandığı - Kuş Sesleri 7</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786254285462</t>
+          <t>9789753892346</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Kolay Gelsin</t>
+          <t>Medeni Hukuk Cephesinden Ahmet Cevdet Paşa</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786254285455</t>
+          <t>9789753896306</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Geçmiş Olsun</t>
+          <t>Şemseddin-i Sivasi Mir'atü'l-Ahlak</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>50</v>
+        <v>320</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786254285448</t>
+          <t>9789753890540</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Afiyet Olsun</t>
+          <t>Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254285318</t>
+          <t>9789753895415</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Nefesi Dua</t>
+          <t>Çam Sakızı</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254285479</t>
+          <t>9789753894944</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>The Apple Of Our Eye Rim</t>
+          <t>Çağımızda Sosyal Değişme ve İslam</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786254285349</t>
+          <t>9789753897617</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk Ormanı</t>
+          <t>Cimcime Sultan - Kuş Sesleri 2</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786254285226</t>
+          <t>9789753891905</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor - Serçeler</t>
+          <t>Cabir B. Hayyan</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254285295</t>
+          <t>9789753892612</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Les Beaux Noms d'Allah (Allah’ın Güzel İsimleri 2. Set 5 Kitap)</t>
+          <t>Büstanu'l Muhaddisin</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254285288</t>
+          <t>9789753892728</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>The Beautiful Names Of Allah (Allah’ın Güzel İsimleri 5. seri 5 Kitap) İngilizce</t>
+          <t>Buruk Acı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254285066</t>
+          <t>9789753896665</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Les Beaux Noms d'Allah (Allah’ın Güzel İsimleri 1 Set 5 Kitap)</t>
+          <t>Kur'an-ı Kerim (Orta Boy, Resmi Osman-i Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254284335</t>
+          <t>9789753890168</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>There Is A Horse In The Parking Lot (Değerli Hikayeler Otoparkta Bir At Var)</t>
+          <t>Kur'an'da İman</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>580</v>
+        <v>100</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254285028</t>
+          <t>9789753897846</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Well Balanced Town (Değerli Hikayeler Şaşmaz Kasabası)</t>
+          <t>Başaran Kardeşler Karadeniz Yolcusu</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>580</v>
+        <v>50</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254284342</t>
+          <t>9786057580399</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>The Beloved Locksmith (Değerli Hikayeler Sevgili Çilingir Dükkanı)</t>
+          <t>Batıniliğin İçyüzü</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>580</v>
+        <v>260</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254284632</t>
+          <t>9789753894265</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Papatya And Her Nephews (Değerli Hikayeler Papatya ve Yeğenleri)</t>
+          <t>Kırgız Türkleri Dini ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>580</v>
+        <v>245</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789751901910</t>
+          <t>9789753897648</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Namaz Surelerinin Türkçe Terceme ve Tefsiri</t>
+          <t>Kar - Kuş Sesleri / Masallar 9</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>27.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254283017</t>
+          <t>9789753892407</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest ve Namaz</t>
+          <t>İslami Değerlerin Geleceği</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>8380000000203</t>
+          <t>9789753894852</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Turkuaz</t>
+          <t>İslam'ın Güncel Sunumu - Kutlu Doğum 2003</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>8380000000225</t>
+          <t>9789753892162</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Mor</t>
+          <t>İslam'da Şahsiyet Hakları</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>1650</v>
+        <v>85</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786057519863</t>
+          <t>9789753891318</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Peygamberlere İman</t>
+          <t>Hatiplere Hutbeler 3</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786057519870</t>
+          <t>9789753896436</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Meleklere İman</t>
+          <t>Hatim Cüzü (Kur'an-ı Kerim 30 Cüz Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>15</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789753898034</t>
+          <t>9789753896573</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Nuh Peygamber Cimcirik ve Şimşirikten Bulmacalarla</t>
+          <t>Harun İle Kuşu</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254285141</t>
+          <t>9789753893473</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Alaeddin Özdenören</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254285271</t>
+          <t>9789753896351</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Kelime Sevdası</t>
+          <t>Gökyüzü Dostları Dizisi - Bestami Yazgan (5 Kitap)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786254284540</t>
+          <t>9789753893343</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kahtaniler</t>
+          <t>Gençlik ve Din</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>260</v>
+        <v>85</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254285127</t>
+          <t>9789753898461</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>İyilik Bahçesi - Peygamberimizin Anlattığı Hikayeler</t>
+          <t>Gençlik Forumu</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254285240</t>
+          <t>9789753892711</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işığı 3 - Fransa</t>
+          <t>Düşünce Tarihinde Urfa ve Harran</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257205580</t>
+          <t>9789753896023</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Der Islam</t>
+          <t>Düşlerim Kadar Düşlediğim Kadar</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>550</v>
+        <v>65</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254284526</t>
+          <t>9789753890915</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Yazım Serüveni</t>
+          <t>Divan Şiirinde Na't</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254285257</t>
+          <t>9789753890458</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tefsirinde Kur’an İlimleri</t>
+          <t>Dini ve Milli Şiirler Antolojisi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254285264</t>
+          <t>9789753895002</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Temsili Anlatım</t>
+          <t>Din - Kültür ve Çağdaşlık</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254285158</t>
+          <t>9789753891738</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Avec Ses Droits Et Sa Respectabilite La Femme Dans Lıslam</t>
+          <t>Din Görevlisinin Mesleğini Temsil Gücü</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254356605</t>
+          <t>9789753890175</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Hz.Hasan</t>
+          <t>Derviş Dedenin Dilinden İman Prensipleri</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254284557</t>
+          <t>9789753890830</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizin Bir Tanesi Rim</t>
+          <t>Dağıstanlı Şeyh Şamil Destanı</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786254285110</t>
+          <t>9789753893138</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>İyilik Fidanı Eğitim Seti (8 Kitap)</t>
+          <t>Gençlerin Gözüyle Türk Dünyasının Dini Meseleleri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>1800</v>
+        <v>40</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786254285165</t>
+          <t>9789753897600</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Erdem Bayazıt</t>
+          <t>Garip Dost - Kuş Sesleri 3</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786254285219</t>
+          <t>9789753890588</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Benim Denizim</t>
+          <t>Freud Skolastiği</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>80</v>
+        <v>130</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786254285172</t>
+          <t>9789753897624</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Okuya Yaza Yaşamak</t>
+          <t>Akkız</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>225</v>
+        <v>50</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786254285233</t>
+          <t>9789753893190</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Belleği ve Hukuki İktidar</t>
+          <t>Bu Kan Yerde Kalan Değil</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254285189</t>
+          <t>9789753897570</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Duruşunu Bozmayan Adam Mehmet Akif Ersoy</t>
+          <t>Zümrüt Taç - Kuş Sesleri 6</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>320</v>
+        <v>65</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786254285134</t>
+          <t>9789753894753</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest ve Namaz Orta Boy</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254285059</t>
+          <t>9789753898355</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor Kardelenler</t>
+          <t>Elmalılı M.Hamdi Yazır Sempozyumu - Antalya 2012</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254285035</t>
+          <t>9789753891059</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Dijital Düşlemeler -2 Teknolojinin Dar Koridorları</t>
+          <t>Elmalılı Muhammed Hamdi Yazır</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254284793</t>
+          <t>9789753892315</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Makasıdül Kur'an'a Giriş</t>
+          <t>Ekonominin Temelleri</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>420</v>
+        <v>50</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786254284151</t>
+          <t>9789753892988</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mudarebe ve Katılım Bankacılığındaki Yeri</t>
+          <t>Ekonomik ve Sosyal Boyutuyla İslam'da Nüfus Politikası</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786254285097</t>
+          <t>9789753890120</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Rehberi Fethi Gemuhluoğlu</t>
+          <t>Ebediyet Yolcusunu Uğurlarken</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786254285103</t>
+          <t>9789753897747</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Aile Hukuku</t>
+          <t>Gül mü Güzel Karınca mı?</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>290</v>
+        <v>50</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789753899826</t>
+          <t>9789753897730</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hz. Muhammed'in Hayatı</t>
+          <t>Halter Turnuvası</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786258023343</t>
+          <t>9789753896764</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Bir Sayfa Bir Ayet Bir Hikmet (Ciltli)</t>
+          <t>Güncel Dini Meseleler</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>1000</v>
+        <v>160</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786258023411</t>
+          <t>9789753897716</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin-i Rumi - Gönüller Güneşi</t>
+          <t>Gönül Kuşları</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254285080</t>
+          <t>9789753896184</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kararınca</t>
+          <t>Mürsel Hadisler ve Delil Olma Yönünden Değeri</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254285011</t>
+          <t>9789753893848</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Sus İşareti</t>
+          <t>Hz. Peygamber'in Örnekliği, İslam'ın Sosyal Dayanışma ve İsrafa Bakışı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254284786</t>
+          <t>9789753890311</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Seharenpuri</t>
+          <t>Auf ein Wort Junge Leute (Gençlerle Başbaşa - Almanca)</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254285042</t>
+          <t>9789753892049</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Annemin Gökyüzü</t>
+          <t>Her Yönüyle Tevfik İleri</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>140</v>
+        <v>65</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257672146</t>
+          <t>9789753896016</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takıldı (Ciltli)</t>
+          <t>Her şeye Yeniden Merhaba Demek</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>380</v>
+        <v>65</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254283109</t>
+          <t>9789753896795</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Suskun - Yüreğiyle Konuşan Cerebral Palsyli Kız</t>
+          <t>Ahmet Vatan Sana Emanet</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>190</v>
+        <v>65</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254283055</t>
+          <t>9789753894135</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar Serisi Rusça 1. Set</t>
+          <t>Ahmet Hamdi Akseki</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>440</v>
+        <v>85</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254282942</t>
+          <t>9789753894746</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Beşer ve Resul Hz. Muhammed Medine'de</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>165</v>
+        <v>60</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789753898201</t>
+          <t>9789753896504</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa (Ciltli)</t>
+          <t>Küreselleşen Dünyada Aile</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254283130</t>
+          <t>9789753890731</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>A Woman In Islam With Their Rights And Dignity</t>
+          <t>Kutlu Doğum Haftası 2</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>260</v>
+        <v>40</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254284397</t>
+          <t>9789753890465</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Bülbülüm Bağ Gezerim Evliya Çelebi</t>
+          <t>Kutlu Doğum Haftası</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254284458</t>
+          <t>9789753898713</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Sarı Kahraman?</t>
+          <t>Uluslararası Alevi-Bektaşı Klasikleri Sempozyumu</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254284434</t>
+          <t>9789753896566</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim’den İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş- Şeyhan Arapça-Türkçe Metin - “Üç Cilt”</t>
+          <t>Arılar</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>2500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254284953</t>
+          <t>9789753893640</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Buhari Ve Müslimden İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş - Şeyhan Türkçe Metin İki Kitap</t>
+          <t>Arayışlar Devri Türk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>675</v>
+        <v>300</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254284960</t>
+          <t>9789753897723</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Buhari Ve Müslim’den İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş- Şeyhan Türkçe Metin “ Tek Cilt ”</t>
+          <t>Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>1135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254284410</t>
+          <t>9789753890410</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Ne Diyor, Felsefe Ne İstiyor?</t>
+          <t>Aile Okulu</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>140</v>
+        <v>65</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254284328</t>
+          <t>9789753892360</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yol Ne Söyler</t>
+          <t>Abdest, Ezan, Namaz Duaları ve Manaları</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>190</v>
+        <v>60</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254284403</t>
+          <t>9789753897938</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>1453 Fetih Destanı</t>
+          <t>İyi Müslüman</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254284427</t>
+          <t>9789753896993</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Ayşe ve Ahmet’in Ramazan Günlüğü</t>
+          <t>Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254284212</t>
+          <t>9789753893527</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Maverdi’nin Usul Anlayışı</t>
+          <t>Kuran-ı Kerim ve Açıklamalı Meali-Rahle Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>360</v>
+        <v>550</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254284274</t>
+          <t>9789753892704</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Hikayeyi Sen Anlat</t>
+          <t>Alevilik Bektaşilik Tartışmaları</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254284205</t>
+          <t>9789753896924</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Tabiin Döneminde Hadis Rivayeti</t>
+          <t>Hz. İsa'nın Dönüşü Meselesi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254284250</t>
+          <t>9789753897532</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Arkadaşları 9 Kitap Set</t>
+          <t>Hz. Peygamber ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254280900</t>
+          <t>9789753895682</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İyilik Okul Öncesi Eğitim Seti (6 Kitap)</t>
+          <t>Ekolojik Sorunlara Teolojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>1600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257205146</t>
+          <t>9789753896542</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Abdest Almayı Öğreniyorum Poster 50X70</t>
+          <t>İslam Ahlakının Esasları / Ahlak Klasikleri -1 (Ciltli)</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>105</v>
+        <v>400</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786258023244</t>
+          <t>9789753890595</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları Çocuklar İçin Sahabe Hayatları (Ciltli)</t>
+          <t>Hilye-i Saadet</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>360</v>
+        <v>75</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789753899857</t>
+          <t>9789753892261</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Sureler</t>
+          <t>Der İslam</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786057580344</t>
+          <t>9789753897457</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Gül Cenneti</t>
+          <t>Gençlerle Gönül Gönüle</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789753897259</t>
+          <t>9789753893565</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüden Kurtulma Yolları</t>
+          <t>Kitabı-ı Dedem Korkut</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>485</v>
+        <v>320</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257069434</t>
+          <t>9789753890090</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Hadis Şerh Geleneği</t>
+          <t>Mohammed The Prophet</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254280528</t>
+          <t>9789753894654</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (Ciltli)</t>
+          <t>Gençlerle Sohbetler</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257069427</t>
+          <t>9789753890960</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar 2. Seri (5 Kitap Takım)</t>
+          <t>Hayvanlar Dünyası Öykü Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>470</v>
+        <v>100</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786058497559</t>
+          <t>9789753894722</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kuran Ayetleri Eşliğinde Divanı İlahi Aşk</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786058574427</t>
+          <t>9789753895347</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal ve Sosyal Davranış Bilgileri</t>
+          <t>Osmanlı Ulema Biyografilerinin Arşiv Kaynakları</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>80</v>
+        <v>245</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254284519</t>
+          <t>9789753890243</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamak - Kırk Ayet ve Yorumu</t>
+          <t>Islam Lernen Islam Leben</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>485</v>
+        <v>145</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254284373</t>
+          <t>9789753893503</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor - Dut Ağacı</t>
+          <t>Atatürk ve Din</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254283956</t>
+          <t>9789753897105</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem Mısır’da Metin Tenkidi Tartışmaları</t>
+          <t>Akşam Ebesi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254284014</t>
+          <t>9789753892513</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Mahir İs Looking For An İnvention</t>
+          <t>Islam Our Choice</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>580</v>
+        <v>100</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254284007</t>
+          <t>9789753893367</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>The Red Apple Versus Covid-19</t>
+          <t>Kur'an'ın Tercümesi Ve Tercüme İle Namaz Meselesi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>580</v>
+        <v>85</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254283932</t>
+          <t>9789753895286</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Seğmen And His Days İn Bandages</t>
+          <t>Mevlana ve İnsan</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>580</v>
+        <v>85</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254283949</t>
+          <t>9789753895125</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>My Great Aunt İs İn The Flowepot</t>
+          <t>İlm-i Cavidan (Ciltli)</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>580</v>
+        <v>620</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254284229</t>
+          <t>9789753897419</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Aidiyet Olgusu</t>
+          <t>Hanefi Usulcülerinde İctihad Teorisi</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254283925</t>
+          <t>9789753891813</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Malların Zekatı</t>
+          <t>Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>290</v>
+        <v>85</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254284199</t>
+          <t>8380000000230</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Tarihinde Fukaha-yi Seb’a</t>
+          <t>Kuranı Kerim “Orta Boy”  “Beyaz Kapak” (Ciltli)</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254284298</t>
+          <t>9789753897235</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Fetva Ehliyeti</t>
+          <t>Hoca Ahmed Yesevi'nin Hadis Kültürü</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254283321</t>
+          <t>9789753893619</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Le Noble Coran Fransızca Kuranı Kerim ve Meali Orta Boy (Ciltli)</t>
+          <t>Jalal Al - Din Al - Rumi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>900</v>
+        <v>145</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254284441</t>
+          <t>9789753897211</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Helal Gıda ve İnsan Sağlığı</t>
+          <t>Gül Yüzlü Çocuk</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>270</v>
+        <v>65</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254284366</t>
+          <t>9789753890328</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Ben Mehmet Akif</t>
+          <t>Osmanlı Japon Münasebetleri ve Japonya'da İslamiyet</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254284304</t>
+          <t>9789753891394</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Dönemi Şiddet Hareketleri</t>
+          <t>Hz. Peygamber Devrinde Nifak Hareketleri</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>485</v>
+        <v>100</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254283840</t>
+          <t>9789753890670</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Dair Ayetler Özelinde Tefsir ve Sosyokültürel Çevre İlişkisi</t>
+          <t>Açıklamalı Büyük Dua Kitabı</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254283987</t>
+          <t>9789753895101</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yeminlerindeki Mesajlar</t>
+          <t>Türkistanda İslam ve Müslümanlar</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254283918</t>
+          <t>9789753891349</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Esen Rüzgar</t>
+          <t>Türkiye Dışındaki Türk Topluluklarının Milli, Manevi ve Siyasi Meseleleri</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254284311</t>
+          <t>9789753890649</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlıkta ve İslamiyet’te Vahiy</t>
+          <t>Üçüncü Neslin Eğitimi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254283901</t>
+          <t>9789753896856</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Yüz</t>
+          <t>Yasin Sureler ve Dualar</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254283895</t>
+          <t>9789753896740</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Sonra Güneş</t>
+          <t>Yasin Kitabı (Türkçe Sureler ve Dualar)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>130</v>
+        <v>85</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254284267</t>
+          <t>9789753893589</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihçiliğine Adanan Altın Bir Ömür Prof. Dr. Mustafa Fayda</t>
+          <t>Üçüncü 1000'e Girerken Türkiye</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254284243</t>
+          <t>9786057580726</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Mabed</t>
+          <t>Tahin ile Pekmez Eğitim Seti (7 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>290</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254283994</t>
+          <t>9789753894234</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Münevver Ayaşlı</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Cep Boy)</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254283963</t>
+          <t>9789753892070</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Ufkunda Bir Şair Sezai Karakoç</t>
+          <t>Kur'an-ı Kerim (Büyük Boy) Ali El Kari İmlası (Ciltli)</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257069816</t>
+          <t>9789753895811</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Tahin İle Pekmez Öğrenci Seti Karton</t>
+          <t>Hatim Cüzü Bez Ciltli (30 Cüz)</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>1600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254284175</t>
+          <t>9789753890113</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor "Karıncalar"</t>
+          <t>Verses from the Glorious Koran and the Facts of Science</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254283970</t>
+          <t>9789753897433</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Baktığın Yerdeyim</t>
+          <t>Kuran-ı Kerim Rahle Boy Prestij Yaldızlı Bilgisayar Hattı (Kutusuz) (Ciltli)</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>160</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254283826</t>
+          <t>9789753895392</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Atasözleri</t>
+          <t>Dinimizi Öğreniyoruz (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>185</v>
+        <v>30</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254281280</t>
+          <t>9789753898584</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Zorlukları Aşarken 1 Cilt (Karton Kapak)</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254284236</t>
+          <t>9789753898591</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Değerli Hikayeler 15 Kitap Set Kutulu</t>
+          <t>Zorlukları Aşarken 2 Cilt (Karton Kapak)</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>2900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254283444</t>
+          <t>9789753898683</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Günlük</t>
+          <t>Zorlukları Aşarken 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>160</v>
+        <v>485</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254283314</t>
+          <t>9789753890519</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İlmi, Kültürel ve Sosyal Hayatta Kudüs</t>
+          <t>Zulmette Veten Duyguları</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254283833</t>
+          <t>9786254284779</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Haber Nazariyesi</t>
+          <t>Basics Of Islam Questions and Answers</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>485</v>
+        <v>260</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254283147</t>
+          <t>9786254285363</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>SosyoKültürel Bağlamda Hadis Tasnifi</t>
+          <t>Ben Muhammed Ali</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254283185</t>
+          <t>9786254285004</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Dijital Düşlemeler Hikayenin Yeni Yüzü</t>
+          <t>Taşın Kalbi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254283291</t>
+          <t>9786254286063</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Sehiv Secdesi</t>
+          <t>Edebiyat Sırlı Kelime</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254283277</t>
+          <t>9786254286070</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Bu Çocuk Kime Çekmiş?</t>
+          <t>Dijital Düşlemeler 3 Teknoloji Kapitalizmine Dair Şüpheler</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254283086</t>
+          <t>9786254286025</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Kudüs Ve Mescid-i Aksa</t>
+          <t>İşaretler İnsan ve Hayat</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>320</v>
+        <v>155</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254283307</t>
+          <t>9786254286001</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Bize Ne Söyler?</t>
+          <t>Bilim Ve Din Ekseninde Nebevi Tıp</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786254283239</t>
+          <t>9786254286056</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>15 Dakika</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor Kediler</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254283260</t>
+          <t>9786254286124</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali</t>
+          <t>TDV Ajanda 2025 Mor</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254283178</t>
+          <t>9786254286100</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Kelami Boyutuyla Deprem ve Doğal Afetler</t>
+          <t>TDV Ajanda 2025 Kırmızı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254283819</t>
+          <t>9786254286049</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Perdem Yelken Olsa</t>
+          <t>Kutsal Topraklara Yolculuk</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254283154</t>
+          <t>9786254285813</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali’de Maslahat Düşüncesi</t>
+          <t>Cırboğa İle Tosbağa Neden Selamlaşamıyor?</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254283123</t>
+          <t>9786254285844</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kaynaklı Tasavvuf Kavramları</t>
+          <t>Bana Bir Renk Ver</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>485</v>
+        <v>110</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254283208</t>
+          <t>9786254285578</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Uzay Sağ Sol Beyin Etkinlikleri</t>
+          <t>İkimiz ve Diğerleri</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254283192</t>
+          <t>9786254285851</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Sağ Beyin Sol Beyin Etkinlikleri</t>
+          <t>Peygamberimizin Mirası Teriketün Nebi</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254283215</t>
+          <t>9786254285554</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sağ Beyin Sol Beyin Etkinlikleri</t>
+          <t>Hasar Tespiti</t>
         </is>
       </c>
       <c r="C718" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254283161</t>
+          <t>9786254285783</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun İnşasında Kurucu Sufiler</t>
+          <t>Hüzün ve Sevinç</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>340</v>
+        <v>115</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254283338</t>
+          <t>9786254285868</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Yolcu İstikamet Öyküleri</t>
+          <t>Hacname Huzurda Bir Kutlu Mevsim</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254283222</t>
+          <t>9786254285660</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Müfredatı İle Uyumlu Sanat Etkinlikleri</t>
+          <t>Çiçeklerin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254283048</t>
+          <t>9786254285806</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Yola Düşen Kelimeler Kaşgarlı Mahmut</t>
+          <t>İhtilafül Hadis Bağlamında Metin Tenkidi</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254283024</t>
+          <t>9786254285738</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Bir Miras Olarak Aile Değerleri</t>
+          <t>Şuayb Arnavut ve Hadisçiliği</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>185</v>
+        <v>465</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254283062</t>
+          <t>9786254285790</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Şekeristan Mektupları 2</t>
+          <t>Öğretmenini Kendine Benzetme Rehberi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254283031</t>
+          <t>9786254285820</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ben Aliya</t>
+          <t>Anne Babanızı Nasıl Eğitirsiniz?</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254282966</t>
+          <t>9786254285745</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Mesud</t>
+          <t>Büyüyünce Ne Olacaksın Baba?</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254282973</t>
+          <t>9786254285752</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Darimi</t>
+          <t>Tahtaya Kalkma Korkusu</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254283000</t>
+          <t>9786254285714</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık</t>
+          <t>Ben Ömer Muhtar</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789753898195</t>
+          <t>9786254284380</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbiniz Vardır Onu Hatırlayınız</t>
+          <t>Özgür Kudüs Boyama Kitabı (Özel Çıkartmalı)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254282997</t>
+          <t>9786254285622</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Nereye Kaçsam?</t>
+          <t>Sorularım Var</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>245</v>
+        <v>380</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254282980</t>
+          <t>9786254285530</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Kimi Takip Edelim?</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor Arılar</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254283079</t>
+          <t>9786254285875</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Batıniliğin İçyüzü</t>
+          <t>Tecvid Kartelası</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254282959</t>
+          <t>9786254285639</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Bir Günüm Boyama Kitabı</t>
+          <t>Bize Göre Kudüs</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786254281549</t>
+          <t>9786254285653</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Trafik Dedektifleri (Rusça)</t>
+          <t>Ne Oynayalım?</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254282645</t>
+          <t>9786254285561</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Umut Benoy</t>
+          <t>Canı Sıkılan Çocuk</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254281532</t>
+          <t>9786254285493</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Dedektifleri (Rusça)</t>
+          <t>Les Beaux Noms D' Allah</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>390</v>
+        <v>700</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254281167</t>
+          <t>9786254284687</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Orta Boy (Yeşil) (Ciltli)</t>
+          <t>Dokun ve Dinle Sesli Kitabım Orman</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254281150</t>
+          <t>9786254284670</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Orta Boy (Bordo) (Ciltli)</t>
+          <t>Dokun ve Dinle Sesli Kitabım Okyanus</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254282409</t>
+          <t>9786254284663</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardında Ne Var?</t>
+          <t>Dokun ve Dinle Sesli Kitabım Müzik Aletleri</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254281525</t>
+          <t>9786254284595</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>İsraf Dedektifleri (Rusça)</t>
+          <t>Hareketli Kitap 3d Hayvanlar Alemi Vahşi Doğa</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>390</v>
+        <v>600</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254282461</t>
+          <t>9786254284571</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Ramazan Etkinlik Kitabı</t>
+          <t>Hareketli Kitap 3d Hayvanlar Alemi Orman</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254280795</t>
+          <t>9786254284755</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Hasan Basri Çantay</t>
+          <t>Hareketli 3d Kitap Okulda Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786254281518</t>
+          <t>9786254284762</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Çevre Dedektifleri (Rusça)</t>
+          <t>Hareketli 3d Kitap Evde Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254280955</t>
+          <t>9786254284694</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri - 4. Seri (Arapça)</t>
+          <t>Hareketli 3d Kitap Akvaryumda Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786254280948</t>
+          <t>9786254284717</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri - 3. Seri (Arapça)</t>
+          <t>Hareketli Kitap 3d Küçük Kaşif Sebzeler ve Meyveler (Ciltli)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254282874</t>
+          <t>9786254284700</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihinde Cehmiyye</t>
+          <t>Hareketli Kitap 3d Küçük Kaşif Yetenekli Aşçı (Ciltli)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786258023510</t>
+          <t>9786254284724</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatında Mizah</t>
+          <t>Hareketli Kitap 3d Küçük Kaşif Tohumun Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254282935</t>
+          <t>9786254284731</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı Kurallar Kitabı</t>
+          <t>Hareketli Kitap 3d Küçük Kaşif Sağlıklı Beslenme (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786258146363</t>
+          <t>9786254285356</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Cibril Hadisi ve İslam Düşüncesine Yansımaları</t>
+          <t>Allah Neden Yaratmış?</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>500</v>
+        <v>245</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254282843</t>
+          <t>9786254285547</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Bustanü’l - Muhaddisin</t>
+          <t>Kalbimde Binbir Sevgi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254282898</t>
+          <t>9786254285646</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarından Bugüne Ateşteki Emanet</t>
+          <t>Hikayesi Yazılmayan Gelincik</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254282928</t>
+          <t>9786254285400</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük Ekip Su Savaşı</t>
+          <t>Ben Şeyh Şamil</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254282614</t>
+          <t>9786254285608</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Dümeni Göğe Kırmak - Piri Reis</t>
+          <t>Maviş</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254282904</t>
+          <t>9786254285523</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarından Bugüne Bizim Olan Uzaklar</t>
+          <t>40 Ayette Aile</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254282805</t>
+          <t>9786254285516</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarından Bugüne Unutulmaz Yaz Tatili</t>
+          <t>40 Hadiste Aile</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786258023671</t>
+          <t>9786254285332</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Das Lexikon Religiöser Begriffe (Dini Terimler Sözlüğü) Almanca</t>
+          <t>40 Ayette Dua</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786258023688</t>
+          <t>9786254285325</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Dictionnaire Des Termes Religieux (Dini Terimler Sözlüğü) Fransızca</t>
+          <t>40 Hadiste Dua</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786258023695</t>
+          <t>9786254285486</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Glossary of Religious Terms (Dini Terimler Sözlüğü) İngilizce</t>
+          <t>Bizim Aile Günlüğümüz</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786258023701</t>
+          <t>9786254285431</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Religieus Woordenboek (Dini Terimler Sözlüğü) Felemenkçe</t>
+          <t>Adabı Muaşeret Özür Dilerim</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>290</v>
+        <v>50</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789753891028</t>
+          <t>9786254285424</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Temel Eğitimdeki Türk Çocuklarının Din Eğitimi</t>
+          <t>Adabı Muaşeret Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254282799</t>
+          <t>9786254285509</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Bez Cilt Kahverengi)</t>
+          <t>Bizim Ormandan Masallar</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786254280610</t>
+          <t>9786254285387</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Sayfalardan Sofralara</t>
+          <t>Hikayesini Anlatmak İsteyen Ajan</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254282706</t>
+          <t>9786254285462</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 5. Seri 5 Kitap Takım</t>
+          <t>Adabı Muaşeret Kolay Gelsin</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>470</v>
+        <v>50</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254282584</t>
+          <t>9786254285455</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Okul Bahçesinde Müzikli Bir Gece</t>
+          <t>Adabı Muaşeret Geçmiş Olsun</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254282812</t>
+          <t>9786254285448</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galip Divanı</t>
+          <t>Adabı Muaşeret Afiyet Olsun</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>1040</v>
+        <v>50</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254281112</t>
+          <t>9786254285318</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu's-suk ( Prestij )</t>
+          <t>Kalbimin Nefesi Dua</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>800</v>
+        <v>95</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254282911</t>
+          <t>9786254285479</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber’in Genç Arkadaşları</t>
+          <t>The Apple Of Our Eye Rim</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254282669</t>
+          <t>9786254285349</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Eş’ari ve Kur’an’ı Yorumlama Yöntemi</t>
+          <t>Pofuduk Ormanı</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>400</v>
+        <v>95</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254282713</t>
+          <t>9786254285226</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İki Nehir Aresinde</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor - Serçeler</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254282850</t>
+          <t>9786254285295</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Bir Sabah</t>
+          <t>Les Beaux Noms d'Allah (Allah’ın Güzel İsimleri 2. Set 5 Kitap)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254282881</t>
+          <t>9786254285288</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Ta-ha 121</t>
+          <t>The Beautiful Names Of Allah (Allah’ın Güzel İsimleri 5. seri 5 Kitap) İngilizce</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254282768</t>
+          <t>9786254285066</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Biraz da Annedir</t>
+          <t>Les Beaux Noms d'Allah (Allah’ın Güzel İsimleri 1 Set 5 Kitap)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254282683</t>
+          <t>9786254284335</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kuran Kıssalarından Bugüne Biraz Daha Uzağa</t>
+          <t>There Is A Horse In The Parking Lot (Değerli Hikayeler Otoparkta Bir At Var)</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>135</v>
+        <v>580</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254282829</t>
+          <t>9786254285028</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kuran Kıssalarından Bugüne Pencerede İbibik</t>
+          <t>Well Balanced Town (Değerli Hikayeler Şaşmaz Kasabası)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>135</v>
+        <v>580</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254282737</t>
+          <t>9786254284342</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarından Bugüne Kuyudan Çıkan Mucize</t>
+          <t>The Beloved Locksmith (Değerli Hikayeler Sevgili Çilingir Dükkanı)</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>135</v>
+        <v>580</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254282744</t>
+          <t>9786254284632</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kuran Kıssalarından Bugüne Gizemli Misafir</t>
+          <t>Papatya And Her Nephews (Değerli Hikayeler Papatya ve Yeğenleri)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>120</v>
+        <v>580</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254282751</t>
+          <t>9789751901910</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarından Bugüne Ceza Sahasında</t>
+          <t>Namaz Surelerinin Türkçe Terceme ve Tefsiri</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>135</v>
+        <v>35</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254282577</t>
+          <t>9786254283017</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Çin Kültürü Üzerine Etkileri</t>
+          <t>Resimlerle Abdest ve Namaz</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254282478</t>
+          <t>8380000000203</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kömür Gözlü Kardan Adam</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Turkuaz</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>375</v>
+        <v>900</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254282485</t>
+          <t>8380000000225</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Arayan Köpek</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Mor</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>320</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786257205658</t>
+          <t>9786057519863</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Arasındaki Farklar</t>
+          <t>İslam'da Peygamberlere İman</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>400</v>
+        <v>65</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254282690</t>
+          <t>9786057519870</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işığı 2 - Rusya</t>
+          <t>İslam'da Meleklere İman</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>245</v>
+        <v>15</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254282522</t>
+          <t>9789753898034</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Kahverengi) (Ciltli)</t>
+          <t>Nuh Peygamber Cimcirik ve Şimşirikten Bulmacalarla</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>575</v>
+        <v>135</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254282539</t>
+          <t>9786254285141</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Yeşil) (Ciltli)</t>
+          <t>Alaeddin Özdenören</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>575</v>
+        <v>160</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254282515</t>
+          <t>9786254285271</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Kırmızı) (Ciltli)</t>
+          <t>Kelime Sevdası</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>575</v>
+        <v>160</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254282508</t>
+          <t>9786254284540</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Beyaz) (Ciltli)</t>
+          <t>Kahtaniler</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>575</v>
+        <v>260</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254281778</t>
+          <t>9786254285127</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>On Kelime On Yazar</t>
+          <t>İyilik Bahçesi - Peygamberimizin Anlattığı Hikayeler</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254282324</t>
+          <t>9786254285240</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Yaşamaz Ölümü Göze Almayan Çanakkale Hikayeleri</t>
+          <t>Doğu Işığı 3 - Fransa</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254282553</t>
+          <t>9786257205580</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hele Şükür</t>
+          <t>Der Islam</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254282355</t>
+          <t>9786254284526</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Roman Boy Kahverengi (Ciltli)</t>
+          <t>Hadislerin Yazım Serüveni</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254282393</t>
+          <t>9786254285257</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Hafız Boy Kırmızı (Ciltli)</t>
+          <t>Osmanlı Tefsirinde Kur’an İlimleri</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786257672115</t>
+          <t>9786254285264</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Hafız Boy Beyaz (Ciltli)</t>
+          <t>Kuran’da Temsili Anlatım</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786254282379</t>
+          <t>9786254285158</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Hafız Boy Yeşil (Ciltli)</t>
+          <t>Avec Ses Droits Et Sa Respectabilite La Femme Dans Lıslam</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254282386</t>
+          <t>9786254356605</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Hafız Boy Kahverengi (Ciltli)</t>
+          <t>Hz.Hasan</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>330</v>
+        <v>70</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254282607</t>
+          <t>9786254284557</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mor Menekşe</t>
+          <t>Kalbimizin Bir Tanesi Rim</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254282560</t>
+          <t>9786254285110</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Bir Horoz Masalı</t>
+          <t>İyilik Fidanı Eğitim Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>190</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786254282591</t>
+          <t>9786254285165</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Minik Serçenin Teşekkürü</t>
+          <t>Erdem Bayazıt</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254282621</t>
+          <t>9786254285219</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Akrep’in Yaptığına</t>
+          <t>Benim Denizim</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254282423</t>
+          <t>9786254285172</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İyilik Okul Öncesi Eğitim Seti Etkinlik Kitabı</t>
+          <t>Okuya Yaza Yaşamak</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254282454</t>
+          <t>9786254285233</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Sureler ve Dualar Yasin</t>
+          <t>Hukuk Belleği ve Hukuki İktidar</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254281457</t>
+          <t>9786254285189</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Açıklamalı Meali Orta Boy ( Metinsiz ) (Ciltli)</t>
+          <t>Duruşunu Bozmayan Adam Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786254281174</t>
+          <t>9786254285134</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Örnek Bir Lider Hz Peygamber</t>
+          <t>Resimlerle Abdest ve Namaz Orta Boy</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254282416</t>
+          <t>9786254285059</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Hadis ve Kültür Tarihi</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor Kardelenler</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254281013</t>
+          <t>9786254285035</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin 99 Soruda Peygamberimiz</t>
+          <t>Dijital Düşlemeler -2 Teknolojinin Dar Koridorları</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254282317</t>
+          <t>9786254284793</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler - Soru ? Cevap</t>
+          <t>Makasıdül Kur'an'a Giriş</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254281426</t>
+          <t>9786254284151</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Gelişimi İtibarıyla Temel Hadis Terimleri</t>
+          <t>İslam Hukukunda Mudarebe ve Katılım Bankacılığındaki Yeri</t>
         </is>
       </c>
       <c r="C806" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254281556</t>
+          <t>9786254285097</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Bana Konum Atar Mısın?</t>
+          <t>Dostluk Rehberi Fethi Gemuhluoğlu</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254281051</t>
+          <t>9786254285103</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Fıkıh</t>
+          <t>Osmanlı’dan Günümüze Aile Hukuku</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254281136</t>
+          <t>9789753899826</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'de Ahlak Eğitimi</t>
+          <t>Peygamberimizin Hz. Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254281037</t>
+          <t>9786258023343</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Mustafa - Mavi Yelekli İyilik Elçileri</t>
+          <t>Bir Sayfa Bir Ayet Bir Hikmet (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254281181</t>
+          <t>9786258023411</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Mahremiyet Eğitimi</t>
+          <t>Mevlana Celaleddin-i Rumi - Gönüller Güneşi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254281372</t>
+          <t>9786254285080</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Şifreli Yaz Tatili - Kütüphaneden Çanakkale'ye</t>
+          <t>Karınca Kararınca</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254281495</t>
+          <t>9786254285011</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Damla</t>
+          <t>Sus İşareti</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254281433</t>
+          <t>9786254284786</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Hanbeli Fıkıh Usulünün Teşekkülü</t>
+          <t>Seharenpuri</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254281464</t>
+          <t>9786254285042</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Sizin Ömrünüz Kaç Saniye ?</t>
+          <t>Annemin Gökyüzü</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254281440</t>
+          <t>9786257672146</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Dini Çoğulculuk İddialarının Odağında Hz. Mevlana</t>
+          <t>Kafama Takıldı (Ciltli)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254281471</t>
+          <t>9786254283109</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>İmam Nevevi ve Fıkhi Tercihleri</t>
+          <t>Suskun - Yüreğiyle Konuşan Cerebral Palsyli Kız</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254281242</t>
+          <t>9786254283055</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Yorum ve Öznellik</t>
+          <t>Değerli Masallar Serisi Rusça 1. Set</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786254280726</t>
+          <t>9786254282942</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kim Konuştu Duydun mu?</t>
+          <t>Beşer ve Resul Hz. Muhammed Medine'de</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786254281204</t>
+          <t>9789753898201</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Boğazda Bir Düğüm</t>
+          <t>Asa-yı Musa (Ciltli)</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789753897501</t>
+          <t>9786254283130</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yolcuyu Uğurlarken</t>
+          <t>A Woman In Islam With Their Rights And Dignity</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254281266</t>
+          <t>9786254284397</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Tembel Karınca Nemle</t>
+          <t>Bülbülüm Bağ Gezerim Evliya Çelebi</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254281259</t>
+          <t>9786254284458</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Doğruluk Müminin Şiarı</t>
+          <t>Kim Bu Sarı Kahraman?</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789753898072</t>
+          <t>9786254284434</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Lila Mustafa Cihat</t>
+          <t>Buhari ve Müslim’den İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş- Şeyhan Arapça-Türkçe Metin - “Üç Cilt”</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>75</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254280962</t>
+          <t>9786254284953</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Manevi Eğitim Metodu Olarak Halvet</t>
+          <t>Buhari Ve Müslimden İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş - Şeyhan Türkçe Metin İki Kitap</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>350</v>
+        <v>675</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254280917</t>
+          <t>9786254284960</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şiasında Siyaset Tefsir İlişkisi</t>
+          <t>Buhari Ve Müslim’den İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş- Şeyhan Türkçe Metin “ Tek Cilt ”</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>350</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254280993</t>
+          <t>9786254284410</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Contes Precievt Serie 1 5 Livres</t>
+          <t>Filozoflar Ne Diyor, Felsefe Ne İstiyor?</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>975</v>
+        <v>140</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254281006</t>
+          <t>9786254284328</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Contes Precievt Serie 2 5 Livre</t>
+          <t>Yol Ne Söyler</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>975</v>
+        <v>190</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254281143</t>
+          <t>9786254284403</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Çölde Gül Bahçesi "Öğretmen Hatıraları"</t>
+          <t>1453 Fetih Destanı</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254280931</t>
+          <t>9786254284427</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukukunda Niza</t>
+          <t>Ayşe ve Ahmet’in Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254280986</t>
+          <t>9786254284212</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Muvatta'</t>
+          <t>Maverdi’nin Usul Anlayışı</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254280733</t>
+          <t>9786254284274</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Umut Güzel Çizer - Değerli Hikayeler Hoşgörü</t>
+          <t>Hikayeyi Sen Anlat</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254280559</t>
+          <t>9786254284205</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Toka Birtakım İşler - Değerli Hikayeler Kanaatkarlık</t>
+          <t>Tabiin Döneminde Hadis Rivayeti</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254280580</t>
+          <t>9786254284250</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Kayıp Hazinesi - Değerli Hikayeler Merhamet</t>
+          <t>Peygamberimizin Arkadaşları 9 Kitap Set</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254280979</t>
+          <t>9786254280900</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Les Etoiles Terrestres</t>
+          <t>Adım Adım İyilik Okul Öncesi Eğitim Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>320</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258023619</t>
+          <t>9786257205146</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>La Figure De Marie Dans La Tradition Musulmane</t>
+          <t>Abdest Almayı Öğreniyorum Poster 50X70</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>245</v>
+        <v>105</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258146417</t>
+          <t>9786258023244</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 4. Seri - 5 Kitap Takım (Rusça)</t>
+          <t>Yeryüzü Yıldızları Çocuklar İçin Sahabe Hayatları (Ciltli)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>700</v>
+        <v>360</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786254280719</t>
+          <t>9789753899857</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 4. Seri Rusça</t>
+          <t>Dualar ve Sureler</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>700</v>
+        <v>110</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254280702</t>
+          <t>9786057580344</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 3. Seri - 5 Kitap Takım (Rusça)</t>
+          <t>Gül Cenneti</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786258146448</t>
+          <t>9789753897259</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Ankara</t>
+          <t>Üzüntüden Kurtulma Yolları</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>1750</v>
+        <v>485</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786258146400</t>
+          <t>9786257069434</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 3. Seri - 5 Kitap Takım (Japonca)</t>
+          <t>Hadis Şerh Geleneği</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786258023763</t>
+          <t>9786254280528</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>The Environment Detectives</t>
+          <t>Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258023732</t>
+          <t>9786257069427</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>The Health Detectives</t>
+          <t>Değerli Masallar 2. Seri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786258023756</t>
+          <t>9786058497559</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>The Traffic Detectives</t>
+          <t>Kuran Ayetleri Eşliğinde Divanı İlahi Aşk</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258023749</t>
+          <t>9786058574427</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>The Waste Detectives</t>
+          <t>Kurumsal ve Sosyal Davranış Bilgileri</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258023879</t>
+          <t>9786254284519</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Büyükleri Serisi (20 Kitap Takım)</t>
+          <t>Kur'an'ı Anlamak - Kırk Ayet ve Yorumu</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>1750</v>
+        <v>485</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258122091</t>
+          <t>9786254284373</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Sayılar (0-3 Yaş)</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor - Dut Ağacı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786258122077</t>
+          <t>9786254283956</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar (0-3 Yaş)</t>
+          <t>Modern Dönem Mısır’da Metin Tenkidi Tartışmaları</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786258122084</t>
+          <t>9786254284014</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar (0-3 Yaş)</t>
+          <t>Mahir İs Looking For An İnvention</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254280771</t>
+          <t>9786254284007</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyanın İçinden Kudüs</t>
+          <t>The Red Apple Versus Covid-19</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254280740</t>
+          <t>9786254283932</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Leylek Şitao'nun Kuzey Yolculuğu</t>
+          <t>Seğmen And His Days İn Bandages</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>190</v>
+        <v>580</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254280764</t>
+          <t>9786254283949</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Tırtıl Pervane</t>
+          <t>My Great Aunt İs İn The Flowepot</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>190</v>
+        <v>580</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254280696</t>
+          <t>9786254284229</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Oyun Bir Tutam Drama</t>
+          <t>Kur’an’da Aidiyet Olgusu</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786254280658</t>
+          <t>9786254283925</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Şekeristan Mektupları</t>
+          <t>Gayrimenkul Malların Zekatı</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786258023589</t>
+          <t>9786254284199</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 5 Kitap 2.Set Rusça</t>
+          <t>İslam Hukuk Tarihinde Fukaha-yi Seb’a</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>700</v>
+        <v>375</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786258023527</t>
+          <t>9786254284298</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Çıkan Yeni Riskler Karşısında Hac ve Umre Yolcularına Sigorta ve Takefül Uygulamaları</t>
+          <t>İslam Hukukunda Fetva Ehliyeti</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786258023787</t>
+          <t>9786254283321</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Tahin And Pekmez Summer Activity Book (Tahin İle Pekmez Tatil Kitabı) İngilizce</t>
+          <t>Le Noble Coran Fransızca Kuranı Kerim ve Meali Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>320</v>
+        <v>900</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786258122152</t>
+          <t>9786254284441</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Aşık Tarzı Şiir Geleneğinde Tasavvuf</t>
+          <t>İslam’da Helal Gıda ve İnsan Sağlığı</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>485</v>
+        <v>270</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786254280511</t>
+          <t>9786254284366</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da İslam Hakkında Sıkça Sorulan Sorular</t>
+          <t>Ben Mehmet Akif</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786258146455</t>
+          <t>9786254284304</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şiasında Sahabe Tasavvuru</t>
+          <t>Emeviler Dönemi Şiddet Hareketleri</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>650</v>
+        <v>485</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254280573</t>
+          <t>9786254283840</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ve Zihniyet Aile İçi Şiddetle Mücadelede Dini Referanslar</t>
+          <t>Kadınlara Dair Ayetler Özelinde Tefsir ve Sosyokültürel Çevre İlişkisi</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>135</v>
+        <v>260</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254280627</t>
+          <t>9786254283987</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kuran Ekseninde Boşanma Ahlakı</t>
+          <t>Kur’an Yeminlerindeki Mesajlar</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786258146424</t>
+          <t>9786254283918</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Tabiun Dönemi Tefsiri ve Medineli Müfessirler</t>
+          <t>Bozkırda Esen Rüzgar</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786258122060</t>
+          <t>9786254284311</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat Etkinlikleri</t>
+          <t>Hıristiyanlıkta ve İslamiyet’te Vahiy</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786258023817</t>
+          <t>9786254283901</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya, Kültür ve Hadis Rivayeti</t>
+          <t>Hüzünlü Yüz</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786258122053</t>
+          <t>9786254283895</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattan Edebe</t>
+          <t>Yağmurdan Sonra Güneş</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786258023930</t>
+          <t>9786254284267</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Yolları Cumhuriyet Dönemi - Bir Taşra Müftüsünün Hac Hatıraları</t>
+          <t>İslam Tarihçiliğine Adanan Altın Bir Ömür Prof. Dr. Mustafa Fayda</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786258023626</t>
+          <t>9786254284243</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Saatçi Kamil Usta - Değerli Hikayeler Doğruluk</t>
+          <t>Dinlerde Mabed</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786257581851</t>
+          <t>9786254283994</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Işık Değerli Hikayeler Sabır</t>
+          <t>Münevver Ayaşlı</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786258122015</t>
+          <t>9786254283963</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Boyutuyla Hac</t>
+          <t>Diriliş Ufkunda Bir Şair Sezai Karakoç</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786258023886</t>
+          <t>9786257069816</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyoloji Denemeler II</t>
+          <t>Tahin İle Pekmez Öğrenci Seti Karton</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>135</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786258023855</t>
+          <t>9786254284175</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi Denemeler - I</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor "Karıncalar"</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786258122046</t>
+          <t>9786254283970</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>İnanç Yolundaki Tuzaklar - Bid’at ve Hurafeler</t>
+          <t>Baktığın Yerdeyim</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786258023794</t>
+          <t>9786254283826</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’e Göre - Bencillik ve Diğerkamlık</t>
+          <t>Arapçada Atasözleri</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786258122039</t>
+          <t>9786254281280</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Bir Müftünün Kaleminden Fetvalar</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786258023893</t>
+          <t>9786254284236</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayramı Veli Avucumdaki Hasat</t>
+          <t>Değerli Hikayeler 15 Kitap Set Kutulu</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>160</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786258023909</t>
+          <t>9786254283444</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmed Yesevi Su ve Ateş</t>
+          <t>Konuşan Günlük</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786258023824</t>
+          <t>9786254283314</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kaynaklarda Hz Muhammed</t>
+          <t>İlmi, Kültürel ve Sosyal Hayatta Kudüs</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786258023640</t>
+          <t>9786254283833</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in İrşad Üslubu</t>
+          <t>Fıkıh Usulünde Haber Nazariyesi</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>350</v>
+        <v>485</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786258023664</t>
+          <t>9786254283147</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmet Yesevinin Hadis Kültürü</t>
+          <t>SosyoKültürel Bağlamda Hadis Tasnifi</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>245</v>
+        <v>420</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786258023480</t>
+          <t>9786254283185</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kitabul İrşad İnanç Esasları Kılavuzu</t>
+          <t>Dijital Düşlemeler Hikayenin Yeni Yüzü</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786258023657</t>
+          <t>9786254283291</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Yakarışlar Kitabı Sinan Paşa Tazarruname</t>
+          <t>Sehiv Secdesi</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>650</v>
+        <v>165</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786258023237</t>
+          <t>9786254283277</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Kelam Atomculuğu ve Modern Kozmoloji</t>
+          <t>Bu Çocuk Kime Çekmiş?</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786258023541</t>
+          <t>9786254283086</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Kuran Yorumunda Bağlamın Sınırlayıcılığı</t>
+          <t>Tarihte Kudüs Ve Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257672641</t>
+          <t>9786254283307</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>İyi Müslüman</t>
+          <t>Peygamberler Bize Ne Söyler?</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257069267</t>
+          <t>9786254283239</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Modern Kimyanın Kurucusu - Cabir b.Hayyan</t>
+          <t>15 Dakika</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257581516</t>
+          <t>9786254283260</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Ahlak Öğretisi</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257205597</t>
+          <t>9786254283178</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Bildirisi</t>
+          <t>Kelami Boyutuyla Deprem ve Doğal Afetler</t>
         </is>
       </c>
       <c r="C888" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>8380000000247</t>
+          <t>9786254283819</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Yeşil</t>
+          <t>Perdem Yelken Olsa</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>700</v>
+        <v>190</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>8380000000229</t>
+          <t>9786254283154</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Kırmızı</t>
+          <t>İmam Gazzali’de Maslahat Düşüncesi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>1650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257069496</t>
+          <t>9786254283123</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Namazgahtepe</t>
+          <t>Kur’an Kaynaklı Tasavvuf Kavramları</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>290</v>
+        <v>485</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>8380000000255</t>
+          <t>9786254283208</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Zümrüt Yeşil</t>
+          <t>Uzay Sağ Sol Beyin Etkinlikleri</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>700</v>
+        <v>190</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257205283</t>
+          <t>9786254283192</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Beyaz Orta Boy Renkli Bilgisayar Hattı (Ciltli)</t>
+          <t>Hayvanlar Sağ Beyin Sol Beyin Etkinlikleri</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>8380000000211</t>
+          <t>9786254283215</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Yeşil</t>
+          <t>Meyveler Sağ Beyin Sol Beyin Etkinlikleri</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>8380000000249</t>
+          <t>9786254283161</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Beyaz</t>
+          <t>Tasavvufun İnşasında Kurucu Sufiler</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>700</v>
+        <v>340</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>8380000000245</t>
+          <t>9786254283338</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Bordo</t>
+          <t>Yolcu İstikamet Öyküleri</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>8380000000253</t>
+          <t>9786254283222</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Vizon (Ciltli)</t>
+          <t>Din Eğitimi Müfredatı İle Uyumlu Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>8380000000242</t>
+          <t>9786254283048</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Kırmızı</t>
+          <t>Yola Düşen Kelimeler Kaşgarlı Mahmut</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>8380000000259</t>
+          <t>9786254283024</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Turkuaz (Ciltli)</t>
+          <t>Bir Miras Olarak Aile Değerleri</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>700</v>
+        <v>185</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>8380000000252</t>
+          <t>9786254283062</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Siyah (Ciltli)</t>
+          <t>Şekeristan Mektupları 2</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>8380000000260</t>
+          <t>9786254283031</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Pudra Pembe (Ciltli)</t>
+          <t>Ben Aliya</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>8380000000256</t>
+          <t>9786254282966</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Lila (Ciltli)</t>
+          <t>Abdullah B. Mesud</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>700</v>
+        <v>135</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>8380000000246</t>
+          <t>9786254282973</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Fuşya</t>
+          <t>Darimi</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>700</v>
+        <v>135</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>8380000000258</t>
+          <t>9786254283000</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Lacivert (Ciltli)</t>
+          <t>Sıfır Atık</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>8380000000257</t>
+          <t>9789753898195</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Kırmızı (Ciltli)</t>
+          <t>Bir Kalbiniz Vardır Onu Hatırlayınız</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>700</v>
+        <v>110</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>8380000000262</t>
+          <t>9786254282997</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Gri (Ciltli)</t>
+          <t>Nereye Kaçsam?</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>700</v>
+        <v>245</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>8380000000261</t>
+          <t>9786254282980</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Gök Mavi (Ciltli)</t>
+          <t>Kimi Takip Edelim?</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>8380000000254</t>
+          <t>9786254283079</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Fuşya (Ciltli)</t>
+          <t>Batıniliğin İçyüzü</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>8380000000251</t>
+          <t>9786254282959</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Bordo (Ciltli)</t>
+          <t>Bir Günüm Boyama Kitabı</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>8380000000250</t>
+          <t>9786254281549</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Beyaz (Ciltli)</t>
+          <t>Trafik Dedektifleri (Rusça)</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>700</v>
+        <v>390</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>8380000000206</t>
+          <t>9786254282645</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Kırmızı</t>
+          <t>Sudaki Umut Benoy</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>8380000000209</t>
+          <t>9786254281532</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Bordo</t>
+          <t>Sağlık Dedektifleri (Rusça)</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>900</v>
+        <v>390</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>8380000000220</t>
+          <t>9786254281167</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Lacivert</t>
+          <t>Kur'an-ı Kerim Orta Boy (Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>8380000000240</t>
+          <t>9786254281150</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Turkuaz (Ciltli)</t>
+          <t>Kur'an-ı Kerim Orta Boy (Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257581455</t>
+          <t>9786254282409</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Kahverengi Orta Boy Renkli Bilgisayar Hattı (Ciltli)</t>
+          <t>Kapının Ardında Ne Var?</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257581165</t>
+          <t>9786254281525</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Otoparkta Bir At Var Değerli Hikayeler Sorumluluk</t>
+          <t>İsraf Dedektifleri (Rusça)</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257205160</t>
+          <t>9786254282461</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Safahatta Özlü Sözler</t>
+          <t>Hoş Geldin Ramazan Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C917" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257205238</t>
+          <t>9786254280795</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Siretin Risalet Öncesi</t>
+          <t>Hasan Basri Çantay</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786257205344</t>
+          <t>9786254281518</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Kalem'den</t>
+          <t>Çevre Dedektifleri (Rusça)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>135</v>
+        <v>390</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257581493</t>
+          <t>9786254280955</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizdeki Cevher</t>
+          <t>Allah'ın Güzel İsimleri - 4. Seri (Arapça)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786057580801</t>
+          <t>9786254280948</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Sünnetinde Aile</t>
+          <t>Allah'ın Güzel İsimleri - 3. Seri (Arapça)</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786257581486</t>
+          <t>9786254282874</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Dostu Dört Güzel İnsan</t>
+          <t>Hadis Tarihinde Cehmiyye</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786257205559</t>
+          <t>9786258023510</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Introductıon To Islam</t>
+          <t>Peygamberimizin Hayatında Mizah</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257205566</t>
+          <t>9786254282935</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Inleıdıng Tot De Islam</t>
+          <t>Kurtarıcı Kurallar Kitabı</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786257205030</t>
+          <t>9786258146363</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Pakistan'da Hadis Tartışmaları</t>
+          <t>Cibril Hadisi ve İslam Düşüncesine Yansımaları</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257581905</t>
+          <t>9786254282843</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Stockholm Treni Bir Neslin Göç Hikayeleri</t>
+          <t>Bustanü’l - Muhaddisin</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257205498</t>
+          <t>9786254282898</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan Hakları</t>
+          <t>Kur’an Kıssalarından Bugüne Ateşteki Emanet</t>
         </is>
       </c>
       <c r="C927" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786257581974</t>
+          <t>9786254282928</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Hz. Safvan B. Muattal</t>
+          <t>Dört Dörtlük Ekip Su Savaşı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789753891752</t>
+          <t>9786254282614</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi</t>
+          <t>Dümeni Göğe Kırmak - Piri Reis</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786258023268</t>
+          <t>9786254282904</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Kur’an Kıssalarından Bugüne Bizim Olan Uzaklar</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786257205979</t>
+          <t>9786254282805</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Sufi Menakıbnamelerinde Ayet ve Hadislerin İşari Yorumları</t>
+          <t>Kur’an Kıssalarından Bugüne Unutulmaz Yaz Tatili</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>440</v>
+        <v>135</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786258023213</t>
+          <t>9786258023671</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Das Lexikon Religiöser Begriffe (Dini Terimler Sözlüğü) Almanca</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786258023305</t>
+          <t>9786258023688</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Dictionnaire Des Termes Religieux (Dini Terimler Sözlüğü) Fransızca</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786258023206</t>
+          <t>9786258023695</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Glossary of Religious Terms (Dini Terimler Sözlüğü) İngilizce</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786057519887</t>
+          <t>9786258023701</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Güzel Ahlak</t>
+          <t>Religieus Woordenboek (Dini Terimler Sözlüğü) Felemenkçe</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>55</v>
+        <v>290</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786057519894</t>
+          <t>9789753891028</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Aile</t>
+          <t>Almanya'da Temel Eğitimdeki Türk Çocuklarının Din Eğitimi</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786257137201</t>
+          <t>9786254282799</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Ekonomik Hayat</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Bez Cilt Kahverengi)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>28</v>
+        <v>750</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786257205108</t>
+          <t>9786254280610</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Şiirleştirilmiş Mesnevi Hikayeleri</t>
+          <t>Sayfalardan Sofralara</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>155</v>
+        <v>500</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786257069809</t>
+          <t>9786254282706</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Tahin İle Pekmez Eğitmen Seti</t>
+          <t>Allah’ın Güzel İsimleri 5. Seri 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>1600</v>
+        <v>470</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786258023190</t>
+          <t>9786254282584</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>İmamül Haremeyn Cüveyni</t>
+          <t>Okul Bahçesinde Müzikli Bir Gece</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786257581868</t>
+          <t>9786254282812</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Arap Dünyasının Hadis Usulü Tartışmaları</t>
+          <t>Şeyh Galip Divanı</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>245</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786257672443</t>
+          <t>9786254281112</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>İnsan Genomuna Müdahale Etik Tartışmalar Fıkhi Yaklaşımlar</t>
+          <t>Ahkamu's-suk ( Prestij )</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786257205078</t>
+          <t>9786254282911</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Tahin İle Pekmez Tatil Kitabı (Arapça)</t>
+          <t>Son Peygamber’in Genç Arkadaşları</t>
         </is>
       </c>
       <c r="C943" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786257205092</t>
+          <t>9786254282669</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ormanın Şifresi</t>
+          <t>Eş’ari ve Kur’an’ı Yorumlama Yöntemi</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786257069861</t>
+          <t>9786254282713</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Gönül Gönüle</t>
+          <t>İki Nehir Aresinde</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786257205900</t>
+          <t>9786254282850</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Emevi Devletinin Dönüm Noktası Ve Abdülmelik Bin Mervan</t>
+          <t>Bambaşka Bir Sabah</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>485</v>
+        <v>135</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789753895477</t>
+          <t>9786254282881</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Edeb Yahu 1</t>
+          <t>Ta-ha 121</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786257672634</t>
+          <t>9786254282768</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Anlat Bakalım 2 Hikaye Anlatma ve Oyun Kartları Değer Kazanımlı 20 Kart</t>
+          <t>Ramazan Biraz da Annedir</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786257672627</t>
+          <t>9786254282683</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Anlat Bakalım 1 Hikaye Anlatma ve Oyun Kartları Değer Kazanımlı 20 Kart</t>
+          <t>Kuran Kıssalarından Bugüne Biraz Daha Uzağa</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786257205054</t>
+          <t>9786254282829</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>The Beautiful Names of Allah 1 5 Book Set</t>
+          <t>Kuran Kıssalarından Bugüne Pencerede İbibik</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>700</v>
+        <v>135</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786257205061</t>
+          <t>9786254282737</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>The Beautiful Names of Allah 2 5 Book Set</t>
+          <t>Kur’an Kıssalarından Bugüne Kuyudan Çıkan Mucize</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>700</v>
+        <v>135</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786257581509</t>
+          <t>9786254282744</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>The Family Our Most Precious Treasure (Ailemiz En Değerli Hazinemiz)</t>
+          <t>Kuran Kıssalarından Bugüne Gizemli Misafir</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786257205405</t>
+          <t>9786254282751</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Öyküler İstasyonu</t>
+          <t>Kur'an Kıssalarından Bugüne Ceza Sahasında</t>
         </is>
       </c>
       <c r="C953" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786258023091</t>
+          <t>9786254282577</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar Serisi Arapça 3. Set</t>
+          <t>İslam Medeniyetinin Çin Kültürü Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786258023114</t>
+          <t>9786254282478</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar Serisi Arapça 2. Set</t>
+          <t>Kömür Gözlü Kardan Adam</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>440</v>
+        <v>375</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786258023107</t>
+          <t>9786254282485</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar Serisi Arapça 1. Set</t>
+          <t>Arkadaş Arayan Köpek</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789753892131</t>
+          <t>9786257205658</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Misyonerlik Faaliyetleri</t>
+          <t>Mezhepler Arasındaki Farklar</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786257205047</t>
+          <t>9786254282690</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Çam Sakızı</t>
+          <t>Doğu Işığı 2 - Rusya</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786257205450</t>
+          <t>9786254282522</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Cüneydi Bağdadi</t>
+          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>110</v>
+        <v>575</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786057580993</t>
+          <t>9786254282539</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Bizim Yunus</t>
+          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>110</v>
+        <v>575</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789753891639</t>
+          <t>9786254282515</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Bedruddin Ayni</t>
+          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>100</v>
+        <v>575</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786257205191</t>
+          <t>9786254282508</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Bayezidi Bistami</t>
+          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Beyaz) (Ciltli)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>140</v>
+        <v>575</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786257205207</t>
+          <t>9786254281778</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Babilik ve Bahailik</t>
+          <t>On Kelime On Yazar</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786257581790</t>
+          <t>9786254282324</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Hadis Terimleri Sözlüğü</t>
+          <t>Yaşamaz Ölümü Göze Almayan Çanakkale Hikayeleri</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786257672061</t>
+          <t>9786254282553</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Valuable Tales 1 Series 5 Books</t>
+          <t>Hele Şükür</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>440</v>
+        <v>185</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786257672221</t>
+          <t>9786254282355</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Valuable Tales 2 Series 5 Books</t>
+          <t>Kur'an-ı Kerim Renkli Roman Boy Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786057580634</t>
+          <t>9786254282393</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Okulunda Sevgiyle Eğitim</t>
+          <t>Kur'an-ı Kerim Renkli Hafız Boy Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257672214</t>
+          <t>9786257672115</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Valuable Tales 3 Series 5 Books</t>
+          <t>Kur'an-ı Kerim Renkli Hafız Boy Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>440</v>
+        <v>330</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786257205542</t>
+          <t>9786254282379</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 3 Seri 5 Kitap Takım</t>
+          <t>Kur'an-ı Kerim Renkli Hafız Boy Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>470</v>
+        <v>330</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786257205085</t>
+          <t>9786254282386</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 2 (Arapça)</t>
+          <t>Kur'an-ı Kerim Renkli Hafız Boy Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>700</v>
+        <v>330</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786257205368</t>
+          <t>9786254282607</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 1 (Arapça)</t>
+          <t>Meraklı Mor Menekşe</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>700</v>
+        <v>135</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786257205184</t>
+          <t>9786254282560</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevgisi Allah Korkusu</t>
+          <t>Bir Horoz Masalı</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786257205504</t>
+          <t>9786254282591</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Bektaşilik Tartışmaları</t>
+          <t>Minik Serçenin Teşekkürü</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786257069366</t>
+          <t>9786254282621</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Yasin Sureler ve Dualar Türkçe Anlamlarıyla</t>
+          <t>Bak Şu Akrep’in Yaptığına</t>
         </is>
       </c>
       <c r="C974" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786257205115</t>
+          <t>9786254282423</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken (3 Cilt Takım)</t>
+          <t>Adım Adım İyilik Okul Öncesi Eğitim Seti Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>800</v>
+        <v>245</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786057580511</t>
+          <t>9786254282454</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ağa Kapısından Şeyhülislamlığa İstanbul Müftülüğü</t>
+          <t>Sureler ve Dualar Yasin</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786257069830</t>
+          <t>9786254281457</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Abdest Ezan Namaz Duaları</t>
+          <t>Kur’an-ı Kerim Açıklamalı Meali Orta Boy ( Metinsiz ) (Ciltli)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786057580740</t>
+          <t>9786254281174</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 2 Seri 5 Kitap Takım</t>
+          <t>Örnek Bir Lider Hz Peygamber</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>470</v>
+        <v>160</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786258023602</t>
+          <t>9786254282416</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Okuma Okutma ve Anlama Üzerine</t>
+          <t>Endülüs'te Hadis ve Kültür Tarihi</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786057580979</t>
+          <t>9786254281013</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İftira</t>
+          <t>Gençler İçin 99 Soruda Peygamberimiz</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786258122022</t>
+          <t>9786254282317</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Hz. Kur'an</t>
+          <t>Temel Dini Bilgiler - Soru ? Cevap</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789753898348</t>
+          <t>9786254281426</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Cinsiyet Mahremiyet ve Mekan Çalıştay</t>
+          <t>Gelişimi İtibarıyla Temel Hadis Terimleri</t>
         </is>
       </c>
       <c r="C982" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786258146356</t>
+          <t>9786254281556</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Haç Çekişmesi</t>
+          <t>Bana Konum Atar Mısın?</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786257069410</t>
+          <t>9786254281051</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Dil</t>
+          <t>Siyaset ve Fıkıh</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786257581196</t>
+          <t>9786254281136</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Mevlana: Samanyolundaki İslam Atlısı</t>
+          <t>Mesnevi'de Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786257205443</t>
+          <t>9786254281037</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Kadiyanilik</t>
+          <t>Mustafa - Mavi Yelekli İyilik Elçileri</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786257581530</t>
+          <t>9786254281181</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>İslamda Emir ve Yasakların Hikmeti</t>
+          <t>İslam'da Mahremiyet Eğitimi</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786258023077</t>
+          <t>9786254281372</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Şairler Sultanı Yunus Emre Türk İslam Büyükleri 10</t>
+          <t>Şifreli Yaz Tatili - Kütüphaneden Çanakkale'ye</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786254280641</t>
+          <t>9786254281495</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işığı 1 - Endülüs - İspanya - Girit</t>
+          <t>Kendini Arayan Damla</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786258146394</t>
+          <t>9786254281433</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Kadın</t>
+          <t>Hanbeli Fıkıh Usulünün Teşekkülü</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786258023633</t>
+          <t>9786254281464</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>İyi ki İyilik Var - Değerli Hikayeler İyilik</t>
+          <t>Sizin Ömrünüz Kaç Saniye ?</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786258023572</t>
+          <t>9786254281440</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerini Arayan Bilge Farabi - Türk İslam Büyükleri 18</t>
+          <t>Dini Çoğulculuk İddialarının Odağında Hz. Mevlana</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786258023565</t>
+          <t>9786254281471</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’yu Yurt Yapan Komutan Sultan - Alparslan Türk İslam Büyükleri 19</t>
+          <t>İmam Nevevi ve Fıkhi Tercihleri</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786258023558</t>
+          <t>9786254281242</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Piri Hoca Ahmed Yesevi - Türk İslam Büyükleri 20</t>
+          <t>Tefsirde Yorum ve Öznellik</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789759548087</t>
+          <t>9786254280726</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Hac Yolculukları Tarihi</t>
+          <t>Kim Konuştu Duydun mu?</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786258023367</t>
+          <t>9786254281204</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Bir Hac Günlüğü (Ciltli)</t>
+          <t>Boğazda Bir Düğüm</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786258023725</t>
+          <t>9789753897501</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Kuranın Metinleşmesi Üzerine Hulasatül Beyan Fi Telifil Kuran</t>
+          <t>Sessiz Yolcuyu Uğurlarken</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786258023916</t>
+          <t>9786254281266</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Stockholm Tren Garı Hasret Çekenlerin Buluşma Noktası</t>
+          <t>Tembel Karınca Nemle</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786257581967</t>
+          <t>9786254281259</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>İslam Kaynaklarına Göre Peygamberler Tarihi</t>
+          <t>Kur'an'da Doğruluk Müminin Şiarı</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>290</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786258023718</t>
+          <t>9789753898072</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Ulemanın Gücü</t>
+          <t>Lila Mustafa Cihat</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>160</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786258023497</t>
+          <t>9786254280962</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Sağlık Boyutuyla Hac</t>
+          <t>Manevi Eğitim Metodu Olarak Halvet</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786258023350</t>
+          <t>9786254280917</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Hac Tarihi</t>
+          <t>İmamiyye Şiasında Siyaset Tefsir İlişkisi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786258023442</t>
+          <t>9786254280993</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Seti - Bilim Sanat</t>
+          <t>Contes Precievt Serie 1 5 Livres</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>190</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786258023435</t>
+          <t>9786254281006</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Seti - Doğa</t>
+          <t>Contes Precievt Serie 2 5 Livre</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>190</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786258023428</t>
+          <t>9786254281143</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar 1 Okul Öncesi Eğitim Seti Uzay</t>
+          <t>Çölde Gül Bahçesi "Öğretmen Hatıraları"</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786258023473</t>
+          <t>9786254280931</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Birgivi Mehmed Efendi</t>
+          <t>İslam Borçlar Hukukunda Niza</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786258023299</t>
+          <t>9786254280986</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Matüridilik ve Tasavvuf Erken Dönem</t>
+          <t>Muvatta'</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786258023374</t>
+          <t>9786254280733</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Musiki ve Edebiyatımızda Hac</t>
+          <t>Umut Güzel Çizer - Değerli Hikayeler Hoşgörü</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786258023398</t>
+          <t>9786254280559</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman - Cihan Padişahı</t>
+          <t>Toka Birtakım İşler - Değerli Hikayeler Kanaatkarlık</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786258023404</t>
+          <t>9786254280580</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed - Bilginin Sultanı</t>
+          <t>Leyla’nın Kayıp Hazinesi - Değerli Hikayeler Merhamet</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786258023282</t>
+          <t>9786254280979</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda Osmanlı’da Hukuki Hayat</t>
+          <t>Les Etoiles Terrestres</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>590</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786258023084</t>
+          <t>9786258023619</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Söğütten Doğan Işık: Osman Bey</t>
+          <t>La Figure De Marie Dans La Tradition Musulmane</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786258023176</t>
+          <t>9786258146417</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Devletten Cihan Hükümdarlığına: Yavuz Sultan Selim</t>
+          <t>Allah'ın Güzel İsimleri 4. Seri - 5 Kitap Takım (Rusça)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786258023060</t>
+          <t>9786254280719</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Kurucu Atası: Ertuğrul Gazi</t>
+          <t>Allah'ın Güzel İsimleri 4. Seri Rusça</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786258023169</t>
+          <t>9786254280702</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Seyyah: Evliya Çelebi</t>
+          <t>Allah'ın Güzel İsimleri 3. Seri - 5 Kitap Takım (Rusça)</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786257581936</t>
+          <t>9786258146448</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet'ten 365 Güne</t>
+          <t>Bir Başka Ankara</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>1000</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786258023152</t>
+          <t>9786258146400</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Bir Günde Büyüyen Çocuk</t>
+          <t>Allah'ın Güzel İsimleri 3. Seri - 5 Kitap Takım (Japonca)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786258023183</t>
+          <t>9786258023763</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Müştehir Hadisler</t>
+          <t>The Environment Detectives</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786257581912</t>
+          <t>9786258023732</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları - Çocuklar İçin Sahabe Hayatları</t>
+          <t>The Health Detectives</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786258023145</t>
+          <t>9786258023756</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Manzum Hadis Edebiyatı</t>
+          <t>The Traffic Detectives</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>8380000000226</t>
+          <t>9786258023749</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Siyah</t>
+          <t>The Waste Detectives</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>1650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786257581776</t>
+          <t>9786258023879</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Çilingir Dükkanı - Değerli Hikayeler Sevgi</t>
+          <t>Türk İslam Büyükleri Serisi (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>260</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786257581882</t>
+          <t>9786258122091</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Papatya ve Yeğenleri - Değerli Hikayeler Vefa</t>
+          <t>Sayılar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786257581783</t>
+          <t>9786258122077</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Kasabası - Değerli Hikayeler Adalet</t>
+          <t>Taşıtlar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786257581899</t>
+          <t>9786258122084</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 1.Seri - Rusça</t>
+          <t>Hayvanlar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>8380000000215</t>
+          <t>9786254280771</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Vizon</t>
+          <t>Bir Rüyanın İçinden Kudüs</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>900</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>8380000000212</t>
+          <t>9786254280740</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Beyaz</t>
+          <t>Leylek Şitao'nun Kuzey Yolculuğu</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786257581943</t>
+          <t>9786254280764</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Vefayı Öğreniyorum “Boyama Kitabı”</t>
+          <t>Aceleci Tırtıl Pervane</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786257581417</t>
+          <t>9786254280696</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Güzel Ahlak</t>
+          <t>Bir Tutam Oyun Bir Tutam Drama</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786257581615</t>
+          <t>9786254280658</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Sosyal Hayat</t>
+          <t>Şekeristan Mektupları</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786257581479</t>
+          <t>9786258023589</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İyilik</t>
+          <t>Allahın Güzel İsimleri 5 Kitap 2.Set Rusça</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786257581424</t>
+          <t>9786258023527</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İyilik</t>
+          <t>Ortaya Çıkan Yeni Riskler Karşısında Hac ve Umre Yolcularına Sigorta ve Takefül Uygulamaları</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786257581431</t>
+          <t>9786258023787</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Güzel Ahlak</t>
+          <t>Tahin And Pekmez Summer Activity Book (Tahin İle Pekmez Tatil Kitabı) İngilizce</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786257581608</t>
+          <t>9786258122152</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Sosyal Hayat</t>
+          <t>Aşık Tarzı Şiir Geleneğinde Tasavvuf</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>150</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786257205382</t>
+          <t>9786254280511</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Peygamber Efendimizi Anlatıyor</t>
+          <t>Avrupa'da İslam Hakkında Sıkça Sorulan Sorular</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>420</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786257581547</t>
+          <t>9786258146455</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>1. Alaeddin Keykubad</t>
+          <t>İmamiyye Şiasında Sahabe Tasavvuru</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>110</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786257581844</t>
+          <t>9786254280573</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Uzay Asansörü Nereye Çıkar?</t>
+          <t>Şiddet ve Zihniyet Aile İçi Şiddetle Mücadelede Dini Referanslar</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786257581585</t>
+          <t>9786254280627</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin</t>
+          <t>Kuran Ekseninde Boşanma Ahlakı</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786257581592</t>
+          <t>9786258146424</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi</t>
+          <t>Tabiun Dönemi Tefsiri ve Medineli Müfessirler</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786257581837</t>
+          <t>9786258122060</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Kim Yener Şampiyon Dumbo’yu?</t>
+          <t>Çocuklar İçin Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786257581820</t>
+          <t>9786258023817</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Kimdir Bu Minik Dev</t>
+          <t>Coğrafya, Kültür ve Hadis Rivayeti</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786257581189</t>
+          <t>9786258122053</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 4. Seri (5 Kitap Takım)</t>
+          <t>Edebiyattan Edebe</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>470</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786257672788</t>
+          <t>9786258023930</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Meyveler (Ciltli)</t>
+          <t>Hicaz Yolları Cumhuriyet Dönemi - Bir Taşra Müftüsünün Hac Hatıraları</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786257672924</t>
+          <t>9786258023626</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler (Ciltli)</t>
+          <t>Saatçi Kamil Usta - Değerli Hikayeler Doğruluk</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786257581127</t>
+          <t>9786257581851</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Nesih Meşk Kitabı</t>
+          <t>Işık Değerli Hikayeler Sabır</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786257581011</t>
+          <t>9786258122015</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Rose Paradise</t>
+          <t>Fıkhi Boyutuyla Hac</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786257581172</t>
+          <t>9786258023886</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dünya Hayatı İçin Ahlak Yasaları (Ciltli)</t>
+          <t>İslam Sosyoloji Denemeler II</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>900</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786257581448</t>
+          <t>9786258023855</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sorunlara İslam Odaklı Yaklaşımlar</t>
+          <t>İslam Sosyolojisi Denemeler - I</t>
         </is>
       </c>
       <c r="C1048" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786257581158</t>
+          <t>9786258122046</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Efe Sen Bize Güven Dede (Ciltli)</t>
+          <t>İnanç Yolundaki Tuzaklar - Bid’at ve Hurafeler</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786257581141</t>
+          <t>9786258023794</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Mahir İcat Peşinde (Ciltli)</t>
+          <t>Kur’an-ı Kerim’e Göre - Bencillik ve Diğerkamlık</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786257069229</t>
+          <t>9786258122039</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet İnsaniyettir 2 (Ciltli)</t>
+          <t>Bir Müftünün Kaleminden Fetvalar</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786257672887</t>
+          <t>9786258023893</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İbadet</t>
+          <t>Hacı Bayramı Veli Avucumdaki Hasat</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786257672894</t>
+          <t>9786258023909</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İbadet</t>
+          <t>Hoca Ahmed Yesevi Su ve Ateş</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786257672580</t>
+          <t>9786258023824</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İman</t>
+          <t>Rusça Kaynaklarda Hz Muhammed</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786257672597</t>
+          <t>9786258023640</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İman</t>
+          <t>Kur’an-ı Kerim’in İrşad Üslubu</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786257069212</t>
+          <t>9786258023664</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet İnsaniyettir 1 (Ciltli)</t>
+          <t>Hoca Ahmet Yesevinin Hadis Kültürü</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>360</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786257672092</t>
+          <t>9786258023480</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Allah Tasavvuru</t>
+          <t>Kitabul İrşad İnanç Esasları Kılavuzu</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786257581059</t>
+          <t>9786258023657</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>İslam İrfan Geleneğinde Hadis Yorumu</t>
+          <t>Yakarışlar Kitabı Sinan Paşa Tazarruname</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786257069984</t>
+          <t>9786258023237</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: İstanbul</t>
+          <t>Kelam Atomculuğu ve Modern Kozmoloji</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786257069960</t>
+          <t>9786258023541</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Medine</t>
+          <t>Kuran Yorumunda Bağlamın Sınırlayıcılığı</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786257069977</t>
+          <t>9786257672641</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Kudüs</t>
+          <t>İyi Müslüman</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786257069953</t>
+          <t>9786257069267</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar 3. Seri (5 Kitap Takım Set)</t>
+          <t>Modern Kimyanın Kurucusu - Cabir b.Hayyan</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786257672955</t>
+          <t>9786257581516</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Bir Gence Anne Baba Olmak</t>
+          <t>Mevlana'nın Ahlak Öğretisi</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786257672986</t>
+          <t>9786257205597</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Bayramı Hacı Bayram Veli</t>
+          <t>Merhamet Bildirisi</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786257672993</t>
+          <t>8380000000247</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Haritasına Sığdıran Denizci Piri Reis</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Yeşil</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786257672559</t>
+          <t>8380000000229</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Bilen Yolcu Hacı Bektaş Veli</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Kırmızı</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>110</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786257672566</t>
+          <t>9786257069496</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Anahtarı Şeyh Edebali</t>
+          <t>Namazgahtepe</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786257672573</t>
+          <t>8380000000255</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Hekimlerin Hocası İbn Sina</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Zümrüt Yeşil</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786257672962</t>
+          <t>9786257205283</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Bir Mağara</t>
+          <t>Kuranı Kerim Beyaz Orta Boy Renkli Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786257672979</t>
+          <t>8380000000211</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Astronom Hükümdar Uluğ Bey</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Yeşil</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>110</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786257672931</t>
+          <t>8380000000249</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Hadisleri Anlama Yöntemi Olarak Esbab-ı Vürud</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Beyaz</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786257672948</t>
+          <t>8380000000245</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Kömür Gözlü Kardan Adam (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Bordo</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786257205375</t>
+          <t>8380000000253</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Peygamberim ve Ben Şiirli Boyama Kitabı</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786257205252</t>
+          <t>8380000000242</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Duygularımı Tanıyorum Boyama Kitabı</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Kırmızı</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786257672917</t>
+          <t>8380000000259</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’ten İspanya’ya</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>245</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786257672849</t>
+          <t>8380000000252</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Emir Sultan - Üç Kandil</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786257581004</t>
+          <t>8380000000260</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Su Ahlakı</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786257672870</t>
+          <t>8380000000256</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Elma Covid-19’a Karşı (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786257672856</t>
+          <t>8380000000246</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Yürüyüş</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Fuşya</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>165</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786257672863</t>
+          <t>8380000000258</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Büyük Halam Saksıda (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786257672900</t>
+          <t>8380000000257</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Dua Kulluğun Özü</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786257672535</t>
+          <t>8380000000262</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sorumluluk Bilinci Kulluğun Gayesi</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>245</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786257672832</t>
+          <t>8380000000261</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İnfak Toplumsal Dönüşüm</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Gök Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786257205870</t>
+          <t>8380000000254</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Seğmen'le Sargılı Günler (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Fuşya (Ciltli)</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786257672764</t>
+          <t>8380000000251</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>630</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786257672603</t>
+          <t>8380000000250</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Kırk Aynada Gül Yankısı</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>85</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786257672658</t>
+          <t>8380000000206</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Tohum 700 Katlı Dünya</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Kırmızı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>135</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786257672344</t>
+          <t>8380000000209</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Zehra Sultan</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Bordo</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>110</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786257672368</t>
+          <t>8380000000220</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Değirmenci</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Lacivert</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>110</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786257672375</t>
+          <t>8380000000240</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Hayat Pınarı</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786257672351</t>
+          <t>9786257581455</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Dersini Alıyor</t>
+          <t>Kuranı Kerim Kahverengi Orta Boy Renkli Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786257672412</t>
+          <t>9786257581165</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Köyde Yangın</t>
+          <t>Otoparkta Bir At Var Değerli Hikayeler Sorumluluk</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786257672399</t>
+          <t>9786257205160</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle İyi Yürekli Padişah</t>
+          <t>Safahatta Özlü Sözler</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786257672429</t>
+          <t>9786257205238</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Köyünün Kahramanı Oluyor</t>
+          <t>Siretin Risalet Öncesi</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786257672405</t>
+          <t>9786257205344</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Korkut - Turgut Kardeşler</t>
+          <t>Kalem'den</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786257672436</t>
+          <t>9786257581493</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları 10’lu Set</t>
+          <t>Kalbimizdeki Cevher</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>900</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786257672337</t>
+          <t>9786057580801</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Hekim</t>
+          <t>Peygamberimizin Sünnetinde Aile</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786257672382</t>
+          <t>9786257581486</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Haydutlar</t>
+          <t>Peygamber Dostu Dört Güzel İnsan</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786257672276</t>
+          <t>9786257205559</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimizle Boyama Kitabı 3</t>
+          <t>Introductıon To Islam</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786257672269</t>
+          <t>9786257205566</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimizle Boyama Kitabı 2</t>
+          <t>Inleıdıng Tot De Islam</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786257672245</t>
+          <t>9786257205030</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimizle Boyama Kitabı 1</t>
+          <t>Pakistan'da Hadis Tartışmaları</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786257672283</t>
+          <t>9786257581905</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Yarın Öğretmen Olduğunuzda</t>
+          <t>Stockholm Treni Bir Neslin Göç Hikayeleri</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786257672177</t>
+          <t>9786257205498</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel ve Aktüel Boyutlarıyla Gadir-i Hum</t>
+          <t>Hz. Peygamber ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786257672542</t>
+          <t>9786257581974</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Muhatapları</t>
+          <t>Hz. Safvan B. Muattal</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786257205917</t>
+          <t>9789753891752</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Aile İlmihali</t>
+          <t>İbn Arabi</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786257672085</t>
+          <t>9786258023268</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Mecelle’nin Külli Kaidelerinin Hadislerdeki Dayanakları</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786257672320</t>
+          <t>9786257205979</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Sufi Menakıbnamelerinde Ayet ve Hadislerin İşari Yorumları</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>290</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786257672139</t>
+          <t>9786258023213</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Avlu - Dünyada Bir Gizli Bahçe</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786257672023</t>
+          <t>9786258023305</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ailesinde Kadınlar</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786257205986</t>
+          <t>9786258023206</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>245</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786257672030</t>
+          <t>9786057519887</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarı</t>
+          <t>İslam'da Güzel Ahlak</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786257069908</t>
+          <t>9786057519894</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Dedemden Hikayeler</t>
+          <t>İslam'da Aile</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786257205856</t>
+          <t>9786257137201</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Hadis Mezhep ve Meşrep</t>
+          <t>İslam ve Ekonomik Hayat</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>245</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786257672047</t>
+          <t>9786257205108</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Gençler İnançtan Soruyor</t>
+          <t>Şiirleştirilmiş Mesnevi Hikayeleri</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>135</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786257672054</t>
+          <t>9786257069809</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Teverruk İşlemleri</t>
+          <t>Tahin İle Pekmez Eğitmen Seti</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>245</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786257205948</t>
+          <t>9786258023190</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Vaaz Edebiyatında Hadisler</t>
+          <t>İmamül Haremeyn Cüveyni</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786257672078</t>
+          <t>9786257581868</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Sahihayn'da Mecaz</t>
+          <t>Günümüz Arap Dünyasının Hadis Usulü Tartışmaları</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786257205245</t>
+          <t>9786257672443</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadında Sermaye</t>
+          <t>İnsan Genomuna Müdahale Etik Tartışmalar Fıkhi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786257205962</t>
+          <t>9786257205078</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Asrında İllet</t>
+          <t>Tahin İle Pekmez Tatil Kitabı (Arapça)</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786257672016</t>
+          <t>9786257205092</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Şia Tefsirinde İsrailiyat</t>
+          <t>Gizemli Ormanın Şifresi</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786257205931</t>
+          <t>9786257069861</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Tefsiri Geleneğinin Dönüşümü</t>
+          <t>Gençlerle Gönül Gönüle</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786257205290</t>
+          <t>9786257205900</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Varlıklar - Boyama Kitabı</t>
+          <t>Emevi Devletinin Dönüm Noktası Ve Abdülmelik Bin Mervan</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>100</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786257205306</t>
+          <t>9789753895477</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Hayvanlar - Boyama Kitabı</t>
+          <t>Edeb Yahu 1</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786257205313</t>
+          <t>9786257672634</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Bitkiler-Besinler - Boyama Kitabı</t>
+          <t>Anlat Bakalım 2 Hikaye Anlatma ve Oyun Kartları Değer Kazanımlı 20 Kart</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786257205771</t>
+          <t>9786257672627</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler</t>
+          <t>Anlat Bakalım 1 Hikaye Anlatma ve Oyun Kartları Değer Kazanımlı 20 Kart</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786257205511</t>
+          <t>9786257205054</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Müşriklerin Zihin Dünyası</t>
+          <t>The Beautiful Names of Allah 1 5 Book Set</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786257205740</t>
+          <t>9786257205061</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mahremiyet ve Sosyal Medya</t>
+          <t>The Beautiful Names of Allah 2 5 Book Set</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786257205863</t>
+          <t>9786257581509</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem Peygamber Tasavvuru</t>
+          <t>The Family Our Most Precious Treasure (Ailemiz En Değerli Hazinemiz)</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786257205412</t>
+          <t>9786257205405</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Hadisçiliği</t>
+          <t>Tuhaf Öyküler İstasyonu</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786257205610</t>
+          <t>9786258023091</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Elifbalar</t>
+          <t>Değerli Masallar Serisi Arapça 3. Set</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>260</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786257205726</t>
+          <t>9786258023114</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Dört Hanımefendisi</t>
+          <t>Değerli Masallar Serisi Arapça 2. Set</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786257205399</t>
+          <t>9786258023107</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Hadisçiliği ve İbn Abdilber</t>
+          <t>Değerli Masallar Serisi Arapça 1. Set</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786257205733</t>
+          <t>9789753892131</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Dilinden Mutluluğun Alfabesi</t>
+          <t>Türkiye'de Misyonerlik Faaliyetleri</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786257069540</t>
+          <t>9786257205047</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Ailemiz En Değerli Hazinemiz</t>
+          <t>Çam Sakızı</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786257069991</t>
+          <t>9786257205450</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlimleri Edebiyatı</t>
+          <t>Cüneydi Bağdadi</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786257205276</t>
+          <t>9786057580993</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk İlminin Esasları</t>
+          <t>Bizim Yunus</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>550</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786257069922</t>
+          <t>9789753891639</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Benim Camim</t>
+          <t>Bedruddin Ayni</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786257069762</t>
+          <t>9786257205191</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Tebriz</t>
+          <t>Bayezidi Bistami</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786257069779</t>
+          <t>9786257205207</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Kurtuba Gırnata</t>
+          <t>Babilik ve Bahailik</t>
         </is>
       </c>
       <c r="C1139" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786257069915</t>
+          <t>9786257581790</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Kazan</t>
+          <t>Ansiklopedik Hadis Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786257069885</t>
+          <t>9786257672061</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Altın Çağı</t>
+          <t>Valuable Tales 1 Series 5 Books</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>135</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786257069700</t>
+          <t>9786257672221</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Tekrarlar ve Hikmetleri</t>
+          <t>Valuable Tales 2 Series 5 Books</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786257069892</t>
+          <t>9786057580634</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Örnekliğinde Sözsüz İletişim</t>
+          <t>Anne Baba Okulunda Sevgiyle Eğitim</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786257069717</t>
+          <t>9786257672214</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Döneminde Siyaset</t>
+          <t>Valuable Tales 3 Series 5 Books</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>245</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786257069786</t>
+          <t>9786257205542</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yaşında Bir Çocuk</t>
+          <t>Allahın Güzel İsimleri 3 Seri 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>135</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786257069625</t>
+          <t>9786257205085</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Rızık Ahlakı</t>
+          <t>Allahın Güzel İsimleri 2 (Arapça)</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786257069793</t>
+          <t>9786257205368</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Fetvalarında Musiki</t>
+          <t>Allahın Güzel İsimleri 1 (Arapça)</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786257069663</t>
+          <t>9786257205184</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Matüridi'de İnsan Tasavvuru</t>
+          <t>Allah Sevgisi Allah Korkusu</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786257069694</t>
+          <t>9786257205504</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Buhara Semerkant Taşkent</t>
+          <t>Alevilik Bektaşilik Tartışmaları</t>
         </is>
       </c>
       <c r="C1149" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786257069687</t>
+          <t>9786257069366</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Kahire</t>
+          <t>Yasin Sureler ve Dualar Türkçe Anlamlarıyla</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786257069670</t>
+          <t>9786257205115</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Mekke</t>
+          <t>Zorlukları Aşarken (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>110</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786257069502</t>
+          <t>9786057580511</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Bilinci</t>
+          <t>Ağa Kapısından Şeyhülislamlığa İstanbul Müftülüğü</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786057580641</t>
+          <t>9786257069830</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Hayvan Hakları</t>
+          <t>Abdest Ezan Namaz Duaları</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786257069342</t>
+          <t>9786057580740</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Hilali Görmek</t>
+          <t>Allahın Güzel İsimleri 2 Seri 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786257069403</t>
+          <t>9786258023602</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadında Para Bakırdan Dijitale</t>
+          <t>Kur'an'ı Okuma Okutma ve Anlama Üzerine</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786257069373</t>
+          <t>9786057580979</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Bağdat</t>
+          <t>İslam Hukukunda İftira</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786257069380</t>
+          <t>9786258122022</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Saraybosna</t>
+          <t>Hz. Kur'an</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786257069397</t>
+          <t>9789753898348</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Şam</t>
+          <t>Osmanlı'dan Günümüze Cinsiyet Mahremiyet ve Mekan Çalıştay</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786257069441</t>
+          <t>9786258146356</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kur'an Günlüğü</t>
+          <t>Hilal ve Haç Çekişmesi</t>
         </is>
       </c>
       <c r="C1159" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786257069311</t>
+          <t>9786257069410</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Trafik Dedektifleri</t>
+          <t>İletişim ve Dil</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786257069298</t>
+          <t>9786257581196</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Dedektifleri</t>
+          <t>Mevlana: Samanyolundaki İslam Atlısı</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786257069304</t>
+          <t>9786257205443</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>İsraf Dedektifleri</t>
+          <t>Kadiyanilik</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257069328</t>
+          <t>9786257581530</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Çevre Dedektifleri</t>
+          <t>İslamda Emir ve Yasakların Hikmeti</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786257069236</t>
+          <t>9786258023077</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar 1. Seri (5 Kitap Takım)</t>
+          <t>Şairler Sultanı Yunus Emre Türk İslam Büyükleri 10</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>470</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786257069281</t>
+          <t>9786254280641</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Beşer ve Resul Hz. Muhammed Mekke’de</t>
+          <t>Doğu Işığı 1 - Endülüs - İspanya - Girit</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786257069274</t>
+          <t>9786258146394</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş Öyküleri</t>
+          <t>Hac ve Kadın</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786257069335</t>
+          <t>9786258023633</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Hadislere Gerek Yok Söylemi</t>
+          <t>İyi ki İyilik Var - Değerli Hikayeler İyilik</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786257069199</t>
+          <t>9786258023572</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bize Yeter Söylemi</t>
+          <t>Kelimelerini Arayan Bilge Farabi - Türk İslam Büyükleri 18</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786057580429</t>
+          <t>9786258023565</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış...</t>
+          <t>Anadolu’yu Yurt Yapan Komutan Sultan - Alparslan Türk İslam Büyükleri 19</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786057580849</t>
+          <t>9786258023558</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Resmi - Çocuklar İçin Şiirler</t>
+          <t>Türkistan Piri Hoca Ahmed Yesevi - Türk İslam Büyükleri 20</t>
         </is>
       </c>
       <c r="C1170" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786057580665</t>
+          <t>9789759548087</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Eleştiri Yöntemleri</t>
+          <t>Bilinmeyen Yönleriyle Hac Yolculukları Tarihi</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786057580955</t>
+          <t>9786258023367</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Dünü ve Bugünüyle İslam'da Mahremiyet</t>
+          <t>Bir Hac Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786057580610</t>
+          <t>9786258023725</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Namaz Psikolojisi</t>
+          <t>Kuranın Metinleşmesi Üzerine Hulasatül Beyan Fi Telifil Kuran</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786057580962</t>
+          <t>9786258023916</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Sufi Yorumu</t>
+          <t>Stockholm Tren Garı Hasret Çekenlerin Buluşma Noktası</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786057580825</t>
+          <t>9786257581967</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>İyilik Bildirisi</t>
+          <t>İslam Kaynaklarına Göre Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786057580818</t>
+          <t>9786258023718</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Atlarının Dilinden Beş Raşid Halife</t>
+          <t>Ulemanın Gücü</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786057580719</t>
+          <t>9786258023497</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Misali</t>
+          <t>Eğitim ve Sağlık Boyutuyla Hac</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786057580788</t>
+          <t>9786258023350</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisi İle 365 Gün</t>
+          <t>Hac Tarihi</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>765</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786057580047</t>
+          <t>9786258023442</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Ekseninde Çevre Ahlakı</t>
+          <t>Okul Öncesi Eğitim Seti - Bilim Sanat</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786057580115</t>
+          <t>9786258023435</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Arayan Köpek</t>
+          <t>Okul Öncesi Eğitim Seti - Doğa</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786058161856</t>
+          <t>9786258023428</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Nikah Kartelası</t>
+          <t>Meraklı Çocuklar 1 Okul Öncesi Eğitim Seti Uzay</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789753898065</t>
+          <t>9786258023473</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Çocuğu Yeniden Keşfetmek</t>
+          <t>Birgivi Mehmed Efendi</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789753899833</t>
+          <t>9786258023299</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Özel Günler ve Geceler</t>
+          <t>Matüridilik ve Tasavvuf Erken Dönem</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786057580467</t>
+          <t>9786258023374</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Bildirisi</t>
+          <t>Musiki ve Edebiyatımızda Hac</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786057580337</t>
+          <t>9786258023398</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Günümüz İnsanının İnanç Problemleri</t>
+          <t>Kanuni Sultan Süleyman - Cihan Padişahı</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786057580481</t>
+          <t>9786258023404</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi ve Tarihinde Ehli Beyt</t>
+          <t>Fatih Sultan Mehmed - Bilginin Sultanı</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786057580245</t>
+          <t>9786258023282</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Musa Peygamber Cimcirik ve Şimşirikten Bulmacalarla</t>
+          <t>18. Yüzyılda Osmanlı’da Hukuki Hayat</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>125</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9789753890953</t>
+          <t>9786258023084</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Na'tlar (Antoloji)</t>
+          <t>Söğütten Doğan Işık: Osman Bey</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789753896603</t>
+          <t>9786258023176</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminde Din Değiştirme Hareketleri (1839-1876)</t>
+          <t>Devletten Cihan Hükümdarlığına: Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786254281327</t>
+          <t>9786258023060</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Aynasında Şefkat</t>
+          <t>Osmanlının Kurucu Atası: Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786057580184</t>
+          <t>9786258023169</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Haccın Ahkamı ve Menasiki</t>
+          <t>Sıra Dışı Bir Seyyah: Evliya Çelebi</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786058161849</t>
+          <t>9786257581936</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Asrın Afeti İsraf</t>
+          <t>Asr-ı Saadet'ten 365 Güne</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>135</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789753899284</t>
+          <t>9786258023152</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>İmam Buhari</t>
+          <t>Bir Günde Büyüyen Çocuk</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789753892094</t>
+          <t>9786258023183</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Giriş</t>
+          <t>Müştehir Hadisler</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786057580207</t>
+          <t>9786257581912</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Gençlik</t>
+          <t>Yeryüzü Yıldızları - Çocuklar İçin Sahabe Hayatları</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786058126169</t>
+          <t>9786258023145</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerimizle Başbaşa</t>
+          <t>Osmanlı Manzum Hadis Edebiyatı</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>135</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786056866982</t>
+          <t>8380000000226</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy) - Bilgisayar Hattı Ali El Kari İmlası (Yeşil) (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Siyah</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>550</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789753891219</t>
+          <t>9786257581776</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Yahudiler ve Hıristiyanlar</t>
+          <t>Sevgili Çilingir Dükkanı - Değerli Hikayeler Sevgi</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789753896405</t>
+          <t>9786257581882</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü 1000'e Girerken İslam</t>
+          <t>Papatya ve Yeğenleri - Değerli Hikayeler Vefa</t>
         </is>
       </c>
       <c r="C1199" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789753897099</t>
+          <t>9786257581783</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Siret Sempozyumu 1 - Türkiye'de Siret Yazıcılığı</t>
+          <t>Şaşmaz Kasabası - Değerli Hikayeler Adalet</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789753893114</t>
+          <t>9786257581899</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Türkiyedeki Türk Dünyası</t>
+          <t>Allah'ın Güzel İsimleri 1.Seri - Rusça</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9789753898232</t>
+          <t>8380000000215</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Prof. Muhammed B. Tavit Et-Tanci Sempozyumu</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Vizon</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789753890489</t>
+          <t>8380000000212</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Unser Hodscha Nasreddin (Nasreddin Hoca Almanca)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Beyaz</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789753896498</t>
+          <t>9786257581943</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Mevlid Sempozyumu- Yazılışının 600.Yılında Bir Kutlu Doğum Şaheseri</t>
+          <t>Vefayı Öğreniyorum “Boyama Kitabı”</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786057580559</t>
+          <t>9786257581417</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Batıya Koşan Tarih</t>
+          <t>40 Hadiste Güzel Ahlak</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786057580498</t>
+          <t>9786257581615</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Çim Baba (Ciltli)</t>
+          <t>40 Ayette Sosyal Hayat</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789753899871</t>
+          <t>9786257581479</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitabı - Harika Harfler</t>
+          <t>40 Hadiste İyilik</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786058126176</t>
+          <t>9786257581424</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Namaz Dualarına Masallar</t>
+          <t>40 Ayette İyilik</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789753899802</t>
+          <t>9786257581431</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Cüz Kitabı</t>
+          <t>40 Ayette Güzel Ahlak</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789753899819</t>
+          <t>9786257581608</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Dini Terimler Sözlüğü</t>
+          <t>40 Hadiste Sosyal Hayat</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786057580016</t>
+          <t>9786257205382</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri Seti (5 Kitap Takım)</t>
+          <t>Nasreddin Hoca Peygamber Efendimizi Anlatıyor</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>470</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786057580061</t>
+          <t>9786257581547</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Temizlik Çevre Bilinci Sorumluluk - Değerlerimizle Boyama Kitabı</t>
+          <t>1. Alaeddin Keykubad</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789753899840</t>
+          <t>9786257581844</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Boyama Kitabı</t>
+          <t>Uzay Asansörü Nereye Çıkar?</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786057580054</t>
+          <t>9786257581585</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Paylaşma Yardımlaşma Hoşgörü - Değerlerimizle Boyama Kitabı</t>
+          <t>Akşemseddin</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786057580023</t>
+          <t>9786257581592</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>İyilik Boyama Kitabı</t>
+          <t>Katip Çelebi</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9789753893121</t>
+          <t>9786257581837</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Eş Olarak Hz. Muhammed</t>
+          <t>Kim Yener Şampiyon Dumbo’yu?</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786057580078</t>
+          <t>9786257581820</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Saygı Dürüstlük - Değerlerimizle Boyama Kitabı</t>
+          <t>Kimdir Bu Minik Dev</t>
         </is>
       </c>
       <c r="C1217" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789753899741</t>
+          <t>9786257581189</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali - Peygamberimizin Arkadaşları 1</t>
+          <t>Allah’ın Güzel İsimleri 4. Seri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>95</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9789753899727</t>
+          <t>9786257672788</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi - Peygamberimizin Arkadaşları 2</t>
+          <t>Meyveler (Ciltli)</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9789753899734</t>
+          <t>9786257672924</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir - Peygamberimizin Arkadaşları 3</t>
+          <t>Sebzeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789753899758</t>
+          <t>9786257581127</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Enes Bin Malik - Peygamberimizin Arkadaşları 4</t>
+          <t>Nesih Meşk Kitabı</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>95</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789753899765</t>
+          <t>9786257581011</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Hz. Erkam - Peygamberimizin Arkadaşları 5</t>
+          <t>Rose Paradise</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789753899796</t>
+          <t>9786257581172</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza - Peygamberimizin Arkadaşları 6</t>
+          <t>Din ve Dünya Hayatı İçin Ahlak Yasaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>95</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789753899789</t>
+          <t>9786257581448</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer - Peygamberlerimizin Arkadaşları 7</t>
+          <t>Ekolojik Sorunlara İslam Odaklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9789753899772</t>
+          <t>9786257581158</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Hz.Osman - Peygamberimizin Arkadaşları 8</t>
+          <t>Ege ile Efe Sen Bize Güven Dede (Ciltli)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>95</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786057580030</t>
+          <t>9786257581141</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Kurban Bayramı Boyama Kitabı</t>
+          <t>Mahir İcat Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786057580528</t>
+          <t>9786257069229</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabı - Tahin ile Pekmez</t>
+          <t>İslamiyet İnsaniyettir 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789751969903</t>
+          <t>9786257672887</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve İletişim</t>
+          <t>40 Hadiste İbadet</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786058126121</t>
+          <t>9786257672894</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanma Sürecinde Dini Hayat</t>
+          <t>40 Ayette İbadet</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9789753898027</t>
+          <t>9786257672580</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>İnsan Halleri</t>
+          <t>40 Hadiste İman</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786057580009</t>
+          <t>9786257672597</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Dünyevileşme</t>
+          <t>40 Ayette İman</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9789753898737</t>
+          <t>9786257069212</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>The Holy Qur'an (Kur'an-ı Kerim Meali İngilizce) (Ciltli)</t>
+          <t>İslamiyet İnsaniyettir 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>540</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786058161870</t>
+          <t>9786257672092</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kadın</t>
+          <t>Hadislerde Allah Tasavvuru</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786057580412</t>
+          <t>9786257581059</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Hayat Fıkıh ve Dinamizm</t>
+          <t>İslam İrfan Geleneğinde Hadis Yorumu</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>485</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786058161863</t>
+          <t>9786257069984</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Neşeli Ramazan Günlüğü</t>
+          <t>Kardeş Şehirler: İstanbul</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786057580177</t>
+          <t>9786257069960</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi ve Maturidiyye Mezhebi</t>
+          <t>Kardeş Şehirler: Medine</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786057580153</t>
+          <t>9786257069977</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>İmam Ebu Hanife ve Hanefi Mezhebi</t>
+          <t>Kardeş Şehirler: Kudüs</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789751970169</t>
+          <t>9786257069953</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Gençlik</t>
+          <t>Değerli Masallar 3. Seri (5 Kitap Takım Set)</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>40</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789753897914</t>
+          <t>9786257672955</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan</t>
+          <t>Bir Gence Anne Baba Olmak</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786057580191</t>
+          <t>9786257672986</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>İslam Engelliler Hukuku</t>
+          <t>Gönüllerin Bayramı Hacı Bayram Veli</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786057580160</t>
+          <t>9786257672993</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Emevi ve Abbasi İktidarında Ehli Beyt Nesli</t>
+          <t>Dünyayı Haritasına Sığdıran Denizci Piri Reis</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786058161825</t>
+          <t>9786257672559</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Sevdası - Hz. Eyüp Sultan</t>
+          <t>Yolunu Bilen Yolcu Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786254286933</t>
+          <t>9786257672566</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı - On Kıta On Yürek</t>
+          <t>İyiliğin Anahtarı Şeyh Edebali</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257205153</t>
+          <t>9786257672573</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Abdest ve Namaz Boyama Kitabı</t>
+          <t>Hekimlerin Hocası İbn Sina</t>
         </is>
       </c>
       <c r="C1244" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257069564</t>
+          <t>9786257672962</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>İslamda İtikadi Mezhepler ve Akaid Esasları</t>
+          <t>Aydınlık Bir Mağara</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9789753898331</t>
+          <t>9786257672979</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Aile Olmak</t>
+          <t>Astronom Hükümdar Uluğ Bey</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9789753898928</t>
+          <t>9786257672931</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Gizli Kusurlar</t>
+          <t>Hadisleri Anlama Yöntemi Olarak Esbab-ı Vürud</t>
         </is>
       </c>
       <c r="C1247" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9789753890021</t>
+          <t>9786257672948</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Hac Rehberi</t>
+          <t>Kömür Gözlü Kardan Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9789753891141</t>
+          <t>9786257205375</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Din ve Kimlik</t>
+          <t>Peygamberim ve Ben Şiirli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9789753897273</t>
+          <t>9786257205252</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Ahlakı ve Kardeşlik Hukuku Hadis Kartelası</t>
+          <t>Duygularımı Tanıyorum Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9789753898317</t>
+          <t>9786257672917</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Bir Arada Yaşama Ahlakı</t>
+          <t>Endülüs’ten İspanya’ya</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9789753891417</t>
+          <t>9786257672849</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Bin Badis</t>
+          <t>Emir Sultan - Üç Kandil</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>85</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9789753893015</t>
+          <t>9786257581004</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l Enva Ve'l-Ezmine ve Ma'rifet A'yani'l-Kevakib / İbn Asım (Ciltli)</t>
+          <t>Su Ahlakı</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9789753892636</t>
+          <t>9786257672870</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Bakıllani ve İnsanın Fiilleri</t>
+          <t>Kırmızı Elma Covid-19’a Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786254280542</t>
+          <t>9786257672856</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Kitap ve Sünnetin Ruhuna Göre Tasavvuf ve Hayat</t>
+          <t>Yürüyüş</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9789753897068</t>
+          <t>9786257672863</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örnek Hz. Peygamber</t>
+          <t>Büyük Halam Saksıda (Ciltli)</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9789753893237</t>
+          <t>9786257672900</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sosyal ve İktisadi Tarihi</t>
+          <t>Kur’an’da Dua Kulluğun Özü</t>
         </is>
       </c>
       <c r="C1257" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9789753892995</t>
+          <t>9786257672535</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Ortak Edebiyatı</t>
+          <t>Kur’an’da Sorumluluk Bilinci Kulluğun Gayesi</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9789753898157</t>
+          <t>9786257672832</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Ahlakı ve Sorumluluğu</t>
+          <t>Kur’an’da İnfak Toplumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786254280924</t>
+          <t>9786257205870</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Kapalıdan Açığa Milli Kültürler ve Medeniyetler</t>
+          <t>Seğmen'le Sargılı Günler (Ciltli)</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9789753895194</t>
+          <t>9786257672764</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Kur'an Okulları</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>100</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9789753891578</t>
+          <t>9786257672603</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Tüketici Hakları</t>
+          <t>Kırk Aynada Gül Yankısı</t>
         </is>
       </c>
       <c r="C1262" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257672795</t>
+          <t>9786257672658</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>İslam Şehirlerinin Fiziki Yapısı</t>
+          <t>Tohum 700 Katlı Dünya</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>170</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9789753891837</t>
+          <t>9786257672344</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Tarikat-ı Aliyye-i Bektaşiyye</t>
+          <t>Keloğlan İle Zehra Sultan</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9789753897808</t>
+          <t>9786257672368</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şafi Buyruğu</t>
+          <t>Keloğlan İle Değirmenci</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786257205887</t>
+          <t>9786257672375</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Göre Hukuki İşlemler Ve Hükümleri Eşya Ve Borçlar Hukuku</t>
+          <t>Keloğlan İle Hayat Pınarı</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>485</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9789753892247</t>
+          <t>9786257672351</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukukunda Savaş Esirleri</t>
+          <t>Keloğlan Dersini Alıyor</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9789753898782</t>
+          <t>9786257672412</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi EK-1. Cilt (A-K) (Ciltli)</t>
+          <t>Keloğlan İle Köyde Yangın</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9789753892278</t>
+          <t>9786257672399</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>İmam Musa Kazım İmam Ali Rıza İmam Muhammed Taki</t>
+          <t>Keloğlan İle İyi Yürekli Padişah</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9789753897815</t>
+          <t>9786257672429</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>İslam Kolaylık Dinidir</t>
+          <t>Keloğlan Köyünün Kahramanı Oluyor</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9789753893152</t>
+          <t>9786257672405</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Hayatından Davranış Modelleri</t>
+          <t>Keloğlan İle Korkut - Turgut Kardeşler</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9789753891110</t>
+          <t>9786257672436</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Keloğlan Masalları 10’lu Set</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>170</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9789753897495</t>
+          <t>9786257672337</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Hafız Sami - Merhum</t>
+          <t>Keloğlan İle Hekim</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9789753899642</t>
+          <t>9786257672382</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye'nin Düşünce Metodolojisi ve Kelamcılara Eleştirisi</t>
+          <t>Keloğlan İle Haydutlar</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9789753899260</t>
+          <t>9786257672276</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm Zahirilik Düşüncesinin Teorisyeni</t>
+          <t>Değerlerimizle Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9789753896672</t>
+          <t>9786257672269</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin-i Sivasi'nin İbret-Nüma Adlı Mesnevisi</t>
+          <t>Değerlerimizle Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>590</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786257205894</t>
+          <t>9786257672245</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>İctihadda İsabet ve Hata Meselesi</t>
+          <t>Değerlerimizle Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9789753897143</t>
+          <t>9786257672283</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>7'den 77'ye Dini Bulmaca Kitabı</t>
+          <t>Yarın Öğretmen Olduğunuzda</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9789753892100</t>
+          <t>9786257672177</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Mekke ve Medine'deki Mübarek Ziyaret Yerleri</t>
+          <t>Tarihsel ve Aktüel Boyutlarıyla Gadir-i Hum</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9789753896481</t>
+          <t>9786257672542</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Ekseninde Hadis</t>
+          <t>Kur'an'ın Muhatapları</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9789753898362</t>
+          <t>9786257205917</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Klasikleri 6 - Ahlaku Adudüddin</t>
+          <t>Aile İlmihali</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>440</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9789753891585</t>
+          <t>9786257672085</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Gazali'de Devlet</t>
+          <t>Mecelle’nin Külli Kaidelerinin Hadislerdeki Dayanakları</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9789753899475</t>
+          <t>9786257672320</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>FETÖ: Örgütlenmiş Din İstismarının Tahlili</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786257581813</t>
+          <t>9786257672139</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>İrade Hürriyeti ve İmam Maturidi</t>
+          <t>Avlu - Dünyada Bir Gizli Bahçe</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9789753898300</t>
+          <t>9786257672023</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste İyilik Kartelası</t>
+          <t>Peygamberimizin Ailesinde Kadınlar</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>21</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9789753898744</t>
+          <t>9786257205986</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini Meseleler (Ciltli)</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9789753898447</t>
+          <t>9786257672030</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Ciltli)</t>
+          <t>Gönül Pınarı</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>840</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9789753898218</t>
+          <t>9786257069908</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Ciltli)</t>
+          <t>Dedemden Hikayeler</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>1040</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9789753898515</t>
+          <t>9786257205856</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Anne Baba</t>
+          <t>Hadis Mezhep ve Meşrep</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9789753894524</t>
+          <t>9786257672047</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Ahlaki Şiirler</t>
+          <t>Gençler İnançtan Soruyor</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9789753895132</t>
+          <t>9786257672054</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Dilgüşa</t>
+          <t>İslam Hukuku Açısından Teverruk İşlemleri</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9789753893824</t>
+          <t>9786257205948</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Sultaniyegah İstanbul</t>
+          <t>Vaaz Edebiyatında Hadisler</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9789753897662</t>
+          <t>9786257672078</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıl Klasik Türk Edebiyatında Tevhid</t>
+          <t>Sahihayn'da Mecaz</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786257205429</t>
+          <t>9786257205245</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Veli</t>
+          <t>İslam İktisadında Sermaye</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786257069533</t>
+          <t>9786257205962</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Temel Öğretilerinin Hadislerdeki Dayanakları</t>
+          <t>Rivayet Asrında İllet</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9789753896894</t>
+          <t>9786257672016</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve İnsan Nefsinin Cevher Olduğuna İlişkin On Delil (Ciltli)</t>
+          <t>Şia Tefsirinde İsrailiyat</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9789753892797</t>
+          <t>9786257205931</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihi</t>
+          <t>Rivayet Tefsiri Geleneğinin Dönüşümü</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9789753895736</t>
+          <t>9786257205290</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve İnanç</t>
+          <t>Kur’an’da Adı Geçen Varlıklar - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786257069618</t>
+          <t>9786257205306</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Zindandan Saraya Hz. Yusuf</t>
+          <t>Kur'an'da Adı Geçen Hayvanlar - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9789753894906</t>
+          <t>9786257205313</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Velayetname (Ciltli)</t>
+          <t>Kur’an’da Adı Geçen Bitkiler-Besinler - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>765</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786254280665</t>
+          <t>9786257205771</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlik</t>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9789753893749</t>
+          <t>9786257205511</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Asitane - Evvel Zaman İçinde İstanbul 2</t>
+          <t>Kur'an'a Göre Müşriklerin Zihin Dünyası</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786257069755</t>
+          <t>9786257205740</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>İlmihal 2 - İslam ve Toplum (Ciltli)</t>
+          <t>İslam Hukukunda Mahremiyet ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786257069748</t>
+          <t>9786257205863</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>İlmihal 1 (Ciltli)</t>
+          <t>Modern Dönem Peygamber Tasavvuru</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9789753897853</t>
+          <t>9786257205412</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 44 (Ciltli)</t>
+          <t>Hanefi Hadisçiliği</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9789753891035</t>
+          <t>9786257205610</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi Parçalama Planları</t>
+          <t>Osmanlı’dan Cumhuriyet’e Elifbalar</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786257205351</t>
+          <t>9786257205726</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Matüridi'nin Düşünce Sisteminde Şer-Hikmet İlişkisi</t>
+          <t>Cennetin Dört Hanımefendisi</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9789753891363</t>
+          <t>9786257205399</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Batılılaşması ve Milli Meseleler</t>
+          <t>Endülüs Hadisçiliği ve İbn Abdilber</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786057580504</t>
+          <t>9786257205733</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Annenin Rehberi</t>
+          <t>Kur’an’ın Dilinden Mutluluğun Alfabesi</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9789753890496</t>
+          <t>9786257069540</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya'da İslam'ın Yeniden Doğuşu</t>
+          <t>Ailemiz En Değerli Hazinemiz</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9789753890434</t>
+          <t>9786257069991</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Erlaubtes und Verwehrtes</t>
+          <t>Hadis İlimleri Edebiyatı</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>145</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786257672238</t>
+          <t>9786257205276</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Emevi-Haşimi İlişkileri</t>
+          <t>İslam Hukuk İlminin Esasları</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9789753890878</t>
+          <t>9786257069922</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Siyaset Açışından İslam'da Ücret</t>
+          <t>Hepsi Benim Camim</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9789753894364</t>
+          <t>9786257069762</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 9 (Ciltli)</t>
+          <t>Kardeş Şehirler Tebriz</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9789753894302</t>
+          <t>9786257069779</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 3 (Ciltli)</t>
+          <t>Kardeş Şehirler Kurtuba Gırnata</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9789753894296</t>
+          <t>9786257069915</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 2 (Ciltli)</t>
+          <t>Kardeş Şehirler Kazan</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9789753894463</t>
+          <t>9786257069885</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 19 (Ciltli)</t>
+          <t>Çocukluğun Altın Çağı</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>650</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9789753894319</t>
+          <t>9786257069700</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 4 (Ciltli)</t>
+          <t>Kur’an’daki Tekrarlar ve Hikmetleri</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9789753894425</t>
+          <t>9786257069892</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 15 (Ciltli)</t>
+          <t>Hz. Peygamber’in Örnekliğinde Sözsüz İletişim</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9789753894418</t>
+          <t>9786257069717</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 14 (Ciltli)</t>
+          <t>Sahabe Döneminde Siyaset</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>650</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9789753894470</t>
+          <t>9786257069786</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 20 (Ciltli)</t>
+          <t>Yüz Yaşında Bir Çocuk</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>650</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9789753894159</t>
+          <t>9786257069625</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 29 (Ciltli)</t>
+          <t>Rızık Ahlakı</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>650</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9789753894258</t>
+          <t>9786257069793</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 30 (Ciltli)</t>
+          <t>Osmanlı Fetvalarında Musiki</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9789753894340</t>
+          <t>9786257069663</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 7 (Ciltli)</t>
+          <t>Matüridi'de İnsan Tasavvuru</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9789753890403</t>
+          <t>9786257069694</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi ve Öğretiminde Metodlar</t>
+          <t>Kardeş Şehirler Buhara Semerkant Taşkent</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786257205603</t>
+          <t>9786257069687</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Hz. Meryem - Hıristiyanlıkta ve İslam’da</t>
+          <t>Kardeş Şehirler Kahire</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9789753890359</t>
+          <t>9786257069670</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fıkıh Alemi Ve Diğer Mezheplerin Meşhurları</t>
+          <t>Kardeş Şehirler Mekke</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>800</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9789753893558</t>
+          <t>9786257069502</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Mahremiyet Bilinci</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>485</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9789753895767</t>
+          <t>9786057580641</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Dini Hayatın İlk Şekilleri (Ciltli)</t>
+          <t>İslam’da Hayvan Hakları</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9789753895576</t>
+          <t>9786257069342</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Dili - İlk Hadis Belgesi</t>
+          <t>Hilali Görmek</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9789753893961</t>
+          <t>9786257069403</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Tarih Meşheri - Hatırat 2</t>
+          <t>İslam İktisadında Para Bakırdan Dijitale</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9789753897655</t>
+          <t>9786257069373</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Kadın Sempozyumu</t>
+          <t>Kardeş Şehirler: Bağdat</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786254286162</t>
+          <t>9786257069380</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerimin Tecvidi</t>
+          <t>Kardeş Şehirler: Saraybosna</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786257205474</t>
+          <t>9786257069397</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>Kardeş Şehirler: Şam</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9789753891400</t>
+          <t>9786257069441</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İki Ana Kaynak Kitab ve Sünnet</t>
+          <t>Kayıp Kur'an Günlüğü</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786257069359</t>
+          <t>9786257069311</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>Trafik Dedektifleri</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786257205665</t>
+          <t>9786257069298</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>İlk Türk-İslam Devletleri Tarihi</t>
+          <t>Sağlık Dedektifleri</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>375</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786257205627</t>
+          <t>9786257069304</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulü</t>
+          <t>İsraf Dedektifleri</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786257205320</t>
+          <t>9786257069328</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Müslümanları - Siyasi Tarih</t>
+          <t>Çevre Dedektifleri</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786257205269</t>
+          <t>9786257069236</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti Tarihi</t>
+          <t>Değerli Masallar 1. Seri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9789753893763</t>
+          <t>9786257069281</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Süsleme Sanatları (Ciltli)</t>
+          <t>Beşer ve Resul Hz. Muhammed Mekke’de</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>650</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9789753896658</t>
+          <t>9786257069274</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Malati ve Kelami Görüşleri</t>
+          <t>Öze Dönüş Öyküleri</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786057580580</t>
+          <t>9786257069335</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Pınar'ın Günlüğü</t>
+          <t>Hadislere Gerek Yok Söylemi</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257581806</t>
+          <t>9786257069199</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Matüridinin Akide Risalesi ve Şerhi</t>
+          <t>Kur’an Bize Yeter Söylemi</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9789753895552</t>
+          <t>9786057580429</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Evrensel Mühendisi Mevlana</t>
+          <t>Bir Varmış...</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9789753896832</t>
+          <t>9786057580849</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Resimli Abdest ve Namaz Kartelası</t>
+          <t>Kalbimin Resmi - Çocuklar İçin Şiirler</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>20</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257069557</t>
+          <t>9786057580665</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Ebu Davud'un Sünen'i</t>
+          <t>Tarihsel Eleştiri Yöntemleri</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>375</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9789753895118</t>
+          <t>9786057580955</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Hızırname (Ciltli)</t>
+          <t>Dünü ve Bugünüyle İslam'da Mahremiyet</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>765</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9789759548063</t>
+          <t>9786057580610</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Mimari Hadisleri</t>
+          <t>Namaz Psikolojisi</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786257205535</t>
+          <t>9786057580962</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Emeviler</t>
+          <t>Kur'an'ın Sufi Yorumu</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786258023220</t>
+          <t>9786057580825</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Büyük Dua Kitabı Karton Kapak</t>
+          <t>İyilik Bildirisi</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9789753890151</t>
+          <t>9786057580818</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Din ve Tıp Açısından Domuz Eti</t>
+          <t>Atlarının Dilinden Beş Raşid Halife</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>85</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9789753896054</t>
+          <t>9786057580719</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Kaynaklarına Göre Alevilik</t>
+          <t>Kelebek Misali</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9789751949158</t>
+          <t>9786057580788</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Orucu Anlamak</t>
+          <t>Din Görevlisi İle 365 Gün</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>28</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786254280535</t>
+          <t>9786057580047</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında Ölüm Ötesi Sonsuz Hayat</t>
+          <t>Hadisler Ekseninde Çevre Ahlakı</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786257205467</t>
+          <t>9786057580115</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Ebu Eyyub El-Ensari</t>
+          <t>Arkadaş Arayan Köpek</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9789753890762</t>
+          <t>9786058161856</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Vesikalarını Okumaya Giriş</t>
+          <t>Kırk Hadiste Nikah Kartelası</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786258023800</t>
+          <t>9789753898065</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İbadet Rehberi</t>
+          <t>Çocuğu Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9789753897051</t>
+          <t>9789753899833</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Örnekliği ve İslam'ın Sosyal Dayanışma ve İsraf'a Bakışı</t>
+          <t>Özel Günler ve Geceler</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9789753890526</t>
+          <t>9786057580467</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Hurafeler</t>
+          <t>Ramazan Bildirisi</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257205177</t>
+          <t>9786057580337</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Su Kasidesi Şerhi</t>
+          <t>Sorularla Günümüz İnsanının İnanç Problemleri</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9789753895965</t>
+          <t>9786057580481</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadisle Güzel Ahlak</t>
+          <t>İslam Düşüncesi ve Tarihinde Ehli Beyt</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>20</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257672757</t>
+          <t>9786057580245</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Işığında Başlangıçtan Cumhuriyete Türklerde Tıp Ve Sağlık Kurumları</t>
+          <t>Musa Peygamber Cimcirik ve Şimşirikten Bulmacalarla</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>420</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789753896511</t>
+          <t>9789753890953</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplara Göre Din Adamı</t>
+          <t>Türk Edebiyatında Na'tlar (Antoloji)</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789753892834</t>
+          <t>9789753896603</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Tanzimat Döneminde Din Değiştirme Hareketleri (1839-1876)</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9789753895996</t>
+          <t>9786254281327</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Azerbaycan Şairi Mehmed Araz</t>
+          <t>Nübüvvet Aynasında Şefkat</t>
         </is>
       </c>
       <c r="C1366" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9789753897426</t>
+          <t>9786057580184</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan</t>
+          <t>Haccın Ahkamı ve Menasiki</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257672108</t>
+          <t>9786058161849</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin Sünnet Anlayışı</t>
+          <t>Asrın Afeti İsraf</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>500</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257205672</t>
+          <t>9789753899284</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Bilim ve Teknoloji Tarihi</t>
+          <t>İmam Buhari</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789753897228</t>
+          <t>9789753892094</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursu Öğreticilerinin Eğitim - Öğretim Yeterlilikleri</t>
+          <t>İslam'a Giriş</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9789753893954</t>
+          <t>9786057580207</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Tarih Meşheri - Hatırat 1</t>
+          <t>Peygamberimiz ve Gençlik</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>390</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786257205337</t>
+          <t>9786058126169</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Müslümanları - Kültür ve Medeniyet</t>
+          <t>Öğretmenlerimizle Başbaşa</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>480</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257581028</t>
+          <t>9786056866982</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Bağlayıcılık Bakımından Hz. Peygamber'in İctihad ve Tasarrufları</t>
+          <t>Kur'an-ı Kerim (Rahle Boy) - Bilgisayar Hattı Ali El Kari İmlası (Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789753893732</t>
+          <t>9789753891219</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Asitane - Evvel Zaman İçinde İstanbul 1</t>
+          <t>Kur'an-ı Kerim'de Yahudiler ve Hıristiyanlar</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789753897242</t>
+          <t>9789753896405</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Davranış Tarzları Nefislerdeki Ahlaki Hastalıkların Tedavisi/ Ahlak Klasikleri 3 (Ciltli)</t>
+          <t>Üçüncü 1000'e Girerken İslam</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9789753894975</t>
+          <t>9789753897099</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Dastan-ı İbrahim Edhem / Dastan-ı Fatıma Dastan-ı Hatun (Ciltli)</t>
+          <t>Siret Sempozyumu 1 - Türkiye'de Siret Yazıcılığı</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789753895163</t>
+          <t>9789753893114</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Derken Efendim - Tarih ve Kültür Sohbetleri - 1</t>
+          <t>Türkiyedeki Türk Dünyası</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789753896313</t>
+          <t>9789753898232</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Çalar Saat - 1 (Ciltli)</t>
+          <t>Uluslararası Prof. Muhammed B. Tavit Et-Tanci Sempozyumu</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789753895170</t>
+          <t>9789753890489</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Derken Efendim - Tarih ve Kültür Sohbetleri 2</t>
+          <t>Unser Hodscha Nasreddin (Nasreddin Hoca Almanca)</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9789753895958</t>
+          <t>9789753896498</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Kurandan Mesajlar Kırk Ayet Kartelası</t>
+          <t>Uluslararası Mevlid Sempozyumu- Yazılışının 600.Yılında Bir Kutlu Doğum Şaheseri</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9789753896177</t>
+          <t>9786057580559</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Kurandan Kırk Dua Kartelası</t>
+          <t>Batıya Koşan Tarih</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>20</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786257205573</t>
+          <t>9786057580498</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Siyahların Dramı</t>
+          <t>Çim Baba (Ciltli)</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786254281020</t>
+          <t>9789753899871</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Çağımıza Mesajları</t>
+          <t>Etkinlik Kitabı - Harika Harfler</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9789753894289</t>
+          <t>9786058126176</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 1 (Ciltli)</t>
+          <t>Namaz Dualarına Masallar</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789753894449</t>
+          <t>9789753899802</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 17 (Ciltli)</t>
+          <t>Cüz Kitabı</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9789753894562</t>
+          <t>9789753899819</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 34 (Ciltli)</t>
+          <t>Dini Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>650</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9789753894555</t>
+          <t>9786057580016</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 33 (Ciltli)</t>
+          <t>Allahın Güzel İsimleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>650</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9789753896320</t>
+          <t>9786057580061</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 39 (Ciltli)</t>
+          <t>Temizlik Çevre Bilinci Sorumluluk - Değerlerimizle Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789753897136</t>
+          <t>9789753899840</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 41 (Ciltli)</t>
+          <t>40 Hadis Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9789753896528</t>
+          <t>9786057580054</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 40 (Ciltli)</t>
+          <t>Paylaşma Yardımlaşma Hoşgörü - Değerlerimizle Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9789753897372</t>
+          <t>9786057580023</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 42 (Ciltli)</t>
+          <t>İyilik Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789753896931</t>
+          <t>9789753893121</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Birgivi'nin (929-981 / 1523-1573)</t>
+          <t>Eş Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>170</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9789751950277</t>
+          <t>9786057580078</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Başkaları İçin Ağlayabilmek</t>
+          <t>Sevgi Saygı Dürüstlük - Değerlerimizle Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789753890083</t>
+          <t>9789753899741</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Hz. Muhammed</t>
+          <t>Hz. Ali - Peygamberimizin Arkadaşları 1</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789753890137</t>
+          <t>9789753899727</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Yaptın İse</t>
+          <t>Bilal-i Habeşi - Peygamberimizin Arkadaşları 2</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257205481</t>
+          <t>9789753899734</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evren Tasavvufi Düşüncenin Esasları</t>
+          <t>Hz. Ebubekir - Peygamberimizin Arkadaşları 3</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>160</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789753892452</t>
+          <t>9789753899758</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesine Giriş</t>
+          <t>Enes Bin Malik - Peygamberimizin Arkadaşları 4</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>375</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9789753897341</t>
+          <t>9789753899765</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Bedensel Engellilik</t>
+          <t>Hz. Erkam - Peygamberimizin Arkadaşları 5</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>290</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789753895088</t>
+          <t>9789753899796</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Cafer-i Sadık</t>
+          <t>Hz. Hamza - Peygamberimizin Arkadaşları 6</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>170</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786057580771</t>
+          <t>9789753899789</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Pınar'ın Günlüğü Yaz Anıları</t>
+          <t>Hz. Ömer - Peygamberlerimizin Arkadaşları 7</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257205436</t>
+          <t>9789753899772</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Bin Hanbel</t>
+          <t>Hz.Osman - Peygamberimizin Arkadaşları 8</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>135</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9789753896597</t>
+          <t>9786057580030</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Bin Hanefiyye Cengi (Ciltli)</t>
+          <t>Kurban Bayramı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9789753894890</t>
+          <t>9786057580528</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Besmele Tefsiri (Ciltli)</t>
+          <t>Tatil Kitabı - Tahin ile Pekmez</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789753894883</t>
+          <t>9789751969903</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Makalat (Ciltli)</t>
+          <t>Gençlik ve İletişim</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>420</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9789753895149</t>
+          <t>9786058126121</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Sarayname (Ciltli)</t>
+          <t>Yaşlanma Sürecinde Dini Hayat</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>765</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789753897204</t>
+          <t>9789753898027</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>İslami Gelenekte Eğitim Ahlakı (Ciltli)</t>
+          <t>İnsan Halleri</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9789753894968</t>
+          <t>9786057580009</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Erkanname - 1 (Ciltli)</t>
+          <t>Dünyevileşme</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789753893183</t>
+          <t>9789753898737</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamlaşma Sürecinde Mürcie ve Tesirleri</t>
+          <t>The Holy Qur'an (Kur'an-ı Kerim Meali İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>390</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
+          <t>9786058161870</t>
+        </is>
+      </c>
+      <c r="B1409" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Kadın</t>
+        </is>
+      </c>
+      <c r="C1409" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1410" spans="1:3">
+      <c r="A1410" s="1" t="inlineStr">
+        <is>
+          <t>9786057580412</t>
+        </is>
+      </c>
+      <c r="B1410" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Fıkıh ve Dinamizm</t>
+        </is>
+      </c>
+      <c r="C1410" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="1411" spans="1:3">
+      <c r="A1411" s="1" t="inlineStr">
+        <is>
+          <t>9786058161863</t>
+        </is>
+      </c>
+      <c r="B1411" s="1" t="inlineStr">
+        <is>
+          <t>Etkinliklerle Neşeli Ramazan Günlüğü</t>
+        </is>
+      </c>
+      <c r="C1411" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1412" spans="1:3">
+      <c r="A1412" s="1" t="inlineStr">
+        <is>
+          <t>9786057580177</t>
+        </is>
+      </c>
+      <c r="B1412" s="1" t="inlineStr">
+        <is>
+          <t>İmam Maturidi ve Maturidiyye Mezhebi</t>
+        </is>
+      </c>
+      <c r="C1412" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1413" spans="1:3">
+      <c r="A1413" s="1" t="inlineStr">
+        <is>
+          <t>9786057580153</t>
+        </is>
+      </c>
+      <c r="B1413" s="1" t="inlineStr">
+        <is>
+          <t>İmam Ebu Hanife ve Hanefi Mezhebi</t>
+        </is>
+      </c>
+      <c r="C1413" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1414" spans="1:3">
+      <c r="A1414" s="1" t="inlineStr">
+        <is>
+          <t>9789751970169</t>
+        </is>
+      </c>
+      <c r="B1414" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimiz ve Gençlik</t>
+        </is>
+      </c>
+      <c r="C1414" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="1415" spans="1:3">
+      <c r="A1415" s="1" t="inlineStr">
+        <is>
+          <t>9789753897914</t>
+        </is>
+      </c>
+      <c r="B1415" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber ve İnsan</t>
+        </is>
+      </c>
+      <c r="C1415" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1416" spans="1:3">
+      <c r="A1416" s="1" t="inlineStr">
+        <is>
+          <t>9786057580191</t>
+        </is>
+      </c>
+      <c r="B1416" s="1" t="inlineStr">
+        <is>
+          <t>İslam Engelliler Hukuku</t>
+        </is>
+      </c>
+      <c r="C1416" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1417" spans="1:3">
+      <c r="A1417" s="1" t="inlineStr">
+        <is>
+          <t>9786057580160</t>
+        </is>
+      </c>
+      <c r="B1417" s="1" t="inlineStr">
+        <is>
+          <t>Emevi ve Abbasi İktidarında Ehli Beyt Nesli</t>
+        </is>
+      </c>
+      <c r="C1417" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1418" spans="1:3">
+      <c r="A1418" s="1" t="inlineStr">
+        <is>
+          <t>9786058161825</t>
+        </is>
+      </c>
+      <c r="B1418" s="1" t="inlineStr">
+        <is>
+          <t>Bir İstanbul Sevdası - Hz. Eyüp Sultan</t>
+        </is>
+      </c>
+      <c r="C1418" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1419" spans="1:3">
+      <c r="A1419" s="1" t="inlineStr">
+        <is>
+          <t>9786254286933</t>
+        </is>
+      </c>
+      <c r="B1419" s="1" t="inlineStr">
+        <is>
+          <t>İstiklal Marşı - On Kıta On Yürek</t>
+        </is>
+      </c>
+      <c r="C1419" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1420" spans="1:3">
+      <c r="A1420" s="1" t="inlineStr">
+        <is>
+          <t>9786257205153</t>
+        </is>
+      </c>
+      <c r="B1420" s="1" t="inlineStr">
+        <is>
+          <t>Abdest ve Namaz Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C1420" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1421" spans="1:3">
+      <c r="A1421" s="1" t="inlineStr">
+        <is>
+          <t>9786257069564</t>
+        </is>
+      </c>
+      <c r="B1421" s="1" t="inlineStr">
+        <is>
+          <t>İslamda İtikadi Mezhepler ve Akaid Esasları</t>
+        </is>
+      </c>
+      <c r="C1421" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1422" spans="1:3">
+      <c r="A1422" s="1" t="inlineStr">
+        <is>
+          <t>9789753898331</t>
+        </is>
+      </c>
+      <c r="B1422" s="1" t="inlineStr">
+        <is>
+          <t>Koruyucu Aile Olmak</t>
+        </is>
+      </c>
+      <c r="C1422" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1423" spans="1:3">
+      <c r="A1423" s="1" t="inlineStr">
+        <is>
+          <t>9789753898928</t>
+        </is>
+      </c>
+      <c r="B1423" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerde Gizli Kusurlar</t>
+        </is>
+      </c>
+      <c r="C1423" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1424" spans="1:3">
+      <c r="A1424" s="1" t="inlineStr">
+        <is>
+          <t>9789753890021</t>
+        </is>
+      </c>
+      <c r="B1424" s="1" t="inlineStr">
+        <is>
+          <t>Hac Rehberi</t>
+        </is>
+      </c>
+      <c r="C1424" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1425" spans="1:3">
+      <c r="A1425" s="1" t="inlineStr">
+        <is>
+          <t>9789753891141</t>
+        </is>
+      </c>
+      <c r="B1425" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Kimlik</t>
+        </is>
+      </c>
+      <c r="C1425" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1426" spans="1:3">
+      <c r="A1426" s="1" t="inlineStr">
+        <is>
+          <t>9789753897273</t>
+        </is>
+      </c>
+      <c r="B1426" s="1" t="inlineStr">
+        <is>
+          <t>Kardeşlik Ahlakı ve Kardeşlik Hukuku Hadis Kartelası</t>
+        </is>
+      </c>
+      <c r="C1426" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1427" spans="1:3">
+      <c r="A1427" s="1" t="inlineStr">
+        <is>
+          <t>9789753898317</t>
+        </is>
+      </c>
+      <c r="B1427" s="1" t="inlineStr">
+        <is>
+          <t>Bir Arada Yaşama Ahlakı</t>
+        </is>
+      </c>
+      <c r="C1427" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1428" spans="1:3">
+      <c r="A1428" s="1" t="inlineStr">
+        <is>
+          <t>9789753891417</t>
+        </is>
+      </c>
+      <c r="B1428" s="1" t="inlineStr">
+        <is>
+          <t>Bin Badis</t>
+        </is>
+      </c>
+      <c r="C1428" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1429" spans="1:3">
+      <c r="A1429" s="1" t="inlineStr">
+        <is>
+          <t>9789753893015</t>
+        </is>
+      </c>
+      <c r="B1429" s="1" t="inlineStr">
+        <is>
+          <t>Kitabü'l Enva Ve'l-Ezmine ve Ma'rifet A'yani'l-Kevakib / İbn Asım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1429" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1430" spans="1:3">
+      <c r="A1430" s="1" t="inlineStr">
+        <is>
+          <t>9789753892636</t>
+        </is>
+      </c>
+      <c r="B1430" s="1" t="inlineStr">
+        <is>
+          <t>Bakıllani ve İnsanın Fiilleri</t>
+        </is>
+      </c>
+      <c r="C1430" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1431" spans="1:3">
+      <c r="A1431" s="1" t="inlineStr">
+        <is>
+          <t>9786254280542</t>
+        </is>
+      </c>
+      <c r="B1431" s="1" t="inlineStr">
+        <is>
+          <t>Kitap ve Sünnetin Ruhuna Göre Tasavvuf ve Hayat</t>
+        </is>
+      </c>
+      <c r="C1431" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1432" spans="1:3">
+      <c r="A1432" s="1" t="inlineStr">
+        <is>
+          <t>9789753897068</t>
+        </is>
+      </c>
+      <c r="B1432" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Örnek Hz. Peygamber</t>
+        </is>
+      </c>
+      <c r="C1432" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1433" spans="1:3">
+      <c r="A1433" s="1" t="inlineStr">
+        <is>
+          <t>9789753893237</t>
+        </is>
+      </c>
+      <c r="B1433" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Sosyal ve İktisadi Tarihi</t>
+        </is>
+      </c>
+      <c r="C1433" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1434" spans="1:3">
+      <c r="A1434" s="1" t="inlineStr">
+        <is>
+          <t>9789753892995</t>
+        </is>
+      </c>
+      <c r="B1434" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dünyası Ortak Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1434" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1435" spans="1:3">
+      <c r="A1435" s="1" t="inlineStr">
+        <is>
+          <t>9789753898157</t>
+        </is>
+      </c>
+      <c r="B1435" s="1" t="inlineStr">
+        <is>
+          <t>Kardeşlik Ahlakı ve Sorumluluğu</t>
+        </is>
+      </c>
+      <c r="C1435" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1436" spans="1:3">
+      <c r="A1436" s="1" t="inlineStr">
+        <is>
+          <t>9786254280924</t>
+        </is>
+      </c>
+      <c r="B1436" s="1" t="inlineStr">
+        <is>
+          <t>Kapalıdan Açığa Milli Kültürler ve Medeniyetler</t>
+        </is>
+      </c>
+      <c r="C1436" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1437" spans="1:3">
+      <c r="A1437" s="1" t="inlineStr">
+        <is>
+          <t>9789753895194</t>
+        </is>
+      </c>
+      <c r="B1437" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul'da Kur'an Okulları</t>
+        </is>
+      </c>
+      <c r="C1437" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1438" spans="1:3">
+      <c r="A1438" s="1" t="inlineStr">
+        <is>
+          <t>9789753891578</t>
+        </is>
+      </c>
+      <c r="B1438" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Tüketici Hakları</t>
+        </is>
+      </c>
+      <c r="C1438" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1439" spans="1:3">
+      <c r="A1439" s="1" t="inlineStr">
+        <is>
+          <t>9786257672795</t>
+        </is>
+      </c>
+      <c r="B1439" s="1" t="inlineStr">
+        <is>
+          <t>İslam Şehirlerinin Fiziki Yapısı</t>
+        </is>
+      </c>
+      <c r="C1439" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1440" spans="1:3">
+      <c r="A1440" s="1" t="inlineStr">
+        <is>
+          <t>9789753891837</t>
+        </is>
+      </c>
+      <c r="B1440" s="1" t="inlineStr">
+        <is>
+          <t>Tarikat-ı Aliyye-i Bektaşiyye</t>
+        </is>
+      </c>
+      <c r="C1440" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:3">
+      <c r="A1441" s="1" t="inlineStr">
+        <is>
+          <t>9789753897808</t>
+        </is>
+      </c>
+      <c r="B1441" s="1" t="inlineStr">
+        <is>
+          <t>Şeyh Şafi Buyruğu</t>
+        </is>
+      </c>
+      <c r="C1441" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:3">
+      <c r="A1442" s="1" t="inlineStr">
+        <is>
+          <t>9786257205887</t>
+        </is>
+      </c>
+      <c r="B1442" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukuna Göre Hukuki İşlemler Ve Hükümleri Eşya Ve Borçlar Hukuku</t>
+        </is>
+      </c>
+      <c r="C1442" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:3">
+      <c r="A1443" s="1" t="inlineStr">
+        <is>
+          <t>9789753892247</t>
+        </is>
+      </c>
+      <c r="B1443" s="1" t="inlineStr">
+        <is>
+          <t>İslam Devletler Hukukunda Savaş Esirleri</t>
+        </is>
+      </c>
+      <c r="C1443" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:3">
+      <c r="A1444" s="1" t="inlineStr">
+        <is>
+          <t>9789753898782</t>
+        </is>
+      </c>
+      <c r="B1444" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi EK-1. Cilt (A-K) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1444" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:3">
+      <c r="A1445" s="1" t="inlineStr">
+        <is>
+          <t>9789753892278</t>
+        </is>
+      </c>
+      <c r="B1445" s="1" t="inlineStr">
+        <is>
+          <t>İmam Musa Kazım İmam Ali Rıza İmam Muhammed Taki</t>
+        </is>
+      </c>
+      <c r="C1445" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:3">
+      <c r="A1446" s="1" t="inlineStr">
+        <is>
+          <t>9789753897815</t>
+        </is>
+      </c>
+      <c r="B1446" s="1" t="inlineStr">
+        <is>
+          <t>İslam Kolaylık Dinidir</t>
+        </is>
+      </c>
+      <c r="C1446" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:3">
+      <c r="A1447" s="1" t="inlineStr">
+        <is>
+          <t>9789753893152</t>
+        </is>
+      </c>
+      <c r="B1447" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamber'in Hayatından Davranış Modelleri</t>
+        </is>
+      </c>
+      <c r="C1447" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:3">
+      <c r="A1448" s="1" t="inlineStr">
+        <is>
+          <t>9789753891110</t>
+        </is>
+      </c>
+      <c r="B1448" s="1" t="inlineStr">
+        <is>
+          <t>Mevlid</t>
+        </is>
+      </c>
+      <c r="C1448" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:3">
+      <c r="A1449" s="1" t="inlineStr">
+        <is>
+          <t>9789753897495</t>
+        </is>
+      </c>
+      <c r="B1449" s="1" t="inlineStr">
+        <is>
+          <t>Meşhur Hafız Sami - Merhum</t>
+        </is>
+      </c>
+      <c r="C1449" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:3">
+      <c r="A1450" s="1" t="inlineStr">
+        <is>
+          <t>9789753899642</t>
+        </is>
+      </c>
+      <c r="B1450" s="1" t="inlineStr">
+        <is>
+          <t>İbn Teymiyye'nin Düşünce Metodolojisi ve Kelamcılara Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C1450" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:3">
+      <c r="A1451" s="1" t="inlineStr">
+        <is>
+          <t>9789753899260</t>
+        </is>
+      </c>
+      <c r="B1451" s="1" t="inlineStr">
+        <is>
+          <t>İbn Hazm Zahirilik Düşüncesinin Teorisyeni</t>
+        </is>
+      </c>
+      <c r="C1451" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:3">
+      <c r="A1452" s="1" t="inlineStr">
+        <is>
+          <t>9789753896672</t>
+        </is>
+      </c>
+      <c r="B1452" s="1" t="inlineStr">
+        <is>
+          <t>Şemseddin-i Sivasi'nin İbret-Nüma Adlı Mesnevisi</t>
+        </is>
+      </c>
+      <c r="C1452" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:3">
+      <c r="A1453" s="1" t="inlineStr">
+        <is>
+          <t>9786257205894</t>
+        </is>
+      </c>
+      <c r="B1453" s="1" t="inlineStr">
+        <is>
+          <t>İctihadda İsabet ve Hata Meselesi</t>
+        </is>
+      </c>
+      <c r="C1453" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:3">
+      <c r="A1454" s="1" t="inlineStr">
+        <is>
+          <t>9789753897143</t>
+        </is>
+      </c>
+      <c r="B1454" s="1" t="inlineStr">
+        <is>
+          <t>7'den 77'ye Dini Bulmaca Kitabı</t>
+        </is>
+      </c>
+      <c r="C1454" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:3">
+      <c r="A1455" s="1" t="inlineStr">
+        <is>
+          <t>9789753892100</t>
+        </is>
+      </c>
+      <c r="B1455" s="1" t="inlineStr">
+        <is>
+          <t>Mekke ve Medine'deki Mübarek Ziyaret Yerleri</t>
+        </is>
+      </c>
+      <c r="C1455" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:3">
+      <c r="A1456" s="1" t="inlineStr">
+        <is>
+          <t>9789753896481</t>
+        </is>
+      </c>
+      <c r="B1456" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Ekseninde Hadis</t>
+        </is>
+      </c>
+      <c r="C1456" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1457" spans="1:3">
+      <c r="A1457" s="1" t="inlineStr">
+        <is>
+          <t>9789753898362</t>
+        </is>
+      </c>
+      <c r="B1457" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Klasikleri 6 - Ahlaku Adudüddin</t>
+        </is>
+      </c>
+      <c r="C1457" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1458" spans="1:3">
+      <c r="A1458" s="1" t="inlineStr">
+        <is>
+          <t>9789753891585</t>
+        </is>
+      </c>
+      <c r="B1458" s="1" t="inlineStr">
+        <is>
+          <t>Gazali'de Devlet</t>
+        </is>
+      </c>
+      <c r="C1458" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1459" spans="1:3">
+      <c r="A1459" s="1" t="inlineStr">
+        <is>
+          <t>9789753899475</t>
+        </is>
+      </c>
+      <c r="B1459" s="1" t="inlineStr">
+        <is>
+          <t>FETÖ: Örgütlenmiş Din İstismarının Tahlili</t>
+        </is>
+      </c>
+      <c r="C1459" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1460" spans="1:3">
+      <c r="A1460" s="1" t="inlineStr">
+        <is>
+          <t>9786257581813</t>
+        </is>
+      </c>
+      <c r="B1460" s="1" t="inlineStr">
+        <is>
+          <t>İrade Hürriyeti ve İmam Maturidi</t>
+        </is>
+      </c>
+      <c r="C1460" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:3">
+      <c r="A1461" s="1" t="inlineStr">
+        <is>
+          <t>9789753898300</t>
+        </is>
+      </c>
+      <c r="B1461" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadiste İyilik Kartelası</t>
+        </is>
+      </c>
+      <c r="C1461" s="1">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="1462" spans="1:3">
+      <c r="A1462" s="1" t="inlineStr">
+        <is>
+          <t>9789753898744</t>
+        </is>
+      </c>
+      <c r="B1462" s="1" t="inlineStr">
+        <is>
+          <t>Güncel Dini Meseleler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1462" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1463" spans="1:3">
+      <c r="A1463" s="1" t="inlineStr">
+        <is>
+          <t>9789753898447</t>
+        </is>
+      </c>
+      <c r="B1463" s="1" t="inlineStr">
+        <is>
+          <t>Mektubat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1463" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="1464" spans="1:3">
+      <c r="A1464" s="1" t="inlineStr">
+        <is>
+          <t>9789753898218</t>
+        </is>
+      </c>
+      <c r="B1464" s="1" t="inlineStr">
+        <is>
+          <t>Sözler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1464" s="1">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="1465" spans="1:3">
+      <c r="A1465" s="1" t="inlineStr">
+        <is>
+          <t>9789753898515</t>
+        </is>
+      </c>
+      <c r="B1465" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadiste Anne Baba</t>
+        </is>
+      </c>
+      <c r="C1465" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1466" spans="1:3">
+      <c r="A1466" s="1" t="inlineStr">
+        <is>
+          <t>9789753894524</t>
+        </is>
+      </c>
+      <c r="B1466" s="1" t="inlineStr">
+        <is>
+          <t>Dini ve Ahlaki Şiirler</t>
+        </is>
+      </c>
+      <c r="C1466" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1467" spans="1:3">
+      <c r="A1467" s="1" t="inlineStr">
+        <is>
+          <t>9789753895132</t>
+        </is>
+      </c>
+      <c r="B1467" s="1" t="inlineStr">
+        <is>
+          <t>Dilgüşa</t>
+        </is>
+      </c>
+      <c r="C1467" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1468" spans="1:3">
+      <c r="A1468" s="1" t="inlineStr">
+        <is>
+          <t>9789753893824</t>
+        </is>
+      </c>
+      <c r="B1468" s="1" t="inlineStr">
+        <is>
+          <t>Sultaniyegah İstanbul</t>
+        </is>
+      </c>
+      <c r="C1468" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1469" spans="1:3">
+      <c r="A1469" s="1" t="inlineStr">
+        <is>
+          <t>9789753897662</t>
+        </is>
+      </c>
+      <c r="B1469" s="1" t="inlineStr">
+        <is>
+          <t>16. Yüzyıl Klasik Türk Edebiyatında Tevhid</t>
+        </is>
+      </c>
+      <c r="C1469" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1470" spans="1:3">
+      <c r="A1470" s="1" t="inlineStr">
+        <is>
+          <t>9786257205429</t>
+        </is>
+      </c>
+      <c r="B1470" s="1" t="inlineStr">
+        <is>
+          <t>Hacı Bayram Veli</t>
+        </is>
+      </c>
+      <c r="C1470" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1471" spans="1:3">
+      <c r="A1471" s="1" t="inlineStr">
+        <is>
+          <t>9786257069533</t>
+        </is>
+      </c>
+      <c r="B1471" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvufun Temel Öğretilerinin Hadislerdeki Dayanakları</t>
+        </is>
+      </c>
+      <c r="C1471" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1472" spans="1:3">
+      <c r="A1472" s="1" t="inlineStr">
+        <is>
+          <t>9789753896894</t>
+        </is>
+      </c>
+      <c r="B1472" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk ve İnsan Nefsinin Cevher Olduğuna İlişkin On Delil (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1472" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1473" spans="1:3">
+      <c r="A1473" s="1" t="inlineStr">
+        <is>
+          <t>9789753892797</t>
+        </is>
+      </c>
+      <c r="B1473" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Tarihi</t>
+        </is>
+      </c>
+      <c r="C1473" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1474" spans="1:3">
+      <c r="A1474" s="1" t="inlineStr">
+        <is>
+          <t>9789753895736</t>
+        </is>
+      </c>
+      <c r="B1474" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi ve İnanç</t>
+        </is>
+      </c>
+      <c r="C1474" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1475" spans="1:3">
+      <c r="A1475" s="1" t="inlineStr">
+        <is>
+          <t>9786257069618</t>
+        </is>
+      </c>
+      <c r="B1475" s="1" t="inlineStr">
+        <is>
+          <t>Zindandan Saraya Hz. Yusuf</t>
+        </is>
+      </c>
+      <c r="C1475" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1476" spans="1:3">
+      <c r="A1476" s="1" t="inlineStr">
+        <is>
+          <t>9789753894906</t>
+        </is>
+      </c>
+      <c r="B1476" s="1" t="inlineStr">
+        <is>
+          <t>Velayetname (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1476" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1477" spans="1:3">
+      <c r="A1477" s="1" t="inlineStr">
+        <is>
+          <t>9786254280665</t>
+        </is>
+      </c>
+      <c r="B1477" s="1" t="inlineStr">
+        <is>
+          <t>Misyonerlik</t>
+        </is>
+      </c>
+      <c r="C1477" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1478" spans="1:3">
+      <c r="A1478" s="1" t="inlineStr">
+        <is>
+          <t>9789753893749</t>
+        </is>
+      </c>
+      <c r="B1478" s="1" t="inlineStr">
+        <is>
+          <t>Asitane - Evvel Zaman İçinde İstanbul 2</t>
+        </is>
+      </c>
+      <c r="C1478" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1479" spans="1:3">
+      <c r="A1479" s="1" t="inlineStr">
+        <is>
+          <t>9786257069755</t>
+        </is>
+      </c>
+      <c r="B1479" s="1" t="inlineStr">
+        <is>
+          <t>İlmihal 2 - İslam ve Toplum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1479" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="1480" spans="1:3">
+      <c r="A1480" s="1" t="inlineStr">
+        <is>
+          <t>9786257069748</t>
+        </is>
+      </c>
+      <c r="B1480" s="1" t="inlineStr">
+        <is>
+          <t>İlmihal 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1480" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="1481" spans="1:3">
+      <c r="A1481" s="1" t="inlineStr">
+        <is>
+          <t>9789753897853</t>
+        </is>
+      </c>
+      <c r="B1481" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 44 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1481" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1482" spans="1:3">
+      <c r="A1482" s="1" t="inlineStr">
+        <is>
+          <t>9789753891035</t>
+        </is>
+      </c>
+      <c r="B1482" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'yi Parçalama Planları</t>
+        </is>
+      </c>
+      <c r="C1482" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1483" spans="1:3">
+      <c r="A1483" s="1" t="inlineStr">
+        <is>
+          <t>9786257205351</t>
+        </is>
+      </c>
+      <c r="B1483" s="1" t="inlineStr">
+        <is>
+          <t>Matüridi'nin Düşünce Sisteminde Şer-Hikmet İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1483" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1484" spans="1:3">
+      <c r="A1484" s="1" t="inlineStr">
+        <is>
+          <t>9789753891363</t>
+        </is>
+      </c>
+      <c r="B1484" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Batılılaşması ve Milli Meseleler</t>
+        </is>
+      </c>
+      <c r="C1484" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1485" spans="1:3">
+      <c r="A1485" s="1" t="inlineStr">
+        <is>
+          <t>9786057580504</t>
+        </is>
+      </c>
+      <c r="B1485" s="1" t="inlineStr">
+        <is>
+          <t>Annenin Rehberi</t>
+        </is>
+      </c>
+      <c r="C1485" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1486" spans="1:3">
+      <c r="A1486" s="1" t="inlineStr">
+        <is>
+          <t>9789753890496</t>
+        </is>
+      </c>
+      <c r="B1486" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya'da İslam'ın Yeniden Doğuşu</t>
+        </is>
+      </c>
+      <c r="C1486" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1487" spans="1:3">
+      <c r="A1487" s="1" t="inlineStr">
+        <is>
+          <t>9789753890434</t>
+        </is>
+      </c>
+      <c r="B1487" s="1" t="inlineStr">
+        <is>
+          <t>Erlaubtes und Verwehrtes</t>
+        </is>
+      </c>
+      <c r="C1487" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1488" spans="1:3">
+      <c r="A1488" s="1" t="inlineStr">
+        <is>
+          <t>9786257672238</t>
+        </is>
+      </c>
+      <c r="B1488" s="1" t="inlineStr">
+        <is>
+          <t>Emevi-Haşimi İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1488" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:3">
+      <c r="A1489" s="1" t="inlineStr">
+        <is>
+          <t>9789753890878</t>
+        </is>
+      </c>
+      <c r="B1489" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Siyaset Açışından İslam'da Ücret</t>
+        </is>
+      </c>
+      <c r="C1489" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:3">
+      <c r="A1490" s="1" t="inlineStr">
+        <is>
+          <t>9789753894364</t>
+        </is>
+      </c>
+      <c r="B1490" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 9 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1490" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:3">
+      <c r="A1491" s="1" t="inlineStr">
+        <is>
+          <t>9789753894302</t>
+        </is>
+      </c>
+      <c r="B1491" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1491" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:3">
+      <c r="A1492" s="1" t="inlineStr">
+        <is>
+          <t>9789753894296</t>
+        </is>
+      </c>
+      <c r="B1492" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1492" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:3">
+      <c r="A1493" s="1" t="inlineStr">
+        <is>
+          <t>9789753894463</t>
+        </is>
+      </c>
+      <c r="B1493" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 19 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1493" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:3">
+      <c r="A1494" s="1" t="inlineStr">
+        <is>
+          <t>9789753894319</t>
+        </is>
+      </c>
+      <c r="B1494" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1494" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:3">
+      <c r="A1495" s="1" t="inlineStr">
+        <is>
+          <t>9789753894425</t>
+        </is>
+      </c>
+      <c r="B1495" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 15 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1495" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:3">
+      <c r="A1496" s="1" t="inlineStr">
+        <is>
+          <t>9789753894418</t>
+        </is>
+      </c>
+      <c r="B1496" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 14 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1496" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:3">
+      <c r="A1497" s="1" t="inlineStr">
+        <is>
+          <t>9789753894470</t>
+        </is>
+      </c>
+      <c r="B1497" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 20 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1497" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:3">
+      <c r="A1498" s="1" t="inlineStr">
+        <is>
+          <t>9789753894159</t>
+        </is>
+      </c>
+      <c r="B1498" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 29 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1498" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:3">
+      <c r="A1499" s="1" t="inlineStr">
+        <is>
+          <t>9789753894258</t>
+        </is>
+      </c>
+      <c r="B1499" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 30 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1499" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:3">
+      <c r="A1500" s="1" t="inlineStr">
+        <is>
+          <t>9789753894340</t>
+        </is>
+      </c>
+      <c r="B1500" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 7 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1500" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:3">
+      <c r="A1501" s="1" t="inlineStr">
+        <is>
+          <t>9789753890403</t>
+        </is>
+      </c>
+      <c r="B1501" s="1" t="inlineStr">
+        <is>
+          <t>Din Eğitimi ve Öğretiminde Metodlar</t>
+        </is>
+      </c>
+      <c r="C1501" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:3">
+      <c r="A1502" s="1" t="inlineStr">
+        <is>
+          <t>9786257205603</t>
+        </is>
+      </c>
+      <c r="B1502" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Meryem - Hıristiyanlıkta ve İslam’da</t>
+        </is>
+      </c>
+      <c r="C1502" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:3">
+      <c r="A1503" s="1" t="inlineStr">
+        <is>
+          <t>9789753890359</t>
+        </is>
+      </c>
+      <c r="B1503" s="1" t="inlineStr">
+        <is>
+          <t>Hanefi Fıkıh Alemi Ve Diğer Mezheplerin Meşhurları</t>
+        </is>
+      </c>
+      <c r="C1503" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:3">
+      <c r="A1504" s="1" t="inlineStr">
+        <is>
+          <t>9789753893558</t>
+        </is>
+      </c>
+      <c r="B1504" s="1" t="inlineStr">
+        <is>
+          <t>Hatıralar</t>
+        </is>
+      </c>
+      <c r="C1504" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:3">
+      <c r="A1505" s="1" t="inlineStr">
+        <is>
+          <t>9789753895767</t>
+        </is>
+      </c>
+      <c r="B1505" s="1" t="inlineStr">
+        <is>
+          <t>Dini Hayatın İlk Şekilleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1505" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:3">
+      <c r="A1506" s="1" t="inlineStr">
+        <is>
+          <t>9789753895576</t>
+        </is>
+      </c>
+      <c r="B1506" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerin Dili - İlk Hadis Belgesi</t>
+        </is>
+      </c>
+      <c r="C1506" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:3">
+      <c r="A1507" s="1" t="inlineStr">
+        <is>
+          <t>9789753893961</t>
+        </is>
+      </c>
+      <c r="B1507" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Meşheri - Hatırat 2</t>
+        </is>
+      </c>
+      <c r="C1507" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:3">
+      <c r="A1508" s="1" t="inlineStr">
+        <is>
+          <t>9789753897655</t>
+        </is>
+      </c>
+      <c r="B1508" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an ve Kadın Sempozyumu</t>
+        </is>
+      </c>
+      <c r="C1508" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:3">
+      <c r="A1509" s="1" t="inlineStr">
+        <is>
+          <t>9786254286162</t>
+        </is>
+      </c>
+      <c r="B1509" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an-ı Kerimin Tecvidi</t>
+        </is>
+      </c>
+      <c r="C1509" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:3">
+      <c r="A1510" s="1" t="inlineStr">
+        <is>
+          <t>9786257205474</t>
+        </is>
+      </c>
+      <c r="B1510" s="1" t="inlineStr">
+        <is>
+          <t>İbn Haldun</t>
+        </is>
+      </c>
+      <c r="C1510" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:3">
+      <c r="A1511" s="1" t="inlineStr">
+        <is>
+          <t>9789753891400</t>
+        </is>
+      </c>
+      <c r="B1511" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da İki Ana Kaynak Kitab ve Sünnet</t>
+        </is>
+      </c>
+      <c r="C1511" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:3">
+      <c r="A1512" s="1" t="inlineStr">
+        <is>
+          <t>9786257069359</t>
+        </is>
+      </c>
+      <c r="B1512" s="1" t="inlineStr">
+        <is>
+          <t>Din Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C1512" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:3">
+      <c r="A1513" s="1" t="inlineStr">
+        <is>
+          <t>9786257205665</t>
+        </is>
+      </c>
+      <c r="B1513" s="1" t="inlineStr">
+        <is>
+          <t>İlk Türk-İslam Devletleri Tarihi</t>
+        </is>
+      </c>
+      <c r="C1513" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:3">
+      <c r="A1514" s="1" t="inlineStr">
+        <is>
+          <t>9786257205627</t>
+        </is>
+      </c>
+      <c r="B1514" s="1" t="inlineStr">
+        <is>
+          <t>Tefsir Usulü</t>
+        </is>
+      </c>
+      <c r="C1514" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:3">
+      <c r="A1515" s="1" t="inlineStr">
+        <is>
+          <t>9786257205320</t>
+        </is>
+      </c>
+      <c r="B1515" s="1" t="inlineStr">
+        <is>
+          <t>Endülüs Müslümanları - Siyasi Tarih</t>
+        </is>
+      </c>
+      <c r="C1515" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1516" spans="1:3">
+      <c r="A1516" s="1" t="inlineStr">
+        <is>
+          <t>9786257205269</t>
+        </is>
+      </c>
+      <c r="B1516" s="1" t="inlineStr">
+        <is>
+          <t>İslam Medeniyeti Tarihi</t>
+        </is>
+      </c>
+      <c r="C1516" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:3">
+      <c r="A1517" s="1" t="inlineStr">
+        <is>
+          <t>9789753893763</t>
+        </is>
+      </c>
+      <c r="B1517" s="1" t="inlineStr">
+        <is>
+          <t>Türk İslam Süsleme Sanatları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1517" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:3">
+      <c r="A1518" s="1" t="inlineStr">
+        <is>
+          <t>9789753896658</t>
+        </is>
+      </c>
+      <c r="B1518" s="1" t="inlineStr">
+        <is>
+          <t>Malati ve Kelami Görüşleri</t>
+        </is>
+      </c>
+      <c r="C1518" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:3">
+      <c r="A1519" s="1" t="inlineStr">
+        <is>
+          <t>9786057580580</t>
+        </is>
+      </c>
+      <c r="B1519" s="1" t="inlineStr">
+        <is>
+          <t>Pınar'ın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C1519" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1520" spans="1:3">
+      <c r="A1520" s="1" t="inlineStr">
+        <is>
+          <t>9786257581806</t>
+        </is>
+      </c>
+      <c r="B1520" s="1" t="inlineStr">
+        <is>
+          <t>Matüridinin Akide Risalesi ve Şerhi</t>
+        </is>
+      </c>
+      <c r="C1520" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1521" spans="1:3">
+      <c r="A1521" s="1" t="inlineStr">
+        <is>
+          <t>9789753895552</t>
+        </is>
+      </c>
+      <c r="B1521" s="1" t="inlineStr">
+        <is>
+          <t>Sevginin Evrensel Mühendisi Mevlana</t>
+        </is>
+      </c>
+      <c r="C1521" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1522" spans="1:3">
+      <c r="A1522" s="1" t="inlineStr">
+        <is>
+          <t>9789753896832</t>
+        </is>
+      </c>
+      <c r="B1522" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Abdest ve Namaz Kartelası</t>
+        </is>
+      </c>
+      <c r="C1522" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1523" spans="1:3">
+      <c r="A1523" s="1" t="inlineStr">
+        <is>
+          <t>9786257069557</t>
+        </is>
+      </c>
+      <c r="B1523" s="1" t="inlineStr">
+        <is>
+          <t>Ebu Davud'un Sünen'i</t>
+        </is>
+      </c>
+      <c r="C1523" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1524" spans="1:3">
+      <c r="A1524" s="1" t="inlineStr">
+        <is>
+          <t>9789753895118</t>
+        </is>
+      </c>
+      <c r="B1524" s="1" t="inlineStr">
+        <is>
+          <t>Hızırname (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1524" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1525" spans="1:3">
+      <c r="A1525" s="1" t="inlineStr">
+        <is>
+          <t>9789759548063</t>
+        </is>
+      </c>
+      <c r="B1525" s="1" t="inlineStr">
+        <is>
+          <t>Mimari Hadisleri</t>
+        </is>
+      </c>
+      <c r="C1525" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1526" spans="1:3">
+      <c r="A1526" s="1" t="inlineStr">
+        <is>
+          <t>9786257205535</t>
+        </is>
+      </c>
+      <c r="B1526" s="1" t="inlineStr">
+        <is>
+          <t>Emeviler</t>
+        </is>
+      </c>
+      <c r="C1526" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1527" spans="1:3">
+      <c r="A1527" s="1" t="inlineStr">
+        <is>
+          <t>9786258023220</t>
+        </is>
+      </c>
+      <c r="B1527" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı Büyük Dua Kitabı Karton Kapak</t>
+        </is>
+      </c>
+      <c r="C1527" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1528" spans="1:3">
+      <c r="A1528" s="1" t="inlineStr">
+        <is>
+          <t>9789753890151</t>
+        </is>
+      </c>
+      <c r="B1528" s="1" t="inlineStr">
+        <is>
+          <t>Din ve Tıp Açısından Domuz Eti</t>
+        </is>
+      </c>
+      <c r="C1528" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1529" spans="1:3">
+      <c r="A1529" s="1" t="inlineStr">
+        <is>
+          <t>9789753896054</t>
+        </is>
+      </c>
+      <c r="B1529" s="1" t="inlineStr">
+        <is>
+          <t>Yazılı Kaynaklarına Göre Alevilik</t>
+        </is>
+      </c>
+      <c r="C1529" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1530" spans="1:3">
+      <c r="A1530" s="1" t="inlineStr">
+        <is>
+          <t>9789751949158</t>
+        </is>
+      </c>
+      <c r="B1530" s="1" t="inlineStr">
+        <is>
+          <t>Orucu Anlamak</t>
+        </is>
+      </c>
+      <c r="C1530" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1531" spans="1:3">
+      <c r="A1531" s="1" t="inlineStr">
+        <is>
+          <t>9786254280535</t>
+        </is>
+      </c>
+      <c r="B1531" s="1" t="inlineStr">
+        <is>
+          <t>Vahyin Işığında Ölüm Ötesi Sonsuz Hayat</t>
+        </is>
+      </c>
+      <c r="C1531" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1532" spans="1:3">
+      <c r="A1532" s="1" t="inlineStr">
+        <is>
+          <t>9786257205467</t>
+        </is>
+      </c>
+      <c r="B1532" s="1" t="inlineStr">
+        <is>
+          <t>Ebu Eyyub El-Ensari</t>
+        </is>
+      </c>
+      <c r="C1532" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1533" spans="1:3">
+      <c r="A1533" s="1" t="inlineStr">
+        <is>
+          <t>9789753890762</t>
+        </is>
+      </c>
+      <c r="B1533" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Vesikalarını Okumaya Giriş</t>
+        </is>
+      </c>
+      <c r="C1533" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1534" spans="1:3">
+      <c r="A1534" s="1" t="inlineStr">
+        <is>
+          <t>9786258023800</t>
+        </is>
+      </c>
+      <c r="B1534" s="1" t="inlineStr">
+        <is>
+          <t>Açıklamalı İbadet Rehberi</t>
+        </is>
+      </c>
+      <c r="C1534" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1535" spans="1:3">
+      <c r="A1535" s="1" t="inlineStr">
+        <is>
+          <t>9789753897051</t>
+        </is>
+      </c>
+      <c r="B1535" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamberin Örnekliği ve İslam'ın Sosyal Dayanışma ve İsraf'a Bakışı</t>
+        </is>
+      </c>
+      <c r="C1535" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1536" spans="1:3">
+      <c r="A1536" s="1" t="inlineStr">
+        <is>
+          <t>9789753890526</t>
+        </is>
+      </c>
+      <c r="B1536" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Hurafeler</t>
+        </is>
+      </c>
+      <c r="C1536" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1537" spans="1:3">
+      <c r="A1537" s="1" t="inlineStr">
+        <is>
+          <t>9786257205177</t>
+        </is>
+      </c>
+      <c r="B1537" s="1" t="inlineStr">
+        <is>
+          <t>Su Kasidesi Şerhi</t>
+        </is>
+      </c>
+      <c r="C1537" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1538" spans="1:3">
+      <c r="A1538" s="1" t="inlineStr">
+        <is>
+          <t>9789753895965</t>
+        </is>
+      </c>
+      <c r="B1538" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Hadisle Güzel Ahlak</t>
+        </is>
+      </c>
+      <c r="C1538" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1539" spans="1:3">
+      <c r="A1539" s="1" t="inlineStr">
+        <is>
+          <t>9786257672757</t>
+        </is>
+      </c>
+      <c r="B1539" s="1" t="inlineStr">
+        <is>
+          <t>Bilimin Işığında Başlangıçtan Cumhuriyete Türklerde Tıp Ve Sağlık Kurumları</t>
+        </is>
+      </c>
+      <c r="C1539" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1540" spans="1:3">
+      <c r="A1540" s="1" t="inlineStr">
+        <is>
+          <t>9789753896511</t>
+        </is>
+      </c>
+      <c r="B1540" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Kitaplara Göre Din Adamı</t>
+        </is>
+      </c>
+      <c r="C1540" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1541" spans="1:3">
+      <c r="A1541" s="1" t="inlineStr">
+        <is>
+          <t>9789753892834</t>
+        </is>
+      </c>
+      <c r="B1541" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Usulü</t>
+        </is>
+      </c>
+      <c r="C1541" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1542" spans="1:3">
+      <c r="A1542" s="1" t="inlineStr">
+        <is>
+          <t>9789753895996</t>
+        </is>
+      </c>
+      <c r="B1542" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Azerbaycan Şairi Mehmed Araz</t>
+        </is>
+      </c>
+      <c r="C1542" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1543" spans="1:3">
+      <c r="A1543" s="1" t="inlineStr">
+        <is>
+          <t>9789753897426</t>
+        </is>
+      </c>
+      <c r="B1543" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Hasan</t>
+        </is>
+      </c>
+      <c r="C1543" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1544" spans="1:3">
+      <c r="A1544" s="1" t="inlineStr">
+        <is>
+          <t>9786257672108</t>
+        </is>
+      </c>
+      <c r="B1544" s="1" t="inlineStr">
+        <is>
+          <t>Sahabenin Sünnet Anlayışı</t>
+        </is>
+      </c>
+      <c r="C1544" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1545" spans="1:3">
+      <c r="A1545" s="1" t="inlineStr">
+        <is>
+          <t>9786257205672</t>
+        </is>
+      </c>
+      <c r="B1545" s="1" t="inlineStr">
+        <is>
+          <t>İslam'da Bilim ve Teknoloji Tarihi</t>
+        </is>
+      </c>
+      <c r="C1545" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1546" spans="1:3">
+      <c r="A1546" s="1" t="inlineStr">
+        <is>
+          <t>9789753897228</t>
+        </is>
+      </c>
+      <c r="B1546" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Kursu Öğreticilerinin Eğitim - Öğretim Yeterlilikleri</t>
+        </is>
+      </c>
+      <c r="C1546" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1547" spans="1:3">
+      <c r="A1547" s="1" t="inlineStr">
+        <is>
+          <t>9789753893954</t>
+        </is>
+      </c>
+      <c r="B1547" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Meşheri - Hatırat 1</t>
+        </is>
+      </c>
+      <c r="C1547" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1548" spans="1:3">
+      <c r="A1548" s="1" t="inlineStr">
+        <is>
+          <t>9786257205337</t>
+        </is>
+      </c>
+      <c r="B1548" s="1" t="inlineStr">
+        <is>
+          <t>Endülüs Müslümanları - Kültür ve Medeniyet</t>
+        </is>
+      </c>
+      <c r="C1548" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="1549" spans="1:3">
+      <c r="A1549" s="1" t="inlineStr">
+        <is>
+          <t>9786257581028</t>
+        </is>
+      </c>
+      <c r="B1549" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukukunda Bağlayıcılık Bakımından Hz. Peygamber'in İctihad ve Tasarrufları</t>
+        </is>
+      </c>
+      <c r="C1549" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1550" spans="1:3">
+      <c r="A1550" s="1" t="inlineStr">
+        <is>
+          <t>9789753893732</t>
+        </is>
+      </c>
+      <c r="B1550" s="1" t="inlineStr">
+        <is>
+          <t>Asitane - Evvel Zaman İçinde İstanbul 1</t>
+        </is>
+      </c>
+      <c r="C1550" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1551" spans="1:3">
+      <c r="A1551" s="1" t="inlineStr">
+        <is>
+          <t>9789753897242</t>
+        </is>
+      </c>
+      <c r="B1551" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak ve Davranış Tarzları Nefislerdeki Ahlaki Hastalıkların Tedavisi/ Ahlak Klasikleri 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1551" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1552" spans="1:3">
+      <c r="A1552" s="1" t="inlineStr">
+        <is>
+          <t>9789753894975</t>
+        </is>
+      </c>
+      <c r="B1552" s="1" t="inlineStr">
+        <is>
+          <t>Dastan-ı İbrahim Edhem / Dastan-ı Fatıma Dastan-ı Hatun (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1552" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1553" spans="1:3">
+      <c r="A1553" s="1" t="inlineStr">
+        <is>
+          <t>9789753895163</t>
+        </is>
+      </c>
+      <c r="B1553" s="1" t="inlineStr">
+        <is>
+          <t>Derken Efendim - Tarih ve Kültür Sohbetleri - 1</t>
+        </is>
+      </c>
+      <c r="C1553" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1554" spans="1:3">
+      <c r="A1554" s="1" t="inlineStr">
+        <is>
+          <t>9789753896313</t>
+        </is>
+      </c>
+      <c r="B1554" s="1" t="inlineStr">
+        <is>
+          <t>Çalar Saat - 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1554" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1555" spans="1:3">
+      <c r="A1555" s="1" t="inlineStr">
+        <is>
+          <t>9789753895170</t>
+        </is>
+      </c>
+      <c r="B1555" s="1" t="inlineStr">
+        <is>
+          <t>Derken Efendim - Tarih ve Kültür Sohbetleri 2</t>
+        </is>
+      </c>
+      <c r="C1555" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1556" spans="1:3">
+      <c r="A1556" s="1" t="inlineStr">
+        <is>
+          <t>9789753895958</t>
+        </is>
+      </c>
+      <c r="B1556" s="1" t="inlineStr">
+        <is>
+          <t>Kurandan Mesajlar Kırk Ayet Kartelası</t>
+        </is>
+      </c>
+      <c r="C1556" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:3">
+      <c r="A1557" s="1" t="inlineStr">
+        <is>
+          <t>9789753896177</t>
+        </is>
+      </c>
+      <c r="B1557" s="1" t="inlineStr">
+        <is>
+          <t>Kurandan Kırk Dua Kartelası</t>
+        </is>
+      </c>
+      <c r="C1557" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1558" spans="1:3">
+      <c r="A1558" s="1" t="inlineStr">
+        <is>
+          <t>9786257205573</t>
+        </is>
+      </c>
+      <c r="B1558" s="1" t="inlineStr">
+        <is>
+          <t>Siyahların Dramı</t>
+        </is>
+      </c>
+      <c r="C1558" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1559" spans="1:3">
+      <c r="A1559" s="1" t="inlineStr">
+        <is>
+          <t>9786254281020</t>
+        </is>
+      </c>
+      <c r="B1559" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Peygamberin Çağımıza Mesajları</t>
+        </is>
+      </c>
+      <c r="C1559" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1560" spans="1:3">
+      <c r="A1560" s="1" t="inlineStr">
+        <is>
+          <t>9789753894289</t>
+        </is>
+      </c>
+      <c r="B1560" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1560" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1561" spans="1:3">
+      <c r="A1561" s="1" t="inlineStr">
+        <is>
+          <t>9789753894449</t>
+        </is>
+      </c>
+      <c r="B1561" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 17 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1561" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1562" spans="1:3">
+      <c r="A1562" s="1" t="inlineStr">
+        <is>
+          <t>9789753894562</t>
+        </is>
+      </c>
+      <c r="B1562" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 34 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1562" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1563" spans="1:3">
+      <c r="A1563" s="1" t="inlineStr">
+        <is>
+          <t>9789753894555</t>
+        </is>
+      </c>
+      <c r="B1563" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 33 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1563" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1564" spans="1:3">
+      <c r="A1564" s="1" t="inlineStr">
+        <is>
+          <t>9789753896320</t>
+        </is>
+      </c>
+      <c r="B1564" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 39 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1564" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1565" spans="1:3">
+      <c r="A1565" s="1" t="inlineStr">
+        <is>
+          <t>9789753897136</t>
+        </is>
+      </c>
+      <c r="B1565" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 41 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1565" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1566" spans="1:3">
+      <c r="A1566" s="1" t="inlineStr">
+        <is>
+          <t>9789753896528</t>
+        </is>
+      </c>
+      <c r="B1566" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 40 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1566" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1567" spans="1:3">
+      <c r="A1567" s="1" t="inlineStr">
+        <is>
+          <t>9789753897372</t>
+        </is>
+      </c>
+      <c r="B1567" s="1" t="inlineStr">
+        <is>
+          <t>İslam Ansiklopedisi Cilt: 42 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1567" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:3">
+      <c r="A1568" s="1" t="inlineStr">
+        <is>
+          <t>9789753896931</t>
+        </is>
+      </c>
+      <c r="B1568" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Birgivi'nin (929-981 / 1523-1573)</t>
+        </is>
+      </c>
+      <c r="C1568" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1569" spans="1:3">
+      <c r="A1569" s="1" t="inlineStr">
+        <is>
+          <t>9789751950277</t>
+        </is>
+      </c>
+      <c r="B1569" s="1" t="inlineStr">
+        <is>
+          <t>Başkaları İçin Ağlayabilmek</t>
+        </is>
+      </c>
+      <c r="C1569" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="1570" spans="1:3">
+      <c r="A1570" s="1" t="inlineStr">
+        <is>
+          <t>9789753890083</t>
+        </is>
+      </c>
+      <c r="B1570" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimiz Hz. Muhammed</t>
+        </is>
+      </c>
+      <c r="C1570" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1571" spans="1:3">
+      <c r="A1571" s="1" t="inlineStr">
+        <is>
+          <t>9789753890137</t>
+        </is>
+      </c>
+      <c r="B1571" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gönül Yaptın İse</t>
+        </is>
+      </c>
+      <c r="C1571" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="1572" spans="1:3">
+      <c r="A1572" s="1" t="inlineStr">
+        <is>
+          <t>9786257205481</t>
+        </is>
+      </c>
+      <c r="B1572" s="1" t="inlineStr">
+        <is>
+          <t>Ahi Evren Tasavvufi Düşüncenin Esasları</t>
+        </is>
+      </c>
+      <c r="C1572" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1573" spans="1:3">
+      <c r="A1573" s="1" t="inlineStr">
+        <is>
+          <t>9789753892452</t>
+        </is>
+      </c>
+      <c r="B1573" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesine Giriş</t>
+        </is>
+      </c>
+      <c r="C1573" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1574" spans="1:3">
+      <c r="A1574" s="1" t="inlineStr">
+        <is>
+          <t>9789753897341</t>
+        </is>
+      </c>
+      <c r="B1574" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku Açısından Bedensel Engellilik</t>
+        </is>
+      </c>
+      <c r="C1574" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:3">
+      <c r="A1575" s="1" t="inlineStr">
+        <is>
+          <t>9789753895088</t>
+        </is>
+      </c>
+      <c r="B1575" s="1" t="inlineStr">
+        <is>
+          <t>Cafer-i Sadık</t>
+        </is>
+      </c>
+      <c r="C1575" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:3">
+      <c r="A1576" s="1" t="inlineStr">
+        <is>
+          <t>9786057580771</t>
+        </is>
+      </c>
+      <c r="B1576" s="1" t="inlineStr">
+        <is>
+          <t>Pınar'ın Günlüğü Yaz Anıları</t>
+        </is>
+      </c>
+      <c r="C1576" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:3">
+      <c r="A1577" s="1" t="inlineStr">
+        <is>
+          <t>9786257205436</t>
+        </is>
+      </c>
+      <c r="B1577" s="1" t="inlineStr">
+        <is>
+          <t>Ahmed Bin Hanbel</t>
+        </is>
+      </c>
+      <c r="C1577" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1578" spans="1:3">
+      <c r="A1578" s="1" t="inlineStr">
+        <is>
+          <t>9789753896597</t>
+        </is>
+      </c>
+      <c r="B1578" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Bin Hanefiyye Cengi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1578" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1579" spans="1:3">
+      <c r="A1579" s="1" t="inlineStr">
+        <is>
+          <t>9789753894890</t>
+        </is>
+      </c>
+      <c r="B1579" s="1" t="inlineStr">
+        <is>
+          <t>Besmele Tefsiri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1579" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1580" spans="1:3">
+      <c r="A1580" s="1" t="inlineStr">
+        <is>
+          <t>9789753894883</t>
+        </is>
+      </c>
+      <c r="B1580" s="1" t="inlineStr">
+        <is>
+          <t>Makalat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1580" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1581" spans="1:3">
+      <c r="A1581" s="1" t="inlineStr">
+        <is>
+          <t>9789753895149</t>
+        </is>
+      </c>
+      <c r="B1581" s="1" t="inlineStr">
+        <is>
+          <t>Sarayname (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1581" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1582" spans="1:3">
+      <c r="A1582" s="1" t="inlineStr">
+        <is>
+          <t>9789753897204</t>
+        </is>
+      </c>
+      <c r="B1582" s="1" t="inlineStr">
+        <is>
+          <t>İslami Gelenekte Eğitim Ahlakı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1582" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="1583" spans="1:3">
+      <c r="A1583" s="1" t="inlineStr">
+        <is>
+          <t>9789753894968</t>
+        </is>
+      </c>
+      <c r="B1583" s="1" t="inlineStr">
+        <is>
+          <t>Erkanname - 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1583" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1584" spans="1:3">
+      <c r="A1584" s="1" t="inlineStr">
+        <is>
+          <t>9789753893183</t>
+        </is>
+      </c>
+      <c r="B1584" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin İslamlaşma Sürecinde Mürcie ve Tesirleri</t>
+        </is>
+      </c>
+      <c r="C1584" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1585" spans="1:3">
+      <c r="A1585" s="1" t="inlineStr">
+        <is>
           <t>9789753896535</t>
         </is>
       </c>
-      <c r="B1409" s="1" t="inlineStr">
+      <c r="B1585" s="1" t="inlineStr">
         <is>
           <t>Çalar Saat - 2 (Ciltli)</t>
         </is>
       </c>
-      <c r="C1409" s="1">
+      <c r="C1585" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>