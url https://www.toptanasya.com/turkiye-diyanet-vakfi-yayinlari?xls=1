--- v1 (2026-02-08)
+++ v2 (2026-03-29)
@@ -85,23800 +85,23995 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254287114</t>
+          <t>9786254288371</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Zooptik</t>
+          <t>Aceleci Yeşil Işık</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254289545</t>
+          <t>9786254288364</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Oruç Öyküleri</t>
+          <t>Tomurcuk Gül</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254287985</t>
+          <t>9786254288401</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Aşan Kadınlar</t>
+          <t>Yavru Kartalın Seçimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254287855</t>
+          <t>9786254288388</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İki Yay Arası Hadis</t>
+          <t>Dalganın Oyunu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254289538</t>
+          <t>9786254288395</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Hadis Bir Kudüs</t>
+          <t>Çiçek Çiçek Dolaşan Bal Arısı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254289415</t>
+          <t>9786254289613</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2026 Kırmızı</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor Meyveler</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254289439</t>
+          <t>9786254288166</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2026 Turuncu</t>
+          <t>Sakinli Kasabasında Tuhaf Zamanlar</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254289422</t>
+          <t>9786254289590</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2026 Yeşil</t>
+          <t>Hadis Tarihinde Yazışmalar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254284991</t>
+          <t>9786254289477</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hafızın Defteri</t>
+          <t>Hadis Kültür Tarihinde İmla Meclisleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254288203</t>
+          <t>8380000000550</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ben Muhammed Hamidullah</t>
+          <t>Hayırlı Ramazanlar Etkinlik Seti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254288180</t>
+          <t>9786254289606</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tefsirle Tanışıyorum Namaz Sureleri</t>
+          <t>Hayırlı Ramazanlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254287879</t>
+          <t>9786254286308</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bi Sorun Mu Var?</t>
+          <t>Sağlık Bildirisi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254288159</t>
+          <t>9786254285394</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Babaannem Uçacak mı Bakalım?</t>
+          <t>Bağımlılıklara Karşı Özgürlük Bildirisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254288296</t>
+          <t>9786254287114</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Seviyorum</t>
+          <t>Zooptik</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254288289</t>
+          <t>9786254289545</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Seviyorum</t>
+          <t>Oruç Öyküleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254287404</t>
+          <t>9786254287985</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Deli Sorular - Tanrı ve Din Üzerine Diyaloglar</t>
+          <t>Tarihi Aşan Kadınlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254287886</t>
+          <t>9786254287855</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çeşni</t>
+          <t>İki Yay Arası Hadis</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254288104</t>
+          <t>9786254289538</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Annemi Anlamak</t>
+          <t>Bir Hadis Bir Kudüs</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254288173</t>
+          <t>9786254289415</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Mevzu Hadis</t>
+          <t>TDV Ajanda 2026 Kırmızı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254288135</t>
+          <t>9786254289439</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Parlayan Yıldız - Hz. Ümmü Seleme</t>
+          <t>TDV Ajanda 2026 Turuncu</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254287534</t>
+          <t>9786254289422</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Serçe - Hz. Zeynep Binti Cahş</t>
+          <t>TDV Ajanda 2026 Yeşil</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254287862</t>
+          <t>9786254284991</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalan Işıklar</t>
+          <t>Hafızın Defteri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254288128</t>
+          <t>9786254288203</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cami Saldırıları</t>
+          <t>Ben Muhammed Hamidullah</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254287817</t>
+          <t>9786254288180</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminde Fehrese Literatürü</t>
+          <t>Tefsirle Tanışıyorum Namaz Sureleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254286117</t>
+          <t>9786254287879</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2025 Sarı</t>
+          <t>Bi Sorun Mu Var?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753893800</t>
+          <t>9786254288159</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Vaaz Edebiyatında Hadisler</t>
+          <t>Babaannem Uçacak mı Bakalım?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057580795</t>
+          <t>9786254288296</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Dilinden Ailemiz Kartela</t>
+          <t>Peygamberimi Seviyorum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753893053</t>
+          <t>9786254288289</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Basmacılar Türkistan Milli Mücadele Tarihi 1917-1934</t>
+          <t>Ailemi Seviyorum</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753896443</t>
+          <t>9786254287404</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Karton Kapak  30 Cüz Çantalı</t>
+          <t>Aklımda Deli Sorular - Tanrı ve Din Üzerine Diyaloglar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000000853</t>
+          <t>9786254287886</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Helal Kazanç Kartela</t>
+          <t>Çeşni</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789751963765</t>
+          <t>9786254288104</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Danimarkaca Kuranı Kerim Meali (Ciltli)</t>
+          <t>Annemi Anlamak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753890298</t>
+          <t>9786254288173</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Le Grand Livre De Siyer-i Kebir (Fransızca 4 Cilt Takım)</t>
+          <t>Geçmişten Günümüze Mevzu Hadis</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>390</v>
+        <v>475</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789751952127</t>
+          <t>9786254288135</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Rahle Boy Prestij Dib (Ciltli)</t>
+          <t>Karanlıkta Parlayan Yıldız - Hz. Ümmü Seleme</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>8380000000217</t>
+          <t>9786254287534</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Zümrüt Yeşil</t>
+          <t>Meraklı Serçe - Hz. Zeynep Binti Cahş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>8380000000221</t>
+          <t>9786254287862</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Turkuaz</t>
+          <t>Gölgede Kalan Işıklar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>8380000000218</t>
+          <t>9786254288128</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Lila</t>
+          <t>Cami Saldırıları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>900</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>8380000000219</t>
+          <t>9786254287817</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Kırmızı</t>
+          <t>Hadis İlminde Fehrese Literatürü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>8380000000234</t>
+          <t>9786254286117</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Gri</t>
+          <t>TDV Ajanda 2025 Sarı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>8380000000233</t>
+          <t>9789753893800</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Gök Mavi</t>
+          <t>Vaaz Edebiyatında Hadisler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>900</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>8380000000213</t>
+          <t>9786057580795</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Bordo</t>
+          <t>Ayet ve Hadislerin Dilinden Ailemiz Kartela</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>900</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753895408</t>
+          <t>9789753893053</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Meali Metinsiz Hafız Boy</t>
+          <t>Basmacılar Türkistan Milli Mücadele Tarihi 1917-1934</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>8380000000228</t>
+          <t>9789753896443</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Lacivert</t>
+          <t>Hatim Cüzü Karton Kapak  30 Cüz Çantalı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1650</v>
+        <v>325</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753890625</t>
+          <t>4440000000853</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fıkhının Esasları</t>
+          <t>40 Hadiste Helal Kazanç Kartela</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789751940519</t>
+          <t>9789751963765</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Görenler (CD)</t>
+          <t>Danimarkaca Kuranı Kerim Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>10</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753891783</t>
+          <t>9789753890298</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed ve Gençlik (Kutlu Doğum 1992)</t>
+          <t>Le Grand Livre De Siyer-i Kebir (Fransızca 4 Cilt Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>50</v>
+        <v>390</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789751964755</t>
+          <t>9789751952127</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Azerice Kuranı Kerim Meali Hediyem Kuran Olsun (Ciltli)</t>
+          <t>Kuranı Kerim Rahle Boy Prestij Dib (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>20</v>
+        <v>900</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258023381</t>
+          <t>8380000000217</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik ve Psikolojik Boyutlarıyla Hac</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Zümrüt Yeşil</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058161832</t>
+          <t>8380000000221</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İsrafla Mücadele 40 Ayet Hadis Kartelası</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Turkuaz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>9</v>
+        <v>900</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753890267</t>
+          <t>8380000000218</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Dini İnanç</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Lila</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>35</v>
+        <v>900</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753892445</t>
+          <t>8380000000219</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Sanatçılarından Türk İslam Sanatı Örnekleri</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Kırmızı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753890632</t>
+          <t>8380000000234</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dilinden Hz Peygambere Naatlar</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Gri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>35</v>
+        <v>900</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753890779</t>
+          <t>8380000000233</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ghazali Kant The Idea Of Universality Of Ethical Norms İn</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Gök Mavi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>40</v>
+        <v>900</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753890618</t>
+          <t>8380000000213</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Ahlak İlişkisi</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Bordo</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>50</v>
+        <v>900</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753895040</t>
+          <t>9789753895408</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Öğreniyoruz Yaz Kuran Kursları Öğretici Kitabı</t>
+          <t>Kuranı Kerim Meali Metinsiz Hafız Boy</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753893107</t>
+          <t>8380000000228</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasının Dini Meseleleri Kutlu Doğum 1997</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Lacivert</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>65</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753893220</t>
+          <t>9789753890625</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Çağdaşlaşma Problemi ve İslam Kutlu Doğum 1998</t>
+          <t>Hanefi Fıkhının Esasları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753891899</t>
+          <t>9789751940519</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Anglikan Kilisesine Cevap</t>
+          <t>Kalpten Görenler (CD)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257137027</t>
+          <t>9789753891783</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Bilinci</t>
+          <t>Hz. Muhammed ve Gençlik (Kutlu Doğum 1992)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753896825</t>
+          <t>9789751964755</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Namazda Okunan Kısa Sureler ve Dualar Kartelası</t>
+          <t>Azerice Kuranı Kerim Meali Hediyem Kuran Olsun (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>4440000000101</t>
+          <t>9786258023381</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Öğreniyoruz 1</t>
+          <t>Sosyolojik ve Psikolojik Boyutlarıyla Hac</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>8</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753899710</t>
+          <t>9786058161832</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Dini Eğitim Seti (15 Kitap Takım)</t>
+          <t>İsrafla Mücadele 40 Ayet Hadis Kartelası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>650</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753892582</t>
+          <t>9789753890267</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tefsiru Garibi'l - Kur'ani'l-Azim (Ciltli)</t>
+          <t>Stres ve Dini İnanç</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789751967244</t>
+          <t>9789753892445</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Öğreniyorum Elif Ba (Rusça Kopah)</t>
+          <t>Günümüz Sanatçılarından Türk İslam Sanatı Örnekleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753892650</t>
+          <t>9789753890632</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Asma</t>
+          <t>Günümüz Dilinden Hz Peygambere Naatlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>4.64</v>
+        <v>35</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753898423</t>
+          <t>9789753890779</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aynur Çimenlekesi ve Pek Sıradan Ailesi (Ciltli)</t>
+          <t>Ghazali Kant The Idea Of Universality Of Ethical Norms İn</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753892803</t>
+          <t>9789753890618</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Inleiding Tot De İslam (İslam'a Giriş)</t>
+          <t>Tanrı Ahlak İlişkisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>105</v>
+        <v>50</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753896245</t>
+          <t>9789753895040</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Yolculuk Medine-i Münevvere</t>
+          <t>Dinimizi Öğreniyoruz Yaz Kuran Kursları Öğretici Kitabı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753892186</t>
+          <t>9789753893107</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Üzerine Bir Derkenar</t>
+          <t>Türk Dünyasının Dini Meseleleri Kutlu Doğum 1997</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789751969637</t>
+          <t>9789753893220</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerden Seçme Dualar</t>
+          <t>Türkiye'nin Çağdaşlaşma Problemi ve İslam Kutlu Doğum 1998</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799753892949</t>
+          <t>9789753891899</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı - Gökyüzü Dostları 2</t>
+          <t>Anglikan Kilisesine Cevap</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>3.78</v>
+        <v>70</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799753892932</t>
+          <t>9786257137027</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Türküsü - Gökyüzü Dostları 1</t>
+          <t>Ahiret Bilinci</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>3.78</v>
+        <v>45</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9799753892970</t>
+          <t>9789753896825</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Şehit Pınarı - Gökyüzü Dostları 4</t>
+          <t>Namazda Okunan Kısa Sureler ve Dualar Kartelası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>3.78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799753892963</t>
+          <t>4440000000101</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Zafer Irmağı - Gökyüzü Dostları 5</t>
+          <t>Dinimizi Öğreniyoruz 1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>3.78</v>
+        <v>8</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753892896</t>
+          <t>9789753899710</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kafesteki Kuş - Emeklerimizin Dili 2</t>
+          <t>Okul Öncesi Dini Eğitim Seti (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>3.78</v>
+        <v>650</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753892902</t>
+          <t>9789753892582</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Minarenin Günlüğünden - Emeklerimizin Dili 3</t>
+          <t>Tefsiru Garibi'l - Kur'ani'l-Azim (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>3.48</v>
+        <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753892919</t>
+          <t>9789751967244</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Pencere Camları - Emeklerimizin Dili 4</t>
+          <t>Kur'an Öğreniyorum Elif Ba (Rusça Kopah)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>3.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753895651</t>
+          <t>9789753892650</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Kelebekler</t>
+          <t>Ağlayan Asma</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>30</v>
+        <v>4.64</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799753892956</t>
+          <t>9789753898423</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Akbulut Karabulut 3</t>
+          <t>Aynur Çimenlekesi ve Pek Sıradan Ailesi (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>3.48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753896337</t>
+          <t>9789753892803</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Canlar Öykü Seti (5 Kitap)</t>
+          <t>Inleiding Tot De İslam (İslam'a Giriş)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>30</v>
+        <v>105</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789751952110</t>
+          <t>9789753896245</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Fatiha ve Hucurat Sürelerinin Meal ve Tesfiri</t>
+          <t>Mukaddes Yolculuk Medine-i Münevvere</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>2.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753891202</t>
+          <t>9789753892186</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ailede Eğitim</t>
+          <t>Aydınlanma Üzerine Bir Derkenar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753897709</t>
+          <t>9789751969637</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kuş Sesleri</t>
+          <t>Ayet ve Hadislerden Seçme Dualar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753896771</t>
+          <t>9799753892949</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Anne Peygamber Nerede</t>
+          <t>Kutup Yıldızı - Gökyüzü Dostları 2</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>30</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>3990000025526</t>
+          <t>9799753892932</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevgisi Allah Korkusu</t>
+          <t>Gökkuşağı Türküsü - Gökyüzü Dostları 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>15</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753897327</t>
+          <t>9799753892970</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest ve Namaz (Hafız Boy)</t>
+          <t>Şehit Pınarı - Gökyüzü Dostları 4</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>35</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753895187</t>
+          <t>9799753892963</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Ahlaki Hikayeler</t>
+          <t>Zafer Irmağı - Gökyüzü Dostları 5</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>15</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753895484</t>
+          <t>9789753892896</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bizim Çocuklar</t>
+          <t>Kafesteki Kuş - Emeklerimizin Dili 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>35</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000015491</t>
+          <t>9789753892902</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Edeb Yahu - 1</t>
+          <t>Bir Minarenin Günlüğünden - Emeklerimizin Dili 3</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>24</v>
+        <v>3.48</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753896290</t>
+          <t>9789753892919</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çim Baba</t>
+          <t>Pencere Camları - Emeklerimizin Dili 4</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>3.48</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3990000017188</t>
+          <t>9789753895651</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Muhammed Hamdi Yazır</t>
+          <t>Kanatsız Kelebekler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753892599</t>
+          <t>9799753892956</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu</t>
+          <t>Akbulut Karabulut 3</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50</v>
+        <v>3.48</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753895026</t>
+          <t>9789753896337</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Temel Dini Bilgiler</t>
+          <t>Yeşil Canlar Öykü Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789783891027</t>
+          <t>9789751952110</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Medeniyet</t>
+          <t>Fatiha ve Hucurat Sürelerinin Meal ve Tesfiri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>20</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753896382</t>
+          <t>9789753891202</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Safahat ( Ciltli )</t>
+          <t>Ailede Eğitim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753891332</t>
+          <t>9789753897709</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Babilik ve Bahailik</t>
+          <t>Kuş Sesleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753891479</t>
+          <t>9789753896771</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklarda Dini Duygunun Gelişimi ve Eğitimi</t>
+          <t>Anne Peygamber Nerede</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753891387</t>
+          <t>3990000025526</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İmam Buhari</t>
+          <t>Allah Sevgisi Allah Korkusu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753899406</t>
+          <t>9789753897327</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Roman Boy) (Ciltli)</t>
+          <t>Resimlerle Abdest ve Namaz (Hafız Boy)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753890532</t>
+          <t>9789753895187</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Der Gnadenreiche Koran (Ciltli)</t>
+          <t>Dini ve Ahlaki Hikayeler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753894244</t>
+          <t>9789753895484</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Beşikten Mezara Kırgız Türkleri'nde Gelenek ve İnanışlar</t>
+          <t>Bizim Çocuklar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753890826</t>
+          <t>3990000015491</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kanije Destanı</t>
+          <t>Edeb Yahu - 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789783891479</t>
+          <t>9789753896290</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklarda Dini Duygunun Gelişimi ve Eğitimi</t>
+          <t>Çim Baba</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>6.48</v>
+        <v>80</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753897082</t>
+          <t>3990000017188</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Hatiboğlu Beste Külliyatı (4 Cd+1Dvd) Tasavvufi Eserler - Kar - Beste ve Şarkılar - Saz Eserleri (Ciltli)</t>
+          <t>Elmalılı Muhammed Hamdi Yazır</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753896061</t>
+          <t>9789753892599</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İslamlaşma Sürecinde Türklerin İslam Tasavvuru</t>
+          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753890397</t>
+          <t>9789753895026</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Eğitiminde Dini Motifler</t>
+          <t>Sorulu Cevaplı Temel Dini Bilgiler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753898126</t>
+          <t>9789783891027</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Yolculuk : Mekke-i Mükerreme 2. Cilt</t>
+          <t>İslam ve Medeniyet</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>3990000027649</t>
+          <t>9789753896382</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi (45 Cilt Takım) (Ciltli)</t>
+          <t>Safahat ( Ciltli )</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>3334.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753896429</t>
+          <t>9789753891332</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Öğreniyoruz Öğretici Kitabı</t>
+          <t>Babilik ve Bahailik</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>24</v>
+        <v>60</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753895248</t>
+          <t>9789753891479</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Osmanlı Araştırmaları</t>
+          <t>Okul Öncesi Çocuklarda Dini Duygunun Gelişimi ve Eğitimi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>42</v>
+        <v>50</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753892223</t>
+          <t>9789753891387</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Problemlerine Giriş</t>
+          <t>İmam Buhari</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>16.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753893213</t>
+          <t>9789753899406</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Çiçek</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Roman Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753897174</t>
+          <t>9789753890532</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet Çocuk Padişah</t>
+          <t>Der Gnadenreiche Koran (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753895323</t>
+          <t>9789753894244</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>El-Akidetü'r-Rükniyye Fi Şerhi La İlahe İllallah Muhammedün Resulullah</t>
+          <t>Beşikten Mezara Kırgız Türkleri'nde Gelenek ve İnanışlar</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753893374</t>
+          <t>9789753890826</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Açıklamalı Meali</t>
+          <t>Kanije Destanı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000017907</t>
+          <t>9789783891479</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kültür Değişmeleri ve Batılılaşma Meselesi</t>
+          <t>Okul Öncesi Çocuklarda Dini Duygunun Gelişimi ve Eğitimi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>12.04</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000017906</t>
+          <t>9789753897082</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şems-i Bitlisi - Bitlis'ten Doğan Güneş</t>
+          <t>Ahmed Hatiboğlu Beste Külliyatı (4 Cd+1Dvd) Tasavvufi Eserler - Kar - Beste ve Şarkılar - Saz Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>12</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000022450</t>
+          <t>9789753896061</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Aydede Masalları - 1</t>
+          <t>İslamlaşma Sürecinde Türklerin İslam Tasavvuru</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>15</v>
+        <v>130</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753897860</t>
+          <t>9789753890397</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Acemi Avcı</t>
+          <t>Çocuğun Eğitiminde Dini Motifler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753897877</t>
+          <t>9789753898126</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklara Yolculuk</t>
+          <t>Mukaddes Yolculuk : Mekke-i Mükerreme 2. Cilt</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9799753892130</t>
+          <t>3990000027649</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Misyonerlik Faaliyetleri</t>
+          <t>İslam Ansiklopedisi (45 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>12</v>
+        <v>3334.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9799753891744</t>
+          <t>9789753896429</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Açısından Zekat</t>
+          <t>Dinimizi Öğreniyoruz Öğretici Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753890557</t>
+          <t>9789753895248</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Modern Tıbba Göre İnsanın Yaratılışı</t>
+          <t>Dünden Bugüne Osmanlı Araştırmaları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>50</v>
+        <v>42</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753897518</t>
+          <t>9789753892223</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Gürcüce) (Ciltli)</t>
+          <t>İslam Düşüncesinin Problemlerine Giriş</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>500</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753892537</t>
+          <t>9789753893213</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Cevdet Paşa (1823-1895)</t>
+          <t>Bir Demet Çiçek</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990000017623</t>
+          <t>9789753897174</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bedruddin Ayni</t>
+          <t>Fatih Sultan Mehmet Çocuk Padişah</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>11.6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>3990000017921</t>
+          <t>9789753895323</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda Osmanlı Barışı ve Batı Meselesi</t>
+          <t>El-Akidetü'r-Rükniyye Fi Şerhi La İlahe İllallah Muhammedün Resulullah</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000032537</t>
+          <t>9789753893374</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Dar (Ciltli)</t>
+          <t>Kur'an-ı Kerim Açıklamalı Meali</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753891776</t>
+          <t>3990000017907</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Seni Seven Neylesin</t>
+          <t>Kültür Değişmeleri ve Batılılaşma Meselesi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>390</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753892605</t>
+          <t>3990000017906</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İntroduction to İslam</t>
+          <t>Şems-i Bitlisi - Bitlis'ten Doğan Güneş</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>75</v>
+        <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990000017641</t>
+          <t>3990000022450</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kuş Sesleri Seti (10 Kitap Takım)</t>
+          <t>Aydede Masalları - 1</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>82</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753890181</t>
+          <t>9789753897860</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Dua</t>
+          <t>Acemi Avcı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000017694</t>
+          <t>9789753897877</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ahkamü'l-Kur'ani'l-Kerim Cüz: 1 Cilt: 1 (Ciltli)</t>
+          <t>Kutsal Topraklara Yolculuk</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>20</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753890144</t>
+          <t>9799753892130</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Son İçin</t>
+          <t>Türkiye'de Misyonerlik Faaliyetleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753898119</t>
+          <t>9799753891744</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Yolculuk : Mekke-i Mükerreme 1. Cilt</t>
+          <t>Sosyal Güvenlik Açısından Zekat</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>65</v>
+        <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753890038</t>
+          <t>9789753890557</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hacı Adaylarına Özet Bilgi ve Dualar</t>
+          <t>Kur'an-ı Kerim ve Modern Tıbba Göre İnsanın Yaratılışı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753896733</t>
+          <t>9789753897518</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galip Divanı (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Gürcüce) (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257205757</t>
+          <t>9789753892537</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Teolojik-Politik İnceleme</t>
+          <t>Ahmet Cevdet Paşa (1823-1895)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3996057580448</t>
+          <t>3990000017623</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tahin ile Pekmez Öğrenci Seti 4. Kitap</t>
+          <t>Bedruddin Ayni</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>17.85</v>
+        <v>11.6</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3996057580447</t>
+          <t>3990000017921</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tahin ile Pekmez Öğrenci Seti 5. Kitap</t>
+          <t>Balkanlarda Osmanlı Barışı ve Batı Meselesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>17.85</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257581110</t>
+          <t>3990000032537</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Rika Meşk Kitabı</t>
+          <t>Kitab-ı Dar (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9799753890969</t>
+          <t>9789753891776</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bestami Yazgan Emeklerimizin Dili (5 Kitap Takım)</t>
+          <t>Seni Seven Neylesin</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>17.4</v>
+        <v>390</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>3996057580450</t>
+          <t>9789753892605</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Tahin ile Pekmez Dikkat Etkinlikleri 7. Kitap</t>
+          <t>İntroduction to İslam</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>17.85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753890199</t>
+          <t>3990000017641</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hadiscilerle Kelamcılar Arasındaki Münakaşalar</t>
+          <t>Kuş Sesleri Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>50</v>
+        <v>82</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789751967510</t>
+          <t>9789753890181</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kendi Dilinden FETÖ Örgütlü Bir Din İstismarı</t>
+          <t>Çocuk ve Dua</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753891509</t>
+          <t>3990000017694</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Hz. Muhammed</t>
+          <t>Ahkamü'l-Kur'ani'l-Kerim Cüz: 1 Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>42</v>
+        <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3996057580446</t>
+          <t>9789753890144</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tahin ile Pekmez Öğrenci Seti 1. Kitap</t>
+          <t>Mutlu Bir Son İçin</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>17.85</v>
+        <v>8</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3996057580444</t>
+          <t>9789753898119</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tahin ile Pekmez Öğrenci Seti 2. Kitap</t>
+          <t>Mukaddes Yolculuk : Mekke-i Mükerreme 1. Cilt</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>17.85</v>
+        <v>65</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>3996057580443</t>
+          <t>9789753890038</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tahin ile Pekmez Öğrenci Seti 3. Kitap</t>
+          <t>Hacı Adaylarına Özet Bilgi ve Dualar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>17.85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>8380000000124</t>
+          <t>9789753896733</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim Rahle Boy Prestij Yaldızlı Bilgisayar Hattı (Kutulu) (Ciltli)</t>
+          <t>Şeyh Galip Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>9500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753896849</t>
+          <t>9786257205757</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'de Sevgi ve Merhamet</t>
+          <t>Teolojik-Politik İnceleme</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257069854</t>
+          <t>3996057580448</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Abdest ve Namaz Kitapçığı</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 4. Kitap</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>60</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3995655521115</t>
+          <t>3996057580447</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Et Teshil Şerhu Letaifil İşarat ( Cilt 1 ) (Ciltli)</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 5. Kitap</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753898676</t>
+          <t>9786257581110</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 1. Cilt (Ciltli)</t>
+          <t>Rika Meşk Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753898690</t>
+          <t>9799753890969</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 3. Cilt (Ciltli)</t>
+          <t>Bestami Yazgan Emeklerimizin Dili (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>230</v>
+        <v>17.4</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786254287770</t>
+          <t>3996057580450</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kokar Sabahlarımız</t>
+          <t>Tahin ile Pekmez Dikkat Etkinlikleri 7. Kitap</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254287602</t>
+          <t>9789753890199</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Köstebek?</t>
+          <t>Hadiscilerle Kelamcılar Arasındaki Münakaşalar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254287619</t>
+          <t>9789751967510</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ne Oldu Sana Balık?</t>
+          <t>Kendi Dilinden FETÖ Örgütlü Bir Din İstismarı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254287626</t>
+          <t>9789753891509</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Leylek</t>
+          <t>Alemlere Rahmet Hz. Muhammed</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>42</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254287633</t>
+          <t>3996057580446</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çok Çöp Az Çöp Hiç Çöp</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 1. Kitap</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254287640</t>
+          <t>3996057580444</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hadi Büyü Bebek Domates</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 2. Kitap</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254287657</t>
+          <t>3996057580443</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gidiyorsun Minik Salyangoz?</t>
+          <t>Tahin ile Pekmez Öğrenci Seti 3. Kitap</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>17.85</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254287091</t>
+          <t>8380000000124</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Uçan Paspasım ve Ben</t>
+          <t>Kuran-ı Kerim Rahle Boy Prestij Yaldızlı Bilgisayar Hattı (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>9500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254287237</t>
+          <t>9789753896849</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Keşke Canavarı</t>
+          <t>Hz. Peygamber'de Sevgi ve Merhamet</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254287244</t>
+          <t>9786257069854</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hayır Canavarı</t>
+          <t>Abdest ve Namaz Kitapçığı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254287589</t>
+          <t>3995655521115</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Belki Canavarı</t>
+          <t>Et Teshil Şerhu Letaifil İşarat ( Cilt 1 ) (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254287251</t>
+          <t>9789753898676</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Evet Canavarı</t>
+          <t>Zorlukları Aşarken 1. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786254287572</t>
+          <t>9789753898690</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hemen Canavarı</t>
+          <t>Zorlukları Aşarken 3. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254287824</t>
+          <t>9786254287770</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Seviyorum</t>
+          <t>Portakal Kokar Sabahlarımız</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254288142</t>
+          <t>9786254287602</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Nübüvvet</t>
+          <t>Nereden Çıktı Bu Köstebek?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254287411</t>
+          <t>9786254287619</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Evanjelizmin Yardımsever Yüzü</t>
+          <t>Ne Oldu Sana Balık?</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254287510</t>
+          <t>9786254287626</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Neler Oluyor?</t>
+          <t>Hoş Geldin Leylek</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254287527</t>
+          <t>9786254287633</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Din Dil ve Sanat</t>
+          <t>Çok Çöp Az Çöp Hiç Çöp</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254287541</t>
+          <t>9786254287640</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hicretname</t>
+          <t>Hadi Büyü Bebek Domates</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254287428</t>
+          <t>9786254287657</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Arabam Tahtadan İnerim Rampadan</t>
+          <t>Nereye Gidiyorsun Minik Salyangoz?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254287787</t>
+          <t>9786254287091</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Basitin Poetikası</t>
+          <t>Uçan Paspasım ve Ben</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057580450</t>
+          <t>9786254287237</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bildirisi</t>
+          <t>Keşke Canavarı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753890441</t>
+          <t>9786254287244</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Die Botschaft Des Koran</t>
+          <t>Hayır Canavarı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254287800</t>
+          <t>9786254287589</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yuva Aile Öyküleri</t>
+          <t>Belki Canavarı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254287763</t>
+          <t>9786254287251</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Bastonu</t>
+          <t>Evet Canavarı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786254287381</t>
+          <t>9786254287572</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman ve Karıncalar</t>
+          <t>Hemen Canavarı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786254287466</t>
+          <t>9786254287824</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Şemsiyesi</t>
+          <t>Allah’ı Seviyorum</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786254287077</t>
+          <t>9786254288142</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Korkumu Nasıl Parka Götürdüm?</t>
+          <t>İslam Düşüncesinde Nübüvvet</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786254287480</t>
+          <t>9786254287411</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Öf ve Ke Birleşince</t>
+          <t>Evanjelizmin Yardımsever Yüzü</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254286209</t>
+          <t>9786254287510</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüm ve Ben Yalnızcılık Oynarken</t>
+          <t>Neler Oluyor?</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254287084</t>
+          <t>9786254287527</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sen Hiç Zürafa Gördün Mü?</t>
+          <t>Din Dil ve Sanat</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786254287435</t>
+          <t>9786254287541</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papatyalar</t>
+          <t>Hicretname</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786254287473</t>
+          <t>9786254287428</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Yeni Üyeleri</t>
+          <t>Arabam Tahtadan İnerim Rampadan</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786254287497</t>
+          <t>9786254287787</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sevgimin Rengi</t>
+          <t>Basitin Poetikası</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254287459</t>
+          <t>9786057580450</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Biraz Bekleyelim Mi?</t>
+          <t>Çevre Bildirisi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254287442</t>
+          <t>9789753890441</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İçin Adalet</t>
+          <t>Die Botschaft Des Koran</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786254284533</t>
+          <t>9786254287800</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Başladığı Yere Döner</t>
+          <t>Yuva Aile Öyküleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257205139</t>
+          <t>9786254287763</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Elif Ba'sı Poster 50x70</t>
+          <t>Dedemin Bastonu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9799753894554</t>
+          <t>9786254287381</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 33 (Ciltli)</t>
+          <t>Hz. Süleyman ve Karıncalar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786254287367</t>
+          <t>9786254287466</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor Sebzeler</t>
+          <t>Merhamet Şemsiyesi</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254287374</t>
+          <t>9786254287077</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Annem Hep Yanımda</t>
+          <t>Korkumu Nasıl Parka Götürdüm?</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254358579</t>
+          <t>9786254287480</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ve Domates Endülüs’te Kurtuba Camii</t>
+          <t>Öf ve Ke Birleşince</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786254358722</t>
+          <t>9786254286209</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Poli’nin Ayna Oyunu</t>
+          <t>Üzüntüm ve Ben Yalnızcılık Oynarken</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786254358630</t>
+          <t>9786254287084</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hediye (Ciltli)</t>
+          <t>Sen Hiç Zürafa Gördün Mü?</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254358159</t>
+          <t>9786254287435</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kabe’nin Yolları (Ciltli)</t>
+          <t>Sarı Papatyalar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786254286841</t>
+          <t>9786254287473</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Rabbim</t>
+          <t>Sınıfın Yeni Üyeleri</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786254286858</t>
+          <t>9786254287497</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Duam</t>
+          <t>Sevgimin Rengi</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786254287183</t>
+          <t>9786254287459</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Tesisün Nezair Medârul Usul (Ciltli)</t>
+          <t>Biraz Bekleyelim Mi?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786254286650</t>
+          <t>9786254287442</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal ve Sosyal Davranış Bilgileri</t>
+          <t>Mutluluk İçin Adalet</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254284854</t>
+          <t>9786254284533</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İlk Yapboz Kitabım Taşıtlar (Ciltli)</t>
+          <t>Her Şey Başladığı Yere Döner</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786254284809</t>
+          <t>9786257205139</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Poster Kitap Deniz (Ciltli)</t>
+          <t>Kur'an Elif Ba'sı Poster 50x70</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>400</v>
+        <v>105</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786254284816</t>
+          <t>9799753894554</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Poster Kitap Çiftlik (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 33 (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786254284823</t>
+          <t>9786254287367</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Poster Kitap Orman (Ciltli)</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor Sebzeler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786254284830</t>
+          <t>9786254287374</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yapboz Poster Kitap Mevsimler (Ciltli)</t>
+          <t>Annem Hep Yanımda</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786254284984</t>
+          <t>9786254358579</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Hisset Denizde Yaşam (Ciltli)</t>
+          <t>Zeynep ve Domates Endülüs’te Kurtuba Camii</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>600</v>
+        <v>65</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254284977</t>
+          <t>9786254358722</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Hisset Karada Yaşam (Ciltli)</t>
+          <t>Poli’nin Ayna Oyunu</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254284885</t>
+          <t>9786254358630</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Dokun Dinle Aslan (Ciltli)</t>
+          <t>En Güzel Hediye (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>450</v>
+        <v>215</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786254284861</t>
+          <t>9786254358159</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dokun Dinle Kedi (Ciltli)</t>
+          <t>Kabe’nin Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786254284892</t>
+          <t>9786254286841</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dokun Dinle Koyun (Ciltli)</t>
+          <t>Rabbim</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786254284878</t>
+          <t>9786254286858</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dokun Dinle Civciv (Ciltli)</t>
+          <t>Duam</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786254285998</t>
+          <t>9786254287183</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Çocuk Olacağım</t>
+          <t>Tesisün Nezair Medârul Usul (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>190</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786254285691</t>
+          <t>9786254286650</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Cevher - Şahsiyet Öyküleri</t>
+          <t>Kurumsal ve Sosyal Davranış Bilgileri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789753898225</t>
+          <t>9786254284854</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber Hz. Muhammed Siyer-i Nebi</t>
+          <t>İlk Yapboz Kitabım Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786254282348</t>
+          <t>9786254284809</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Roman Boy Kırmızı (Ciltli)</t>
+          <t>Yapboz Poster Kitap Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786254282362</t>
+          <t>9786254284816</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Roman Boy Beyaz (Ciltli)</t>
+          <t>Yapboz Poster Kitap Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786254282331</t>
+          <t>9786254284823</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Roman Boy Yeşil (Ciltli)</t>
+          <t>Yapboz Poster Kitap Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786254281488</t>
+          <t>9786254284830</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabı - Adım Adım İyilik</t>
+          <t>Yapboz Poster Kitap Mevsimler (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254281198</t>
+          <t>9786254284984</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Dile Gelen Dualar</t>
+          <t>Dokun ve Hisset Denizde Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258146387</t>
+          <t>9786254284977</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Renkli Bilgisayar Hattı Ali El Kari İmlası (Pembe)</t>
+          <t>Dokun ve Hisset Karada Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>430</v>
+        <v>600</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258146370</t>
+          <t>9786254284885</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Renkli Bilgisayar Hattı Ali El Kari İmlası (Mavi)</t>
+          <t>Dokun Dinle Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>430</v>
+        <v>450</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>8380000000271</t>
+          <t>9786254284861</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Kutulu Hafız Boy Kuranı Kerim Ay Yıldız Nakışlı (Ciltli)</t>
+          <t>Dokun Dinle Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>3250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257672665</t>
+          <t>9786254284892</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Abdest Namaz Kitapçığı - Küçük Boy Japonca</t>
+          <t>Dokun Dinle Koyun (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258023312</t>
+          <t>9786254284878</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Büyük Dua Kitabı (Ciltli)</t>
+          <t>Dokun Dinle Civciv (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>485</v>
+        <v>450</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>8380000000243</t>
+          <t>9786254285998</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Vizon</t>
+          <t>Büyüyünce Çocuk Olacağım</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>700</v>
+        <v>190</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>8380000000244</t>
+          <t>9786254285691</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Siyah</t>
+          <t>Cevher - Şahsiyet Öyküleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>8380000000207</t>
+          <t>9789753898225</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Vizon</t>
+          <t>Son Peygamber Hz. Muhammed Siyer-i Nebi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>8380000000205</t>
+          <t>9786254282348</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Lacivert</t>
+          <t>Kur'an-ı Kerim Renkli Roman Boy Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>900</v>
+        <v>380</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>8380000000236</t>
+          <t>9786254282362</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Gold</t>
+          <t>Kur'an-ı Kerim Renkli Roman Boy Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>8380000000208</t>
+          <t>9786254282331</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Siyah</t>
+          <t>Kur'an-ı Kerim Renkli Roman Boy Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>900</v>
+        <v>380</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>8380000000214</t>
+          <t>9786254281488</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Siyah</t>
+          <t>Tatil Kitabı - Adım Adım İyilik</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>900</v>
+        <v>245</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>8380000000232</t>
+          <t>9786254281198</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Pudra Pembe</t>
+          <t>Gönülden Dile Gelen Dualar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>900</v>
+        <v>190</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257581202</t>
+          <t>9786258146387</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler 12 Kitap Set</t>
+          <t>Kuranı Kerim Orta Boy Renkli Bilgisayar Hattı Ali El Kari İmlası (Pembe)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257205214</t>
+          <t>9786258146370</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kalbime Bir Kuş Kondu</t>
+          <t>Kuranı Kerim Orta Boy Renkli Bilgisayar Hattı Ali El Kari İmlası (Mavi)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257581950</t>
+          <t>8380000000271</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Papatya ve Yeğenleri</t>
+          <t>Ahşap Kutulu Hafız Boy Kuranı Kerim Ay Yıldız Nakışlı (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>260</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258023596</t>
+          <t>9786257672665</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tecvid El Kitabı</t>
+          <t>Abdest Namaz Kitapçığı - Küçük Boy Japonca</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257672610</t>
+          <t>9786258023312</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Anshaxa Shaqada Ee Islaamka İlahiyatçılık ve Din Görevliliği Meslek Ahlakı Somalice</t>
+          <t>Açıklamalı Büyük Dua Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>485</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258023275</t>
+          <t>8380000000243</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri Set 2 Japonca 5 Kitap</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Vizon</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257205221</t>
+          <t>8380000000244</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 1 Seri 5 Kitap Takım Japonca</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Siyah</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257581929</t>
+          <t>8380000000207</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın İnanç Dünyası Japonca</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Vizon</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789753899017</t>
+          <t>8380000000205</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy Zarif) (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Lacivert</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786058161818</t>
+          <t>8380000000236</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy) - Renkli Kuşe Bilgisayar Hattı Ali El Kari İmlası (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Gold</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057580368</t>
+          <t>8380000000208</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İyilik Bahçesi - Peygamberimizin Anlattığı Hikayeler</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Siyah</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>900</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789753898171</t>
+          <t>8380000000214</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali (Cep Boy Metinsiz- Plastik Kapak) - İki Farklı Renkte</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Siyah</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>270</v>
+        <v>900</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789753897334</t>
+          <t>8380000000232</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meal (Fransızca) (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Pudra Pembe</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789753890694</t>
+          <t>9786257581202</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Hadis Terimleri Sözlüğü</t>
+          <t>Kardeş Şehirler 12 Kitap Set</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>340</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789753897464</t>
+          <t>9786257205214</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Açıdan Namaz ve Namaz Psikolojisi</t>
+          <t>Kalbime Bir Kuş Kondu</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789753897693</t>
+          <t>9786257581950</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İbn Nefis'te İnsanın Zihinsel Tekamülü</t>
+          <t>Papatya ve Yeğenleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789753899048</t>
+          <t>9786258023596</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Aynur Çimenlekesi ve Pek Sıradan Ailesi</t>
+          <t>Tecvid El Kitabı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789753898164</t>
+          <t>9786257672610</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Anshaxa Shaqada Ee Islaamka İlahiyatçılık ve Din Görevliliği Meslek Ahlakı Somalice</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789753897365</t>
+          <t>9786258023275</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kur'an Kursları Etkinlik Kitabı</t>
+          <t>Allahın Güzel İsimleri Set 2 Japonca 5 Kitap</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>85</v>
+        <v>700</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789753896641</t>
+          <t>9786257205221</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l-İrşad</t>
+          <t>Allahın Güzel İsimleri 1 Seri 5 Kitap Takım Japonca</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789753895644</t>
+          <t>9786257581929</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Öğütler (Ciltli)</t>
+          <t>Müslümanın İnanç Dünyası Japonca</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789753890007</t>
+          <t>9789753899017</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Nüzulünden Günümüze Kur'an-ı Kerim Bilgileri</t>
+          <t>Kur'an-ı Kerim (Rahle Boy Zarif) (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786056866968</t>
+          <t>9786058161818</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Saray Bosna - Bir Rüyanın Başkenti</t>
+          <t>Kur'an-ı Kerim (Rahle Boy) - Renkli Kuşe Bilgisayar Hattı Ali El Kari İmlası (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>165</v>
+        <v>550</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789753897471</t>
+          <t>9786057580368</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'dan Mesajlar (Ciltli)</t>
+          <t>İyilik Bahçesi - Peygamberimizin Anlattığı Hikayeler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789753893893</t>
+          <t>9789753898171</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Kur'an-ı Kerim Meali (Cep Boy Metinsiz- Plastik Kapak) - İki Farklı Renkte</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789753895071</t>
+          <t>9789753897334</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Anlamak Kırk Ayet ve Yorumu</t>
+          <t>Kur'an-ı Kerim Meal (Fransızca) (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>390</v>
+        <v>800</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789753895538</t>
+          <t>9789753890694</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş-ı Veli</t>
+          <t>Ansiklopedik Hadis Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789753895446</t>
+          <t>9789753897464</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Molla Hüsrev</t>
+          <t>Psikolojik Açıdan Namaz ve Namaz Psikolojisi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789753891196</t>
+          <t>9789753897693</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Niyazi-i Mısri</t>
+          <t>İbn Nefis'te İnsanın Zihinsel Tekamülü</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789753891134</t>
+          <t>9789753899048</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Adem</t>
+          <t>Aynur Çimenlekesi ve Pek Sıradan Ailesi</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789753891707</t>
+          <t>9789753898164</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı M. Hamdi Yazır Gözüyle : Vakıflar (Ciltli)</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789753897297</t>
+          <t>9789753897365</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest ve Namaz (Cep Boy)</t>
+          <t>Yaz Kur'an Kursları Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789753899086</t>
+          <t>9789753896641</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Kitabü'l-İrşad</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789753896917</t>
+          <t>9789753895644</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Hisbe Teşkilatı</t>
+          <t>Kur'an'dan Öğütler (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>100</v>
+        <v>440</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789753896009</t>
+          <t>9789753890007</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Ardında</t>
+          <t>Nüzulünden Günümüze Kur'an-ı Kerim Bilgileri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789753895675</t>
+          <t>9786056866968</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bacadaki Salıncak</t>
+          <t>Saray Bosna - Bir Rüyanın Başkenti</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>50</v>
+        <v>165</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789753896962</t>
+          <t>9789753897471</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Görgülü Kuşlar Gördüğünü İşler</t>
+          <t>Kur'an'dan Mesajlar (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057580535</t>
+          <t>9789753893893</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur'an-ı Kerim Elif - Ba'sı</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>65</v>
+        <v>320</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789753898478</t>
+          <t>9789753895071</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Selam</t>
+          <t>Kur'an-ı Anlamak Kırk Ayet ve Yorumu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789753898430</t>
+          <t>9789753895538</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Seçil</t>
+          <t>Hacı Bektaş-ı Veli</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789753894838</t>
+          <t>9789753895446</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Şehri Medine-i Münevvere</t>
+          <t>Molla Hüsrev</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>270</v>
+        <v>85</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789753895804</t>
+          <t>9789753891196</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiirinde Mevlana Övgüleri ve Mevlevîlik Unsurları</t>
+          <t>Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>420</v>
+        <v>85</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789753894876</t>
+          <t>9789753891134</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türklerinde Arapça Tarih Yazıcılığı</t>
+          <t>Hazreti Adem</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789753899604</t>
+          <t>9789753891707</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Açıklamalı Meali (Orta Boy Metinsiz) (Ciltli)</t>
+          <t>Elmalılı M. Hamdi Yazır Gözüyle : Vakıflar (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789753896702</t>
+          <t>9789753897297</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Uluslararası Andlaşmalar</t>
+          <t>Resimlerle Abdest ve Namaz (Cep Boy)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>135</v>
+        <v>85</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257205955</t>
+          <t>9789753899086</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'den Ayetler ve İlmi Gerçekler</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>8380000000061</t>
+          <t>9789753896917</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Naatlar</t>
+          <t>Endülüs'te Hisbe Teşkilatı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789753895699</t>
+          <t>9789753896009</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Güneşin Ardında</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789753896047</t>
+          <t>9789753895675</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber</t>
+          <t>Bacadaki Salıncak</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789753897839</t>
+          <t>9789753896962</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Başaran Kardeşler İş Başında</t>
+          <t>Görgülü Kuşlar Gördüğünü İşler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789753890656</t>
+          <t>9786057580535</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Arasındaki Farklar</t>
+          <t>Tecvidli Kur'an-ı Kerim Elif - Ba'sı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>320</v>
+        <v>65</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789753897969</t>
+          <t>9789753898478</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Selam</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789753898133</t>
+          <t>9789753898430</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Cibril Hadisi ve İslam Düşüncesine Yansımaları</t>
+          <t>Seçil</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789753892025</t>
+          <t>9789753894838</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bursalı Mehmet Tahir Bey ve Türklerin Ulum ve Fününa Hizmetleri</t>
+          <t>Peygamber Şehri Medine-i Münevvere</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>40</v>
+        <v>270</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789753898140</t>
+          <t>9789753895804</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kelam Atomculuğu ve Modern Kozmoloji</t>
+          <t>Osmanlı Şiirinde Mevlana Övgüleri ve Mevlevîlik Unsurları</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789753892551</t>
+          <t>9789753894876</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yurtdışı Camiler Albümü (Ciltli)</t>
+          <t>Osmanlı Türklerinde Arapça Tarih Yazıcılığı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789753894180</t>
+          <t>9789753899604</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Üstad-ı Hayat 2</t>
+          <t>Kuranı Kerim Açıklamalı Meali (Orta Boy Metinsiz) (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789753897525</t>
+          <t>9789753896702</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kur'an Kursu Öğreticilerinde İş ve Aile Hayatının Dengelenmesi</t>
+          <t>İslam Hukukunda Uluslararası Andlaşmalar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789753895873</t>
+          <t>9786257205955</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İmam Zeyd B. Ali</t>
+          <t>Kur'an-ı Kerim'den Ayetler ve İlmi Gerçekler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789753893336</t>
+          <t>8380000000061</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Işığında Kadın</t>
+          <t>Naatlar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789753892476</t>
+          <t>9789753895699</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürü ve Toplumsal Ekonomik Değişim</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>65</v>
+        <v>270</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789753897822</t>
+          <t>9789753896047</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Umre El Kitabı</t>
+          <t>Hz. Peygamber</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789753897303</t>
+          <t>9789753897839</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Akan İlahi Aşk Nağmeleri ve Kur'an Ahlakı</t>
+          <t>Başaran Kardeşler İş Başında</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789753890380</t>
+          <t>9789753890656</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Derviş Dedenin Dilinden İbadet İlkeleri</t>
+          <t>Mezhepler Arasındaki Farklar</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>85</v>
+        <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789753892520</t>
+          <t>9789753897969</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Çöküş Öncesi Sovyetler Birliği'nde İslamiyet ve Müslümanlar</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789753897907</t>
+          <t>9789753898133</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Fahri Kainat Efendimiz 2</t>
+          <t>Cibril Hadisi ve İslam Düşüncesine Yansımaları</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789753897891</t>
+          <t>9789753892025</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Fahr-i Kainat Efendimiz 1</t>
+          <t>Bursalı Mehmet Tahir Bey ve Türklerin Ulum ve Fününa Hizmetleri</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>390</v>
+        <v>40</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789753896863</t>
+          <t>9789753898140</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bahadır Kuzu Çobanı</t>
+          <t>Kelam Atomculuğu ve Modern Kozmoloji</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>50</v>
+        <v>420</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789753896030</t>
+          <t>9789753892551</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Martıları Evcilleştiren Şairler: Şeyh Yahya Efendi Şeyhülislam Yahya Efendi</t>
+          <t>Yurtdışı Camiler Albümü (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789753896870</t>
+          <t>9789753894180</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Duası</t>
+          <t>Üstad-ı Hayat 2</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>50</v>
+        <v>390</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789753896191</t>
+          <t>9789753897525</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Hak Çalabım</t>
+          <t>Kadın Kur'an Kursu Öğreticilerinde İş ve Aile Hayatının Dengelenmesi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789753890786</t>
+          <t>9789753895873</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Dini Temeli</t>
+          <t>İmam Zeyd B. Ali</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789753892216</t>
+          <t>9789753893336</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türkler - Karakterleri, Terbiyeleri ve Müesseseleri</t>
+          <t>İslam'ın Işığında Kadın</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789753896269</t>
+          <t>9789753892476</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Bahçemdeki Anadolu</t>
+          <t>İslam Kültürü ve Toplumsal Ekonomik Değişim</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789753897686</t>
+          <t>9789753897822</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Su ve Ateş</t>
+          <t>Hac ve Umre El Kitabı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789753898249</t>
+          <t>9789753897303</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hz. Safvan Bin Muattal</t>
+          <t>Gönülden Akan İlahi Aşk Nağmeleri ve Kur'an Ahlakı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789753892391</t>
+          <t>9789753890380</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Leyl ü Nehar Aşk</t>
+          <t>Derviş Dedenin Dilinden İbadet İlkeleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789753893534</t>
+          <t>9789753892520</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kültür Değişmeleri ve Batılılaşma Meselesi</t>
+          <t>Çöküş Öncesi Sovyetler Birliği'nde İslamiyet ve Müslümanlar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789753898522</t>
+          <t>9789753897907</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Adıyamanlı Divan Şairleri ve Şiirleri</t>
+          <t>Fahri Kainat Efendimiz 2</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257069526</t>
+          <t>9789753897891</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Initiation A L'Islam</t>
+          <t>Fahr-i Kainat Efendimiz 1</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789753894074</t>
+          <t>9789753896863</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örnek Hz. Peygamber</t>
+          <t>Bahadır Kuzu Çobanı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789753897402</t>
+          <t>9789753896030</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Ortaya Çıktığı Dönemde Arap Yarımadası'nda Hıristiyanlık</t>
+          <t>Martıları Evcilleştiren Şairler: Şeyh Yahya Efendi Şeyhülislam Yahya Efendi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789753896900</t>
+          <t>9789753896870</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Münacat</t>
+          <t>Kelebek Duası</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789753897150</t>
+          <t>9789753896191</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy-2 Renkli) Aliyyü'l-Kari-Tarz (Ciltli)</t>
+          <t>Hak Çalabım</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>400</v>
+        <v>85</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789753895927</t>
+          <t>9789753890786</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Milleti</t>
+          <t>Ahlakın Dini Temeli</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>50</v>
+        <v>155</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789753894197</t>
+          <t>9789753892216</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Hafız Boy) (Ciltli)</t>
+          <t>Türkler - Karakterleri, Terbiyeleri ve Müesseseleri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789753895880</t>
+          <t>9789753896269</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina ve Bilim</t>
+          <t>Bahçemdeki Anadolu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>195</v>
+        <v>50</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789753896238</t>
+          <t>9789753897686</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Su ve Ateş</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789753894210</t>
+          <t>9789753898249</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Gençlik</t>
+          <t>Hz. Safvan Bin Muattal</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789753893657</t>
+          <t>9789753892391</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'e Göre Hz. Peygamber'in Örnek Hayatı</t>
+          <t>Leyl ü Nehar Aşk</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789753894487</t>
+          <t>9789753893534</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 21 (Ciltli)</t>
+          <t>Kültür Değişmeleri ve Batılılaşma Meselesi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789753894494</t>
+          <t>9789753898522</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 22 (Ciltli)</t>
+          <t>Adıyamanlı Divan Şairleri ve Şiirleri</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789753897549</t>
+          <t>9786257069526</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 43 (Ciltli)</t>
+          <t>Initiation A L'Islam</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789753894388</t>
+          <t>9789753894074</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 11 (Ciltli)</t>
+          <t>En Güzel Örnek Hz. Peygamber</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789753894456</t>
+          <t>9789753897402</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 18 (Ciltli)</t>
+          <t>İslam'ın Ortaya Çıktığı Dönemde Arap Yarımadası'nda Hıristiyanlık</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>650</v>
+        <v>245</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789753894401</t>
+          <t>9789753896900</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 13 (Ciltli)</t>
+          <t>Türk Edebiyatında Münacat</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789753894395</t>
+          <t>9789753897150</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 12 (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Orta Boy-2 Renkli) Aliyyü'l-Kari-Tarz (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789753894586</t>
+          <t>9789753895927</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 31 (Ciltli)</t>
+          <t>Çocuk Milleti</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>650</v>
+        <v>50</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789753894357</t>
+          <t>9789753894197</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 8 (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789753894333</t>
+          <t>9789753895880</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 6 (Ciltli)</t>
+          <t>İbn Sina ve Bilim</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>650</v>
+        <v>195</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789753894326</t>
+          <t>9789753896238</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 5 (Ciltli)</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789753894432</t>
+          <t>9789753894210</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 16 (Ciltli)</t>
+          <t>Aile ve Gençlik</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789753894371</t>
+          <t>9789753893657</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 10 (Ciltli)</t>
+          <t>Kur'an-ı Kerim'e Göre Hz. Peygamber'in Örnek Hayatı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>650</v>
+        <v>75</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789753894081</t>
+          <t>9789753894487</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 27 (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 21 (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789753894142</t>
+          <t>9789753894494</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 28 (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 22 (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789753893077</t>
+          <t>9789753897549</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Hayat</t>
+          <t>İslam Ansiklopedisi Cilt: 43 (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>75</v>
+        <v>650</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789753891431</t>
+          <t>9789753894388</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Hasan Basri Çantay</t>
+          <t>İslam Ansiklopedisi Cilt: 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789753897921</t>
+          <t>9789753894456</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Meali (Metinsiz, Plastik Kapak, Hafız Boy) - İki Farklı Renkte</t>
+          <t>İslam Ansiklopedisi Cilt: 18 (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789753894173</t>
+          <t>9789753894401</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Üstad-ı Hayat</t>
+          <t>İslam Ansiklopedisi Cilt: 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789753897440</t>
+          <t>9789753894395</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli / Avucumdaki Hasat</t>
+          <t>İslam Ansiklopedisi Cilt: 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753896399</t>
+          <t>9789753894586</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Edeb Yahu - 2</t>
+          <t>İslam Ansiklopedisi Cilt: 31 (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753896252</t>
+          <t>9789753894357</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Güzel Son</t>
+          <t>İslam Ansiklopedisi Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>50</v>
+        <v>650</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>8380000000089</t>
+          <t>9789753894333</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Karıncalar 1: Halter Turnuvası Seti (7 Kitap Takım)</t>
+          <t>İslam Ansiklopedisi Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789753890816</t>
+          <t>9789753894326</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Ve Açıklamalı Meali (Orta Boy) (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789753894685</t>
+          <t>9789753894432</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Artık Solmasın</t>
+          <t>İslam Ansiklopedisi Cilt: 16 (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753894869</t>
+          <t>9789753894371</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Şehidin Babası</t>
+          <t>İslam Ansiklopedisi Cilt: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>65</v>
+        <v>650</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753896726</t>
+          <t>9789753894081</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Emevi Devleti'nin Dönüm Noktası Abdülmelik Bin Mervan</t>
+          <t>İslam Ansiklopedisi Cilt: 27 (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753892339</t>
+          <t>9789753894142</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Er-Risale</t>
+          <t>İslam Ansiklopedisi Cilt: 28 (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753890564</t>
+          <t>9789753893077</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya'dan Anadolu'ya Göçler</t>
+          <t>Bilim ve Hayat</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257581462</t>
+          <t>9789753891431</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bana Ne Diyor? Yaşa Diyor</t>
+          <t>Hasan Basri Çantay</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257581080</t>
+          <t>9789753897921</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İslam İlmihali 1-2 Cilt (Ciltli)</t>
+          <t>Kur'an-ı Kerim Meali (Metinsiz, Plastik Kapak, Hafız Boy) - İki Farklı Renkte</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>3900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257672771</t>
+          <t>9789753894173</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Üstad-ı Hayat</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753894982</t>
+          <t>9789753897440</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Cabbar Kulu (Ciltli)</t>
+          <t>Hacı Bayram-ı Veli / Avucumdaki Hasat</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>620</v>
+        <v>100</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753894067</t>
+          <t>9789753896399</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 26 (Ciltli)</t>
+          <t>Edeb Yahu - 2</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753894500</t>
+          <t>9789753896252</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 23 (Ciltli)</t>
+          <t>Güzel Son</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>650</v>
+        <v>50</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753894517</t>
+          <t>8380000000089</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 24 (Ciltli)</t>
+          <t>Mutlu Karıncalar 1: Halter Turnuvası Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753893305</t>
+          <t>9789753890816</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Kur'an-ı Kerim Ve Açıklamalı Meali (Orta Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753890847</t>
+          <t>9789753894685</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İslami Kaynaklara Göre Peygamberler</t>
+          <t>Çiçekler Artık Solmasın</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753896887</t>
+          <t>9789753894869</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-Name</t>
+          <t>Şehidin Babası</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>500</v>
+        <v>65</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753894104</t>
+          <t>9789753896726</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kopah - (Rusça Kur'an-ı Kerim Meali) (Ciltli)</t>
+          <t>Emevi Devleti'nin Dönüm Noktası Abdülmelik Bin Mervan</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>800</v>
+        <v>375</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753896153</t>
+          <t>9789753892339</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Örnek Bir Lider Hz. Peygamber</t>
+          <t>Er-Risale</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753895668</t>
+          <t>9789753890564</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 36 (Ciltli)</t>
+          <t>Kafkasya'dan Anadolu'ya Göçler</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>650</v>
+        <v>65</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753894579</t>
+          <t>9786257581462</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 35 (Ciltli)</t>
+          <t>Kur’an Bana Ne Diyor? Yaşa Diyor</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>650</v>
+        <v>330</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753895897</t>
+          <t>9786257581080</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 37 (Ciltli)</t>
+          <t>İslam İlmihali 1-2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>650</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753894036</t>
+          <t>9786257672771</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 25 (Ciltli)</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753897310</t>
+          <t>9789753894982</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest ve Namaz (Orta Boy)</t>
+          <t>Kitab-ı Cabbar Kulu (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>135</v>
+        <v>620</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753896559</t>
+          <t>9789753894067</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yavru Dev - Şifa Çiçeği 4</t>
+          <t>İslam Ansiklopedisi Cilt: 26 (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753892209</t>
+          <t>9789753894500</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İmam Ali</t>
+          <t>İslam Ansiklopedisi Cilt: 23 (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>85</v>
+        <v>650</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057580832</t>
+          <t>9789753894517</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bana Ne Diyor? Oku Diyor (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 24 (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>330</v>
+        <v>650</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057580382</t>
+          <t>9789753893305</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bana Ne Diyor? Anla Diyor (Ciltli)</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753896719</t>
+          <t>9789753890847</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Sinan Paşa - Yakarışlar Kitabı (Tazarru'name)</t>
+          <t>İslami Kaynaklara Göre Peygamberler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>620</v>
+        <v>140</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789753892469</t>
+          <t>9789753896887</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Rus Yayılmacılığının Tarihi Kökenleri</t>
+          <t>Mevlid-Name</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>50</v>
+        <v>500</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057580597</t>
+          <t>9789753894104</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sureler ve Dualar Yasin Tebareke Amme Cuma Fetih Türkçe Anlamları</t>
+          <t>Kopah - (Rusça Kur'an-ı Kerim Meali) (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789753890533</t>
+          <t>9789753896153</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Der Gnadenreiche Koran Almanca Kur'an-ı Kerim Meali (Ciltli)</t>
+          <t>Örnek Bir Lider Hz. Peygamber</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>900</v>
+        <v>130</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753898607</t>
+          <t>9789753895668</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 3. Cilt (Karton Kapak)</t>
+          <t>İslam Ansiklopedisi Cilt: 36 (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786050304862</t>
+          <t>9789753894579</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Din ü Devlet Mülk ü Millet Bir Ömrün Hikayesi</t>
+          <t>İslam Ansiklopedisi Cilt: 35 (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>90</v>
+        <v>650</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786058686908</t>
+          <t>9789753895897</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Necmettin Nursaçan</t>
+          <t>İslam Ansiklopedisi Cilt: 37 (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254283246</t>
+          <t>9789753894036</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 25 (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254283253</t>
+          <t>9789753897310</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali</t>
+          <t>Resimlerle Abdest ve Namaz (Orta Boy)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>650</v>
+        <v>135</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786254282782</t>
+          <t>9789753896559</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Sıvama Cilt Yeşil ) (Ciltli)</t>
+          <t>Yavru Dev - Şifa Çiçeği 4</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786254282775</t>
+          <t>9789753892209</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Sıvama Cilt Kahverengi ) (Ciltli)</t>
+          <t>İmam Ali</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>650</v>
+        <v>85</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789753893091</t>
+          <t>9786057580832</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı'nın Tahlili</t>
+          <t>Kur’an Bana Ne Diyor? Oku Diyor (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789753898393</t>
+          <t>9786057580382</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İman İbadet Sohbetler</t>
+          <t>Kur’an Bana Ne Diyor? Anla Diyor (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>500</v>
+        <v>330</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786056866913</t>
+          <t>9789753896719</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet (Ciltli)</t>
+          <t>Sinan Paşa - Yakarışlar Kitabı (Tazarru'name)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>900</v>
+        <v>620</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789753894548</t>
+          <t>9789753892469</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 32 (Ciltli)</t>
+          <t>Rus Yayılmacılığının Tarihi Kökenleri</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>650</v>
+        <v>50</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057580351</t>
+          <t>9786057580597</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Manilerle Ramazan</t>
+          <t>Sureler ve Dualar Yasin Tebareke Amme Cuma Fetih Türkçe Anlamları</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786254287121</t>
+          <t>9789753890533</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Oryantalizmin Ötesinde Batıda Hadis ve İslâm Araştırmaları Üzerine Söyleşiler</t>
+          <t>Der Gnadenreiche Koran Almanca Kur'an-ı Kerim Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786254287053</t>
+          <t>9789753898607</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Batıda Hadis Araştırmaları</t>
+          <t>Zorlukları Aşarken 3. Cilt (Karton Kapak)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>520</v>
+        <v>350</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786254287213</t>
+          <t>9786050304862</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Din ve Din Adamları</t>
+          <t>Din ü Devlet Mülk ü Millet Bir Ömrün Hikayesi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786254287268</t>
+          <t>9786058686908</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sudan Hikayeler</t>
+          <t>Necmettin Nursaçan</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786254287220</t>
+          <t>9786254283246</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Arkasındaki Dostluk Öyle Değil Şöyle Hz. Fatıma</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786254286940</t>
+          <t>9786254283253</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Hicaz ve Suriye Hatırası</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>1200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786254287275</t>
+          <t>9786254282782</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işığı 4 - Karşılaştırmalı Metinler</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Sıvama Cilt Yeşil ) (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786254287176</t>
+          <t>9786254282775</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Ardındaki Dostluk Hz. Ümmü Gülsüm</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Sıvama Cilt Kahverengi ) (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786254287145</t>
+          <t>9789753893091</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ben Necmeddin Okyay</t>
+          <t>İstiklal Marşı'nın Tahlili</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254287282</t>
+          <t>9789753898393</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Huzura Kavuşturan Kurallar Kitabı</t>
+          <t>İman İbadet Sohbetler</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786254287060</t>
+          <t>9786056866913</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Masal Kitabı</t>
+          <t>Divan-ı Hikmet (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786254286810</t>
+          <t>9789753894548</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Çağının Mutlu Çocukları Üsame Bin Zeyd</t>
+          <t>İslam Ansiklopedisi Cilt: 32 (Ciltli)</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786254286834</t>
+          <t>9786057580351</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Çağının Mutlu Çocukları Hz. Ali</t>
+          <t>Manilerle Ramazan</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786254287039</t>
+          <t>9786254287121</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İlmihali (Ciltli)</t>
+          <t>Oryantalizmin Ötesinde Batıda Hadis ve İslâm Araştırmaları Üzerine Söyleşiler</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786254286735</t>
+          <t>9786254287053</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Üç Mescit</t>
+          <t>Batıda Hadis Araştırmaları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>190</v>
+        <v>520</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786254286537</t>
+          <t>9786254287213</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Karşılıklı Meali 30 Cüz Orta Boy Yeşil Kare Kodlu</t>
+          <t>Atatürk Din ve Din Adamları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>1700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786254286490</t>
+          <t>9786254287268</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy 30 Cüz Yeşil Çanta Kare Kodlu</t>
+          <t>Sudan Hikayeler</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>1500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786254286520</t>
+          <t>9786254287220</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Açıklamalı Meali 30 Cüz Rahle Boy Lacivert Kare Kodlu</t>
+          <t>Perdenin Arkasındaki Dostluk Öyle Değil Şöyle Hz. Fatıma</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>2100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786254286513</t>
+          <t>9786254286940</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Rahle Boy 30 Cüz Siyah Çanta Kare Kodlu</t>
+          <t>Hicaz ve Suriye Hatırası</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>1900</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786254287336</t>
+          <t>9786254287275</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre Aile</t>
+          <t>Doğu Işığı 4 - Karşılaştırmalı Metinler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786254287190</t>
+          <t>9786254287176</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hac Ve Umre Defteri</t>
+          <t>Perdenin Ardındaki Dostluk Hz. Ümmü Gülsüm</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786254282652</t>
+          <t>9786254287145</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kur’ân-ı Kerim Açıklamalı Meali Cep Boy (Metinsiz ) (Ciltli)</t>
+          <t>Ben Necmeddin Okyay</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753896221</t>
+          <t>9786254287282</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Fütüvvetname-i Tarikat (Ciltli)</t>
+          <t>Huzura Kavuşturan Kurallar Kitabı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786254287046</t>
+          <t>9786254287060</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Teşekkül Döneminde Nişaburda Tasavvuf</t>
+          <t>Asya’nın Masal Kitabı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786254286971</t>
+          <t>9786254286810</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun’da Peygamber Tasavvuru</t>
+          <t>Peygamber Çağının Mutlu Çocukları Üsame Bin Zeyd</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786254287206</t>
+          <t>9786254286834</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Takip Et Sahabeye Uzanan Hikayeler</t>
+          <t>Peygamber Çağının Mutlu Çocukları Hz. Ali</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254286681</t>
+          <t>9786254287039</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>O Günleri Hatırla Sahabeye Uzanan Öyküler</t>
+          <t>Çocuk İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786254358531</t>
+          <t>9786254286735</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Ailemiz ve Sosyal İlişkilerimiz</t>
+          <t>Kalbimdeki Üç Mescit</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786254286988</t>
+          <t>9786254286537</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Garip Yolcu</t>
+          <t>Kuranı Kerim ve Karşılıklı Meali 30 Cüz Orta Boy Yeşil Kare Kodlu</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>180</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786254287107</t>
+          <t>9786254286490</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı'nın Tahlili</t>
+          <t>Kuranı Kerim Orta Boy 30 Cüz Yeşil Çanta Kare Kodlu</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>280</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786257205528</t>
+          <t>9786254286520</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Abdest Ve Namaz Kitapçığı</t>
+          <t>Kuranı Kerim ve Açıklamalı Meali 30 Cüz Rahle Boy Lacivert Kare Kodlu</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>50</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786254286896</t>
+          <t>9786254286513</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisi İle 365 Gün (2)</t>
+          <t>Kuranı Kerim Rahle Boy 30 Cüz Siyah Çanta Kare Kodlu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>900</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254286766</t>
+          <t>9786254287336</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Acayip Hayvanları Haliçte Bir Ahtapot</t>
+          <t>Bize Göre Aile</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786254286919</t>
+          <t>9786254287190</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Acayip Hayvanları Taksimde Bir Kedi</t>
+          <t>Hac Ve Umre Defteri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786254286780</t>
+          <t>9786254282652</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Ülkeler En Dokunaklı Türkümüz Yemen</t>
+          <t>Kur’ân-ı Kerim Açıklamalı Meali Cep Boy (Metinsiz ) (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786254286797</t>
+          <t>9789753896221</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Ülkeler Kara Kıtanın İncisi Afrika’nın Kalbi Nijerya</t>
+          <t>Fütüvvetname-i Tarikat (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254286773</t>
+          <t>9786254287046</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Ülkeler Destanlar Ülkesi Kırgızistan</t>
+          <t>Teşekkül Döneminde Nişaburda Tasavvuf</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254286926</t>
+          <t>9786254286971</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Pupa Ve Simsim Atasözü Hikayeleri</t>
+          <t>İbn Haldun’da Peygamber Tasavvuru</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786254286872</t>
+          <t>9786254287206</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Kabuğunda Dünya</t>
+          <t>Yıldızları Takip Et Sahabeye Uzanan Hikayeler</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254286803</t>
+          <t>9786254286681</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Tarihinde İmam Züfer</t>
+          <t>O Günleri Hatırla Sahabeye Uzanan Öyküler</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>360</v>
+        <v>185</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254286551</t>
+          <t>9786254358531</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hz. Enes Bin Malik Peygamber Çağının Mutlu Çocukları</t>
+          <t>40 Hadiste Ailemiz ve Sosyal İlişkilerimiz</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786254286605</t>
+          <t>9786254286988</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Çağının Mutlu Çocukları Hz. Hüseyin</t>
+          <t>Garip Yolcu</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786254286728</t>
+          <t>9786254287107</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Vatan Bildirisi</t>
+          <t>İstiklal Marşı'nın Tahlili</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254286889</t>
+          <t>9786257205528</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Soru Bankası: Özgün Sorular ve Cevaplar (Tüm Adaylar)</t>
+          <t>Abdest Ve Namaz Kitapçığı</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>360</v>
+        <v>50</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786254286759</t>
+          <t>9786254286896</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>İtikadi Açıdan Kişisel Gelişim Eleştirisi NLP Örneği</t>
+          <t>Din Görevlisi İle 365 Gün (2)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786254286827</t>
+          <t>9786254286766</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kurak Çığlık</t>
+          <t>İstanbul’un Acayip Hayvanları Haliçte Bir Ahtapot</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254284915</t>
+          <t>9786254286919</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitap Renkler (Ciltli)</t>
+          <t>İstanbul’un Acayip Hayvanları Taksimde Bir Kedi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786254284922</t>
+          <t>9786254286780</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitap Rakamlar Sayılar (Ciltli)</t>
+          <t>Kardeş Ülkeler En Dokunaklı Türkümüz Yemen</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786254284939</t>
+          <t>9786254286797</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitap Ev Bir Günüm (Ciltli)</t>
+          <t>Kardeş Ülkeler Kara Kıtanın İncisi Afrika’nın Kalbi Nijerya</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786254284847</t>
+          <t>9786254286773</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İlk Yapboz Kitabım Hayvanlar (Ciltli)</t>
+          <t>Kardeş Ülkeler Destanlar Ülkesi Kırgızistan</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786254284908</t>
+          <t>9786254286926</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kitap Hayvanlar (Ciltli)</t>
+          <t>Pupa Ve Simsim Atasözü Hikayeleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254286216</t>
+          <t>9786254286872</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ajandası</t>
+          <t>Salyangoz Kabuğunda Dünya</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254358104</t>
+          <t>9786254286803</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Çağları Aşan Örneklik</t>
+          <t>İslam Hukuk Tarihinde İmam Züfer</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786254357381</t>
+          <t>9786254286551</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret (Hayatı Güzelleştirmek Elimizde)</t>
+          <t>Hz. Enes Bin Malik Peygamber Çağının Mutlu Çocukları</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>55</v>
+        <v>180</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254358098</t>
+          <t>9786254286605</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sinema Kurguyu Aralamak</t>
+          <t>Peygamber Çağının Mutlu Çocukları Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254286599</t>
+          <t>9786254286728</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Mektuptan Arkadaşım Çıktı Hz. Hafsa</t>
+          <t>Vatan Bildirisi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254286544</t>
+          <t>9786254286889</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Zaman Zaman İçinde Hz. Hatice</t>
+          <t>Soru Bankası: Özgün Sorular ve Cevaplar (Tüm Adaylar)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786254286582</t>
+          <t>9786254286759</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bir Yıldız Takımı Hz. Aişe</t>
+          <t>İtikadi Açıdan Kişisel Gelişim Eleştirisi NLP Örneği</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254286575</t>
+          <t>9786254286827</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Uyku Kurabiyesinin İzinde Hz. Halime</t>
+          <t>Kurak Çığlık</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254286667</t>
+          <t>9786254284915</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Kara Kediler Çıldırmış Olmalı</t>
+          <t>Şeker Kitap Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786254286742</t>
+          <t>9786254284922</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Tedaileri</t>
+          <t>Şeker Kitap Rakamlar Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786254286643</t>
+          <t>9786254284939</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Annem Derdi ki</t>
+          <t>Şeker Kitap Ev Bir Günüm (Ciltli)</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>8380000000360</t>
+          <t>9786254284847</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Mektuplarım</t>
+          <t>İlk Yapboz Kitabım Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>8380000000359</t>
+          <t>9786254284908</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Hatırası Dev Boyama Kağıdı</t>
+          <t>Şeker Kitap Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>8380000000358</t>
+          <t>9786254286216</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Gözüm Üstünde Etkinlik Seti</t>
+          <t>Ramazan Ajandası</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>8380000000357</t>
+          <t>9786254358104</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Ramazan Etkinlik Seti</t>
+          <t>Sünnet Çağları Aşan Örneklik</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>1300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254286292</t>
+          <t>9786254357381</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Baloncuk Tırtılı Tila</t>
+          <t>Adabı Muaşeret (Hayatı Güzelleştirmek Elimizde)</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>175</v>
+        <v>55</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786254286254</t>
+          <t>9786254358098</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Duası</t>
+          <t>Sinema Kurguyu Aralamak</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786254286230</t>
+          <t>9786254286599</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Acayip Hayvanları Boğaziçi’nde Bir Deve</t>
+          <t>Mektuptan Arkadaşım Çıktı Hz. Hafsa</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254286247</t>
+          <t>9786254286544</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Acayip Hayvanları Sultanahmet’te Bir Salyangoz</t>
+          <t>Zaman Zaman İçinde Hz. Hatice</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254286285</t>
+          <t>9786254286582</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Anlatıbilim ve Hadis</t>
+          <t>Bir Yıldız Takımı Hz. Aişe</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254286483</t>
+          <t>9786254286575</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescit Bir Şahit</t>
+          <t>Uyku Kurabiyesinin İzinde Hz. Halime</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254286414</t>
+          <t>9786254286667</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Halil İnalcık’ta Doğu Batı Düşüncesi</t>
+          <t>Eyvah Kara Kediler Çıldırmış Olmalı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254286261</t>
+          <t>9786254286742</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ekranın Arkasına Bakmak</t>
+          <t>Ramazan Tedaileri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786254286421</t>
+          <t>9786254286643</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Görüşleriyle Zahid El Kevseri</t>
+          <t>Annem Derdi ki</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254286223</t>
+          <t>8380000000360</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Çağının Mutlu Çocukları Hazreti Hasan</t>
+          <t>Ramazan Mektuplarım</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786257779463</t>
+          <t>8380000000359</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Küresel Terörizm ve Neoselefilik</t>
+          <t>Ramazan Hatırası Dev Boyama Kağıdı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>15</v>
+        <v>195</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254285882</t>
+          <t>8380000000358</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Başörtüsü Bilinci</t>
+          <t>Gözüm Üstünde Etkinlik Seti</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786254286193</t>
+          <t>8380000000357</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Elma</t>
+          <t>Neşeli Ramazan Etkinlik Seti</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>190</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254286131</t>
+          <t>9786254286292</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Yaşam Bildirisi</t>
+          <t>Baloncuk Tırtılı Tila</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786254286179</t>
+          <t>9786254286254</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Perakende Yazılar</t>
+          <t>Çocukların Duası</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254285981</t>
+          <t>9786254286230</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Taklitçiliği De Yapamıyoruz</t>
+          <t>İstanbul’un Acayip Hayvanları Boğaziçi’nde Bir Deve</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786254285301</t>
+          <t>9786254286247</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Rehberliğinde Eşler Arası Problemlere Çözümler</t>
+          <t>İstanbul’un Acayip Hayvanları Sultanahmet’te Bir Salyangoz</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254286018</t>
+          <t>9786254286285</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Matüridi Tefsir Geleneğinde Ömer En-Nesefi</t>
+          <t>Anlatıbilim ve Hadis</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786058151123</t>
+          <t>9786254286483</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerle Mutluluğa İlk Adım</t>
+          <t>Üç Mescit Bir Şahit</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786257205849</t>
+          <t>9786254286414</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Ailemin Sohbet Günlüğü (Ciltli)</t>
+          <t>Halil İnalcık’ta Doğu Batı Düşüncesi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254286155</t>
+          <t>9786254286261</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Saim’in İlk Orucu</t>
+          <t>Ekranın Arkasına Bakmak</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254286094</t>
+          <t>9786254286421</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Üç Mescit Namazı</t>
+          <t>Fıkhi Görüşleriyle Zahid El Kevseri</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254286186</t>
+          <t>9786254286223</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Alo Ben Hind</t>
+          <t>Peygamber Çağının Mutlu Çocukları Hazreti Hasan</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786254286278</t>
+          <t>9786257779463</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşünce Geleneğinde Hikmet</t>
+          <t>Küresel Terörizm ve Neoselefilik</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254286032</t>
+          <t>9786254285882</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sonunda Uyumuş</t>
+          <t>Başörtüsü Bilinci</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>8380000000272</t>
+          <t>9786254286193</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Hafız Boy (Ahşap Kutulu) (Ciltli)</t>
+          <t>Elma</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>3250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254281211</t>
+          <t>9786254286131</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2023 - Turuncu</t>
+          <t>Engelsiz Yaşam Bildirisi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254281228</t>
+          <t>9786254286179</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2023 - Vişneçürüğü</t>
+          <t>Perakende Yazılar</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254281235</t>
+          <t>9786254285981</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2023 - Antrasit</t>
+          <t>Taklitçiliği De Yapamıyoruz</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254280832</t>
+          <t>9786254285301</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>History of Turkish Japanese Relations and the Ertuğrul Frigate İngilizce</t>
+          <t>Peygamberimizin Rehberliğinde Eşler Arası Problemlere Çözümler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254280818</t>
+          <t>9786254286018</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Firkateyni (Japonca)</t>
+          <t>Hanefi Matüridi Tefsir Geleneğinde Ömer En-Nesefi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254280825</t>
+          <t>9786058151123</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Firkateyni</t>
+          <t>Ayet ve Hadislerle Mutluluğa İlk Adım</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>270</v>
+        <v>50</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789753890366</t>
+          <t>9786257205849</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Kerim Orta Boy Kayışzade Hafız Osman (Ciltli)</t>
+          <t>Ailemin Sohbet Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C491" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786257205122</t>
+          <t>9786254286155</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Öğreniyorum - 50x70 Poster</t>
+          <t>Saim’in İlk Orucu</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789753899611</t>
+          <t>9786254286094</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Bez Ciltli)</t>
+          <t>Üç Mescit Namazı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>500</v>
+        <v>165</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753892438</t>
+          <t>9786254286186</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Rahle Boy Kayışzade Hafız Osman Hattı Ali El Kari İmlası</t>
+          <t>Alo Ben Hind</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>550</v>
+        <v>165</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753893060</t>
+          <t>9786254286278</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Alperenler Destanı</t>
+          <t>İslam Düşünce Geleneğinde Hikmet</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789753890809</t>
+          <t>9786254286032</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Münacat Antolojisi</t>
+          <t>Sonunda Uyumuş</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>8380000000237</t>
+          <t>8380000000272</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Pembe</t>
+          <t>Kur'an-ı Kerim Hafız Boy (Ahşap Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>700</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>8380000000239</t>
+          <t>9786254281211</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Lila</t>
+          <t>TDV Ajanda 2023 - Turuncu</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>8380000000241</t>
+          <t>9786254281228</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Lacivert</t>
+          <t>TDV Ajanda 2023 - Vişneçürüğü</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789753890373</t>
+          <t>9786254281235</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy (Ciltli)</t>
+          <t>TDV Ajanda 2023 - Antrasit</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>8380000000248</t>
+          <t>9786254280832</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Gri</t>
+          <t>History of Turkish Japanese Relations and the Ertuğrul Frigate İngilizce</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>700</v>
+        <v>375</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>8380000000204</t>
+          <t>9786254280818</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Saks Mavi</t>
+          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Firkateyni (Japonca)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789753898294</t>
+          <t>9786254280825</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim ve Açıklamalı Meali Cep Boy Plastik Kapak Bilgisayar Hattı (Ciltli)</t>
+          <t>Türk - Japon İlişkileri Tarihi ve Ertuğrul Firkateyni</t>
         </is>
       </c>
       <c r="C503" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>8380000000201</t>
+          <t>9789753890366</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Toz Pembe</t>
+          <t>Kur'an'ı Kerim Orta Boy Kayışzade Hafız Osman (Ciltli)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>8380000000265</t>
+          <t>9786257205122</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Yeşil (Ciltli)</t>
+          <t>Namaz Kılmayı Öğreniyorum - 50x70 Poster</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>1400</v>
+        <v>105</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>8380000000267</t>
+          <t>9789753899611</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Siyah (Ciltli)</t>
+          <t>Safahat (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>1400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>8380000000268</t>
+          <t>9789753892438</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Pembe (Ciltli)</t>
+          <t>Kuranı Kerim Rahle Boy Kayışzade Hafız Osman Hattı Ali El Kari İmlası</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>1400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789753892858</t>
+          <t>9789753893060</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Nur İçinde Nur</t>
+          <t>Alperenler Destanı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>8380000000266</t>
+          <t>9789753890809</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Mor (Ciltli)</t>
+          <t>Münacat Antolojisi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>1400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>8380000000200</t>
+          <t>8380000000237</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Pembe</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Pembe</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>8380000000269</t>
+          <t>8380000000239</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Lacivert (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Lila</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>1400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>8380000000202</t>
+          <t>8380000000241</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Lila</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Lacivert</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>8380000000264</t>
+          <t>9789753890373</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Koyu Mavi (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>1400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789753893046</t>
+          <t>8380000000248</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kuran Aydınlığında Seyahat</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Gri</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>65</v>
+        <v>700</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>8380000000275</t>
+          <t>8380000000204</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Kırmızı Logolu (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Saks Mavi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>1400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>8380000000231</t>
+          <t>9789753898294</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Gri</t>
+          <t>Kuranı Kerim ve Açıklamalı Meali Cep Boy Plastik Kapak Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>900</v>
+        <v>270</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>8380000000270</t>
+          <t>8380000000201</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Kırmızı (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Toz Pembe</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>1400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>8380000000199</t>
+          <t>8380000000265</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Gold</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>900</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>8380000000263</t>
+          <t>8380000000267</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Bordo (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>1400</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>8380000000210</t>
+          <t>8380000000268</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Fuşya</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>900</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>8380000000235</t>
+          <t>9789753892858</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Beyaz</t>
+          <t>Nur İçinde Nur</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>900</v>
+        <v>85</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>8380000000216</t>
+          <t>8380000000266</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Fuşya</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Mor (Ciltli)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>900</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>8380000000238</t>
+          <t>8380000000200</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Toz Pembe (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Pembe</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>700</v>
+        <v>900</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>8380000000224</t>
+          <t>8380000000269</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Yeşil</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>1650</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>8380000000227</t>
+          <t>8380000000202</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Pembe</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Lila</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>1650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789753892506</t>
+          <t>8380000000264</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Tercihimiz Niçin İslam</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Koyu Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>85</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>8380000000223</t>
+          <t>9789753893046</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Koyu Mavi</t>
+          <t>Kuran Aydınlığında Seyahat</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>1650</v>
+        <v>65</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>8380000000222</t>
+          <t>8380000000275</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Bordo</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Kırmızı Logolu (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>1650</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789753893268</t>
+          <t>8380000000231</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Sosyo Kültürel Yönleriyle Türkiyede Hac Olayı</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Gri</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>85</v>
+        <v>900</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786257069878</t>
+          <t>8380000000270</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>İyi Müslüman 33 Hadis 33 Yorum</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>135</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789753890687</t>
+          <t>8380000000199</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Şemsi Bitlisi</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Gold</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789753892032</t>
+          <t>8380000000263</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Harran Tarihi</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Kutulu Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>75</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789753895422</t>
+          <t>8380000000210</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sevgisi (Kutlu Doğum 2007)</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Fuşya</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>130</v>
+        <v>900</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789753890212</t>
+          <t>8380000000235</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Bilgin Türk Hükümdarlar Devletinde Eğitim - Bilim - Sanat</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Beyaz</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789753890045</t>
+          <t>8380000000216</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Ebu Şame El Makdisi vel Mürşidül -Veciz</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Fuşya</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789753891080</t>
+          <t>8380000000238</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>The Basics Of Islam (İngilizce)</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Toz Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257581523</t>
+          <t>8380000000224</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Tokyo Camii ve Kültür Merkezi</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Yeşil</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>270</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789753893596</t>
+          <t>8380000000227</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Işığında Osmanlıdan Cumhuriyete Tıp ve Sağlık Kurumları</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Pembe</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>340</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789753891653</t>
+          <t>9789753892506</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Ramazan Şiirleri</t>
+          <t>Tercihimiz Niçin İslam</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789753890854</t>
+          <t>8380000000223</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Tevhidler</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Koyu Mavi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>100</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789753893084</t>
+          <t>8380000000222</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe İz Bırakan İskilipli Alimler</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Bordo</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>200</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789753898768</t>
+          <t>9789753893268</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bedruddin El Ayni Sempozyumu ve 2. Hadis İhtisas Toplantısı</t>
+          <t>Sosyo Kültürel Yönleriyle Türkiyede Hac Olayı</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>270</v>
+        <v>85</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789753890793</t>
+          <t>9786257069878</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Ürekdedir Sözün Kökü</t>
+          <t>İyi Müslüman 33 Hadis 33 Yorum</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789753893206</t>
+          <t>9789753890687</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Bahtiyar Vahabzade Hayatı ve Eserleri</t>
+          <t>Şemsi Bitlisi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257581561</t>
+          <t>9789753892032</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin Hayatı “Japonca”</t>
+          <t>Harran Tarihi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>195</v>
+        <v>75</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789753899598</t>
+          <t>9789753895422</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Değerler ve Kavramlar Eğitim Seti - Tahin ile Pekmez (7 Kitap Takım Kutulu)</t>
+          <t>İnsan Sevgisi (Kutlu Doğum 2007)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>1600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057580375</t>
+          <t>9789753890212</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bildirisi</t>
+          <t>Orta Asya Bilgin Türk Hükümdarlar Devletinde Eğitim - Bilim - Sanat</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789753898812</t>
+          <t>9789753890045</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Kerim Meal ve Tefsiri 7 Cilt Takım (Ciltli)</t>
+          <t>Ebu Şame El Makdisi vel Mürşidül -Veciz</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>5000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789753897488</t>
+          <t>9789753891080</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in İrşad Üslubu</t>
+          <t>The Basics Of Islam (İngilizce)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789753897587</t>
+          <t>9786257581523</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Gezi - Kuş Sesleri 5</t>
+          <t>Tokyo Camii ve Kültür Merkezi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789753892322</t>
+          <t>9789753893596</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>İdamlık Şehzade</t>
+          <t>Bilimin Işığında Osmanlıdan Cumhuriyete Tıp ve Sağlık Kurumları</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>50</v>
+        <v>340</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789753893169</t>
+          <t>9789753891653</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Müslümanların Hristiyanlara Karşı Yazdığı Reddiyeler ve Tartışma Konuları</t>
+          <t>Türk Edebiyatında Ramazan Şiirleri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789753891226</t>
+          <t>9789753890854</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Musa Carullah Bigiyef</t>
+          <t>Türk Edebiyatında Tevhidler</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789753891912</t>
+          <t>9789753893084</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Müteferrika ve Usülü'l Hikem fi Nizam'i-Ümmen</t>
+          <t>Türk Kültüründe İz Bırakan İskilipli Alimler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789753895514</t>
+          <t>9789753898768</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Aydede Masalları - 2</t>
+          <t>Uluslararası Bedruddin El Ayni Sempozyumu ve 2. Hadis İhtisas Toplantısı</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789753894111</t>
+          <t>9789753890793</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç Esasları (Üss-i İslam)</t>
+          <t>Ürekdedir Sözün Kökü</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789753897112</t>
+          <t>9789753893206</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Salıncak</t>
+          <t>Bahtiyar Vahabzade Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789753897631</t>
+          <t>9786257581561</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Minik - Kuş Sesleri Masallar 10</t>
+          <t>Peygamber Efendimizin Hayatı “Japonca”</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>65</v>
+        <v>195</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789753891806</t>
+          <t>9789753899598</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Hadislerin Işığında İnsan ve Ahlak</t>
+          <t>Okul Öncesi Değerler ve Kavramlar Eğitim Seti - Tahin ile Pekmez (7 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>85</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789753896788</t>
+          <t>9786057580375</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Anne Seccadem Nerede</t>
+          <t>Çevre Bildirisi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789753897358</t>
+          <t>9789753898812</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Yedi Bela Hulusi</t>
+          <t>Kur'an'ı Kerim Meal ve Tefsiri 7 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>60</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789753896801</t>
+          <t>9789753897488</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Matüridi'nin Akide Risalesi ve Şerhi</t>
+          <t>Kur'an-ı Kerim'in İrşad Üslubu</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789753897129</t>
+          <t>9789753897587</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Uçurtma</t>
+          <t>Ormanda Gezi - Kuş Sesleri 5</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789753897167</t>
+          <t>9789753892322</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuşun Rüyası</t>
+          <t>İdamlık Şehzade</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789753895460</t>
+          <t>9789753893169</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Cüneyd-i Bağdadi</t>
+          <t>Müslümanların Hristiyanlara Karşı Yazdığı Reddiyeler ve Tartışma Konuları</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789753897037</t>
+          <t>9789753891226</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Bilim</t>
+          <t>Musa Carullah Bigiyef</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>270</v>
+        <v>85</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789753895569</t>
+          <t>9789753891912</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Birgivi Mehmed Efendi</t>
+          <t>İbrahim Müteferrika ve Usülü'l Hikem fi Nizam'i-Ümmen</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789753895491</t>
+          <t>9789753895514</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>İnci Küpeler</t>
+          <t>Aydede Masalları - 2</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789753897013</t>
+          <t>9789753894111</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi Üzerine Makaleler</t>
+          <t>İslam İnanç Esasları (Üss-i İslam)</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>260</v>
+        <v>85</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789753891455</t>
+          <t>9789753897112</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Türk Yenileşme Tarihi Çerçevesinde Vakıf Müessesesi (Ciltli)</t>
+          <t>Salıncak</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789753897556</t>
+          <t>9789753897631</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Arkadaş - Kuş Sesleri 8</t>
+          <t>Minik - Kuş Sesleri Masallar 10</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789753895200</t>
+          <t>9789753891806</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Sigara, Alkol, Uyuşturucu Zararları ve Dini Hükmü</t>
+          <t>Ayet ve Hadislerin Işığında İnsan ve Ahlak</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257069519</t>
+          <t>9789753896788</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>İslama Giriş (Rusça)</t>
+          <t>Anne Seccadem Nerede</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>245</v>
+        <v>50</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789753890281</t>
+          <t>9789753897358</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Türk Kültürünün Uzak Doğu'ya Yayılması</t>
+          <t>Yedi Bela Hulusi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789753894739</t>
+          <t>9789753896801</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Salahaddin Eyyubi ve Bilgin</t>
+          <t>Matüridi'nin Akide Risalesi ve Şerhi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>60</v>
+        <v>195</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789753897594</t>
+          <t>9789753897129</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Safi - Kuş Sesleri 4</t>
+          <t>Uçurtma</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789753891646</t>
+          <t>9789753897167</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Radyo Televizyon</t>
+          <t>Mavi Kuşun Rüyası</t>
         </is>
       </c>
       <c r="C577" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789753894760</t>
+          <t>9789753895460</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Cüneyd-i Bağdadi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789753897792</t>
+          <t>9789753897037</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Uçan Karınca</t>
+          <t>Hadis ve Bilim</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789753897785</t>
+          <t>9789753895569</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Macera</t>
+          <t>Birgivi Mehmed Efendi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789753897778</t>
+          <t>9789753895491</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Söz Dinlemez</t>
+          <t>İnci Küpeler</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789753897761</t>
+          <t>9789753897013</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Pos Bıyık ve İnce Bel</t>
+          <t>İslam Düşüncesi Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789753897754</t>
+          <t>9789753891455</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Işığa Koşuş</t>
+          <t>Türk Yenileşme Tarihi Çerçevesinde Vakıf Müessesesi (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789753895316</t>
+          <t>9789753897556</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>İslam Kadın ve Toplum</t>
+          <t>Sudaki Arkadaş - Kuş Sesleri 8</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789753891486</t>
+          <t>9789753895200</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İlkokullar İçin Örnekli Türkçe Sözlük</t>
+          <t>Sigara, Alkol, Uyuşturucu Zararları ve Dini Hükmü</t>
         </is>
       </c>
       <c r="C585" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789753897563</t>
+          <t>9786257069519</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Sandığı - Kuş Sesleri 7</t>
+          <t>İslama Giriş (Rusça)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>60</v>
+        <v>245</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789753892346</t>
+          <t>9789753890281</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Cephesinden Ahmet Cevdet Paşa</t>
+          <t>İslam ve Türk Kültürünün Uzak Doğu'ya Yayılması</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789753896306</t>
+          <t>9789753894739</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin-i Sivasi Mir'atü'l-Ahlak</t>
+          <t>Salahaddin Eyyubi ve Bilgin</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789753890540</t>
+          <t>9789753897594</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şiirleri</t>
+          <t>Safi - Kuş Sesleri 4</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789753895415</t>
+          <t>9789753891646</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Çam Sakızı</t>
+          <t>İslam ve Radyo Televizyon</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>140</v>
+        <v>85</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789753894944</t>
+          <t>9789753894760</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Çağımızda Sosyal Değişme ve İslam</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789753897617</t>
+          <t>9789753897792</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Cimcime Sultan - Kuş Sesleri 2</t>
+          <t>Uçan Karınca</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789753891905</t>
+          <t>9789753897785</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Cabir B. Hayyan</t>
+          <t>Tatlı Macera</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789753892612</t>
+          <t>9789753897778</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Büstanu'l Muhaddisin</t>
+          <t>Söz Dinlemez</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789753892728</t>
+          <t>9789753897761</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Buruk Acı</t>
+          <t>Pos Bıyık ve İnce Bel</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789753896665</t>
+          <t>9789753897754</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Orta Boy, Resmi Osman-i Hattı) (Ciltli)</t>
+          <t>Işığa Koşuş</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789753890168</t>
+          <t>9789753895316</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da İman</t>
+          <t>İslam Kadın ve Toplum</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789753897846</t>
+          <t>9789753891486</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Başaran Kardeşler Karadeniz Yolcusu</t>
+          <t>İlkokullar İçin Örnekli Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786057580399</t>
+          <t>9789753897563</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Batıniliğin İçyüzü</t>
+          <t>Sevgi Sandığı - Kuş Sesleri 7</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>260</v>
+        <v>60</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789753894265</t>
+          <t>9789753892346</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkleri Dini ve Sosyal Hayat</t>
+          <t>Medeni Hukuk Cephesinden Ahmet Cevdet Paşa</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789753897648</t>
+          <t>9789753896306</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kar - Kuş Sesleri / Masallar 9</t>
+          <t>Şemseddin-i Sivasi Mir'atü'l-Ahlak</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>65</v>
+        <v>320</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789753892407</t>
+          <t>9789753890540</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İslami Değerlerin Geleceği</t>
+          <t>Çocuk Şiirleri</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789753894852</t>
+          <t>9789753895415</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Güncel Sunumu - Kutlu Doğum 2003</t>
+          <t>Çam Sakızı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789753892162</t>
+          <t>9789753894944</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Şahsiyet Hakları</t>
+          <t>Çağımızda Sosyal Değişme ve İslam</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789753891318</t>
+          <t>9789753897617</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Hatiplere Hutbeler 3</t>
+          <t>Cimcime Sultan - Kuş Sesleri 2</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789753896436</t>
+          <t>9789753891905</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü (Kur'an-ı Kerim 30 Cüz Deri Cilt) (Ciltli)</t>
+          <t>Cabir B. Hayyan</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>1300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789753896573</t>
+          <t>9789753892612</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Harun İle Kuşu</t>
+          <t>Büstanu'l Muhaddisin</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789753893473</t>
+          <t>9789753892728</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar</t>
+          <t>Buruk Acı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789753896351</t>
+          <t>9789753896665</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Dostları Dizisi - Bestami Yazgan (5 Kitap)</t>
+          <t>Kur'an-ı Kerim (Orta Boy, Resmi Osman-i Hattı) (Ciltli)</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>65</v>
+        <v>400</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789753893343</t>
+          <t>9789753890168</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve Din</t>
+          <t>Kur'an'da İman</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789753898461</t>
+          <t>9789753897846</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Forumu</t>
+          <t>Başaran Kardeşler Karadeniz Yolcusu</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789753892711</t>
+          <t>9786057580399</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Tarihinde Urfa ve Harran</t>
+          <t>Batıniliğin İçyüzü</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789753896023</t>
+          <t>9789753894265</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Düşlerim Kadar Düşlediğim Kadar</t>
+          <t>Kırgız Türkleri Dini ve Sosyal Hayat</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>65</v>
+        <v>245</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789753890915</t>
+          <t>9789753897648</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Na't</t>
+          <t>Kar - Kuş Sesleri / Masallar 9</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>170</v>
+        <v>65</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789753890458</t>
+          <t>9789753892407</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Milli Şiirler Antolojisi</t>
+          <t>İslami Değerlerin Geleceği</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789753895002</t>
+          <t>9789753894852</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Din - Kültür ve Çağdaşlık</t>
+          <t>İslam'ın Güncel Sunumu - Kutlu Doğum 2003</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789753891738</t>
+          <t>9789753892162</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisinin Mesleğini Temsil Gücü</t>
+          <t>İslam'da Şahsiyet Hakları</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789753890175</t>
+          <t>9789753891318</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Derviş Dedenin Dilinden İman Prensipleri</t>
+          <t>Hatiplere Hutbeler 3</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789753890830</t>
+          <t>9789753896436</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Dağıstanlı Şeyh Şamil Destanı</t>
+          <t>Hatim Cüzü (Kur'an-ı Kerim 30 Cüz Deri Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>60</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789753893138</t>
+          <t>9789753896573</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Gözüyle Türk Dünyasının Dini Meseleleri</t>
+          <t>Harun İle Kuşu</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789753897600</t>
+          <t>9789753893473</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Garip Dost - Kuş Sesleri 3</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789753890588</t>
+          <t>9789753896351</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Freud Skolastiği</t>
+          <t>Gökyüzü Dostları Dizisi - Bestami Yazgan (5 Kitap)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789753897624</t>
+          <t>9789753893343</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Akkız</t>
+          <t>Gençlik ve Din</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789753893190</t>
+          <t>9789753898461</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Bu Kan Yerde Kalan Değil</t>
+          <t>Gençlik Forumu</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789753897570</t>
+          <t>9789753892711</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt Taç - Kuş Sesleri 6</t>
+          <t>Düşünce Tarihinde Urfa ve Harran</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789753894753</t>
+          <t>9789753896023</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Düşlerim Kadar Düşlediğim Kadar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789753898355</t>
+          <t>9789753890915</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı M.Hamdi Yazır Sempozyumu - Antalya 2012</t>
+          <t>Divan Şiirinde Na't</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789753891059</t>
+          <t>9789753890458</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Elmalılı Muhammed Hamdi Yazır</t>
+          <t>Dini ve Milli Şiirler Antolojisi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789753892315</t>
+          <t>9789753895002</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Temelleri</t>
+          <t>Din - Kültür ve Çağdaşlık</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789753892988</t>
+          <t>9789753891738</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik ve Sosyal Boyutuyla İslam'da Nüfus Politikası</t>
+          <t>Din Görevlisinin Mesleğini Temsil Gücü</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789753890120</t>
+          <t>9789753890175</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Ebediyet Yolcusunu Uğurlarken</t>
+          <t>Derviş Dedenin Dilinden İman Prensipleri</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789753897747</t>
+          <t>9789753890830</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Gül mü Güzel Karınca mı?</t>
+          <t>Dağıstanlı Şeyh Şamil Destanı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789753897730</t>
+          <t>9789753893138</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Halter Turnuvası</t>
+          <t>Gençlerin Gözüyle Türk Dünyasının Dini Meseleleri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789753896764</t>
+          <t>9789753897600</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini Meseleler</t>
+          <t>Garip Dost - Kuş Sesleri 3</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789753897716</t>
+          <t>9789753890588</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kuşları</t>
+          <t>Freud Skolastiği</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>65</v>
+        <v>130</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789753896184</t>
+          <t>9789753897624</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Mürsel Hadisler ve Delil Olma Yönünden Değeri</t>
+          <t>Akkız</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789753893848</t>
+          <t>9789753893190</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Örnekliği, İslam'ın Sosyal Dayanışma ve İsrafa Bakışı</t>
+          <t>Bu Kan Yerde Kalan Değil</t>
         </is>
       </c>
       <c r="C637" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789753890311</t>
+          <t>9789753897570</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Auf ein Wort Junge Leute (Gençlerle Başbaşa - Almanca)</t>
+          <t>Zümrüt Taç - Kuş Sesleri 6</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>195</v>
+        <v>65</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789753892049</t>
+          <t>9789753894753</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Tevfik İleri</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789753896016</t>
+          <t>9789753898355</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Her şeye Yeniden Merhaba Demek</t>
+          <t>Elmalılı M.Hamdi Yazır Sempozyumu - Antalya 2012</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>65</v>
+        <v>195</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789753896795</t>
+          <t>9789753891059</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Vatan Sana Emanet</t>
+          <t>Elmalılı Muhammed Hamdi Yazır</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789753894135</t>
+          <t>9789753892315</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Hamdi Akseki</t>
+          <t>Ekonominin Temelleri</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789753894746</t>
+          <t>9789753892988</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kütük</t>
+          <t>Ekonomik ve Sosyal Boyutuyla İslam'da Nüfus Politikası</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789753896504</t>
+          <t>9789753890120</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen Dünyada Aile</t>
+          <t>Ebediyet Yolcusunu Uğurlarken</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789753890731</t>
+          <t>9789753897747</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Doğum Haftası 2</t>
+          <t>Gül mü Güzel Karınca mı?</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789753890465</t>
+          <t>9789753897730</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Doğum Haftası</t>
+          <t>Halter Turnuvası</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789753898713</t>
+          <t>9789753896764</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Alevi-Bektaşı Klasikleri Sempozyumu</t>
+          <t>Güncel Dini Meseleler</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789753896566</t>
+          <t>9789753897716</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Arılar</t>
+          <t>Gönül Kuşları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789753893640</t>
+          <t>9789753896184</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Arayışlar Devri Türk Şiiri Antolojisi</t>
+          <t>Mürsel Hadisler ve Delil Olma Yönünden Değeri</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789753897723</t>
+          <t>9789753893848</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
+          <t>Hz. Peygamber'in Örnekliği, İslam'ın Sosyal Dayanışma ve İsrafa Bakışı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789753890410</t>
+          <t>9789753890311</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu</t>
+          <t>Auf ein Wort Junge Leute (Gençlerle Başbaşa - Almanca)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>65</v>
+        <v>195</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789753892360</t>
+          <t>9789753892049</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Abdest, Ezan, Namaz Duaları ve Manaları</t>
+          <t>Her Yönüyle Tevfik İleri</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789753897938</t>
+          <t>9789753896016</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>İyi Müslüman</t>
+          <t>Her şeye Yeniden Merhaba Demek</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>130</v>
+        <v>65</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789753896993</t>
+          <t>9789753896795</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
+          <t>Ahmet Vatan Sana Emanet</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>550</v>
+        <v>65</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789753893527</t>
+          <t>9789753894135</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim ve Açıklamalı Meali-Rahle Boy (Ciltli)</t>
+          <t>Ahmet Hamdi Akseki</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>550</v>
+        <v>85</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789753892704</t>
+          <t>9789753894746</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Bektaşilik Tartışmaları</t>
+          <t>Kütük</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789753896924</t>
+          <t>9789753896504</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa'nın Dönüşü Meselesi</t>
+          <t>Küreselleşen Dünyada Aile</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789753897532</t>
+          <t>9789753890731</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan Hakları</t>
+          <t>Kutlu Doğum Haftası 2</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789753895682</t>
+          <t>9789753890465</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sorunlara Teolojik Yaklaşımlar</t>
+          <t>Kutlu Doğum Haftası</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789753896542</t>
+          <t>9789753898713</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakının Esasları / Ahlak Klasikleri -1 (Ciltli)</t>
+          <t>Uluslararası Alevi-Bektaşı Klasikleri Sempozyumu</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789753890595</t>
+          <t>9789753896566</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Hilye-i Saadet</t>
+          <t>Arılar</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789753892261</t>
+          <t>9789753893640</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Der İslam</t>
+          <t>Arayışlar Devri Türk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789753897457</t>
+          <t>9789753897723</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Gönül Gönüle</t>
+          <t>Kur'an-ı Kerim (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789753893565</t>
+          <t>9789753890410</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Kitabı-ı Dedem Korkut</t>
+          <t>Aile Okulu</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>320</v>
+        <v>65</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789753890090</t>
+          <t>9789753892360</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Mohammed The Prophet</t>
+          <t>Abdest, Ezan, Namaz Duaları ve Manaları</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789753894654</t>
+          <t>9789753897938</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Sohbetler</t>
+          <t>İyi Müslüman</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789753890960</t>
+          <t>9789753896993</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyası Öykü Seti (5 Kitap Takım)</t>
+          <t>Kur'an-ı Kerim (Rahle Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789753894722</t>
+          <t>9789753893527</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Kuran-ı Kerim ve Açıklamalı Meali-Rahle Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>60</v>
+        <v>550</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789753895347</t>
+          <t>9789753892704</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ulema Biyografilerinin Arşiv Kaynakları</t>
+          <t>Alevilik Bektaşilik Tartışmaları</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789753890243</t>
+          <t>9789753896924</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Islam Lernen Islam Leben</t>
+          <t>Hz. İsa'nın Dönüşü Meselesi</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789753893503</t>
+          <t>9789753897532</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Din</t>
+          <t>Hz. Peygamber ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789753897105</t>
+          <t>9789753895682</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Akşam Ebesi</t>
+          <t>Ekolojik Sorunlara Teolojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789753892513</t>
+          <t>9789753896542</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Islam Our Choice</t>
+          <t>İslam Ahlakının Esasları / Ahlak Klasikleri -1 (Ciltli)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789753893367</t>
+          <t>9789753890595</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Tercümesi Ve Tercüme İle Namaz Meselesi</t>
+          <t>Hilye-i Saadet</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789753895286</t>
+          <t>9789753892261</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve İnsan</t>
+          <t>Der İslam</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>85</v>
+        <v>245</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789753895125</t>
+          <t>9789753897457</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Cavidan (Ciltli)</t>
+          <t>Gençlerle Gönül Gönüle</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>620</v>
+        <v>130</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789753897419</t>
+          <t>9789753893565</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Usulcülerinde İctihad Teorisi</t>
+          <t>Kitabı-ı Dedem Korkut</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789753891813</t>
+          <t>9789753890090</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Eşrefoğlu Rumi</t>
+          <t>Mohammed The Prophet</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>8380000000230</t>
+          <t>9789753894654</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim “Orta Boy”  “Beyaz Kapak” (Ciltli)</t>
+          <t>Gençlerle Sohbetler</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789753897235</t>
+          <t>9789753890960</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmed Yesevi'nin Hadis Kültürü</t>
+          <t>Hayvanlar Dünyası Öykü Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789753893619</t>
+          <t>9789753894722</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Jalal Al - Din Al - Rumi</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>145</v>
+        <v>60</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789753897211</t>
+          <t>9789753895347</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Gül Yüzlü Çocuk</t>
+          <t>Osmanlı Ulema Biyografilerinin Arşiv Kaynakları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>65</v>
+        <v>245</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789753890328</t>
+          <t>9789753890243</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Japon Münasebetleri ve Japonya'da İslamiyet</t>
+          <t>Islam Lernen Islam Leben</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789753891394</t>
+          <t>9789753893503</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Devrinde Nifak Hareketleri</t>
+          <t>Atatürk ve Din</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789753890670</t>
+          <t>9789753897105</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Büyük Dua Kitabı</t>
+          <t>Akşam Ebesi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789753895101</t>
+          <t>9789753892513</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Türkistanda İslam ve Müslümanlar</t>
+          <t>Islam Our Choice</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789753891349</t>
+          <t>9789753893367</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Dışındaki Türk Topluluklarının Milli, Manevi ve Siyasi Meseleleri</t>
+          <t>Kur'an'ın Tercümesi Ve Tercüme İle Namaz Meselesi</t>
         </is>
       </c>
       <c r="C687" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789753890649</t>
+          <t>9789753895286</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Neslin Eğitimi</t>
+          <t>Mevlana ve İnsan</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789753896856</t>
+          <t>9789753895125</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Yasin Sureler ve Dualar</t>
+          <t>İlm-i Cavidan (Ciltli)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>100</v>
+        <v>620</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789753896740</t>
+          <t>9789753897419</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Yasin Kitabı (Türkçe Sureler ve Dualar)</t>
+          <t>Hanefi Usulcülerinde İctihad Teorisi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789753893589</t>
+          <t>9789753891813</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü 1000'e Girerken Türkiye</t>
+          <t>Eşrefoğlu Rumi</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786057580726</t>
+          <t>8380000000230</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Tahin ile Pekmez Eğitim Seti (7 Kitap Takım Kutulu)</t>
+          <t>Kuranı Kerim “Orta Boy”  “Beyaz Kapak” (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>1600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789753894234</t>
+          <t>9789753897235</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Cep Boy)</t>
+          <t>Hoca Ahmed Yesevi'nin Hadis Kültürü</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789753892070</t>
+          <t>9789753893619</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Büyük Boy) Ali El Kari İmlası (Ciltli)</t>
+          <t>Jalal Al - Din Al - Rumi</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>500</v>
+        <v>145</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789753895811</t>
+          <t>9789753897211</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Hatim Cüzü Bez Ciltli (30 Cüz)</t>
+          <t>Gül Yüzlü Çocuk</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>650</v>
+        <v>65</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789753890113</t>
+          <t>9789753890328</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Verses from the Glorious Koran and the Facts of Science</t>
+          <t>Osmanlı Japon Münasebetleri ve Japonya'da İslamiyet</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789753897433</t>
+          <t>9789753891394</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim Rahle Boy Prestij Yaldızlı Bilgisayar Hattı (Kutusuz) (Ciltli)</t>
+          <t>Hz. Peygamber Devrinde Nifak Hareketleri</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>12000</v>
+        <v>100</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789753895392</t>
+          <t>9789753890670</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Öğreniyoruz (3 Kitap Takım)</t>
+          <t>Açıklamalı Büyük Dua Kitabı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>30</v>
+        <v>130</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789753898584</t>
+          <t>9789753895101</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 1 Cilt (Karton Kapak)</t>
+          <t>Türkistanda İslam ve Müslümanlar</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789753898591</t>
+          <t>9789753891349</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 2 Cilt (Karton Kapak)</t>
+          <t>Türkiye Dışındaki Türk Topluluklarının Milli, Manevi ve Siyasi Meseleleri</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789753898683</t>
+          <t>9789753890649</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken 2. Cilt (Ciltli)</t>
+          <t>Üçüncü Neslin Eğitimi</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>485</v>
+        <v>200</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789753890519</t>
+          <t>9789753896856</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Zulmette Veten Duyguları</t>
+          <t>Yasin Sureler ve Dualar</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254284779</t>
+          <t>9789753896740</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Basics Of Islam Questions and Answers</t>
+          <t>Yasin Kitabı (Türkçe Sureler ve Dualar)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>260</v>
+        <v>85</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254285363</t>
+          <t>9789753893589</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Ben Muhammed Ali</t>
+          <t>Üçüncü 1000'e Girerken Türkiye</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254285004</t>
+          <t>9786057580726</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Taşın Kalbi</t>
+          <t>Tahin ile Pekmez Eğitim Seti (7 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>700</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254286063</t>
+          <t>9789753894234</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sırlı Kelime</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali (Cep Boy)</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>155</v>
+        <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254286070</t>
+          <t>9789753892070</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Dijital Düşlemeler 3 Teknoloji Kapitalizmine Dair Şüpheler</t>
+          <t>Kur'an-ı Kerim (Büyük Boy) Ali El Kari İmlası (Ciltli)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>155</v>
+        <v>500</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254286025</t>
+          <t>9789753895811</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>İşaretler İnsan ve Hayat</t>
+          <t>Hatim Cüzü Bez Ciltli (30 Cüz)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>155</v>
+        <v>650</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254286001</t>
+          <t>9789753890113</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Bilim Ve Din Ekseninde Nebevi Tıp</t>
+          <t>Verses from the Glorious Koran and the Facts of Science</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786254286056</t>
+          <t>9789753897433</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor Kediler</t>
+          <t>Kuran-ı Kerim Rahle Boy Prestij Yaldızlı Bilgisayar Hattı (Kutusuz) (Ciltli)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>150</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254286124</t>
+          <t>9789753895392</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2025 Mor</t>
+          <t>Dinimizi Öğreniyoruz (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254286100</t>
+          <t>9789753898584</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>TDV Ajanda 2025 Kırmızı</t>
+          <t>Zorlukları Aşarken 1 Cilt (Karton Kapak)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254286049</t>
+          <t>9789753898591</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Topraklara Yolculuk</t>
+          <t>Zorlukları Aşarken 2 Cilt (Karton Kapak)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254285813</t>
+          <t>9789753898683</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Cırboğa İle Tosbağa Neden Selamlaşamıyor?</t>
+          <t>Zorlukları Aşarken 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>150</v>
+        <v>485</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254285844</t>
+          <t>9789753890519</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Renk Ver</t>
+          <t>Zulmette Veten Duyguları</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>110</v>
+        <v>85</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254285578</t>
+          <t>9786254284779</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>İkimiz ve Diğerleri</t>
+          <t>Basics Of Islam Questions and Answers</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254285851</t>
+          <t>9786254285363</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Mirası Teriketün Nebi</t>
+          <t>Ben Muhammed Ali</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254285554</t>
+          <t>9786254285004</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Hasar Tespiti</t>
+          <t>Taşın Kalbi</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254285783</t>
+          <t>9786254286063</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Hüzün ve Sevinç</t>
+          <t>Edebiyat Sırlı Kelime</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254285868</t>
+          <t>9786254286070</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Hacname Huzurda Bir Kutlu Mevsim</t>
+          <t>Dijital Düşlemeler 3 Teknoloji Kapitalizmine Dair Şüpheler</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>200</v>
+        <v>155</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254285660</t>
+          <t>9786254286025</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Çiçeklerin Gizli Dünyası</t>
+          <t>İşaretler İnsan ve Hayat</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>245</v>
+        <v>155</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254285806</t>
+          <t>9786254286001</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>İhtilafül Hadis Bağlamında Metin Tenkidi</t>
+          <t>Bilim Ve Din Ekseninde Nebevi Tıp</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254285738</t>
+          <t>9786254286056</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Şuayb Arnavut ve Hadisçiliği</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor Kediler</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>465</v>
+        <v>150</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254285790</t>
+          <t>9786254286124</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenini Kendine Benzetme Rehberi</t>
+          <t>TDV Ajanda 2025 Mor</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254285820</t>
+          <t>9786254286100</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Anne Babanızı Nasıl Eğitirsiniz?</t>
+          <t>TDV Ajanda 2025 Kırmızı</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254285745</t>
+          <t>9786254286049</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olacaksın Baba?</t>
+          <t>Kutsal Topraklara Yolculuk</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>130</v>
+        <v>450</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254285752</t>
+          <t>9786254285813</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Tahtaya Kalkma Korkusu</t>
+          <t>Cırboğa İle Tosbağa Neden Selamlaşamıyor?</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254285714</t>
+          <t>9786254285844</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Ben Ömer Muhtar</t>
+          <t>Bana Bir Renk Ver</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254284380</t>
+          <t>9786254285578</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Özgür Kudüs Boyama Kitabı (Özel Çıkartmalı)</t>
+          <t>İkimiz ve Diğerleri</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254285622</t>
+          <t>9786254285851</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Sorularım Var</t>
+          <t>Peygamberimizin Mirası Teriketün Nebi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254285530</t>
+          <t>9786254285554</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor Arılar</t>
+          <t>Hasar Tespiti</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254285875</t>
+          <t>9786254285783</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Tecvid Kartelası</t>
+          <t>Hüzün ve Sevinç</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>60</v>
+        <v>115</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254285639</t>
+          <t>9786254285868</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre Kudüs</t>
+          <t>Hacname Huzurda Bir Kutlu Mevsim</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786254285653</t>
+          <t>9786254285660</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Ne Oynayalım?</t>
+          <t>Çiçeklerin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>210</v>
+        <v>245</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254285561</t>
+          <t>9786254285806</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Çocuk</t>
+          <t>İhtilafül Hadis Bağlamında Metin Tenkidi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254285493</t>
+          <t>9786254285738</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Les Beaux Noms D' Allah</t>
+          <t>Şuayb Arnavut ve Hadisçiliği</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>700</v>
+        <v>465</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254284687</t>
+          <t>9786254285790</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Dinle Sesli Kitabım Orman</t>
+          <t>Öğretmenini Kendine Benzetme Rehberi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254284670</t>
+          <t>9786254285820</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Dinle Sesli Kitabım Okyanus</t>
+          <t>Anne Babanızı Nasıl Eğitirsiniz?</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254284663</t>
+          <t>9786254285745</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Dokun ve Dinle Sesli Kitabım Müzik Aletleri</t>
+          <t>Büyüyünce Ne Olacaksın Baba?</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254284595</t>
+          <t>9786254285752</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Hayvanlar Alemi Vahşi Doğa</t>
+          <t>Tahtaya Kalkma Korkusu</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254284571</t>
+          <t>9786254285714</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Hayvanlar Alemi Orman</t>
+          <t>Ben Ömer Muhtar</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254284755</t>
+          <t>9786254284380</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Hareketli 3d Kitap Okulda Bir Gün (Ciltli)</t>
+          <t>Özgür Kudüs Boyama Kitabı (Özel Çıkartmalı)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>320</v>
+        <v>80</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786254284762</t>
+          <t>9786254285622</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Hareketli 3d Kitap Evde Bir Gün (Ciltli)</t>
+          <t>Sorularım Var</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254284694</t>
+          <t>9786254285530</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Hareketli 3d Kitap Akvaryumda Bir Gün (Ciltli)</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor Arılar</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786254284717</t>
+          <t>9786254285875</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Küçük Kaşif Sebzeler ve Meyveler (Ciltli)</t>
+          <t>Tecvid Kartelası</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>360</v>
+        <v>60</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254284700</t>
+          <t>9786254285639</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Küçük Kaşif Yetenekli Aşçı (Ciltli)</t>
+          <t>Bize Göre Kudüs</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786254284724</t>
+          <t>9786254285653</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Küçük Kaşif Tohumun Yolculuğu (Ciltli)</t>
+          <t>Ne Oynayalım?</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254284731</t>
+          <t>9786254285561</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Kitap 3d Küçük Kaşif Sağlıklı Beslenme (Ciltli)</t>
+          <t>Canı Sıkılan Çocuk</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786254285356</t>
+          <t>9786254285493</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Allah Neden Yaratmış?</t>
+          <t>Les Beaux Noms D' Allah</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>245</v>
+        <v>700</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254285547</t>
+          <t>9786254284687</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kalbimde Binbir Sevgi</t>
+          <t>Dokun ve Dinle Sesli Kitabım Orman</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254285646</t>
+          <t>9786254284670</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi Yazılmayan Gelincik</t>
+          <t>Dokun ve Dinle Sesli Kitabım Okyanus</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254285400</t>
+          <t>9786254284663</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Ben Şeyh Şamil</t>
+          <t>Dokun ve Dinle Sesli Kitabım Müzik Aletleri</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254285608</t>
+          <t>9786254284595</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Maviş</t>
+          <t>Hareketli Kitap 3d Hayvanlar Alemi Vahşi Doğa</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254285523</t>
+          <t>9786254284571</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Aile</t>
+          <t>Hareketli Kitap 3d Hayvanlar Alemi Orman</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254285516</t>
+          <t>9786254284755</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Aile</t>
+          <t>Hareketli 3d Kitap Okulda Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254285332</t>
+          <t>9786254284762</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Dua</t>
+          <t>Hareketli 3d Kitap Evde Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254285325</t>
+          <t>9786254284694</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Dua</t>
+          <t>Hareketli 3d Kitap Akvaryumda Bir Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254285486</t>
+          <t>9786254284717</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Bizim Aile Günlüğümüz</t>
+          <t>Hareketli Kitap 3d Küçük Kaşif Sebzeler ve Meyveler (Ciltli)</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254285431</t>
+          <t>9786254284700</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Özür Dilerim</t>
+          <t>Hareketli Kitap 3d Küçük Kaşif Yetenekli Aşçı (Ciltli)</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>50</v>
+        <v>360</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254285424</t>
+          <t>9786254284724</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Teşekkür Ederim</t>
+          <t>Hareketli Kitap 3d Küçük Kaşif Tohumun Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>50</v>
+        <v>360</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254285509</t>
+          <t>9786254284731</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ormandan Masallar</t>
+          <t>Hareketli Kitap 3d Küçük Kaşif Sağlıklı Beslenme (Ciltli)</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786254285387</t>
+          <t>9786254285356</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Hikayesini Anlatmak İsteyen Ajan</t>
+          <t>Allah Neden Yaratmış?</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>140</v>
+        <v>245</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254285462</t>
+          <t>9786254285547</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Kolay Gelsin</t>
+          <t>Kalbimde Binbir Sevgi</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254285455</t>
+          <t>9786254285646</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Geçmiş Olsun</t>
+          <t>Hikayesi Yazılmayan Gelincik</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254285448</t>
+          <t>9786254285400</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret Afiyet Olsun</t>
+          <t>Ben Şeyh Şamil</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254285318</t>
+          <t>9786254285608</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Nefesi Dua</t>
+          <t>Maviş</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254285479</t>
+          <t>9786254285523</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>The Apple Of Our Eye Rim</t>
+          <t>40 Ayette Aile</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254285349</t>
+          <t>9786254285516</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Pofuduk Ormanı</t>
+          <t>40 Hadiste Aile</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254285226</t>
+          <t>9786254285332</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor - Serçeler</t>
+          <t>40 Ayette Dua</t>
         </is>
       </c>
       <c r="C769" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254285295</t>
+          <t>9786254285325</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Les Beaux Noms d'Allah (Allah’ın Güzel İsimleri 2. Set 5 Kitap)</t>
+          <t>40 Hadiste Dua</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254285288</t>
+          <t>9786254285486</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>The Beautiful Names Of Allah (Allah’ın Güzel İsimleri 5. seri 5 Kitap) İngilizce</t>
+          <t>Bizim Aile Günlüğümüz</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254285066</t>
+          <t>9786254285431</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Les Beaux Noms d'Allah (Allah’ın Güzel İsimleri 1 Set 5 Kitap)</t>
+          <t>Adabı Muaşeret Özür Dilerim</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>700</v>
+        <v>50</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254284335</t>
+          <t>9786254285424</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>There Is A Horse In The Parking Lot (Değerli Hikayeler Otoparkta Bir At Var)</t>
+          <t>Adabı Muaşeret Teşekkür Ederim</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>580</v>
+        <v>50</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254285028</t>
+          <t>9786254285509</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Well Balanced Town (Değerli Hikayeler Şaşmaz Kasabası)</t>
+          <t>Bizim Ormandan Masallar</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254284342</t>
+          <t>9786254285387</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>The Beloved Locksmith (Değerli Hikayeler Sevgili Çilingir Dükkanı)</t>
+          <t>Hikayesini Anlatmak İsteyen Ajan</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>580</v>
+        <v>140</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254284632</t>
+          <t>9786254285462</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Papatya And Her Nephews (Değerli Hikayeler Papatya ve Yeğenleri)</t>
+          <t>Adabı Muaşeret Kolay Gelsin</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>580</v>
+        <v>50</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789751901910</t>
+          <t>9786254285455</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Namaz Surelerinin Türkçe Terceme ve Tefsiri</t>
+          <t>Adabı Muaşeret Geçmiş Olsun</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254283017</t>
+          <t>9786254285448</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest ve Namaz</t>
+          <t>Adabı Muaşeret Afiyet Olsun</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>8380000000203</t>
+          <t>9786254285318</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Turkuaz</t>
+          <t>Kalbimin Nefesi Dua</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>900</v>
+        <v>95</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>8380000000225</t>
+          <t>9786254285479</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Mor</t>
+          <t>The Apple Of Our Eye Rim</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>1650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786057519863</t>
+          <t>9786254285349</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Peygamberlere İman</t>
+          <t>Pofuduk Ormanı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786057519870</t>
+          <t>9786254285226</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Meleklere İman</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor - Serçeler</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789753898034</t>
+          <t>9786254285295</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Nuh Peygamber Cimcirik ve Şimşirikten Bulmacalarla</t>
+          <t>Les Beaux Noms d'Allah (Allah’ın Güzel İsimleri 2. Set 5 Kitap)</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254285141</t>
+          <t>9786254285288</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Alaeddin Özdenören</t>
+          <t>The Beautiful Names Of Allah (Allah’ın Güzel İsimleri 5. seri 5 Kitap) İngilizce</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254285271</t>
+          <t>9786254285066</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kelime Sevdası</t>
+          <t>Les Beaux Noms d'Allah (Allah’ın Güzel İsimleri 1 Set 5 Kitap)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254284540</t>
+          <t>9786254284335</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kahtaniler</t>
+          <t>There Is A Horse In The Parking Lot (Değerli Hikayeler Otoparkta Bir At Var)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>260</v>
+        <v>580</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254285127</t>
+          <t>9786254285028</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>İyilik Bahçesi - Peygamberimizin Anlattığı Hikayeler</t>
+          <t>Well Balanced Town (Değerli Hikayeler Şaşmaz Kasabası)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254285240</t>
+          <t>9786254284342</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işığı 3 - Fransa</t>
+          <t>The Beloved Locksmith (Değerli Hikayeler Sevgili Çilingir Dükkanı)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786257205580</t>
+          <t>9786254284632</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Der Islam</t>
+          <t>Papatya And Her Nephews (Değerli Hikayeler Papatya ve Yeğenleri)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>550</v>
+        <v>580</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254284526</t>
+          <t>9789751901910</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Yazım Serüveni</t>
+          <t>Namaz Surelerinin Türkçe Terceme ve Tefsiri</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>400</v>
+        <v>35</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254285257</t>
+          <t>9786254283017</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tefsirinde Kur’an İlimleri</t>
+          <t>Resimlerle Abdest ve Namaz</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254285264</t>
+          <t>8380000000203</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Temsili Anlatım</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Turkuaz</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>270</v>
+        <v>900</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786254285158</t>
+          <t>8380000000225</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Avec Ses Droits Et Sa Respectabilite La Femme Dans Lıslam</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Mor</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>240</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254356605</t>
+          <t>9786057519863</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Hz.Hasan</t>
+          <t>İslam'da Peygamberlere İman</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254284557</t>
+          <t>9786057519870</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizin Bir Tanesi Rim</t>
+          <t>İslam'da Meleklere İman</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254285110</t>
+          <t>9789753898034</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>İyilik Fidanı Eğitim Seti (9 Kitap)</t>
+          <t>Nuh Peygamber Cimcirik ve Şimşirikten Bulmacalarla</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>1800</v>
+        <v>135</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786254285165</t>
+          <t>9786254285141</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Erdem Bayazıt</t>
+          <t>Alaeddin Özdenören</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254285219</t>
+          <t>9786254285271</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Benim Denizim</t>
+          <t>Kelime Sevdası</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254285172</t>
+          <t>9786254284540</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Okuya Yaza Yaşamak</t>
+          <t>Kahtaniler</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254285233</t>
+          <t>9786254285127</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Belleği ve Hukuki İktidar</t>
+          <t>İyilik Bahçesi - Peygamberimizin Anlattığı Hikayeler</t>
         </is>
       </c>
       <c r="C800" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254285189</t>
+          <t>9786254285240</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Duruşunu Bozmayan Adam Mehmet Akif Ersoy</t>
+          <t>Doğu Işığı 3 - Fransa</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786254285134</t>
+          <t>9786257205580</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Abdest ve Namaz Orta Boy</t>
+          <t>Der Islam</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254285059</t>
+          <t>9786254284526</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor Kardelenler</t>
+          <t>Hadislerin Yazım Serüveni</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254285035</t>
+          <t>9786254285257</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Dijital Düşlemeler -2 Teknolojinin Dar Koridorları</t>
+          <t>Osmanlı Tefsirinde Kur’an İlimleri</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254284793</t>
+          <t>9786254285264</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Makasıdül Kur'an'a Giriş</t>
+          <t>Kuran’da Temsili Anlatım</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254284151</t>
+          <t>9786254285158</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mudarebe ve Katılım Bankacılığındaki Yeri</t>
+          <t>Avec Ses Droits Et Sa Respectabilite La Femme Dans Lıslam</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254285097</t>
+          <t>9786254356605</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Rehberi Fethi Gemuhluoğlu</t>
+          <t>Hz.Hasan</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254285103</t>
+          <t>9786254284557</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Aile Hukuku</t>
+          <t>Kalbimizin Bir Tanesi Rim</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>290</v>
+        <v>80</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789753899826</t>
+          <t>9786254285110</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hz. Muhammed'in Hayatı</t>
+          <t>İyilik Fidanı Eğitim Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>100</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786258023343</t>
+          <t>9786254285165</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Bir Sayfa Bir Ayet Bir Hikmet (Ciltli)</t>
+          <t>Erdem Bayazıt</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>1000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786258023411</t>
+          <t>9786254285219</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin-i Rumi - Gönüller Güneşi</t>
+          <t>Benim Denizim</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254285080</t>
+          <t>9786254285172</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kararınca</t>
+          <t>Okuya Yaza Yaşamak</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254285011</t>
+          <t>9786254285233</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Sus İşareti</t>
+          <t>Hukuk Belleği ve Hukuki İktidar</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254284786</t>
+          <t>9786254285189</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Seharenpuri</t>
+          <t>Duruşunu Bozmayan Adam Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254285042</t>
+          <t>9786254285134</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Annemin Gökyüzü</t>
+          <t>Resimlerle Abdest ve Namaz Orta Boy</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786257672146</t>
+          <t>9786254285059</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kafama Takıldı (Ciltli)</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor Kardelenler</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254283109</t>
+          <t>9786254285035</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Suskun - Yüreğiyle Konuşan Cerebral Palsyli Kız</t>
+          <t>Dijital Düşlemeler -2 Teknolojinin Dar Koridorları</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254283055</t>
+          <t>9786254284793</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar Serisi Rusça 1. Set</t>
+          <t>Makasıdül Kur'an'a Giriş</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>800</v>
+        <v>420</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786254282942</t>
+          <t>9786254284151</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Beşer ve Resul Hz. Muhammed Medine'de</t>
+          <t>İslam Hukukunda Mudarebe ve Katılım Bankacılığındaki Yeri</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789753898201</t>
+          <t>9786254285097</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Asa-yı Musa (Ciltli)</t>
+          <t>Dostluk Rehberi Fethi Gemuhluoğlu</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786254283130</t>
+          <t>9786254285103</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>A Woman In Islam With Their Rights And Dignity</t>
+          <t>Osmanlı’dan Günümüze Aile Hukuku</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254284397</t>
+          <t>9789753899826</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Bülbülüm Bağ Gezerim Evliya Çelebi</t>
+          <t>Peygamberimizin Hz. Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254284458</t>
+          <t>9786258023343</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Sarı Kahraman?</t>
+          <t>Bir Sayfa Bir Ayet Bir Hikmet (Ciltli)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786254284434</t>
+          <t>9786258023411</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Buhari ve Müslim’den İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş- Şeyhan Arapça-Türkçe Metin - “Üç Cilt”</t>
+          <t>Mevlana Celaleddin-i Rumi - Gönüller Güneşi</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>2500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254284953</t>
+          <t>9786254285080</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Buhari Ve Müslimden İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş - Şeyhan Türkçe Metin İki Kitap</t>
+          <t>Karınca Kararınca</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>675</v>
+        <v>180</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254284960</t>
+          <t>9786254285011</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Buhari Ve Müslim’den İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş- Şeyhan Türkçe Metin “ Tek Cilt ”</t>
+          <t>Sus İşareti</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>1135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254284410</t>
+          <t>9786254284786</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Ne Diyor, Felsefe Ne İstiyor?</t>
+          <t>Seharenpuri</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254284328</t>
+          <t>9786254285042</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Yol Ne Söyler</t>
+          <t>Annemin Gökyüzü</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254284403</t>
+          <t>9786257672146</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>1453 Fetih Destanı</t>
+          <t>Kafama Takıldı (Ciltli)</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254284427</t>
+          <t>9786254283109</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Ayşe ve Ahmet’in Ramazan Günlüğü</t>
+          <t>Suskun - Yüreğiyle Konuşan Cerebral Palsyli Kız</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254284212</t>
+          <t>9786254283055</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Maverdi’nin Usul Anlayışı</t>
+          <t>Değerli Masallar Serisi Rusça 1. Set</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254284274</t>
+          <t>9786254282942</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Hikayeyi Sen Anlat</t>
+          <t>Beşer ve Resul Hz. Muhammed Medine'de</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254284205</t>
+          <t>9789753898201</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Tabiin Döneminde Hadis Rivayeti</t>
+          <t>Asa-yı Musa (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254284250</t>
+          <t>9786254283130</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Arkadaşları 9 Kitap Set</t>
+          <t>A Woman In Islam With Their Rights And Dignity</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254280900</t>
+          <t>9786254284397</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İyilik Okul Öncesi Eğitim Seti (6 Kitap)</t>
+          <t>Bülbülüm Bağ Gezerim Evliya Çelebi</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>1600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786257205146</t>
+          <t>9786254284458</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Abdest Almayı Öğreniyorum Poster 50X70</t>
+          <t>Kim Bu Sarı Kahraman?</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>105</v>
+        <v>180</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258023244</t>
+          <t>9786254284434</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları Çocuklar İçin Sahabe Hayatları (Ciltli)</t>
+          <t>Buhari ve Müslim’den İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş- Şeyhan Arapça-Türkçe Metin - “Üç Cilt”</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>360</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789753899857</t>
+          <t>9786254284953</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Sureler</t>
+          <t>Buhari Ve Müslimden İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş - Şeyhan Türkçe Metin İki Kitap</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>110</v>
+        <v>675</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786057580344</t>
+          <t>9786254284960</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Gül Cenneti</t>
+          <t>Buhari Ve Müslim’den İnci Mercan Hadisler El Lü'lüü Vel Mercan Fi Ma İttefeka Aleyhi'ş- Şeyhan Türkçe Metin “ Tek Cilt ”</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>250</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789753897259</t>
+          <t>9786254284410</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüden Kurtulma Yolları</t>
+          <t>Filozoflar Ne Diyor, Felsefe Ne İstiyor?</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>485</v>
+        <v>140</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786257069434</t>
+          <t>9786254284328</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Hadis Şerh Geleneği</t>
+          <t>Yol Ne Söyler</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254280528</t>
+          <t>9786254284403</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (Ciltli)</t>
+          <t>1453 Fetih Destanı</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786257069427</t>
+          <t>9786254284427</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar 2. Seri (5 Kitap Takım)</t>
+          <t>Ayşe ve Ahmet’in Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786058497559</t>
+          <t>9786254284212</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Kuran Ayetleri Eşliğinde Divanı İlahi Aşk</t>
+          <t>Maverdi’nin Usul Anlayışı</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>85</v>
+        <v>360</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786058574427</t>
+          <t>9786254284274</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal ve Sosyal Davranış Bilgileri</t>
+          <t>Hikayeyi Sen Anlat</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>80</v>
+        <v>245</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254284519</t>
+          <t>9786254284205</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamak - Kırk Ayet ve Yorumu</t>
+          <t>Tabiin Döneminde Hadis Rivayeti</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>485</v>
+        <v>550</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254284373</t>
+          <t>9786254284250</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor - Dut Ağacı</t>
+          <t>Peygamberimizin Arkadaşları 9 Kitap Set</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786254283956</t>
+          <t>9786254280900</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem Mısır’da Metin Tenkidi Tartışmaları</t>
+          <t>Adım Adım İyilik Okul Öncesi Eğitim Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>340</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786254284014</t>
+          <t>9786257205146</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Mahir İs Looking For An İnvention</t>
+          <t>Abdest Almayı Öğreniyorum Poster 50X70</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>580</v>
+        <v>105</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254284007</t>
+          <t>9786258023244</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>The Red Apple Versus Covid-19</t>
+          <t>Yeryüzü Yıldızları Çocuklar İçin Sahabe Hayatları (Ciltli)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>580</v>
+        <v>360</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254283932</t>
+          <t>9789753899857</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Seğmen And His Days İn Bandages</t>
+          <t>Dualar ve Sureler</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>580</v>
+        <v>110</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254283949</t>
+          <t>9786057580344</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>My Great Aunt İs İn The Flowepot</t>
+          <t>Gül Cenneti</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254284229</t>
+          <t>9789753897259</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Aidiyet Olgusu</t>
+          <t>Üzüntüden Kurtulma Yolları</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>360</v>
+        <v>485</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786254283925</t>
+          <t>9786257069434</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Malların Zekatı</t>
+          <t>Hadis Şerh Geleneği</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786254284199</t>
+          <t>9786254280528</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Tarihinde Fukaha-yi Seb’a</t>
+          <t>Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786254284298</t>
+          <t>9786257069427</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Fetva Ehliyeti</t>
+          <t>Değerli Masallar 2. Seri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>290</v>
+        <v>470</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786254283321</t>
+          <t>9786058497559</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Le Noble Coran Fransızca Kuranı Kerim ve Meali Orta Boy (Ciltli)</t>
+          <t>Kuran Ayetleri Eşliğinde Divanı İlahi Aşk</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>900</v>
+        <v>85</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786254284441</t>
+          <t>9786058574427</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Helal Gıda ve İnsan Sağlığı</t>
+          <t>Kurumsal ve Sosyal Davranış Bilgileri</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>270</v>
+        <v>80</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786254284366</t>
+          <t>9786254284519</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Ben Mehmet Akif</t>
+          <t>Kur'an'ı Anlamak - Kırk Ayet ve Yorumu</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>140</v>
+        <v>485</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786254284304</t>
+          <t>9786254284373</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Dönemi Şiddet Hareketleri</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor - Dut Ağacı</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>485</v>
+        <v>150</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254283840</t>
+          <t>9786254283956</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara Dair Ayetler Özelinde Tefsir ve Sosyokültürel Çevre İlişkisi</t>
+          <t>Modern Dönem Mısır’da Metin Tenkidi Tartışmaları</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254283987</t>
+          <t>9786254284014</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Yeminlerindeki Mesajlar</t>
+          <t>Mahir İs Looking For An İnvention</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>225</v>
+        <v>580</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254283918</t>
+          <t>9786254284007</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Esen Rüzgar</t>
+          <t>The Red Apple Versus Covid-19</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>140</v>
+        <v>580</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254284311</t>
+          <t>9786254283932</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Hıristiyanlıkta ve İslamiyet’te Vahiy</t>
+          <t>Seğmen And His Days İn Bandages</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>310</v>
+        <v>580</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254283901</t>
+          <t>9786254283949</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Yüz</t>
+          <t>My Great Aunt İs İn The Flowepot</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>130</v>
+        <v>580</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786254283895</t>
+          <t>9786254284229</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Sonra Güneş</t>
+          <t>Kur’an’da Aidiyet Olgusu</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786254284267</t>
+          <t>9786254283925</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihçiliğine Adanan Altın Bir Ömür Prof. Dr. Mustafa Fayda</t>
+          <t>Gayrimenkul Malların Zekatı</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786254284243</t>
+          <t>9786254284199</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Mabed</t>
+          <t>İslam Hukuk Tarihinde Fukaha-yi Seb’a</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786254283994</t>
+          <t>9786254284298</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Münevver Ayaşlı</t>
+          <t>İslam Hukukunda Fetva Ehliyeti</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254283963</t>
+          <t>9786254283321</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Ufkunda Bir Şair Sezai Karakoç</t>
+          <t>Le Noble Coran Fransızca Kuranı Kerim ve Meali Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>140</v>
+        <v>900</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786257069816</t>
+          <t>9786254284441</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Tahin İle Pekmez Öğrenci Seti Karton</t>
+          <t>İslam’da Helal Gıda ve İnsan Sağlığı</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>1600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786254284175</t>
+          <t>9786254284366</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Bahçesinde Kimler Yaşıyor "Karıncalar"</t>
+          <t>Ben Mehmet Akif</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786254283970</t>
+          <t>9786254284304</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Baktığın Yerdeyim</t>
+          <t>Emeviler Dönemi Şiddet Hareketleri</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>160</v>
+        <v>485</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254283826</t>
+          <t>9786254283840</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Arapçada Atasözleri</t>
+          <t>Kadınlara Dair Ayetler Özelinde Tefsir ve Sosyokültürel Çevre İlişkisi</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254281280</t>
+          <t>9786254283987</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Kur’an Yeminlerindeki Mesajlar</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254284236</t>
+          <t>9786254283918</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Değerli Hikayeler 15 Kitap Set Kutulu</t>
+          <t>Bozkırda Esen Rüzgar</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>2900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254283444</t>
+          <t>9786254284311</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Günlük</t>
+          <t>Hıristiyanlıkta ve İslamiyet’te Vahiy</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>160</v>
+        <v>310</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254283314</t>
+          <t>9786254283901</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>İlmi, Kültürel ve Sosyal Hayatta Kudüs</t>
+          <t>Hüzünlü Yüz</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254283833</t>
+          <t>9786254283895</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Haber Nazariyesi</t>
+          <t>Yağmurdan Sonra Güneş</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>485</v>
+        <v>130</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254283147</t>
+          <t>9786254284267</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>SosyoKültürel Bağlamda Hadis Tasnifi</t>
+          <t>İslam Tarihçiliğine Adanan Altın Bir Ömür Prof. Dr. Mustafa Fayda</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786254283185</t>
+          <t>9786254284243</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Dijital Düşlemeler Hikayenin Yeni Yüzü</t>
+          <t>Dinlerde Mabed</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254283291</t>
+          <t>9786254283994</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Sehiv Secdesi</t>
+          <t>Münevver Ayaşlı</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786254283277</t>
+          <t>9786254283963</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Bu Çocuk Kime Çekmiş?</t>
+          <t>Diriliş Ufkunda Bir Şair Sezai Karakoç</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786254283086</t>
+          <t>9786257069816</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Kudüs Ve Mescid-i Aksa</t>
+          <t>Tahin İle Pekmez Öğrenci Seti Karton</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>320</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786254283307</t>
+          <t>9786254284175</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Bize Ne Söyler?</t>
+          <t>Babaannemin Bahçesinde Kimler Yaşıyor "Karıncalar"</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786254283239</t>
+          <t>9786254283970</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>15 Dakika</t>
+          <t>Baktığın Yerdeyim</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786254283260</t>
+          <t>9786254283826</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali</t>
+          <t>Arapçada Atasözleri</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>800</v>
+        <v>185</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786254283178</t>
+          <t>9786254281280</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Kelami Boyutuyla Deprem ve Doğal Afetler</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254283819</t>
+          <t>9786254284236</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Perdem Yelken Olsa</t>
+          <t>Değerli Hikayeler 15 Kitap Set Kutulu</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>190</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254283154</t>
+          <t>9786254283444</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazzali’de Maslahat Düşüncesi</t>
+          <t>Konuşan Günlük</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786254283123</t>
+          <t>9786254283314</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kaynaklı Tasavvuf Kavramları</t>
+          <t>İlmi, Kültürel ve Sosyal Hayatta Kudüs</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>485</v>
+        <v>320</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254283208</t>
+          <t>9786254283833</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Uzay Sağ Sol Beyin Etkinlikleri</t>
+          <t>Fıkıh Usulünde Haber Nazariyesi</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>190</v>
+        <v>485</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786254283192</t>
+          <t>9786254283147</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Sağ Beyin Sol Beyin Etkinlikleri</t>
+          <t>SosyoKültürel Bağlamda Hadis Tasnifi</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786254283215</t>
+          <t>9786254283185</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Meyveler Sağ Beyin Sol Beyin Etkinlikleri</t>
+          <t>Dijital Düşlemeler Hikayenin Yeni Yüzü</t>
         </is>
       </c>
       <c r="C894" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786254283161</t>
+          <t>9786254283291</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun İnşasında Kurucu Sufiler</t>
+          <t>Sehiv Secdesi</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>340</v>
+        <v>165</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786254283338</t>
+          <t>9786254283277</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Yolcu İstikamet Öyküleri</t>
+          <t>Bu Çocuk Kime Çekmiş?</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786254283222</t>
+          <t>9786254283086</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Müfredatı İle Uyumlu Sanat Etkinlikleri</t>
+          <t>Tarihte Kudüs Ve Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786254283048</t>
+          <t>9786254283307</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Yola Düşen Kelimeler Kaşgarlı Mahmut</t>
+          <t>Peygamberler Bize Ne Söyler?</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786254283024</t>
+          <t>9786254283239</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Bir Miras Olarak Aile Değerleri</t>
+          <t>15 Dakika</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786254283062</t>
+          <t>9786254283260</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Şekeristan Mektupları 2</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786254283031</t>
+          <t>9786254283178</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Ben Aliya</t>
+          <t>Kelami Boyutuyla Deprem ve Doğal Afetler</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254282966</t>
+          <t>9786254283819</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Mesud</t>
+          <t>Perdem Yelken Olsa</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786254282973</t>
+          <t>9786254283154</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Darimi</t>
+          <t>İmam Gazzali’de Maslahat Düşüncesi</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786254283000</t>
+          <t>9786254283123</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık</t>
+          <t>Kur’an Kaynaklı Tasavvuf Kavramları</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>130</v>
+        <v>485</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789753898195</t>
+          <t>9786254283208</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalbiniz Vardır Onu Hatırlayınız</t>
+          <t>Uzay Sağ Sol Beyin Etkinlikleri</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254282997</t>
+          <t>9786254283192</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Nereye Kaçsam?</t>
+          <t>Hayvanlar Sağ Beyin Sol Beyin Etkinlikleri</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786254282980</t>
+          <t>9786254283215</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Kimi Takip Edelim?</t>
+          <t>Meyveler Sağ Beyin Sol Beyin Etkinlikleri</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786254283079</t>
+          <t>9786254283161</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Batıniliğin İçyüzü</t>
+          <t>Tasavvufun İnşasında Kurucu Sufiler</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786254282959</t>
+          <t>9786254283338</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Bir Günüm Boyama Kitabı</t>
+          <t>Yolcu İstikamet Öyküleri</t>
         </is>
       </c>
       <c r="C909" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786254281549</t>
+          <t>9786254283222</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Trafik Dedektifleri (Rusça)</t>
+          <t>Din Eğitimi Müfredatı İle Uyumlu Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786254282645</t>
+          <t>9786254283048</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Sudaki Umut Benoy</t>
+          <t>Yola Düşen Kelimeler Kaşgarlı Mahmut</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786254281532</t>
+          <t>9786254283024</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Dedektifleri (Rusça)</t>
+          <t>Bir Miras Olarak Aile Değerleri</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>390</v>
+        <v>185</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786254281167</t>
+          <t>9786254283062</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Orta Boy (Yeşil) (Ciltli)</t>
+          <t>Şekeristan Mektupları 2</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254281150</t>
+          <t>9786254283031</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Orta Boy (Bordo) (Ciltli)</t>
+          <t>Ben Aliya</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254282409</t>
+          <t>9786254282966</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardında Ne Var?</t>
+          <t>Abdullah B. Mesud</t>
         </is>
       </c>
       <c r="C915" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786254281525</t>
+          <t>9786254282973</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>İsraf Dedektifleri (Rusça)</t>
+          <t>Darimi</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>390</v>
+        <v>135</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254282461</t>
+          <t>9786254283000</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Ramazan Etkinlik Kitabı</t>
+          <t>Sıfır Atık</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786254280795</t>
+          <t>9789753898195</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Hasan Basri Çantay</t>
+          <t>Bir Kalbiniz Vardır Onu Hatırlayınız</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254281518</t>
+          <t>9786254282997</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Çevre Dedektifleri (Rusça)</t>
+          <t>Nereye Kaçsam?</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>390</v>
+        <v>245</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254280955</t>
+          <t>9786254282980</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri - 4. Seri (Arapça)</t>
+          <t>Kimi Takip Edelim?</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786254280948</t>
+          <t>9786254283079</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri - 3. Seri (Arapça)</t>
+          <t>Batıniliğin İçyüzü</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254282874</t>
+          <t>9786254282959</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihinde Cehmiyye</t>
+          <t>Bir Günüm Boyama Kitabı</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786258023510</t>
+          <t>9786254281549</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatında Mizah</t>
+          <t>Trafik Dedektifleri (Rusça)</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254282935</t>
+          <t>9786254282645</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Kurtarıcı Kurallar Kitabı</t>
+          <t>Sudaki Umut Benoy</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786258146363</t>
+          <t>9786254281532</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Cibril Hadisi ve İslam Düşüncesine Yansımaları</t>
+          <t>Sağlık Dedektifleri (Rusça)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254282843</t>
+          <t>9786254281167</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Bustanü’l - Muhaddisin</t>
+          <t>Kur'an-ı Kerim Orta Boy (Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254282898</t>
+          <t>9786254281150</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarından Bugüne Ateşteki Emanet</t>
+          <t>Kur'an-ı Kerim Orta Boy (Bordo) (Ciltli)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254282928</t>
+          <t>9786254282409</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Dört Dörtlük Ekip Su Savaşı</t>
+          <t>Kapının Ardında Ne Var?</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254282614</t>
+          <t>9786254281525</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Dümeni Göğe Kırmak - Piri Reis</t>
+          <t>İsraf Dedektifleri (Rusça)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254282904</t>
+          <t>9786254282461</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarından Bugüne Bizim Olan Uzaklar</t>
+          <t>Hoş Geldin Ramazan Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254282805</t>
+          <t>9786254280795</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarından Bugüne Unutulmaz Yaz Tatili</t>
+          <t>Hasan Basri Çantay</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>135</v>
+        <v>195</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786258023671</t>
+          <t>9786254281518</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Das Lexikon Religiöser Begriffe (Dini Terimler Sözlüğü) Almanca</t>
+          <t>Çevre Dedektifleri (Rusça)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786258023688</t>
+          <t>9786254280955</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Dictionnaire Des Termes Religieux (Dini Terimler Sözlüğü) Fransızca</t>
+          <t>Allah'ın Güzel İsimleri - 4. Seri (Arapça)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786258023695</t>
+          <t>9786254280948</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Glossary of Religious Terms (Dini Terimler Sözlüğü) İngilizce</t>
+          <t>Allah'ın Güzel İsimleri - 3. Seri (Arapça)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786258023701</t>
+          <t>9786254282874</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Religieus Woordenboek (Dini Terimler Sözlüğü) Felemenkçe</t>
+          <t>Hadis Tarihinde Cehmiyye</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789753891028</t>
+          <t>9786258023510</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Temel Eğitimdeki Türk Çocuklarının Din Eğitimi</t>
+          <t>Peygamberimizin Hayatında Mizah</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786254282799</t>
+          <t>9786254282935</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Bez Cilt Kahverengi)</t>
+          <t>Kurtarıcı Kurallar Kitabı</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786254280610</t>
+          <t>9786258146363</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Sayfalardan Sofralara</t>
+          <t>Cibril Hadisi ve İslam Düşüncesine Yansımaları</t>
         </is>
       </c>
       <c r="C938" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254282706</t>
+          <t>9786254282843</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 5. Seri 5 Kitap Takım</t>
+          <t>Bustanü’l - Muhaddisin</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254282584</t>
+          <t>9786254282898</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Okul Bahçesinde Müzikli Bir Gece</t>
+          <t>Kur’an Kıssalarından Bugüne Ateşteki Emanet</t>
         </is>
       </c>
       <c r="C940" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254282812</t>
+          <t>9786254282928</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Galip Divanı</t>
+          <t>Dört Dörtlük Ekip Su Savaşı</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>1040</v>
+        <v>135</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254281112</t>
+          <t>9786254282614</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Ahkamu's-suk ( Prestij )</t>
+          <t>Dümeni Göğe Kırmak - Piri Reis</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786254282911</t>
+          <t>9786254282904</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Son Peygamber’in Genç Arkadaşları</t>
+          <t>Kur’an Kıssalarından Bugüne Bizim Olan Uzaklar</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254282669</t>
+          <t>9786254282805</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Eş’ari ve Kur’an’ı Yorumlama Yöntemi</t>
+          <t>Kur’an Kıssalarından Bugüne Unutulmaz Yaz Tatili</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786254282713</t>
+          <t>9786258023671</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>İki Nehir Aresinde</t>
+          <t>Das Lexikon Religiöser Begriffe (Dini Terimler Sözlüğü) Almanca</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786254282850</t>
+          <t>9786258023688</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Bambaşka Bir Sabah</t>
+          <t>Dictionnaire Des Termes Religieux (Dini Terimler Sözlüğü) Fransızca</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254282881</t>
+          <t>9786258023695</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Ta-ha 121</t>
+          <t>Glossary of Religious Terms (Dini Terimler Sözlüğü) İngilizce</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786254282768</t>
+          <t>9786258023701</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Biraz da Annedir</t>
+          <t>Religieus Woordenboek (Dini Terimler Sözlüğü) Felemenkçe</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786254282683</t>
+          <t>9789753891028</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Kuran Kıssalarından Bugüne Biraz Daha Uzağa</t>
+          <t>Almanya'da Temel Eğitimdeki Türk Çocuklarının Din Eğitimi</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786254282829</t>
+          <t>9786254282799</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Kuran Kıssalarından Bugüne Pencerede İbibik</t>
+          <t>Kuranı Kerim Ve Açıklamalı Karşılıklı Meali Orta Boy ( Bez Cilt Kahverengi)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>135</v>
+        <v>750</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786254282737</t>
+          <t>9786254280610</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarından Bugüne Kuyudan Çıkan Mucize</t>
+          <t>Sayfalardan Sofralara</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786254282744</t>
+          <t>9786254282706</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Kuran Kıssalarından Bugüne Gizemli Misafir</t>
+          <t>Allah’ın Güzel İsimleri 5. Seri 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>120</v>
+        <v>470</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786254282751</t>
+          <t>9786254282584</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kıssalarından Bugüne Ceza Sahasında</t>
+          <t>Okul Bahçesinde Müzikli Bir Gece</t>
         </is>
       </c>
       <c r="C953" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786254282577</t>
+          <t>9786254282812</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyetinin Çin Kültürü Üzerine Etkileri</t>
+          <t>Şeyh Galip Divanı</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>320</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786254282478</t>
+          <t>9786254281112</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Kömür Gözlü Kardan Adam</t>
+          <t>Ahkamu's-suk ( Prestij )</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>375</v>
+        <v>800</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254282485</t>
+          <t>9786254282911</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Arayan Köpek</t>
+          <t>Son Peygamber’in Genç Arkadaşları</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786257205658</t>
+          <t>9786254282669</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Arasındaki Farklar</t>
+          <t>Eş’ari ve Kur’an’ı Yorumlama Yöntemi</t>
         </is>
       </c>
       <c r="C957" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786254282690</t>
+          <t>9786254282713</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işığı 2 - Rusya</t>
+          <t>İki Nehir Aresinde</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786254282522</t>
+          <t>9786254282850</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Kahverengi) (Ciltli)</t>
+          <t>Bambaşka Bir Sabah</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>575</v>
+        <v>135</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786254282539</t>
+          <t>9786254282881</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Yeşil) (Ciltli)</t>
+          <t>Ta-ha 121</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>575</v>
+        <v>135</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786254282515</t>
+          <t>9786254282768</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Kırmızı) (Ciltli)</t>
+          <t>Ramazan Biraz da Annedir</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>575</v>
+        <v>150</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254282508</t>
+          <t>9786254282683</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Beyaz) (Ciltli)</t>
+          <t>Kuran Kıssalarından Bugüne Biraz Daha Uzağa</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>575</v>
+        <v>135</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786254281778</t>
+          <t>9786254282829</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>On Kelime On Yazar</t>
+          <t>Kuran Kıssalarından Bugüne Pencerede İbibik</t>
         </is>
       </c>
       <c r="C963" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254282324</t>
+          <t>9786254282737</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Yaşamaz Ölümü Göze Almayan Çanakkale Hikayeleri</t>
+          <t>Kur’an Kıssalarından Bugüne Kuyudan Çıkan Mucize</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254282553</t>
+          <t>9786254282744</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Hele Şükür</t>
+          <t>Kuran Kıssalarından Bugüne Gizemli Misafir</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786254282355</t>
+          <t>9786254282751</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Roman Boy Kahverengi (Ciltli)</t>
+          <t>Kur'an Kıssalarından Bugüne Ceza Sahasında</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>380</v>
+        <v>135</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786254282393</t>
+          <t>9786254282577</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Hafız Boy Kırmızı (Ciltli)</t>
+          <t>İslam Medeniyetinin Çin Kültürü Üzerine Etkileri</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786257672115</t>
+          <t>9786254282478</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Hafız Boy Beyaz (Ciltli)</t>
+          <t>Kömür Gözlü Kardan Adam</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786254282379</t>
+          <t>9786254282485</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Hafız Boy Yeşil (Ciltli)</t>
+          <t>Arkadaş Arayan Köpek</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786254282386</t>
+          <t>9786257205658</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim Renkli Hafız Boy Kahverengi (Ciltli)</t>
+          <t>Mezhepler Arasındaki Farklar</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786254282607</t>
+          <t>9786254282690</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mor Menekşe</t>
+          <t>Doğu Işığı 2 - Rusya</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786254282560</t>
+          <t>9786254282522</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Bir Horoz Masalı</t>
+          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Kahverengi) (Ciltli)</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>190</v>
+        <v>575</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786254282591</t>
+          <t>9786254282539</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Minik Serçenin Teşekkürü</t>
+          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>135</v>
+        <v>575</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786254282621</t>
+          <t>9786254282515</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Bak Şu Akrep’in Yaptığına</t>
+          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Kırmızı) (Ciltli)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>135</v>
+        <v>575</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786254282423</t>
+          <t>9786254282508</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İyilik Okul Öncesi Eğitim Seti Etkinlik Kitabı</t>
+          <t>Kur'an-ı Kerim Rahle Boy (4 Renk Beyaz) (Ciltli)</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>245</v>
+        <v>575</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786254282454</t>
+          <t>9786254281778</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Sureler ve Dualar Yasin</t>
+          <t>On Kelime On Yazar</t>
         </is>
       </c>
       <c r="C976" s="1">
         <v>135</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786254281457</t>
+          <t>9786254282324</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Açıklamalı Meali Orta Boy ( Metinsiz ) (Ciltli)</t>
+          <t>Yaşamaz Ölümü Göze Almayan Çanakkale Hikayeleri</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786254281174</t>
+          <t>9786254282553</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Örnek Bir Lider Hz Peygamber</t>
+          <t>Hele Şükür</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786254282416</t>
+          <t>9786254282355</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Hadis ve Kültür Tarihi</t>
+          <t>Kur'an-ı Kerim Renkli Roman Boy Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786254281013</t>
+          <t>9786254282393</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin 99 Soruda Peygamberimiz</t>
+          <t>Kur'an-ı Kerim Renkli Hafız Boy Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786254282317</t>
+          <t>9786257672115</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler - Soru ? Cevap</t>
+          <t>Kur'an-ı Kerim Renkli Hafız Boy Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>110</v>
+        <v>330</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786254281426</t>
+          <t>9786254282379</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Gelişimi İtibarıyla Temel Hadis Terimleri</t>
+          <t>Kur'an-ı Kerim Renkli Hafız Boy Yeşil (Ciltli)</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786254281556</t>
+          <t>9786254282386</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Bana Konum Atar Mısın?</t>
+          <t>Kur'an-ı Kerim Renkli Hafız Boy Kahverengi (Ciltli)</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786254281051</t>
+          <t>9786254282607</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Fıkıh</t>
+          <t>Meraklı Mor Menekşe</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786254281136</t>
+          <t>9786254282560</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'de Ahlak Eğitimi</t>
+          <t>Bir Horoz Masalı</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786254281037</t>
+          <t>9786254282591</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Mustafa - Mavi Yelekli İyilik Elçileri</t>
+          <t>Minik Serçenin Teşekkürü</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786254281181</t>
+          <t>9786254282621</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Mahremiyet Eğitimi</t>
+          <t>Bak Şu Akrep’in Yaptığına</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786254281372</t>
+          <t>9786254282423</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Şifreli Yaz Tatili - Kütüphaneden Çanakkale'ye</t>
+          <t>Adım Adım İyilik Okul Öncesi Eğitim Seti Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786254281495</t>
+          <t>9786254282454</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Damla</t>
+          <t>Sureler ve Dualar Yasin</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786254281433</t>
+          <t>9786254281457</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Hanbeli Fıkıh Usulünün Teşekkülü</t>
+          <t>Kur’an-ı Kerim Açıklamalı Meali Orta Boy ( Metinsiz ) (Ciltli)</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786254281464</t>
+          <t>9786254281174</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Sizin Ömrünüz Kaç Saniye ?</t>
+          <t>Örnek Bir Lider Hz Peygamber</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786254281440</t>
+          <t>9786254282416</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Dini Çoğulculuk İddialarının Odağında Hz. Mevlana</t>
+          <t>Endülüs'te Hadis ve Kültür Tarihi</t>
         </is>
       </c>
       <c r="C992" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786254281471</t>
+          <t>9786254281013</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>İmam Nevevi ve Fıkhi Tercihleri</t>
+          <t>Gençler İçin 99 Soruda Peygamberimiz</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786254281242</t>
+          <t>9786254282317</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Yorum ve Öznellik</t>
+          <t>Temel Dini Bilgiler - Soru ? Cevap</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786254280726</t>
+          <t>9786254281426</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kim Konuştu Duydun mu?</t>
+          <t>Gelişimi İtibarıyla Temel Hadis Terimleri</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786254281204</t>
+          <t>9786254281556</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Boğazda Bir Düğüm</t>
+          <t>Bana Konum Atar Mısın?</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789753897501</t>
+          <t>9786254281051</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Yolcuyu Uğurlarken</t>
+          <t>Siyaset ve Fıkıh</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786254281266</t>
+          <t>9786254281136</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Tembel Karınca Nemle</t>
+          <t>Mesnevi'de Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786254281259</t>
+          <t>9786254281037</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Doğruluk Müminin Şiarı</t>
+          <t>Mustafa - Mavi Yelekli İyilik Elçileri</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789753898072</t>
+          <t>9786254281181</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Lila Mustafa Cihat</t>
+          <t>İslam'da Mahremiyet Eğitimi</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786254280962</t>
+          <t>9786254281372</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Manevi Eğitim Metodu Olarak Halvet</t>
+          <t>Şifreli Yaz Tatili - Kütüphaneden Çanakkale'ye</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786254280917</t>
+          <t>9786254281495</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şiasında Siyaset Tefsir İlişkisi</t>
+          <t>Kendini Arayan Damla</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786254280993</t>
+          <t>9786254281433</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Contes Precievt Serie 1 5 Livres</t>
+          <t>Hanbeli Fıkıh Usulünün Teşekkülü</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>975</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786254281006</t>
+          <t>9786254281464</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Contes Precievt Serie 2 5 Livre</t>
+          <t>Sizin Ömrünüz Kaç Saniye ?</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>975</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786254281143</t>
+          <t>9786254281440</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Çölde Gül Bahçesi "Öğretmen Hatıraları"</t>
+          <t>Dini Çoğulculuk İddialarının Odağında Hz. Mevlana</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786254280931</t>
+          <t>9786254281471</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>İslam Borçlar Hukukunda Niza</t>
+          <t>İmam Nevevi ve Fıkhi Tercihleri</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786254280986</t>
+          <t>9786254281242</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Muvatta'</t>
+          <t>Tefsirde Yorum ve Öznellik</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786254280733</t>
+          <t>9786254280726</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Umut Güzel Çizer - Değerli Hikayeler Hoşgörü</t>
+          <t>Kim Konuştu Duydun mu?</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786254280559</t>
+          <t>9786254281204</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Toka Birtakım İşler - Değerli Hikayeler Kanaatkarlık</t>
+          <t>Boğazda Bir Düğüm</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786254280580</t>
+          <t>9789753897501</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Leyla’nın Kayıp Hazinesi - Değerli Hikayeler Merhamet</t>
+          <t>Sessiz Yolcuyu Uğurlarken</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786254280979</t>
+          <t>9786254281266</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Les Etoiles Terrestres</t>
+          <t>Tembel Karınca Nemle</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786258023619</t>
+          <t>9786254281259</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>La Figure De Marie Dans La Tradition Musulmane</t>
+          <t>Kur'an'da Doğruluk Müminin Şiarı</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786258146417</t>
+          <t>9789753898072</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 4. Seri - 5 Kitap Takım (Rusça)</t>
+          <t>Lila Mustafa Cihat</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>700</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786254280719</t>
+          <t>9786254280962</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 4. Seri Rusça</t>
+          <t>Manevi Eğitim Metodu Olarak Halvet</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786254280702</t>
+          <t>9786254280917</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 3. Seri - 5 Kitap Takım (Rusça)</t>
+          <t>İmamiyye Şiasında Siyaset Tefsir İlişkisi</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786258146448</t>
+          <t>9786254280993</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Ankara</t>
+          <t>Contes Precievt Serie 1 5 Livres</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>1750</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786258146400</t>
+          <t>9786254281006</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 3. Seri - 5 Kitap Takım (Japonca)</t>
+          <t>Contes Precievt Serie 2 5 Livre</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>700</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786258023763</t>
+          <t>9786254281143</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>The Environment Detectives</t>
+          <t>Çölde Gül Bahçesi "Öğretmen Hatıraları"</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786258023732</t>
+          <t>9786254280931</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>The Health Detectives</t>
+          <t>İslam Borçlar Hukukunda Niza</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786258023756</t>
+          <t>9786254280986</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>The Traffic Detectives</t>
+          <t>Muvatta'</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786258023749</t>
+          <t>9786254280733</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>The Waste Detectives</t>
+          <t>Umut Güzel Çizer - Değerli Hikayeler Hoşgörü</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786258023879</t>
+          <t>9786254280559</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Büyükleri Serisi (20 Kitap Takım)</t>
+          <t>Toka Birtakım İşler - Değerli Hikayeler Kanaatkarlık</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>1750</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786258122091</t>
+          <t>9786254280580</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Sayılar (0-3 Yaş)</t>
+          <t>Leyla’nın Kayıp Hazinesi - Değerli Hikayeler Merhamet</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786258122077</t>
+          <t>9786254280979</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar (0-3 Yaş)</t>
+          <t>Les Etoiles Terrestres</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786258122084</t>
+          <t>9786258023619</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar (0-3 Yaş)</t>
+          <t>La Figure De Marie Dans La Tradition Musulmane</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786254280771</t>
+          <t>9786258146417</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyanın İçinden Kudüs</t>
+          <t>Allah'ın Güzel İsimleri 4. Seri - 5 Kitap Takım (Rusça)</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786254280740</t>
+          <t>9786254280719</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Leylek Şitao'nun Kuzey Yolculuğu</t>
+          <t>Allah'ın Güzel İsimleri 4. Seri Rusça</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786254280764</t>
+          <t>9786254280702</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Tırtıl Pervane</t>
+          <t>Allah'ın Güzel İsimleri 3. Seri - 5 Kitap Takım (Rusça)</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786254280696</t>
+          <t>9786258146448</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Oyun Bir Tutam Drama</t>
+          <t>Bir Başka Ankara</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>260</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786254280658</t>
+          <t>9786258146400</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Şekeristan Mektupları</t>
+          <t>Allah'ın Güzel İsimleri 3. Seri - 5 Kitap Takım (Japonca)</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786258023589</t>
+          <t>9786258023763</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 5 Kitap 2.Set Rusça</t>
+          <t>The Environment Detectives</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786258023527</t>
+          <t>9786258023732</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Ortaya Çıkan Yeni Riskler Karşısında Hac ve Umre Yolcularına Sigorta ve Takefül Uygulamaları</t>
+          <t>The Health Detectives</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>85</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786258023787</t>
+          <t>9786258023756</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Tahin And Pekmez Summer Activity Book (Tahin İle Pekmez Tatil Kitabı) İngilizce</t>
+          <t>The Traffic Detectives</t>
         </is>
       </c>
       <c r="C1033" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786258122152</t>
+          <t>9786258023749</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Aşık Tarzı Şiir Geleneğinde Tasavvuf</t>
+          <t>The Waste Detectives</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>485</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786254280511</t>
+          <t>9786258023879</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da İslam Hakkında Sıkça Sorulan Sorular</t>
+          <t>Türk İslam Büyükleri Serisi (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>195</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786258146455</t>
+          <t>9786258122091</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>İmamiyye Şiasında Sahabe Tasavvuru</t>
+          <t>Sayılar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786254280573</t>
+          <t>9786258122077</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ve Zihniyet Aile İçi Şiddetle Mücadelede Dini Referanslar</t>
+          <t>Taşıtlar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786254280627</t>
+          <t>9786258122084</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kuran Ekseninde Boşanma Ahlakı</t>
+          <t>Hayvanlar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C1038" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786258146424</t>
+          <t>9786254280771</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Tabiun Dönemi Tefsiri ve Medineli Müfessirler</t>
+          <t>Bir Rüyanın İçinden Kudüs</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786258122060</t>
+          <t>9786254280740</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sanat Etkinlikleri</t>
+          <t>Leylek Şitao'nun Kuzey Yolculuğu</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786258023817</t>
+          <t>9786254280764</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya, Kültür ve Hadis Rivayeti</t>
+          <t>Aceleci Tırtıl Pervane</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786258122053</t>
+          <t>9786254280696</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Edebiyattan Edebe</t>
+          <t>Bir Tutam Oyun Bir Tutam Drama</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>135</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786258023930</t>
+          <t>9786254280658</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Yolları Cumhuriyet Dönemi - Bir Taşra Müftüsünün Hac Hatıraları</t>
+          <t>Şekeristan Mektupları</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786258023626</t>
+          <t>9786258023589</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Saatçi Kamil Usta - Değerli Hikayeler Doğruluk</t>
+          <t>Allahın Güzel İsimleri 5 Kitap 2.Set Rusça</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786257581851</t>
+          <t>9786258023527</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Işık Değerli Hikayeler Sabır</t>
+          <t>Ortaya Çıkan Yeni Riskler Karşısında Hac ve Umre Yolcularına Sigorta ve Takefül Uygulamaları</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>260</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786258122015</t>
+          <t>9786258023787</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Boyutuyla Hac</t>
+          <t>Tahin And Pekmez Summer Activity Book (Tahin İle Pekmez Tatil Kitabı) İngilizce</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786258023886</t>
+          <t>9786258122152</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyoloji Denemeler II</t>
+          <t>Aşık Tarzı Şiir Geleneğinde Tasavvuf</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>135</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786258023855</t>
+          <t>9786254280511</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>İslam Sosyolojisi Denemeler - I</t>
+          <t>Avrupa'da İslam Hakkında Sıkça Sorulan Sorular</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786258122046</t>
+          <t>9786258146455</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>İnanç Yolundaki Tuzaklar - Bid’at ve Hurafeler</t>
+          <t>İmamiyye Şiasında Sahabe Tasavvuru</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>135</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786258023794</t>
+          <t>9786254280573</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’e Göre - Bencillik ve Diğerkamlık</t>
+          <t>Şiddet ve Zihniyet Aile İçi Şiddetle Mücadelede Dini Referanslar</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786258122039</t>
+          <t>9786254280627</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Bir Müftünün Kaleminden Fetvalar</t>
+          <t>Kuran Ekseninde Boşanma Ahlakı</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786258023893</t>
+          <t>9786258146424</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayramı Veli Avucumdaki Hasat</t>
+          <t>Tabiun Dönemi Tefsiri ve Medineli Müfessirler</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786258023909</t>
+          <t>9786258122060</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmed Yesevi Su ve Ateş</t>
+          <t>Çocuklar İçin Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786258023824</t>
+          <t>9786258023817</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Rusça Kaynaklarda Hz Muhammed</t>
+          <t>Coğrafya, Kültür ve Hadis Rivayeti</t>
         </is>
       </c>
       <c r="C1054" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786258023640</t>
+          <t>9786258122053</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in İrşad Üslubu</t>
+          <t>Edebiyattan Edebe</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786258023664</t>
+          <t>9786258023930</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Hoca Ahmet Yesevinin Hadis Kültürü</t>
+          <t>Hicaz Yolları Cumhuriyet Dönemi - Bir Taşra Müftüsünün Hac Hatıraları</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786258023480</t>
+          <t>9786258023626</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kitabul İrşad İnanç Esasları Kılavuzu</t>
+          <t>Saatçi Kamil Usta - Değerli Hikayeler Doğruluk</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786258023657</t>
+          <t>9786257581851</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Yakarışlar Kitabı Sinan Paşa Tazarruname</t>
+          <t>Işık Değerli Hikayeler Sabır</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786258023237</t>
+          <t>9786258122015</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kelam Atomculuğu ve Modern Kozmoloji</t>
+          <t>Fıkhi Boyutuyla Hac</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786258023541</t>
+          <t>9786258023886</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Kuran Yorumunda Bağlamın Sınırlayıcılığı</t>
+          <t>İslam Sosyoloji Denemeler II</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>350</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786257672641</t>
+          <t>9786258023855</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>İyi Müslüman</t>
+          <t>İslam Sosyolojisi Denemeler - I</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786257069267</t>
+          <t>9786258122046</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Modern Kimyanın Kurucusu - Cabir b.Hayyan</t>
+          <t>İnanç Yolundaki Tuzaklar - Bid’at ve Hurafeler</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786257581516</t>
+          <t>9786258023794</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Ahlak Öğretisi</t>
+          <t>Kur’an-ı Kerim’e Göre - Bencillik ve Diğerkamlık</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786257205597</t>
+          <t>9786258122039</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Bildirisi</t>
+          <t>Bir Müftünün Kaleminden Fetvalar</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>8380000000247</t>
+          <t>9786258023893</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Yeşil</t>
+          <t>Hacı Bayramı Veli Avucumdaki Hasat</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>8380000000229</t>
+          <t>9786258023909</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Kırmızı</t>
+          <t>Hoca Ahmed Yesevi Su ve Ateş</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>1650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786257069496</t>
+          <t>9786258023824</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Namazgahtepe</t>
+          <t>Rusça Kaynaklarda Hz Muhammed</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>8380000000255</t>
+          <t>9786258023640</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Zümrüt Yeşil</t>
+          <t>Kur’an-ı Kerim’in İrşad Üslubu</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786257205283</t>
+          <t>9786258023664</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Beyaz Orta Boy Renkli Bilgisayar Hattı (Ciltli)</t>
+          <t>Hoca Ahmet Yesevinin Hadis Kültürü</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>8380000000211</t>
+          <t>9786258023480</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Yeşil</t>
+          <t>Kitabul İrşad İnanç Esasları Kılavuzu</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>8380000000249</t>
+          <t>9786258023657</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Beyaz</t>
+          <t>Yakarışlar Kitabı Sinan Paşa Tazarruname</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>700</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>8380000000245</t>
+          <t>9786258023237</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Bordo</t>
+          <t>Kelam Atomculuğu ve Modern Kozmoloji</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>700</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>8380000000253</t>
+          <t>9786258023541</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Vizon (Ciltli)</t>
+          <t>Kuran Yorumunda Bağlamın Sınırlayıcılığı</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>8380000000242</t>
+          <t>9786257672641</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Kırmızı</t>
+          <t>İyi Müslüman</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>700</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>8380000000259</t>
+          <t>9786257069267</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Turkuaz (Ciltli)</t>
+          <t>Modern Kimyanın Kurucusu - Cabir b.Hayyan</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>8380000000252</t>
+          <t>9786257581516</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Siyah (Ciltli)</t>
+          <t>Mevlana'nın Ahlak Öğretisi</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>700</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>8380000000260</t>
+          <t>9786257205597</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Pudra Pembe (Ciltli)</t>
+          <t>Merhamet Bildirisi</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>8380000000256</t>
+          <t>8380000000247</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Lila (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Yeşil</t>
         </is>
       </c>
       <c r="C1078" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>8380000000246</t>
+          <t>8380000000229</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Fuşya</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Kırmızı</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>700</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>8380000000258</t>
+          <t>9786257069496</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Lacivert (Ciltli)</t>
+          <t>Namazgahtepe</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>700</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>8380000000257</t>
+          <t>8380000000255</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Kırmızı (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Zümrüt Yeşil</t>
         </is>
       </c>
       <c r="C1081" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>8380000000262</t>
+          <t>9786257205283</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Gri (Ciltli)</t>
+          <t>Kuranı Kerim Beyaz Orta Boy Renkli Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>8380000000261</t>
+          <t>8380000000211</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Gök Mavi (Ciltli)</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Yeşil</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>700</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>8380000000254</t>
+          <t>8380000000249</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Fuşya (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Beyaz</t>
         </is>
       </c>
       <c r="C1084" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>8380000000251</t>
+          <t>8380000000245</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Bordo (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Bordo</t>
         </is>
       </c>
       <c r="C1085" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>8380000000250</t>
+          <t>8380000000253</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Beyaz (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Vizon (Ciltli)</t>
         </is>
       </c>
       <c r="C1086" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>8380000000206</t>
+          <t>8380000000242</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Kırmızı</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Kırmızı</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>8380000000209</t>
+          <t>8380000000259</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Termo Deri Bordo</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>8380000000220</t>
+          <t>8380000000252</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Lacivert</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>8380000000240</t>
+          <t>8380000000260</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Hafız Boy Termo Deri Turkuaz (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Pudra Pembe (Ciltli)</t>
         </is>
       </c>
       <c r="C1090" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786257581455</t>
+          <t>8380000000256</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Kahverengi Orta Boy Renkli Bilgisayar Hattı (Ciltli)</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Lila (Ciltli)</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786257581165</t>
+          <t>8380000000246</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Otoparkta Bir At Var Değerli Hikayeler Sorumluluk</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Fuşya</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786257205160</t>
+          <t>8380000000258</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Safahatta Özlü Sözler</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Lacivert (Ciltli)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>190</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786257205238</t>
+          <t>8380000000257</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Siretin Risalet Öncesi</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Kırmızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786257205344</t>
+          <t>8380000000262</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kalem'den</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Gri (Ciltli)</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786257581493</t>
+          <t>8380000000261</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Kalbimizdeki Cevher</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Gök Mavi (Ciltli)</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786057580801</t>
+          <t>8380000000254</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Sünnetinde Aile</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Fuşya (Ciltli)</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786257581486</t>
+          <t>8380000000251</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Dostu Dört Güzel İnsan</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Bordo (Ciltli)</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786257205559</t>
+          <t>8380000000250</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Introductıon To Islam</t>
+          <t>Kuranı Kerim Hafız Boy Kadife Nakışlı Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786257205566</t>
+          <t>8380000000206</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Inleıdıng Tot De Islam</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Kırmızı</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>320</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786257205030</t>
+          <t>8380000000209</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Pakistan'da Hadis Tartışmaları</t>
+          <t>Kuranı Kerim Orta Boy Termo Deri Bordo</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>290</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786257581905</t>
+          <t>8380000000220</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Stockholm Treni Bir Neslin Göç Hikayeleri</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Lacivert</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786257205498</t>
+          <t>8380000000240</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan Hakları</t>
+          <t>Kuranı Kerim Hafız Boy Termo Deri Turkuaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>135</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786257581974</t>
+          <t>9786257581455</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Hz. Safvan B. Muattal</t>
+          <t>Kuranı Kerim Kahverengi Orta Boy Renkli Bilgisayar Hattı (Ciltli)</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9789753891752</t>
+          <t>9786257581165</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi</t>
+          <t>Otoparkta Bir At Var Değerli Hikayeler Sorumluluk</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786258023268</t>
+          <t>9786257205160</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Safahatta Özlü Sözler</t>
         </is>
       </c>
       <c r="C1106" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786257205979</t>
+          <t>9786257205238</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Sufi Menakıbnamelerinde Ayet ve Hadislerin İşari Yorumları</t>
+          <t>Siretin Risalet Öncesi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786258023213</t>
+          <t>9786257205344</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Kalem'den</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786258023305</t>
+          <t>9786257581493</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Kalbimizdeki Cevher</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786258023206</t>
+          <t>9786057580801</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Peygamberimizin Sünnetinde Aile</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786057519887</t>
+          <t>9786257581486</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Güzel Ahlak</t>
+          <t>Peygamber Dostu Dört Güzel İnsan</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786057519894</t>
+          <t>9786257205559</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Aile</t>
+          <t>Introductıon To Islam</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786257137201</t>
+          <t>9786257205566</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Ekonomik Hayat</t>
+          <t>Inleıdıng Tot De Islam</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>28</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786257205108</t>
+          <t>9786257205030</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Şiirleştirilmiş Mesnevi Hikayeleri</t>
+          <t>Pakistan'da Hadis Tartışmaları</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>155</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786257069809</t>
+          <t>9786257581905</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Tahin İle Pekmez Eğitmen Seti</t>
+          <t>Stockholm Treni Bir Neslin Göç Hikayeleri</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>1600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786258023190</t>
+          <t>9786257205498</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>İmamül Haremeyn Cüveyni</t>
+          <t>Hz. Peygamber ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786257581868</t>
+          <t>9786257581974</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Arap Dünyasının Hadis Usulü Tartışmaları</t>
+          <t>Hz. Safvan B. Muattal</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786257672443</t>
+          <t>9789753891752</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>İnsan Genomuna Müdahale Etik Tartışmalar Fıkhi Yaklaşımlar</t>
+          <t>İbn Arabi</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786257205078</t>
+          <t>9786258023268</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Tahin İle Pekmez Tatil Kitabı (Arapça)</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786257205092</t>
+          <t>9786257205979</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ormanın Şifresi</t>
+          <t>Sufi Menakıbnamelerinde Ayet ve Hadislerin İşari Yorumları</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>100</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786257069861</t>
+          <t>9786258023213</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle Gönül Gönüle</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786257205900</t>
+          <t>9786258023305</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Emevi Devletinin Dönüm Noktası Ve Abdülmelik Bin Mervan</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>485</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9789753895477</t>
+          <t>9786258023206</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Edeb Yahu 1</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786257672634</t>
+          <t>9786057519887</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Anlat Bakalım 2 Hikaye Anlatma ve Oyun Kartları Değer Kazanımlı 20 Kart</t>
+          <t>İslam'da Güzel Ahlak</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>350</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786257672627</t>
+          <t>9786057519894</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Anlat Bakalım 1 Hikaye Anlatma ve Oyun Kartları Değer Kazanımlı 20 Kart</t>
+          <t>İslam'da Aile</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786257205054</t>
+          <t>9786257137201</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>The Beautiful Names of Allah 1 5 Book Set</t>
+          <t>İslam ve Ekonomik Hayat</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>700</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786257205061</t>
+          <t>9786257205108</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>The Beautiful Names of Allah 2 5 Book Set</t>
+          <t>Şiirleştirilmiş Mesnevi Hikayeleri</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>700</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786257581509</t>
+          <t>9786257069809</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>The Family Our Most Precious Treasure (Ailemiz En Değerli Hazinemiz)</t>
+          <t>Tahin İle Pekmez Eğitmen Seti</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>450</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786257205405</t>
+          <t>9786258023190</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Öyküler İstasyonu</t>
+          <t>İmamül Haremeyn Cüveyni</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786258023091</t>
+          <t>9786257581868</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar Serisi Arapça 3. Set</t>
+          <t>Günümüz Arap Dünyasının Hadis Usulü Tartışmaları</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>800</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786258023114</t>
+          <t>9786257672443</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar Serisi Arapça 2. Set</t>
+          <t>İnsan Genomuna Müdahale Etik Tartışmalar Fıkhi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786258023107</t>
+          <t>9786257205078</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar Serisi Arapça 1. Set</t>
+          <t>Tahin İle Pekmez Tatil Kitabı (Arapça)</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789753892131</t>
+          <t>9786257205092</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Misyonerlik Faaliyetleri</t>
+          <t>Gizemli Ormanın Şifresi</t>
         </is>
       </c>
       <c r="C1133" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786257205047</t>
+          <t>9786257069861</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Çam Sakızı</t>
+          <t>Gençlerle Gönül Gönüle</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786257205450</t>
+          <t>9786257205900</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Cüneydi Bağdadi</t>
+          <t>Emevi Devletinin Dönüm Noktası Ve Abdülmelik Bin Mervan</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>110</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786057580993</t>
+          <t>9789753895477</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Bizim Yunus</t>
+          <t>Edeb Yahu 1</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789753891639</t>
+          <t>9786257672634</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Bedruddin Ayni</t>
+          <t>Anlat Bakalım 2 Hikaye Anlatma ve Oyun Kartları Değer Kazanımlı 20 Kart</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786257205191</t>
+          <t>9786257672627</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Bayezidi Bistami</t>
+          <t>Anlat Bakalım 1 Hikaye Anlatma ve Oyun Kartları Değer Kazanımlı 20 Kart</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786257205207</t>
+          <t>9786257205054</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Babilik ve Bahailik</t>
+          <t>The Beautiful Names of Allah 1 5 Book Set</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786257581790</t>
+          <t>9786257205061</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Hadis Terimleri Sözlüğü</t>
+          <t>The Beautiful Names of Allah 2 5 Book Set</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786257672061</t>
+          <t>9786257581509</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Valuable Tales 1 Series 5 Books</t>
+          <t>The Family Our Most Precious Treasure (Ailemiz En Değerli Hazinemiz)</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786257672221</t>
+          <t>9786257205405</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Valuable Tales 2 Series 5 Books</t>
+          <t>Tuhaf Öyküler İstasyonu</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>800</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786057580634</t>
+          <t>9786258023091</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Okulunda Sevgiyle Eğitim</t>
+          <t>Değerli Masallar Serisi Arapça 3. Set</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786257672214</t>
+          <t>9786258023114</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Valuable Tales 3 Series 5 Books</t>
+          <t>Değerli Masallar Serisi Arapça 2. Set</t>
         </is>
       </c>
       <c r="C1144" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786257205542</t>
+          <t>9786258023107</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 3 Seri 5 Kitap Takım</t>
+          <t>Değerli Masallar Serisi Arapça 1. Set</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>470</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786257205085</t>
+          <t>9789753892131</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 2 (Arapça)</t>
+          <t>Türkiye'de Misyonerlik Faaliyetleri</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786257205368</t>
+          <t>9786257205047</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 1 (Arapça)</t>
+          <t>Çam Sakızı</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>700</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786257205184</t>
+          <t>9786257205450</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevgisi Allah Korkusu</t>
+          <t>Cüneydi Bağdadi</t>
         </is>
       </c>
       <c r="C1148" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786257205504</t>
+          <t>9786057580993</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Bektaşilik Tartışmaları</t>
+          <t>Bizim Yunus</t>
         </is>
       </c>
       <c r="C1149" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786257069366</t>
+          <t>9789753891639</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Yasin Sureler ve Dualar Türkçe Anlamlarıyla</t>
+          <t>Bedruddin Ayni</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786257205115</t>
+          <t>9786257205191</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Zorlukları Aşarken (3 Cilt Takım)</t>
+          <t>Bayezidi Bistami</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786057580511</t>
+          <t>9786257205207</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Ağa Kapısından Şeyhülislamlığa İstanbul Müftülüğü</t>
+          <t>Babilik ve Bahailik</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786257069830</t>
+          <t>9786257581790</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Abdest Ezan Namaz Duaları</t>
+          <t>Ansiklopedik Hadis Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>100</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786057580740</t>
+          <t>9786257672061</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri 2 Seri 5 Kitap Takım</t>
+          <t>Valuable Tales 1 Series 5 Books</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>470</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786258023602</t>
+          <t>9786257672221</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Okuma Okutma ve Anlama Üzerine</t>
+          <t>Valuable Tales 2 Series 5 Books</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>135</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786057580979</t>
+          <t>9786057580634</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda İftira</t>
+          <t>Anne Baba Okulunda Sevgiyle Eğitim</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786258122022</t>
+          <t>9786257672214</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Hz. Kur'an</t>
+          <t>Valuable Tales 3 Series 5 Books</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789753898348</t>
+          <t>9786257205542</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Cinsiyet Mahremiyet ve Mekan Çalıştay</t>
+          <t>Allahın Güzel İsimleri 3 Seri 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786258146356</t>
+          <t>9786257205085</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Hilal ve Haç Çekişmesi</t>
+          <t>Allahın Güzel İsimleri 2 (Arapça)</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786257069410</t>
+          <t>9786257205368</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Dil</t>
+          <t>Allahın Güzel İsimleri 1 (Arapça)</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786257581196</t>
+          <t>9786257205184</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Mevlana: Samanyolundaki İslam Atlısı</t>
+          <t>Allah Sevgisi Allah Korkusu</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786257205443</t>
+          <t>9786257205504</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Kadiyanilik</t>
+          <t>Alevilik Bektaşilik Tartışmaları</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257581530</t>
+          <t>9786257069366</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>İslamda Emir ve Yasakların Hikmeti</t>
+          <t>Yasin Sureler ve Dualar Türkçe Anlamlarıyla</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786258023077</t>
+          <t>9786257205115</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Şairler Sultanı Yunus Emre Türk İslam Büyükleri 10</t>
+          <t>Zorlukları Aşarken (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>110</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786254280641</t>
+          <t>9786057580511</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Doğu Işığı 1 - Endülüs - İspanya - Girit</t>
+          <t>Ağa Kapısından Şeyhülislamlığa İstanbul Müftülüğü</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786258146394</t>
+          <t>9786257069830</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Hac ve Kadın</t>
+          <t>Abdest Ezan Namaz Duaları</t>
         </is>
       </c>
       <c r="C1166" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786258023633</t>
+          <t>9786057580740</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>İyi ki İyilik Var - Değerli Hikayeler İyilik</t>
+          <t>Allahın Güzel İsimleri 2 Seri 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>260</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786258023572</t>
+          <t>9786258023602</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerini Arayan Bilge Farabi - Türk İslam Büyükleri 18</t>
+          <t>Kur'an'ı Okuma Okutma ve Anlama Üzerine</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786258023565</t>
+          <t>9786057580979</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’yu Yurt Yapan Komutan Sultan - Alparslan Türk İslam Büyükleri 19</t>
+          <t>İslam Hukukunda İftira</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786258023558</t>
+          <t>9786258122022</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Piri Hoca Ahmed Yesevi - Türk İslam Büyükleri 20</t>
+          <t>Hz. Kur'an</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9789759548087</t>
+          <t>9789753898348</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Hac Yolculukları Tarihi</t>
+          <t>Osmanlı'dan Günümüze Cinsiyet Mahremiyet ve Mekan Çalıştay</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786258023367</t>
+          <t>9786258146356</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Bir Hac Günlüğü (Ciltli)</t>
+          <t>Hilal ve Haç Çekişmesi</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786258023725</t>
+          <t>9786257069410</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Kuranın Metinleşmesi Üzerine Hulasatül Beyan Fi Telifil Kuran</t>
+          <t>İletişim ve Dil</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786258023916</t>
+          <t>9786257581196</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Stockholm Tren Garı Hasret Çekenlerin Buluşma Noktası</t>
+          <t>Mevlana: Samanyolundaki İslam Atlısı</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786257581967</t>
+          <t>9786257205443</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>İslam Kaynaklarına Göre Peygamberler Tarihi</t>
+          <t>Kadiyanilik</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786258023718</t>
+          <t>9786257581530</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Ulemanın Gücü</t>
+          <t>İslamda Emir ve Yasakların Hikmeti</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786258023497</t>
+          <t>9786258023077</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Sağlık Boyutuyla Hac</t>
+          <t>Şairler Sultanı Yunus Emre Türk İslam Büyükleri 10</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786258023350</t>
+          <t>9786254280641</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Hac Tarihi</t>
+          <t>Doğu Işığı 1 - Endülüs - İspanya - Girit</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>260</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786258023442</t>
+          <t>9786258146394</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Seti - Bilim Sanat</t>
+          <t>Hac ve Kadın</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786258023435</t>
+          <t>9786258023633</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitim Seti - Doğa</t>
+          <t>İyi ki İyilik Var - Değerli Hikayeler İyilik</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786258023428</t>
+          <t>9786258023572</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuklar 1 Okul Öncesi Eğitim Seti Uzay</t>
+          <t>Kelimelerini Arayan Bilge Farabi - Türk İslam Büyükleri 18</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786258023473</t>
+          <t>9786258023565</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Birgivi Mehmed Efendi</t>
+          <t>Anadolu’yu Yurt Yapan Komutan Sultan - Alparslan Türk İslam Büyükleri 19</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786258023299</t>
+          <t>9786258023558</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Matüridilik ve Tasavvuf Erken Dönem</t>
+          <t>Türkistan Piri Hoca Ahmed Yesevi - Türk İslam Büyükleri 20</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786258023374</t>
+          <t>9789759548087</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Musiki ve Edebiyatımızda Hac</t>
+          <t>Bilinmeyen Yönleriyle Hac Yolculukları Tarihi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786258023398</t>
+          <t>9786258023367</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman - Cihan Padişahı</t>
+          <t>Bir Hac Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786258023404</t>
+          <t>9786258023725</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed - Bilginin Sultanı</t>
+          <t>Kuranın Metinleşmesi Üzerine Hulasatül Beyan Fi Telifil Kuran</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786258023282</t>
+          <t>9786258023916</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda Osmanlı’da Hukuki Hayat</t>
+          <t>Stockholm Tren Garı Hasret Çekenlerin Buluşma Noktası</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>590</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786258023084</t>
+          <t>9786257581967</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Söğütten Doğan Işık: Osman Bey</t>
+          <t>İslam Kaynaklarına Göre Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786258023176</t>
+          <t>9786258023718</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Devletten Cihan Hükümdarlığına: Yavuz Sultan Selim</t>
+          <t>Ulemanın Gücü</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786258023060</t>
+          <t>9786258023497</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Kurucu Atası: Ertuğrul Gazi</t>
+          <t>Eğitim ve Sağlık Boyutuyla Hac</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786258023169</t>
+          <t>9786258023350</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Seyyah: Evliya Çelebi</t>
+          <t>Hac Tarihi</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786257581936</t>
+          <t>9786258023442</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet'ten 365 Güne</t>
+          <t>Okul Öncesi Eğitim Seti - Bilim Sanat</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>1000</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786258023152</t>
+          <t>9786258023435</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Bir Günde Büyüyen Çocuk</t>
+          <t>Okul Öncesi Eğitim Seti - Doğa</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786258023183</t>
+          <t>9786258023428</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Müştehir Hadisler</t>
+          <t>Meraklı Çocuklar 1 Okul Öncesi Eğitim Seti Uzay</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786257581912</t>
+          <t>9786258023473</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yıldızları - Çocuklar İçin Sahabe Hayatları</t>
+          <t>Birgivi Mehmed Efendi</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786258023145</t>
+          <t>9786258023299</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Manzum Hadis Edebiyatı</t>
+          <t>Matüridilik ve Tasavvuf Erken Dönem</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>420</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>8380000000226</t>
+          <t>9786258023374</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Kutulu Siyah</t>
+          <t>Musiki ve Edebiyatımızda Hac</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>1650</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786257581776</t>
+          <t>9786258023398</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Çilingir Dükkanı - Değerli Hikayeler Sevgi</t>
+          <t>Kanuni Sultan Süleyman - Cihan Padişahı</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786257581882</t>
+          <t>9786258023404</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Papatya ve Yeğenleri - Değerli Hikayeler Vefa</t>
+          <t>Fatih Sultan Mehmed - Bilginin Sultanı</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786257581783</t>
+          <t>9786258023282</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Kasabası - Değerli Hikayeler Adalet</t>
+          <t>18. Yüzyılda Osmanlı’da Hukuki Hayat</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>260</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257581899</t>
+          <t>9786258023084</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 1.Seri - Rusça</t>
+          <t>Söğütten Doğan Işık: Osman Bey</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>700</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>8380000000215</t>
+          <t>9786258023176</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Vizon</t>
+          <t>Devletten Cihan Hükümdarlığına: Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>900</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>8380000000212</t>
+          <t>9786258023060</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Beyaz</t>
+          <t>Osmanlının Kurucu Atası: Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>900</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786257581943</t>
+          <t>9786258023169</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Vefayı Öğreniyorum “Boyama Kitabı”</t>
+          <t>Sıra Dışı Bir Seyyah: Evliya Çelebi</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786257581417</t>
+          <t>9786257581936</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Güzel Ahlak</t>
+          <t>Asr-ı Saadet'ten 365 Güne</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786257581615</t>
+          <t>9786258023152</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Sosyal Hayat</t>
+          <t>Bir Günde Büyüyen Çocuk</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786257581479</t>
+          <t>9786258023183</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İyilik</t>
+          <t>Müştehir Hadisler</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786257581424</t>
+          <t>9786257581912</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İyilik</t>
+          <t>Yeryüzü Yıldızları - Çocuklar İçin Sahabe Hayatları</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257581431</t>
+          <t>9786258023145</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette Güzel Ahlak</t>
+          <t>Osmanlı Manzum Hadis Edebiyatı</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257581608</t>
+          <t>8380000000226</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Sosyal Hayat</t>
+          <t>Kuranı Kerim Orta Boy Kadife Kutulu Siyah</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>150</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257205382</t>
+          <t>9786257581776</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Peygamber Efendimizi Anlatıyor</t>
+          <t>Sevgili Çilingir Dükkanı - Değerli Hikayeler Sevgi</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257581547</t>
+          <t>9786257581882</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>1. Alaeddin Keykubad</t>
+          <t>Papatya ve Yeğenleri - Değerli Hikayeler Vefa</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257581844</t>
+          <t>9786257581783</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Uzay Asansörü Nereye Çıkar?</t>
+          <t>Şaşmaz Kasabası - Değerli Hikayeler Adalet</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786257581585</t>
+          <t>9786257581899</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Akşemseddin</t>
+          <t>Allah'ın Güzel İsimleri 1.Seri - Rusça</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786257581592</t>
+          <t>8380000000215</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Katip Çelebi</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Vizon</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>110</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786257581837</t>
+          <t>8380000000212</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Kim Yener Şampiyon Dumbo’yu?</t>
+          <t>Kuranı Kerim Orta Boy Kadife Nakışlı Beyaz</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786257581820</t>
+          <t>9786257581943</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Kimdir Bu Minik Dev</t>
+          <t>Vefayı Öğreniyorum “Boyama Kitabı”</t>
         </is>
       </c>
       <c r="C1217" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786257581189</t>
+          <t>9786257581417</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 4. Seri (5 Kitap Takım)</t>
+          <t>40 Hadiste Güzel Ahlak</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>470</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786257672788</t>
+          <t>9786257581615</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Meyveler (Ciltli)</t>
+          <t>40 Ayette Sosyal Hayat</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786257672924</t>
+          <t>9786257581479</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler (Ciltli)</t>
+          <t>40 Hadiste İyilik</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786257581127</t>
+          <t>9786257581424</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Nesih Meşk Kitabı</t>
+          <t>40 Ayette İyilik</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786257581011</t>
+          <t>9786257581431</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Rose Paradise</t>
+          <t>40 Ayette Güzel Ahlak</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786257581172</t>
+          <t>9786257581608</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Din ve Dünya Hayatı İçin Ahlak Yasaları (Ciltli)</t>
+          <t>40 Hadiste Sosyal Hayat</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>900</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786257581448</t>
+          <t>9786257205382</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sorunlara İslam Odaklı Yaklaşımlar</t>
+          <t>Nasreddin Hoca Peygamber Efendimizi Anlatıyor</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786257581158</t>
+          <t>9786257581547</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Ege ile Efe Sen Bize Güven Dede (Ciltli)</t>
+          <t>1. Alaeddin Keykubad</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786257581141</t>
+          <t>9786257581844</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Mahir İcat Peşinde (Ciltli)</t>
+          <t>Uzay Asansörü Nereye Çıkar?</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786257069229</t>
+          <t>9786257581585</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet İnsaniyettir 2 (Ciltli)</t>
+          <t>Akşemseddin</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786257672887</t>
+          <t>9786257581592</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İbadet</t>
+          <t>Katip Çelebi</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786257672894</t>
+          <t>9786257581837</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İbadet</t>
+          <t>Kim Yener Şampiyon Dumbo’yu?</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786257672580</t>
+          <t>9786257581820</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste İman</t>
+          <t>Kimdir Bu Minik Dev</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786257672597</t>
+          <t>9786257581189</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>40 Ayette İman</t>
+          <t>Allah’ın Güzel İsimleri 4. Seri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786257069212</t>
+          <t>9786257672788</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet İnsaniyettir 1 (Ciltli)</t>
+          <t>Meyveler (Ciltli)</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786257672092</t>
+          <t>9786257672924</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Allah Tasavvuru</t>
+          <t>Sebzeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786257581059</t>
+          <t>9786257581127</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>İslam İrfan Geleneğinde Hadis Yorumu</t>
+          <t>Nesih Meşk Kitabı</t>
         </is>
       </c>
       <c r="C1234" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786257069984</t>
+          <t>9786257581011</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: İstanbul</t>
+          <t>Rose Paradise</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786257069960</t>
+          <t>9786257581172</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Medine</t>
+          <t>Din ve Dünya Hayatı İçin Ahlak Yasaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>110</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786257069977</t>
+          <t>9786257581448</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Kudüs</t>
+          <t>Ekolojik Sorunlara İslam Odaklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257069953</t>
+          <t>9786257581158</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar 3. Seri (5 Kitap Takım Set)</t>
+          <t>Ege ile Efe Sen Bize Güven Dede (Ciltli)</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786257672955</t>
+          <t>9786257581141</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Bir Gence Anne Baba Olmak</t>
+          <t>Mahir İcat Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786257672986</t>
+          <t>9786257069229</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Bayramı Hacı Bayram Veli</t>
+          <t>İslamiyet İnsaniyettir 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786257672993</t>
+          <t>9786257672887</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Haritasına Sığdıran Denizci Piri Reis</t>
+          <t>40 Hadiste İbadet</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786257672559</t>
+          <t>9786257672894</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Bilen Yolcu Hacı Bektaş Veli</t>
+          <t>40 Ayette İbadet</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786257672566</t>
+          <t>9786257672580</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin Anahtarı Şeyh Edebali</t>
+          <t>40 Hadiste İman</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786257672573</t>
+          <t>9786257672597</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Hekimlerin Hocası İbn Sina</t>
+          <t>40 Ayette İman</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786257672962</t>
+          <t>9786257069212</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Bir Mağara</t>
+          <t>İslamiyet İnsaniyettir 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>135</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786257672979</t>
+          <t>9786257672092</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Astronom Hükümdar Uluğ Bey</t>
+          <t>Hadislerde Allah Tasavvuru</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786257672931</t>
+          <t>9786257581059</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Hadisleri Anlama Yöntemi Olarak Esbab-ı Vürud</t>
+          <t>İslam İrfan Geleneğinde Hadis Yorumu</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786257672948</t>
+          <t>9786257069984</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Kömür Gözlü Kardan Adam (Ciltli)</t>
+          <t>Kardeş Şehirler: İstanbul</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786257205375</t>
+          <t>9786257069960</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Peygamberim ve Ben Şiirli Boyama Kitabı</t>
+          <t>Kardeş Şehirler: Medine</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786257205252</t>
+          <t>9786257069977</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Duygularımı Tanıyorum Boyama Kitabı</t>
+          <t>Kardeş Şehirler: Kudüs</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786257672917</t>
+          <t>9786257069953</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’ten İspanya’ya</t>
+          <t>Değerli Masallar 3. Seri (5 Kitap Takım Set)</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>245</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786257672849</t>
+          <t>9786257672955</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Emir Sultan - Üç Kandil</t>
+          <t>Bir Gence Anne Baba Olmak</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786257581004</t>
+          <t>9786257672986</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Su Ahlakı</t>
+          <t>Gönüllerin Bayramı Hacı Bayram Veli</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786257672870</t>
+          <t>9786257672993</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Elma Covid-19’a Karşı (Ciltli)</t>
+          <t>Dünyayı Haritasına Sığdıran Denizci Piri Reis</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786257672856</t>
+          <t>9786257672559</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Yürüyüş</t>
+          <t>Yolunu Bilen Yolcu Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786257672863</t>
+          <t>9786257672566</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Büyük Halam Saksıda (Ciltli)</t>
+          <t>İyiliğin Anahtarı Şeyh Edebali</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786257672900</t>
+          <t>9786257672573</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Dua Kulluğun Özü</t>
+          <t>Hekimlerin Hocası İbn Sina</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786257672535</t>
+          <t>9786257672962</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Sorumluluk Bilinci Kulluğun Gayesi</t>
+          <t>Aydınlık Bir Mağara</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>245</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257672832</t>
+          <t>9786257672979</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da İnfak Toplumsal Dönüşüm</t>
+          <t>Astronom Hükümdar Uluğ Bey</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786257205870</t>
+          <t>9786257672931</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Seğmen'le Sargılı Günler (Ciltli)</t>
+          <t>Hadisleri Anlama Yöntemi Olarak Esbab-ı Vürud</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786257672764</t>
+          <t>9786257672948</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Kömür Gözlü Kardan Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>630</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786257672603</t>
+          <t>9786257205375</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Kırk Aynada Gül Yankısı</t>
+          <t>Peygamberim ve Ben Şiirli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257672658</t>
+          <t>9786257205252</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Tohum 700 Katlı Dünya</t>
+          <t>Duygularımı Tanıyorum Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786257672344</t>
+          <t>9786257672917</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Zehra Sultan</t>
+          <t>Endülüs’ten İspanya’ya</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786257672368</t>
+          <t>9786257672849</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Değirmenci</t>
+          <t>Emir Sultan - Üç Kandil</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786257672375</t>
+          <t>9786257581004</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Hayat Pınarı</t>
+          <t>Su Ahlakı</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786257672351</t>
+          <t>9786257672870</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Dersini Alıyor</t>
+          <t>Kırmızı Elma Covid-19’a Karşı (Ciltli)</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786257672412</t>
+          <t>9786257672856</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Köyde Yangın</t>
+          <t>Yürüyüş</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786257672399</t>
+          <t>9786257672863</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle İyi Yürekli Padişah</t>
+          <t>Büyük Halam Saksıda (Ciltli)</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786257672429</t>
+          <t>9786257672900</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Köyünün Kahramanı Oluyor</t>
+          <t>Kur’an’da Dua Kulluğun Özü</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786257672405</t>
+          <t>9786257672535</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Korkut - Turgut Kardeşler</t>
+          <t>Kur’an’da Sorumluluk Bilinci Kulluğun Gayesi</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786257672436</t>
+          <t>9786257672832</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları 10’lu Set</t>
+          <t>Kur’an’da İnfak Toplumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>900</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786257672337</t>
+          <t>9786257205870</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Hekim</t>
+          <t>Seğmen'le Sargılı Günler (Ciltli)</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786257672382</t>
+          <t>9786257672764</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Haydutlar</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>110</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786257672276</t>
+          <t>9786257672603</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimizle Boyama Kitabı 3</t>
+          <t>Kırk Aynada Gül Yankısı</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786257672269</t>
+          <t>9786257672658</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimizle Boyama Kitabı 2</t>
+          <t>Tohum 700 Katlı Dünya</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786257672245</t>
+          <t>9786257672344</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Değerlerimizle Boyama Kitabı 1</t>
+          <t>Keloğlan İle Zehra Sultan</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786257672283</t>
+          <t>9786257672368</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Yarın Öğretmen Olduğunuzda</t>
+          <t>Keloğlan İle Değirmenci</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786257672177</t>
+          <t>9786257672375</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel ve Aktüel Boyutlarıyla Gadir-i Hum</t>
+          <t>Keloğlan İle Hayat Pınarı</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786257672542</t>
+          <t>9786257672351</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Muhatapları</t>
+          <t>Keloğlan Dersini Alıyor</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786257205917</t>
+          <t>9786257672412</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Aile İlmihali</t>
+          <t>Keloğlan İle Köyde Yangın</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>395</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786257672085</t>
+          <t>9786257672399</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Mecelle’nin Külli Kaidelerinin Hadislerdeki Dayanakları</t>
+          <t>Keloğlan İle İyi Yürekli Padişah</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257672320</t>
+          <t>9786257672429</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Keloğlan Köyünün Kahramanı Oluyor</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>290</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786257672139</t>
+          <t>9786257672405</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Avlu - Dünyada Bir Gizli Bahçe</t>
+          <t>Keloğlan İle Korkut - Turgut Kardeşler</t>
         </is>
       </c>
       <c r="C1284" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786257672023</t>
+          <t>9786257672436</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ailesinde Kadınlar</t>
+          <t>Keloğlan Masalları 10’lu Set</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>220</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786257205986</t>
+          <t>9786257672337</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Keloğlan İle Hekim</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786257672030</t>
+          <t>9786257672382</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Gönül Pınarı</t>
+          <t>Keloğlan İle Haydutlar</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786257069908</t>
+          <t>9786257672276</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Dedemden Hikayeler</t>
+          <t>Değerlerimizle Boyama Kitabı 3</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786257205856</t>
+          <t>9786257672269</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Hadis Mezhep ve Meşrep</t>
+          <t>Değerlerimizle Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786257672047</t>
+          <t>9786257672245</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Gençler İnançtan Soruyor</t>
+          <t>Değerlerimizle Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786257672054</t>
+          <t>9786257672283</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Teverruk İşlemleri</t>
+          <t>Yarın Öğretmen Olduğunuzda</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786257205948</t>
+          <t>9786257672177</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Vaaz Edebiyatında Hadisler</t>
+          <t>Tarihsel ve Aktüel Boyutlarıyla Gadir-i Hum</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786257672078</t>
+          <t>9786257672542</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Sahihayn'da Mecaz</t>
+          <t>Kur'an'ın Muhatapları</t>
         </is>
       </c>
       <c r="C1293" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786257205245</t>
+          <t>9786257205917</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadında Sermaye</t>
+          <t>Aile İlmihali</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786257205962</t>
+          <t>9786257672085</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Asrında İllet</t>
+          <t>Mecelle’nin Külli Kaidelerinin Hadislerdeki Dayanakları</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786257672016</t>
+          <t>9786257672320</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Şia Tefsirinde İsrailiyat</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C1296" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786257205931</t>
+          <t>9786257672139</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Rivayet Tefsiri Geleneğinin Dönüşümü</t>
+          <t>Avlu - Dünyada Bir Gizli Bahçe</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786257205290</t>
+          <t>9786257672023</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Varlıklar - Boyama Kitabı</t>
+          <t>Peygamberimizin Ailesinde Kadınlar</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786257205306</t>
+          <t>9786257205986</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Hayvanlar - Boyama Kitabı</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786257205313</t>
+          <t>9786257672030</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Adı Geçen Bitkiler-Besinler - Boyama Kitabı</t>
+          <t>Gönül Pınarı</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786257205771</t>
+          <t>9786257069908</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seçme Hikayeler</t>
+          <t>Dedemden Hikayeler</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786257205511</t>
+          <t>9786257205856</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Müşriklerin Zihin Dünyası</t>
+          <t>Hadis Mezhep ve Meşrep</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786257205740</t>
+          <t>9786257672047</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Mahremiyet ve Sosyal Medya</t>
+          <t>Gençler İnançtan Soruyor</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786257205863</t>
+          <t>9786257672054</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönem Peygamber Tasavvuru</t>
+          <t>İslam Hukuku Açısından Teverruk İşlemleri</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786257205412</t>
+          <t>9786257205948</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Hadisçiliği</t>
+          <t>Vaaz Edebiyatında Hadisler</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786257205610</t>
+          <t>9786257672078</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Elifbalar</t>
+          <t>Sahihayn'da Mecaz</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786257205726</t>
+          <t>9786257205245</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Dört Hanımefendisi</t>
+          <t>İslam İktisadında Sermaye</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786257205399</t>
+          <t>9786257205962</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Hadisçiliği ve İbn Abdilber</t>
+          <t>Rivayet Asrında İllet</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786257205733</t>
+          <t>9786257672016</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Dilinden Mutluluğun Alfabesi</t>
+          <t>Şia Tefsirinde İsrailiyat</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786257069540</t>
+          <t>9786257205931</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Ailemiz En Değerli Hazinemiz</t>
+          <t>Rivayet Tefsiri Geleneğinin Dönüşümü</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786257069991</t>
+          <t>9786257205290</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlimleri Edebiyatı</t>
+          <t>Kur’an’da Adı Geçen Varlıklar - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786257205276</t>
+          <t>9786257205306</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk İlminin Esasları</t>
+          <t>Kur'an'da Adı Geçen Hayvanlar - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786257069922</t>
+          <t>9786257205313</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Benim Camim</t>
+          <t>Kur’an’da Adı Geçen Bitkiler-Besinler - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786257069762</t>
+          <t>9786257205771</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Tebriz</t>
+          <t>Ömer Seyfettin Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786257069779</t>
+          <t>9786257205511</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Kurtuba Gırnata</t>
+          <t>Kur'an'a Göre Müşriklerin Zihin Dünyası</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786257069915</t>
+          <t>9786257205740</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Kazan</t>
+          <t>İslam Hukukunda Mahremiyet ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786257069885</t>
+          <t>9786257205863</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Altın Çağı</t>
+          <t>Modern Dönem Peygamber Tasavvuru</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786257069700</t>
+          <t>9786257205412</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Tekrarlar ve Hikmetleri</t>
+          <t>Hanefi Hadisçiliği</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786257069892</t>
+          <t>9786257205610</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Örnekliğinde Sözsüz İletişim</t>
+          <t>Osmanlı’dan Cumhuriyet’e Elifbalar</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786257069717</t>
+          <t>9786257205726</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Döneminde Siyaset</t>
+          <t>Cennetin Dört Hanımefendisi</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786257069786</t>
+          <t>9786257205399</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yaşında Bir Çocuk</t>
+          <t>Endülüs Hadisçiliği ve İbn Abdilber</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>135</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786257069625</t>
+          <t>9786257205733</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Rızık Ahlakı</t>
+          <t>Kur’an’ın Dilinden Mutluluğun Alfabesi</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>135</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786257069793</t>
+          <t>9786257069540</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Fetvalarında Musiki</t>
+          <t>Ailemiz En Değerli Hazinemiz</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786257069663</t>
+          <t>9786257069991</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Matüridi'de İnsan Tasavvuru</t>
+          <t>Hadis İlimleri Edebiyatı</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786257069694</t>
+          <t>9786257205276</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Buhara Semerkant Taşkent</t>
+          <t>İslam Hukuk İlminin Esasları</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>110</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786257069687</t>
+          <t>9786257069922</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Kahire</t>
+          <t>Hepsi Benim Camim</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786257069670</t>
+          <t>9786257069762</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler Mekke</t>
+          <t>Kardeş Şehirler Tebriz</t>
         </is>
       </c>
       <c r="C1327" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786257069502</t>
+          <t>9786257069779</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Bilinci</t>
+          <t>Kardeş Şehirler Kurtuba Gırnata</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786057580641</t>
+          <t>9786257069915</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Hayvan Hakları</t>
+          <t>Kardeş Şehirler Kazan</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786257069342</t>
+          <t>9786257069885</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Hilali Görmek</t>
+          <t>Çocukluğun Altın Çağı</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786257069403</t>
+          <t>9786257069700</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadında Para Bakırdan Dijitale</t>
+          <t>Kur’an’daki Tekrarlar ve Hikmetleri</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786257069373</t>
+          <t>9786257069892</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Bağdat</t>
+          <t>Hz. Peygamber’in Örnekliğinde Sözsüz İletişim</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786257069380</t>
+          <t>9786257069717</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Saraybosna</t>
+          <t>Sahabe Döneminde Siyaset</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786257069397</t>
+          <t>9786257069786</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Kardeş Şehirler: Şam</t>
+          <t>Yüz Yaşında Bir Çocuk</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786257069441</t>
+          <t>9786257069625</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kur'an Günlüğü</t>
+          <t>Rızık Ahlakı</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786257069311</t>
+          <t>9786257069793</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Trafik Dedektifleri</t>
+          <t>Osmanlı Fetvalarında Musiki</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786257069298</t>
+          <t>9786257069663</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Dedektifleri</t>
+          <t>Matüridi'de İnsan Tasavvuru</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>165</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786257069304</t>
+          <t>9786257069694</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>İsraf Dedektifleri</t>
+          <t>Kardeş Şehirler Buhara Semerkant Taşkent</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786257069328</t>
+          <t>9786257069687</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Çevre Dedektifleri</t>
+          <t>Kardeş Şehirler Kahire</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786257069236</t>
+          <t>9786257069670</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Değerli Masallar 1. Seri (5 Kitap Takım)</t>
+          <t>Kardeş Şehirler Mekke</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>470</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786257069281</t>
+          <t>9786257069502</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Beşer ve Resul Hz. Muhammed Mekke’de</t>
+          <t>Mahremiyet Bilinci</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786257069274</t>
+          <t>9786057580641</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Öze Dönüş Öyküleri</t>
+          <t>İslam’da Hayvan Hakları</t>
         </is>
       </c>
       <c r="C1342" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786257069335</t>
+          <t>9786257069342</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Hadislere Gerek Yok Söylemi</t>
+          <t>Hilali Görmek</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257069199</t>
+          <t>9786257069403</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Bize Yeter Söylemi</t>
+          <t>İslam İktisadında Para Bakırdan Dijitale</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786057580429</t>
+          <t>9786257069373</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış...</t>
+          <t>Kardeş Şehirler: Bağdat</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786057580849</t>
+          <t>9786257069380</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Resmi - Çocuklar İçin Şiirler</t>
+          <t>Kardeş Şehirler: Saraybosna</t>
         </is>
       </c>
       <c r="C1346" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786057580665</t>
+          <t>9786257069397</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Eleştiri Yöntemleri</t>
+          <t>Kardeş Şehirler: Şam</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>440</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786057580955</t>
+          <t>9786257069441</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Dünü ve Bugünüyle İslam'da Mahremiyet</t>
+          <t>Kayıp Kur'an Günlüğü</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786057580610</t>
+          <t>9786257069311</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Namaz Psikolojisi</t>
+          <t>Trafik Dedektifleri</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786057580962</t>
+          <t>9786257069298</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Sufi Yorumu</t>
+          <t>Sağlık Dedektifleri</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786057580825</t>
+          <t>9786257069304</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>İyilik Bildirisi</t>
+          <t>İsraf Dedektifleri</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786057580818</t>
+          <t>9786257069328</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Atlarının Dilinden Beş Raşid Halife</t>
+          <t>Çevre Dedektifleri</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786057580719</t>
+          <t>9786257069236</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Misali</t>
+          <t>Değerli Masallar 1. Seri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786057580788</t>
+          <t>9786257069281</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Din Görevlisi İle 365 Gün</t>
+          <t>Beşer ve Resul Hz. Muhammed Mekke’de</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>850</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786057580047</t>
+          <t>9786257069274</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Ekseninde Çevre Ahlakı</t>
+          <t>Öze Dönüş Öyküleri</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786057580115</t>
+          <t>9786257069335</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Arayan Köpek</t>
+          <t>Hadislere Gerek Yok Söylemi</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786058161856</t>
+          <t>9786257069199</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste Nikah Kartelası</t>
+          <t>Kur’an Bize Yeter Söylemi</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>25</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9789753898065</t>
+          <t>9786057580429</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Çocuğu Yeniden Keşfetmek</t>
+          <t>Bir Varmış...</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9789753899833</t>
+          <t>9786057580849</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Özel Günler ve Geceler</t>
+          <t>Kalbimin Resmi - Çocuklar İçin Şiirler</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786057580467</t>
+          <t>9786057580665</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Bildirisi</t>
+          <t>Tarihsel Eleştiri Yöntemleri</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786057580337</t>
+          <t>9786057580955</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Günümüz İnsanının İnanç Problemleri</t>
+          <t>Dünü ve Bugünüyle İslam'da Mahremiyet</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786057580481</t>
+          <t>9786057580610</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesi ve Tarihinde Ehli Beyt</t>
+          <t>Namaz Psikolojisi</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786057580245</t>
+          <t>9786057580962</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Musa Peygamber Cimcirik ve Şimşirikten Bulmacalarla</t>
+          <t>Kur'an'ın Sufi Yorumu</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9789753890953</t>
+          <t>9786057580825</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Na'tlar (Antoloji)</t>
+          <t>İyilik Bildirisi</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9789753896603</t>
+          <t>9786057580818</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Döneminde Din Değiştirme Hareketleri (1839-1876)</t>
+          <t>Atlarının Dilinden Beş Raşid Halife</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786254281327</t>
+          <t>9786057580719</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Aynasında Şefkat</t>
+          <t>Kelebek Misali</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786057580184</t>
+          <t>9786057580788</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Haccın Ahkamı ve Menasiki</t>
+          <t>Din Görevlisi İle 365 Gün</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>245</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786058161849</t>
+          <t>9786057580047</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Asrın Afeti İsraf</t>
+          <t>Hadisler Ekseninde Çevre Ahlakı</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9789753899284</t>
+          <t>9786057580115</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>İmam Buhari</t>
+          <t>Arkadaş Arayan Köpek</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9789753892094</t>
+          <t>9786058161856</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Giriş</t>
+          <t>Kırk Hadiste Nikah Kartelası</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786057580207</t>
+          <t>9789753898065</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Gençlik</t>
+          <t>Çocuğu Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786058126169</t>
+          <t>9789753899833</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerimizle Başbaşa</t>
+          <t>Özel Günler ve Geceler</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786056866982</t>
+          <t>9786057580467</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Rahle Boy) - Bilgisayar Hattı Ali El Kari İmlası (Yeşil) (Ciltli)</t>
+          <t>Ramazan Bildirisi</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9789753891219</t>
+          <t>9786057580337</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Yahudiler ve Hıristiyanlar</t>
+          <t>Sorularla Günümüz İnsanının İnanç Problemleri</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9789753896405</t>
+          <t>9786057580481</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü 1000'e Girerken İslam</t>
+          <t>İslam Düşüncesi ve Tarihinde Ehli Beyt</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9789753897099</t>
+          <t>9786057580245</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Siret Sempozyumu 1 - Türkiye'de Siret Yazıcılığı</t>
+          <t>Musa Peygamber Cimcirik ve Şimşirikten Bulmacalarla</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9789753893114</t>
+          <t>9789753890953</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Türkiyedeki Türk Dünyası</t>
+          <t>Türk Edebiyatında Na'tlar (Antoloji)</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9789753898232</t>
+          <t>9789753896603</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Prof. Muhammed B. Tavit Et-Tanci Sempozyumu</t>
+          <t>Tanzimat Döneminde Din Değiştirme Hareketleri (1839-1876)</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9789753890489</t>
+          <t>9786254281327</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Unser Hodscha Nasreddin (Nasreddin Hoca Almanca)</t>
+          <t>Nübüvvet Aynasında Şefkat</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9789753896498</t>
+          <t>9786057580184</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Mevlid Sempozyumu- Yazılışının 600.Yılında Bir Kutlu Doğum Şaheseri</t>
+          <t>Haccın Ahkamı ve Menasiki</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786057580559</t>
+          <t>9786058161849</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Batıya Koşan Tarih</t>
+          <t>Asrın Afeti İsraf</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786057580498</t>
+          <t>9789753899284</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Çim Baba (Ciltli)</t>
+          <t>İmam Buhari</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9789753899871</t>
+          <t>9789753892094</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Kitabı - Harika Harfler</t>
+          <t>İslam'a Giriş</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786058126176</t>
+          <t>9786057580207</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Namaz Dualarına Masallar</t>
+          <t>Peygamberimiz ve Gençlik</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9789753899802</t>
+          <t>9786058126169</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Cüz Kitabı</t>
+          <t>Öğretmenlerimizle Başbaşa</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9789753899819</t>
+          <t>9786056866982</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Dini Terimler Sözlüğü</t>
+          <t>Kur'an-ı Kerim (Rahle Boy) - Bilgisayar Hattı Ali El Kari İmlası (Yeşil) (Ciltli)</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>135</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786057580016</t>
+          <t>9789753891219</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Allahın Güzel İsimleri Seti (5 Kitap Takım)</t>
+          <t>Kur'an-ı Kerim'de Yahudiler ve Hıristiyanlar</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786057580061</t>
+          <t>9789753896405</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Temizlik Çevre Bilinci Sorumluluk - Değerlerimizle Boyama Kitabı</t>
+          <t>Üçüncü 1000'e Girerken İslam</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9789753899840</t>
+          <t>9789753897099</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Boyama Kitabı</t>
+          <t>Siret Sempozyumu 1 - Türkiye'de Siret Yazıcılığı</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786057580054</t>
+          <t>9789753893114</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Paylaşma Yardımlaşma Hoşgörü - Değerlerimizle Boyama Kitabı</t>
+          <t>Türkiyedeki Türk Dünyası</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786057580023</t>
+          <t>9789753898232</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>İyilik Boyama Kitabı</t>
+          <t>Uluslararası Prof. Muhammed B. Tavit Et-Tanci Sempozyumu</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9789753893121</t>
+          <t>9789753890489</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Eş Olarak Hz. Muhammed</t>
+          <t>Unser Hodscha Nasreddin (Nasreddin Hoca Almanca)</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786057580078</t>
+          <t>9789753896498</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Saygı Dürüstlük - Değerlerimizle Boyama Kitabı</t>
+          <t>Uluslararası Mevlid Sempozyumu- Yazılışının 600.Yılında Bir Kutlu Doğum Şaheseri</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9789753899741</t>
+          <t>9786057580559</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali - Peygamberimizin Arkadaşları 1</t>
+          <t>Batıya Koşan Tarih</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9789753899727</t>
+          <t>9786057580498</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Bilal-i Habeşi - Peygamberimizin Arkadaşları 2</t>
+          <t>Çim Baba (Ciltli)</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9789753899734</t>
+          <t>9789753899871</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir - Peygamberimizin Arkadaşları 3</t>
+          <t>Etkinlik Kitabı - Harika Harfler</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9789753899758</t>
+          <t>9786058126176</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Enes Bin Malik - Peygamberimizin Arkadaşları 4</t>
+          <t>Namaz Dualarına Masallar</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9789753899765</t>
+          <t>9789753899802</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Hz. Erkam - Peygamberimizin Arkadaşları 5</t>
+          <t>Cüz Kitabı</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9789753899796</t>
+          <t>9789753899819</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hamza - Peygamberimizin Arkadaşları 6</t>
+          <t>Dini Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9789753899789</t>
+          <t>9786057580016</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer - Peygamberlerimizin Arkadaşları 7</t>
+          <t>Allahın Güzel İsimleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>95</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9789753899772</t>
+          <t>9786057580061</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Hz.Osman - Peygamberimizin Arkadaşları 8</t>
+          <t>Temizlik Çevre Bilinci Sorumluluk - Değerlerimizle Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786057580030</t>
+          <t>9789753899840</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Kurban Bayramı Boyama Kitabı</t>
+          <t>40 Hadis Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786057580528</t>
+          <t>9786057580054</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Tatil Kitabı - Tahin ile Pekmez</t>
+          <t>Paylaşma Yardımlaşma Hoşgörü - Değerlerimizle Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9789751969903</t>
+          <t>9786057580023</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Gençlik ve İletişim</t>
+          <t>İyilik Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786058126121</t>
+          <t>9789753893121</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanma Sürecinde Dini Hayat</t>
+          <t>Eş Olarak Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>160</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9789753898027</t>
+          <t>9786057580078</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>İnsan Halleri</t>
+          <t>Sevgi Saygı Dürüstlük - Değerlerimizle Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786057580009</t>
+          <t>9789753899741</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Dünyevileşme</t>
+          <t>Hz. Ali - Peygamberimizin Arkadaşları 1</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9789753898737</t>
+          <t>9789753899727</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>The Holy Qur'an (Kur'an-ı Kerim Meali İngilizce) (Ciltli)</t>
+          <t>Bilal-i Habeşi - Peygamberimizin Arkadaşları 2</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>540</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786058161870</t>
+          <t>9789753899734</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Kadın</t>
+          <t>Hz. Ebubekir - Peygamberimizin Arkadaşları 3</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786057580412</t>
+          <t>9789753899758</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Hayat Fıkıh ve Dinamizm</t>
+          <t>Enes Bin Malik - Peygamberimizin Arkadaşları 4</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>485</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786058161863</t>
+          <t>9789753899765</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Neşeli Ramazan Günlüğü</t>
+          <t>Hz. Erkam - Peygamberimizin Arkadaşları 5</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>135</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786057580177</t>
+          <t>9789753899796</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi ve Maturidiyye Mezhebi</t>
+          <t>Hz. Hamza - Peygamberimizin Arkadaşları 6</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786057580153</t>
+          <t>9789753899789</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>İmam Ebu Hanife ve Hanefi Mezhebi</t>
+          <t>Hz. Ömer - Peygamberlerimizin Arkadaşları 7</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9789751970169</t>
+          <t>9789753899772</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz ve Gençlik</t>
+          <t>Hz.Osman - Peygamberimizin Arkadaşları 8</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>50</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9789753897914</t>
+          <t>9786057580030</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve İnsan</t>
+          <t>Kurban Bayramı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1415" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786057580191</t>
+          <t>9786057580528</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>İslam Engelliler Hukuku</t>
+          <t>Tatil Kitabı - Tahin ile Pekmez</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786057580160</t>
+          <t>9789751969903</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Emevi ve Abbasi İktidarında Ehli Beyt Nesli</t>
+          <t>Gençlik ve İletişim</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786058161825</t>
+          <t>9786058126121</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Sevdası - Hz. Eyüp Sultan</t>
+          <t>Yaşlanma Sürecinde Dini Hayat</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786254286933</t>
+          <t>9789753898027</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı - On Kıta On Yürek</t>
+          <t>İnsan Halleri</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257205153</t>
+          <t>9786057580009</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Abdest ve Namaz Boyama Kitabı</t>
+          <t>Dünyevileşme</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257069564</t>
+          <t>9789753898737</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>İslamda İtikadi Mezhepler ve Akaid Esasları</t>
+          <t>The Holy Qur'an (Kur'an-ı Kerim Meali İngilizce) (Ciltli)</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>290</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9789753898331</t>
+          <t>9786058161870</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Aile Olmak</t>
+          <t>İslam'da Kadın</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9789753898928</t>
+          <t>9786057580412</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Hadislerde Gizli Kusurlar</t>
+          <t>Hayat Fıkıh ve Dinamizm</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>290</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9789753890021</t>
+          <t>9786058161863</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Hac Rehberi</t>
+          <t>Etkinliklerle Neşeli Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9789753891141</t>
+          <t>9786057580177</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Din ve Kimlik</t>
+          <t>İmam Maturidi ve Maturidiyye Mezhebi</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9789753897273</t>
+          <t>9786057580153</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Ahlakı ve Kardeşlik Hukuku Hadis Kartelası</t>
+          <t>İmam Ebu Hanife ve Hanefi Mezhebi</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>20</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9789753898317</t>
+          <t>9789751970169</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Bir Arada Yaşama Ahlakı</t>
+          <t>Peygamberimiz ve Gençlik</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9789753891417</t>
+          <t>9789753897914</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Bin Badis</t>
+          <t>Hz. Peygamber ve İnsan</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9789753893015</t>
+          <t>9786057580191</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Kitabü'l Enva Ve'l-Ezmine ve Ma'rifet A'yani'l-Kevakib / İbn Asım (Ciltli)</t>
+          <t>İslam Engelliler Hukuku</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>650</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9789753892636</t>
+          <t>9786057580160</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Bakıllani ve İnsanın Fiilleri</t>
+          <t>Emevi ve Abbasi İktidarında Ehli Beyt Nesli</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786254280542</t>
+          <t>9786058161825</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Kitap ve Sünnetin Ruhuna Göre Tasavvuf ve Hayat</t>
+          <t>Bir İstanbul Sevdası - Hz. Eyüp Sultan</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9789753897068</t>
+          <t>9786254286933</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Örnek Hz. Peygamber</t>
+          <t>İstiklal Marşı - On Kıta On Yürek</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9789753893237</t>
+          <t>9786257205153</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sosyal ve İktisadi Tarihi</t>
+          <t>Abdest ve Namaz Boyama Kitabı</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9789753892995</t>
+          <t>9786257069564</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Ortak Edebiyatı</t>
+          <t>İslamda İtikadi Mezhepler ve Akaid Esasları</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9789753898157</t>
+          <t>9789753898331</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Kardeşlik Ahlakı ve Sorumluluğu</t>
+          <t>Koruyucu Aile Olmak</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>260</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786254280924</t>
+          <t>9789753898928</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Kapalıdan Açığa Milli Kültürler ve Medeniyetler</t>
+          <t>Hadislerde Gizli Kusurlar</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9789753895194</t>
+          <t>9789753890021</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Kur'an Okulları</t>
+          <t>Hac Rehberi</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9789753891578</t>
+          <t>9789753891141</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Tüketici Hakları</t>
+          <t>Din ve Kimlik</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>85</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786257672795</t>
+          <t>9789753897273</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>İslam Şehirlerinin Fiziki Yapısı</t>
+          <t>Kardeşlik Ahlakı ve Kardeşlik Hukuku Hadis Kartelası</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9789753891837</t>
+          <t>9789753898317</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Tarikat-ı Aliyye-i Bektaşiyye</t>
+          <t>Bir Arada Yaşama Ahlakı</t>
         </is>
       </c>
       <c r="C1440" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9789753897808</t>
+          <t>9789753891417</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şafi Buyruğu</t>
+          <t>Bin Badis</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>650</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786257205887</t>
+          <t>9789753893015</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Göre Hukuki İşlemler Ve Hükümleri Eşya Ve Borçlar Hukuku</t>
+          <t>Kitabü'l Enva Ve'l-Ezmine ve Ma'rifet A'yani'l-Kevakib / İbn Asım (Ciltli)</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>485</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9789753892247</t>
+          <t>9789753892636</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletler Hukukunda Savaş Esirleri</t>
+          <t>Bakıllani ve İnsanın Fiilleri</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9789753898782</t>
+          <t>9786254280542</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi EK-1. Cilt (A-K) (Ciltli)</t>
+          <t>Kitap ve Sünnetin Ruhuna Göre Tasavvuf ve Hayat</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>650</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9789753892278</t>
+          <t>9789753897068</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>İmam Musa Kazım İmam Ali Rıza İmam Muhammed Taki</t>
+          <t>En Güzel Örnek Hz. Peygamber</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9789753897815</t>
+          <t>9789753893237</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>İslam Kolaylık Dinidir</t>
+          <t>Türkiye'nin Sosyal ve İktisadi Tarihi</t>
         </is>
       </c>
       <c r="C1446" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9789753893152</t>
+          <t>9789753892995</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'in Hayatından Davranış Modelleri</t>
+          <t>Türk Dünyası Ortak Edebiyatı</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9789753891110</t>
+          <t>9789753898157</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Mevlid</t>
+          <t>Kardeşlik Ahlakı ve Sorumluluğu</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9789753897495</t>
+          <t>9786254280924</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Hafız Sami - Merhum</t>
+          <t>Kapalıdan Açığa Milli Kültürler ve Medeniyetler</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9789753899642</t>
+          <t>9789753895194</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>İbn Teymiyye'nin Düşünce Metodolojisi ve Kelamcılara Eleştirisi</t>
+          <t>İstanbul'da Kur'an Okulları</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9789753899260</t>
+          <t>9789753891578</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>İbn Hazm Zahirilik Düşüncesinin Teorisyeni</t>
+          <t>İslam'da Tüketici Hakları</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>195</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9789753896672</t>
+          <t>9786257672795</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Şemseddin-i Sivasi'nin İbret-Nüma Adlı Mesnevisi</t>
+          <t>İslam Şehirlerinin Fiziki Yapısı</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>590</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786257205894</t>
+          <t>9789753891837</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>İctihadda İsabet ve Hata Meselesi</t>
+          <t>Tarikat-ı Aliyye-i Bektaşiyye</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9789753897143</t>
+          <t>9789753897808</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>7'den 77'ye Dini Bulmaca Kitabı</t>
+          <t>Şeyh Şafi Buyruğu</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9789753892100</t>
+          <t>9786257205887</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Mekke ve Medine'deki Mübarek Ziyaret Yerleri</t>
+          <t>İslam Hukukuna Göre Hukuki İşlemler Ve Hükümleri Eşya Ve Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>100</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9789753896481</t>
+          <t>9789753892247</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Ekseninde Hadis</t>
+          <t>İslam Devletler Hukukunda Savaş Esirleri</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9789753898362</t>
+          <t>9789753898782</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Klasikleri 6 - Ahlaku Adudüddin</t>
+          <t>İslam Ansiklopedisi EK-1. Cilt (A-K) (Ciltli)</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>440</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9789753891585</t>
+          <t>9789753892278</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Gazali'de Devlet</t>
+          <t>İmam Musa Kazım İmam Ali Rıza İmam Muhammed Taki</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9789753899475</t>
+          <t>9789753897815</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>FETÖ: Örgütlenmiş Din İstismarının Tahlili</t>
+          <t>İslam Kolaylık Dinidir</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786257581813</t>
+          <t>9789753893152</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>İrade Hürriyeti ve İmam Maturidi</t>
+          <t>Hz. Peygamber'in Hayatından Davranış Modelleri</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9789753898300</t>
+          <t>9789753891110</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadiste İyilik Kartelası</t>
+          <t>Mevlid</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>21</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9789753898744</t>
+          <t>9789753897495</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Güncel Dini Meseleler (Ciltli)</t>
+          <t>Meşhur Hafız Sami - Merhum</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9789753898447</t>
+          <t>9789753899642</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Mektubat (Ciltli)</t>
+          <t>İbn Teymiyye'nin Düşünce Metodolojisi ve Kelamcılara Eleştirisi</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>840</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9789753898218</t>
+          <t>9789753899260</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Sözler (Ciltli)</t>
+          <t>İbn Hazm Zahirilik Düşüncesinin Teorisyeni</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>1040</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9789753898515</t>
+          <t>9789753896672</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>40 Hadiste Anne Baba</t>
+          <t>Şemseddin-i Sivasi'nin İbret-Nüma Adlı Mesnevisi</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>200</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9789753894524</t>
+          <t>9786257205894</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Ahlaki Şiirler</t>
+          <t>İctihadda İsabet ve Hata Meselesi</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9789753895132</t>
+          <t>9789753897143</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Dilgüşa</t>
+          <t>7'den 77'ye Dini Bulmaca Kitabı</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>260</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9789753893824</t>
+          <t>9789753892100</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Sultaniyegah İstanbul</t>
+          <t>Mekke ve Medine'deki Mübarek Ziyaret Yerleri</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9789753897662</t>
+          <t>9789753896481</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıl Klasik Türk Edebiyatında Tevhid</t>
+          <t>Ahlak Ekseninde Hadis</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786257205429</t>
+          <t>9789753898362</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram Veli</t>
+          <t>Ahlak Klasikleri 6 - Ahlaku Adudüddin</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>135</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786257069533</t>
+          <t>9789753891585</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun Temel Öğretilerinin Hadislerdeki Dayanakları</t>
+          <t>Gazali'de Devlet</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>400</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9789753896894</t>
+          <t>9789753899475</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk ve İnsan Nefsinin Cevher Olduğuna İlişkin On Delil (Ciltli)</t>
+          <t>FETÖ: Örgütlenmiş Din İstismarının Tahlili</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>375</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9789753892797</t>
+          <t>9786257581813</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Hadis Tarihi</t>
+          <t>İrade Hürriyeti ve İmam Maturidi</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9789753895736</t>
+          <t>9789753898300</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve İnanç</t>
+          <t>Kırk Hadiste İyilik Kartelası</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>290</v>
+        <v>21</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786257069618</t>
+          <t>9789753898744</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Zindandan Saraya Hz. Yusuf</t>
+          <t>Güncel Dini Meseleler (Ciltli)</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9789753894906</t>
+          <t>9789753898447</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Velayetname (Ciltli)</t>
+          <t>Mektubat (Ciltli)</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>765</v>
+        <v>840</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786254280665</t>
+          <t>9789753898218</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Misyonerlik</t>
+          <t>Sözler (Ciltli)</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>200</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9789753893749</t>
+          <t>9789753898515</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Asitane - Evvel Zaman İçinde İstanbul 2</t>
+          <t>40 Hadiste Anne Baba</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786257069755</t>
+          <t>9789753894524</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>İlmihal 2 - İslam ve Toplum (Ciltli)</t>
+          <t>Dini ve Ahlaki Şiirler</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>560</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786257069748</t>
+          <t>9789753895132</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>İlmihal 1 (Ciltli)</t>
+          <t>Dilgüşa</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>560</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9789753897853</t>
+          <t>9789753893824</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 44 (Ciltli)</t>
+          <t>Sultaniyegah İstanbul</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9789753891035</t>
+          <t>9789753897662</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'yi Parçalama Planları</t>
+          <t>16. Yüzyıl Klasik Türk Edebiyatında Tevhid</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786257205351</t>
+          <t>9786257205429</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Matüridi'nin Düşünce Sisteminde Şer-Hikmet İlişkisi</t>
+          <t>Hacı Bayram Veli</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9789753891363</t>
+          <t>9786257069533</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Batılılaşması ve Milli Meseleler</t>
+          <t>Tasavvufun Temel Öğretilerinin Hadislerdeki Dayanakları</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786057580504</t>
+          <t>9789753896894</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Annenin Rehberi</t>
+          <t>Mutluluk ve İnsan Nefsinin Cevher Olduğuna İlişkin On Delil (Ciltli)</t>
         </is>
       </c>
       <c r="C1485" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9789753890496</t>
+          <t>9789753892797</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya'da İslam'ın Yeniden Doğuşu</t>
+          <t>Hadis Tarihi</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9789753890434</t>
+          <t>9789753895736</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Erlaubtes und Verwehrtes</t>
+          <t>Ekonomi ve İnanç</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786257672238</t>
+          <t>9786257069618</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Emevi-Haşimi İlişkileri</t>
+          <t>Zindandan Saraya Hz. Yusuf</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9789753890878</t>
+          <t>9789753894906</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Siyaset Açışından İslam'da Ücret</t>
+          <t>Velayetname (Ciltli)</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>245</v>
+        <v>765</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9789753894364</t>
+          <t>9786254280665</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 9 (Ciltli)</t>
+          <t>Misyonerlik</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9789753894302</t>
+          <t>9789753893749</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 3 (Ciltli)</t>
+          <t>Asitane - Evvel Zaman İçinde İstanbul 2</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9789753894296</t>
+          <t>9786257069755</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 2 (Ciltli)</t>
+          <t>İlmihal 2 - İslam ve Toplum (Ciltli)</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>650</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9789753894463</t>
+          <t>9786257069748</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 19 (Ciltli)</t>
+          <t>İlmihal 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>650</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9789753894319</t>
+          <t>9789753897853</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 4 (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 44 (Ciltli)</t>
         </is>
       </c>
       <c r="C1494" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9789753894425</t>
+          <t>9789753891035</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 15 (Ciltli)</t>
+          <t>Türkiye'yi Parçalama Planları</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9789753894418</t>
+          <t>9786257205351</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 14 (Ciltli)</t>
+          <t>Matüridi'nin Düşünce Sisteminde Şer-Hikmet İlişkisi</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9789753894470</t>
+          <t>9789753891363</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 20 (Ciltli)</t>
+          <t>Türkiye'nin Batılılaşması ve Milli Meseleler</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>650</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9789753894159</t>
+          <t>9786057580504</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 29 (Ciltli)</t>
+          <t>Annenin Rehberi</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9789753894258</t>
+          <t>9789753890496</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 30 (Ciltli)</t>
+          <t>Orta Asya'da İslam'ın Yeniden Doğuşu</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>650</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9789753894340</t>
+          <t>9789753890434</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 7 (Ciltli)</t>
+          <t>Erlaubtes und Verwehrtes</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9789753890403</t>
+          <t>9786257672238</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi ve Öğretiminde Metodlar</t>
+          <t>Emevi-Haşimi İlişkileri</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786257205603</t>
+          <t>9789753890878</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Hz. Meryem - Hıristiyanlıkta ve İslam’da</t>
+          <t>Sosyal Siyaset Açışından İslam'da Ücret</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9789753890359</t>
+          <t>9789753894364</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Fıkıh Alemi Ve Diğer Mezheplerin Meşhurları</t>
+          <t>İslam Ansiklopedisi Cilt: 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789753893558</t>
+          <t>9789753894302</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>İslam Ansiklopedisi Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>485</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9789753895767</t>
+          <t>9789753894296</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Dini Hayatın İlk Şekilleri (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>245</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9789753895576</t>
+          <t>9789753894463</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Hadislerin Dili - İlk Hadis Belgesi</t>
+          <t>İslam Ansiklopedisi Cilt: 19 (Ciltli)</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9789753893961</t>
+          <t>9789753894319</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Tarih Meşheri - Hatırat 2</t>
+          <t>İslam Ansiklopedisi Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9789753897655</t>
+          <t>9789753894425</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Kadın Sempozyumu</t>
+          <t>İslam Ansiklopedisi Cilt: 15 (Ciltli)</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>245</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786254286162</t>
+          <t>9789753894418</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerimin Tecvidi</t>
+          <t>İslam Ansiklopedisi Cilt: 14 (Ciltli)</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>230</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786257205474</t>
+          <t>9789753894470</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun</t>
+          <t>İslam Ansiklopedisi Cilt: 20 (Ciltli)</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9789753891400</t>
+          <t>9789753894159</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İki Ana Kaynak Kitab ve Sünnet</t>
+          <t>İslam Ansiklopedisi Cilt: 29 (Ciltli)</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>195</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786257069359</t>
+          <t>9789753894258</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisi</t>
+          <t>İslam Ansiklopedisi Cilt: 30 (Ciltli)</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786257205665</t>
+          <t>9789753894340</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>İlk Türk-İslam Devletleri Tarihi</t>
+          <t>İslam Ansiklopedisi Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786257205627</t>
+          <t>9789753890403</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulü</t>
+          <t>Din Eğitimi ve Öğretiminde Metodlar</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786257205320</t>
+          <t>9786257205603</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Müslümanları - Siyasi Tarih</t>
+          <t>Hz. Meryem - Hıristiyanlıkta ve İslam’da</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786257205269</t>
+          <t>9789753890359</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti Tarihi</t>
+          <t>Hanefi Fıkıh Alemi Ve Diğer Mezheplerin Meşhurları</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>380</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9789753893763</t>
+          <t>9789753893558</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Süsleme Sanatları (Ciltli)</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>650</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9789753896658</t>
+          <t>9789753895767</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Malati ve Kelami Görüşleri</t>
+          <t>Dini Hayatın İlk Şekilleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786057580580</t>
+          <t>9789753895576</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Pınar'ın Günlüğü</t>
+          <t>Hadislerin Dili - İlk Hadis Belgesi</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786257581806</t>
+          <t>9789753893961</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Matüridinin Akide Risalesi ve Şerhi</t>
+          <t>Tarih Meşheri - Hatırat 2</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9789753895552</t>
+          <t>9789753897655</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Evrensel Mühendisi Mevlana</t>
+          <t>Kur'an ve Kadın Sempozyumu</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9789753896832</t>
+          <t>9786254286162</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Resimli Abdest ve Namaz Kartelası</t>
+          <t>Kur'an-ı Kerimin Tecvidi</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>20</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786257069557</t>
+          <t>9786257205474</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Ebu Davud'un Sünen'i</t>
+          <t>İbn Haldun</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9789753895118</t>
+          <t>9789753891400</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Hızırname (Ciltli)</t>
+          <t>İslam'da İki Ana Kaynak Kitab ve Sünnet</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>765</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9789759548063</t>
+          <t>9786257069359</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Mimari Hadisleri</t>
+          <t>Din Psikolojisi</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786257205535</t>
+          <t>9786257205665</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Emeviler</t>
+          <t>İlk Türk-İslam Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786258023220</t>
+          <t>9786257205627</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Büyük Dua Kitabı Karton Kapak</t>
+          <t>Tefsir Usulü</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9789753890151</t>
+          <t>9786257205320</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Din ve Tıp Açısından Domuz Eti</t>
+          <t>Endülüs Müslümanları - Siyasi Tarih</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>85</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9789753896054</t>
+          <t>9786257205269</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Kaynaklarına Göre Alevilik</t>
+          <t>İslam Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9789751949158</t>
+          <t>9789753893763</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Orucu Anlamak</t>
+          <t>Türk İslam Süsleme Sanatları (Ciltli)</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>35</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786254280535</t>
+          <t>9789753896658</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Işığında Ölüm Ötesi Sonsuz Hayat</t>
+          <t>Malati ve Kelami Görüşleri</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786257205467</t>
+          <t>9786057580580</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Ebu Eyyub El-Ensari</t>
+          <t>Pınar'ın Günlüğü</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9789753890762</t>
+          <t>9786257581806</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Vesikalarını Okumaya Giriş</t>
+          <t>Matüridinin Akide Risalesi ve Şerhi</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786258023800</t>
+          <t>9789753895552</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İbadet Rehberi</t>
+          <t>Sevginin Evrensel Mühendisi Mevlana</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9789753897051</t>
+          <t>9789753896832</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Örnekliği ve İslam'ın Sosyal Dayanışma ve İsraf'a Bakışı</t>
+          <t>Resimli Abdest ve Namaz Kartelası</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9789753890526</t>
+          <t>9786257069557</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Hurafeler</t>
+          <t>Ebu Davud'un Sünen'i</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786257205177</t>
+          <t>9789753895118</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Su Kasidesi Şerhi</t>
+          <t>Hızırname (Ciltli)</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>110</v>
+        <v>765</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9789753895965</t>
+          <t>9789759548063</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadisle Güzel Ahlak</t>
+          <t>Mimari Hadisleri</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786257672757</t>
+          <t>9786257205535</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Işığında Başlangıçtan Cumhuriyete Türklerde Tıp Ve Sağlık Kurumları</t>
+          <t>Emeviler</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9789753896511</t>
+          <t>9786258023220</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitaplara Göre Din Adamı</t>
+          <t>Açıklamalı Büyük Dua Kitabı Karton Kapak</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9789753892834</t>
+          <t>9789753890151</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Hadis Usulü</t>
+          <t>Din ve Tıp Açısından Domuz Eti</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>300</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9789753895996</t>
+          <t>9789753896054</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Azerbaycan Şairi Mehmed Araz</t>
+          <t>Yazılı Kaynaklarına Göre Alevilik</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9789753897426</t>
+          <t>9789751949158</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hasan</t>
+          <t>Orucu Anlamak</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786257672108</t>
+          <t>9786254280535</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin Sünnet Anlayışı</t>
+          <t>Vahyin Işığında Ölüm Ötesi Sonsuz Hayat</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>500</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786257205672</t>
+          <t>9786257205467</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Bilim ve Teknoloji Tarihi</t>
+          <t>Ebu Eyyub El-Ensari</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9789753897228</t>
+          <t>9789753890762</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Kursu Öğreticilerinin Eğitim - Öğretim Yeterlilikleri</t>
+          <t>Osmanlı Vesikalarını Okumaya Giriş</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9789753893954</t>
+          <t>9786258023800</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Tarih Meşheri - Hatırat 1</t>
+          <t>Açıklamalı İbadet Rehberi</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786257205337</t>
+          <t>9789753897051</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Endülüs Müslümanları - Kültür ve Medeniyet</t>
+          <t>Hz. Peygamberin Örnekliği ve İslam'ın Sosyal Dayanışma ve İsraf'a Bakışı</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>480</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786257581028</t>
+          <t>9789753890526</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Bağlayıcılık Bakımından Hz. Peygamber'in İctihad ve Tasarrufları</t>
+          <t>Yaşayan Hurafeler</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9789753893732</t>
+          <t>9786257205177</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Asitane - Evvel Zaman İçinde İstanbul 1</t>
+          <t>Su Kasidesi Şerhi</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9789753897242</t>
+          <t>9789753895965</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Davranış Tarzları Nefislerdeki Ahlaki Hastalıkların Tedavisi/ Ahlak Klasikleri 3 (Ciltli)</t>
+          <t>Kırk Hadisle Güzel Ahlak</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9789753894975</t>
+          <t>9786257672757</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Dastan-ı İbrahim Edhem / Dastan-ı Fatıma Dastan-ı Hatun (Ciltli)</t>
+          <t>Bilimin Işığında Başlangıçtan Cumhuriyete Türklerde Tıp Ve Sağlık Kurumları</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9789753895163</t>
+          <t>9789753896511</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Derken Efendim - Tarih ve Kültür Sohbetleri - 1</t>
+          <t>Kutsal Kitaplara Göre Din Adamı</t>
         </is>
       </c>
       <c r="C1553" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9789753896313</t>
+          <t>9789753892834</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Çalar Saat - 1 (Ciltli)</t>
+          <t>Hadis Usulü</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9789753895170</t>
+          <t>9789753895996</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Derken Efendim - Tarih ve Kültür Sohbetleri 2</t>
+          <t>Çağdaş Azerbaycan Şairi Mehmed Araz</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9789753895958</t>
+          <t>9789753897426</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Kurandan Mesajlar Kırk Ayet Kartelası</t>
+          <t>Hz. Hasan</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>20</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9789753896177</t>
+          <t>9786257672108</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Kurandan Kırk Dua Kartelası</t>
+          <t>Sahabenin Sünnet Anlayışı</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>20</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786257205573</t>
+          <t>9786257205672</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Siyahların Dramı</t>
+          <t>İslam'da Bilim ve Teknoloji Tarihi</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786254281020</t>
+          <t>9789753897228</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamberin Çağımıza Mesajları</t>
+          <t>Kur'an Kursu Öğreticilerinin Eğitim - Öğretim Yeterlilikleri</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>135</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9789753894289</t>
+          <t>9789753893954</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 1 (Ciltli)</t>
+          <t>Tarih Meşheri - Hatırat 1</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9789753894449</t>
+          <t>9786257205337</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 17 (Ciltli)</t>
+          <t>Endülüs Müslümanları - Kültür ve Medeniyet</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>650</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9789753894562</t>
+          <t>9786257581028</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 34 (Ciltli)</t>
+          <t>İslam Hukukunda Bağlayıcılık Bakımından Hz. Peygamber'in İctihad ve Tasarrufları</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9789753894555</t>
+          <t>9789753893732</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 33 (Ciltli)</t>
+          <t>Asitane - Evvel Zaman İçinde İstanbul 1</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9789753896320</t>
+          <t>9789753897242</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 39 (Ciltli)</t>
+          <t>Ahlak ve Davranış Tarzları Nefislerdeki Ahlaki Hastalıkların Tedavisi/ Ahlak Klasikleri 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9789753897136</t>
+          <t>9789753894975</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 41 (Ciltli)</t>
+          <t>Dastan-ı İbrahim Edhem / Dastan-ı Fatıma Dastan-ı Hatun (Ciltli)</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9789753896528</t>
+          <t>9789753895163</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 40 (Ciltli)</t>
+          <t>Derken Efendim - Tarih ve Kültür Sohbetleri - 1</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9789753897372</t>
+          <t>9789753896313</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>İslam Ansiklopedisi Cilt: 42 (Ciltli)</t>
+          <t>Çalar Saat - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9789753896931</t>
+          <t>9789753895170</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Birgivi'nin (929-981 / 1523-1573)</t>
+          <t>Derken Efendim - Tarih ve Kültür Sohbetleri 2</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9789751950277</t>
+          <t>9789753895958</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Başkaları İçin Ağlayabilmek</t>
+          <t>Kurandan Mesajlar Kırk Ayet Kartelası</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9789753890083</t>
+          <t>9789753896177</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Hz. Muhammed</t>
+          <t>Kurandan Kırk Dua Kartelası</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>85</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9789753890137</t>
+          <t>9786257205573</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Yaptın İse</t>
+          <t>Siyahların Dramı</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786257205481</t>
+          <t>9786254281020</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evren Tasavvufi Düşüncenin Esasları</t>
+          <t>Hz. Peygamberin Çağımıza Mesajları</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9789753892452</t>
+          <t>9789753894289</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesine Giriş</t>
+          <t>İslam Ansiklopedisi Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789753897341</t>
+          <t>9789753894449</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku Açısından Bedensel Engellilik</t>
+          <t>İslam Ansiklopedisi Cilt: 17 (Ciltli)</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>290</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9789753895088</t>
+          <t>9789753894562</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Cafer-i Sadık</t>
+          <t>İslam Ansiklopedisi Cilt: 34 (Ciltli)</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>170</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786057580771</t>
+          <t>9789753894555</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Pınar'ın Günlüğü Yaz Anıları</t>
+          <t>İslam Ansiklopedisi Cilt: 33 (Ciltli)</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>130</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786257205436</t>
+          <t>9789753896320</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Bin Hanbel</t>
+          <t>İslam Ansiklopedisi Cilt: 39 (Ciltli)</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>135</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9789753896597</t>
+          <t>9789753897136</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Bin Hanefiyye Cengi (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 41 (Ciltli)</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9789753894890</t>
+          <t>9789753896528</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Besmele Tefsiri (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 40 (Ciltli)</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>440</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9789753894883</t>
+          <t>9789753897372</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Makalat (Ciltli)</t>
+          <t>İslam Ansiklopedisi Cilt: 42 (Ciltli)</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>420</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9789753895149</t>
+          <t>9789753896931</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Sarayname (Ciltli)</t>
+          <t>Mehmed Birgivi'nin (929-981 / 1523-1573)</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>765</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9789753897204</t>
+          <t>9789751950277</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>İslami Gelenekte Eğitim Ahlakı (Ciltli)</t>
+          <t>Başkaları İçin Ağlayabilmek</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>590</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9789753894968</t>
+          <t>9789753890083</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Erkanname - 1 (Ciltli)</t>
+          <t>Peygamberimiz Hz. Muhammed</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9789753893183</t>
+          <t>9789753890137</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İslamlaşma Sürecinde Mürcie ve Tesirleri</t>
+          <t>Bir Gönül Yaptın İse</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>390</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
+          <t>9786257205481</t>
+        </is>
+      </c>
+      <c r="B1585" s="1" t="inlineStr">
+        <is>
+          <t>Ahi Evren Tasavvufi Düşüncenin Esasları</t>
+        </is>
+      </c>
+      <c r="C1585" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1586" spans="1:3">
+      <c r="A1586" s="1" t="inlineStr">
+        <is>
+          <t>9789753892452</t>
+        </is>
+      </c>
+      <c r="B1586" s="1" t="inlineStr">
+        <is>
+          <t>İslam Felsefesine Giriş</t>
+        </is>
+      </c>
+      <c r="C1586" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1587" spans="1:3">
+      <c r="A1587" s="1" t="inlineStr">
+        <is>
+          <t>9789753897341</t>
+        </is>
+      </c>
+      <c r="B1587" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuku Açısından Bedensel Engellilik</t>
+        </is>
+      </c>
+      <c r="C1587" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1588" spans="1:3">
+      <c r="A1588" s="1" t="inlineStr">
+        <is>
+          <t>9789753895088</t>
+        </is>
+      </c>
+      <c r="B1588" s="1" t="inlineStr">
+        <is>
+          <t>Cafer-i Sadık</t>
+        </is>
+      </c>
+      <c r="C1588" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1589" spans="1:3">
+      <c r="A1589" s="1" t="inlineStr">
+        <is>
+          <t>9786057580771</t>
+        </is>
+      </c>
+      <c r="B1589" s="1" t="inlineStr">
+        <is>
+          <t>Pınar'ın Günlüğü Yaz Anıları</t>
+        </is>
+      </c>
+      <c r="C1589" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1590" spans="1:3">
+      <c r="A1590" s="1" t="inlineStr">
+        <is>
+          <t>9786257205436</t>
+        </is>
+      </c>
+      <c r="B1590" s="1" t="inlineStr">
+        <is>
+          <t>Ahmed Bin Hanbel</t>
+        </is>
+      </c>
+      <c r="C1590" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="1591" spans="1:3">
+      <c r="A1591" s="1" t="inlineStr">
+        <is>
+          <t>9789753896597</t>
+        </is>
+      </c>
+      <c r="B1591" s="1" t="inlineStr">
+        <is>
+          <t>Muhammed Bin Hanefiyye Cengi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1591" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1592" spans="1:3">
+      <c r="A1592" s="1" t="inlineStr">
+        <is>
+          <t>9789753894890</t>
+        </is>
+      </c>
+      <c r="B1592" s="1" t="inlineStr">
+        <is>
+          <t>Besmele Tefsiri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1592" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1593" spans="1:3">
+      <c r="A1593" s="1" t="inlineStr">
+        <is>
+          <t>9789753894883</t>
+        </is>
+      </c>
+      <c r="B1593" s="1" t="inlineStr">
+        <is>
+          <t>Makalat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1593" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1594" spans="1:3">
+      <c r="A1594" s="1" t="inlineStr">
+        <is>
+          <t>9789753895149</t>
+        </is>
+      </c>
+      <c r="B1594" s="1" t="inlineStr">
+        <is>
+          <t>Sarayname (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1594" s="1">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="1595" spans="1:3">
+      <c r="A1595" s="1" t="inlineStr">
+        <is>
+          <t>9789753897204</t>
+        </is>
+      </c>
+      <c r="B1595" s="1" t="inlineStr">
+        <is>
+          <t>İslami Gelenekte Eğitim Ahlakı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1595" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:3">
+      <c r="A1596" s="1" t="inlineStr">
+        <is>
+          <t>9789753894968</t>
+        </is>
+      </c>
+      <c r="B1596" s="1" t="inlineStr">
+        <is>
+          <t>Erkanname - 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1596" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:3">
+      <c r="A1597" s="1" t="inlineStr">
+        <is>
+          <t>9789753893183</t>
+        </is>
+      </c>
+      <c r="B1597" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin İslamlaşma Sürecinde Mürcie ve Tesirleri</t>
+        </is>
+      </c>
+      <c r="C1597" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1598" spans="1:3">
+      <c r="A1598" s="1" t="inlineStr">
+        <is>
           <t>9789753896535</t>
         </is>
       </c>
-      <c r="B1585" s="1" t="inlineStr">
+      <c r="B1598" s="1" t="inlineStr">
         <is>
           <t>Çalar Saat - 2 (Ciltli)</t>
         </is>
       </c>
-      <c r="C1585" s="1">
+      <c r="C1598" s="1">
         <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>