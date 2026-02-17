--- v0 (2025-10-25)
+++ v1 (2026-02-17)
@@ -97,43 +97,223 @@
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786255519221</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Kahvenin Rotası Cilt I - Kültürden Küresele: Telvesinde Millet Köpüğünde Medeniyet</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>340</v>
       </c>
     </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786255519023</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Türk Vergi Yargısında Vergi Anlaşmazlıklarının İdari Çözüm Yolları</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786255519016</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hizmetlerinde Uygulanan Ödeme Sistemleri, Dünya ve Türkiye Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786255519009</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Politika ve Çalışma İlişkilerinde Güncel Sorunlar 6</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786256379800</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Politika ve Çalışma İlişkilerinde Güncel Sorunlar: V</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786256379893</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Hizmet Sunumu ve Finansman Yöntemi Açısından Türk Sağlık Sistemi</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786256379635</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Belediyelerde Sürdürülebilir Kalkınma</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786256379756</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>The Transformation Of The Status Of Magician Simulacrum: A FouCauldian Analysis Of Morte D’Arthur and Harry Potter: In Terms Of Power and Knowledge</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786256379565</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Mükellef Hakları ve Vergi Uyumu</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786256379596</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Vergi Etiği ve Vergi Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786256379602</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Kapitalizmin Hayat Suyu Alkol Endüstrisine Yönelik Kamusal Düzenlemelerin Sosyo-Ekonomik Sonuçları</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786256379671</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>İşletmeler ve Yeşil Düşünce</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786256379718</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>16th and 18th Centruy The Impact Of Changes In Socio-Economic Structure On Fiscal Structure In Ottoman Empire</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>150</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>