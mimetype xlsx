--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,2245 +85,2260 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258292534</t>
+          <t>9786052169827</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rüyalar Peşinde</t>
+          <t>Seksen Günde Devri Alem</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258292275</t>
+          <t>9786258292534</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ne Yaparsın Yalnızca Kuru Bir Dalla?</t>
+          <t>Kayıp Rüyalar Peşinde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052169179</t>
+          <t>9786258292275</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Ne Yaparsın Yalnızca Kuru Bir Dalla?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257231053</t>
+          <t>9786052169179</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Güneş Sistemi Rehberi</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258292053</t>
+          <t>9786257231053</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İlk Cami Kitabım</t>
+          <t>Küçük Meraklının Güneş Sistemi Rehberi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258292084</t>
+          <t>9786258292053</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Seviyorum</t>
+          <t>İlk Cami Kitabım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258292527</t>
+          <t>9786258292084</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Anatomi</t>
+          <t>Kur’an’ı Seviyorum</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257231046</t>
+          <t>9786258292527</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Bilim Rehberi</t>
+          <t>Çocuklara Anatomi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258292510</t>
+          <t>9786257231046</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bu Duygunun Adı Ne? Güven ve Özgüven</t>
+          <t>Küçük Meraklının Bilim Rehberi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258292503</t>
+          <t>9786258292510</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Yolculuğum Miraç</t>
+          <t>Bu Duygunun Adı Ne? Güven ve Özgüven</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057333018</t>
+          <t>9786258292503</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Alice Aynalar Ülkesinde</t>
+          <t>Sıra Dışı Yolculuğum Miraç</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258292480</t>
+          <t>9786057333018</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Alice Aynalar Ülkesinde</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057333049</t>
+          <t>9786258292480</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052169018</t>
+          <t>9786057333049</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Salı Şişman Bir Arı</t>
+          <t>Dünya Masalları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052169049</t>
+          <t>9786052169018</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Rafi</t>
+          <t>Pazartesi Salı Şişman Bir Arı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257548250</t>
+          <t>9786052169049</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Prensesler</t>
+          <t>Kaplumbağa Rafi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056670886</t>
+          <t>9786257548250</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Altı Yedi Sarı Kedi</t>
+          <t>Kahraman Prensesler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052169056</t>
+          <t>9786056670886</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
+          <t>Altı Yedi Sarı Kedi</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052169568</t>
+          <t>9786052169056</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yatağımda Uyumayacağım! - Ne Zormuş Büyümek</t>
+          <t>Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>175</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052169001</t>
+          <t>9786052169568</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Kiki</t>
+          <t>Kendi Yatağımda Uyumayacağım! - Ne Zormuş Büyümek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052169063</t>
+          <t>9786052169001</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Zeze ve A Be Ce</t>
+          <t>Kirpi Kiki</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056670879</t>
+          <t>9786052169063</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak Ağaç Kakan Susi'ye Bak</t>
+          <t>Uykucu Zeze ve A Be Ce</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257231107</t>
+          <t>9786056670879</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yolun Ötesi</t>
+          <t>Tik Tak Ağaç Kakan Susi'ye Bak</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056670893</t>
+          <t>9786257231107</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fare Mumu ve Beş Duyu</t>
+          <t>Yolun Ötesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052169896</t>
+          <t>9786056670893</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Okula Gitmek İstemiyorum!</t>
+          <t>Fare Mumu ve Beş Duyu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052169902</t>
+          <t>9786052169896</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kurallardan Nefret Ediyorum!</t>
+          <t>Okula Gitmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057717337</t>
+          <t>9786052169902</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Büyük Boy)</t>
+          <t>Kurallardan Nefret Ediyorum!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057717375</t>
+          <t>9786057717337</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 6: Bir Göl Macerası - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Küçük Prens (Büyük Boy)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057717382</t>
+          <t>9786057717375</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 5: Ah Benim Duygusal Robotum - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Maceracı Yüzgeçler 6: Bir Göl Macerası - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057717566</t>
+          <t>9786057717382</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nancy Drew Günlükleri</t>
+          <t>Maceracı Yüzgeçler 5: Ah Benim Duygusal Robotum - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057717559</t>
+          <t>9786057717566</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Vagon Çocukları</t>
+          <t>Nancy Drew Günlükleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057717238</t>
+          <t>9786057717559</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Vagon Çocukları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056670862</t>
+          <t>9786057717238</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 1: Ejderha Çiçeği - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057333025</t>
+          <t>9786056670862</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kabe’yi Seviyorum</t>
+          <t>Maceracı Yüzgeçler 1: Ejderha Çiçeği - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057333032</t>
+          <t>9786057333025</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İlk Kabe Kitabım</t>
+          <t>Kabe’yi Seviyorum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057109989</t>
+          <t>9786057333032</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayını Seviyorum</t>
+          <t>İlk Kabe Kitabım</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057109996</t>
+          <t>9786057109989</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İlk Ramazan Kitabım</t>
+          <t>Ramazan Ayını Seviyorum</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052169421</t>
+          <t>9786057109996</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi İsterim Kral Benim! - Ne Zormuş Büyümek</t>
+          <t>İlk Ramazan Kitabım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257231138</t>
+          <t>9786052169421</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çoraplar Ülkesi</t>
+          <t>Her Şeyi İsterim Kral Benim! - Ne Zormuş Büyümek</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257231190</t>
+          <t>9786257231138</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Kayıp Çoraplar Ülkesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057717962</t>
+          <t>9786257231190</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000 Fersah</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257231510</t>
+          <t>9786057717962</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Ada - Vagon Çocukları 2</t>
+          <t>Denizler Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258292411</t>
+          <t>9786257231510</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Sürpriz Ada - Vagon Çocukları 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258292473</t>
+          <t>9786258292411</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Muzip Matematik</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258292497</t>
+          <t>9786258292473</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yastık Altı Masallar</t>
+          <t>Muzip Matematik</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258292442</t>
+          <t>9786258292497</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Kâtibi</t>
+          <t>Yastık Altı Masallar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258292435</t>
+          <t>9786258292442</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayvanlar Bi’acayip</t>
+          <t>Anahtar Kâtibi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258292428</t>
+          <t>9786258292435</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayvanlar Bi’âlem</t>
+          <t>Bu Hayvanlar Bi’acayip</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258292374</t>
+          <t>9786258292428</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Pembe Yanak Ailesi (5 Kitap)</t>
+          <t>Bu Hayvanlar Bi’âlem</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258292381</t>
+          <t>9786258292374</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Noktalama Dedektifleri (5 Kitap)</t>
+          <t>Pembe Yanak Ailesi (5 Kitap)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258292398</t>
+          <t>9786258292381</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler İş Başında 5: Dedektifler</t>
+          <t>Noktalama Dedektifleri (5 Kitap)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258292367</t>
+          <t>9786258292398</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Gözlü Marangoz Bir Kudüs Öyküsü</t>
+          <t>Minik Diyetisyenler İş Başında 5: Dedektifler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258292350</t>
+          <t>9786258292367</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Muhammed Ali</t>
+          <t>Zeytin Gözlü Marangoz Bir Kudüs Öyküsü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258292282</t>
+          <t>9786258292350</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler 3: Tatlı Bir Sürpriz</t>
+          <t>Ben ve Muhammed Ali</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258292299</t>
+          <t>9786258292282</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler 4: Dostumuz Yiyecekler</t>
+          <t>Minik Diyetisyenler 3: Tatlı Bir Sürpriz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257231091</t>
+          <t>9786258292299</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kıtkıt'ın Az Çok Gerçek Maceraları</t>
+          <t>Minik Diyetisyenler 4: Dostumuz Yiyecekler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258292213</t>
+          <t>9786257231091</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Öfke</t>
+          <t>Kıtkıt'ın Az Çok Gerçek Maceraları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258292237</t>
+          <t>9786258292213</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Neşe</t>
+          <t>Davetsiz Misafir Öfke</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258292244</t>
+          <t>9786258292237</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Hüzün</t>
+          <t>Davetsiz Misafir Neşe</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258292251</t>
+          <t>9786258292244</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Hayret</t>
+          <t>Davetsiz Misafir Hüzün</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258292220</t>
+          <t>9786258292251</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Dehşet</t>
+          <t>Davetsiz Misafir Hayret</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258292206</t>
+          <t>9786258292220</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Öyküsü</t>
+          <t>Davetsiz Misafir Dehşet</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258292183</t>
+          <t>9786258292206</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İlk Güzel Kelimelerim Kitabım</t>
+          <t>Sanatçının Öyküsü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258292190</t>
+          <t>9786258292183</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kelimelerimi Seviyorum</t>
+          <t>İlk Güzel Kelimelerim Kitabım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258292176</t>
+          <t>9786258292190</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İcat Avcıları: Elektrik Nasıl Oluşur ve Üretilir?</t>
+          <t>Güzel Kelimelerimi Seviyorum</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258292169</t>
+          <t>9786258292176</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İcat Avcıları: Makineler Nasıl Çalışır?</t>
+          <t>İcat Avcıları: Elektrik Nasıl Oluşur ve Üretilir?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258292152</t>
+          <t>9786258292169</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Papağanım Dedi Ki</t>
+          <t>İcat Avcıları: Makineler Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258292145</t>
+          <t>9786258292152</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ablanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Papağanım Dedi Ki</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258292138</t>
+          <t>9786258292145</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Ablanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258292107</t>
+          <t>9786258292138</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Ailenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258292114</t>
+          <t>9786258292107</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Babanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258292121</t>
+          <t>9786258292114</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Annenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Babanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258292077</t>
+          <t>9786258292121</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İlk Kur’an Kitabım</t>
+          <t>Annenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258292046</t>
+          <t>9786258292077</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sevgidir Uçurtma</t>
+          <t>İlk Kur’an Kitabım</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>235</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258292060</t>
+          <t>9786258292046</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Camiyi Seviyorum</t>
+          <t>Sevgidir Uçurtma</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057333056</t>
+          <t>9786258292060</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Duygular Kitabım</t>
+          <t>Camiyi Seviyorum</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258292022</t>
+          <t>9786057333056</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Salçalı Kıvırcık Makarna</t>
+          <t>Duygular Kitabım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057322579</t>
+          <t>9786258292022</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Denizde Etkinlik</t>
+          <t>Salçalı Kıvırcık Makarna</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057322593</t>
+          <t>9786057322579</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Etkinlik</t>
+          <t>Denizde Etkinlik</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057322586</t>
+          <t>9786057322593</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Etkinlik</t>
+          <t>Çiftlikte Etkinlik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057322555</t>
+          <t>9786057322586</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kutuplarda Etkinlik</t>
+          <t>Ormanda Etkinlik</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057322562</t>
+          <t>9786057322555</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Etkinlik</t>
+          <t>Kutuplarda Etkinlik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057353559</t>
+          <t>9786057322562</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>A Takımı: Geri Dönüşüm</t>
+          <t>Gökyüzünde Etkinlik</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057353542</t>
+          <t>9786057353559</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>O Telefonu İstiyorum!</t>
+          <t>A Takımı: Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057353566</t>
+          <t>9786057353542</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>A Takımı: Su Tasarrufu</t>
+          <t>O Telefonu İstiyorum!</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057353573</t>
+          <t>9786057353566</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>A Takımı: Plastik</t>
+          <t>A Takımı: Su Tasarrufu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057353528</t>
+          <t>9786057353573</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hüma Kuşu ile Ejderha (Ciltli)</t>
+          <t>A Takımı: Plastik</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057109941</t>
+          <t>9786057353528</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>En Tatlı Elma</t>
+          <t>Hüma Kuşu ile Ejderha (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057109958</t>
+          <t>9786057109941</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Afrika Türküsü</t>
+          <t>En Tatlı Elma</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052169032</t>
+          <t>9786057109958</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kırmızı Mavi Özgün Palyaço Titi</t>
+          <t>Afrika Türküsü</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052169025</t>
+          <t>9786052169032</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Pituki ve Bulut Bubi</t>
+          <t>Sarı Kırmızı Mavi Özgün Palyaço Titi</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057322524</t>
+          <t>9786052169025</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Haydi Doğaya - Ormanlar</t>
+          <t>Pituki ve Bulut Bubi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057322548</t>
+          <t>9786057322524</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Haydi Doğaya - Denizler</t>
+          <t>Haydi Doğaya - Ormanlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057322531</t>
+          <t>9786057322548</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Haydi Doğaya - Nehirler</t>
+          <t>Haydi Doğaya - Denizler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057353535</t>
+          <t>9786057322531</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Haydi Doğaya - Nehirler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057353504</t>
+          <t>9786057353535</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Prensesler Dilek İncisi</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057353511</t>
+          <t>9786057353504</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Kahraman Prensesler Dilek İncisi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057109972</t>
+          <t>9786057353511</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ah Masalı</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057109965</t>
+          <t>9786057109972</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çizgimin Hikayesi</t>
+          <t>Ah Masalı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057109934</t>
+          <t>9786057109965</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sakuranın Sesi</t>
+          <t>Çizgimin Hikayesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057109927</t>
+          <t>9786057109934</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’dan Gider İken</t>
+          <t>Sakuranın Sesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057109903</t>
+          <t>9786057109927</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukla Kardeş</t>
+          <t>Üsküdar’dan Gider İken</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257548298</t>
+          <t>9786057109903</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Kardeş!</t>
+          <t>Dünya Çocukla Kardeş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057109910</t>
+          <t>9786257548298</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Evliya'nın Sırları</t>
+          <t>Nereden Çıktı Bu Kardeş!</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257548045</t>
+          <t>9786057109910</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Evliya'nın Sırları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257548052</t>
+          <t>9786257548045</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zeka Denen Şey</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257231992</t>
+          <t>9786257548052</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma Neresi?</t>
+          <t>Zeka Denen Şey</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257548038</t>
+          <t>9786257231992</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Denen Şey</t>
+          <t>Kızılelma Neresi?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257231640</t>
+          <t>9786257548038</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Beş Ada</t>
+          <t>Hafıza Denen Şey</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257231657</t>
+          <t>9786257231640</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Beş Ada</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257231619</t>
+          <t>9786257231657</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257231589</t>
+          <t>9786257231619</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257231503</t>
+          <t>9786257231589</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Yabancılar - Nancy Drew Günlükleri 2</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257231527</t>
+          <t>9786257231503</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Türkü Söyleyen At</t>
+          <t>Trendeki Yabancılar - Nancy Drew Günlükleri 2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257231541</t>
+          <t>9786257231527</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şarkılı Küçük Irmak</t>
+          <t>Ay'a Türkü Söyleyen At</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257231534</t>
+          <t>9786257231541</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Balık Mıyım?</t>
+          <t>Şarkılı Küçük Irmak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257231275</t>
+          <t>9786257231534</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kuğuları</t>
+          <t>Anne Ben Balık Mıyım?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257231282</t>
+          <t>9786257231275</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Atsronot Dıgıdık</t>
+          <t>Yaban Kuğuları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257231183</t>
+          <t>9786257231282</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Atsronot Dıgıdık</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257231039</t>
+          <t>9786257231183</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Gezegen Rehberi</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257231060</t>
+          <t>9786257231039</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Hayvanlar Alemi Rehberi</t>
+          <t>Küçük Meraklının Gezegen Rehberi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057717979</t>
+          <t>9786257231060</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Korsanları - Matematik Çılgını</t>
+          <t>Küçük Meraklının Hayvanlar Alemi Rehberi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057717986</t>
+          <t>9786057717979</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarı - Matematik Çılgını</t>
+          <t>Sayıların Korsanları - Matematik Çılgını</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057717689</t>
+          <t>9786057717986</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Matematik Canavarı - Matematik Çılgını</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057717672</t>
+          <t>9786057717689</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057717573</t>
+          <t>9786057717672</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Kabukları</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057717580</t>
+          <t>9786057717573</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Elif'in Kabukları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057717399</t>
+          <t>9786057717580</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 4: Küçük İtfaiyeciler - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057717344</t>
+          <t>9786057717399</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler İş Başında - Oyun Oynayalım mı?</t>
+          <t>Maceracı Yüzgeçler 4: Küçük İtfaiyeciler - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057717221</t>
+          <t>9786057717344</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Minik Diyetisyenler İş Başında - Oyun Oynayalım mı?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057717207</t>
+          <t>9786057717221</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057717245</t>
+          <t>9786057717207</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057717320</t>
+          <t>9786057717245</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057717283</t>
+          <t>9786057717320</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Köpek Oteli</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052169858</t>
+          <t>9786057717283</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Köpek Oteli</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052169865</t>
+          <t>9786052169858</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20000 Fersah</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052169841</t>
+          <t>9786052169865</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Denizler Altında 20000 Fersah</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052169674</t>
+          <t>9786052169841</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler İş Başında</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057717436</t>
+          <t>9786052169674</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Minik Diyetisyenler İş Başında</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052169520</t>
+          <t>9786057717436</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Maceracı Yüzgeçler 4 (Ciltli)</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052169537</t>
+          <t>9786052169520</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052169087</t>
+          <t>9786052169537</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 2: Tropi'nin Peşinde - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052169100</t>
+          <t>9786052169087</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 3: Uy Bisikletimin Tekeri Patladı - Biba'nın Günlüğü</t>
+          <t>Maceracı Yüzgeçler 2: Tropi'nin Peşinde - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052169575</t>
+          <t>9786052169100</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yemeyeceğim İşte! - Ne Zormuş Büyümek</t>
+          <t>Maceracı Yüzgeçler 3: Uy Bisikletimin Tekeri Patladı - Biba'nın Günlüğü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052169438</t>
+          <t>9786052169575</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kardeş İstemiyorum! - Ne Zormuş Büyümek</t>
+          <t>Yemeyeceğim İşte! - Ne Zormuş Büyümek</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052169278</t>
+          <t>9786052169438</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Küçük Kardeş İstemiyorum! - Ne Zormuş Büyümek</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
+          <t>9786052169278</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeftali Bin Şeftali</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
           <t>9786257231268</t>
         </is>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
-      <c r="C148" s="1">
-        <v>85</v>
+      <c r="C149" s="1">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>