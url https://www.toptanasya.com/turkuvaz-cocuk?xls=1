--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,2260 +85,2425 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052169827</t>
+          <t>9786258292565</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devri Alem</t>
+          <t>Dönüş Yolunda</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258292534</t>
+          <t>9786057333063</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rüyalar Peşinde</t>
+          <t>Çocuklara Anatomi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258292275</t>
+          <t>9786052169131</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ne Yaparsın Yalnızca Kuru Bir Dalla?</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052169179</t>
+          <t>9786052169506</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257231053</t>
+          <t>9786052169513</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Güneş Sistemi Rehberi</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258292053</t>
+          <t>9786052169834</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlk Cami Kitabım</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>117</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258292084</t>
+          <t>9786258292633</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Seviyorum</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258292527</t>
+          <t>9786258292572</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Anatomi</t>
+          <t>Efsane Kara Kartal’ım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257231046</t>
+          <t>9786258292602</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Bilim Rehberi</t>
+          <t>Efsane Karadeniz Fırtınası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258292510</t>
+          <t>9786258292596</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bu Duygunun Adı Ne? Güven ve Özgüven</t>
+          <t>Efsane Aslan’ım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258292503</t>
+          <t>9786258292589</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Yolculuğum Miraç</t>
+          <t>Efsane Sarı Kanarya’m</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057333018</t>
+          <t>9786052169827</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Alice Aynalar Ülkesinde</t>
+          <t>Seksen Günde Devri Alem</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258292480</t>
+          <t>9786258292534</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Kayıp Rüyalar Peşinde</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057333049</t>
+          <t>9786258292275</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları</t>
+          <t>Ne Yaparsın Yalnızca Kuru Bir Dalla?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052169018</t>
+          <t>9786052169179</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Salı Şişman Bir Arı</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052169049</t>
+          <t>9786257231053</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Rafi</t>
+          <t>Küçük Meraklının Güneş Sistemi Rehberi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257548250</t>
+          <t>9786258292053</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Prensesler</t>
+          <t>İlk Cami Kitabım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056670886</t>
+          <t>9786258292084</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Altı Yedi Sarı Kedi</t>
+          <t>Kur’an’ı Seviyorum</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052169056</t>
+          <t>9786258292527</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
+          <t>Çocuklara Anatomi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052169568</t>
+          <t>9786257231046</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yatağımda Uyumayacağım! - Ne Zormuş Büyümek</t>
+          <t>Küçük Meraklının Bilim Rehberi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052169001</t>
+          <t>9786258292510</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Kiki</t>
+          <t>Bu Duygunun Adı Ne? Güven ve Özgüven</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052169063</t>
+          <t>9786258292503</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Zeze ve A Be Ce</t>
+          <t>Sıra Dışı Yolculuğum Miraç</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056670879</t>
+          <t>9786057333018</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak Ağaç Kakan Susi'ye Bak</t>
+          <t>Alice Aynalar Ülkesinde</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257231107</t>
+          <t>9786258292480</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yolun Ötesi</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056670893</t>
+          <t>9786057333049</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Fare Mumu ve Beş Duyu</t>
+          <t>Dünya Masalları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052169896</t>
+          <t>9786052169018</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Okula Gitmek İstemiyorum!</t>
+          <t>Pazartesi Salı Şişman Bir Arı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052169902</t>
+          <t>9786052169049</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kurallardan Nefret Ediyorum!</t>
+          <t>Kaplumbağa Rafi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057717337</t>
+          <t>9786257548250</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Büyük Boy)</t>
+          <t>Kahraman Prensesler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057717375</t>
+          <t>9786056670886</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 6: Bir Göl Macerası - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Altı Yedi Sarı Kedi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057717382</t>
+          <t>9786052169056</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 5: Ah Benim Duygusal Robotum - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057717566</t>
+          <t>9786052169568</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Nancy Drew Günlükleri</t>
+          <t>Kendi Yatağımda Uyumayacağım! - Ne Zormuş Büyümek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057717559</t>
+          <t>9786052169001</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Vagon Çocukları</t>
+          <t>Kirpi Kiki</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057717238</t>
+          <t>9786052169063</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Uykucu Zeze ve A Be Ce</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056670862</t>
+          <t>9786056670879</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 1: Ejderha Çiçeği - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Tik Tak Ağaç Kakan Susi'ye Bak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057333025</t>
+          <t>9786257231107</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kabe’yi Seviyorum</t>
+          <t>Yolun Ötesi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057333032</t>
+          <t>9786056670893</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İlk Kabe Kitabım</t>
+          <t>Fare Mumu ve Beş Duyu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057109989</t>
+          <t>9786052169896</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayını Seviyorum</t>
+          <t>Okula Gitmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057109996</t>
+          <t>9786052169902</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İlk Ramazan Kitabım</t>
+          <t>Kurallardan Nefret Ediyorum!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052169421</t>
+          <t>9786057717337</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi İsterim Kral Benim! - Ne Zormuş Büyümek</t>
+          <t>Küçük Prens (Büyük Boy)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257231138</t>
+          <t>9786057717375</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çoraplar Ülkesi</t>
+          <t>Maceracı Yüzgeçler 6: Bir Göl Macerası - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257231190</t>
+          <t>9786057717382</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Maceracı Yüzgeçler 5: Ah Benim Duygusal Robotum - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057717962</t>
+          <t>9786057717566</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000 Fersah</t>
+          <t>Nancy Drew Günlükleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257231510</t>
+          <t>9786057717559</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Ada - Vagon Çocukları 2</t>
+          <t>Vagon Çocukları</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258292411</t>
+          <t>9786057717238</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258292473</t>
+          <t>9786056670862</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Muzip Matematik</t>
+          <t>Maceracı Yüzgeçler 1: Ejderha Çiçeği - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258292497</t>
+          <t>9786057333025</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yastık Altı Masallar</t>
+          <t>Kabe’yi Seviyorum</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258292442</t>
+          <t>9786057333032</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Kâtibi</t>
+          <t>İlk Kabe Kitabım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258292435</t>
+          <t>9786057109989</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayvanlar Bi’acayip</t>
+          <t>Ramazan Ayını Seviyorum</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258292428</t>
+          <t>9786057109996</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayvanlar Bi’âlem</t>
+          <t>İlk Ramazan Kitabım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258292374</t>
+          <t>9786052169421</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Pembe Yanak Ailesi (5 Kitap)</t>
+          <t>Her Şeyi İsterim Kral Benim! - Ne Zormuş Büyümek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258292381</t>
+          <t>9786257231138</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Noktalama Dedektifleri (5 Kitap)</t>
+          <t>Kayıp Çoraplar Ülkesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258292398</t>
+          <t>9786257231190</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler İş Başında 5: Dedektifler</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258292367</t>
+          <t>9786057717962</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Gözlü Marangoz Bir Kudüs Öyküsü</t>
+          <t>Denizler Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258292350</t>
+          <t>9786257231510</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Muhammed Ali</t>
+          <t>Sürpriz Ada - Vagon Çocukları 2</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258292282</t>
+          <t>9786258292411</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler 3: Tatlı Bir Sürpriz</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258292299</t>
+          <t>9786258292473</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler 4: Dostumuz Yiyecekler</t>
+          <t>Muzip Matematik</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257231091</t>
+          <t>9786258292497</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kıtkıt'ın Az Çok Gerçek Maceraları</t>
+          <t>Yastık Altı Masallar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258292213</t>
+          <t>9786258292442</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Öfke</t>
+          <t>Anahtar Kâtibi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258292237</t>
+          <t>9786258292435</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Neşe</t>
+          <t>Bu Hayvanlar Bi’acayip</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258292244</t>
+          <t>9786258292428</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Hüzün</t>
+          <t>Bu Hayvanlar Bi’âlem</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258292251</t>
+          <t>9786258292374</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Hayret</t>
+          <t>Pembe Yanak Ailesi (5 Kitap)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258292220</t>
+          <t>9786258292381</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Dehşet</t>
+          <t>Noktalama Dedektifleri (5 Kitap)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258292206</t>
+          <t>9786258292398</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Öyküsü</t>
+          <t>Minik Diyetisyenler İş Başında 5: Dedektifler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258292183</t>
+          <t>9786258292367</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İlk Güzel Kelimelerim Kitabım</t>
+          <t>Zeytin Gözlü Marangoz Bir Kudüs Öyküsü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258292190</t>
+          <t>9786258292350</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kelimelerimi Seviyorum</t>
+          <t>Ben ve Muhammed Ali</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258292176</t>
+          <t>9786258292282</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İcat Avcıları: Elektrik Nasıl Oluşur ve Üretilir?</t>
+          <t>Minik Diyetisyenler 3: Tatlı Bir Sürpriz</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258292169</t>
+          <t>9786258292299</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İcat Avcıları: Makineler Nasıl Çalışır?</t>
+          <t>Minik Diyetisyenler 4: Dostumuz Yiyecekler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258292152</t>
+          <t>9786257231091</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Papağanım Dedi Ki</t>
+          <t>Kıtkıt'ın Az Çok Gerçek Maceraları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258292145</t>
+          <t>9786258292213</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ablanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Davetsiz Misafir Öfke</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258292138</t>
+          <t>9786258292237</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Davetsiz Misafir Neşe</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258292107</t>
+          <t>9786258292244</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Davetsiz Misafir Hüzün</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258292114</t>
+          <t>9786258292251</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Babanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Davetsiz Misafir Hayret</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258292121</t>
+          <t>9786258292220</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Annenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Davetsiz Misafir Dehşet</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258292077</t>
+          <t>9786258292206</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlk Kur’an Kitabım</t>
+          <t>Sanatçının Öyküsü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258292046</t>
+          <t>9786258292183</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sevgidir Uçurtma</t>
+          <t>İlk Güzel Kelimelerim Kitabım</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258292060</t>
+          <t>9786258292190</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Camiyi Seviyorum</t>
+          <t>Güzel Kelimelerimi Seviyorum</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057333056</t>
+          <t>9786258292176</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Duygular Kitabım</t>
+          <t>İcat Avcıları: Elektrik Nasıl Oluşur ve Üretilir?</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258292022</t>
+          <t>9786258292169</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Salçalı Kıvırcık Makarna</t>
+          <t>İcat Avcıları: Makineler Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057322579</t>
+          <t>9786258292152</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Denizde Etkinlik</t>
+          <t>Papağanım Dedi Ki</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057322593</t>
+          <t>9786258292145</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Etkinlik</t>
+          <t>Ablanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057322586</t>
+          <t>9786258292138</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Etkinlik</t>
+          <t>Ailenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057322555</t>
+          <t>9786258292107</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kutuplarda Etkinlik</t>
+          <t>Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057322562</t>
+          <t>9786258292114</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Etkinlik</t>
+          <t>Babanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057353559</t>
+          <t>9786258292121</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>A Takımı: Geri Dönüşüm</t>
+          <t>Annenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057353542</t>
+          <t>9786258292077</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>O Telefonu İstiyorum!</t>
+          <t>İlk Kur’an Kitabım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057353566</t>
+          <t>9786258292046</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>A Takımı: Su Tasarrufu</t>
+          <t>Sevgidir Uçurtma</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057353573</t>
+          <t>9786258292060</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>A Takımı: Plastik</t>
+          <t>Camiyi Seviyorum</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057353528</t>
+          <t>9786057333056</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hüma Kuşu ile Ejderha (Ciltli)</t>
+          <t>Duygular Kitabım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057109941</t>
+          <t>9786258292022</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>En Tatlı Elma</t>
+          <t>Salçalı Kıvırcık Makarna</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057109958</t>
+          <t>9786057322579</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Afrika Türküsü</t>
+          <t>Denizde Etkinlik</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052169032</t>
+          <t>9786057322593</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kırmızı Mavi Özgün Palyaço Titi</t>
+          <t>Çiftlikte Etkinlik</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052169025</t>
+          <t>9786057322586</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Pituki ve Bulut Bubi</t>
+          <t>Ormanda Etkinlik</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057322524</t>
+          <t>9786057322555</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Haydi Doğaya - Ormanlar</t>
+          <t>Kutuplarda Etkinlik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057322548</t>
+          <t>9786057322562</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Haydi Doğaya - Denizler</t>
+          <t>Gökyüzünde Etkinlik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057322531</t>
+          <t>9786057353559</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Haydi Doğaya - Nehirler</t>
+          <t>A Takımı: Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057353535</t>
+          <t>9786057353542</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>O Telefonu İstiyorum!</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057353504</t>
+          <t>9786057353566</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Prensesler Dilek İncisi</t>
+          <t>A Takımı: Su Tasarrufu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057353511</t>
+          <t>9786057353573</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>A Takımı: Plastik</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057109972</t>
+          <t>9786057353528</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ah Masalı</t>
+          <t>Hüma Kuşu ile Ejderha (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057109965</t>
+          <t>9786057109941</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çizgimin Hikayesi</t>
+          <t>En Tatlı Elma</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057109934</t>
+          <t>9786057109958</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sakuranın Sesi</t>
+          <t>Afrika Türküsü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057109927</t>
+          <t>9786052169032</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’dan Gider İken</t>
+          <t>Sarı Kırmızı Mavi Özgün Palyaço Titi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057109903</t>
+          <t>9786052169025</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukla Kardeş</t>
+          <t>Pituki ve Bulut Bubi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257548298</t>
+          <t>9786057322524</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Kardeş!</t>
+          <t>Haydi Doğaya - Ormanlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057109910</t>
+          <t>9786057322548</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Evliya'nın Sırları</t>
+          <t>Haydi Doğaya - Denizler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257548045</t>
+          <t>9786057322531</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Haydi Doğaya - Nehirler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257548052</t>
+          <t>9786057353535</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zeka Denen Şey</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257231992</t>
+          <t>9786057353504</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma Neresi?</t>
+          <t>Kahraman Prensesler Dilek İncisi</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257548038</t>
+          <t>9786057353511</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Denen Şey</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257231640</t>
+          <t>9786057109972</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Beş Ada</t>
+          <t>Ah Masalı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257231657</t>
+          <t>9786057109965</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Çizgimin Hikayesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257231619</t>
+          <t>9786057109934</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Sakuranın Sesi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257231589</t>
+          <t>9786057109927</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Üsküdar’dan Gider İken</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257231503</t>
+          <t>9786057109903</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Yabancılar - Nancy Drew Günlükleri 2</t>
+          <t>Dünya Çocukla Kardeş</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257231527</t>
+          <t>9786257548298</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Türkü Söyleyen At</t>
+          <t>Nereden Çıktı Bu Kardeş!</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257231541</t>
+          <t>9786057109910</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Şarkılı Küçük Irmak</t>
+          <t>Evliya'nın Sırları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257231534</t>
+          <t>9786257548045</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Balık Mıyım?</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257231275</t>
+          <t>9786257548052</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kuğuları</t>
+          <t>Zeka Denen Şey</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257231282</t>
+          <t>9786257231992</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Atsronot Dıgıdık</t>
+          <t>Kızılelma Neresi?</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257231183</t>
+          <t>9786257548038</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Hafıza Denen Şey</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257231039</t>
+          <t>9786257231640</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Gezegen Rehberi</t>
+          <t>Beş Ada</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257231060</t>
+          <t>9786257231657</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Hayvanlar Alemi Rehberi</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057717979</t>
+          <t>9786257231619</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Korsanları - Matematik Çılgını</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057717986</t>
+          <t>9786257231589</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarı - Matematik Çılgını</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057717689</t>
+          <t>9786257231503</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Trendeki Yabancılar - Nancy Drew Günlükleri 2</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057717672</t>
+          <t>9786257231527</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Ay'a Türkü Söyleyen At</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057717573</t>
+          <t>9786257231541</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Kabukları</t>
+          <t>Şarkılı Küçük Irmak</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057717580</t>
+          <t>9786257231534</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Anne Ben Balık Mıyım?</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057717399</t>
+          <t>9786257231275</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 4: Küçük İtfaiyeciler - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Yaban Kuğuları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057717344</t>
+          <t>9786257231282</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler İş Başında - Oyun Oynayalım mı?</t>
+          <t>Atsronot Dıgıdık</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057717221</t>
+          <t>9786257231183</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057717207</t>
+          <t>9786257231039</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Küçük Meraklının Gezegen Rehberi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057717245</t>
+          <t>9786257231060</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Küçük Meraklının Hayvanlar Alemi Rehberi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057717320</t>
+          <t>9786057717979</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Sayıların Korsanları - Matematik Çılgını</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057717283</t>
+          <t>9786057717986</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Köpek Oteli</t>
+          <t>Matematik Canavarı - Matematik Çılgını</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052169858</t>
+          <t>9786057717689</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052169865</t>
+          <t>9786057717672</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20000 Fersah</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052169841</t>
+          <t>9786057717573</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Elif'in Kabukları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052169674</t>
+          <t>9786057717580</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler İş Başında</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057717436</t>
+          <t>9786057717399</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Maceracı Yüzgeçler 4: Küçük İtfaiyeciler - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052169520</t>
+          <t>9786057717344</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Maceracı Yüzgeçler 4 (Ciltli)</t>
+          <t>Minik Diyetisyenler İş Başında - Oyun Oynayalım mı?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052169537</t>
+          <t>9786057717221</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052169087</t>
+          <t>9786057717207</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 2: Tropi'nin Peşinde - Biba'nın Günlüğü (Ciltli)</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052169100</t>
+          <t>9786057717245</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 3: Uy Bisikletimin Tekeri Patladı - Biba'nın Günlüğü</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052169575</t>
+          <t>9786057717320</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yemeyeceğim İşte! - Ne Zormuş Büyümek</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052169438</t>
+          <t>9786057717283</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kardeş İstemiyorum! - Ne Zormuş Büyümek</t>
+          <t>Köpek Oteli</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052169278</t>
+          <t>9786052169858</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
+          <t>9786052169865</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Denizler Altında 20000 Fersah</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786052169841</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Gulliver'in Gezileri</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786052169674</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Minik Diyetisyenler İş Başında</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786057717436</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786052169520</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786052169537</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786052169087</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Maceracı Yüzgeçler 2: Tropi'nin Peşinde - Biba'nın Günlüğü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786052169100</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Maceracı Yüzgeçler 3: Uy Bisikletimin Tekeri Patladı - Biba'nın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786052169575</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Yemeyeceğim İşte! - Ne Zormuş Büyümek</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786052169438</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kardeş İstemiyorum! - Ne Zormuş Büyümek</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786052169278</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeftali Bin Şeftali</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
           <t>9786257231268</t>
         </is>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
-      <c r="C149" s="1">
+      <c r="C160" s="1">
         <v>110</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>