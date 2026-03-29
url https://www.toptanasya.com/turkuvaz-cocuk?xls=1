--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,2425 +85,2455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258292565</t>
+          <t>9786258292671</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dönüş Yolunda</t>
+          <t>Akika ve Sahara: Son Peygamberin (s.a.v.) İzinde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057333063</t>
+          <t>9786258292664</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Anatomi</t>
+          <t>Sıra Dışı Yolculuğum Kudüs</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052169131</t>
+          <t>9786258292565</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Maceracı Yüzgeçler 1 (Ciltli)</t>
+          <t>Dönüş Yolunda</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052169506</t>
+          <t>9786057333063</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Maceracı Yüzgeçler 2 (Ciltli)</t>
+          <t>Çocuklara Anatomi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>85</v>
+        <v>205</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052169513</t>
+          <t>9786052169131</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Maceracı Yüzgeçler 3 (Ciltli)</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052169834</t>
+          <t>9786052169506</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Maceracı Yüzgeçler 5 (Ciltli)</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>117</v>
+        <v>85</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258292633</t>
+          <t>9786052169513</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258292572</t>
+          <t>9786052169834</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Efsane Kara Kartal’ım</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>117</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258292602</t>
+          <t>9786258292633</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Efsane Karadeniz Fırtınası</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258292596</t>
+          <t>9786258292572</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Efsane Aslan’ım</t>
+          <t>Efsane Kara Kartal’ım</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258292589</t>
+          <t>9786258292602</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Efsane Sarı Kanarya’m</t>
+          <t>Efsane Karadeniz Fırtınası</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052169827</t>
+          <t>9786258292596</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devri Alem</t>
+          <t>Efsane Aslan’ım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258292534</t>
+          <t>9786258292589</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rüyalar Peşinde</t>
+          <t>Efsane Sarı Kanarya’m</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258292275</t>
+          <t>9786052169827</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ne Yaparsın Yalnızca Kuru Bir Dalla?</t>
+          <t>Seksen Günde Devri Alem</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052169179</t>
+          <t>9786258292534</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Kayıp Rüyalar Peşinde</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257231053</t>
+          <t>9786258292275</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Güneş Sistemi Rehberi</t>
+          <t>Ne Yaparsın Yalnızca Kuru Bir Dalla?</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258292053</t>
+          <t>9786052169179</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İlk Cami Kitabım</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258292084</t>
+          <t>9786257231053</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Seviyorum</t>
+          <t>Küçük Meraklının Güneş Sistemi Rehberi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258292527</t>
+          <t>9786258292053</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Anatomi</t>
+          <t>İlk Cami Kitabım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257231046</t>
+          <t>9786258292084</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Bilim Rehberi</t>
+          <t>Kur’an’ı Seviyorum</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258292510</t>
+          <t>9786258292527</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bu Duygunun Adı Ne? Güven ve Özgüven</t>
+          <t>Çocuklara Anatomi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258292503</t>
+          <t>9786257231046</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Yolculuğum Miraç</t>
+          <t>Küçük Meraklının Bilim Rehberi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057333018</t>
+          <t>9786258292510</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Alice Aynalar Ülkesinde</t>
+          <t>Bu Duygunun Adı Ne? Güven ve Özgüven</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258292480</t>
+          <t>9786258292503</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Sıra Dışı Yolculuğum Miraç</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057333049</t>
+          <t>9786057333018</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları</t>
+          <t>Alice Aynalar Ülkesinde</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052169018</t>
+          <t>9786258292480</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi Salı Şişman Bir Arı</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052169049</t>
+          <t>9786057333049</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağa Rafi</t>
+          <t>Dünya Masalları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257548250</t>
+          <t>9786052169018</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Prensesler</t>
+          <t>Pazartesi Salı Şişman Bir Arı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056670886</t>
+          <t>9786052169049</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Altı Yedi Sarı Kedi</t>
+          <t>Kaplumbağa Rafi</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052169056</t>
+          <t>9786257548250</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
+          <t>Kahraman Prensesler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052169568</t>
+          <t>9786056670886</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yatağımda Uyumayacağım! - Ne Zormuş Büyümek</t>
+          <t>Altı Yedi Sarı Kedi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052169001</t>
+          <t>9786052169056</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kirpi Kiki</t>
+          <t>Ağustos Eylül Ekim Bizi İzleyen Kim?</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052169063</t>
+          <t>9786052169568</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Zeze ve A Be Ce</t>
+          <t>Kendi Yatağımda Uyumayacağım! - Ne Zormuş Büyümek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786056670879</t>
+          <t>9786052169001</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tik Tak Ağaç Kakan Susi'ye Bak</t>
+          <t>Kirpi Kiki</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257231107</t>
+          <t>9786052169063</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yolun Ötesi</t>
+          <t>Uykucu Zeze ve A Be Ce</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786056670893</t>
+          <t>9786056670879</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Fare Mumu ve Beş Duyu</t>
+          <t>Tik Tak Ağaç Kakan Susi'ye Bak</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052169896</t>
+          <t>9786257231107</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Okula Gitmek İstemiyorum!</t>
+          <t>Yolun Ötesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052169902</t>
+          <t>9786056670893</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kurallardan Nefret Ediyorum!</t>
+          <t>Fare Mumu ve Beş Duyu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057717337</t>
+          <t>9786052169896</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Büyük Boy)</t>
+          <t>Okula Gitmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057717375</t>
+          <t>9786052169902</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 6: Bir Göl Macerası - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Kurallardan Nefret Ediyorum!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057717382</t>
+          <t>9786057717337</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 5: Ah Benim Duygusal Robotum - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Küçük Prens (Büyük Boy)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057717566</t>
+          <t>9786057717375</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nancy Drew Günlükleri</t>
+          <t>Maceracı Yüzgeçler 6: Bir Göl Macerası - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057717559</t>
+          <t>9786057717382</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Vagon Çocukları</t>
+          <t>Maceracı Yüzgeçler 5: Ah Benim Duygusal Robotum - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057717238</t>
+          <t>9786057717566</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Nancy Drew Günlükleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056670862</t>
+          <t>9786057717559</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 1: Ejderha Çiçeği - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Vagon Çocukları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057333025</t>
+          <t>9786057717238</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kabe’yi Seviyorum</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057333032</t>
+          <t>9786056670862</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İlk Kabe Kitabım</t>
+          <t>Maceracı Yüzgeçler 1: Ejderha Çiçeği - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057109989</t>
+          <t>9786057333025</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Ayını Seviyorum</t>
+          <t>Kabe’yi Seviyorum</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057109996</t>
+          <t>9786057333032</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İlk Ramazan Kitabım</t>
+          <t>İlk Kabe Kitabım</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052169421</t>
+          <t>9786057109989</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi İsterim Kral Benim! - Ne Zormuş Büyümek</t>
+          <t>Ramazan Ayını Seviyorum</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257231138</t>
+          <t>9786057109996</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çoraplar Ülkesi</t>
+          <t>İlk Ramazan Kitabım</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257231190</t>
+          <t>9786052169421</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Her Şeyi İsterim Kral Benim! - Ne Zormuş Büyümek</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057717962</t>
+          <t>9786257231138</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20.000 Fersah</t>
+          <t>Kayıp Çoraplar Ülkesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257231510</t>
+          <t>9786257231190</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Ada - Vagon Çocukları 2</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258292411</t>
+          <t>9786057717962</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Denizler Altında 20.000 Fersah</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258292473</t>
+          <t>9786257231510</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muzip Matematik</t>
+          <t>Sürpriz Ada - Vagon Çocukları 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258292497</t>
+          <t>9786258292411</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yastık Altı Masallar</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258292442</t>
+          <t>9786258292473</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anahtar Kâtibi</t>
+          <t>Muzip Matematik</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258292435</t>
+          <t>9786258292497</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayvanlar Bi’acayip</t>
+          <t>Yastık Altı Masallar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258292428</t>
+          <t>9786258292442</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bu Hayvanlar Bi’âlem</t>
+          <t>Anahtar Kâtibi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258292374</t>
+          <t>9786258292435</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Pembe Yanak Ailesi (5 Kitap)</t>
+          <t>Bu Hayvanlar Bi’acayip</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258292381</t>
+          <t>9786258292428</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Noktalama Dedektifleri (5 Kitap)</t>
+          <t>Bu Hayvanlar Bi’âlem</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258292398</t>
+          <t>9786258292374</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler İş Başında 5: Dedektifler</t>
+          <t>Pembe Yanak Ailesi (5 Kitap)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258292367</t>
+          <t>9786258292381</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Gözlü Marangoz Bir Kudüs Öyküsü</t>
+          <t>Noktalama Dedektifleri (5 Kitap)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258292350</t>
+          <t>9786258292398</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Muhammed Ali</t>
+          <t>Minik Diyetisyenler İş Başında 5: Dedektifler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258292282</t>
+          <t>9786258292367</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler 3: Tatlı Bir Sürpriz</t>
+          <t>Zeytin Gözlü Marangoz Bir Kudüs Öyküsü</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258292299</t>
+          <t>9786258292350</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler 4: Dostumuz Yiyecekler</t>
+          <t>Ben ve Muhammed Ali</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257231091</t>
+          <t>9786258292282</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kıtkıt'ın Az Çok Gerçek Maceraları</t>
+          <t>Minik Diyetisyenler 3: Tatlı Bir Sürpriz</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258292213</t>
+          <t>9786258292299</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Öfke</t>
+          <t>Minik Diyetisyenler 4: Dostumuz Yiyecekler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258292237</t>
+          <t>9786257231091</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Neşe</t>
+          <t>Kıtkıt'ın Az Çok Gerçek Maceraları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258292244</t>
+          <t>9786258292213</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Hüzün</t>
+          <t>Davetsiz Misafir Öfke</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258292251</t>
+          <t>9786258292237</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Hayret</t>
+          <t>Davetsiz Misafir Neşe</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258292220</t>
+          <t>9786258292244</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir Dehşet</t>
+          <t>Davetsiz Misafir Hüzün</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258292206</t>
+          <t>9786258292251</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Öyküsü</t>
+          <t>Davetsiz Misafir Hayret</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258292183</t>
+          <t>9786258292220</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İlk Güzel Kelimelerim Kitabım</t>
+          <t>Davetsiz Misafir Dehşet</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258292190</t>
+          <t>9786258292206</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Güzel Kelimelerimi Seviyorum</t>
+          <t>Sanatçının Öyküsü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258292176</t>
+          <t>9786258292183</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İcat Avcıları: Elektrik Nasıl Oluşur ve Üretilir?</t>
+          <t>İlk Güzel Kelimelerim Kitabım</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258292169</t>
+          <t>9786258292190</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İcat Avcıları: Makineler Nasıl Çalışır?</t>
+          <t>Güzel Kelimelerimi Seviyorum</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258292152</t>
+          <t>9786258292176</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Papağanım Dedi Ki</t>
+          <t>İcat Avcıları: Elektrik Nasıl Oluşur ve Üretilir?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258292145</t>
+          <t>9786258292169</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ablanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>İcat Avcıları: Makineler Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258292138</t>
+          <t>9786258292152</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Papağanım Dedi Ki</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258292107</t>
+          <t>9786258292145</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Ablanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258292114</t>
+          <t>9786258292138</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Babanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Ailenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258292121</t>
+          <t>9786258292107</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Annenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
+          <t>Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258292077</t>
+          <t>9786258292114</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İlk Kur’an Kitabım</t>
+          <t>Babanın Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258292046</t>
+          <t>9786258292121</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sevgidir Uçurtma</t>
+          <t>Annenin Süper Kahraman Olduğunu Nasıl Anlarsın? Pembe Yanak Ailesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258292060</t>
+          <t>9786258292077</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Camiyi Seviyorum</t>
+          <t>İlk Kur’an Kitabım</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057333056</t>
+          <t>9786258292046</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Duygular Kitabım</t>
+          <t>Sevgidir Uçurtma</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258292022</t>
+          <t>9786258292060</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Salçalı Kıvırcık Makarna</t>
+          <t>Camiyi Seviyorum</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057322579</t>
+          <t>9786057333056</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Denizde Etkinlik</t>
+          <t>Duygular Kitabım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057322593</t>
+          <t>9786258292022</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çiftlikte Etkinlik</t>
+          <t>Salçalı Kıvırcık Makarna</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057322586</t>
+          <t>9786057322579</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Etkinlik</t>
+          <t>Denizde Etkinlik</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057322555</t>
+          <t>9786057322593</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kutuplarda Etkinlik</t>
+          <t>Çiftlikte Etkinlik</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057322562</t>
+          <t>9786057322586</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Etkinlik</t>
+          <t>Ormanda Etkinlik</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057353559</t>
+          <t>9786057322555</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>A Takımı: Geri Dönüşüm</t>
+          <t>Kutuplarda Etkinlik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057353542</t>
+          <t>9786057322562</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>O Telefonu İstiyorum!</t>
+          <t>Gökyüzünde Etkinlik</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057353566</t>
+          <t>9786057353559</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>A Takımı: Su Tasarrufu</t>
+          <t>A Takımı: Geri Dönüşüm</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057353573</t>
+          <t>9786057353542</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>A Takımı: Plastik</t>
+          <t>O Telefonu İstiyorum!</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057353528</t>
+          <t>9786057353566</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hüma Kuşu ile Ejderha (Ciltli)</t>
+          <t>A Takımı: Su Tasarrufu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057109941</t>
+          <t>9786057353573</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>En Tatlı Elma</t>
+          <t>A Takımı: Plastik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057109958</t>
+          <t>9786057353528</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Afrika Türküsü</t>
+          <t>Hüma Kuşu ile Ejderha (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052169032</t>
+          <t>9786057109941</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sarı Kırmızı Mavi Özgün Palyaço Titi</t>
+          <t>En Tatlı Elma</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052169025</t>
+          <t>9786057109958</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Pituki ve Bulut Bubi</t>
+          <t>Afrika Türküsü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057322524</t>
+          <t>9786052169032</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Haydi Doğaya - Ormanlar</t>
+          <t>Sarı Kırmızı Mavi Özgün Palyaço Titi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057322548</t>
+          <t>9786052169025</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Haydi Doğaya - Denizler</t>
+          <t>Pituki ve Bulut Bubi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057322531</t>
+          <t>9786057322524</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Haydi Doğaya - Nehirler</t>
+          <t>Haydi Doğaya - Ormanlar</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057353535</t>
+          <t>9786057322548</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>Haydi Doğaya - Denizler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057353504</t>
+          <t>9786057322531</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Prensesler Dilek İncisi</t>
+          <t>Haydi Doğaya - Nehirler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057353511</t>
+          <t>9786057353535</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057109972</t>
+          <t>9786057353504</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ah Masalı</t>
+          <t>Kahraman Prensesler Dilek İncisi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057109965</t>
+          <t>9786057353511</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çizgimin Hikayesi</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057109934</t>
+          <t>9786057109972</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sakuranın Sesi</t>
+          <t>Ah Masalı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057109927</t>
+          <t>9786057109965</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar’dan Gider İken</t>
+          <t>Çizgimin Hikayesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057109903</t>
+          <t>9786057109934</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocukla Kardeş</t>
+          <t>Sakuranın Sesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257548298</t>
+          <t>9786057109927</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Kardeş!</t>
+          <t>Üsküdar’dan Gider İken</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057109910</t>
+          <t>9786057109903</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Evliya'nın Sırları</t>
+          <t>Dünya Çocukla Kardeş</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257548045</t>
+          <t>9786257548298</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Nereden Çıktı Bu Kardeş!</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257548052</t>
+          <t>9786057109910</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Zeka Denen Şey</t>
+          <t>Evliya'nın Sırları</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257231992</t>
+          <t>9786257548045</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma Neresi?</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257548038</t>
+          <t>9786257548052</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Denen Şey</t>
+          <t>Zeka Denen Şey</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257231640</t>
+          <t>9786257231992</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Beş Ada</t>
+          <t>Kızılelma Neresi?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257231657</t>
+          <t>9786257548038</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Hafıza Denen Şey</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257231619</t>
+          <t>9786257231640</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın Maceraları</t>
+          <t>Beş Ada</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257231589</t>
+          <t>9786257231657</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257231503</t>
+          <t>9786257231619</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Trendeki Yabancılar - Nancy Drew Günlükleri 2</t>
+          <t>Tom Sawyer’ın Maceraları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257231527</t>
+          <t>9786257231589</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ay'a Türkü Söyleyen At</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257231541</t>
+          <t>9786257231503</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Şarkılı Küçük Irmak</t>
+          <t>Trendeki Yabancılar - Nancy Drew Günlükleri 2</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257231534</t>
+          <t>9786257231527</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Balık Mıyım?</t>
+          <t>Ay'a Türkü Söyleyen At</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257231275</t>
+          <t>9786257231541</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kuğuları</t>
+          <t>Şarkılı Küçük Irmak</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257231282</t>
+          <t>9786257231534</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Atsronot Dıgıdık</t>
+          <t>Anne Ben Balık Mıyım?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257231183</t>
+          <t>9786257231275</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Yaban Kuğuları</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257231039</t>
+          <t>9786257231282</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Gezegen Rehberi</t>
+          <t>Atsronot Dıgıdık</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257231060</t>
+          <t>9786257231183</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Küçük Meraklının Hayvanlar Alemi Rehberi</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057717979</t>
+          <t>9786257231039</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Korsanları - Matematik Çılgını</t>
+          <t>Küçük Meraklının Gezegen Rehberi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057717986</t>
+          <t>9786257231060</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarı - Matematik Çılgını</t>
+          <t>Küçük Meraklının Hayvanlar Alemi Rehberi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057717689</t>
+          <t>9786057717979</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Sayıların Korsanları - Matematik Çılgını</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057717672</t>
+          <t>9786057717986</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Matematik Canavarı - Matematik Çılgını</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057717573</t>
+          <t>9786057717689</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Elif'in Kabukları</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057717580</t>
+          <t>9786057717672</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057717399</t>
+          <t>9786057717573</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 4: Küçük İtfaiyeciler - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Elif'in Kabukları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057717344</t>
+          <t>9786057717580</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler İş Başında - Oyun Oynayalım mı?</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057717221</t>
+          <t>9786057717399</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Maceracı Yüzgeçler 4: Küçük İtfaiyeciler - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057717207</t>
+          <t>9786057717344</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Minik Diyetisyenler İş Başında - Oyun Oynayalım mı?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057717245</t>
+          <t>9786057717221</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057717320</t>
+          <t>9786057717207</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057717283</t>
+          <t>9786057717245</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Köpek Oteli</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052169858</t>
+          <t>9786057717320</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052169865</t>
+          <t>9786057717283</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20000 Fersah</t>
+          <t>Köpek Oteli</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052169841</t>
+          <t>9786052169858</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052169674</t>
+          <t>9786052169865</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Minik Diyetisyenler İş Başında</t>
+          <t>Denizler Altında 20000 Fersah</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057717436</t>
+          <t>9786052169841</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Gulliver'in Gezileri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052169520</t>
+          <t>9786052169674</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabı - Maceracı Yüzgeçler 4 (Ciltli)</t>
+          <t>Minik Diyetisyenler İş Başında</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052169537</t>
+          <t>9786057717436</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052169087</t>
+          <t>9786052169520</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 2: Tropi'nin Peşinde - Biba'nın Günlüğü (Ciltli)</t>
+          <t>Boyama Kitabı - Maceracı Yüzgeçler 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>85</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052169100</t>
+          <t>9786052169537</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Yüzgeçler 3: Uy Bisikletimin Tekeri Patladı - Biba'nın Günlüğü</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052169575</t>
+          <t>9786052169087</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yemeyeceğim İşte! - Ne Zormuş Büyümek</t>
+          <t>Maceracı Yüzgeçler 2: Tropi'nin Peşinde - Biba'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052169438</t>
+          <t>9786052169100</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kardeş İstemiyorum! - Ne Zormuş Büyümek</t>
+          <t>Maceracı Yüzgeçler 3: Uy Bisikletimin Tekeri Patladı - Biba'nın Günlüğü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052169278</t>
+          <t>9786052169575</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Yemeyeceğim İşte! - Ne Zormuş Büyümek</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
+          <t>9786052169438</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kardeş İstemiyorum! - Ne Zormuş Büyümek</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786052169278</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeftali Bin Şeftali</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
           <t>9786257231268</t>
         </is>
       </c>
-      <c r="B160" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
-      <c r="C160" s="1">
+      <c r="C162" s="1">
         <v>110</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>