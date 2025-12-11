--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -85,6160 +85,6280 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256548206</t>
+          <t>9786256548480</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Naciyem, ruhum, efendim</t>
+          <t>Kuruluş Devrinde Bizans ve Osmanlılar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1000</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256548435</t>
+          <t>9786257548977</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Gönül Çalab’ın Tahtı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256548015</t>
+          <t>9786257548830</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şifayı Tabiatta Bulmak</t>
+          <t>Mantıku'l Tayr</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257548984</t>
+          <t>9786257548175</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Realist - Müessir Güç Kimliği ve Türk Dış Politikası</t>
+          <t>A Fairer World is Possible (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052169445</t>
+          <t>9786257231152</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Haver</t>
+          <t>Dervişin Safa Defteri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052169919</t>
+          <t>9786257231169</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yer Altından Notlar</t>
+          <t>Dervişin Seyir Defteri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256548398</t>
+          <t>9786057717450</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Afrika Yemek Kültürü</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>870</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256548411</t>
+          <t>9786057717535</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Güney Denizi Hikâyeleri</t>
+          <t>Karadeniz Kıyı Kentleri Tarihi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256548176</t>
+          <t>9786256548206</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şüphecilerin Evren Rehberi</t>
+          <t>Naciyem, ruhum, efendim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257548915</t>
+          <t>9786256548435</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mihrapta Asılı Kandil</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257548519</t>
+          <t>9786256548015</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dem Bu Demdir Saat Bu Saat</t>
+          <t>Şifayı Tabiatta Bulmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257548465</t>
+          <t>9786257548984</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Oynadım Oynattım Oynatalım - Erman Toroğlu Kitabı</t>
+          <t>Müslüman Realist - Müessir Güç Kimliği ve Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257548403</t>
+          <t>9786052169445</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Günlükleri</t>
+          <t>Haver</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054069118</t>
+          <t>9786052169919</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Sütun</t>
+          <t>Yer Altından Notlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>18</v>
+        <v>160</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052169209</t>
+          <t>9786256548398</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Geldim Gitmeye</t>
+          <t>Afrika Yemek Kültürü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>870</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9772149384013</t>
+          <t>9786256548411</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel En İyi 100 Tarif - Anne Mutfağı</t>
+          <t>Güney Denizi Hikâyeleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058890961</t>
+          <t>9786256548176</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mecmua - Osmanlı Edebiyatının Kırkambarı</t>
+          <t>Şüphecilerin Evren Rehberi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>45</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789759263041</t>
+          <t>9786257548915</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Alanında Yapılmış Tezkireler Bibliyografyası</t>
+          <t>Mihrapta Asılı Kandil</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>35</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058890947</t>
+          <t>9786257548519</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi - Hikayenin Şiiri</t>
+          <t>Dem Bu Demdir Saat Bu Saat</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>35</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9772602228052</t>
+          <t>9786257548465</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Makarna</t>
+          <t>Oynadım Oynattım Oynatalım - Erman Toroğlu Kitabı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>15</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052169247</t>
+          <t>9786257548403</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Ihlamur Günlükleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9772149384068</t>
+          <t>9786054069118</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>En İyi 100 Tarif - Deniz Ürünlü Yemekler</t>
+          <t>Yılanlı Sütun</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>27.78</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9772602228014</t>
+          <t>9786052169209</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı - Kahvaltı</t>
+          <t>Dünyaya Geldim Gitmeye</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>15</v>
+        <v>275</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9772602228021</t>
+          <t>9772149384013</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı</t>
+          <t>Sofra Özel En İyi 100 Tarif - Anne Mutfağı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9772602228038</t>
+          <t>9786058890961</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı - Ekmek</t>
+          <t>Mecmua - Osmanlı Edebiyatının Kırkambarı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9772602228045</t>
+          <t>9789759263041</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı - Atıştırmalık</t>
+          <t>Yeni Türk Edebiyatı Alanında Yapılmış Tezkireler Bibliyografyası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9772149384136</t>
+          <t>9786058890947</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bulgur - En İyi 100 Tarif</t>
+          <t>Mesnevi - Hikayenin Şiiri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052169803</t>
+          <t>9772602228052</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ulufer</t>
+          <t>Ev Yapımı Makarna</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054505616</t>
+          <t>9786052169247</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mustafa Öz (Ciltli)</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>27.78</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054505623</t>
+          <t>9772149384068</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mustafa Öz</t>
+          <t>En İyi 100 Tarif - Deniz Ürünlü Yemekler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>20.37</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9771304554100</t>
+          <t>9772602228014</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel Sağlıklı ve Hafif Tarifler</t>
+          <t>Ev Yapımı - Kahvaltı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>27.78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054505180</t>
+          <t>9772602228021</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zayi</t>
+          <t>Ev Yapımı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>12.04</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054069941</t>
+          <t>9772602228038</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzlerinde</t>
+          <t>Ev Yapımı - Ekmek</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>17.59</v>
+        <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055596361</t>
+          <t>9772602228045</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Ev Yapımı - Atıştırmalık</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>8.33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054069484</t>
+          <t>9772149384136</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Bulgur - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>12.96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054505593</t>
+          <t>9786052169803</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yoktur Gölgesi Türkiye’de - Sezai Karakoç</t>
+          <t>Ulufer</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>16.67</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944860437</t>
+          <t>9786054505616</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yalan</t>
+          <t>Prof. Dr. Mustafa Öz (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>11.11</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3990000001774</t>
+          <t>9786054505623</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yazlık (Pembe Kapak)</t>
+          <t>Prof. Dr. Mustafa Öz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>11.11</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054069613</t>
+          <t>9771304554100</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yazarların İstanbul’u</t>
+          <t>Sofra Özel Sağlıklı ve Hafif Tarifler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054505029</t>
+          <t>9786054505180</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yaz Evi</t>
+          <t>Zayi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054069316</t>
+          <t>9786054069941</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Dakikalar</t>
+          <t>Zamanın İzlerinde</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759174965</t>
+          <t>9786055596361</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Adam Menderes</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>17.59</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054069538</t>
+          <t>9786054069484</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanıklar Kahvesi</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054069965</t>
+          <t>9786054505593</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Vampirle Görüşme</t>
+          <t>Yoktur Gölgesi Türkiye’de - Sezai Karakoç</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054069934</t>
+          <t>9789944860437</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Vampir Lestat</t>
+          <t>Yedi Yalan</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>35.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054505098</t>
+          <t>3990000001774</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Orkideler</t>
+          <t>Yazlık (Pembe Kapak)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>27.78</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789759174941</t>
+          <t>9786054069613</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Kediler Gazeli</t>
+          <t>Yazarların İstanbul’u</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944860260</t>
+          <t>9786054505029</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Üst Kattaki Cinler</t>
+          <t>Yaz Evi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055596835</t>
+          <t>9786054069316</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ürperti (Ciltli)</t>
+          <t>Yaşamdan Dakikalar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944860550</t>
+          <t>9789759174965</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Unutmak</t>
+          <t>Yalnız Adam Menderes</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789944860086</t>
+          <t>9786054069538</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ufukların Efendisi Osmanlılar</t>
+          <t>Yalancı Tanıklar Kahvesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055596316</t>
+          <t>9786054069965</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Uçmak İstiyorum</t>
+          <t>Vampirle Görüşme</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>12.96</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054069811</t>
+          <t>9786054069934</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Triksi</t>
+          <t>Vampir Lestat</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>8.33</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055596118</t>
+          <t>9786054505098</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Toplu Öyküler 1 - Sevginin Eşsiz Kışı / Uykusuzlar / Gölgede Kırk Derece</t>
+          <t>Vahşi Orkideler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>23.15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054505289</t>
+          <t>9789759174941</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tommy’nin Mezarı</t>
+          <t>Üzgün Kediler Gazeli</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055596675</t>
+          <t>9789944860260</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği Ne Kadar Cesursun!</t>
+          <t>Üst Kattaki Cinler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052169094</t>
+          <t>9786055596835</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Aldatma İmparatorluğu Gülen'in ABD'deki Okul Şebekesi</t>
+          <t>Ürperti (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9772602228069</t>
+          <t>9789944860550</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sofra Kışa Hazırlık - Ev Yapımı</t>
+          <t>Unutmak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9772149384082</t>
+          <t>9789944860086</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Et Yemekleri (En İyi 100 Tarif Sofra Özel)</t>
+          <t>Ufukların Efendisi Osmanlılar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052169070</t>
+          <t>9786055596316</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yönünü Şaşıran Ok</t>
+          <t>Uçmak İstiyorum</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9772149384051</t>
+          <t>9786054069811</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel Yöresel Mutfaklar - En İyi 100 Tarif</t>
+          <t>Triksi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>27.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9772149384020</t>
+          <t>9786055596118</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zeytinyağlılar Sebze Yemekleri</t>
+          <t>Toplu Öyküler 1 - Sevginin Eşsiz Kışı / Uykusuzlar / Gölgede Kırk Derece</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9772149384037</t>
+          <t>9786054505289</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Türk Osmanlı Mutfağı</t>
+          <t>Tommy’nin Mezarı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9772149384099</t>
+          <t>9786055596675</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Pilavlar - En İyi 100 Tarif</t>
+          <t>Tilda Elmaçekirdeği Ne Kadar Cesursun!</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056670855</t>
+          <t>9786052169094</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kukla</t>
+          <t>Aldatma İmparatorluğu Gülen'in ABD'deki Okul Şebekesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056670848</t>
+          <t>9772602228069</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kestanepazarı’nın Sahte Mesihi</t>
+          <t>Sofra Kışa Hazırlık - Ev Yapımı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9772149384075</t>
+          <t>9772149384082</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel En İyi 100 Tarif - Çay Saati</t>
+          <t>Et Yemekleri (En İyi 100 Tarif Sofra Özel)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>27.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054505166</t>
+          <t>9786052169070</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tarkan - Margus Kalesi</t>
+          <t>Yönünü Şaşıran Ok</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054505333</t>
+          <t>9772149384051</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tarkan - Kuzey Canavarları</t>
+          <t>Sofra Özel Yöresel Mutfaklar - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789759174385</t>
+          <t>9772149384020</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Dönüşü</t>
+          <t>Zeytinyağlılar Sebze Yemekleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>16.67</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054505159</t>
+          <t>9772149384037</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Yazarken Yaşamak</t>
+          <t>Türk Osmanlı Mutfağı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>29.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054069712</t>
+          <t>9772149384099</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kent ve Yitik Şarkılar</t>
+          <t>Pilavlar - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>12.04</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944860017</t>
+          <t>9786056670855</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şüpheli Bir Ölüm</t>
+          <t>Kukla</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>12.96</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054505005</t>
+          <t>9786056670848</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Kestanepazarı’nın Sahte Mesihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>13.8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054505234</t>
+          <t>9772149384075</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Süt Gibi Beyaz Kan Gibi Kırmızı</t>
+          <t>Sofra Özel En İyi 100 Tarif - Çay Saati</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>14.81</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789759174481</t>
+          <t>9786054505166</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Stilist</t>
+          <t>Tarkan - Margus Kalesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055596262</t>
+          <t>9786054505333</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Son Hamle</t>
+          <t>Tarkan - Kuzey Canavarları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054069859</t>
+          <t>9789759174385</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Siyah Köpekler</t>
+          <t>Tarihin Dönüşü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>12.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944860055</t>
+          <t>9786054505159</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Canavarlar</t>
+          <t>Tarihi Yazarken Yaşamak</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>9.26</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054505609</t>
+          <t>9786054069712</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kadınlar</t>
+          <t>Tanrı Kent ve Yitik Şarkılar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054069668</t>
+          <t>9789944860017</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sesler Nereden Geliyor?</t>
+          <t>Şüpheli Bir Ölüm</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055596248</t>
+          <t>9786054505005</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Salai’nin Kuşkuları</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>26.85</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055596910</t>
+          <t>9786054505234</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Süt Gibi Beyaz Kan Gibi Kırmızı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>10.65</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054069361</t>
+          <t>9789759174481</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Saçlı Yılan İle Selvihan</t>
+          <t>Stilist</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789759174705</t>
+          <t>9786055596262</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Skandal</t>
+          <t>Son Hamle</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>7.41</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055596521</t>
+          <t>9786054069859</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Oteli - Hera</t>
+          <t>Siyah Köpekler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055596378</t>
+          <t>9789944860055</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame’ın Kamburu</t>
+          <t>Sınırsız Canavarlar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055596125</t>
+          <t>9786054505609</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Not Defterimden</t>
+          <t>Sessiz Kadınlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054069910</t>
+          <t>9786054069668</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Naz ve Köşkteki Vampir</t>
+          <t>Sesler Nereden Geliyor?</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055596002</t>
+          <t>9786055596248</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Naz ve Büyülü Bahçe</t>
+          <t>Salai’nin Kuşkuları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>11.11</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944860123</t>
+          <t>9786055596910</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mor</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>15.74</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944860406</t>
+          <t>9786054069361</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ourania</t>
+          <t>Saçlı Yılan İle Selvihan</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759174637</t>
+          <t>9789759174705</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mitlerin Kısa Tarihi</t>
+          <t>Ölüm Bir Skandal</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055596828</t>
+          <t>9786055596521</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Miramar</t>
+          <t>Olimpos Oteli - Hera</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055596729</t>
+          <t>9786055596378</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mikrokozmoslar</t>
+          <t>Notre Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789759174408</t>
+          <t>9786055596125</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kanlı Prenses</t>
+          <t>Not Defterimden</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789944860499</t>
+          <t>9786054069910</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bölge</t>
+          <t>Naz ve Köşkteki Vampir</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054069989</t>
+          <t>9786055596002</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mao Zedung</t>
+          <t>Naz ve Büyülü Bahçe</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>11.57</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055596996</t>
+          <t>9789944860123</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tarkan - Viking Kanı 1. Bölüm</t>
+          <t>Mor</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055596507</t>
+          <t>9789944860406</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Lanetliler Kraliçesi</t>
+          <t>Ourania</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054505258</t>
+          <t>9789759174637</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Ateş Kuşu (Ciltli)</t>
+          <t>Mitlerin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054505371</t>
+          <t>9786055596828</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Zefir’in Orgu</t>
+          <t>Miramar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>4.63</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054505272</t>
+          <t>9786055596729</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Zaman Gezegeni (CD'li) (Ciltli)</t>
+          <t>Mikrokozmoslar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>25.93</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054505302</t>
+          <t>9789759174408</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Eğlenceli Oyun ve Aktivite Kitabı</t>
+          <t>Mavi Kanlı Prenses</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>15.74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054505326</t>
+          <t>9789944860499</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Ateş Kuşu’nun Gezegeni</t>
+          <t>Mavi Bölge</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055596873</t>
+          <t>9786054069989</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ülke Aldorian</t>
+          <t>Mao Zedung</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054069101</t>
+          <t>9786055596996</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gölgeler Kenti</t>
+          <t>Tarkan - Viking Kanı 1. Bölüm</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055596477</t>
+          <t>9786055596507</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Karl MarX</t>
+          <t>Lanetliler Kraliçesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>29.63</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054069880</t>
+          <t>9786054505258</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular</t>
+          <t>Küçük Prens ve Ateş Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>25</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789759174743</t>
+          <t>9786054505371</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmi Kapitalistlerden Kurtarmak</t>
+          <t>Küçük Prens - Zefir’in Orgu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055596026</t>
+          <t>9786054505272</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kalp Zamanı</t>
+          <t>Küçük Prens - Zaman Gezegeni (CD'li) (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>23.15</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789944860383</t>
+          <t>9786054505302</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Jamaika’da Bir Fırtına</t>
+          <t>Küçük Prens - Eğlenceli Oyun ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>12.04</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054069521</t>
+          <t>9786054505326</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Sayfalar</t>
+          <t>Küçük Prens - Ateş Kuşu’nun Gezegeni</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>21.3</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055596453</t>
+          <t>9786055596873</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler</t>
+          <t>Kayıp Ülke Aldorian</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055596408</t>
+          <t>9786054069101</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İkinci Mesih</t>
+          <t>Kayıp Gölgeler Kenti</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054069446</t>
+          <t>9786055596477</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İki Kız Kardeş</t>
+          <t>Karl MarX</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>8.33</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055596033</t>
+          <t>9786054069880</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Sıcağından Norveç Buzuluna</t>
+          <t>Karanlık Sular</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055596286</t>
+          <t>9789759174743</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen İkimiz</t>
+          <t>Kapitalizmi Kapitalistlerden Kurtarmak</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944860321</t>
+          <t>9786055596026</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Beş Yılı</t>
+          <t>Kalp Zamanı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>12.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054069255</t>
+          <t>9789944860383</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Kervansaray</t>
+          <t>Jamaika’da Bir Fırtına</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054069323</t>
+          <t>9786054069521</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Haliçli Köprü</t>
+          <t>İstanbul’dan Sayfalar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>17.59</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054069033</t>
+          <t>9786055596453</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hafız ile Semender</t>
+          <t>İlişkiler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>15.74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054505395</t>
+          <t>9786055596408</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İsa Hanginiz?</t>
+          <t>İkinci Mesih</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055596736</t>
+          <t>9786054069446</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Pijama Ailesi Yollarda 2. Kitap</t>
+          <t>İki Kız Kardeş</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054069828</t>
+          <t>9786055596033</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Pijama Ailesi: Yaşasın Tatil</t>
+          <t>Hindistan Sıcağından Norveç Buzuluna</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054069705</t>
+          <t>9786055596286</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Günden Kalanlar</t>
+          <t>Her Şeye Rağmen İkimiz</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>16.67</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055596187</t>
+          <t>9789944860321</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Günahların Gölgesi</t>
+          <t>Hayatımın Beş Yılı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054505111</t>
+          <t>9786054069255</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gurmenin Son Yemeği</t>
+          <t>Hayat Bir Kervansaray</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>12.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054505340</t>
+          <t>9786054069323</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Geveze Prenses’in Yeni Günlüğü</t>
+          <t>Haliçli Köprü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>12.96</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055596767</t>
+          <t>9786054069033</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Geveze Prenses’in Günlüğü</t>
+          <t>Hafız ile Semender</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054069620</t>
+          <t>9786054505395</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu</t>
+          <t>İsa Hanginiz?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944860291</t>
+          <t>9786055596736</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Pijama Ailesi Yollarda 2. Kitap</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054505173</t>
+          <t>9786054069828</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Evsiz</t>
+          <t>Pijama Ailesi: Yaşasın Tatil</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055596637</t>
+          <t>9786054069705</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Eskiden, Çok Eskiden</t>
+          <t>Günden Kalanlar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>16.2</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054069279</t>
+          <t>9786055596187</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eski Yazı</t>
+          <t>Günahların Gölgesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>16.67</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054505401</t>
+          <t>9786054505111</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Taylor</t>
+          <t>Gurmenin Son Yemeği</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>27.78</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054505548</t>
+          <t>9786054505340</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Elimi İlk Tutan El</t>
+          <t>Geveze Prenses’in Yeni Günlüğü</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>22.22</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055596309</t>
+          <t>9786055596767</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Geveze Prenses’in Günlüğü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055596385</t>
+          <t>9786054069620</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Düğün Evi</t>
+          <t>Filin Yolculuğu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>12.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786054069835</t>
+          <t>9789944860291</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çulsuzlar</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>17.59</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055596989</t>
+          <t>9786054505173</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çöl (Kenan Işık’ın Seçtiği Şiirler) (Ciltli)</t>
+          <t>Evsiz</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>23.15</v>
+        <v>125</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055596620</t>
+          <t>9786055596637</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çardaktaki Salıncak</t>
+          <t>Eskiden, Çok Eskiden</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>13.89</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054069002</t>
+          <t>9786054069279</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Çocuk</t>
+          <t>Eski Yazı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944860468</t>
+          <t>9786054505401</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çakalların Başı Ferragus</t>
+          <t>Elizabeth Taylor</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054069415</t>
+          <t>9786054505548</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çağının Çocuğu</t>
+          <t>Elimi İlk Tutan El</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>14.81</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789759174026</t>
+          <t>9786055596309</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Kara Kutusu Süleyman Demirel Anlatıyor</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>15.74</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055596019</t>
+          <t>9786055596385</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Chicago</t>
+          <t>Düğün Evi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>18.43</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055596422</t>
+          <t>9786054069835</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Tam Olarak Neredeyiz Biz?</t>
+          <t>Çulsuzlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055596613</t>
+          <t>9786055596989</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Pardon ama O Benim Kitabım</t>
+          <t>Çöl (Kenan Işık’ın Seçtiği Şiirler) (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>11.11</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055596774</t>
+          <t>9786055596620</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Kendimi Gerçekten Hiç de İyi Hissetmiyorum</t>
+          <t>Çardaktaki Salıncak</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055596781</t>
+          <t>9786054069002</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Bu Aslında Benim Partim</t>
+          <t>Çalınan Çocuk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055596439</t>
+          <t>9789944860468</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Benim Düzenli Çıkartma Kitabım</t>
+          <t>Çakalların Başı Ferragus</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055596576</t>
+          <t>9786054069415</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Charlie’nin Lola Köpeğine Gerçekten İyi Bakabiliriz</t>
+          <t>Çağının Çocuğu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055596859</t>
+          <t>9789759174026</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Chanel (Ciltli)</t>
+          <t>Cumhuriyetin Kara Kutusu Süleyman Demirel Anlatıyor</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>18.43</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789759174507</t>
+          <t>9786055596019</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Cedric 4: Benim Becerikli Babam</t>
+          <t>Chicago</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>12.04</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789759174224</t>
+          <t>9786055596422</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Cedric 1: İlk Dersler (Ciltli)</t>
+          <t>Charlie ve Lola - Tam Olarak Neredeyiz Biz?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054069231</t>
+          <t>9786055596613</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Cebelavi Sokağının Çocukları</t>
+          <t>Charlie ve Lola - Pardon ama O Benim Kitabım</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>26.85</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054505388</t>
+          <t>9786055596774</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Can Dostum</t>
+          <t>Charlie ve Lola - Kendimi Gerçekten Hiç de İyi Hissetmiyorum</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054505036</t>
+          <t>9786055596781</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Cam Kent</t>
+          <t>Charlie ve Lola - Bu Aslında Benim Partim</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054069507</t>
+          <t>9786055596439</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>Charlie ve Lola - Benim Düzenli Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055596958</t>
+          <t>9786055596576</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortak</t>
+          <t>Charlie ve Lola - Charlie’nin Lola Köpeğine Gerçekten İyi Bakabiliriz</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054069774</t>
+          <t>9786055596859</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 3. Kitap İskeletler Kenti</t>
+          <t>Chanel (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>8.8</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054069651</t>
+          <t>9789759174507</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 2. Kitap Devin Mağarası</t>
+          <t>Cedric 4: Benim Becerikli Babam</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>8.8</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054069644</t>
+          <t>9789759174224</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 1. Kitap Diken Kalesi</t>
+          <t>Cedric 1: İlk Dersler (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>8.8</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055596354</t>
+          <t>9786054069231</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Buz Ay</t>
+          <t>Cebelavi Sokağının Çocukları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>22.22</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944860512</t>
+          <t>9786054505388</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Buse Cinayeti</t>
+          <t>Can Dostum</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789759174781</t>
+          <t>9786054505036</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Prensi</t>
+          <t>Cam Kent</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>14.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789759174729</t>
+          <t>9786054069507</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Kuramı</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789759174231</t>
+          <t>9786055596958</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Cedric 2: Kar Tatili (Ciltli)</t>
+          <t>Büyük Ortak</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>12.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789759174538</t>
+          <t>9786054069774</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bono’nun Odasında U2’nun Solisti Bono ile Konuşmalar</t>
+          <t>Büyücünün Kulesi 3. Kitap İskeletler Kenti</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>18.52</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789759174194</t>
+          <t>9786054069651</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Birileri Kadınlarımızı Fena Kandırıyor</t>
+          <t>Büyücünün Kulesi 2. Kitap Devin Mağarası</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055596460</t>
+          <t>9786054069644</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Ucu Altın Boynuz</t>
+          <t>Büyücünün Kulesi 1. Kitap Diken Kalesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>19.44</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054069194</t>
+          <t>9786055596354</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir Şnitzel Lütfen</t>
+          <t>Buz Ay</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>12.96</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789759174040</t>
+          <t>9789944860512</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Şapka Bir Tabanca Bir Remzi Ünal Polisiyesi</t>
+          <t>Buse Cinayeti</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789759174309</t>
+          <t>9789759174781</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Sen Kaldın Yalnızlık Gelince</t>
+          <t>Bulutların Prensi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789759174248</t>
+          <t>9789759174729</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Cedric 3: Tehlikeli Oyunlar (Ciltli)</t>
+          <t>Bulutlar Kuramı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055596668</t>
+          <t>9789759174231</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bir Film Yıldızı Nasıl Tavlanır</t>
+          <t>Cedric 2: Kar Tatili (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>22.22</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054069125</t>
+          <t>9789759174538</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Yeni Tarihi: Osmanlı İmparatorluğu’nun Son 300 Yılı</t>
+          <t>Bono’nun Odasında U2’nun Solisti Bono ile Konuşmalar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>21.3</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789759174033</t>
+          <t>9789759174194</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Best of Perihan Mağden</t>
+          <t>Birileri Kadınlarımızı Fena Kandırıyor</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055596545</t>
+          <t>9786055596460</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Benim Bütün Günahlarım</t>
+          <t>Bir Ucu Altın Boynuz</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>14.81</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789759174774</t>
+          <t>9786054069194</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bay Perşembe</t>
+          <t>Bir Şnitzel Lütfen</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054069781</t>
+          <t>9789759174040</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 4. Kitap Shardax’ın Uçurumu</t>
+          <t>Bir Şapka Bir Tabanca Bir Remzi Ünal Polisiyesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>8.8</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054505210</t>
+          <t>9789759174309</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Batı’dan Doğu’ya Aşk (Ciltli)</t>
+          <t>Bir Sen Kaldın Yalnızlık Gelince</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>18.43</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759174910</t>
+          <t>9789759174248</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Başsız Süvari</t>
+          <t>Cedric 3: Tehlikeli Oyunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>6.48</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944860192</t>
+          <t>9786055596668</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Balkan Blues</t>
+          <t>Bir Film Yıldızı Nasıl Tavlanır</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>8.33</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054069187</t>
+          <t>9786054069125</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bakire İle Çingene</t>
+          <t>Bir Çöküşün Yeni Tarihi: Osmanlı İmparatorluğu’nun Son 300 Yılı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>8.33</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054069453</t>
+          <t>9789759174033</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Babasız Günler</t>
+          <t>Best of Perihan Mağden</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789759174064</t>
+          <t>9786055596545</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Demokrasi Üzerine Düşünceler</t>
+          <t>Benim Bütün Günahlarım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944860079</t>
+          <t>9789759174774</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Yolunda</t>
+          <t>Bay Perşembe</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055596941</t>
+          <t>9786054069781</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Büyücünün Kulesi 4. Kitap Shardax’ın Uçurumu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>23.15</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789759174811</t>
+          <t>9786054505210</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Atlas’ın Yükü</t>
+          <t>Batı’dan Doğu’ya Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>7.41</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055596101</t>
+          <t>9789759174910</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Atatürk (Ciltli)</t>
+          <t>Başsız Süvari</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>32.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055596040</t>
+          <t>9789944860192</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Balkan Blues</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>26.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944860109</t>
+          <t>9786054069187</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>At Sırtında Anadolu</t>
+          <t>Bakire İle Çingene</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>19.44</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054505364</t>
+          <t>9786054069453</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Renkleri</t>
+          <t>Babasız Günler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054069842</t>
+          <t>9789759174064</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bulduğum Yer</t>
+          <t>Avrupa’da Demokrasi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>17.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054069477</t>
+          <t>9789944860079</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Aşk Artık Burada Oturmuyor</t>
+          <t>Batılılaşma Yolunda</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944860444</t>
+          <t>9786055596941</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Aşık Papağan Barı</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944860000</t>
+          <t>9789759174811</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Aşık Garip ile Şahsenem</t>
+          <t>Atlas’ın Yükü</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944860635</t>
+          <t>9786055596101</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Aspern’in Mektupları</t>
+          <t>Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>8.33</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944860451</t>
+          <t>9786055596040</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aslanın Balı</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>9.26</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054505494</t>
+          <t>9789944860109</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Apo’yla Son Tango</t>
+          <t>At Sırtında Anadolu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>18.52</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054069569</t>
+          <t>9786054505364</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Anlar İzler Tutkular</t>
+          <t>Aşkın Renkleri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054505555</t>
+          <t>9786054069842</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Yıldızlar 2013</t>
+          <t>Aşkı Bulduğum Yer</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>20.37</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789759174514</t>
+          <t>9786054069477</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Cedric 5:  Ah Şu Sinekler</t>
+          <t>Aşk Artık Burada Oturmuyor</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786056670800</t>
+          <t>9789944860444</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gülen Yüzü</t>
+          <t>Aşık Papağan Barı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>10</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944860543</t>
+          <t>9789944860000</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Küçümseme</t>
+          <t>Aşık Garip ile Şahsenem</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054505487</t>
+          <t>9789944860635</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>50’sinde Erkek</t>
+          <t>Aspern’in Mektupları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>14.81</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055596484</t>
+          <t>9789944860451</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>40’ında 40 Kadın</t>
+          <t>Aslanın Balı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789944860628</t>
+          <t>9786054505494</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Asilzade Yuvası</t>
+          <t>Apo’yla Son Tango</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944860536</t>
+          <t>9786054069569</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Arzu Sapağı’nda İnecek Var</t>
+          <t>Anlar İzler Tutkular</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789759174422</t>
+          <t>9786054505555</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>N’Gustro Vakası</t>
+          <t>Astroloji ve Yıldızlar 2013</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>10.19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789759174828</t>
+          <t>9789759174514</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Dönemeci</t>
+          <t>Cedric 5:  Ah Şu Sinekler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>14.81</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054505265</t>
+          <t>9786056670800</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Eolyalılar (Ciltli)</t>
+          <t>Şeytanın Gülen Yüzü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>11.11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9772149384167</t>
+          <t>9789944860543</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel Tuzlu Hamur İşleri - En İyi 100 Tarif (Ciltli)</t>
+          <t>Küçümseme</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9772717877008</t>
+          <t>9786054505487</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Minika Özel - Temmuz 2020</t>
+          <t>50’sinde Erkek</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>15.9</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9772687628006</t>
+          <t>9786055596484</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Küresel Medya - Temmuz / Aralık 2020</t>
+          <t>40’ında 40 Kadın</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>20</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257231305</t>
+          <t>9789944860628</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Saatler</t>
+          <t>Asilzade Yuvası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057717405</t>
+          <t>9789944860536</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bullet Journal Metodu</t>
+          <t>Arzu Sapağı’nda İnecek Var</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9772149384150</t>
+          <t>9789759174422</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Çorbalar - En İyi 100 Tarifler (Ciltli)</t>
+          <t>N’Gustro Vakası</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>30</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055596132</t>
+          <t>9789759174828</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Anıların İçin Teşekkürler</t>
+          <t>Nehrin Dönemeci</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>22.13</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054069675</t>
+          <t>9786054505265</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Anarşik Rehavet</t>
+          <t>Küçük Prens ve Eolyalılar (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789759174330</t>
+          <t>9772149384167</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni’nin Serüvenleri 2. Cilt Osmanlı’nın Sherlock Holmes’ü</t>
+          <t>Sofra Özel Tuzlu Hamur İşleri - En İyi 100 Tarif (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>10.19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054505579</t>
+          <t>9772717877008</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni’nin Serüvenleri 1. Cilt - Kamelya’nın Ölümü</t>
+          <t>Minika Özel - Temmuz 2020</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>13.89</v>
+        <v>15.9</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054505074</t>
+          <t>9772687628006</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Altın Yıldız</t>
+          <t>Küresel Medya - Temmuz / Aralık 2020</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054069439</t>
+          <t>9786257231305</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Altı Bardakta Dünya Tarihi</t>
+          <t>Saatler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>17.59</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054505067</t>
+          <t>9786057717405</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Bildiğimi Sanırdım</t>
+          <t>Bullet Journal Metodu</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>9.26</v>
+        <v>400</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055596538</t>
+          <t>9772149384150</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Alışverişe Kıskançlık Molası</t>
+          <t>Çorbalar - En İyi 100 Tarifler (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789944860116</t>
+          <t>9786055596132</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Alıklar Birliği</t>
+          <t>Anıların İçin Teşekkürler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>20.37</v>
+        <v>22.13</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789759174200</t>
+          <t>9786054069675</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Albayım Beni Nezahat İle Evlendir</t>
+          <t>Anarşik Rehavet</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789759174651</t>
+          <t>9789759174330</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Aktüel Yazıları ya da Hangimiz Uğramadık Sanki Haksızlıklara</t>
+          <t>Amanvermez Avni’nin Serüvenleri 2. Cilt Osmanlı’nın Sherlock Holmes’ü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055596927</t>
+          <t>9786054505579</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Altın Gözlü Kız</t>
+          <t>Amanvermez Avni’nin Serüvenleri 1. Cilt - Kamelya’nın Ölümü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054069040</t>
+          <t>9786054505074</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığı Üzerine</t>
+          <t>Altın Yıldız</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789759174477</t>
+          <t>9786054069439</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ajda’nın Elmasları</t>
+          <t>Altı Bardakta Dünya Tarihi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>12.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054069095</t>
+          <t>9786054505067</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ağda Zamanı</t>
+          <t>Allah’ı Bildiğimi Sanırdım</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789944860284</t>
+          <t>9786055596538</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Agnes Grey</t>
+          <t>Alışverişe Kıskançlık Molası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054069514</t>
+          <t>9789944860116</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sağlıklı Egzersiz</t>
+          <t>Alıklar Birliği</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054069927</t>
+          <t>9789759174200</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Açlığın Şarkısı</t>
+          <t>Albayım Beni Nezahat İle Evlendir</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789944860024</t>
+          <t>9789759174651</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Yargılanıyor</t>
+          <t>Aktüel Yazıları ya da Hangimiz Uğramadık Sanki Haksızlıklara</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789759174903</t>
+          <t>9786055596927</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>1929’da Plaklarda Dinlediğiniz Sanatkarlar</t>
+          <t>Altın Gözlü Kız</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055596743</t>
+          <t>9786054069040</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>100 Yaşı Devirmenin Sırları</t>
+          <t>Akıl Sağlığı Üzerine</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054505197</t>
+          <t>9789759174477</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>2012 Astroloji ve Burçlar Rehberi</t>
+          <t>Ajda’nın Elmasları</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>2789788619373</t>
+          <t>9786054069095</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ne Zormuş Büyümek Seti-5 Kitap Takım</t>
+          <t>Ağda Zamanı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>480</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>2789788618970</t>
+          <t>9789944860284</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Masal Eğitim Seti (10 Kitap Takım)</t>
+          <t>Agnes Grey</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>2789788619120</t>
+          <t>9786054069514</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Klasikleri-Kafka ve Stefan Zweig Seti-5 Kitap Takım</t>
+          <t>Adım Adım Sağlıklı Egzersiz</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>400</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>2789788619113</t>
+          <t>9786054069927</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (Büyük Boy - 4 Kitap Takım)</t>
+          <t>Açlığın Şarkısı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>600</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>2789788619106</t>
+          <t>9789944860024</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Alev Alatlı ve İskender Pala Seti (3 Kitap Takım)</t>
+          <t>27 Mayıs Yargılanıyor</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>1000</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>2789788619090</t>
+          <t>9789759174903</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Hafızası Seti-6 Kitap Takım</t>
+          <t>1929’da Plaklarda Dinlediğiniz Sanatkarlar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>450</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057717306</t>
+          <t>9786055596743</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>100 Yaşı Devirmenin Sırları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057717276</t>
+          <t>9786054505197</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Udi</t>
+          <t>2012 Astroloji ve Burçlar Rehberi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>140</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257231015</t>
+          <t>2789788619373</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Ne Zormuş Büyümek Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9772149384143</t>
+          <t>2789788618970</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mantı Makarna - En İyi 100 Tarif</t>
+          <t>Masal Eğitim Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>30</v>
+        <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052169964</t>
+          <t>2789788619120</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Fesüphanallah! - Nasihatname 1</t>
+          <t>Yetişkin Klasikleri-Kafka ve Stefan Zweig Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9771308703016</t>
+          <t>2789788619113</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Glutensiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
+          <t>Çocuk Klasikleri Seti (Büyük Boy - 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>20</v>
+        <v>600</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9771308703030</t>
+          <t>2789788619106</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Şekersiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
+          <t>Alev Alatlı ve İskender Pala Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>20</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9771308703023</t>
+          <t>2789788619090</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Vegan: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
+          <t>Kadınların Hafızası Seti-6 Kitap Takım</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>20</v>
+        <v>450</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9772602228076</t>
+          <t>9786057717306</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sofra Ev Yapımı</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052169971</t>
+          <t>9786057717276</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi Nasıl Yapılır?</t>
+          <t>Udi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057717009</t>
+          <t>9786257231015</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Operasyonu: 19 Mayıs (Ciltli)</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9772149384105</t>
+          <t>9772149384143</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Börekler - En İyi 100 Tarif</t>
+          <t>Mantı Makarna - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>3990004554032</t>
+          <t>9786052169964</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sofra Ramazan Özel</t>
+          <t>Fesüphanallah! - Nasihatname 1</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>27.78</v>
+        <v>420</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9772149384112</t>
+          <t>9771308703016</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Köfteler - En İyi 100 Tarif</t>
+          <t>Glutensiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257548960</t>
+          <t>9771308703030</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Enver</t>
+          <t>Şekersiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>1000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257548861</t>
+          <t>9771308703023</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Çatışma</t>
+          <t>Vegan: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>275</v>
+        <v>20</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257548694</t>
+          <t>9772602228076</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa'nın Evrak-ı Metrukesi</t>
+          <t>Sofra Ev Yapımı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>340</v>
+        <v>15</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257231145</t>
+          <t>9786052169971</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Osmanlı</t>
+          <t>Zaman Makinesi Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257231213</t>
+          <t>9786057717009</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yavuz - Adaletin Kılıcı</t>
+          <t>Bir Devlet Operasyonu: 19 Mayıs (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257231121</t>
+          <t>9772149384105</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönemezsin</t>
+          <t>Börekler - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257231251</t>
+          <t>3990004554032</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Şahbaba</t>
+          <t>Sofra Ramazan Özel</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>1000</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057717443</t>
+          <t>9772149384112</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Öyle Geçer ki Zaman</t>
+          <t>Köfteler - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>400</v>
+        <v>30</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>2789788619380</t>
+          <t>9786257548960</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (Küçük Boy - 4 Kitap Takım)</t>
+          <t>Enver</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>340</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057717597</t>
+          <t>9786257548861</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Çatışma</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257231206</t>
+          <t>9786257548694</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlılar</t>
+          <t>Talat Paşa'nın Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057717030</t>
+          <t>9786257231145</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Operasyonu: 19 Mayıs</t>
+          <t>Hedefteki Osmanlı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257548243</t>
+          <t>9786257231213</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Çin'in Yönetimi 1</t>
+          <t>Yavuz - Adaletin Kılıcı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256548183</t>
+          <t>9786257231121</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bombardıman Uçakları ve Tanklar Arasında Gazze</t>
+          <t>Eve Dönemezsin</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256548145</t>
+          <t>9786257231251</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Askeri Vaziyeti</t>
+          <t>Şahbaba</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>600</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256548169</t>
+          <t>9786057717443</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Makbule</t>
+          <t>Öyle Geçer ki Zaman</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052169759</t>
+          <t>2789788619380</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kalp</t>
+          <t>Çocuk Klasikleri Seti (Küçük Boy - 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256548152</t>
+          <t>9786057717597</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Kuzey Ütopyası</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256548138</t>
+          <t>9786257231206</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi MS 353- 378</t>
+          <t>Son Osmanlılar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>400</v>
+        <v>687.5</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786259437651</t>
+          <t>9786057717030</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Ses, Söz, Sevgili</t>
+          <t>Bir Devlet Operasyonu: 19 Mayıs</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256548121</t>
+          <t>9786257548243</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>CIA Dünya’nın En İyi Yazarlarını Nasıl Kandırdı?</t>
+          <t>Çin'in Yönetimi 1</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256548107</t>
+          <t>9786256548183</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Adres Defteri - Kimlik, Irk, Servet ve Güç Hakkında Adresler Ne Anlatır?</t>
+          <t>Bombardıman Uçakları ve Tanklar Arasında Gazze</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256548091</t>
+          <t>9786256548145</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Dostum Gogol - Büyük Yazarın Hiç Anlatılmamış Yaşam Öyküsü</t>
+          <t>Osmanlı İmparatorluğu’nun Askeri Vaziyeti</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256548084</t>
+          <t>9786256548169</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Makbule</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257548274</t>
+          <t>9786052169759</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Bir Dünya Mümkün (Arapça)</t>
+          <t>Kalp</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052169957</t>
+          <t>9786256548152</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hafazanallah! - Nasihatname 2</t>
+          <t>Hitler'in Kuzey Ütopyası</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256548060</t>
+          <t>9786256548138</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Atlantik Köle Ticaretinin Kurbanları Afrikalılar</t>
+          <t>Roma Tarihi MS 353- 378</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256548053</t>
+          <t>9786259437651</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Ses, Söz, Sevgili</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>105</v>
+        <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256548046</t>
+          <t>9786256548121</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>CIA Dünya’nın En İyi Yazarlarını Nasıl Kandırdı?</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256548039</t>
+          <t>9786256548107</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Efendi ile Uşak</t>
+          <t>Adres Defteri - Kimlik, Irk, Servet ve Güç Hakkında Adresler Ne Anlatır?</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257548991</t>
+          <t>9786256548091</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Dostum Gogol - Büyük Yazarın Hiç Anlatılmamış Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786257548953</t>
+          <t>9786256548084</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İttihadçı’nın Sandığı</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257548939</t>
+          <t>9786257548274</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık Hareketi</t>
+          <t>Daha Adil Bir Dünya Mümkün (Arapça)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786257548908</t>
+          <t>9786052169957</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Roman</t>
+          <t>Hafazanallah! - Nasihatname 2</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786257548922</t>
+          <t>9786256548060</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bildiğiniz Gibi Değil</t>
+          <t>Atlantik Köle Ticaretinin Kurbanları Afrikalılar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257548878</t>
+          <t>9786256548053</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Reddimiras</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>700</v>
+        <v>130</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257548847</t>
+          <t>9786256548046</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Zamana Sorular / Tarih Unutmaz</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257548687</t>
+          <t>9786256548039</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İnsan Zihninde On Yolculuk</t>
+          <t>Efendi ile Uşak</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257548854</t>
+          <t>9786257548991</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hangi Türkiye? - Cumhurbaşkanlığı Hükümet Sistemi ya da Güçlendirilmiş Parlamenter Sistem</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257548311</t>
+          <t>9786257548953</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>The World is our Common Home</t>
+          <t>İttihadçı’nın Sandığı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257548540</t>
+          <t>9786257548939</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>This İs Türkiye - On The Verge Of Energy And Economic Independence</t>
+          <t>Sıfır Atık Hareketi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257548496</t>
+          <t>9786257548908</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Üç Ölüm</t>
+          <t>Hayatım Roman</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>105</v>
+        <v>300</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257548366</t>
+          <t>9786257548922</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Bildiğiniz Gibi Değil</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257548373</t>
+          <t>9786257548878</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın İki Yeni Macerası</t>
+          <t>Reddimiras</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257548793</t>
+          <t>9786257548847</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>My Mother’s Voice</t>
+          <t>Zamana Sorular / Tarih Unutmaz</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257548502</t>
+          <t>9786257548687</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Oğlu</t>
+          <t>İnsan Zihninde On Yolculuk</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257548533</t>
+          <t>9786257548854</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kadere Karşı Koy A. Ş.</t>
+          <t>Hangi Türkiye? - Cumhurbaşkanlığı Hükümet Sistemi ya da Güçlendirilmiş Parlamenter Sistem</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257548557</t>
+          <t>9786257548311</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ortak Evimiz</t>
+          <t>The World is our Common Home</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257548526</t>
+          <t>9786257548540</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Muhabbetna(ğ)me</t>
+          <t>This İs Türkiye - On The Verge Of Energy And Economic Independence</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257548472</t>
+          <t>9786257548496</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Burası Çok Önemli!</t>
+          <t>Üç Ölüm</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257548397</t>
+          <t>9786257548366</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kaynananın Ontolojisi Siyasetin Cevhersiz Arazı</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257548458</t>
+          <t>9786257548373</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Annemin Sesi</t>
+          <t>Tom Sawyer’ın İki Yeni Macerası</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257548410</t>
+          <t>9786257548793</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Bozkurt</t>
+          <t>My Mother’s Voice</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257548359</t>
+          <t>9786257548502</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Mutfağı</t>
+          <t>Kurdun Oğlu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257548342</t>
+          <t>9786257548533</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Mutfağı (Ciltli)</t>
+          <t>Kadere Karşı Koy A. Ş.</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257548328</t>
+          <t>9786257548557</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Yaman Kelime</t>
+          <t>Dünya Ortak Evimiz</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257548236</t>
+          <t>9786257548526</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Hak Yol İslam Yazacağız</t>
+          <t>Muhabbetna(ğ)me</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257548335</t>
+          <t>9786257548472</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kaideye Tamah Etmeyen İstisnadır Hayat</t>
+          <t>Burası Çok Önemli!</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257548199</t>
+          <t>9786257548397</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>A Fairer World is Possible</t>
+          <t>Kaynananın Ontolojisi Siyasetin Cevhersiz Arazı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257548182</t>
+          <t>9786257548458</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Afrika Seyahatlerim (Ciltli)</t>
+          <t>Annemin Sesi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257548076</t>
+          <t>9786257548410</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Hafızası - Hanımlara Mahsus Hikayeler</t>
+          <t>Çöldeki Bozkurt</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257548069</t>
+          <t>9786257548359</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Muallime - Kadınların Havızası</t>
+          <t>Atatürk'ün Mutfağı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257548083</t>
+          <t>9786257548342</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Bir Dünya Mümkün</t>
+          <t>Atatürk'ün Mutfağı (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257548007</t>
+          <t>9786257548328</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Bir Dünya Mümkün (Ciltli)</t>
+          <t>Ayrılık Yaman Kelime</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257548014</t>
+          <t>9786257548236</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Hak Yol İslam Yazacağız</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257548021</t>
+          <t>9786257548335</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Petersburg Öyküleri</t>
+          <t>Kaideye Tamah Etmeyen İstisnadır Hayat</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257231787</t>
+          <t>9786257548199</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Adı Yok Ya Da Neden Feminist Değilim?</t>
+          <t>A Fairer World is Possible</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257231626</t>
+          <t>9786257548182</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Suç Ortağı Hollywood</t>
+          <t>Afrika Seyahatlerim (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257231565</t>
+          <t>9786257548076</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Asırlık Gece</t>
+          <t>Kadınların Hafızası - Hanımlara Mahsus Hikayeler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257231312</t>
+          <t>9786257548069</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Muallime - Kadınların Havızası</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257231572</t>
+          <t>9786257548083</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşkın Tarihi</t>
+          <t>Daha Adil Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257231602</t>
+          <t>9786257548007</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Muhammed Ali</t>
+          <t>Daha Adil Bir Dünya Mümkün (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257231299</t>
+          <t>9786257548014</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Çalar Saati ve Diğer Muhteşem Antik İcatlar</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257231596</t>
+          <t>9786257548021</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Önder (S.A.V.) ve Tolerans</t>
+          <t>Petersburg Öyküleri</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257231237</t>
+          <t>9786257231787</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Öncü Müslüman Kadınlar - Kadınların Hafızası</t>
+          <t>Ailenin Adı Yok Ya Da Neden Feminist Değilim?</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257231220</t>
+          <t>9786257231626</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İzdivaçlar, İttifaklar ve İhtilaflar - Kadınların Hafızası</t>
+          <t>Suç Ortağı Hollywood</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257231244</t>
+          <t>9786257231565</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Kedileri</t>
+          <t>Asırlık Gece</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257231176</t>
+          <t>9786257231312</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Sema Defteri</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257231077</t>
+          <t>9786257231572</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Engel</t>
+          <t>Bir Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257231008</t>
+          <t>9786257231602</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Kardeşim Muhammed Ali</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257231114</t>
+          <t>9786257231299</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kanamalı Haydut</t>
+          <t>Platon’un Çalar Saati ve Diğer Muhteşem Antik İcatlar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786057717610</t>
+          <t>9786257231596</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Kurtaran Kedi</t>
+          <t>Önder (S.A.V.) ve Tolerans</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>187.5</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257231084</t>
+          <t>9786257231237</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Öncü Müslüman Kadınlar - Kadınların Hafızası</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257231022</t>
+          <t>9786257231220</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Son Sığınak</t>
+          <t>İzdivaçlar, İttifaklar ve İhtilaflar - Kadınların Hafızası</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057717993</t>
+          <t>9786257231244</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Geçmiş Zaman Kedileri</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057717955</t>
+          <t>9786257231176</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Dervişin Sema Defteri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>110</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057717702</t>
+          <t>9786257231077</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kafasını Kaybeden Adam</t>
+          <t>Engel</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057717603</t>
+          <t>9786257231008</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057717696</t>
+          <t>9786257231114</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Kanamalı Haydut</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057717542</t>
+          <t>9786057717610</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn'in Maceraları</t>
+          <t>Kitapları Kurtaran Kedi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057717665</t>
+          <t>9786257231084</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Anı Seyretmek</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057717504</t>
+          <t>9786257231022</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Gayya Kuyusu (Latin Harflerine Aktarılmış Orijinal Metin)</t>
+          <t>Son Sığınak</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057717528</t>
+          <t>9786057717993</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mükafat-ı İlahiye</t>
+          <t>Öteki</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057717511</t>
+          <t>9786057717955</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Terbiye-i Etfale Ait Üç Hikaye</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057717498</t>
+          <t>9786057717702</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Kederleri</t>
+          <t>Kafasını Kaybeden Adam</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057717474</t>
+          <t>9786057717603</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Biat - Bir Turgut Reis Hikayesi</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057717481</t>
+          <t>9786057717696</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Dünyasızlar</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057717467</t>
+          <t>9786057717542</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Huckleberry Finn'in Maceraları</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057717429</t>
+          <t>9786057717665</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Aşk ile Anı Seyretmek</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057717412</t>
+          <t>9786057717504</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Gayya Kuyusu (Latin Harflerine Aktarılmış Orijinal Metin)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057717184</t>
+          <t>9786057717528</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Acıyla Çarp Kalbim</t>
+          <t>Mükafat-ı İlahiye</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057717368</t>
+          <t>9786057717511</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Terbiye-i Etfale Ait Üç Hikaye</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057717191</t>
+          <t>9786057717498</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Coğrafya Kederleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057717290</t>
+          <t>9786057717474</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kardeş</t>
+          <t>Biat - Bir Turgut Reis Hikayesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057717313</t>
+          <t>9786057717481</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kasiyer</t>
+          <t>Dünyasızlar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057717252</t>
+          <t>9786057717467</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Levayih-i Hayat</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057717214</t>
+          <t>9786057717429</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Off The Record Yavuz Donat Kitabı</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057717269</t>
+          <t>9786057717412</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Refet</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057717177</t>
+          <t>9786057717184</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Acıyla Çarp Kalbim</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057717160</t>
+          <t>9786057717368</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057717023</t>
+          <t>9786057717191</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Gönüller</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057717047</t>
+          <t>9786057717290</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Ağırlığı</t>
+          <t>Kardeş</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057717153</t>
+          <t>9786057717313</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk</t>
+          <t>Kasiyer</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057717016</t>
+          <t>9786057717252</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Levayih-i Hayat</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052169940</t>
+          <t>9786057717214</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Off The Record Yavuz Donat Kitabı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052169933</t>
+          <t>9786057717269</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Refet</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052169926</t>
+          <t>9786057717177</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052169889</t>
+          <t>9786057717160</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052169872</t>
+          <t>9786057717023</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ve Rakım Efendi</t>
+          <t>Yıkık Gönüller</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052169797</t>
+          <t>9786057717047</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Gölgenin Ağırlığı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052169643</t>
+          <t>9786057717153</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Ve Aşk</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052169810</t>
+          <t>9786057717016</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052169650</t>
+          <t>9786052169940</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Cennet Mektupları</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052169582</t>
+          <t>9786052169933</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052169681</t>
+          <t>9786052169926</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>65</v>
+        <v>250</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052169698</t>
+          <t>9786052169889</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052169483</t>
+          <t>9786052169872</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Dün Dündür - Mehmet Barlas Kitabı</t>
+          <t>Felatun Bey ve Rakım Efendi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052169551</t>
+          <t>9786052169797</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabet - Toplu Öyküleri 2</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052169476</t>
+          <t>9786052169643</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Diplomatik Vahşet - Cemal Kaşıkçı Cinayetinin Karanlık Sırları</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052169285</t>
+          <t>9786052169810</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Uzay Baronları</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052169292</t>
+          <t>9786052169650</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Cennet Mektupları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>65</v>
+        <v>220</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052169223</t>
+          <t>9786052169582</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052169216</t>
+          <t>9786052169681</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052169261</t>
+          <t>9786052169698</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Asilzadeler</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052169254</t>
+          <t>9786052169483</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Dün Dündür - Mehmet Barlas Kitabı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052169155</t>
+          <t>9786052169551</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Gizli Mabet - Toplu Öyküleri 2</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052169230</t>
+          <t>9786052169476</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Tamahkar Çocukları</t>
+          <t>Diplomatik Vahşet - Cemal Kaşıkçı Cinayetinin Karanlık Sırları</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052169162</t>
+          <t>9786052169285</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Uzay Baronları</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052169148</t>
+          <t>9786052169292</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052169193</t>
+          <t>9786052169223</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Çağrısı</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052169124</t>
+          <t>9786052169216</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Günlük Dualar Kitabı</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>105</v>
+        <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052169117</t>
+          <t>9786052169261</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Bildiğimi Sanırdım</t>
+          <t>Asilzadeler</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054505449</t>
+          <t>9786052169254</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İslam’la Yüzleşmek</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786056670831</t>
+          <t>9786052169155</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kontemporari İbrahim Efendi’nin Rüyaları</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786056670824</t>
+          <t>9786052169230</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Bay Bay</t>
+          <t>Gezegenin Tamahkar Çocukları</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
+          <t>9786052169162</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786052169148</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786052169193</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Yabanın Çağrısı</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786052169124</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Dualar Kitabı</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786052169117</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ı Bildiğimi Sanırdım</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786054505449</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>İslam’la Yüzleşmek</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786056670831</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Kontemporari İbrahim Efendi’nin Rüyaları</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786056670824</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı Bay Bay</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
           <t>9786056670817</t>
         </is>
       </c>
-      <c r="B409" s="1" t="inlineStr">
+      <c r="B417" s="1" t="inlineStr">
         <is>
           <t>Lider - Siyasi Liderlik ve Erdoğan</t>
         </is>
       </c>
-      <c r="C409" s="1">
-        <v>225</v>
+      <c r="C417" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>