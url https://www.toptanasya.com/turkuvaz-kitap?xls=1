--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,6280 +85,6355 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256548480</t>
+          <t>9786256548558</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Devrinde Bizans ve Osmanlılar</t>
+          <t>Bayezid'in Oğulları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257548977</t>
+          <t>9786256548541</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gönül Çalab’ın Tahtı</t>
+          <t>Bir Osmanlı Akıncı Beyi Gazi Evrenos Bey</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257548830</t>
+          <t>9786256548503</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mantıku'l Tayr</t>
+          <t>Korku, Sevgi ve Beyin Yıkama</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257548175</t>
+          <t>9786259611792</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>A Fairer World is Possible (Ciltli)</t>
+          <t>Aşkın Ekolojisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257231152</t>
+          <t>9786257231978</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Safa Defteri</t>
+          <t>Aleme Bir Yar İçin Ah Etmeye Geldik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>312.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257231169</t>
+          <t>9786256548480</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Seyir Defteri</t>
+          <t>Kuruluş Devrinde Bizans ve Osmanlılar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>312.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057717450</t>
+          <t>9786257548977</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Gönül Çalab’ın Tahtı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057717535</t>
+          <t>9786257548830</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Kıyı Kentleri Tarihi</t>
+          <t>Mantıku'l Tayr</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256548206</t>
+          <t>9786257548175</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Naciyem, ruhum, efendim</t>
+          <t>A Fairer World is Possible (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256548435</t>
+          <t>9786257231152</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Dervişin Safa Defteri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256548015</t>
+          <t>9786257231169</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şifayı Tabiatta Bulmak</t>
+          <t>Dervişin Seyir Defteri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257548984</t>
+          <t>9786057717450</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Realist - Müessir Güç Kimliği ve Türk Dış Politikası</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052169445</t>
+          <t>9786057717535</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Haver</t>
+          <t>Karadeniz Kıyı Kentleri Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052169919</t>
+          <t>9786256548206</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yer Altından Notlar</t>
+          <t>Naciyem, ruhum, efendim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256548398</t>
+          <t>9786256548435</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Afrika Yemek Kültürü</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>870</v>
+        <v>600</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256548411</t>
+          <t>9786256548015</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Güney Denizi Hikâyeleri</t>
+          <t>Şifayı Tabiatta Bulmak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256548176</t>
+          <t>9786257548984</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şüphecilerin Evren Rehberi</t>
+          <t>Müslüman Realist - Müessir Güç Kimliği ve Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257548915</t>
+          <t>9786052169445</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Mihrapta Asılı Kandil</t>
+          <t>Haver</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257548519</t>
+          <t>9786052169919</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dem Bu Demdir Saat Bu Saat</t>
+          <t>Yer Altından Notlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257548465</t>
+          <t>9786256548398</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Oynadım Oynattım Oynatalım - Erman Toroğlu Kitabı</t>
+          <t>Afrika Yemek Kültürü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>870</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257548403</t>
+          <t>9786256548411</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Günlükleri</t>
+          <t>Güney Denizi Hikâyeleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054069118</t>
+          <t>9786256548176</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Sütun</t>
+          <t>Şüphecilerin Evren Rehberi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>18</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052169209</t>
+          <t>9786257548915</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Geldim Gitmeye</t>
+          <t>Mihrapta Asılı Kandil</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9772149384013</t>
+          <t>9786257548519</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel En İyi 100 Tarif - Anne Mutfağı</t>
+          <t>Dem Bu Demdir Saat Bu Saat</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058890961</t>
+          <t>9786257548465</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mecmua - Osmanlı Edebiyatının Kırkambarı</t>
+          <t>Oynadım Oynattım Oynatalım - Erman Toroğlu Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>45</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789759263041</t>
+          <t>9786257548403</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Alanında Yapılmış Tezkireler Bibliyografyası</t>
+          <t>Ihlamur Günlükleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058890947</t>
+          <t>9786054069118</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi - Hikayenin Şiiri</t>
+          <t>Yılanlı Sütun</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9772602228052</t>
+          <t>9786052169209</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Makarna</t>
+          <t>Dünyaya Geldim Gitmeye</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>15</v>
+        <v>275</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052169247</t>
+          <t>9772149384013</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Sofra Özel En İyi 100 Tarif - Anne Mutfağı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9772149384068</t>
+          <t>9786058890961</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>En İyi 100 Tarif - Deniz Ürünlü Yemekler</t>
+          <t>Mecmua - Osmanlı Edebiyatının Kırkambarı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>27.78</v>
+        <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9772602228014</t>
+          <t>9789759263041</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı - Kahvaltı</t>
+          <t>Yeni Türk Edebiyatı Alanında Yapılmış Tezkireler Bibliyografyası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9772602228021</t>
+          <t>9786058890947</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı</t>
+          <t>Mesnevi - Hikayenin Şiiri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9772602228038</t>
+          <t>9772602228052</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı - Ekmek</t>
+          <t>Ev Yapımı Makarna</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9772602228045</t>
+          <t>9786052169247</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı - Atıştırmalık</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9772149384136</t>
+          <t>9772149384068</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bulgur - En İyi 100 Tarif</t>
+          <t>En İyi 100 Tarif - Deniz Ürünlü Yemekler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052169803</t>
+          <t>9772602228014</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ulufer</t>
+          <t>Ev Yapımı - Kahvaltı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054505616</t>
+          <t>9772602228021</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mustafa Öz (Ciltli)</t>
+          <t>Ev Yapımı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>27.78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054505623</t>
+          <t>9772602228038</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mustafa Öz</t>
+          <t>Ev Yapımı - Ekmek</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>20.37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9771304554100</t>
+          <t>9772602228045</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel Sağlıklı ve Hafif Tarifler</t>
+          <t>Ev Yapımı - Atıştırmalık</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>27.78</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054505180</t>
+          <t>9772149384136</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zayi</t>
+          <t>Bulgur - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054069941</t>
+          <t>9786052169803</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzlerinde</t>
+          <t>Ulufer</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>17.59</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055596361</t>
+          <t>9786054505616</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Prof. Dr. Mustafa Öz (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>8.33</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054069484</t>
+          <t>9786054505623</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Prof. Dr. Mustafa Öz</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054505593</t>
+          <t>9771304554100</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yoktur Gölgesi Türkiye’de - Sezai Karakoç</t>
+          <t>Sofra Özel Sağlıklı ve Hafif Tarifler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>16.67</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944860437</t>
+          <t>9786054505180</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yalan</t>
+          <t>Zayi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000001774</t>
+          <t>9786054069941</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yazlık (Pembe Kapak)</t>
+          <t>Zamanın İzlerinde</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054069613</t>
+          <t>9786055596361</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yazarların İstanbul’u</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054505029</t>
+          <t>9786054069484</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yaz Evi</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054069316</t>
+          <t>9786054505593</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Dakikalar</t>
+          <t>Yoktur Gölgesi Türkiye’de - Sezai Karakoç</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789759174965</t>
+          <t>9789944860437</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Adam Menderes</t>
+          <t>Yedi Yalan</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>17.59</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054069538</t>
+          <t>3990000001774</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanıklar Kahvesi</t>
+          <t>Yazlık (Pembe Kapak)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054069965</t>
+          <t>9786054069613</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Vampirle Görüşme</t>
+          <t>Yazarların İstanbul’u</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054069934</t>
+          <t>9786054505029</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Vampir Lestat</t>
+          <t>Yaz Evi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>35.19</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054505098</t>
+          <t>9786054069316</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Orkideler</t>
+          <t>Yaşamdan Dakikalar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>27.78</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759174941</t>
+          <t>9789759174965</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Kediler Gazeli</t>
+          <t>Yalnız Adam Menderes</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944860260</t>
+          <t>9786054069538</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Üst Kattaki Cinler</t>
+          <t>Yalancı Tanıklar Kahvesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055596835</t>
+          <t>9786054069965</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ürperti (Ciltli)</t>
+          <t>Vampirle Görüşme</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>22.22</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944860550</t>
+          <t>9786054069934</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Unutmak</t>
+          <t>Vampir Lestat</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>15.74</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944860086</t>
+          <t>9786054505098</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ufukların Efendisi Osmanlılar</t>
+          <t>Vahşi Orkideler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055596316</t>
+          <t>9789759174941</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Uçmak İstiyorum</t>
+          <t>Üzgün Kediler Gazeli</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054069811</t>
+          <t>9789944860260</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Triksi</t>
+          <t>Üst Kattaki Cinler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055596118</t>
+          <t>9786055596835</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Toplu Öyküler 1 - Sevginin Eşsiz Kışı / Uykusuzlar / Gölgede Kırk Derece</t>
+          <t>Ürperti (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>23.15</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054505289</t>
+          <t>9789944860550</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tommy’nin Mezarı</t>
+          <t>Unutmak</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055596675</t>
+          <t>9789944860086</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği Ne Kadar Cesursun!</t>
+          <t>Ufukların Efendisi Osmanlılar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052169094</t>
+          <t>9786055596316</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aldatma İmparatorluğu Gülen'in ABD'deki Okul Şebekesi</t>
+          <t>Uçmak İstiyorum</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9772602228069</t>
+          <t>9786054069811</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sofra Kışa Hazırlık - Ev Yapımı</t>
+          <t>Triksi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9772149384082</t>
+          <t>9786055596118</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Et Yemekleri (En İyi 100 Tarif Sofra Özel)</t>
+          <t>Toplu Öyküler 1 - Sevginin Eşsiz Kışı / Uykusuzlar / Gölgede Kırk Derece</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>30</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052169070</t>
+          <t>9786054505289</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yönünü Şaşıran Ok</t>
+          <t>Tommy’nin Mezarı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9772149384051</t>
+          <t>9786055596675</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel Yöresel Mutfaklar - En İyi 100 Tarif</t>
+          <t>Tilda Elmaçekirdeği Ne Kadar Cesursun!</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>27.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9772149384020</t>
+          <t>9786052169094</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Zeytinyağlılar Sebze Yemekleri</t>
+          <t>Aldatma İmparatorluğu Gülen'in ABD'deki Okul Şebekesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>27.78</v>
+        <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9772149384037</t>
+          <t>9772602228069</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Türk Osmanlı Mutfağı</t>
+          <t>Sofra Kışa Hazırlık - Ev Yapımı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9772149384099</t>
+          <t>9772149384082</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Pilavlar - En İyi 100 Tarif</t>
+          <t>Et Yemekleri (En İyi 100 Tarif Sofra Özel)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>27.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056670855</t>
+          <t>9786052169070</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kukla</t>
+          <t>Yönünü Şaşıran Ok</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056670848</t>
+          <t>9772149384051</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kestanepazarı’nın Sahte Mesihi</t>
+          <t>Sofra Özel Yöresel Mutfaklar - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>100</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9772149384075</t>
+          <t>9772149384020</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel En İyi 100 Tarif - Çay Saati</t>
+          <t>Zeytinyağlılar Sebze Yemekleri</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>27.78</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054505166</t>
+          <t>9772149384037</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tarkan - Margus Kalesi</t>
+          <t>Türk Osmanlı Mutfağı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054505333</t>
+          <t>9772149384099</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tarkan - Kuzey Canavarları</t>
+          <t>Pilavlar - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789759174385</t>
+          <t>9786056670855</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Dönüşü</t>
+          <t>Kukla</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>16.67</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054505159</t>
+          <t>9786056670848</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Yazarken Yaşamak</t>
+          <t>Kestanepazarı’nın Sahte Mesihi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>29.63</v>
+        <v>100</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054069712</t>
+          <t>9772149384075</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kent ve Yitik Şarkılar</t>
+          <t>Sofra Özel En İyi 100 Tarif - Çay Saati</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>12.04</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789944860017</t>
+          <t>9786054505166</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Şüpheli Bir Ölüm</t>
+          <t>Tarkan - Margus Kalesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054505005</t>
+          <t>9786054505333</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Tarkan - Kuzey Canavarları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>13.8</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054505234</t>
+          <t>9789759174385</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Süt Gibi Beyaz Kan Gibi Kırmızı</t>
+          <t>Tarihin Dönüşü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789759174481</t>
+          <t>9786054505159</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Stilist</t>
+          <t>Tarihi Yazarken Yaşamak</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>14.81</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055596262</t>
+          <t>9786054069712</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Son Hamle</t>
+          <t>Tanrı Kent ve Yitik Şarkılar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>20.37</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054069859</t>
+          <t>9789944860017</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Siyah Köpekler</t>
+          <t>Şüpheli Bir Ölüm</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789944860055</t>
+          <t>9786054505005</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Canavarlar</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>9.26</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054505609</t>
+          <t>9786054505234</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kadınlar</t>
+          <t>Süt Gibi Beyaz Kan Gibi Kırmızı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054069668</t>
+          <t>9789759174481</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sesler Nereden Geliyor?</t>
+          <t>Stilist</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055596248</t>
+          <t>9786055596262</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Salai’nin Kuşkuları</t>
+          <t>Son Hamle</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>26.85</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055596910</t>
+          <t>9786054069859</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Siyah Köpekler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>10.65</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054069361</t>
+          <t>9789944860055</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Saçlı Yılan İle Selvihan</t>
+          <t>Sınırsız Canavarlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789759174705</t>
+          <t>9786054505609</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Skandal</t>
+          <t>Sessiz Kadınlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055596521</t>
+          <t>9786054069668</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Oteli - Hera</t>
+          <t>Sesler Nereden Geliyor?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055596378</t>
+          <t>9786055596248</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame’ın Kamburu</t>
+          <t>Salai’nin Kuşkuları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>8.33</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055596125</t>
+          <t>9786055596910</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Not Defterimden</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>12.96</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054069910</t>
+          <t>9786054069361</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Naz ve Köşkteki Vampir</t>
+          <t>Saçlı Yılan İle Selvihan</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055596002</t>
+          <t>9789759174705</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Naz ve Büyülü Bahçe</t>
+          <t>Ölüm Bir Skandal</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944860123</t>
+          <t>9786055596521</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mor</t>
+          <t>Olimpos Oteli - Hera</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789944860406</t>
+          <t>9786055596378</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ourania</t>
+          <t>Notre Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789759174637</t>
+          <t>9786055596125</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mitlerin Kısa Tarihi</t>
+          <t>Not Defterimden</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055596828</t>
+          <t>9786054069910</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Miramar</t>
+          <t>Naz ve Köşkteki Vampir</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055596729</t>
+          <t>9786055596002</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mikrokozmoslar</t>
+          <t>Naz ve Büyülü Bahçe</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789759174408</t>
+          <t>9789944860123</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kanlı Prenses</t>
+          <t>Mor</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>10.19</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944860499</t>
+          <t>9789944860406</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bölge</t>
+          <t>Ourania</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054069989</t>
+          <t>9789759174637</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mao Zedung</t>
+          <t>Mitlerin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>11.57</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055596996</t>
+          <t>9786055596828</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tarkan - Viking Kanı 1. Bölüm</t>
+          <t>Miramar</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055596507</t>
+          <t>9786055596729</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Lanetliler Kraliçesi</t>
+          <t>Mikrokozmoslar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>32.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054505258</t>
+          <t>9789759174408</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Ateş Kuşu (Ciltli)</t>
+          <t>Mavi Kanlı Prenses</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054505371</t>
+          <t>9789944860499</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Zefir’in Orgu</t>
+          <t>Mavi Bölge</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>4.63</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054505272</t>
+          <t>9786054069989</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Zaman Gezegeni (CD'li) (Ciltli)</t>
+          <t>Mao Zedung</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>25.93</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054505302</t>
+          <t>9786055596996</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Eğlenceli Oyun ve Aktivite Kitabı</t>
+          <t>Tarkan - Viking Kanı 1. Bölüm</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>15.74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786054505326</t>
+          <t>9786055596507</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Ateş Kuşu’nun Gezegeni</t>
+          <t>Lanetliler Kraliçesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>9.26</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055596873</t>
+          <t>9786054505258</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ülke Aldorian</t>
+          <t>Küçük Prens ve Ateş Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054069101</t>
+          <t>9786054505371</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gölgeler Kenti</t>
+          <t>Küçük Prens - Zefir’in Orgu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055596477</t>
+          <t>9786054505272</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Karl MarX</t>
+          <t>Küçük Prens - Zaman Gezegeni (CD'li) (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>29.63</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054069880</t>
+          <t>9786054505302</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular</t>
+          <t>Küçük Prens - Eğlenceli Oyun ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>25</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789759174743</t>
+          <t>9786054505326</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmi Kapitalistlerden Kurtarmak</t>
+          <t>Küçük Prens - Ateş Kuşu’nun Gezegeni</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055596026</t>
+          <t>9786055596873</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kalp Zamanı</t>
+          <t>Kayıp Ülke Aldorian</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944860383</t>
+          <t>9786054069101</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Jamaika’da Bir Fırtına</t>
+          <t>Kayıp Gölgeler Kenti</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054069521</t>
+          <t>9786055596477</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Sayfalar</t>
+          <t>Karl MarX</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>21.3</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055596453</t>
+          <t>9786054069880</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler</t>
+          <t>Karanlık Sular</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>10.19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055596408</t>
+          <t>9789759174743</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İkinci Mesih</t>
+          <t>Kapitalizmi Kapitalistlerden Kurtarmak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054069446</t>
+          <t>9786055596026</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İki Kız Kardeş</t>
+          <t>Kalp Zamanı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055596033</t>
+          <t>9789944860383</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Sıcağından Norveç Buzuluna</t>
+          <t>Jamaika’da Bir Fırtına</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055596286</t>
+          <t>9786054069521</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen İkimiz</t>
+          <t>İstanbul’dan Sayfalar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>23.15</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944860321</t>
+          <t>9786055596453</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Beş Yılı</t>
+          <t>İlişkiler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054069255</t>
+          <t>9786055596408</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Kervansaray</t>
+          <t>İkinci Mesih</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054069323</t>
+          <t>9786054069446</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Haliçli Köprü</t>
+          <t>İki Kız Kardeş</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>17.59</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054069033</t>
+          <t>9786055596033</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hafız ile Semender</t>
+          <t>Hindistan Sıcağından Norveç Buzuluna</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054505395</t>
+          <t>9786055596286</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İsa Hanginiz?</t>
+          <t>Her Şeye Rağmen İkimiz</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055596736</t>
+          <t>9789944860321</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Pijama Ailesi Yollarda 2. Kitap</t>
+          <t>Hayatımın Beş Yılı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054069828</t>
+          <t>9786054069255</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Pijama Ailesi: Yaşasın Tatil</t>
+          <t>Hayat Bir Kervansaray</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054069705</t>
+          <t>9786054069323</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Günden Kalanlar</t>
+          <t>Haliçli Köprü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>16.67</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055596187</t>
+          <t>9786054069033</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Günahların Gölgesi</t>
+          <t>Hafız ile Semender</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>23.15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054505111</t>
+          <t>9786054505395</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Gurmenin Son Yemeği</t>
+          <t>İsa Hanginiz?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>12.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054505340</t>
+          <t>9786055596736</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Geveze Prenses’in Yeni Günlüğü</t>
+          <t>Pijama Ailesi Yollarda 2. Kitap</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055596767</t>
+          <t>9786054069828</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Geveze Prenses’in Günlüğü</t>
+          <t>Pijama Ailesi: Yaşasın Tatil</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054069620</t>
+          <t>9786054069705</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu</t>
+          <t>Günden Kalanlar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>14.81</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944860291</t>
+          <t>9786055596187</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Günahların Gölgesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>12.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054505173</t>
+          <t>9786054505111</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Evsiz</t>
+          <t>Gurmenin Son Yemeği</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>125</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055596637</t>
+          <t>9786054505340</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eskiden, Çok Eskiden</t>
+          <t>Geveze Prenses’in Yeni Günlüğü</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>16.2</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054069279</t>
+          <t>9786055596767</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eski Yazı</t>
+          <t>Geveze Prenses’in Günlüğü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054505401</t>
+          <t>9786054069620</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Taylor</t>
+          <t>Filin Yolculuğu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>27.78</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054505548</t>
+          <t>9789944860291</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Elimi İlk Tutan El</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>22.22</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055596309</t>
+          <t>9786054505173</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Evsiz</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>8.33</v>
+        <v>125</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055596385</t>
+          <t>9786055596637</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Düğün Evi</t>
+          <t>Eskiden, Çok Eskiden</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>12.5</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054069835</t>
+          <t>9786054069279</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çulsuzlar</t>
+          <t>Eski Yazı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055596989</t>
+          <t>9786054505401</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çöl (Kenan Işık’ın Seçtiği Şiirler) (Ciltli)</t>
+          <t>Elizabeth Taylor</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>23.15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055596620</t>
+          <t>9786054505548</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Çardaktaki Salıncak</t>
+          <t>Elimi İlk Tutan El</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>13.89</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054069002</t>
+          <t>9786055596309</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Çocuk</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>17.59</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944860468</t>
+          <t>9786055596385</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çakalların Başı Ferragus</t>
+          <t>Düğün Evi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>9.26</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054069415</t>
+          <t>9786054069835</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çağının Çocuğu</t>
+          <t>Çulsuzlar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>14.81</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789759174026</t>
+          <t>9786055596989</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Kara Kutusu Süleyman Demirel Anlatıyor</t>
+          <t>Çöl (Kenan Işık’ın Seçtiği Şiirler) (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>15.74</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055596019</t>
+          <t>9786055596620</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Chicago</t>
+          <t>Çardaktaki Salıncak</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>18.43</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055596422</t>
+          <t>9786054069002</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Tam Olarak Neredeyiz Biz?</t>
+          <t>Çalınan Çocuk</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>11.11</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055596613</t>
+          <t>9789944860468</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Pardon ama O Benim Kitabım</t>
+          <t>Çakalların Başı Ferragus</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055596774</t>
+          <t>9786054069415</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Kendimi Gerçekten Hiç de İyi Hissetmiyorum</t>
+          <t>Çağının Çocuğu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055596781</t>
+          <t>9789759174026</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Bu Aslında Benim Partim</t>
+          <t>Cumhuriyetin Kara Kutusu Süleyman Demirel Anlatıyor</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055596439</t>
+          <t>9786055596019</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Benim Düzenli Çıkartma Kitabım</t>
+          <t>Chicago</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>9.26</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055596576</t>
+          <t>9786055596422</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Charlie’nin Lola Köpeğine Gerçekten İyi Bakabiliriz</t>
+          <t>Charlie ve Lola - Tam Olarak Neredeyiz Biz?</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055596859</t>
+          <t>9786055596613</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Chanel (Ciltli)</t>
+          <t>Charlie ve Lola - Pardon ama O Benim Kitabım</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>18.43</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789759174507</t>
+          <t>9786055596774</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Cedric 4: Benim Becerikli Babam</t>
+          <t>Charlie ve Lola - Kendimi Gerçekten Hiç de İyi Hissetmiyorum</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789759174224</t>
+          <t>9786055596781</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Cedric 1: İlk Dersler (Ciltli)</t>
+          <t>Charlie ve Lola - Bu Aslında Benim Partim</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054069231</t>
+          <t>9786055596439</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Cebelavi Sokağının Çocukları</t>
+          <t>Charlie ve Lola - Benim Düzenli Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>26.85</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054505388</t>
+          <t>9786055596576</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Can Dostum</t>
+          <t>Charlie ve Lola - Charlie’nin Lola Köpeğine Gerçekten İyi Bakabiliriz</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054505036</t>
+          <t>9786055596859</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Cam Kent</t>
+          <t>Chanel (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>12.96</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054069507</t>
+          <t>9789759174507</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>Cedric 4: Benim Becerikli Babam</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055596958</t>
+          <t>9789759174224</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortak</t>
+          <t>Cedric 1: İlk Dersler (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054069774</t>
+          <t>9786054069231</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 3. Kitap İskeletler Kenti</t>
+          <t>Cebelavi Sokağının Çocukları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>8.8</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054069651</t>
+          <t>9786054505388</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 2. Kitap Devin Mağarası</t>
+          <t>Can Dostum</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>8.8</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054069644</t>
+          <t>9786054505036</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 1. Kitap Diken Kalesi</t>
+          <t>Cam Kent</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>8.8</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055596354</t>
+          <t>9786054069507</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Buz Ay</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>22.22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944860512</t>
+          <t>9786055596958</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Buse Cinayeti</t>
+          <t>Büyük Ortak</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>12.96</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789759174781</t>
+          <t>9786054069774</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Prensi</t>
+          <t>Büyücünün Kulesi 3. Kitap İskeletler Kenti</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>14.81</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789759174729</t>
+          <t>9786054069651</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Kuramı</t>
+          <t>Büyücünün Kulesi 2. Kitap Devin Mağarası</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>11.11</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789759174231</t>
+          <t>9786054069644</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Cedric 2: Kar Tatili (Ciltli)</t>
+          <t>Büyücünün Kulesi 1. Kitap Diken Kalesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>12.04</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789759174538</t>
+          <t>9786055596354</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bono’nun Odasında U2’nun Solisti Bono ile Konuşmalar</t>
+          <t>Buz Ay</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789759174194</t>
+          <t>9789944860512</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Birileri Kadınlarımızı Fena Kandırıyor</t>
+          <t>Buse Cinayeti</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055596460</t>
+          <t>9789759174781</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bir Ucu Altın Boynuz</t>
+          <t>Bulutların Prensi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>19.44</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054069194</t>
+          <t>9789759174729</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Şnitzel Lütfen</t>
+          <t>Bulutlar Kuramı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759174040</t>
+          <t>9789759174231</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bir Şapka Bir Tabanca Bir Remzi Ünal Polisiyesi</t>
+          <t>Cedric 2: Kar Tatili (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759174309</t>
+          <t>9789759174538</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Sen Kaldın Yalnızlık Gelince</t>
+          <t>Bono’nun Odasında U2’nun Solisti Bono ile Konuşmalar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759174248</t>
+          <t>9789759174194</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Cedric 3: Tehlikeli Oyunlar (Ciltli)</t>
+          <t>Birileri Kadınlarımızı Fena Kandırıyor</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055596668</t>
+          <t>9786055596460</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Film Yıldızı Nasıl Tavlanır</t>
+          <t>Bir Ucu Altın Boynuz</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>22.22</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054069125</t>
+          <t>9786054069194</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Yeni Tarihi: Osmanlı İmparatorluğu’nun Son 300 Yılı</t>
+          <t>Bir Şnitzel Lütfen</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>21.3</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789759174033</t>
+          <t>9789759174040</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Best of Perihan Mağden</t>
+          <t>Bir Şapka Bir Tabanca Bir Remzi Ünal Polisiyesi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055596545</t>
+          <t>9789759174309</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Benim Bütün Günahlarım</t>
+          <t>Bir Sen Kaldın Yalnızlık Gelince</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789759174774</t>
+          <t>9789759174248</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bay Perşembe</t>
+          <t>Cedric 3: Tehlikeli Oyunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054069781</t>
+          <t>9786055596668</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 4. Kitap Shardax’ın Uçurumu</t>
+          <t>Bir Film Yıldızı Nasıl Tavlanır</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>8.8</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054505210</t>
+          <t>9786054069125</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Batı’dan Doğu’ya Aşk (Ciltli)</t>
+          <t>Bir Çöküşün Yeni Tarihi: Osmanlı İmparatorluğu’nun Son 300 Yılı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>18.43</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789759174910</t>
+          <t>9789759174033</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Başsız Süvari</t>
+          <t>Best of Perihan Mağden</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>6.48</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944860192</t>
+          <t>9786055596545</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Balkan Blues</t>
+          <t>Benim Bütün Günahlarım</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054069187</t>
+          <t>9789759174774</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bakire İle Çingene</t>
+          <t>Bay Perşembe</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054069453</t>
+          <t>9786054069781</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Babasız Günler</t>
+          <t>Büyücünün Kulesi 4. Kitap Shardax’ın Uçurumu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>11.11</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789759174064</t>
+          <t>9786054505210</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Demokrasi Üzerine Düşünceler</t>
+          <t>Batı’dan Doğu’ya Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>12.96</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944860079</t>
+          <t>9789759174910</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Yolunda</t>
+          <t>Başsız Süvari</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055596941</t>
+          <t>9789944860192</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Balkan Blues</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789759174811</t>
+          <t>9786054069187</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Atlas’ın Yükü</t>
+          <t>Bakire İle Çingene</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055596101</t>
+          <t>9786054069453</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Atatürk (Ciltli)</t>
+          <t>Babasız Günler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>32.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055596040</t>
+          <t>9789759174064</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Avrupa’da Demokrasi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>26.85</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944860109</t>
+          <t>9789944860079</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>At Sırtında Anadolu</t>
+          <t>Batılılaşma Yolunda</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>19.44</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054505364</t>
+          <t>9786055596941</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Renkleri</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>12.96</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054069842</t>
+          <t>9789759174811</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bulduğum Yer</t>
+          <t>Atlas’ın Yükü</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>17.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054069477</t>
+          <t>9786055596101</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Aşk Artık Burada Oturmuyor</t>
+          <t>Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>11.11</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944860444</t>
+          <t>9786055596040</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Aşık Papağan Barı</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>14.81</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944860000</t>
+          <t>9789944860109</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Aşık Garip ile Şahsenem</t>
+          <t>At Sırtında Anadolu</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>7.41</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789944860635</t>
+          <t>9786054505364</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Aspern’in Mektupları</t>
+          <t>Aşkın Renkleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789944860451</t>
+          <t>9786054069842</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Aslanın Balı</t>
+          <t>Aşkı Bulduğum Yer</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>9.26</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054505494</t>
+          <t>9786054069477</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Apo’yla Son Tango</t>
+          <t>Aşk Artık Burada Oturmuyor</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054069569</t>
+          <t>9789944860444</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Anlar İzler Tutkular</t>
+          <t>Aşık Papağan Barı</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054505555</t>
+          <t>9789944860000</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Yıldızlar 2013</t>
+          <t>Aşık Garip ile Şahsenem</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>20.37</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789759174514</t>
+          <t>9789944860635</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Cedric 5:  Ah Şu Sinekler</t>
+          <t>Aspern’in Mektupları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786056670800</t>
+          <t>9789944860451</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gülen Yüzü</t>
+          <t>Aslanın Balı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944860543</t>
+          <t>9786054505494</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Küçümseme</t>
+          <t>Apo’yla Son Tango</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054505487</t>
+          <t>9786054069569</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>50’sinde Erkek</t>
+          <t>Anlar İzler Tutkular</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>14.81</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055596484</t>
+          <t>9786054505555</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>40’ında 40 Kadın</t>
+          <t>Astroloji ve Yıldızlar 2013</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>15.74</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944860628</t>
+          <t>9789759174514</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Asilzade Yuvası</t>
+          <t>Cedric 5:  Ah Şu Sinekler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944860536</t>
+          <t>9786056670800</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Arzu Sapağı’nda İnecek Var</t>
+          <t>Şeytanın Gülen Yüzü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>12.04</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789759174422</t>
+          <t>9789944860543</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>N’Gustro Vakası</t>
+          <t>Küçümseme</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789759174828</t>
+          <t>9786054505487</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Dönemeci</t>
+          <t>50’sinde Erkek</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054505265</t>
+          <t>9786055596484</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Eolyalılar (Ciltli)</t>
+          <t>40’ında 40 Kadın</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9772149384167</t>
+          <t>9789944860628</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel Tuzlu Hamur İşleri - En İyi 100 Tarif (Ciltli)</t>
+          <t>Asilzade Yuvası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9772717877008</t>
+          <t>9789944860536</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Minika Özel - Temmuz 2020</t>
+          <t>Arzu Sapağı’nda İnecek Var</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>15.9</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9772687628006</t>
+          <t>9789759174422</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Küresel Medya - Temmuz / Aralık 2020</t>
+          <t>N’Gustro Vakası</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>20</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257231305</t>
+          <t>9789759174828</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Saatler</t>
+          <t>Nehrin Dönemeci</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>312.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057717405</t>
+          <t>9786054505265</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bullet Journal Metodu</t>
+          <t>Küçük Prens ve Eolyalılar (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9772149384150</t>
+          <t>9772149384167</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çorbalar - En İyi 100 Tarifler (Ciltli)</t>
+          <t>Sofra Özel Tuzlu Hamur İşleri - En İyi 100 Tarif (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055596132</t>
+          <t>9772717877008</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Anıların İçin Teşekkürler</t>
+          <t>Minika Özel - Temmuz 2020</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>22.13</v>
+        <v>15.9</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054069675</t>
+          <t>9772687628006</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Anarşik Rehavet</t>
+          <t>Küresel Medya - Temmuz / Aralık 2020</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789759174330</t>
+          <t>9786257231305</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni’nin Serüvenleri 2. Cilt Osmanlı’nın Sherlock Holmes’ü</t>
+          <t>Saatler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>10.19</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054505579</t>
+          <t>9786057717405</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni’nin Serüvenleri 1. Cilt - Kamelya’nın Ölümü</t>
+          <t>Bullet Journal Metodu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>13.89</v>
+        <v>400</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054505074</t>
+          <t>9772149384150</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Altın Yıldız</t>
+          <t>Çorbalar - En İyi 100 Tarifler (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054069439</t>
+          <t>9786055596132</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Altı Bardakta Dünya Tarihi</t>
+          <t>Anıların İçin Teşekkürler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>17.59</v>
+        <v>22.13</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054505067</t>
+          <t>9786054069675</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Bildiğimi Sanırdım</t>
+          <t>Anarşik Rehavet</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055596538</t>
+          <t>9789759174330</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Alışverişe Kıskançlık Molası</t>
+          <t>Amanvermez Avni’nin Serüvenleri 2. Cilt Osmanlı’nın Sherlock Holmes’ü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789944860116</t>
+          <t>9786054505579</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Alıklar Birliği</t>
+          <t>Amanvermez Avni’nin Serüvenleri 1. Cilt - Kamelya’nın Ölümü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789759174200</t>
+          <t>9786054505074</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Albayım Beni Nezahat İle Evlendir</t>
+          <t>Altın Yıldız</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789759174651</t>
+          <t>9786054069439</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Aktüel Yazıları ya da Hangimiz Uğramadık Sanki Haksızlıklara</t>
+          <t>Altı Bardakta Dünya Tarihi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>8.33</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055596927</t>
+          <t>9786054505067</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Altın Gözlü Kız</t>
+          <t>Allah’ı Bildiğimi Sanırdım</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054069040</t>
+          <t>9786055596538</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığı Üzerine</t>
+          <t>Alışverişe Kıskançlık Molası</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789759174477</t>
+          <t>9789944860116</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ajda’nın Elmasları</t>
+          <t>Alıklar Birliği</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054069095</t>
+          <t>9789759174200</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ağda Zamanı</t>
+          <t>Albayım Beni Nezahat İle Evlendir</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944860284</t>
+          <t>9789759174651</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Agnes Grey</t>
+          <t>Aktüel Yazıları ya da Hangimiz Uğramadık Sanki Haksızlıklara</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054069514</t>
+          <t>9786055596927</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sağlıklı Egzersiz</t>
+          <t>Altın Gözlü Kız</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054069927</t>
+          <t>9786054069040</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Açlığın Şarkısı</t>
+          <t>Akıl Sağlığı Üzerine</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944860024</t>
+          <t>9789759174477</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Yargılanıyor</t>
+          <t>Ajda’nın Elmasları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789759174903</t>
+          <t>9786054069095</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>1929’da Plaklarda Dinlediğiniz Sanatkarlar</t>
+          <t>Ağda Zamanı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055596743</t>
+          <t>9789944860284</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>100 Yaşı Devirmenin Sırları</t>
+          <t>Agnes Grey</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054505197</t>
+          <t>9786054069514</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>2012 Astroloji ve Burçlar Rehberi</t>
+          <t>Adım Adım Sağlıklı Egzersiz</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>2789788619373</t>
+          <t>9786054069927</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Ne Zormuş Büyümek Seti-5 Kitap Takım</t>
+          <t>Açlığın Şarkısı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>480</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>2789788618970</t>
+          <t>9789944860024</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Masal Eğitim Seti (10 Kitap Takım)</t>
+          <t>27 Mayıs Yargılanıyor</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>2789788619120</t>
+          <t>9789759174903</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Klasikleri-Kafka ve Stefan Zweig Seti-5 Kitap Takım</t>
+          <t>1929’da Plaklarda Dinlediğiniz Sanatkarlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>400</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>2789788619113</t>
+          <t>9786055596743</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (Büyük Boy - 4 Kitap Takım)</t>
+          <t>100 Yaşı Devirmenin Sırları</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>600</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>2789788619106</t>
+          <t>9786054505197</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Alev Alatlı ve İskender Pala Seti (3 Kitap Takım)</t>
+          <t>2012 Astroloji ve Burçlar Rehberi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1000</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>2789788619090</t>
+          <t>2789788619373</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Hafızası Seti-6 Kitap Takım</t>
+          <t>Ne Zormuş Büyümek Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>450</v>
+        <v>480</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057717306</t>
+          <t>2789788618970</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>Masal Eğitim Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057717276</t>
+          <t>2789788619120</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Udi</t>
+          <t>Yetişkin Klasikleri-Kafka ve Stefan Zweig Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257231015</t>
+          <t>2789788619113</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Çocuk Klasikleri Seti (Büyük Boy - 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9772149384143</t>
+          <t>2789788619106</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mantı Makarna - En İyi 100 Tarif</t>
+          <t>Alev Alatlı ve İskender Pala Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>30</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052169964</t>
+          <t>2789788619090</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Fesüphanallah! - Nasihatname 1</t>
+          <t>Kadınların Hafızası Seti-6 Kitap Takım</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9771308703016</t>
+          <t>9786057717306</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Glutensiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9771308703030</t>
+          <t>9786057717276</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şekersiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
+          <t>Udi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9771308703023</t>
+          <t>9786257231015</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Vegan: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9772602228076</t>
+          <t>9772149384143</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Sofra Ev Yapımı</t>
+          <t>Mantı Makarna - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052169971</t>
+          <t>9786052169964</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi Nasıl Yapılır?</t>
+          <t>Fesüphanallah! - Nasihatname 1</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057717009</t>
+          <t>9771308703016</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Operasyonu: 19 Mayıs (Ciltli)</t>
+          <t>Glutensiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>1000</v>
+        <v>20</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9772149384105</t>
+          <t>9771308703030</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Börekler - En İyi 100 Tarif</t>
+          <t>Şekersiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>3990004554032</t>
+          <t>9771308703023</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sofra Ramazan Özel</t>
+          <t>Vegan: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>27.78</v>
+        <v>20</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9772149384112</t>
+          <t>9772602228076</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Köfteler - En İyi 100 Tarif</t>
+          <t>Sofra Ev Yapımı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257548960</t>
+          <t>9786052169971</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Enver</t>
+          <t>Zaman Makinesi Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257548861</t>
+          <t>9786057717009</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Çatışma</t>
+          <t>Bir Devlet Operasyonu: 19 Mayıs (Ciltli)</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257548694</t>
+          <t>9772149384105</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa'nın Evrak-ı Metrukesi</t>
+          <t>Börekler - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257231145</t>
+          <t>3990004554032</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Osmanlı</t>
+          <t>Sofra Ramazan Özel</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>375</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257231213</t>
+          <t>9772149384112</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yavuz - Adaletin Kılıcı</t>
+          <t>Köfteler - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257231121</t>
+          <t>9786257548960</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönemezsin</t>
+          <t>Enver</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257231251</t>
+          <t>9786257548861</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Şahbaba</t>
+          <t>Çatışma</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>1250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057717443</t>
+          <t>9786257548694</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Öyle Geçer ki Zaman</t>
+          <t>Talat Paşa'nın Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>2789788619380</t>
+          <t>9786257231145</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (Küçük Boy - 4 Kitap Takım)</t>
+          <t>Hedefteki Osmanlı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057717597</t>
+          <t>9786257231213</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Yavuz - Adaletin Kılıcı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257231206</t>
+          <t>9786257231121</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlılar</t>
+          <t>Eve Dönemezsin</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>687.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057717030</t>
+          <t>9786257231251</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Operasyonu: 19 Mayıs</t>
+          <t>Şahbaba</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257548243</t>
+          <t>9786057717443</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Çin'in Yönetimi 1</t>
+          <t>Öyle Geçer ki Zaman</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256548183</t>
+          <t>2789788619380</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bombardıman Uçakları ve Tanklar Arasında Gazze</t>
+          <t>Çocuk Klasikleri Seti (Küçük Boy - 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256548145</t>
+          <t>9786057717597</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Askeri Vaziyeti</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256548169</t>
+          <t>9786257231206</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Makbule</t>
+          <t>Son Osmanlılar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>750</v>
+        <v>687.5</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052169759</t>
+          <t>9786057717030</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kalp</t>
+          <t>Bir Devlet Operasyonu: 19 Mayıs</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256548152</t>
+          <t>9786257548243</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Kuzey Ütopyası</t>
+          <t>Çin'in Yönetimi 1</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256548138</t>
+          <t>9786256548183</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi MS 353- 378</t>
+          <t>Bombardıman Uçakları ve Tanklar Arasında Gazze</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786259437651</t>
+          <t>9786256548145</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ses, Söz, Sevgili</t>
+          <t>Osmanlı İmparatorluğu’nun Askeri Vaziyeti</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256548121</t>
+          <t>9786256548169</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>CIA Dünya’nın En İyi Yazarlarını Nasıl Kandırdı?</t>
+          <t>Makbule</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256548107</t>
+          <t>9786052169759</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Adres Defteri - Kimlik, Irk, Servet ve Güç Hakkında Adresler Ne Anlatır?</t>
+          <t>Kalp</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256548091</t>
+          <t>9786256548152</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dostum Gogol - Büyük Yazarın Hiç Anlatılmamış Yaşam Öyküsü</t>
+          <t>Hitler'in Kuzey Ütopyası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256548084</t>
+          <t>9786256548138</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Roma Tarihi MS 353- 378</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257548274</t>
+          <t>9786259437651</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Bir Dünya Mümkün (Arapça)</t>
+          <t>Ses, Söz, Sevgili</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052169957</t>
+          <t>9786256548121</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hafazanallah! - Nasihatname 2</t>
+          <t>CIA Dünya’nın En İyi Yazarlarını Nasıl Kandırdı?</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256548060</t>
+          <t>9786256548107</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Atlantik Köle Ticaretinin Kurbanları Afrikalılar</t>
+          <t>Adres Defteri - Kimlik, Irk, Servet ve Güç Hakkında Adresler Ne Anlatır?</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256548053</t>
+          <t>9786256548091</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Dostum Gogol - Büyük Yazarın Hiç Anlatılmamış Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256548046</t>
+          <t>9786256548084</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256548039</t>
+          <t>9786257548274</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Efendi ile Uşak</t>
+          <t>Daha Adil Bir Dünya Mümkün (Arapça)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257548991</t>
+          <t>9786052169957</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Hafazanallah! - Nasihatname 2</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>125</v>
+        <v>420</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786257548953</t>
+          <t>9786256548060</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İttihadçı’nın Sandığı</t>
+          <t>Atlantik Köle Ticaretinin Kurbanları Afrikalılar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>900</v>
+        <v>400</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786257548939</t>
+          <t>9786256548053</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık Hareketi</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257548908</t>
+          <t>9786256548046</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Roman</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786257548922</t>
+          <t>9786256548039</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bildiğiniz Gibi Değil</t>
+          <t>Efendi ile Uşak</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257548878</t>
+          <t>9786257548991</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Reddimiras</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>850</v>
+        <v>125</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257548847</t>
+          <t>9786257548953</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Zamana Sorular / Tarih Unutmaz</t>
+          <t>İttihadçı’nın Sandığı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257548687</t>
+          <t>9786257548939</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>İnsan Zihninde On Yolculuk</t>
+          <t>Sıfır Atık Hareketi</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257548854</t>
+          <t>9786257548908</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hangi Türkiye? - Cumhurbaşkanlığı Hükümet Sistemi ya da Güçlendirilmiş Parlamenter Sistem</t>
+          <t>Hayatım Roman</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257548311</t>
+          <t>9786257548922</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>The World is our Common Home</t>
+          <t>Bildiğiniz Gibi Değil</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257548540</t>
+          <t>9786257548878</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>This İs Türkiye - On The Verge Of Energy And Economic Independence</t>
+          <t>Reddimiras</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257548496</t>
+          <t>9786257548847</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Üç Ölüm</t>
+          <t>Zamana Sorular / Tarih Unutmaz</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257548366</t>
+          <t>9786257548687</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>İnsan Zihninde On Yolculuk</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257548373</t>
+          <t>9786257548854</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın İki Yeni Macerası</t>
+          <t>Hangi Türkiye? - Cumhurbaşkanlığı Hükümet Sistemi ya da Güçlendirilmiş Parlamenter Sistem</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257548793</t>
+          <t>9786257548311</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>My Mother’s Voice</t>
+          <t>The World is our Common Home</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257548502</t>
+          <t>9786257548540</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Oğlu</t>
+          <t>This İs Türkiye - On The Verge Of Energy And Economic Independence</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257548533</t>
+          <t>9786257548496</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kadere Karşı Koy A. Ş.</t>
+          <t>Üç Ölüm</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257548557</t>
+          <t>9786257548366</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ortak Evimiz</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257548526</t>
+          <t>9786257548373</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Muhabbetna(ğ)me</t>
+          <t>Tom Sawyer’ın İki Yeni Macerası</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257548472</t>
+          <t>9786257548793</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Burası Çok Önemli!</t>
+          <t>My Mother’s Voice</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257548397</t>
+          <t>9786257548502</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kaynananın Ontolojisi Siyasetin Cevhersiz Arazı</t>
+          <t>Kurdun Oğlu</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257548458</t>
+          <t>9786257548533</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Annemin Sesi</t>
+          <t>Kadere Karşı Koy A. Ş.</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257548410</t>
+          <t>9786257548557</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Bozkurt</t>
+          <t>Dünya Ortak Evimiz</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257548359</t>
+          <t>9786257548526</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Mutfağı</t>
+          <t>Muhabbetna(ğ)me</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257548342</t>
+          <t>9786257548472</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Mutfağı (Ciltli)</t>
+          <t>Burası Çok Önemli!</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257548328</t>
+          <t>9786257548397</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Yaman Kelime</t>
+          <t>Kaynananın Ontolojisi Siyasetin Cevhersiz Arazı</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257548236</t>
+          <t>9786257548458</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hak Yol İslam Yazacağız</t>
+          <t>Annemin Sesi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257548335</t>
+          <t>9786257548410</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kaideye Tamah Etmeyen İstisnadır Hayat</t>
+          <t>Çöldeki Bozkurt</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257548199</t>
+          <t>9786257548359</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>A Fairer World is Possible</t>
+          <t>Atatürk'ün Mutfağı</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257548182</t>
+          <t>9786257548342</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Afrika Seyahatlerim (Ciltli)</t>
+          <t>Atatürk'ün Mutfağı (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257548076</t>
+          <t>9786257548328</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Hafızası - Hanımlara Mahsus Hikayeler</t>
+          <t>Ayrılık Yaman Kelime</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257548069</t>
+          <t>9786257548236</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Muallime - Kadınların Havızası</t>
+          <t>Hak Yol İslam Yazacağız</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257548083</t>
+          <t>9786257548335</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Bir Dünya Mümkün</t>
+          <t>Kaideye Tamah Etmeyen İstisnadır Hayat</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257548007</t>
+          <t>9786257548199</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Bir Dünya Mümkün (Ciltli)</t>
+          <t>A Fairer World is Possible</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257548014</t>
+          <t>9786257548182</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Afrika Seyahatlerim (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257548021</t>
+          <t>9786257548076</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Petersburg Öyküleri</t>
+          <t>Kadınların Hafızası - Hanımlara Mahsus Hikayeler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257231787</t>
+          <t>9786257548069</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Adı Yok Ya Da Neden Feminist Değilim?</t>
+          <t>Muallime - Kadınların Havızası</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257231626</t>
+          <t>9786257548083</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Suç Ortağı Hollywood</t>
+          <t>Daha Adil Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257231565</t>
+          <t>9786257548007</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Asırlık Gece</t>
+          <t>Daha Adil Bir Dünya Mümkün (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257231312</t>
+          <t>9786257548014</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>137.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257231572</t>
+          <t>9786257548021</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşkın Tarihi</t>
+          <t>Petersburg Öyküleri</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257231602</t>
+          <t>9786257231787</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Muhammed Ali</t>
+          <t>Ailenin Adı Yok Ya Da Neden Feminist Değilim?</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257231299</t>
+          <t>9786257231626</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Çalar Saati ve Diğer Muhteşem Antik İcatlar</t>
+          <t>Suç Ortağı Hollywood</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257231596</t>
+          <t>9786257231565</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Önder (S.A.V.) ve Tolerans</t>
+          <t>Asırlık Gece</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>187.5</v>
+        <v>500</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257231237</t>
+          <t>9786257231312</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Öncü Müslüman Kadınlar - Kadınların Hafızası</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>375</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257231220</t>
+          <t>9786257231572</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İzdivaçlar, İttifaklar ve İhtilaflar - Kadınların Hafızası</t>
+          <t>Bir Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257231244</t>
+          <t>9786257231602</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Kedileri</t>
+          <t>Kardeşim Muhammed Ali</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>312.5</v>
+        <v>500</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257231176</t>
+          <t>9786257231299</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Sema Defteri</t>
+          <t>Platon’un Çalar Saati ve Diğer Muhteşem Antik İcatlar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>312.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257231077</t>
+          <t>9786257231596</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Engel</t>
+          <t>Önder (S.A.V.) ve Tolerans</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>187.5</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257231008</t>
+          <t>9786257231237</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Öncü Müslüman Kadınlar - Kadınların Hafızası</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257231114</t>
+          <t>9786257231220</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kanamalı Haydut</t>
+          <t>İzdivaçlar, İttifaklar ve İhtilaflar - Kadınların Hafızası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057717610</t>
+          <t>9786257231244</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Kurtaran Kedi</t>
+          <t>Geçmiş Zaman Kedileri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257231084</t>
+          <t>9786257231176</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Dervişin Sema Defteri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>125</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257231022</t>
+          <t>9786257231077</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Son Sığınak</t>
+          <t>Engel</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057717993</t>
+          <t>9786257231008</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057717955</t>
+          <t>9786257231114</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Kanamalı Haydut</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057717702</t>
+          <t>9786057717610</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kafasını Kaybeden Adam</t>
+          <t>Kitapları Kurtaran Kedi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057717603</t>
+          <t>9786257231084</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057717696</t>
+          <t>9786257231022</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Son Sığınak</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057717542</t>
+          <t>9786057717993</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn'in Maceraları</t>
+          <t>Öteki</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057717665</t>
+          <t>9786057717955</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Anı Seyretmek</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057717504</t>
+          <t>9786057717702</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Gayya Kuyusu (Latin Harflerine Aktarılmış Orijinal Metin)</t>
+          <t>Kafasını Kaybeden Adam</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057717528</t>
+          <t>9786057717603</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Mükafat-ı İlahiye</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057717511</t>
+          <t>9786057717696</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Terbiye-i Etfale Ait Üç Hikaye</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057717498</t>
+          <t>9786057717542</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Kederleri</t>
+          <t>Huckleberry Finn'in Maceraları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057717474</t>
+          <t>9786057717665</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Biat - Bir Turgut Reis Hikayesi</t>
+          <t>Aşk ile Anı Seyretmek</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057717481</t>
+          <t>9786057717504</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Dünyasızlar</t>
+          <t>Gayya Kuyusu (Latin Harflerine Aktarılmış Orijinal Metin)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057717467</t>
+          <t>9786057717528</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Mükafat-ı İlahiye</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057717429</t>
+          <t>9786057717511</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Terbiye-i Etfale Ait Üç Hikaye</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057717412</t>
+          <t>9786057717498</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Coğrafya Kederleri</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057717184</t>
+          <t>9786057717474</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Acıyla Çarp Kalbim</t>
+          <t>Biat - Bir Turgut Reis Hikayesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057717368</t>
+          <t>9786057717481</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Dünyasızlar</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057717191</t>
+          <t>9786057717467</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057717290</t>
+          <t>9786057717429</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kardeş</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057717313</t>
+          <t>9786057717412</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kasiyer</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057717252</t>
+          <t>9786057717184</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Levayih-i Hayat</t>
+          <t>Acıyla Çarp Kalbim</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057717214</t>
+          <t>9786057717368</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Off The Record Yavuz Donat Kitabı</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057717269</t>
+          <t>9786057717191</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Refet</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057717177</t>
+          <t>9786057717290</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Kardeş</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057717160</t>
+          <t>9786057717313</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Kasiyer</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057717023</t>
+          <t>9786057717252</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Gönüller</t>
+          <t>Levayih-i Hayat</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057717047</t>
+          <t>9786057717214</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Ağırlığı</t>
+          <t>Off The Record Yavuz Donat Kitabı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057717153</t>
+          <t>9786057717269</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk</t>
+          <t>Refet</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057717016</t>
+          <t>9786057717177</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052169940</t>
+          <t>9786057717160</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052169933</t>
+          <t>9786057717023</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Yıkık Gönüller</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052169926</t>
+          <t>9786057717047</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Gölgenin Ağırlığı</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052169889</t>
+          <t>9786057717153</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Ve Aşk</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052169872</t>
+          <t>9786057717016</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ve Rakım Efendi</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052169797</t>
+          <t>9786052169940</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052169643</t>
+          <t>9786052169933</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052169810</t>
+          <t>9786052169926</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052169650</t>
+          <t>9786052169889</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Cennet Mektupları</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052169582</t>
+          <t>9786052169872</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Felatun Bey ve Rakım Efendi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052169681</t>
+          <t>9786052169797</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052169698</t>
+          <t>9786052169643</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052169483</t>
+          <t>9786052169810</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Dün Dündür - Mehmet Barlas Kitabı</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052169551</t>
+          <t>9786052169650</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabet - Toplu Öyküleri 2</t>
+          <t>Cennet Mektupları</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052169476</t>
+          <t>9786052169582</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Diplomatik Vahşet - Cemal Kaşıkçı Cinayetinin Karanlık Sırları</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052169285</t>
+          <t>9786052169681</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Uzay Baronları</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052169292</t>
+          <t>9786052169698</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052169223</t>
+          <t>9786052169483</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Dün Dündür - Mehmet Barlas Kitabı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052169216</t>
+          <t>9786052169551</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Gizli Mabet - Toplu Öyküleri 2</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052169261</t>
+          <t>9786052169476</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Asilzadeler</t>
+          <t>Diplomatik Vahşet - Cemal Kaşıkçı Cinayetinin Karanlık Sırları</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052169254</t>
+          <t>9786052169285</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Uzay Baronları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052169155</t>
+          <t>9786052169292</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052169230</t>
+          <t>9786052169223</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Tamahkar Çocukları</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052169162</t>
+          <t>9786052169216</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052169148</t>
+          <t>9786052169261</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Asilzadeler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052169193</t>
+          <t>9786052169254</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Çağrısı</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052169124</t>
+          <t>9786052169155</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Günlük Dualar Kitabı</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052169117</t>
+          <t>9786052169230</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Bildiğimi Sanırdım</t>
+          <t>Gezegenin Tamahkar Çocukları</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054505449</t>
+          <t>9786052169162</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>İslam’la Yüzleşmek</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786056670831</t>
+          <t>9786052169148</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Kontemporari İbrahim Efendi’nin Rüyaları</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786056670824</t>
+          <t>9786052169193</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Bay Bay</t>
+          <t>Yabanın Çağrısı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
+          <t>9786052169124</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Dualar Kitabı</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786052169117</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Allah'ı Bildiğimi Sanırdım</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786054505449</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>İslam’la Yüzleşmek</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786056670831</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Kontemporari İbrahim Efendi’nin Rüyaları</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786056670824</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı Bay Bay</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
           <t>9786056670817</t>
         </is>
       </c>
-      <c r="B417" s="1" t="inlineStr">
+      <c r="B422" s="1" t="inlineStr">
         <is>
           <t>Lider - Siyasi Liderlik ve Erdoğan</t>
         </is>
       </c>
-      <c r="C417" s="1">
+      <c r="C422" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>