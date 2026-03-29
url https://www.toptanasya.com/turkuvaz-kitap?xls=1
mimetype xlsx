--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,6355 +85,6370 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256548558</t>
+          <t>9786256548602</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bayezid'in Oğulları</t>
+          <t>Yeni Altay'ın Bilinmeyen Hikayesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256548541</t>
+          <t>9786256548558</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Akıncı Beyi Gazi Evrenos Bey</t>
+          <t>Bayezid'in Oğulları</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256548503</t>
+          <t>9786256548541</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Korku, Sevgi ve Beyin Yıkama</t>
+          <t>Bir Osmanlı Akıncı Beyi Gazi Evrenos Bey</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259611792</t>
+          <t>9786256548503</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ekolojisi</t>
+          <t>Korku, Sevgi ve Beyin Yıkama</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257231978</t>
+          <t>9786259611792</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aleme Bir Yar İçin Ah Etmeye Geldik</t>
+          <t>Aşkın Ekolojisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256548480</t>
+          <t>9786257231978</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Devrinde Bizans ve Osmanlılar</t>
+          <t>Aleme Bir Yar İçin Ah Etmeye Geldik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257548977</t>
+          <t>9786256548480</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gönül Çalab’ın Tahtı</t>
+          <t>Kuruluş Devrinde Bizans ve Osmanlılar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257548830</t>
+          <t>9786257548977</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mantıku'l Tayr</t>
+          <t>Gönül Çalab’ın Tahtı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257548175</t>
+          <t>9786257548830</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>A Fairer World is Possible (Ciltli)</t>
+          <t>Mantıku'l Tayr</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257231152</t>
+          <t>9786257548175</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Safa Defteri</t>
+          <t>A Fairer World is Possible (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>312.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257231169</t>
+          <t>9786257231152</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Seyir Defteri</t>
+          <t>Dervişin Safa Defteri</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>312.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057717450</t>
+          <t>9786257231169</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi</t>
+          <t>Dervişin Seyir Defteri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057717535</t>
+          <t>9786057717450</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Kıyı Kentleri Tarihi</t>
+          <t>Dorian Gray'in Portresi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256548206</t>
+          <t>9786057717535</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Naciyem, ruhum, efendim</t>
+          <t>Karadeniz Kıyı Kentleri Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256548435</t>
+          <t>9786256548206</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar</t>
+          <t>Naciyem, ruhum, efendim</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256548015</t>
+          <t>9786256548435</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şifayı Tabiatta Bulmak</t>
+          <t>Hatıralar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257548984</t>
+          <t>9786256548015</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Realist - Müessir Güç Kimliği ve Türk Dış Politikası</t>
+          <t>Şifayı Tabiatta Bulmak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052169445</t>
+          <t>9786257548984</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Haver</t>
+          <t>Müslüman Realist - Müessir Güç Kimliği ve Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052169919</t>
+          <t>9786052169445</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yer Altından Notlar</t>
+          <t>Haver</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256548398</t>
+          <t>9786052169919</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Afrika Yemek Kültürü</t>
+          <t>Yer Altından Notlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>870</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256548411</t>
+          <t>9786256548398</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Güney Denizi Hikâyeleri</t>
+          <t>Afrika Yemek Kültürü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>870</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256548176</t>
+          <t>9786256548411</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Şüphecilerin Evren Rehberi</t>
+          <t>Güney Denizi Hikâyeleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257548915</t>
+          <t>9786256548176</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mihrapta Asılı Kandil</t>
+          <t>Şüphecilerin Evren Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257548519</t>
+          <t>9786257548915</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dem Bu Demdir Saat Bu Saat</t>
+          <t>Mihrapta Asılı Kandil</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257548465</t>
+          <t>9786257548519</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Oynadım Oynattım Oynatalım - Erman Toroğlu Kitabı</t>
+          <t>Dem Bu Demdir Saat Bu Saat</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257548403</t>
+          <t>9786257548465</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Günlükleri</t>
+          <t>Oynadım Oynattım Oynatalım - Erman Toroğlu Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054069118</t>
+          <t>9786257548403</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yılanlı Sütun</t>
+          <t>Ihlamur Günlükleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>18</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052169209</t>
+          <t>9786054069118</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Geldim Gitmeye</t>
+          <t>Yılanlı Sütun</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>275</v>
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9772149384013</t>
+          <t>9786052169209</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel En İyi 100 Tarif - Anne Mutfağı</t>
+          <t>Dünyaya Geldim Gitmeye</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>275</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058890961</t>
+          <t>9772149384013</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mecmua - Osmanlı Edebiyatının Kırkambarı</t>
+          <t>Sofra Özel En İyi 100 Tarif - Anne Mutfağı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789759263041</t>
+          <t>9786058890961</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı Alanında Yapılmış Tezkireler Bibliyografyası</t>
+          <t>Mecmua - Osmanlı Edebiyatının Kırkambarı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058890947</t>
+          <t>9789759263041</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi - Hikayenin Şiiri</t>
+          <t>Yeni Türk Edebiyatı Alanında Yapılmış Tezkireler Bibliyografyası</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9772602228052</t>
+          <t>9786058890947</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Makarna</t>
+          <t>Mesnevi - Hikayenin Şiiri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052169247</t>
+          <t>9772602228052</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Ev Yapımı Makarna</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9772149384068</t>
+          <t>9786052169247</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>En İyi 100 Tarif - Deniz Ürünlü Yemekler</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>27.78</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9772602228014</t>
+          <t>9772149384068</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı - Kahvaltı</t>
+          <t>En İyi 100 Tarif - Deniz Ürünlü Yemekler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>15</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9772602228021</t>
+          <t>9772602228014</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı</t>
+          <t>Ev Yapımı - Kahvaltı</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9772602228038</t>
+          <t>9772602228021</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı - Ekmek</t>
+          <t>Ev Yapımı</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9772602228045</t>
+          <t>9772602228038</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı - Atıştırmalık</t>
+          <t>Ev Yapımı - Ekmek</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9772149384136</t>
+          <t>9772602228045</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bulgur - En İyi 100 Tarif</t>
+          <t>Ev Yapımı - Atıştırmalık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052169803</t>
+          <t>9772149384136</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ulufer</t>
+          <t>Bulgur - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054505616</t>
+          <t>9786052169803</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mustafa Öz (Ciltli)</t>
+          <t>Ulufer</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>27.78</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054505623</t>
+          <t>9786054505616</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mustafa Öz</t>
+          <t>Prof. Dr. Mustafa Öz (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>20.37</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9771304554100</t>
+          <t>9786054505623</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel Sağlıklı ve Hafif Tarifler</t>
+          <t>Prof. Dr. Mustafa Öz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>27.78</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054505180</t>
+          <t>9771304554100</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zayi</t>
+          <t>Sofra Özel Sağlıklı ve Hafif Tarifler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>12.04</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054069941</t>
+          <t>9786054505180</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İzlerinde</t>
+          <t>Zayi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>17.59</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055596361</t>
+          <t>9786054069941</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi</t>
+          <t>Zamanın İzlerinde</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>8.33</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054069484</t>
+          <t>9786055596361</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yolda</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054505593</t>
+          <t>9786054069484</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yoktur Gölgesi Türkiye’de - Sezai Karakoç</t>
+          <t>Yolda</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944860437</t>
+          <t>9786054505593</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yalan</t>
+          <t>Yoktur Gölgesi Türkiye’de - Sezai Karakoç</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>3990000001774</t>
+          <t>9789944860437</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yazlık (Pembe Kapak)</t>
+          <t>Yedi Yalan</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054069613</t>
+          <t>3990000001774</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yazarların İstanbul’u</t>
+          <t>Yazlık (Pembe Kapak)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054505029</t>
+          <t>9786054069613</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yaz Evi</t>
+          <t>Yazarların İstanbul’u</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054069316</t>
+          <t>9786054505029</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yaşamdan Dakikalar</t>
+          <t>Yaz Evi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>17.59</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789759174965</t>
+          <t>9786054069316</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Adam Menderes</t>
+          <t>Yaşamdan Dakikalar</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>17.59</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054069538</t>
+          <t>9789759174965</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Tanıklar Kahvesi</t>
+          <t>Yalnız Adam Menderes</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>16.67</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054069965</t>
+          <t>9786054069538</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Vampirle Görüşme</t>
+          <t>Yalancı Tanıklar Kahvesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054069934</t>
+          <t>9786054069965</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Vampir Lestat</t>
+          <t>Vampirle Görüşme</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>35.19</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054505098</t>
+          <t>9786054069934</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Orkideler</t>
+          <t>Vampir Lestat</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>27.78</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759174941</t>
+          <t>9786054505098</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Kediler Gazeli</t>
+          <t>Vahşi Orkideler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>9.26</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944860260</t>
+          <t>9789759174941</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Üst Kattaki Cinler</t>
+          <t>Üzgün Kediler Gazeli</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055596835</t>
+          <t>9789944860260</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ürperti (Ciltli)</t>
+          <t>Üst Kattaki Cinler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944860550</t>
+          <t>9786055596835</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Unutmak</t>
+          <t>Ürperti (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>15.74</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944860086</t>
+          <t>9789944860550</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ufukların Efendisi Osmanlılar</t>
+          <t>Unutmak</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055596316</t>
+          <t>9789944860086</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Uçmak İstiyorum</t>
+          <t>Ufukların Efendisi Osmanlılar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054069811</t>
+          <t>9786055596316</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Triksi</t>
+          <t>Uçmak İstiyorum</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055596118</t>
+          <t>9786054069811</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Toplu Öyküler 1 - Sevginin Eşsiz Kışı / Uykusuzlar / Gölgede Kırk Derece</t>
+          <t>Triksi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054505289</t>
+          <t>9786055596118</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tommy’nin Mezarı</t>
+          <t>Toplu Öyküler 1 - Sevginin Eşsiz Kışı / Uykusuzlar / Gölgede Kırk Derece</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055596675</t>
+          <t>9786054505289</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tilda Elmaçekirdeği Ne Kadar Cesursun!</t>
+          <t>Tommy’nin Mezarı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052169094</t>
+          <t>9786055596675</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aldatma İmparatorluğu Gülen'in ABD'deki Okul Şebekesi</t>
+          <t>Tilda Elmaçekirdeği Ne Kadar Cesursun!</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9772602228069</t>
+          <t>9786052169094</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sofra Kışa Hazırlık - Ev Yapımı</t>
+          <t>Aldatma İmparatorluğu Gülen'in ABD'deki Okul Şebekesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>15</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9772149384082</t>
+          <t>9772602228069</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Et Yemekleri (En İyi 100 Tarif Sofra Özel)</t>
+          <t>Sofra Kışa Hazırlık - Ev Yapımı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052169070</t>
+          <t>9772149384082</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yönünü Şaşıran Ok</t>
+          <t>Et Yemekleri (En İyi 100 Tarif Sofra Özel)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9772149384051</t>
+          <t>9786052169070</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel Yöresel Mutfaklar - En İyi 100 Tarif</t>
+          <t>Yönünü Şaşıran Ok</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>27.78</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9772149384020</t>
+          <t>9772149384051</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zeytinyağlılar Sebze Yemekleri</t>
+          <t>Sofra Özel Yöresel Mutfaklar - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>27.78</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9772149384037</t>
+          <t>9772149384020</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türk Osmanlı Mutfağı</t>
+          <t>Zeytinyağlılar Sebze Yemekleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9772149384099</t>
+          <t>9772149384037</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pilavlar - En İyi 100 Tarif</t>
+          <t>Türk Osmanlı Mutfağı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>27.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056670855</t>
+          <t>9772149384099</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kukla</t>
+          <t>Pilavlar - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056670848</t>
+          <t>9786056670855</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kestanepazarı’nın Sahte Mesihi</t>
+          <t>Kukla</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9772149384075</t>
+          <t>9786056670848</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel En İyi 100 Tarif - Çay Saati</t>
+          <t>Kestanepazarı’nın Sahte Mesihi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>27.78</v>
+        <v>100</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054505166</t>
+          <t>9772149384075</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tarkan - Margus Kalesi</t>
+          <t>Sofra Özel En İyi 100 Tarif - Çay Saati</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054505333</t>
+          <t>9786054505166</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tarkan - Kuzey Canavarları</t>
+          <t>Tarkan - Margus Kalesi</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789759174385</t>
+          <t>9786054505333</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Dönüşü</t>
+          <t>Tarkan - Kuzey Canavarları</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054505159</t>
+          <t>9789759174385</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Yazarken Yaşamak</t>
+          <t>Tarihin Dönüşü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>29.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054069712</t>
+          <t>9786054505159</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kent ve Yitik Şarkılar</t>
+          <t>Tarihi Yazarken Yaşamak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>12.04</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789944860017</t>
+          <t>9786054069712</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şüpheli Bir Ölüm</t>
+          <t>Tanrı Kent ve Yitik Şarkılar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054505005</t>
+          <t>9789944860017</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Şüpheli Bir Ölüm</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.8</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054505234</t>
+          <t>9786054505005</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Süt Gibi Beyaz Kan Gibi Kırmızı</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>14.81</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789759174481</t>
+          <t>9786054505234</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Stilist</t>
+          <t>Süt Gibi Beyaz Kan Gibi Kırmızı</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055596262</t>
+          <t>9789759174481</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Son Hamle</t>
+          <t>Stilist</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>20.37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054069859</t>
+          <t>9786055596262</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Siyah Köpekler</t>
+          <t>Son Hamle</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789944860055</t>
+          <t>9786054069859</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Canavarlar</t>
+          <t>Siyah Köpekler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054505609</t>
+          <t>9789944860055</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kadınlar</t>
+          <t>Sınırsız Canavarlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054069668</t>
+          <t>9786054505609</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sesler Nereden Geliyor?</t>
+          <t>Sessiz Kadınlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055596248</t>
+          <t>9786054069668</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Salai’nin Kuşkuları</t>
+          <t>Sesler Nereden Geliyor?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>26.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055596910</t>
+          <t>9786055596248</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Salai’nin Kuşkuları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>10.65</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054069361</t>
+          <t>9786055596910</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Saçlı Yılan İle Selvihan</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>7.41</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789759174705</t>
+          <t>9786054069361</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bir Skandal</t>
+          <t>Saçlı Yılan İle Selvihan</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055596521</t>
+          <t>9789759174705</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Oteli - Hera</t>
+          <t>Ölüm Bir Skandal</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055596378</t>
+          <t>9786055596521</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Notre Dame’ın Kamburu</t>
+          <t>Olimpos Oteli - Hera</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055596125</t>
+          <t>9786055596378</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Not Defterimden</t>
+          <t>Notre Dame’ın Kamburu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054069910</t>
+          <t>9786055596125</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Naz ve Köşkteki Vampir</t>
+          <t>Not Defterimden</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055596002</t>
+          <t>9786054069910</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Naz ve Büyülü Bahçe</t>
+          <t>Naz ve Köşkteki Vampir</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944860123</t>
+          <t>9786055596002</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Mor</t>
+          <t>Naz ve Büyülü Bahçe</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789944860406</t>
+          <t>9789944860123</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ourania</t>
+          <t>Mor</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789759174637</t>
+          <t>9789944860406</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Mitlerin Kısa Tarihi</t>
+          <t>Ourania</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055596828</t>
+          <t>9789759174637</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Miramar</t>
+          <t>Mitlerin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055596729</t>
+          <t>9786055596828</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Mikrokozmoslar</t>
+          <t>Miramar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789759174408</t>
+          <t>9786055596729</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kanlı Prenses</t>
+          <t>Mikrokozmoslar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944860499</t>
+          <t>9789759174408</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bölge</t>
+          <t>Mavi Kanlı Prenses</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>17.59</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054069989</t>
+          <t>9789944860499</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mao Zedung</t>
+          <t>Mavi Bölge</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>11.57</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055596996</t>
+          <t>9786054069989</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tarkan - Viking Kanı 1. Bölüm</t>
+          <t>Mao Zedung</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>12.96</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055596507</t>
+          <t>9786055596996</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Lanetliler Kraliçesi</t>
+          <t>Tarkan - Viking Kanı 1. Bölüm</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>32.41</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054505258</t>
+          <t>9786055596507</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Ateş Kuşu (Ciltli)</t>
+          <t>Lanetliler Kraliçesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>11.11</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054505371</t>
+          <t>9786054505258</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Zefir’in Orgu</t>
+          <t>Küçük Prens ve Ateş Kuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054505272</t>
+          <t>9786054505371</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Zaman Gezegeni (CD'li) (Ciltli)</t>
+          <t>Küçük Prens - Zefir’in Orgu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>25.93</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054505302</t>
+          <t>9786054505272</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Eğlenceli Oyun ve Aktivite Kitabı</t>
+          <t>Küçük Prens - Zaman Gezegeni (CD'li) (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>15.74</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054505326</t>
+          <t>9786054505302</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens - Ateş Kuşu’nun Gezegeni</t>
+          <t>Küçük Prens - Eğlenceli Oyun ve Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055596873</t>
+          <t>9786054505326</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ülke Aldorian</t>
+          <t>Küçük Prens - Ateş Kuşu’nun Gezegeni</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054069101</t>
+          <t>9786055596873</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gölgeler Kenti</t>
+          <t>Kayıp Ülke Aldorian</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055596477</t>
+          <t>9786054069101</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Karl MarX</t>
+          <t>Kayıp Gölgeler Kenti</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>29.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054069880</t>
+          <t>9786055596477</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular</t>
+          <t>Karl MarX</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>25</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789759174743</t>
+          <t>9786054069880</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmi Kapitalistlerden Kurtarmak</t>
+          <t>Karanlık Sular</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055596026</t>
+          <t>9789759174743</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kalp Zamanı</t>
+          <t>Kapitalizmi Kapitalistlerden Kurtarmak</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944860383</t>
+          <t>9786055596026</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Jamaika’da Bir Fırtına</t>
+          <t>Kalp Zamanı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>12.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054069521</t>
+          <t>9789944860383</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Sayfalar</t>
+          <t>Jamaika’da Bir Fırtına</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>21.3</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055596453</t>
+          <t>9786054069521</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler</t>
+          <t>İstanbul’dan Sayfalar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>10.19</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055596408</t>
+          <t>9786055596453</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İkinci Mesih</t>
+          <t>İlişkiler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>23.15</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054069446</t>
+          <t>9786055596408</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İki Kız Kardeş</t>
+          <t>İkinci Mesih</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055596033</t>
+          <t>9786054069446</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Sıcağından Norveç Buzuluna</t>
+          <t>İki Kız Kardeş</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055596286</t>
+          <t>9786055596033</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye Rağmen İkimiz</t>
+          <t>Hindistan Sıcağından Norveç Buzuluna</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944860321</t>
+          <t>9786055596286</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hayatımın Beş Yılı</t>
+          <t>Her Şeye Rağmen İkimiz</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>12.04</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054069255</t>
+          <t>9789944860321</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Kervansaray</t>
+          <t>Hayatımın Beş Yılı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054069323</t>
+          <t>9786054069255</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Haliçli Köprü</t>
+          <t>Hayat Bir Kervansaray</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054069033</t>
+          <t>9786054069323</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hafız ile Semender</t>
+          <t>Haliçli Köprü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>15.74</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054505395</t>
+          <t>9786054069033</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İsa Hanginiz?</t>
+          <t>Hafız ile Semender</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055596736</t>
+          <t>9786054505395</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Pijama Ailesi Yollarda 2. Kitap</t>
+          <t>İsa Hanginiz?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054069828</t>
+          <t>9786055596736</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Pijama Ailesi: Yaşasın Tatil</t>
+          <t>Pijama Ailesi Yollarda 2. Kitap</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054069705</t>
+          <t>9786054069828</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Günden Kalanlar</t>
+          <t>Pijama Ailesi: Yaşasın Tatil</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>16.67</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055596187</t>
+          <t>9786054069705</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Günahların Gölgesi</t>
+          <t>Günden Kalanlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054505111</t>
+          <t>9786055596187</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Gurmenin Son Yemeği</t>
+          <t>Günahların Gölgesi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>12.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054505340</t>
+          <t>9786054505111</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Geveze Prenses’in Yeni Günlüğü</t>
+          <t>Gurmenin Son Yemeği</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>12.96</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055596767</t>
+          <t>9786054505340</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Geveze Prenses’in Günlüğü</t>
+          <t>Geveze Prenses’in Yeni Günlüğü</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054069620</t>
+          <t>9786055596767</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Filin Yolculuğu</t>
+          <t>Geveze Prenses’in Günlüğü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>14.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944860291</t>
+          <t>9786054069620</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Filin Yolculuğu</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054505173</t>
+          <t>9789944860291</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Evsiz</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>125</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055596637</t>
+          <t>9786054505173</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Eskiden, Çok Eskiden</t>
+          <t>Evsiz</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>16.2</v>
+        <v>125</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054069279</t>
+          <t>9786055596637</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Eski Yazı</t>
+          <t>Eskiden, Çok Eskiden</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>16.67</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054505401</t>
+          <t>9786054069279</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth Taylor</t>
+          <t>Eski Yazı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>27.78</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054505548</t>
+          <t>9786054505401</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Elimi İlk Tutan El</t>
+          <t>Elizabeth Taylor</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>22.22</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055596309</t>
+          <t>9786054505548</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Elimi İlk Tutan El</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>8.33</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055596385</t>
+          <t>9786055596309</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Düğün Evi</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>12.5</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054069835</t>
+          <t>9786055596385</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çulsuzlar</t>
+          <t>Düğün Evi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>17.59</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055596989</t>
+          <t>9786054069835</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çöl (Kenan Işık’ın Seçtiği Şiirler) (Ciltli)</t>
+          <t>Çulsuzlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>23.15</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055596620</t>
+          <t>9786055596989</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çardaktaki Salıncak</t>
+          <t>Çöl (Kenan Işık’ın Seçtiği Şiirler) (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054069002</t>
+          <t>9786055596620</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Çocuk</t>
+          <t>Çardaktaki Salıncak</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>17.59</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944860468</t>
+          <t>9786054069002</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çakalların Başı Ferragus</t>
+          <t>Çalınan Çocuk</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054069415</t>
+          <t>9789944860468</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çağının Çocuğu</t>
+          <t>Çakalların Başı Ferragus</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789759174026</t>
+          <t>9786054069415</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Kara Kutusu Süleyman Demirel Anlatıyor</t>
+          <t>Çağının Çocuğu</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>15.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055596019</t>
+          <t>9789759174026</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Chicago</t>
+          <t>Cumhuriyetin Kara Kutusu Süleyman Demirel Anlatıyor</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>18.43</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055596422</t>
+          <t>9786055596019</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Tam Olarak Neredeyiz Biz?</t>
+          <t>Chicago</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>11.11</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055596613</t>
+          <t>9786055596422</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Pardon ama O Benim Kitabım</t>
+          <t>Charlie ve Lola - Tam Olarak Neredeyiz Biz?</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055596774</t>
+          <t>9786055596613</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Kendimi Gerçekten Hiç de İyi Hissetmiyorum</t>
+          <t>Charlie ve Lola - Pardon ama O Benim Kitabım</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055596781</t>
+          <t>9786055596774</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Bu Aslında Benim Partim</t>
+          <t>Charlie ve Lola - Kendimi Gerçekten Hiç de İyi Hissetmiyorum</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055596439</t>
+          <t>9786055596781</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Benim Düzenli Çıkartma Kitabım</t>
+          <t>Charlie ve Lola - Bu Aslında Benim Partim</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055596576</t>
+          <t>9786055596439</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Charlie ve Lola - Charlie’nin Lola Köpeğine Gerçekten İyi Bakabiliriz</t>
+          <t>Charlie ve Lola - Benim Düzenli Çıkartma Kitabım</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055596859</t>
+          <t>9786055596576</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Chanel (Ciltli)</t>
+          <t>Charlie ve Lola - Charlie’nin Lola Köpeğine Gerçekten İyi Bakabiliriz</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>18.43</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789759174507</t>
+          <t>9786055596859</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Cedric 4: Benim Becerikli Babam</t>
+          <t>Chanel (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>12.04</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789759174224</t>
+          <t>9789759174507</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Cedric 1: İlk Dersler (Ciltli)</t>
+          <t>Cedric 4: Benim Becerikli Babam</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054069231</t>
+          <t>9789759174224</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Cebelavi Sokağının Çocukları</t>
+          <t>Cedric 1: İlk Dersler (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>26.85</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054505388</t>
+          <t>9786054069231</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Can Dostum</t>
+          <t>Cebelavi Sokağının Çocukları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>14.81</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054505036</t>
+          <t>9786054505388</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Cam Kent</t>
+          <t>Can Dostum</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054069507</t>
+          <t>9786054505036</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Büyük Sır</t>
+          <t>Cam Kent</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055596958</t>
+          <t>9786054069507</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ortak</t>
+          <t>Büyük Sır</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054069774</t>
+          <t>9786055596958</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 3. Kitap İskeletler Kenti</t>
+          <t>Büyük Ortak</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>8.8</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054069651</t>
+          <t>9786054069774</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 2. Kitap Devin Mağarası</t>
+          <t>Büyücünün Kulesi 3. Kitap İskeletler Kenti</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>8.8</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054069644</t>
+          <t>9786054069651</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 1. Kitap Diken Kalesi</t>
+          <t>Büyücünün Kulesi 2. Kitap Devin Mağarası</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>8.8</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055596354</t>
+          <t>9786054069644</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Buz Ay</t>
+          <t>Büyücünün Kulesi 1. Kitap Diken Kalesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>22.22</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944860512</t>
+          <t>9786055596354</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Buse Cinayeti</t>
+          <t>Buz Ay</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>12.96</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789759174781</t>
+          <t>9789944860512</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Prensi</t>
+          <t>Buse Cinayeti</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>14.81</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789759174729</t>
+          <t>9789759174781</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Kuramı</t>
+          <t>Bulutların Prensi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789759174231</t>
+          <t>9789759174729</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Cedric 2: Kar Tatili (Ciltli)</t>
+          <t>Bulutlar Kuramı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789759174538</t>
+          <t>9789759174231</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bono’nun Odasında U2’nun Solisti Bono ile Konuşmalar</t>
+          <t>Cedric 2: Kar Tatili (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789759174194</t>
+          <t>9789759174538</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Birileri Kadınlarımızı Fena Kandırıyor</t>
+          <t>Bono’nun Odasında U2’nun Solisti Bono ile Konuşmalar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055596460</t>
+          <t>9789759174194</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Ucu Altın Boynuz</t>
+          <t>Birileri Kadınlarımızı Fena Kandırıyor</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>19.44</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054069194</t>
+          <t>9786055596460</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Şnitzel Lütfen</t>
+          <t>Bir Ucu Altın Boynuz</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>12.96</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789759174040</t>
+          <t>9786054069194</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Şapka Bir Tabanca Bir Remzi Ünal Polisiyesi</t>
+          <t>Bir Şnitzel Lütfen</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789759174309</t>
+          <t>9789759174040</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bir Sen Kaldın Yalnızlık Gelince</t>
+          <t>Bir Şapka Bir Tabanca Bir Remzi Ünal Polisiyesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789759174248</t>
+          <t>9789759174309</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Cedric 3: Tehlikeli Oyunlar (Ciltli)</t>
+          <t>Bir Sen Kaldın Yalnızlık Gelince</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>12.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055596668</t>
+          <t>9789759174248</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bir Film Yıldızı Nasıl Tavlanır</t>
+          <t>Cedric 3: Tehlikeli Oyunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>22.22</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054069125</t>
+          <t>9786055596668</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Yeni Tarihi: Osmanlı İmparatorluğu’nun Son 300 Yılı</t>
+          <t>Bir Film Yıldızı Nasıl Tavlanır</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>21.3</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789759174033</t>
+          <t>9786054069125</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Best of Perihan Mağden</t>
+          <t>Bir Çöküşün Yeni Tarihi: Osmanlı İmparatorluğu’nun Son 300 Yılı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>4.63</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055596545</t>
+          <t>9789759174033</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Benim Bütün Günahlarım</t>
+          <t>Best of Perihan Mağden</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>14.81</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789759174774</t>
+          <t>9786055596545</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bay Perşembe</t>
+          <t>Benim Bütün Günahlarım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>10.19</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054069781</t>
+          <t>9789759174774</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Kulesi 4. Kitap Shardax’ın Uçurumu</t>
+          <t>Bay Perşembe</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>8.8</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786054505210</t>
+          <t>9786054069781</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Batı’dan Doğu’ya Aşk (Ciltli)</t>
+          <t>Büyücünün Kulesi 4. Kitap Shardax’ın Uçurumu</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>18.43</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789759174910</t>
+          <t>9786054505210</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Başsız Süvari</t>
+          <t>Batı’dan Doğu’ya Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>6.48</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789944860192</t>
+          <t>9789759174910</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Balkan Blues</t>
+          <t>Başsız Süvari</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054069187</t>
+          <t>9789944860192</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bakire İle Çingene</t>
+          <t>Balkan Blues</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>8.33</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054069453</t>
+          <t>9786054069187</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Babasız Günler</t>
+          <t>Bakire İle Çingene</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789759174064</t>
+          <t>9786054069453</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Demokrasi Üzerine Düşünceler</t>
+          <t>Babasız Günler</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944860079</t>
+          <t>9789759174064</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Yolunda</t>
+          <t>Avrupa’da Demokrasi Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055596941</t>
+          <t>9789944860079</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Batılılaşma Yolunda</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789759174811</t>
+          <t>9786055596941</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Atlas’ın Yükü</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055596101</t>
+          <t>9789759174811</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Atatürk (Ciltli)</t>
+          <t>Atlas’ın Yükü</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>32.41</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055596040</t>
+          <t>9786055596101</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Atatürk</t>
+          <t>Atatürk (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>26.85</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789944860109</t>
+          <t>9786055596040</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>At Sırtında Anadolu</t>
+          <t>Atatürk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>19.44</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054505364</t>
+          <t>9789944860109</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Renkleri</t>
+          <t>At Sırtında Anadolu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>12.96</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054069842</t>
+          <t>9786054505364</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bulduğum Yer</t>
+          <t>Aşkın Renkleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>17.5</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054069477</t>
+          <t>9786054069842</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aşk Artık Burada Oturmuyor</t>
+          <t>Aşkı Bulduğum Yer</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>11.11</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789944860444</t>
+          <t>9786054069477</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Aşık Papağan Barı</t>
+          <t>Aşk Artık Burada Oturmuyor</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789944860000</t>
+          <t>9789944860444</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Aşık Garip ile Şahsenem</t>
+          <t>Aşık Papağan Barı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944860635</t>
+          <t>9789944860000</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aspern’in Mektupları</t>
+          <t>Aşık Garip ile Şahsenem</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944860451</t>
+          <t>9789944860635</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Aslanın Balı</t>
+          <t>Aspern’in Mektupları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054505494</t>
+          <t>9789944860451</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Apo’yla Son Tango</t>
+          <t>Aslanın Balı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054069569</t>
+          <t>9786054505494</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Anlar İzler Tutkular</t>
+          <t>Apo’yla Son Tango</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>10.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054505555</t>
+          <t>9786054069569</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Astroloji ve Yıldızlar 2013</t>
+          <t>Anlar İzler Tutkular</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>20.37</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789759174514</t>
+          <t>9786054505555</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Cedric 5:  Ah Şu Sinekler</t>
+          <t>Astroloji ve Yıldızlar 2013</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>12.04</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786056670800</t>
+          <t>9789759174514</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Gülen Yüzü</t>
+          <t>Cedric 5:  Ah Şu Sinekler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789944860543</t>
+          <t>9786056670800</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Küçümseme</t>
+          <t>Şeytanın Gülen Yüzü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054505487</t>
+          <t>9789944860543</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>50’sinde Erkek</t>
+          <t>Küçümseme</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055596484</t>
+          <t>9786054505487</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>40’ında 40 Kadın</t>
+          <t>50’sinde Erkek</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>15.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944860628</t>
+          <t>9786055596484</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Asilzade Yuvası</t>
+          <t>40’ında 40 Kadın</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>11.11</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944860536</t>
+          <t>9789944860628</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Arzu Sapağı’nda İnecek Var</t>
+          <t>Asilzade Yuvası</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789759174422</t>
+          <t>9789944860536</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>N’Gustro Vakası</t>
+          <t>Arzu Sapağı’nda İnecek Var</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789759174828</t>
+          <t>9789759174422</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Dönemeci</t>
+          <t>N’Gustro Vakası</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>14.81</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054505265</t>
+          <t>9789759174828</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Eolyalılar (Ciltli)</t>
+          <t>Nehrin Dönemeci</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9772149384167</t>
+          <t>9786054505265</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sofra Özel Tuzlu Hamur İşleri - En İyi 100 Tarif (Ciltli)</t>
+          <t>Küçük Prens ve Eolyalılar (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9772717877008</t>
+          <t>9772149384167</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Minika Özel - Temmuz 2020</t>
+          <t>Sofra Özel Tuzlu Hamur İşleri - En İyi 100 Tarif (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>15.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9772687628006</t>
+          <t>9772717877008</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Küresel Medya - Temmuz / Aralık 2020</t>
+          <t>Minika Özel - Temmuz 2020</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>20</v>
+        <v>15.9</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257231305</t>
+          <t>9772687628006</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Saatler</t>
+          <t>Küresel Medya - Temmuz / Aralık 2020</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>312.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057717405</t>
+          <t>9786257231305</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bullet Journal Metodu</t>
+          <t>Saatler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>400</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9772149384150</t>
+          <t>9786057717405</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çorbalar - En İyi 100 Tarifler (Ciltli)</t>
+          <t>Bullet Journal Metodu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>30</v>
+        <v>400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055596132</t>
+          <t>9772149384150</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Anıların İçin Teşekkürler</t>
+          <t>Çorbalar - En İyi 100 Tarifler (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>22.13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054069675</t>
+          <t>9786055596132</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Anarşik Rehavet</t>
+          <t>Anıların İçin Teşekkürler</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>13.89</v>
+        <v>22.13</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789759174330</t>
+          <t>9786054069675</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni’nin Serüvenleri 2. Cilt Osmanlı’nın Sherlock Holmes’ü</t>
+          <t>Anarşik Rehavet</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054505579</t>
+          <t>9789759174330</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni’nin Serüvenleri 1. Cilt - Kamelya’nın Ölümü</t>
+          <t>Amanvermez Avni’nin Serüvenleri 2. Cilt Osmanlı’nın Sherlock Holmes’ü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054505074</t>
+          <t>9786054505579</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Altın Yıldız</t>
+          <t>Amanvermez Avni’nin Serüvenleri 1. Cilt - Kamelya’nın Ölümü</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054069439</t>
+          <t>9786054505074</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Altı Bardakta Dünya Tarihi</t>
+          <t>Altın Yıldız</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>17.59</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054505067</t>
+          <t>9786054069439</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Bildiğimi Sanırdım</t>
+          <t>Altı Bardakta Dünya Tarihi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>9.26</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055596538</t>
+          <t>9786054505067</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Alışverişe Kıskançlık Molası</t>
+          <t>Allah’ı Bildiğimi Sanırdım</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789944860116</t>
+          <t>9786055596538</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Alıklar Birliği</t>
+          <t>Alışverişe Kıskançlık Molası</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789759174200</t>
+          <t>9789944860116</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Albayım Beni Nezahat İle Evlendir</t>
+          <t>Alıklar Birliği</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>9.26</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789759174651</t>
+          <t>9789759174200</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Aktüel Yazıları ya da Hangimiz Uğramadık Sanki Haksızlıklara</t>
+          <t>Albayım Beni Nezahat İle Evlendir</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055596927</t>
+          <t>9789759174651</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Altın Gözlü Kız</t>
+          <t>Aktüel Yazıları ya da Hangimiz Uğramadık Sanki Haksızlıklara</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054069040</t>
+          <t>9786055596927</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığı Üzerine</t>
+          <t>Altın Gözlü Kız</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789759174477</t>
+          <t>9786054069040</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ajda’nın Elmasları</t>
+          <t>Akıl Sağlığı Üzerine</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054069095</t>
+          <t>9789759174477</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ağda Zamanı</t>
+          <t>Ajda’nın Elmasları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789944860284</t>
+          <t>9786054069095</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Agnes Grey</t>
+          <t>Ağda Zamanı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054069514</t>
+          <t>9789944860284</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sağlıklı Egzersiz</t>
+          <t>Agnes Grey</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054069927</t>
+          <t>9786054069514</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Açlığın Şarkısı</t>
+          <t>Adım Adım Sağlıklı Egzersiz</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944860024</t>
+          <t>9786054069927</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Yargılanıyor</t>
+          <t>Açlığın Şarkısı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789759174903</t>
+          <t>9789944860024</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>1929’da Plaklarda Dinlediğiniz Sanatkarlar</t>
+          <t>27 Mayıs Yargılanıyor</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055596743</t>
+          <t>9789759174903</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>100 Yaşı Devirmenin Sırları</t>
+          <t>1929’da Plaklarda Dinlediğiniz Sanatkarlar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054505197</t>
+          <t>9786055596743</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>2012 Astroloji ve Burçlar Rehberi</t>
+          <t>100 Yaşı Devirmenin Sırları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>2789788619373</t>
+          <t>9786054505197</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ne Zormuş Büyümek Seti-5 Kitap Takım</t>
+          <t>2012 Astroloji ve Burçlar Rehberi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>480</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>2789788618970</t>
+          <t>2789788619373</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Masal Eğitim Seti (10 Kitap Takım)</t>
+          <t>Ne Zormuş Büyümek Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>2789788619120</t>
+          <t>2789788618970</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Klasikleri-Kafka ve Stefan Zweig Seti-5 Kitap Takım</t>
+          <t>Masal Eğitim Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>2789788619113</t>
+          <t>2789788619120</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (Büyük Boy - 4 Kitap Takım)</t>
+          <t>Yetişkin Klasikleri-Kafka ve Stefan Zweig Seti-5 Kitap Takım</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>2789788619106</t>
+          <t>2789788619113</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Alev Alatlı ve İskender Pala Seti (3 Kitap Takım)</t>
+          <t>Çocuk Klasikleri Seti (Büyük Boy - 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>2789788619090</t>
+          <t>2789788619106</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Hafızası Seti-6 Kitap Takım</t>
+          <t>Alev Alatlı ve İskender Pala Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>450</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057717306</t>
+          <t>2789788619090</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer'in Maceraları</t>
+          <t>Kadınların Hafızası Seti-6 Kitap Takım</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057717276</t>
+          <t>9786057717306</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Udi</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257231015</t>
+          <t>9786057717276</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Udi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9772149384143</t>
+          <t>9786257231015</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mantı Makarna - En İyi 100 Tarif</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052169964</t>
+          <t>9772149384143</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Fesüphanallah! - Nasihatname 1</t>
+          <t>Mantı Makarna - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>420</v>
+        <v>30</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9771308703016</t>
+          <t>9786052169964</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Glutensiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
+          <t>Fesüphanallah! - Nasihatname 1</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>20</v>
+        <v>420</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9771308703030</t>
+          <t>9771308703016</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Şekersiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
+          <t>Glutensiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9771308703023</t>
+          <t>9771308703030</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Vegan: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
+          <t>Şekersiz: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9772602228076</t>
+          <t>9771308703023</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sofra Ev Yapımı</t>
+          <t>Vegan: İyi Beslen İyi Yaşa (Sofra Kış Özel) (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052169971</t>
+          <t>9772602228076</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Zaman Makinesi Nasıl Yapılır?</t>
+          <t>Sofra Ev Yapımı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>250</v>
+        <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057717009</t>
+          <t>9786052169971</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Operasyonu: 19 Mayıs (Ciltli)</t>
+          <t>Zaman Makinesi Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9772149384105</t>
+          <t>9786057717009</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Börekler - En İyi 100 Tarif</t>
+          <t>Bir Devlet Operasyonu: 19 Mayıs (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>30</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>3990004554032</t>
+          <t>9772149384105</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sofra Ramazan Özel</t>
+          <t>Börekler - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>27.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9772149384112</t>
+          <t>3990004554032</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Köfteler - En İyi 100 Tarif</t>
+          <t>Sofra Ramazan Özel</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257548960</t>
+          <t>9772149384112</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Enver</t>
+          <t>Köfteler - En İyi 100 Tarif</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786257548861</t>
+          <t>9786257548960</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Çatışma</t>
+          <t>Enver</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257548694</t>
+          <t>9786257548861</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa'nın Evrak-ı Metrukesi</t>
+          <t>Çatışma</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257231145</t>
+          <t>9786257548694</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hedefteki Osmanlı</t>
+          <t>Talat Paşa'nın Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257231213</t>
+          <t>9786257231145</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yavuz - Adaletin Kılıcı</t>
+          <t>Hedefteki Osmanlı</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786257231121</t>
+          <t>9786257231213</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönemezsin</t>
+          <t>Yavuz - Adaletin Kılıcı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786257231251</t>
+          <t>9786257231121</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Şahbaba</t>
+          <t>Eve Dönemezsin</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>1250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057717443</t>
+          <t>9786257231251</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Öyle Geçer ki Zaman</t>
+          <t>Şahbaba</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>2789788619380</t>
+          <t>9786057717443</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (Küçük Boy - 4 Kitap Takım)</t>
+          <t>Öyle Geçer ki Zaman</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>340</v>
+        <v>500</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057717597</t>
+          <t>2789788619380</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Çocuk Klasikleri Seti (Küçük Boy - 4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786257231206</t>
+          <t>9786057717597</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlılar</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>687.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057717030</t>
+          <t>9786257231206</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Operasyonu: 19 Mayıs</t>
+          <t>Son Osmanlılar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>500</v>
+        <v>687.5</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786257548243</t>
+          <t>9786057717030</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Çin'in Yönetimi 1</t>
+          <t>Bir Devlet Operasyonu: 19 Mayıs</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256548183</t>
+          <t>9786257548243</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bombardıman Uçakları ve Tanklar Arasında Gazze</t>
+          <t>Çin'in Yönetimi 1</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256548145</t>
+          <t>9786256548183</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Askeri Vaziyeti</t>
+          <t>Bombardıman Uçakları ve Tanklar Arasında Gazze</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256548169</t>
+          <t>9786256548145</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Makbule</t>
+          <t>Osmanlı İmparatorluğu’nun Askeri Vaziyeti</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052169759</t>
+          <t>9786256548169</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kalp</t>
+          <t>Makbule</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256548152</t>
+          <t>9786052169759</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hitler'in Kuzey Ütopyası</t>
+          <t>Kalp</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256548138</t>
+          <t>9786256548152</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Roma Tarihi MS 353- 378</t>
+          <t>Hitler'in Kuzey Ütopyası</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786259437651</t>
+          <t>9786256548138</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ses, Söz, Sevgili</t>
+          <t>Roma Tarihi MS 353- 378</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256548121</t>
+          <t>9786259437651</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>CIA Dünya’nın En İyi Yazarlarını Nasıl Kandırdı?</t>
+          <t>Ses, Söz, Sevgili</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256548107</t>
+          <t>9786256548121</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Adres Defteri - Kimlik, Irk, Servet ve Güç Hakkında Adresler Ne Anlatır?</t>
+          <t>CIA Dünya’nın En İyi Yazarlarını Nasıl Kandırdı?</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256548091</t>
+          <t>9786256548107</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Dostum Gogol - Büyük Yazarın Hiç Anlatılmamış Yaşam Öyküsü</t>
+          <t>Adres Defteri - Kimlik, Irk, Servet ve Güç Hakkında Adresler Ne Anlatır?</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256548084</t>
+          <t>9786256548091</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Dostum Gogol - Büyük Yazarın Hiç Anlatılmamış Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786257548274</t>
+          <t>9786256548084</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Bir Dünya Mümkün (Arapça)</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052169957</t>
+          <t>9786257548274</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hafazanallah! - Nasihatname 2</t>
+          <t>Daha Adil Bir Dünya Mümkün (Arapça)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256548060</t>
+          <t>9786052169957</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Atlantik Köle Ticaretinin Kurbanları Afrikalılar</t>
+          <t>Hafazanallah! - Nasihatname 2</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256548053</t>
+          <t>9786256548060</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İtiraflarım</t>
+          <t>Atlantik Köle Ticaretinin Kurbanları Afrikalılar</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256548046</t>
+          <t>9786256548053</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>İtiraflarım</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256548039</t>
+          <t>9786256548046</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Efendi ile Uşak</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257548991</t>
+          <t>9786256548039</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Efendi ile Uşak</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786257548953</t>
+          <t>9786257548991</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>İttihadçı’nın Sandığı</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>900</v>
+        <v>125</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257548939</t>
+          <t>9786257548953</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık Hareketi</t>
+          <t>İttihadçı’nın Sandığı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786257548908</t>
+          <t>9786257548939</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hayatım Roman</t>
+          <t>Sıfır Atık Hareketi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786257548922</t>
+          <t>9786257548908</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bildiğiniz Gibi Değil</t>
+          <t>Hayatım Roman</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786257548878</t>
+          <t>9786257548922</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Reddimiras</t>
+          <t>Bildiğiniz Gibi Değil</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257548847</t>
+          <t>9786257548878</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Zamana Sorular / Tarih Unutmaz</t>
+          <t>Reddimiras</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257548687</t>
+          <t>9786257548847</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>İnsan Zihninde On Yolculuk</t>
+          <t>Zamana Sorular / Tarih Unutmaz</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257548854</t>
+          <t>9786257548687</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Hangi Türkiye? - Cumhurbaşkanlığı Hükümet Sistemi ya da Güçlendirilmiş Parlamenter Sistem</t>
+          <t>İnsan Zihninde On Yolculuk</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257548311</t>
+          <t>9786257548854</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>The World is our Common Home</t>
+          <t>Hangi Türkiye? - Cumhurbaşkanlığı Hükümet Sistemi ya da Güçlendirilmiş Parlamenter Sistem</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257548540</t>
+          <t>9786257548311</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>This İs Türkiye - On The Verge Of Energy And Economic Independence</t>
+          <t>The World is our Common Home</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257548496</t>
+          <t>9786257548540</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Üç Ölüm</t>
+          <t>This İs Türkiye - On The Verge Of Energy And Economic Independence</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257548366</t>
+          <t>9786257548496</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Üç Ölüm</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257548373</t>
+          <t>9786257548366</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’ın İki Yeni Macerası</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257548793</t>
+          <t>9786257548373</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>My Mother’s Voice</t>
+          <t>Tom Sawyer’ın İki Yeni Macerası</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257548502</t>
+          <t>9786257548793</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Oğlu</t>
+          <t>My Mother’s Voice</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257548533</t>
+          <t>9786257548502</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kadere Karşı Koy A. Ş.</t>
+          <t>Kurdun Oğlu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257548557</t>
+          <t>9786257548533</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ortak Evimiz</t>
+          <t>Kadere Karşı Koy A. Ş.</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257548526</t>
+          <t>9786257548557</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Muhabbetna(ğ)me</t>
+          <t>Dünya Ortak Evimiz</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257548472</t>
+          <t>9786257548526</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Burası Çok Önemli!</t>
+          <t>Muhabbetna(ğ)me</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257548397</t>
+          <t>9786257548472</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kaynananın Ontolojisi Siyasetin Cevhersiz Arazı</t>
+          <t>Burası Çok Önemli!</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257548458</t>
+          <t>9786257548397</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Annemin Sesi</t>
+          <t>Kaynananın Ontolojisi Siyasetin Cevhersiz Arazı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257548410</t>
+          <t>9786257548458</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Bozkurt</t>
+          <t>Annemin Sesi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257548359</t>
+          <t>9786257548410</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Mutfağı</t>
+          <t>Çöldeki Bozkurt</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257548342</t>
+          <t>9786257548359</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Mutfağı (Ciltli)</t>
+          <t>Atatürk'ün Mutfağı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257548328</t>
+          <t>9786257548342</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Yaman Kelime</t>
+          <t>Atatürk'ün Mutfağı (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257548236</t>
+          <t>9786257548328</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Hak Yol İslam Yazacağız</t>
+          <t>Ayrılık Yaman Kelime</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257548335</t>
+          <t>9786257548236</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kaideye Tamah Etmeyen İstisnadır Hayat</t>
+          <t>Hak Yol İslam Yazacağız</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257548199</t>
+          <t>9786257548335</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>A Fairer World is Possible</t>
+          <t>Kaideye Tamah Etmeyen İstisnadır Hayat</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257548182</t>
+          <t>9786257548199</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Afrika Seyahatlerim (Ciltli)</t>
+          <t>A Fairer World is Possible</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257548076</t>
+          <t>9786257548182</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Hafızası - Hanımlara Mahsus Hikayeler</t>
+          <t>Afrika Seyahatlerim (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257548069</t>
+          <t>9786257548076</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Muallime - Kadınların Havızası</t>
+          <t>Kadınların Hafızası - Hanımlara Mahsus Hikayeler</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257548083</t>
+          <t>9786257548069</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Bir Dünya Mümkün</t>
+          <t>Muallime - Kadınların Havızası</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257548007</t>
+          <t>9786257548083</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Daha Adil Bir Dünya Mümkün (Ciltli)</t>
+          <t>Daha Adil Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257548014</t>
+          <t>9786257548007</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Daha Adil Bir Dünya Mümkün (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257548021</t>
+          <t>9786257548014</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Petersburg Öyküleri</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257231787</t>
+          <t>9786257548021</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Adı Yok Ya Da Neden Feminist Değilim?</t>
+          <t>Petersburg Öyküleri</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257231626</t>
+          <t>9786257231787</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Suç Ortağı Hollywood</t>
+          <t>Ailenin Adı Yok Ya Da Neden Feminist Değilim?</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257231565</t>
+          <t>9786257231626</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Asırlık Gece</t>
+          <t>Suç Ortağı Hollywood</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257231312</t>
+          <t>9786257231565</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Asırlık Gece</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>137.5</v>
+        <v>500</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257231572</t>
+          <t>9786257231312</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşkın Tarihi</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>150</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257231602</t>
+          <t>9786257231572</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Muhammed Ali</t>
+          <t>Bir Aşkın Tarihi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257231299</t>
+          <t>9786257231602</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Çalar Saati ve Diğer Muhteşem Antik İcatlar</t>
+          <t>Kardeşim Muhammed Ali</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257231596</t>
+          <t>9786257231299</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Önder (S.A.V.) ve Tolerans</t>
+          <t>Platon’un Çalar Saati ve Diğer Muhteşem Antik İcatlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>187.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257231237</t>
+          <t>9786257231596</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Öncü Müslüman Kadınlar - Kadınların Hafızası</t>
+          <t>Önder (S.A.V.) ve Tolerans</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>375</v>
+        <v>187.5</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257231220</t>
+          <t>9786257231237</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İzdivaçlar, İttifaklar ve İhtilaflar - Kadınların Hafızası</t>
+          <t>Öncü Müslüman Kadınlar - Kadınların Hafızası</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257231244</t>
+          <t>9786257231220</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Kedileri</t>
+          <t>İzdivaçlar, İttifaklar ve İhtilaflar - Kadınların Hafızası</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>312.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257231176</t>
+          <t>9786257231244</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Sema Defteri</t>
+          <t>Geçmiş Zaman Kedileri</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>312.5</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257231077</t>
+          <t>9786257231176</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Engel</t>
+          <t>Dervişin Sema Defteri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>312.5</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257231008</t>
+          <t>9786257231077</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Engel</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257231114</t>
+          <t>9786257231008</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kanamalı Haydut</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057717610</t>
+          <t>9786257231114</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Kurtaran Kedi</t>
+          <t>Kanamalı Haydut</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257231084</t>
+          <t>9786057717610</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Kitapları Kurtaran Kedi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257231022</t>
+          <t>9786257231084</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Son Sığınak</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>350</v>
+        <v>125</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057717993</t>
+          <t>9786257231022</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Son Sığınak</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057717955</t>
+          <t>9786057717993</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Öteki</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057717702</t>
+          <t>9786057717955</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kafasını Kaybeden Adam</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057717603</t>
+          <t>9786057717702</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Kafasını Kaybeden Adam</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057717696</t>
+          <t>9786057717603</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057717542</t>
+          <t>9786057717696</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Huckleberry Finn'in Maceraları</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057717665</t>
+          <t>9786057717542</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Anı Seyretmek</t>
+          <t>Huckleberry Finn'in Maceraları</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057717504</t>
+          <t>9786057717665</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Gayya Kuyusu (Latin Harflerine Aktarılmış Orijinal Metin)</t>
+          <t>Aşk ile Anı Seyretmek</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786057717528</t>
+          <t>9786057717504</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Mükafat-ı İlahiye</t>
+          <t>Gayya Kuyusu (Latin Harflerine Aktarılmış Orijinal Metin)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057717511</t>
+          <t>9786057717528</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Terbiye-i Etfale Ait Üç Hikaye</t>
+          <t>Mükafat-ı İlahiye</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057717498</t>
+          <t>9786057717511</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Kederleri</t>
+          <t>Terbiye-i Etfale Ait Üç Hikaye</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057717474</t>
+          <t>9786057717498</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Biat - Bir Turgut Reis Hikayesi</t>
+          <t>Coğrafya Kederleri</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057717481</t>
+          <t>9786057717474</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Dünyasızlar</t>
+          <t>Biat - Bir Turgut Reis Hikayesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057717467</t>
+          <t>9786057717481</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Dünyasızlar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057717429</t>
+          <t>9786057717467</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057717412</t>
+          <t>9786057717429</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057717184</t>
+          <t>9786057717412</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Acıyla Çarp Kalbim</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057717368</t>
+          <t>9786057717184</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Acıyla Çarp Kalbim</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057717191</t>
+          <t>9786057717368</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786057717290</t>
+          <t>9786057717191</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kardeş</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057717313</t>
+          <t>9786057717290</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kasiyer</t>
+          <t>Kardeş</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057717252</t>
+          <t>9786057717313</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Levayih-i Hayat</t>
+          <t>Kasiyer</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057717214</t>
+          <t>9786057717252</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Off The Record Yavuz Donat Kitabı</t>
+          <t>Levayih-i Hayat</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057717269</t>
+          <t>9786057717214</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Refet</t>
+          <t>Off The Record Yavuz Donat Kitabı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057717177</t>
+          <t>9786057717269</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Refet</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057717160</t>
+          <t>9786057717177</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057717023</t>
+          <t>9786057717160</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Gönüller</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057717047</t>
+          <t>9786057717023</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Ağırlığı</t>
+          <t>Yıkık Gönüller</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057717153</t>
+          <t>9786057717047</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk</t>
+          <t>Gölgenin Ağırlığı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057717016</t>
+          <t>9786057717153</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Ve Aşk</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052169940</t>
+          <t>9786057717016</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052169933</t>
+          <t>9786052169940</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052169926</t>
+          <t>9786052169933</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052169889</t>
+          <t>9786052169926</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052169872</t>
+          <t>9786052169889</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ve Rakım Efendi</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052169797</t>
+          <t>9786052169872</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Felatun Bey ve Rakım Efendi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052169643</t>
+          <t>9786052169797</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052169810</t>
+          <t>9786052169643</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052169650</t>
+          <t>9786052169810</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Cennet Mektupları</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052169582</t>
+          <t>9786052169650</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Cennet Mektupları</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052169681</t>
+          <t>9786052169582</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052169698</t>
+          <t>9786052169681</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar?</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052169483</t>
+          <t>9786052169698</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Dün Dündür - Mehmet Barlas Kitabı</t>
+          <t>İnsan Ne İle Yaşar?</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052169551</t>
+          <t>9786052169483</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mabet - Toplu Öyküleri 2</t>
+          <t>Dün Dündür - Mehmet Barlas Kitabı</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052169476</t>
+          <t>9786052169551</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Diplomatik Vahşet - Cemal Kaşıkçı Cinayetinin Karanlık Sırları</t>
+          <t>Gizli Mabet - Toplu Öyküleri 2</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052169285</t>
+          <t>9786052169476</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Uzay Baronları</t>
+          <t>Diplomatik Vahşet - Cemal Kaşıkçı Cinayetinin Karanlık Sırları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052169292</t>
+          <t>9786052169285</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Uzay Baronları</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052169223</t>
+          <t>9786052169292</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052169216</t>
+          <t>9786052169223</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052169261</t>
+          <t>9786052169216</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Asilzadeler</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052169254</t>
+          <t>9786052169261</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Asilzadeler</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052169155</t>
+          <t>9786052169254</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052169230</t>
+          <t>9786052169155</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Gezegenin Tamahkar Çocukları</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052169162</t>
+          <t>9786052169230</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Gezegenin Tamahkar Çocukları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052169148</t>
+          <t>9786052169162</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052169193</t>
+          <t>9786052169148</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Çağrısı</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052169124</t>
+          <t>9786052169193</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Günlük Dualar Kitabı</t>
+          <t>Yabanın Çağrısı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052169117</t>
+          <t>9786052169124</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Allah'ı Bildiğimi Sanırdım</t>
+          <t>Günlük Dualar Kitabı</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054505449</t>
+          <t>9786052169117</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İslam’la Yüzleşmek</t>
+          <t>Allah'ı Bildiğimi Sanırdım</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786056670831</t>
+          <t>9786054505449</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kontemporari İbrahim Efendi’nin Rüyaları</t>
+          <t>İslam’la Yüzleşmek</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786056670824</t>
+          <t>9786056670831</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı Bay Bay</t>
+          <t>Kontemporari İbrahim Efendi’nin Rüyaları</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
+          <t>9786056670824</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Kod Adı Bay Bay</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
           <t>9786056670817</t>
         </is>
       </c>
-      <c r="B422" s="1" t="inlineStr">
+      <c r="B423" s="1" t="inlineStr">
         <is>
           <t>Lider - Siyasi Liderlik ve Erdoğan</t>
         </is>
       </c>
-      <c r="C422" s="1">
+      <c r="C423" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>