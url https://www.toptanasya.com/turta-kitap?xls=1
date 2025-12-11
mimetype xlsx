--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -94,126 +94,126 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259602608</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Merhamet Kalbimde İyilik Her Yerde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057301444</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Ne Eksik Ne Fazla</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057301499</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Özgüvenim Tam Hata Yapmaktan Korkmam</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057301451</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Cesaret Hep Yanımda</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786057301420</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Eymi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786057301413</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Zorbalığa Karşı Taktiklerim Var</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786057301406</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Sana Kek Yaptım</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>249</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057012395</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
@@ -229,51 +229,51 @@
         <is>
           <t>9786057012388</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Noktagiller</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786057012371</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Balyanaklar İçin Mahremiyet Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786057012340</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Nardaniye Hanım ve Pamuk Prenses</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786057012333</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
@@ -304,51 +304,51 @@
         <is>
           <t>9786057012364</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Bir Uzay Masalı</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057012326</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Dünya Kadar Çocuk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>159</v>
+        <v>189</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057012319</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Dedemin Zaman Kapsülü</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786056834295</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>