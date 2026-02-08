--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -85,430 +85,445 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259602608</t>
+          <t>9786057301437</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Kalbimde İyilik Her Yerde</t>
+          <t>Benim Adım Deprem</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057301444</t>
+          <t>9786259602608</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ne Eksik Ne Fazla</t>
+          <t>Merhamet Kalbimde İyilik Her Yerde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057301499</t>
+          <t>9786057301444</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenim Tam Hata Yapmaktan Korkmam</t>
+          <t>Ne Eksik Ne Fazla</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057301451</t>
+          <t>9786057301499</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Hep Yanımda</t>
+          <t>Özgüvenim Tam Hata Yapmaktan Korkmam</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057301420</t>
+          <t>9786057301451</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eymi</t>
+          <t>Cesaret Hep Yanımda</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057301413</t>
+          <t>9786057301420</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zorbalığa Karşı Taktiklerim Var</t>
+          <t>Eymi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057301406</t>
+          <t>9786057301413</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sana Kek Yaptım</t>
+          <t>Zorbalığa Karşı Taktiklerim Var</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>249</v>
+        <v>199</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057012395</t>
+          <t>9786057301406</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Say Doya Doya</t>
+          <t>Sana Kek Yaptım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>249</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057012388</t>
+          <t>9786057012395</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Noktagiller</t>
+          <t>Say Doya Doya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>169</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057012371</t>
+          <t>9786057012388</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Balyanaklar İçin Mahremiyet Kitabı</t>
+          <t>Noktagiller</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057012340</t>
+          <t>9786057012371</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nardaniye Hanım ve Pamuk Prenses</t>
+          <t>Balyanaklar İçin Mahremiyet Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057012333</t>
+          <t>9786057012340</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tulpar ve Pegasus</t>
+          <t>Nardaniye Hanım ve Pamuk Prenses</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057012357</t>
+          <t>9786057012333</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mercimek Çocuk ve Parmak Çocuk</t>
+          <t>Tulpar ve Pegasus</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057012364</t>
+          <t>9786057012357</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzay Masalı</t>
+          <t>Mercimek Çocuk ve Parmak Çocuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057012326</t>
+          <t>9786057012364</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kadar Çocuk</t>
+          <t>Bir Uzay Masalı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>189</v>
+        <v>139</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057012319</t>
+          <t>9786057012326</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Zaman Kapsülü</t>
+          <t>Dünya Kadar Çocuk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056834295</t>
+          <t>9786057012319</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Limon Kasasından Hayaller</t>
+          <t>Dedemin Zaman Kapsülü</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056834288</t>
+          <t>9786056834295</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kakazoo - Bir Kakadan Çok Daha Fazlası: Ekolojik Denge</t>
+          <t>Limon Kasasından Hayaller</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056834264</t>
+          <t>9786056834288</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kakaloji - Bir Kakanın Bilimsel Yolculuğu</t>
+          <t>Kakazoo - Bir Kakadan Çok Daha Fazlası: Ekolojik Denge</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056834271</t>
+          <t>9786056834264</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kakademi - Birtakım Kakademik İşler</t>
+          <t>Kakaloji - Bir Kakanın Bilimsel Yolculuğu</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056834257</t>
+          <t>9786056834271</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İyilik Perim Cimcime</t>
+          <t>Kakademi - Birtakım Kakademik İşler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056834240</t>
+          <t>9786056834257</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>N'olur Ödev Ver Öğretmenim</t>
+          <t>İyilik Perim Cimcime</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056834233</t>
+          <t>9786056834240</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mita ve Gizemli İnci</t>
+          <t>N'olur Ödev Ver Öğretmenim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056834226</t>
+          <t>9786056834233</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gemisinde Bir Hafta</t>
+          <t>Mita ve Gizemli İnci</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>139</v>
+        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056834004</t>
+          <t>9786056834226</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Akademisyen Anne Seti (Eğlenceli Gelişim Etkinlikleri 2'li Set)</t>
+          <t>Uzay Gemisinde Bir Hafta</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>348</v>
+        <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
+          <t>9786056834004</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Akademisyen Anne Seti (Eğlenceli Gelişim Etkinlikleri 2'li Set)</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
           <t>9786056834219</t>
         </is>
       </c>
-      <c r="B27" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Benim Kapkek Kitabım</t>
         </is>
       </c>
-      <c r="C27" s="1">
+      <c r="C28" s="1">
         <v>189</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>