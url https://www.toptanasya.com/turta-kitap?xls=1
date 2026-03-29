--- v2 (2026-02-08)
+++ v3 (2026-03-29)
@@ -85,445 +85,475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057301437</t>
+          <t>9786056834202</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Deprem</t>
+          <t>Sana Kek Yaptım (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>169</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259602608</t>
+          <t>3990000048742</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Kalbimde İyilik Her Yerde</t>
+          <t>Kakaloji Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>199</v>
+        <v>89.7</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057301444</t>
+          <t>9786057301437</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ne Eksik Ne Fazla</t>
+          <t>Benim Adım Deprem</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057301499</t>
+          <t>9786259602608</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Özgüvenim Tam Hata Yapmaktan Korkmam</t>
+          <t>Merhamet Kalbimde İyilik Her Yerde</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057301451</t>
+          <t>9786057301444</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Hep Yanımda</t>
+          <t>Ne Eksik Ne Fazla</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>199</v>
+        <v>169</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057301420</t>
+          <t>9786057301499</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Eymi</t>
+          <t>Özgüvenim Tam Hata Yapmaktan Korkmam</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057301413</t>
+          <t>9786057301451</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zorbalığa Karşı Taktiklerim Var</t>
+          <t>Cesaret Hep Yanımda</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057301406</t>
+          <t>9786057301420</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sana Kek Yaptım</t>
+          <t>Eymi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057012395</t>
+          <t>9786057301413</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Say Doya Doya</t>
+          <t>Zorbalığa Karşı Taktiklerim Var</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>199</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057012388</t>
+          <t>9786057301406</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Noktagiller</t>
+          <t>Sana Kek Yaptım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>169</v>
+        <v>249</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057012371</t>
+          <t>9786057012395</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Balyanaklar İçin Mahremiyet Kitabı</t>
+          <t>Say Doya Doya</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>199</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057012340</t>
+          <t>9786057012388</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nardaniye Hanım ve Pamuk Prenses</t>
+          <t>Noktagiller</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057012333</t>
+          <t>9786057012371</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tulpar ve Pegasus</t>
+          <t>Balyanaklar İçin Mahremiyet Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057012357</t>
+          <t>9786057012340</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mercimek Çocuk ve Parmak Çocuk</t>
+          <t>Nardaniye Hanım ve Pamuk Prenses</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057012364</t>
+          <t>9786057012333</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzay Masalı</t>
+          <t>Tulpar ve Pegasus</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>139</v>
+        <v>169</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057012326</t>
+          <t>9786057012357</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kadar Çocuk</t>
+          <t>Mercimek Çocuk ve Parmak Çocuk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057012319</t>
+          <t>9786057012364</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Zaman Kapsülü</t>
+          <t>Bir Uzay Masalı</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056834295</t>
+          <t>9786057012326</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Limon Kasasından Hayaller</t>
+          <t>Dünya Kadar Çocuk</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>139</v>
+        <v>189</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056834288</t>
+          <t>9786057012319</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kakazoo - Bir Kakadan Çok Daha Fazlası: Ekolojik Denge</t>
+          <t>Dedemin Zaman Kapsülü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056834264</t>
+          <t>9786056834295</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kakaloji - Bir Kakanın Bilimsel Yolculuğu</t>
+          <t>Limon Kasasından Hayaller</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>199</v>
+        <v>139</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056834271</t>
+          <t>9786056834288</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kakademi - Birtakım Kakademik İşler</t>
+          <t>Kakazoo - Bir Kakadan Çok Daha Fazlası: Ekolojik Denge</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056834257</t>
+          <t>9786056834264</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İyilik Perim Cimcime</t>
+          <t>Kakaloji - Bir Kakanın Bilimsel Yolculuğu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786056834240</t>
+          <t>9786056834271</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>N'olur Ödev Ver Öğretmenim</t>
+          <t>Kakademi - Birtakım Kakademik İşler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056834233</t>
+          <t>9786056834257</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mita ve Gizemli İnci</t>
+          <t>İyilik Perim Cimcime</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056834226</t>
+          <t>9786056834240</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Uzay Gemisinde Bir Hafta</t>
+          <t>N'olur Ödev Ver Öğretmenim</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>139</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056834004</t>
+          <t>9786056834233</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Akademisyen Anne Seti (Eğlenceli Gelişim Etkinlikleri 2'li Set)</t>
+          <t>Mita ve Gizemli İnci</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>438</v>
+        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
+          <t>9786056834226</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Uzay Gemisinde Bir Hafta</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786056834004</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Akademisyen Anne Seti (Eğlenceli Gelişim Etkinlikleri 2'li Set)</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>9786056834219</t>
         </is>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Benim Kapkek Kitabım</t>
         </is>
       </c>
-      <c r="C28" s="1">
+      <c r="C30" s="1">
         <v>189</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>