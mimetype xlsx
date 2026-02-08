--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -85,1360 +85,1495 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059218610</t>
+          <t>9786059218498</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Anda Sırlanmış Hayat</t>
+          <t>Terapistin Sufi Olursa</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>410</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059218290</t>
+          <t>9786059218368</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İzafiyet ve Kuantum Fiziği</t>
+          <t>Hata Yapmama İzin Ver</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>410</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059218085</t>
+          <t>9786059218467</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Değişen Beynim</t>
+          <t>Kendine Doğmak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>535</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059218788</t>
+          <t>9786059218337</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Pratik Enneagram</t>
+          <t>Dönüşüm Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>410</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059218603</t>
+          <t>9786059218184</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İFA: İnsanın Fabrika Ayarları 1. Kitap - Beden</t>
+          <t>Zulme Karşı Gandhi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>420</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059218061</t>
+          <t>9786059218412</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal - Birinci Kitap</t>
+          <t>24 Öğrenme Tuzağı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>630</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259435084</t>
+          <t>9786056549724</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Brezilyalı Kanarya</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259435091</t>
+          <t>9786059218108</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mür Kokulu Kadın</t>
+          <t>Ölüm' Sözlük</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>410</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259435039</t>
+          <t>9786058509153</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ailemden Simalar</t>
+          <t>197 Gün</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>490</v>
+        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259435022</t>
+          <t>9786059218610</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayat Mutfağım</t>
+          <t>Anda Sırlanmış Hayat</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259435015</t>
+          <t>9786059218290</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Neoben</t>
+          <t>İzafiyet ve Kuantum Fiziği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057225955</t>
+          <t>9786059218085</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Boşlukların İnsanı</t>
+          <t>Değişen Beynim</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>535</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057225931</t>
+          <t>9786059218788</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Anlamalar</t>
+          <t>Pratik Enneagram</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>410</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057225924</t>
+          <t>9786059218603</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dijital Baba’dan Mesaj Var!</t>
+          <t>İFA: İnsanın Fabrika Ayarları 1. Kitap - Beden</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057225917</t>
+          <t>9786059218061</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar, Erkekler, Cinslikler ve Cinsellikler</t>
+          <t>A'mak-ı Hayal - Birinci Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>255</v>
+        <v>630</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057365484</t>
+          <t>9786259435084</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Dili Olsa</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057365453</t>
+          <t>9786259435091</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tüm Beyin ile Yaşam</t>
+          <t>Mür Kokulu Kadın</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>630</v>
+        <v>410</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057365460</t>
+          <t>9786259435039</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İFA - İnsanın Fabrika Ayarları (Genişletilmiş Yeni Baskı)</t>
+          <t>Ailemden Simalar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057163707</t>
+          <t>9786259435022</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Korona?</t>
+          <t>Hayat Mutfağım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>255</v>
+        <v>420</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057365422</t>
+          <t>9786259435015</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nörosiyaset</t>
+          <t>Neoben</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059218986</t>
+          <t>9786057225955</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Shakespeare</t>
+          <t>Boşlukların İnsanı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>410</v>
+        <v>535</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059218856</t>
+          <t>9786057225931</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Postmodernizm</t>
+          <t>Anlamalar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>410</v>
+        <v>325</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057365446</t>
+          <t>9786057225924</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kendini Rahat Bırakma</t>
+          <t>Dijital Baba’dan Mesaj Var!</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057365439</t>
+          <t>9786057225917</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Hep Beni Buluyor?</t>
+          <t>Kadınlar, Erkekler, Cinslikler ve Cinsellikler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059218993</t>
+          <t>9786057365484</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği ve Okuma Rehberi</t>
+          <t>Duyguların Dili Olsa</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057365408</t>
+          <t>9786057365453</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çevik Yaşama Giriş</t>
+          <t>Tüm Beyin ile Yaşam</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>630</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057365415</t>
+          <t>9786057365460</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Konuşmadan Anlamak</t>
+          <t>İFA - İnsanın Fabrika Ayarları (Genişletilmiş Yeni Baskı)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>395</v>
+        <v>650</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059218948</t>
+          <t>9786057163707</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ne Yiyorsak O’yuz</t>
+          <t>Nereden Çıktı Bu Korona?</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059218962</t>
+          <t>9786057365422</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bal Kız - Züliş Bize Gelince</t>
+          <t>Nörosiyaset</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>255</v>
+        <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059218955</t>
+          <t>9786059218986</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyanın Cesur İnsanı</t>
+          <t>Yeni Başlayanlar İçin Shakespeare</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059218931</t>
+          <t>9786059218856</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kriptonun Sırları</t>
+          <t>Yeni Başlayanlar İçin Postmodernizm</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>255</v>
+        <v>410</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059218870</t>
+          <t>9786057365446</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mucize Hayatın Kendisidir</t>
+          <t>Kendini Rahat Bırakma</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059218887</t>
+          <t>9786057365439</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yolda Bir Kuşa Rastladım</t>
+          <t>Nasıl Hep Beni Buluyor?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059218863</t>
+          <t>9786059218993</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Damladaki Okyanus</t>
+          <t>Hayvan Çiftliği ve Okuma Rehberi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059218832</t>
+          <t>9786057365408</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Çekirdeği</t>
+          <t>Çevik Yaşama Giriş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059218825</t>
+          <t>9786057365415</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Arife Tarif</t>
+          <t>Konuşmadan Anlamak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>380</v>
+        <v>395</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059218795</t>
+          <t>9786059218948</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Platon 5.Kitap</t>
+          <t>Ne Yiyorsak O’yuz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>410</v>
+        <v>255</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059218733</t>
+          <t>9786059218962</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İFA: İnsanın Fabrika Ayarları 3. Kitap - Sınırları Aşmak</t>
+          <t>Bal Kız - Züliş Bize Gelince</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>420</v>
+        <v>255</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059218702</t>
+          <t>9786059218955</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Güneş Anne ve Çiçek Kız</t>
+          <t>Yeni Dünyanın Cesur İnsanı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>255</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059218696</t>
+          <t>9786059218931</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bal Kız</t>
+          <t>Kriptonun Sırları</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059218641</t>
+          <t>9786059218870</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İnsan Odaklı Liderlik</t>
+          <t>Mucize Hayatın Kendisidir</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>420</v>
+        <v>255</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059218634</t>
+          <t>9786059218887</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Taşanlar</t>
+          <t>Yolda Bir Kuşa Rastladım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059218627</t>
+          <t>9786059218863</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İFA: İnsanın Fabrika Ayarları 2. Kitap - İlişkiler ve Stres</t>
+          <t>Damladaki Okyanus</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059218580</t>
+          <t>9786059218832</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bukra</t>
+          <t>Kiraz Çekirdeği</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059218160</t>
+          <t>9786059218825</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ergen Beyin Rehberi</t>
+          <t>Arife Tarif</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>535</v>
+        <v>380</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059218573</t>
+          <t>9786059218795</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Doğu Felsefesi</t>
+          <t>Yeni Başlayanlar İçin Platon 5.Kitap</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059218566</t>
+          <t>9786059218733</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Keşfediyorum</t>
+          <t>İFA: İnsanın Fabrika Ayarları 3. Kitap - Sınırları Aşmak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059218542</t>
+          <t>9786059218702</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yunan Mitolojisi</t>
+          <t>Güneş Anne ve Çiçek Kız</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>410</v>
+        <v>255</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059218559</t>
+          <t>9786059218696</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kaşif</t>
+          <t>Bal Kız</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059218535</t>
+          <t>9786059218641</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aslında Bir Sanat Var</t>
+          <t>İnsan Odaklı Liderlik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059218528</t>
+          <t>9786059218634</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dijital Gelecekte İnsan Kalmak</t>
+          <t>Gönülden Taşanlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>505</v>
+        <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059218511</t>
+          <t>9786059218627</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İnce Hayat</t>
+          <t>İFA: İnsanın Fabrika Ayarları 2. Kitap - İlişkiler ve Stres</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059218504</t>
+          <t>9786059218580</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Googleaks</t>
+          <t>Bukra</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059218481</t>
+          <t>9786059218160</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aklı Karışık</t>
+          <t>Ergen Beyin Rehberi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>295</v>
+        <v>535</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059218474</t>
+          <t>9786059218573</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>24 Soruda Dijital Dönüşüm</t>
+          <t>Yeni Başlayanlar İçin Doğu Felsefesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>295</v>
+        <v>410</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059218450</t>
+          <t>9786059218566</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolunda Masallar</t>
+          <t>Kendimi Keşfediyorum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059218429</t>
+          <t>9786059218542</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cennette İki Yıl</t>
+          <t>Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>410</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059218405</t>
+          <t>9786059218559</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Siyaset</t>
+          <t>Kaşif</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>255</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059218351</t>
+          <t>9786059218535</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mahalle</t>
+          <t>Aslında Bir Sanat Var</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059218399</t>
+          <t>9786059218528</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gelecekten Beyin Öyküleri</t>
+          <t>Dijital Gelecekte İnsan Kalmak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>410</v>
+        <v>505</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059218375</t>
+          <t>9786059218511</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ayı</t>
+          <t>İnce Hayat</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059218344</t>
+          <t>9786059218504</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>24 Kariyer Tuzağı</t>
+          <t>Googleaks</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059218320</t>
+          <t>9786059218481</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İçim Dışım Bir</t>
+          <t>Aklı Karışık</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059218283</t>
+          <t>9786059218474</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Astronomi</t>
+          <t>24 Soruda Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059218306</t>
+          <t>9786059218450</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Unutulacak Şeyler</t>
+          <t>Aşk Yolunda Masallar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>505</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059218191</t>
+          <t>9786059218429</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens ve Küçük Prens'i Okuma Rehberi</t>
+          <t>Cennette İki Yıl</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>255</v>
+        <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059218238</t>
+          <t>9786059218405</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sıradan İnsana Hikayeler</t>
+          <t>İlm-i Siyaset</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059218221</t>
+          <t>9786059218351</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kıyamete Son 99 Gün</t>
+          <t>Mahalle</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059218153</t>
+          <t>9786059218399</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşk'El Yakın</t>
+          <t>Gelecekten Beyin Öyküleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059218177</t>
+          <t>9786059218375</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kime Kulsun?</t>
+          <t>Ayı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>380</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059218139</t>
+          <t>9786059218344</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kariyerine Ruh Kat</t>
+          <t>24 Kariyer Tuzağı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059218146</t>
+          <t>9786059218320</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Y Kuşağı Anneyim Ben</t>
+          <t>İçim Dışım Bir</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059218122</t>
+          <t>9786059218283</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Lakapları</t>
+          <t>Astronomi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>295</v>
+        <v>410</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059218054</t>
+          <t>9786059218306</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>En Kısa Dünya Tarihi</t>
+          <t>Unutulacak Şeyler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>410</v>
+        <v>505</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059218078</t>
+          <t>9786059218191</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Hakikati</t>
+          <t>Küçük Prens ve Küçük Prens'i Okuma Rehberi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786056549748</t>
+          <t>9786059218238</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dedektif DNA</t>
+          <t>Sıradan İnsana Hikayeler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059218009</t>
+          <t>9786059218221</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Muhafızı</t>
+          <t>Kıyamete Son 99 Gün</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786058509122</t>
+          <t>9786059218153</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yeni Amerika : Dış Politika İçeride Başlar</t>
+          <t>Aşk'El Yakın</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056549731</t>
+          <t>9786059218177</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hicranname</t>
+          <t>Kime Kulsun?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056549717</t>
+          <t>9786059218139</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İçimde AVM Var</t>
+          <t>Kariyerine Ruh Kat</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786058509160</t>
+          <t>9786059218146</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>5 Gün Kala</t>
+          <t>Y Kuşağı Anneyim Ben</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786058509146</t>
+          <t>9786059218122</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bu Kez Çok İleri Gittik</t>
+          <t>Osmanlı Lakapları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058509115</t>
+          <t>9786059218054</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İt Dalaşı</t>
+          <t>En Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>255</v>
+        <v>410</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058509108</t>
+          <t>9786059218078</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslümanlar : Tarih ve Bellek</t>
+          <t>Gölgenin Hakikati</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>255</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056549700</t>
+          <t>9786056549748</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Fincanımda Cola Var</t>
+          <t>Dedektif DNA</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059218047</t>
+          <t>9786059218009</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>44 Türk Masalı</t>
+          <t>Zamanın Muhafızı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>560</v>
+        <v>325</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058509184</t>
+          <t>9786058509122</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Allah Seven Kalplerdedir</t>
+          <t>Yeni Amerika : Dış Politika İçeride Başlar</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
+          <t>9786056549731</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Hicranname</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786056549717</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>İçimde AVM Var</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786058509160</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>5 Gün Kala</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786058509146</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kez Çok İleri Gittik</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786058509115</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>İt Dalaşı</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786058509108</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>İlk Müslümanlar : Tarih ve Bellek</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786056549700</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Fincanımda Cola Var</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786059218047</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>44 Türk Masalı</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786058509184</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Allah Seven Kalplerdedir</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
           <t>9786058509191</t>
         </is>
       </c>
-      <c r="B89" s="1" t="inlineStr">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Kimsenin Bilemeyeceği Şeyler</t>
         </is>
       </c>
-      <c r="C89" s="1">
+      <c r="C98" s="1">
         <v>505</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>