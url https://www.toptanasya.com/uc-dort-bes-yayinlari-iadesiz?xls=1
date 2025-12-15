--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -85,265 +85,295 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255566096</t>
+          <t>9786058116252</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Paragraf Sıfır Risk</t>
+          <t>345 - TYT Türkçe 12 Li Deneme - GÜNCEL BASK</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>549</v>
+        <v>419</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786058116214</t>
+          <t>9786058229983</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT Biyoloji Soru Bankası</t>
+          <t>345 - TYT 10 lu Matematik Deneme - GÜNCEL BASKI</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>480</v>
+        <v>419</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058116238</t>
+          <t>9786255566096</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT Fizik Soru Bankası</t>
+          <t>Paragraf Sıfır Risk</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>549</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255566027</t>
+          <t>9786058116214</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>2026 0 Dan Başla Start Matematik</t>
+          <t>2026 TYT Biyoloji Soru Bankası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>595</v>
+        <v>480</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256060999</t>
+          <t>9786058116238</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>2026 1 Ayda Tüm TYT Sosyal Soru Bankası</t>
+          <t>2026 TYT Fizik Soru Bankası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>459</v>
+        <v>549</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256060982</t>
+          <t>9786255566027</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>YKS Geometri Konu Anlatımlı Soru Bankası 2. Kitap</t>
+          <t>2026 0 Dan Başla Start Matematik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>419</v>
+        <v>595</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056959097</t>
+          <t>9786256060999</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT AYT Geometri Soru Bankası</t>
+          <t>2026 1 Ayda Tüm TYT Sosyal Soru Bankası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>549</v>
+        <v>459</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058116207</t>
+          <t>9786256060982</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT Kimya Soru Bankası</t>
+          <t>YKS Geometri Konu Anlatımlı Soru Bankası 2. Kitap</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>499</v>
+        <v>419</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058136809</t>
+          <t>9786056959097</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT Matematik Soru Bankası</t>
+          <t>2026 TYT AYT Geometri Soru Bankası</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>549</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058136816</t>
+          <t>9786058116207</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2026 AYT Matematik Soru Bankası</t>
+          <t>2026 TYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>549</v>
+        <v>499</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056959035</t>
+          <t>9786058136809</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2026 AYT Kimya Soru Bankası</t>
+          <t>2026 TYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>519</v>
+        <v>549</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056959011</t>
+          <t>9786058136816</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2025 AYT Edebiyat Soru Bankası</t>
+          <t>2026 AYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>414</v>
+        <v>549</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058116221</t>
+          <t>9786056959035</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>TYT Türkçe Soru Bankası</t>
+          <t>2026 AYT Kimya Soru Bankası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>549</v>
+        <v>519</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056959028</t>
+          <t>9786056959011</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2026 AYT Fizik Soru Bankası</t>
+          <t>2025 AYT Edebiyat Soru Bankası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>549</v>
+        <v>414</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
+          <t>9786058116221</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>TYT Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786056959028</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>2026 AYT Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
           <t>9786056959066</t>
         </is>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>2026 AYT Biyoloji Soru Bankası</t>
         </is>
       </c>
-      <c r="C16" s="1">
+      <c r="C18" s="1">
         <v>529</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>