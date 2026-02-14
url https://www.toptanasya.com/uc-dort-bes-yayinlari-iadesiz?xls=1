--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,295 +85,760 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058116252</t>
+          <t>9786058116269</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>345 - TYT Türkçe 12 Li Deneme - GÜNCEL BASK</t>
+          <t>2026 AYT Matematik 10lu Deneme</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>419</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786058229983</t>
+          <t>9786255469988</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>345 - TYT 10 lu Matematik Deneme - GÜNCEL BASKI</t>
+          <t>TYT 1 Haftada Dilbilgisi Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>419</v>
+        <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255566096</t>
+          <t>4444444443315</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Paragraf Sıfır Risk</t>
+          <t>TYT Matematik Soru Bankası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>549</v>
+        <v>439</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058116214</t>
+          <t>4444444443301</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT Biyoloji Soru Bankası</t>
+          <t>TYT Kimya 30 Deneme</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>480</v>
+        <v>229</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786058116238</t>
+          <t>4444444443300</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT Fizik Soru Bankası</t>
+          <t>TYT Biyoloji 30 Deneme</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>549</v>
+        <v>229</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255566027</t>
+          <t>9786057097170</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>2026 0 Dan Başla Start Matematik</t>
+          <t>2025 AYT Biyoloji 20’li Deneme</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>595</v>
+        <v>299</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256060999</t>
+          <t>9786057097187</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>2026 1 Ayda Tüm TYT Sosyal Soru Bankası</t>
+          <t>2025 AYT Fizik 20'li Deneme</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>459</v>
+        <v>299</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256060982</t>
+          <t>9786057097163</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>YKS Geometri Konu Anlatımlı Soru Bankası 2. Kitap</t>
+          <t>2025 AYT Kimya 20'li Deneme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>419</v>
+        <v>299</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056959097</t>
+          <t>9786057097132</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT AYT Geometri Soru Bankası</t>
+          <t>TYT Fizik 30 Deneme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>549</v>
+        <v>295</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058116207</t>
+          <t>9786057097149</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT Kimya Soru Bankası</t>
+          <t>2026 TYT Biyoloji 30 Deneme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>499</v>
+        <v>295</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058136809</t>
+          <t>9786057097156</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2026 TYT Matematik Soru Bankası</t>
+          <t>TYT Kimya 30 Deneme</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>549</v>
+        <v>295</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058136816</t>
+          <t>9786057097118</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2026 AYT Matematik Soru Bankası</t>
+          <t>2026 TYT Fen Bilimleri 25 Deneme Video Çözümlü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>549</v>
+        <v>419</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786056959035</t>
+          <t>9786057097101</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>2026 AYT Kimya Soru Bankası</t>
+          <t>2025 Paragraf Sıfır Risk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>519</v>
+        <v>549</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056959011</t>
+          <t>4444444444523</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>2025 AYT Edebiyat Soru Bankası</t>
+          <t>AYT 8’li Matematik Deneme</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>414</v>
+        <v>419</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058116221</t>
+          <t>9786058116245</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>TYT Türkçe Soru Bankası</t>
+          <t>2024 TYT Tüm Dersler 5 li Deneme</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>549</v>
+        <v>249</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056959028</t>
+          <t>9786058116290</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>2026 AYT Fizik Soru Bankası</t>
+          <t>2024 Model TYT Tarih Soru Bankası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>549</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
+          <t>9786058654327</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Özel Ders Tadında Matematik - Trigonometri</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786058654310</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Özel Ders Tadında Matematik: Permütasyon - Kombinasyon - Olasılık - Binom Açılımı</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786058654303</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Özel Ders Tadında Matematik Karmaşık Sayılar - Logaritma</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>24.07</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786058654358</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>YGS Özel Ders Tadında Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>32.41</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786058445918</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>LYS-1 ÖSYM Çizgisinde Hazırlanmış Deneme Matematik - Geometri 5 Deneme - Orta Seviye</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786056959059</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>2024 AYT Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786056959073</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>2024 AYT Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786058116283</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>AYT Fen Bilimleri 10'lu Deneme</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786056959042</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>TYT 25’li Fen Bilimleri Deneme</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786056959004</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>2026 TYT Coğrafya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786058116276</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>2026 AYT 10'lu Edebiyat - Sosyal 1 Deneme</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786056959080</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>345 - 20 Lİ PARAGRAF DENEME - GÜNCEL BASKI</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786255566645</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>345-1 Haftada TYT Dilbilgisi Konu Anl.Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786255566669</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>345 - Start Paragraf Soru Bankası - GÜNCEL BASKI</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786255566652</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>345 - Start Geometri Soru Bankası - GÜNCEL BASKI</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786058116252</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>345 - TYT Türkçe 12 Li Deneme - GÜNCEL BASK</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786058229983</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>345 - TYT 10 lu Matematik Deneme - GÜNCEL BASKI</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786255566096</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Paragraf Sıfır Risk</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786058116214</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>2026 TYT Biyoloji Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786058116238</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>2026 TYT Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786255566027</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>2026 0 Dan Başla Start Matematik</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786256060999</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>2026 1 Ayda Tüm TYT Sosyal Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786256060982</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>YKS Geometri Konu Anlatımlı Soru Bankası 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786056959097</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>2026 TYT AYT Geometri Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786058116207</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>2026 TYT Kimya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786058136809</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>2026 TYT Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786058136816</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>2026 AYT Matematik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786056959035</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>2026 AYT Kimya Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786056959011</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>2025 AYT Edebiyat Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786058116221</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>TYT Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786056959028</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>2026 AYT Fizik Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
           <t>9786056959066</t>
         </is>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>2026 AYT Biyoloji Soru Bankası</t>
         </is>
       </c>
-      <c r="C18" s="1">
+      <c r="C49" s="1">
         <v>529</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>