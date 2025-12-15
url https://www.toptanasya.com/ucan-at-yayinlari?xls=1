--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,1900 +85,1915 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257556545</t>
+          <t>9786257556347</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözlü Kardan Adam</t>
+          <t>Esrarengiz Şeyler Dolabı</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257556569</t>
+          <t>9786257556545</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tablet Kaşifleri</t>
+          <t>Yeşil Gözlü Kardan Adam</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257556576</t>
+          <t>9786257556569</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuğun Bir Yıldızı Vardır</t>
+          <t>Tablet Kaşifleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257556231</t>
+          <t>9786257556576</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ada</t>
+          <t>Her Çocuğun Bir Yıldızı Vardır</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257556309</t>
+          <t>9786257556231</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Dürbün</t>
+          <t>Mavi Ada</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257556194</t>
+          <t>9786257556309</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Lemi Abi ve Zuzi - Uzay Macerası</t>
+          <t>Sihirli Dürbün</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059501392</t>
+          <t>9786257556194</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Yanak Güneşini Arıyor</t>
+          <t>Lemi Abi ve Zuzi - Uzay Macerası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059501019</t>
+          <t>9786059501392</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Şemsiyem Olsa Kuşlardan</t>
+          <t>Kırmızı Yanak Güneşini Arıyor</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257556354</t>
+          <t>9786059501019</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yazının İzinde Gizemin Peşinde</t>
+          <t>Bir Şemsiyem Olsa Kuşlardan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059501156</t>
+          <t>9786257556354</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Deve ile Uçuç Böceği</t>
+          <t>Yazının İzinde Gizemin Peşinde</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257556026</t>
+          <t>9786059501156</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın İzinde Hititler</t>
+          <t>Deve ile Uçuç Böceği</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>105</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257556316</t>
+          <t>9786257556026</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Çocuklarına Şiirler</t>
+          <t>Uygarlığın İzinde Hititler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>190</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059501460</t>
+          <t>9786257556316</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Elektriğin Çarpıcı Hikayesi</t>
+          <t>Cumhuriyet Çocuklarına Şiirler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257556262</t>
+          <t>9786059501460</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Dolabı</t>
+          <t>Elektriğin Çarpıcı Hikayesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257556248</t>
+          <t>9786257556262</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Dede’mden Efsaneler</t>
+          <t>Tuhaf Şeyler Dolabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257556255</t>
+          <t>9786257556248</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Felsefe</t>
+          <t>Pamuk Dede’mden Efsaneler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257556217</t>
+          <t>9786257556255</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Güzelden Güzel</t>
+          <t>Çocuklarla Felsefe</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257556224</t>
+          <t>9786257556217</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim İstanbul</t>
+          <t>Güzelden Güzel</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059501989</t>
+          <t>9786257556224</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Vici Vici</t>
+          <t>Kardeşim İstanbul</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059501712</t>
+          <t>9786059501989</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yaban İncirleri</t>
+          <t>Vici Vici</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257556200</t>
+          <t>9786059501712</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Profesör Tırt ve Maceraları</t>
+          <t>Yaban İncirleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257556149</t>
+          <t>9786257556200</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Çocuğun Medya Sarmalı</t>
+          <t>Profesör Tırt ve Maceraları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257556187</t>
+          <t>9786257556149</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Alican'ın Gezileri</t>
+          <t>Aile ve Çocuğun Medya Sarmalı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257556132</t>
+          <t>9786257556187</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çiçekler Mevsimi</t>
+          <t>Alican'ın Gezileri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257556156</t>
+          <t>9786257556132</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kalbinden Öpülen Nilüfer</t>
+          <t>Neşeli Çiçekler Mevsimi</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257556163</t>
+          <t>9786257556156</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Altın Papağan</t>
+          <t>Kalbinden Öpülen Nilüfer</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059501668</t>
+          <t>9786257556163</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Karakoncolos</t>
+          <t>Altın Papağan</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059501972</t>
+          <t>9786059501668</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Gün</t>
+          <t>Karakoncolos</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059501941</t>
+          <t>9786059501972</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Büyükbaba</t>
+          <t>Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257556064</t>
+          <t>9786059501941</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Korkuluk</t>
+          <t>Zavallı Büyükbaba</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257556125</t>
+          <t>9786257556064</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Şehzade - İlk Türkçe Sözlüğün Romanı</t>
+          <t>Kahraman Korkuluk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257556118</t>
+          <t>9786257556125</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Benim Evim İstanbul</t>
+          <t>Bilgin Şehzade - İlk Türkçe Sözlüğün Romanı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257556088</t>
+          <t>9786257556118</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Doğuşunu İzleme Tepesi - Yürüyen Balık Püskül 2</t>
+          <t>Benim Evim İstanbul</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257556071</t>
+          <t>9786257556088</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Su Akıntısı - Yürüyen Balık Püskül 1</t>
+          <t>Güneşin Doğuşunu İzleme Tepesi - Yürüyen Balık Püskül 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257556101</t>
+          <t>9786257556071</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Leylaklar Prensesi</t>
+          <t>Soğuk Su Akıntısı - Yürüyen Balık Püskül 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257556095</t>
+          <t>9786257556101</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Korkuluğa Masal Anlatan Rüzgar</t>
+          <t>Leylaklar Prensesi</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059501293</t>
+          <t>9786257556095</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fikoko Koçi ya da Parktaki Adam</t>
+          <t>Korkuluğa Masal Anlatan Rüzgar</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257556019</t>
+          <t>9786059501293</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Destandır Çanakkale</t>
+          <t>Fikoko Koçi ya da Parktaki Adam</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>105</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257556002</t>
+          <t>9786257556019</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Taşın Kenti Mardin</t>
+          <t>Bir Destandır Çanakkale</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059501996</t>
+          <t>9786257556002</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sinem: Deyimler Prensesi</t>
+          <t>Taşın Kenti Mardin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257556033</t>
+          <t>9786059501996</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Patara</t>
+          <t>Sinem: Deyimler Prensesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059501446</t>
+          <t>9786257556033</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Arabaların Hikayesi</t>
+          <t>Patara</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059501811</t>
+          <t>9786059501446</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kalpli Uzaylı Kedi - Pençe 1</t>
+          <t>Arabaların Hikayesi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059501965</t>
+          <t>9786059501811</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İncili Terlik</t>
+          <t>Kötü Kalpli Uzaylı Kedi - Pençe 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059501958</t>
+          <t>9786059501965</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mercan Kolye</t>
+          <t>İncili Terlik</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059501491</t>
+          <t>9786059501958</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Altın Bilezik</t>
+          <t>Mercan Kolye</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059501484</t>
+          <t>9786059501491</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Altın Rüyası</t>
+          <t>Altın Bilezik</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059501910</t>
+          <t>9786059501484</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam</t>
+          <t>Altın Rüyası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059501927</t>
+          <t>9786059501910</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Annesizler</t>
+          <t>Benim Babam</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059501897</t>
+          <t>9786059501927</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Üvey Baba</t>
+          <t>Annesizler</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059501903</t>
+          <t>9786059501897</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Canım Annem</t>
+          <t>Üvey Baba</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059501880</t>
+          <t>9786059501903</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sokak Çocuğu</t>
+          <t>Canım Annem</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059501859</t>
+          <t>9786059501880</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Murat</t>
+          <t>Sokak Çocuğu</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059501866</t>
+          <t>9786059501859</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Küçük Besleme</t>
+          <t>Öksüz Murat</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059501873</t>
+          <t>9786059501866</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Adını Değiştiren Çocuk</t>
+          <t>Küçük Besleme</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059501729</t>
+          <t>9786059501873</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Pıtır'ın Masalları</t>
+          <t>Adını Değiştiren Çocuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>95</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059501828</t>
+          <t>9786059501729</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Pıtır'ın Masalları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059501736</t>
+          <t>9786059501828</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mirasyedi</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059501750</t>
+          <t>9786059501736</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Eskici Baba</t>
+          <t>Küçük Mirasyedi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059501767</t>
+          <t>9786059501750</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bekir'in Arabası</t>
+          <t>Eskici Baba</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059501743</t>
+          <t>9786059501767</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İnci'nin Kısmeti</t>
+          <t>Bekir'in Arabası</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059501781</t>
+          <t>9786059501743</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>İnci'nin Kısmeti</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059501798</t>
+          <t>9786059501781</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059501804</t>
+          <t>9786059501798</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059501651</t>
+          <t>9786059501804</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tatlı Vahşi</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059501590</t>
+          <t>9786059501651</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Süper Böcek Kıtkıt</t>
+          <t>Küçük Tatlı Vahşi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059501705</t>
+          <t>9786059501590</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Oyuncakçı Dede</t>
+          <t>Süper Böcek Kıtkıt</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059501637</t>
+          <t>9786059501705</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yuvadan Uzak</t>
+          <t>Oyuncakçı Dede</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059501699</t>
+          <t>9786059501637</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çiçekçi Amca</t>
+          <t>Yuvadan Uzak</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059501682</t>
+          <t>9786059501699</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahallenin Çocukları</t>
+          <t>Çiçekçi Amca</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059501675</t>
+          <t>9786059501682</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Hayat Çemberi</t>
+          <t>Bizim Mahallenin Çocukları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059501552</t>
+          <t>9786059501675</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Masal Atlası</t>
+          <t>Çocuk ve Hayat Çemberi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059501583</t>
+          <t>9786059501552</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Çocukluk ve Çocuk Edebiyatı</t>
+          <t>Masal Atlası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059501569</t>
+          <t>9786059501583</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatına Eleştirel Bir Bakış</t>
+          <t>Çocuk, Çocukluk ve Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059501613</t>
+          <t>9786059501569</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Köydeki Evimiz</t>
+          <t>Çocuk Edebiyatına Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059501644</t>
+          <t>9786059501613</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Parası</t>
+          <t>Köydeki Evimiz</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059501620</t>
+          <t>9786059501644</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Adası</t>
+          <t>Ekmek Parası</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059501606</t>
+          <t>9786059501620</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Köye Gelen Yabancı</t>
+          <t>Çocuklar Adası</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059501576</t>
+          <t>9786059501606</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehrin Kaybolmayan Akışı</t>
+          <t>Köye Gelen Yabancı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059501521</t>
+          <t>9786059501576</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Hikayesi</t>
+          <t>Bir Nehrin Kaybolmayan Akışı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059501538</t>
+          <t>9786059501521</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çiziktirik ile Yazar</t>
+          <t>Sessizliğin Hikayesi</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059501453</t>
+          <t>9786059501538</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
+          <t>Çiziktirik ile Yazar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059501477</t>
+          <t>9786059501453</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Trenlerin Hikayesi</t>
+          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059501507</t>
+          <t>9786059501477</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Trenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059501415</t>
+          <t>9786059501507</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Modanın Göz Kamaştıran Hikayesi</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059501514</t>
+          <t>9786059501415</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Modanın Göz Kamaştıran Hikayesi</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059501422</t>
+          <t>9786059501514</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çöpün Pis Kokulu Hikayesi</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059501439</t>
+          <t>9786059501422</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çikolatanın Hikayesi</t>
+          <t>Çöpün Pis Kokulu Hikayesi</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059501408</t>
+          <t>9786059501439</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Karton Kutu</t>
+          <t>Çikolatanın Hikayesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059501385</t>
+          <t>9786059501408</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Elma Ağacı Kasabası Sakinleri</t>
+          <t>Karton Kutu</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059501378</t>
+          <t>9786059501385</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokağın Romeo ve Jüliyet'i</t>
+          <t>Elma Ağacı Kasabası Sakinleri</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059501262</t>
+          <t>9786059501378</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Küçükken Dinlemediğim Masallar</t>
+          <t>Bizim Sokağın Romeo ve Jüliyet'i</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059501316</t>
+          <t>9786059501262</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Küçük İyilikler Sokağı</t>
+          <t>Küçükken Dinlemediğim Masallar</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059501101</t>
+          <t>9786059501316</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Kardeşliği</t>
+          <t>Küçük İyilikler Sokağı</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059501361</t>
+          <t>9786059501101</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Anne Sevgisi Nedir?</t>
+          <t>Harflerin Kardeşliği</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059501040</t>
+          <t>9786059501361</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Eşek Nasıl Kral Oldu?</t>
+          <t>Anne Sevgisi Nedir?</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059501095</t>
+          <t>9786059501040</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Okula Giden Kedi</t>
+          <t>Eşek Nasıl Kral Oldu?</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059501026</t>
+          <t>9786059501095</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Yeri</t>
+          <t>Okula Giden Kedi</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059501347</t>
+          <t>9786059501026</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokağın Çocukları</t>
+          <t>Dünyanın En Güzel Yeri</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059501354</t>
+          <t>9786059501347</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sokağın Çocukları</t>
+          <t>Bizim Sokağın Çocukları</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059501149</t>
+          <t>9786059501354</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cücü</t>
+          <t>Yeni Sokağın Çocukları</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059501132</t>
+          <t>9786059501149</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Örtmese Güneşi</t>
+          <t>Cücü</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059501002</t>
+          <t>9786059501132</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Çiçekleri</t>
+          <t>Bulutlar Örtmese Güneşi</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059501224</t>
+          <t>9786059501002</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Masallar</t>
+          <t>Gökyüzü Çiçekleri</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059501255</t>
+          <t>9786059501224</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Koç İbrahim’in Medrese Turu</t>
+          <t>Kuyruklu Masallar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059501057</t>
+          <t>9786059501255</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Guguklu Saatin Kumrusu</t>
+          <t>Koç İbrahim’in Medrese Turu</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059501323</t>
+          <t>9786059501057</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözlü Kardan Adam</t>
+          <t>Guguklu Saatin Kumrusu</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059501163</t>
+          <t>9786059501323</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Geceleri Mızıka Çalan Kedi</t>
+          <t>Yeşil Gözlü Kardan Adam</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059501194</t>
+          <t>9786059501163</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Karamel’in Günlüğü</t>
+          <t>Geceleri Mızıka Çalan Kedi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059501170</t>
+          <t>9786059501194</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçinden Masallar</t>
+          <t>Karamel’in Günlüğü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059501231</t>
+          <t>9786059501170</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman</t>
+          <t>Kafamın İçinden Masallar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059501279</t>
+          <t>9786059501231</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Masal Ektim Oyun Biçtim</t>
+          <t>Mavi Orman</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059501286</t>
+          <t>9786059501279</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Karamel’in Rüyaları</t>
+          <t>Masal Ektim Oyun Biçtim</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059501309</t>
+          <t>9786059501286</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Babamın Sevdikleri</t>
+          <t>Karamel’in Rüyaları</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059501125</t>
+          <t>9786059501309</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun Çocuğum Aşk Olsun!</t>
+          <t>Babamın Sevdikleri</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059501330</t>
+          <t>9786059501125</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evdeki Kedi</t>
+          <t>Aşk Olsun Çocuğum Aşk Olsun!</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059501217</t>
+          <t>9786059501330</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kuş Resimli Kazak</t>
+          <t>Bizim Evdeki Kedi</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059501200</t>
+          <t>9786059501217</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Karanfilli Dev Amca</t>
+          <t>Kuş Resimli Kazak</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059501187</t>
+          <t>9786059501200</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İlkyaz Tatili</t>
+          <t>Karanfilli Dev Amca</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059501088</t>
+          <t>9786059501187</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Mavi Rüyalar Gören Çocuk</t>
+          <t>İlkyaz Tatili</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059501071</t>
+          <t>9786059501088</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Masal Mektuplar</t>
+          <t>Mavi Rüyalar Gören Çocuk</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059501033</t>
+          <t>9786059501071</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Gülen Adam</t>
+          <t>Masal Mektuplar</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059501118</t>
+          <t>9786059501033</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kardeş, Sobe!</t>
+          <t>Dünyaya Gülen Adam</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
+          <t>9786059501118</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Kardeş, Sobe!</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
           <t>9786059501248</t>
         </is>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Çırak Çıktı Çocukluğum</t>
         </is>
       </c>
-      <c r="C125" s="1">
+      <c r="C126" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>