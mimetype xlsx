--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,1915 +85,1960 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257556347</t>
+          <t>9786059501064</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Şeyler Dolabı</t>
+          <t>Her Çocuğun Bir Yıldızı Var</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257556545</t>
+          <t>9786257556590</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözlü Kardan Adam</t>
+          <t>Guguklu Saatin Kumrusu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257556569</t>
+          <t>9786257556583</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tablet Kaşifleri</t>
+          <t>Mitolojik Metaverse'te Dijital Oğuzlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257556576</t>
+          <t>9786257556347</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuğun Bir Yıldızı Vardır</t>
+          <t>Esrarengiz Şeyler Dolabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257556231</t>
+          <t>9786257556545</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ada</t>
+          <t>Yeşil Gözlü Kardan Adam</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257556309</t>
+          <t>9786257556569</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Dürbün</t>
+          <t>Tablet Kaşifleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257556194</t>
+          <t>9786257556576</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Lemi Abi ve Zuzi - Uzay Macerası</t>
+          <t>Her Çocuğun Bir Yıldızı Vardır</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059501392</t>
+          <t>9786257556231</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Yanak Güneşini Arıyor</t>
+          <t>Mavi Ada</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059501019</t>
+          <t>9786257556309</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bir Şemsiyem Olsa Kuşlardan</t>
+          <t>Sihirli Dürbün</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257556354</t>
+          <t>9786257556194</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yazının İzinde Gizemin Peşinde</t>
+          <t>Lemi Abi ve Zuzi - Uzay Macerası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059501156</t>
+          <t>9786059501392</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Deve ile Uçuç Böceği</t>
+          <t>Kırmızı Yanak Güneşini Arıyor</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257556026</t>
+          <t>9786059501019</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın İzinde Hititler</t>
+          <t>Bir Şemsiyem Olsa Kuşlardan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>105</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257556316</t>
+          <t>9786257556354</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Çocuklarına Şiirler</t>
+          <t>Yazının İzinde Gizemin Peşinde</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059501460</t>
+          <t>9786059501156</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Elektriğin Çarpıcı Hikayesi</t>
+          <t>Deve ile Uçuç Böceği</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257556262</t>
+          <t>9786257556026</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Dolabı</t>
+          <t>Uygarlığın İzinde Hititler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257556248</t>
+          <t>9786257556316</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Dede’mden Efsaneler</t>
+          <t>Cumhuriyet Çocuklarına Şiirler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257556255</t>
+          <t>9786059501460</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Felsefe</t>
+          <t>Elektriğin Çarpıcı Hikayesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257556217</t>
+          <t>9786257556262</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Güzelden Güzel</t>
+          <t>Tuhaf Şeyler Dolabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257556224</t>
+          <t>9786257556248</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim İstanbul</t>
+          <t>Pamuk Dede’mden Efsaneler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059501989</t>
+          <t>9786257556255</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Vici Vici</t>
+          <t>Çocuklarla Felsefe</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059501712</t>
+          <t>9786257556217</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yaban İncirleri</t>
+          <t>Güzelden Güzel</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257556200</t>
+          <t>9786257556224</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Profesör Tırt ve Maceraları</t>
+          <t>Kardeşim İstanbul</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257556149</t>
+          <t>9786059501989</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Çocuğun Medya Sarmalı</t>
+          <t>Vici Vici</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257556187</t>
+          <t>9786059501712</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Alican'ın Gezileri</t>
+          <t>Yaban İncirleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257556132</t>
+          <t>9786257556200</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Çiçekler Mevsimi</t>
+          <t>Profesör Tırt ve Maceraları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257556156</t>
+          <t>9786257556149</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kalbinden Öpülen Nilüfer</t>
+          <t>Aile ve Çocuğun Medya Sarmalı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257556163</t>
+          <t>9786257556187</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Altın Papağan</t>
+          <t>Alican'ın Gezileri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059501668</t>
+          <t>9786257556132</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Karakoncolos</t>
+          <t>Neşeli Çiçekler Mevsimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059501972</t>
+          <t>9786257556156</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Gün</t>
+          <t>Kalbinden Öpülen Nilüfer</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059501941</t>
+          <t>9786257556163</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zavallı Büyükbaba</t>
+          <t>Altın Papağan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>105</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257556064</t>
+          <t>9786059501668</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Korkuluk</t>
+          <t>Karakoncolos</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>105</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257556125</t>
+          <t>9786059501972</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Şehzade - İlk Türkçe Sözlüğün Romanı</t>
+          <t>Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257556118</t>
+          <t>9786059501941</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Benim Evim İstanbul</t>
+          <t>Zavallı Büyükbaba</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257556088</t>
+          <t>9786257556064</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Doğuşunu İzleme Tepesi - Yürüyen Balık Püskül 2</t>
+          <t>Kahraman Korkuluk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257556071</t>
+          <t>9786257556125</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Su Akıntısı - Yürüyen Balık Püskül 1</t>
+          <t>Bilgin Şehzade - İlk Türkçe Sözlüğün Romanı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257556101</t>
+          <t>9786257556118</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Leylaklar Prensesi</t>
+          <t>Benim Evim İstanbul</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257556095</t>
+          <t>9786257556088</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Korkuluğa Masal Anlatan Rüzgar</t>
+          <t>Güneşin Doğuşunu İzleme Tepesi - Yürüyen Balık Püskül 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059501293</t>
+          <t>9786257556071</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Fikoko Koçi ya da Parktaki Adam</t>
+          <t>Soğuk Su Akıntısı - Yürüyen Balık Püskül 1</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257556019</t>
+          <t>9786257556101</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Destandır Çanakkale</t>
+          <t>Leylaklar Prensesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>105</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257556002</t>
+          <t>9786257556095</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Taşın Kenti Mardin</t>
+          <t>Korkuluğa Masal Anlatan Rüzgar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>105</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059501996</t>
+          <t>9786059501293</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sinem: Deyimler Prensesi</t>
+          <t>Fikoko Koçi ya da Parktaki Adam</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257556033</t>
+          <t>9786257556019</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Patara</t>
+          <t>Bir Destandır Çanakkale</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059501446</t>
+          <t>9786257556002</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Arabaların Hikayesi</t>
+          <t>Taşın Kenti Mardin</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059501811</t>
+          <t>9786059501996</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kalpli Uzaylı Kedi - Pençe 1</t>
+          <t>Sinem: Deyimler Prensesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059501965</t>
+          <t>9786257556033</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İncili Terlik</t>
+          <t>Patara</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059501958</t>
+          <t>9786059501446</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mercan Kolye</t>
+          <t>Arabaların Hikayesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059501491</t>
+          <t>9786059501811</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Altın Bilezik</t>
+          <t>Kötü Kalpli Uzaylı Kedi - Pençe 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059501484</t>
+          <t>9786059501965</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Altın Rüyası</t>
+          <t>İncili Terlik</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059501910</t>
+          <t>9786059501958</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam</t>
+          <t>Mercan Kolye</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059501927</t>
+          <t>9786059501491</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Annesizler</t>
+          <t>Altın Bilezik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059501897</t>
+          <t>9786059501484</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Üvey Baba</t>
+          <t>Altın Rüyası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059501903</t>
+          <t>9786059501910</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Canım Annem</t>
+          <t>Benim Babam</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059501880</t>
+          <t>9786059501927</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sokak Çocuğu</t>
+          <t>Annesizler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059501859</t>
+          <t>9786059501897</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Murat</t>
+          <t>Üvey Baba</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059501866</t>
+          <t>9786059501903</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Küçük Besleme</t>
+          <t>Canım Annem</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059501873</t>
+          <t>9786059501880</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Adını Değiştiren Çocuk</t>
+          <t>Sokak Çocuğu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059501729</t>
+          <t>9786059501859</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pıtır'ın Masalları</t>
+          <t>Öksüz Murat</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059501828</t>
+          <t>9786059501866</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Seksen Günde Devrialem</t>
+          <t>Küçük Besleme</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059501736</t>
+          <t>9786059501873</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mirasyedi</t>
+          <t>Adını Değiştiren Çocuk</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059501750</t>
+          <t>9786059501729</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Eskici Baba</t>
+          <t>Pıtır'ın Masalları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059501767</t>
+          <t>9786059501828</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bekir'in Arabası</t>
+          <t>Seksen Günde Devrialem</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059501743</t>
+          <t>9786059501736</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İnci'nin Kısmeti</t>
+          <t>Küçük Mirasyedi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059501781</t>
+          <t>9786059501750</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’in Gezileri</t>
+          <t>Eskici Baba</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059501798</t>
+          <t>9786059501767</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Bekir'in Arabası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059501804</t>
+          <t>9786059501743</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>İnci'nin Kısmeti</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059501651</t>
+          <t>9786059501781</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tatlı Vahşi</t>
+          <t>Gulliver’in Gezileri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059501590</t>
+          <t>9786059501798</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Süper Böcek Kıtkıt</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059501705</t>
+          <t>9786059501804</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Oyuncakçı Dede</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059501637</t>
+          <t>9786059501651</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yuvadan Uzak</t>
+          <t>Küçük Tatlı Vahşi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059501699</t>
+          <t>9786059501590</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çiçekçi Amca</t>
+          <t>Süper Böcek Kıtkıt</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059501682</t>
+          <t>9786059501705</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahallenin Çocukları</t>
+          <t>Oyuncakçı Dede</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059501675</t>
+          <t>9786059501637</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Hayat Çemberi</t>
+          <t>Yuvadan Uzak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059501552</t>
+          <t>9786059501699</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Masal Atlası</t>
+          <t>Çiçekçi Amca</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059501583</t>
+          <t>9786059501682</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Çocukluk ve Çocuk Edebiyatı</t>
+          <t>Bizim Mahallenin Çocukları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059501569</t>
+          <t>9786059501675</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatına Eleştirel Bir Bakış</t>
+          <t>Çocuk ve Hayat Çemberi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059501613</t>
+          <t>9786059501552</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Köydeki Evimiz</t>
+          <t>Masal Atlası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059501644</t>
+          <t>9786059501583</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Parası</t>
+          <t>Çocuk, Çocukluk ve Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059501620</t>
+          <t>9786059501569</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Adası</t>
+          <t>Çocuk Edebiyatına Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059501606</t>
+          <t>9786059501613</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Köye Gelen Yabancı</t>
+          <t>Köydeki Evimiz</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059501576</t>
+          <t>9786059501644</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehrin Kaybolmayan Akışı</t>
+          <t>Ekmek Parası</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059501521</t>
+          <t>9786059501620</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Hikayesi</t>
+          <t>Çocuklar Adası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059501538</t>
+          <t>9786059501606</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çiziktirik ile Yazar</t>
+          <t>Köye Gelen Yabancı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059501453</t>
+          <t>9786059501576</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
+          <t>Bir Nehrin Kaybolmayan Akışı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059501477</t>
+          <t>9786059501521</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Trenlerin Hikayesi</t>
+          <t>Sessizliğin Hikayesi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059501507</t>
+          <t>9786059501538</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Çiziktirik ile Yazar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059501415</t>
+          <t>9786059501453</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Modanın Göz Kamaştıran Hikayesi</t>
+          <t>Tuvaletlerin, Telefonların ve Diğer Faydalı İcatların Hikayesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059501514</t>
+          <t>9786059501477</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Trenlerin Hikayesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059501422</t>
+          <t>9786059501507</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çöpün Pis Kokulu Hikayesi</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059501439</t>
+          <t>9786059501415</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çikolatanın Hikayesi</t>
+          <t>Modanın Göz Kamaştıran Hikayesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059501408</t>
+          <t>9786059501514</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Karton Kutu</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059501385</t>
+          <t>9786059501422</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Elma Ağacı Kasabası Sakinleri</t>
+          <t>Çöpün Pis Kokulu Hikayesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059501378</t>
+          <t>9786059501439</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokağın Romeo ve Jüliyet'i</t>
+          <t>Çikolatanın Hikayesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059501262</t>
+          <t>9786059501408</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Küçükken Dinlemediğim Masallar</t>
+          <t>Karton Kutu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059501316</t>
+          <t>9786059501385</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Küçük İyilikler Sokağı</t>
+          <t>Elma Ağacı Kasabası Sakinleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059501101</t>
+          <t>9786059501378</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Kardeşliği</t>
+          <t>Bizim Sokağın Romeo ve Jüliyet'i</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059501361</t>
+          <t>9786059501262</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Anne Sevgisi Nedir?</t>
+          <t>Küçükken Dinlemediğim Masallar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059501040</t>
+          <t>9786059501316</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eşek Nasıl Kral Oldu?</t>
+          <t>Küçük İyilikler Sokağı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059501095</t>
+          <t>9786059501101</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Okula Giden Kedi</t>
+          <t>Harflerin Kardeşliği</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059501026</t>
+          <t>9786059501361</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Yeri</t>
+          <t>Anne Sevgisi Nedir?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059501347</t>
+          <t>9786059501040</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sokağın Çocukları</t>
+          <t>Eşek Nasıl Kral Oldu?</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059501354</t>
+          <t>9786059501095</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sokağın Çocukları</t>
+          <t>Okula Giden Kedi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059501149</t>
+          <t>9786059501026</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Cücü</t>
+          <t>Dünyanın En Güzel Yeri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059501132</t>
+          <t>9786059501347</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Örtmese Güneşi</t>
+          <t>Bizim Sokağın Çocukları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059501002</t>
+          <t>9786059501354</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Çiçekleri</t>
+          <t>Yeni Sokağın Çocukları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059501224</t>
+          <t>9786059501149</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Masallar</t>
+          <t>Cücü</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059501255</t>
+          <t>9786059501132</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Koç İbrahim’in Medrese Turu</t>
+          <t>Bulutlar Örtmese Güneşi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059501057</t>
+          <t>9786059501002</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Guguklu Saatin Kumrusu</t>
+          <t>Gökyüzü Çiçekleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059501323</t>
+          <t>9786059501224</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözlü Kardan Adam</t>
+          <t>Kuyruklu Masallar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059501163</t>
+          <t>9786059501255</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Geceleri Mızıka Çalan Kedi</t>
+          <t>Koç İbrahim’in Medrese Turu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059501194</t>
+          <t>9786059501057</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Karamel’in Günlüğü</t>
+          <t>Guguklu Saatin Kumrusu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059501170</t>
+          <t>9786059501323</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kafamın İçinden Masallar</t>
+          <t>Yeşil Gözlü Kardan Adam</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059501231</t>
+          <t>9786059501163</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mavi Orman</t>
+          <t>Geceleri Mızıka Çalan Kedi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059501279</t>
+          <t>9786059501194</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Masal Ektim Oyun Biçtim</t>
+          <t>Karamel’in Günlüğü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059501286</t>
+          <t>9786059501170</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Karamel’in Rüyaları</t>
+          <t>Kafamın İçinden Masallar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059501309</t>
+          <t>9786059501231</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Babamın Sevdikleri</t>
+          <t>Mavi Orman</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059501125</t>
+          <t>9786059501279</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun Çocuğum Aşk Olsun!</t>
+          <t>Masal Ektim Oyun Biçtim</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059501330</t>
+          <t>9786059501286</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evdeki Kedi</t>
+          <t>Karamel’in Rüyaları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059501217</t>
+          <t>9786059501309</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kuş Resimli Kazak</t>
+          <t>Babamın Sevdikleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059501200</t>
+          <t>9786059501125</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Karanfilli Dev Amca</t>
+          <t>Aşk Olsun Çocuğum Aşk Olsun!</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059501187</t>
+          <t>9786059501330</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İlkyaz Tatili</t>
+          <t>Bizim Evdeki Kedi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059501088</t>
+          <t>9786059501217</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mavi Rüyalar Gören Çocuk</t>
+          <t>Kuş Resimli Kazak</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059501071</t>
+          <t>9786059501200</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Masal Mektuplar</t>
+          <t>Karanfilli Dev Amca</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059501033</t>
+          <t>9786059501187</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Gülen Adam</t>
+          <t>İlkyaz Tatili</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059501118</t>
+          <t>9786059501088</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kardeş, Sobe!</t>
+          <t>Mavi Rüyalar Gören Çocuk</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
+          <t>9786059501071</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Masal Mektuplar</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786059501033</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Gülen Adam</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786059501118</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Kardeş, Sobe!</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
           <t>9786059501248</t>
         </is>
       </c>
-      <c r="B126" s="1" t="inlineStr">
+      <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Çırak Çıktı Çocukluğum</t>
         </is>
       </c>
-      <c r="C126" s="1">
-        <v>190</v>
+      <c r="C129" s="1">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>