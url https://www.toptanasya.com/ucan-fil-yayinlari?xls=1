--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,4405 +85,4555 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257662598</t>
+          <t>9786255511775</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İlk Sayılarım 1-5</t>
+          <t>Koca Rıza</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>198.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257662055</t>
+          <t>9786259803494</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kork(M)uyorum</t>
+          <t>İlk Kütüphanem (My First Library) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>168.5</v>
+        <v>950</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059933896</t>
+          <t>9786255511799</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ve Yağmur</t>
+          <t>Aşırılar Apartmanı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>128.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255511751</t>
+          <t>9786255511782</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Şeyi</t>
+          <t>Bir Bakalım Ben Kimim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255511744</t>
+          <t>9786255511768</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Tina ve Üç Kurt</t>
+          <t>Dağ</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>168.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255511652</t>
+          <t>9786255511737</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ya Kedi Değilsem?</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255511294</t>
+          <t>9786255511126</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köpek Neredesin?/ CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
+          <t>Çılgın Dinozorlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>335</v>
+        <v>575</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255511300</t>
+          <t>9786255511133</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Aslan Neredesin?/CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
+          <t>Düt! Düt! Taşıtlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>335</v>
+        <v>575</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255511096</t>
+          <t>9786255511713</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Orman Hayvanları/ CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
+          <t>Kitapları Seviyorum</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>445</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255511102</t>
+          <t>9786255511720</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Safari Hayvanları/ CEE-EEE! Dokun &amp; Keşfet (Ciltli)</t>
+          <t>Çatı Katındaki Ada</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255511355</t>
+          <t>9786257662598</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Big Block Books - Taşıtlar (Vehicles) (Ciltli)</t>
+          <t>İlk Sayılarım 1-5</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255511379</t>
+          <t>9786257662055</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Big Block Books - Dışarıdaki Hayat (Out and About) (Ciltli)</t>
+          <t>Kork(M)uyorum</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255511362</t>
+          <t>9786059933896</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Big Block Books - Hayvanlar (Animal) (Ciltli)</t>
+          <t>Tavşan Can ve Yağmur</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255511386</t>
+          <t>9786255511751</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Big Block Books - Benim Dünyam (My Word) (Ciltli)</t>
+          <t>Dünyanın En Güzel Şeyi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255511645</t>
+          <t>9786255511744</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mimar Cem Kenar'ın Büyük Proje Kitabı</t>
+          <t>Kırmızı Başlıklı Tina ve Üç Kurt</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>345</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254147401</t>
+          <t>9786255511652</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon Okulu</t>
+          <t>Ya Kedi Değilsem?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259520612</t>
+          <t>9786255511294</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Piyano Çalmayı Öğreniyorum</t>
+          <t>Küçük Köpek Neredesin?/ CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>1190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789944827638</t>
+          <t>9786255511300</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bezelye Olmak İstemiyorum (Ciltli)</t>
+          <t>Küçük Aslan Neredesin?/CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>178.5</v>
+        <v>335</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059933940</t>
+          <t>9786255511096</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can İle Kalemler ve Renkler</t>
+          <t>Sevimli Orman Hayvanları/ CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255511027</t>
+          <t>9786255511102</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Hayvanlar Aleminde Büyük, Büyük, Çok Büyük (Ciltli)</t>
+          <t>Sevimli Safari Hayvanları/ CEE-EEE! Dokun &amp; Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>800</v>
+        <v>445</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255511201</t>
+          <t>9786255511355</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Minikler: Muhteşem Uzay (Ciltli)</t>
+          <t>Big Block Books - Taşıtlar (Vehicles) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255511218</t>
+          <t>9786255511379</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Minikler: Muhteşem Tatil (Ciltli)</t>
+          <t>Big Block Books - Dışarıdaki Hayat (Out and About) (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255511195</t>
+          <t>9786255511362</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Minikler: Muhteşem Sirk (Ciltli)</t>
+          <t>Big Block Books - Hayvanlar (Animal) (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255511225</t>
+          <t>9786255511386</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Göster: Çiftlik Kaşifleri (Ciltli)</t>
+          <t>Big Block Books - Benim Dünyam (My Word) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255511188</t>
+          <t>9786255511645</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Minikler: Muhteşem İnşaat (Ciltli)</t>
+          <t>Mimar Cem Kenar'ın Büyük Proje Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255511232</t>
+          <t>9786254147401</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Göster: Okyanus Kaşifleri (Ciltli)</t>
+          <t>İllüzyon Okulu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255511249</t>
+          <t>9786259520612</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Göster: Doğa Kaşifleri (Ciltli)</t>
+          <t>Piyano Çalmayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>395</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255511256</t>
+          <t>9789944827638</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Göster: Orman Kaşifleri (Ciltli)</t>
+          <t>Bezelye Olmak İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>395</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255511041</t>
+          <t>9786059933940</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Hayvanlar Aleminde Uzun, Uzun, Çok Uzun (Ciltli)</t>
+          <t>Tavşan Can İle Kalemler ve Renkler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>800</v>
+        <v>245</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255511034</t>
+          <t>9786255511027</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Hayvanlar Aleminde Sivri, Sivri, Çok Sivri (Ciltli)</t>
+          <t>Bebeğimle Hayvanlar Aleminde Büyük, Büyük, Çok Büyük (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257662420</t>
+          <t>9786255511201</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İki Sincap Bir Kozalak</t>
+          <t>Hareketli Minikler: Muhteşem Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>168.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059933414</t>
+          <t>9786255511218</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
+          <t>Hareketli Minikler: Muhteşem Tatil (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>29.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059933599</t>
+          <t>9786255511195</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanı Ada Arı</t>
+          <t>Hareketli Minikler: Muhteşem Sirk (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>198.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059933568</t>
+          <t>9786255511225</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Bu Etkinlik Kitabını Bitirmesin!</t>
+          <t>Bul ve Göster: Çiftlik Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>154.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789944828321</t>
+          <t>9786255511188</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hugo, Bella ve Cicim'in Maceraları - Oynamıyorum İşte (Ciltli)</t>
+          <t>Hareketli Minikler: Muhteşem İnşaat (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>34.5</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789944828079</t>
+          <t>9786255511232</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Maisy Bahçede (Ciltli)</t>
+          <t>Bul ve Göster: Okyanus Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>54.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944828024</t>
+          <t>9786255511249</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Maisy Şehirde</t>
+          <t>Bul ve Göster: Doğa Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>29.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944828017</t>
+          <t>9786255511256</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Maisy Tatilde</t>
+          <t>Bul ve Göster: Orman Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>27.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789944827997</t>
+          <t>9786255511041</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Maisy Yüzme Öğreniyor</t>
+          <t>Bebeğimle Hayvanlar Aleminde Uzun, Uzun, Çok Uzun (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>27.5</v>
+        <v>800</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051734156</t>
+          <t>9786255511034</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Obur Ejderhalar (Ciltli)</t>
+          <t>Bebeğimle Hayvanlar Aleminde Sivri, Sivri, Çok Sivri (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>34.5</v>
+        <v>800</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059933520</t>
+          <t>9786257662420</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ufacık Tefecik Kayıp Penguenler - Wissper</t>
+          <t>İki Sincap Bir Kozalak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>138.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059933445</t>
+          <t>9786059933414</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sinek Astrid (Ciltli)</t>
+          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>34.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059933452</t>
+          <t>9786059933599</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sinek Astrid - Müziği Keşfediyor (Ciltli)</t>
+          <t>Bilim İnsanı Ada Arı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>34.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944828000</t>
+          <t>9786059933568</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Maisy Kreşe Gidiyor</t>
+          <t>Güvercin Bu Etkinlik Kitabını Bitirmesin!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>27.5</v>
+        <v>154.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944827034</t>
+          <t>9789944828321</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Caddesi</t>
+          <t>Hugo, Bella ve Cicim'in Maceraları - Oynamıyorum İşte (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>37.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944827041</t>
+          <t>9789944828079</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Prensesler</t>
+          <t>Maisy Bahçede (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>37.5</v>
+        <v>54.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059933360</t>
+          <t>9789944828024</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Yağmur Deniz (Ciltli)</t>
+          <t>Maisy Şehirde</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>27.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944827584</t>
+          <t>9789944828017</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>101 Peri Eğlencesi (Ciltli)</t>
+          <t>Maisy Tatilde</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>27.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944827508</t>
+          <t>9789944827997</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem (9 Minik Kitap)</t>
+          <t>Maisy Yüzme Öğreniyor</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>52.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059933315</t>
+          <t>9786051734156</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Pati Kedi Düğmeleri Sayıyor (Ciltli)</t>
+          <t>Obur Ejderhalar (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>118.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059933308</t>
+          <t>9786059933520</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Pati Kedi Beyaz Ayakkabılarını Çok Seviyor (Ciltli)</t>
+          <t>Ufacık Tefecik Kayıp Penguenler - Wissper</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>118.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059933292</t>
+          <t>9786059933445</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Pati Kedi ve Havalı Okul Ayakkabıları (Ciltli)</t>
+          <t>Sinek Astrid (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>118.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789944827621</t>
+          <t>9786059933452</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Beni Taklit Etme! (Ciltli)</t>
+          <t>Sinek Astrid - Müziği Keşfediyor (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>34.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944827645</t>
+          <t>9789944828000</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Şampuan - Saçını Yıkamak İstemeyen Çocuk</t>
+          <t>Maisy Kreşe Gidiyor</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>27.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059933261</t>
+          <t>9789944827034</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Geç Yatmasın (Ciltli)</t>
+          <t>Alışveriş Caddesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>49.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944826860</t>
+          <t>9789944827041</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Ayıcık (Ciltli)</t>
+          <t>Prensesler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>32.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944826853</t>
+          <t>9786059933360</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Ayıcık (Ciltli)</t>
+          <t>Mühendis Yağmur Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>32.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944826907</t>
+          <t>9789944827584</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Güzel Prenses</t>
+          <t>101 Peri Eğlencesi (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>15</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944826945</t>
+          <t>9789944827508</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Peri</t>
+          <t>İlk Kütüphanem (9 Minik Kitap)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>15</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944826938</t>
+          <t>9786059933315</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı Peri</t>
+          <t>Pati Kedi Düğmeleri Sayıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>15</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944826952</t>
+          <t>9786059933308</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Süslü Prenses</t>
+          <t>Pati Kedi Beyaz Ayakkabılarını Çok Seviyor (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>15</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944826884</t>
+          <t>9786059933292</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Puset Kitapları - Çiftlik</t>
+          <t>Pati Kedi ve Havalı Okul Ayakkabıları (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>17.5</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944826877</t>
+          <t>9789944827621</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kuklalı Kitaplar - Tırtıl</t>
+          <t>Beni Taklit Etme! (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>17.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944826839</t>
+          <t>9789944827645</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kuklalı Kitaplar - Fil (Ciltli)</t>
+          <t>Şampiyon Şampuan - Saçını Yıkamak İstemeyen Çocuk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>17.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789944826822</t>
+          <t>9786059933261</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Puset Kitapları - Evcil Hayvanlar (Ciltli)</t>
+          <t>Güvercin Geç Yatmasın (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>17.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944826846</t>
+          <t>9789944826860</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gürültücü Maymun Oynamayı Seviyor (Ciltli)</t>
+          <t>Meraklı Ayıcık (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>32.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257662086</t>
+          <t>9789944826853</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Matematikten? 2</t>
+          <t>Uykucu Ayıcık (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>178.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257662109</t>
+          <t>9789944826907</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Matematikten? 3 - Çarpım Tablosu</t>
+          <t>Güzel Prenses</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>178.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257662093</t>
+          <t>9789944826945</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Matematikten? 1</t>
+          <t>Sihirli Peri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>178.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944826921</t>
+          <t>9789944826938</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Prenses</t>
+          <t>Pırıltılı Peri</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059933933</t>
+          <t>9789944826952</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Asla Pes Etme</t>
+          <t>Süslü Prenses</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>168.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059933803</t>
+          <t>9789944826884</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mantarların İsyanı</t>
+          <t>Puset Kitapları - Çiftlik</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>128.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059933636</t>
+          <t>9789944826877</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Sali - Yasemin’in Gizemli Bahçesi</t>
+          <t>Kuklalı Kitaplar - Tırtıl</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>168.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059933759</t>
+          <t>9789944826839</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Duru'nun Kurabiyeleri</t>
+          <t>Kuklalı Kitaplar - Fil (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>148.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059933650</t>
+          <t>9789944826822</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kuş ile Minik Kurbağa</t>
+          <t>Puset Kitapları - Evcil Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>78.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255511324</t>
+          <t>9789944826846</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Einstein - Bir Farenin Uzay ve Zamandaki İnanılmaz Yolculuğu</t>
+          <t>Gürültücü Maymun Oynamayı Seviyor (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>450</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255511638</t>
+          <t>9786257662086</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Olmak İstemeyen Patates</t>
+          <t>Kim Korkar Matematikten? 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>198.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257662284</t>
+          <t>9786257662109</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Orman Olmak</t>
+          <t>Kim Korkar Matematikten? 3 - Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>198.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255511577</t>
+          <t>9786257662093</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tavşanlar Havuç Yemez</t>
+          <t>Kim Korkar Matematikten? 1</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255511621</t>
+          <t>9789944826921</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Astronot Mevsimi</t>
+          <t>Muhteşem Prenses</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>178.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786254147319</t>
+          <t>9786059933933</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ekinoks Hayalleri</t>
+          <t>Asla Pes Etme</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>198.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255511003</t>
+          <t>9786059933803</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Dinozorlar (Ciltli)</t>
+          <t>Mantarların İsyanı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259520681</t>
+          <t>9786059933636</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Hayvanlar (Ciltli)</t>
+          <t>Salyangoz Sali - Yasemin’in Gizemli Bahçesi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259520698</t>
+          <t>9786059933759</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Böcekler (Ciltli)</t>
+          <t>Duru'nun Kurabiyeleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255511010</t>
+          <t>9786059933650</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Taşıtlar (Ciltli)</t>
+          <t>Pembe Kuş ile Minik Kurbağa</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257662673</t>
+          <t>9786255511324</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İlk Sayılarım 6 -10 (Ciltli)</t>
+          <t>Einstein - Bir Farenin Uzay ve Zamandaki İnanılmaz Yolculuğu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>198.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059933971</t>
+          <t>9786255511638</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Mur (Ciltli)</t>
+          <t>Kraliçe Olmak İstemeyen Patates</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>168.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059933544</t>
+          <t>9786257662284</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Zıplamak İsteyen Koca Fil - Wissper</t>
+          <t>Orman Olmak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>148.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059933483</t>
+          <t>9786255511577</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Saçlı Kız Şarkı Söylüyor (Ciltli)</t>
+          <t>Tavşanlar Havuç Yemez</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>148.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059933339</t>
+          <t>9786255511621</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Can Pijama Partisinde (Ciltli)</t>
+          <t>Astronot Mevsimi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>225</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059933964</t>
+          <t>9786254147319</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can İle Resim Çiz</t>
+          <t>Ekinoks Hayalleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>245</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059933889</t>
+          <t>9786255511003</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Güneş</t>
+          <t>Bul Bakalım Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>128.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059933957</t>
+          <t>9786259520681</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can İle Resim Çizmeyi Öğreniyorum</t>
+          <t>Bul Bakalım Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786051738031</t>
+          <t>9786259520698</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Kayıp Fare</t>
+          <t>Bul Bakalım Böcekler (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>178.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786051738024</t>
+          <t>9786255511010</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Yarasa Yalın</t>
+          <t>Bul Bakalım Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>148.5</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059933728</t>
+          <t>9786257662673</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Armstrong</t>
+          <t>İlk Sayılarım 6 -10 (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255511607</t>
+          <t>9786059933971</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Geç Yatmasın!</t>
+          <t>Ayıcık Mur (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>145</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255511119</t>
+          <t>9786059933544</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sen Hazırsan Başlıyoruz! Acil Durum (Ciltli)</t>
+          <t>Zıplamak İsteyen Koca Fil - Wissper</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>495</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257662338</t>
+          <t>9786059933483</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Gugu: Karahindiba</t>
+          <t>Kırmızı Saçlı Kız Şarkı Söylüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255511614</t>
+          <t>9786059933339</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Otobüsü Kullanmasın</t>
+          <t>Sarıl Can Pijama Partisinde (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255511317</t>
+          <t>9786059933964</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Limon ve Düğmeleri</t>
+          <t>Tavşan Can İle Resim Çiz</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255511348</t>
+          <t>9786059933889</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Yavru Köpek İstiyor!</t>
+          <t>Tavşan Can ile Güneş</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>145</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259520667</t>
+          <t>9786059933957</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Yapboz Taşıtlar</t>
+          <t>Tavşan Can İle Resim Çizmeyi Öğreniyorum</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259520674</t>
+          <t>9786051738031</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Yapboz Dinozorlar</t>
+          <t>Tavşan Can ile Kayıp Fare</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>445</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255511331</t>
+          <t>9786051738024</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Banyo Yapsın!</t>
+          <t>Tavşan Can ile Yarasa Yalın</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>145</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255511065</t>
+          <t>9786059933728</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ayaklar Kulübü</t>
+          <t>Armstrong</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>178.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255511287</t>
+          <t>9786255511607</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Artık Okula Gitsin !</t>
+          <t>Güvercin Geç Yatmasın!</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>168.5</v>
+        <v>145</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259520629</t>
+          <t>9786255511119</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Say Bul Eğlen Çiftlik (Ciltli)</t>
+          <t>Sen Hazırsan Başlıyoruz! Acil Durum (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259520636</t>
+          <t>9786257662338</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Say Bul Eğlen Okyanus (Ciltli)</t>
+          <t>Meraklı Gugu: Karahindiba</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>545</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259520643</t>
+          <t>9786255511614</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Say Bul Eğlen Vahşi Doğa (Ciltli)</t>
+          <t>Güvercin Otobüsü Kullanmasın</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>545</v>
+        <v>145</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259520650</t>
+          <t>9786255511317</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Say Bul Eğlen Orman (Ciltli)</t>
+          <t>Limon ve Düğmeleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>545</v>
+        <v>145</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255511171</t>
+          <t>9786255511348</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Müzik Aletleri</t>
+          <t>Güvercin Yavru Köpek İstiyor!</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>178.5</v>
+        <v>145</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255511164</t>
+          <t>9786259520667</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar</t>
+          <t>Eğlenceli Yapboz Taşıtlar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>178.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255511157</t>
+          <t>9786259520674</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Uzay</t>
+          <t>Eğlenceli Yapboz Dinozorlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>178.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255511140</t>
+          <t>9786255511331</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kıyafetler</t>
+          <t>Güvercin Banyo Yapsın!</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>178.5</v>
+        <v>145</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259803425</t>
+          <t>9786255511065</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Doktor Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım</t>
+          <t>Yeşil Ayaklar Kulübü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>495</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259803470</t>
+          <t>9786255511287</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İnşaatçı Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım</t>
+          <t>Güvercin Artık Okula Gitsin !</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>495</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259803463</t>
+          <t>9786259520629</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım (Ciltli)</t>
+          <t>Say Bul Eğlen Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>495</v>
+        <v>545</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259803432</t>
+          <t>9786259520636</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Müzik Dinleyelim 6 Farklı Müzik Türünü Keşfedin (Ciltli)</t>
+          <t>Say Bul Eğlen Okyanus (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>445</v>
+        <v>545</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786254146749</t>
+          <t>9786259520643</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Zorba Canavar?</t>
+          <t>Say Bul Eğlen Vahşi Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>108.5</v>
+        <v>545</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255511263</t>
+          <t>9786259520650</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sen Büyük Müsün?</t>
+          <t>Say Bul Eğlen Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>168.5</v>
+        <v>545</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255511270</t>
+          <t>9786255511171</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sen Küçük Müsün?</t>
+          <t>Müzik Aletleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786259803401</t>
+          <t>9786255511164</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerim Renkler</t>
+          <t>Zıtlıklar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>198.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259821467</t>
+          <t>9786255511157</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerim Siyah Beyaz Kitaplar Zıtlıklar</t>
+          <t>Uzay</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>198.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259821443</t>
+          <t>9786255511140</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İlk Piyano Kitabım - Humpty Dumpty ve Diğer Şarkılar</t>
+          <t>Kıyafetler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>895</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259821450</t>
+          <t>9786259803425</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İlk Piyano Kitabım Klasik Melodiler</t>
+          <t>Doktor Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>895</v>
+        <v>495</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059933377</t>
+          <t>9786259803470</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Şehri (Ciltli)</t>
+          <t>İnşaatçı Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059933384</t>
+          <t>9786259803463</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Lindbergh (Ciltli)</t>
+          <t>İtfaiyeci Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259803449</t>
+          <t>9786259803432</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sindirella (Ciltli)</t>
+          <t>Müzik Dinleyelim 6 Farklı Müzik Türünü Keşfedin (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259803418</t>
+          <t>9786254146749</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (Ciltli)</t>
+          <t>Nereden Çıktı Bu Zorba Canavar?</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>395</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259821481</t>
+          <t>9786255511263</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Ciltli)</t>
+          <t>Sen Büyük Müsün?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>395</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259821474</t>
+          <t>9786255511270</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Çıngıraklı Kitaplar Kelimeler (Ciltli)</t>
+          <t>Sen Küçük Müsün?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>245</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259803456</t>
+          <t>9786259803401</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Çıngıraklı Kitaplar Taşıtlar (Ciltli)</t>
+          <t>İlk Kelimelerim Renkler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>245</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786259821436</t>
+          <t>9786259821467</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Çıngıraklı Kitaplar Hayvanlar (Ciltli)</t>
+          <t>İlk Kelimelerim Siyah Beyaz Kitaplar Zıtlıklar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>245</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786259821498</t>
+          <t>9786259821443</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Çıngıraklı Kitaplar Renkler (Ciltli)</t>
+          <t>İlk Piyano Kitabım - Humpty Dumpty ve Diğer Şarkılar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>245</v>
+        <v>895</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255511089</t>
+          <t>9786259821450</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Benim Köpeğimi Yedi!</t>
+          <t>İlk Piyano Kitabım Klasik Melodiler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>145</v>
+        <v>895</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255511072</t>
+          <t>9786059933377</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Harika Köpek Perla</t>
+          <t>Köstebek Şehri (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>168.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255511058</t>
+          <t>9786059933384</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Edison: Kayıp Fare Hazinesinin Gizemi</t>
+          <t>Lindbergh (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>450</v>
+        <v>345</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259520605</t>
+          <t>9786259803449</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kiraz'ın Boya Kalemleri</t>
+          <t>Sindirella (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259505398</t>
+          <t>9786259803418</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman İyi? Ne Zaman Kötü?</t>
+          <t>Peter Pan (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259821429</t>
+          <t>9786259821481</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pire Deney Başında</t>
+          <t>Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>178.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259505329</t>
+          <t>9786259821474</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Küçük Hikayeleri: Kıskançlık</t>
+          <t>Siyah Beyaz Çıngıraklı Kitaplar Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>148.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259505343</t>
+          <t>9786259803456</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Küçük Hikâyeleri: Öfke</t>
+          <t>Siyah Beyaz Çıngıraklı Kitaplar Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>148.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259505336</t>
+          <t>9786259821436</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Küçük Hikayeleri</t>
+          <t>Siyah Beyaz Çıngıraklı Kitaplar Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>148.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257662987</t>
+          <t>9786259821498</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cee-Eee Dokun-Keşfet Sevimli Çiftlik Hayvanları (Ciltli)</t>
+          <t>Siyah Beyaz Çıngıraklı Kitaplar Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786254142338</t>
+          <t>9786255511089</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Palto İsteyen Gezegen</t>
+          <t>Bu Kitap Benim Köpeğimi Yedi!</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>198.5</v>
+        <v>145</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257662970</t>
+          <t>9786255511072</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bebek Keşfet (Ciltli)</t>
+          <t>Harika Köpek Perla</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>495</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257662963</t>
+          <t>9786255511058</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bebek Merak Et (Ciltli)</t>
+          <t>Edison: Kayıp Fare Hazinesinin Gizemi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>495</v>
+        <v>450</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257662994</t>
+          <t>9786259520605</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Okyanus Hayvanları (Ciltli)</t>
+          <t>Kiraz'ın Boya Kalemleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>445</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059933827</t>
+          <t>9786259505398</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi (Ciltli)</t>
+          <t>Ne Zaman İyi? Ne Zaman Kötü?</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>575</v>
+        <v>295</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259456539</t>
+          <t>9786259821429</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Doğa (Ciltli)</t>
+          <t>Profesör Pire Deney Başında</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>495</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259456522</t>
+          <t>9786259505329</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çiftlik (Ciltli)</t>
+          <t>Deniz'in Küçük Hikayeleri: Kıskançlık</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>495</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786259456546</t>
+          <t>9786259505343</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sen Hazırsan Başlıyoruz! Gökyüzü</t>
+          <t>Deniz’in Küçük Hikâyeleri: Öfke</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>495</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786259456553</t>
+          <t>9786259505336</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sen Hazırsan Başlıyoruz! Çevremiz</t>
+          <t>Deniz'in Küçük Hikayeleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>495</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786259456560</t>
+          <t>9786257662987</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yap Boz Karıştır Doğa</t>
+          <t>Cee-Eee Dokun-Keşfet Sevimli Çiftlik Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>495</v>
+        <v>445</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786259456577</t>
+          <t>9786254142338</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yap Boz Karıştır - Çiftlik</t>
+          <t>Palto İsteyen Gezegen</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>495</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257662758</t>
+          <t>9786257662970</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kaydır ve Gülümse Mutlu Kıpırtılar</t>
+          <t>Meraklı Bebek Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789999286792</t>
+          <t>9786257662963</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İlk Sayılarım Set</t>
+          <t>Meraklı Bebek Merak Et (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257662765</t>
+          <t>9786257662994</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kaydır ve Gülümse Oyuncu Minikler</t>
+          <t>Sevimli Okyanus Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>345</v>
+        <v>445</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257662734</t>
+          <t>9786059933827</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kaydır ve Gülümse Harika Yavrular</t>
+          <t>Hayvanlar Alemi (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>345</v>
+        <v>575</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257662741</t>
+          <t>9786259456539</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kaydır ve Gülümse Meraklı Kaşifler</t>
+          <t>Vahşi Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786259803487</t>
+          <t>9786259456522</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanımız Venüs Bir Yanımız Mars</t>
+          <t>Eğlenceli Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257662895</t>
+          <t>9786259456546</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Olmaz Böyle Şey</t>
+          <t>Sen Hazırsan Başlıyoruz! Gökyüzü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257662611</t>
+          <t>9786259456553</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bay Kukule’nin Çantası</t>
+          <t>Sen Hazırsan Başlıyoruz! Çevremiz</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>178.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257662192</t>
+          <t>9786259456560</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sayılar (Ciltli)</t>
+          <t>Yap Boz Karıştır Doğa</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>178.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257662185</t>
+          <t>9786259456577</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler (Ciltli)</t>
+          <t>Yap Boz Karıştır - Çiftlik</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>178.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257662222</t>
+          <t>9786257662758</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar (Ciltli)</t>
+          <t>Kaydır ve Gülümse Mutlu Kıpırtılar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>178.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257662208</t>
+          <t>9789999286792</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Renkler (Ciltli)</t>
+          <t>İlk Sayılarım Set</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>178.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257662215</t>
+          <t>9786257662765</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Meyveler (Ciltli)</t>
+          <t>Kaydır ve Gülümse Oyuncu Minikler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>178.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257662178</t>
+          <t>9786257662734</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Uçanfil Taşıtlar (Ciltli)</t>
+          <t>Kaydır ve Gülümse Harika Yavrular</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>178.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257662550</t>
+          <t>9786257662741</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Papita’nın Topu</t>
+          <t>Kaydır ve Gülümse Meraklı Kaşifler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>178.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257662505</t>
+          <t>9786259803487</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Simbat’ın Bahar Şarkısı</t>
+          <t>Bir Yanımız Venüs Bir Yanımız Mars</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>178.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257662482</t>
+          <t>9786257662895</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sen Hazırsan Başlıyoruz! Bezden Tuvalete Yolculuk</t>
+          <t>Olmaz Böyle Şey</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257662710</t>
+          <t>9786257662611</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dokun - Hisset - Bul Okyanus Hayvanları (Ciltli)</t>
+          <t>Bay Kukule’nin Çantası</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>345</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257662703</t>
+          <t>9786257662192</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Dokun - Hisset - Bul Kutup Hayvanları (Ciltli)</t>
+          <t>Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>345</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257662727</t>
+          <t>9786257662185</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanı Hayvanları</t>
+          <t>Sebzeler (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>295</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257662680</t>
+          <t>9786257662222</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dokun - Hisset - Bul Çiftlik Hayvanları (Ciltli)</t>
+          <t>Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>295</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257662802</t>
+          <t>9786257662208</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minikler Safari Arkadaşları</t>
+          <t>Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>325</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257662772</t>
+          <t>9786257662215</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minikler Okyanus Arkadaşları</t>
+          <t>Meyveler (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>325</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257662796</t>
+          <t>9786257662178</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minikler Orman Arkadaşları</t>
+          <t>Uçanfil Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>325</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257662789</t>
+          <t>9786257662550</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minikler Çiftlik Arkadaşları</t>
+          <t>Papita’nın Topu</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>325</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786259821412</t>
+          <t>9786257662505</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kaya Dişler Ülkesinde</t>
+          <t>Simbat’ın Bahar Şarkısı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>245</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786259821405</t>
+          <t>9786257662482</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık</t>
+          <t>Sen Hazırsan Başlıyoruz! Bezden Tuvalete Yolculuk</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786259456515</t>
+          <t>9786257662710</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Suyun Kaynağı</t>
+          <t>Dokun - Hisset - Bul Okyanus Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786259456508</t>
+          <t>9786257662703</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Resmi</t>
+          <t>Dokun - Hisset - Bul Kutup Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>198.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257662956</t>
+          <t>9786257662727</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Ada Hikayesi</t>
+          <t>Yağmur Ormanı Hayvanları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786259456591</t>
+          <t>9786257662680</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ya Bir Ayıyla Karşılaşırsam?</t>
+          <t>Dokun - Hisset - Bul Çiftlik Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257662390</t>
+          <t>9786257662802</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Saatçi Bilge</t>
+          <t>Uykusu Kaçan Minikler Safari Arkadaşları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>198.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257662932</t>
+          <t>9786257662772</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Taç (Ciltli)</t>
+          <t>Uykusu Kaçan Minikler Okyanus Arkadaşları</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257662949</t>
+          <t>9786257662796</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Lona: Çakıl Taşları</t>
+          <t>Uykusu Kaçan Minikler Orman Arkadaşları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257662925</t>
+          <t>9786257662789</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Oyun Kitabım</t>
+          <t>Uykusu Kaçan Minikler Çiftlik Arkadaşları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257662864</t>
+          <t>9786259821412</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Benimle Gel</t>
+          <t>Kaya Dişler Ülkesinde</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257662918</t>
+          <t>9786259821405</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Sıfır Atık</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>198.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257662901</t>
+          <t>9786259456515</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ertelediğim Şeyler</t>
+          <t>Suyun Kaynağı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>188.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257662840</t>
+          <t>9786259456508</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Serisi 3 - Benim Kişisel Alanım Sosyal Hayatım (Ciltli)</t>
+          <t>Mutluluğun Resmi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257662833</t>
+          <t>9786257662956</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Serisi 1 - Benim Kişisel Alanım Bedenim (Ciltli)</t>
+          <t>Bir Ada Hikayesi</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257662857</t>
+          <t>9786259456591</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Serisi 2 - Benim Kişisel Alanım Evim (Ciltli)</t>
+          <t>Ya Bir Ayıyla Karşılaşırsam?</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257662819</t>
+          <t>9786257662390</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bacağını Arayan Sandalye</t>
+          <t>Saatçi Bilge</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257662871</t>
+          <t>9786257662932</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kovaladığım Şeyler</t>
+          <t>Taç (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>188.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257662888</t>
+          <t>9786257662949</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ayna</t>
+          <t>Lona: Çakıl Taşları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257662826</t>
+          <t>9786257662925</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Sarılırım Sana</t>
+          <t>Hayvanlarla Oyun Kitabım</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257662581</t>
+          <t>9786257662864</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ada ve Deniz Oyunlu Bahçede</t>
+          <t>Benimle Gel</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257662666</t>
+          <t>9786257662918</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bilge'nin Arkadaş İcadı</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257662642</t>
+          <t>9786257662901</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kipper’ın Oyuncak Kutusu</t>
+          <t>Ertelediğim Şeyler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257662635</t>
+          <t>9786257662840</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kipper</t>
+          <t>Mahremiyet Serisi 3 - Benim Kişisel Alanım Sosyal Hayatım (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257662659</t>
+          <t>9786257662833</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kipper’ın Doğum Günü</t>
+          <t>Mahremiyet Serisi 1 - Benim Kişisel Alanım Bedenim (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257662628</t>
+          <t>9786257662857</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Zaman Makinesi - Doğa Dedektifleri</t>
+          <t>Mahremiyet Serisi 2 - Benim Kişisel Alanım Evim (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257662604</t>
+          <t>9786257662819</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Kuş Yemliği - Doğa Dedektifleri</t>
+          <t>Bacağını Arayan Sandalye</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>168.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257662376</t>
+          <t>9786257662871</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Armstrong</t>
+          <t>Kovaladığım Şeyler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>450</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059933834</t>
+          <t>9786257662888</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Onlar Biraz Maceracı</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257662536</t>
+          <t>9786257662826</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Onlar Biraz Hayalperest</t>
+          <t>Kocaman Sarılırım Sana</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257662314</t>
+          <t>9786257662581</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Onlar Biraz Meraklı</t>
+          <t>Ada ve Deniz Oyunlu Bahçede</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257662543</t>
+          <t>9786257662666</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Balı Kim Sever?</t>
+          <t>Bilge'nin Arkadaş İcadı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>178.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257662512</t>
+          <t>9786257662642</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Olmaz Böyle Şey</t>
+          <t>Kipper’ın Oyuncak Kutusu</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257662567</t>
+          <t>9786257662635</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bulunması İmkansız Orman</t>
+          <t>Kipper</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257662574</t>
+          <t>9786257662659</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Cango - En İyi Arkadaşınla Derle, Topla, Rahatla</t>
+          <t>Kipper’ın Doğum Günü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257662529</t>
+          <t>9786257662628</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bir İleri Dönüşüm Hikayesi</t>
+          <t>Ahşap Zaman Makinesi - Doğa Dedektifleri</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>198.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257662499</t>
+          <t>9786257662604</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşüm Muhteşem Olacak</t>
+          <t>Büyüyen Kuş Yemliği - Doğa Dedektifleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>148.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257662437</t>
+          <t>9786257662376</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Portakalı Kim Sever?</t>
+          <t>Armstrong</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>178.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257662475</t>
+          <t>9786059933834</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bencil Kedicik Ne Yapsın?</t>
+          <t>Çünkü Onlar Biraz Maceracı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257662468</t>
+          <t>9786257662536</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Kedicik</t>
+          <t>Çünkü Onlar Biraz Hayalperest</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257662451</t>
+          <t>9786257662314</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Kedicik</t>
+          <t>Çünkü Onlar Biraz Meraklı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257662444</t>
+          <t>9786257662543</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Kedicik</t>
+          <t>Balı Kim Sever?</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>148.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786254142710</t>
+          <t>9786257662512</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Clifford - İyilik Peşinde</t>
+          <t>Olmaz Böyle Şey</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>178.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786254142703</t>
+          <t>9786257662567</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Clifford - Büyük Kırmızı Köpek</t>
+          <t>Bulunması İmkansız Orman</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>178.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257662413</t>
+          <t>9786257662574</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Yavrukurt</t>
+          <t>Kiki ve Cango - En İyi Arkadaşınla Derle, Topla, Rahatla</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>168.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257662406</t>
+          <t>9786257662529</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kabarık Etekleri</t>
+          <t>Bir İleri Dönüşüm Hikayesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257662352</t>
+          <t>9786257662499</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tropikal Balık Bıdık</t>
+          <t>Geri Dönüşüm Muhteşem Olacak</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257662345</t>
+          <t>9786257662437</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hamham’ın Korkunç Dişleri</t>
+          <t>Portakalı Kim Sever?</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257662383</t>
+          <t>9786257662475</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Can</t>
+          <t>Bencil Kedicik Ne Yapsın?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257662369</t>
+          <t>9786257662468</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Ayakkabılarım Kaçıyor</t>
+          <t>Utangaç Kedicik</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257662321</t>
+          <t>9786257662451</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Huboş Uykucu Ayı</t>
+          <t>Yaramaz Kedicik</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>198.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257662307</t>
+          <t>9786257662444</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Video Oyunlarını Sevmiyor</t>
+          <t>Öfkeli Kedicik</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257662291</t>
+          <t>9786254142710</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şeker Sevmiyor</t>
+          <t>Clifford - İyilik Peşinde</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257662253</t>
+          <t>9786254142703</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ponpon Bale Yapıyor</t>
+          <t>Clifford - Büyük Kırmızı Köpek</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257662260</t>
+          <t>9786257662413</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Dünya - Çocuk Hakları</t>
+          <t>Evini Arayan Yavrukurt</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257662246</t>
+          <t>9786257662406</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler – Düşler Alemine Yolculuk</t>
+          <t>Annemin Kabarık Etekleri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257662239</t>
+          <t>9786257662352</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Rüya Hayvanları - Masalsı Bir Uyku Macerası</t>
+          <t>Tropikal Balık Bıdık</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257662161</t>
+          <t>9786257662345</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kardo</t>
+          <t>Hamham’ın Korkunç Dişleri</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257662123</t>
+          <t>9786257662383</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İlham Perileri - Michelangelo</t>
+          <t>Sarıl Can</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>225</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257662130</t>
+          <t>9786257662369</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Tutulması</t>
+          <t>Eyvah! Ayakkabılarım Kaçıyor</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>178.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257662062</t>
+          <t>9786257662321</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Benim (Değil)</t>
+          <t>Huboş Uykucu Ayı</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>168.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257662079</t>
+          <t>9786257662307</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Minik (Değilsin)</t>
+          <t>Kötü Kedi Video Oyunlarını Sevmiyor</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257662116</t>
+          <t>9786257662291</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Atlas'ın Origami Günlüğü</t>
+          <t>Kötü Kedi Şeker Sevmiyor</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>198.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257662048</t>
+          <t>9786257662253</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare Kükredi</t>
+          <t>Ponpon Bale Yapıyor</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>188.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257662031</t>
+          <t>9786257662260</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Cesur Koala</t>
+          <t>Daha İyi Bir Dünya - Çocuk Hakları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>188.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059933995</t>
+          <t>9786257662246</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Balon Uçuyor</t>
+          <t>Hayalperestler – Düşler Alemine Yolculuk</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257662000</t>
+          <t>9786257662239</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşüm Ülkesi</t>
+          <t>Rüya Hayvanları - Masalsı Bir Uyku Macerası</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>198.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059933988</t>
+          <t>9786257662161</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ev Odam Olsa - Masal Büyürken</t>
+          <t>Karınca Kardo</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059933926</t>
+          <t>9786257662123</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kirli Yorgun Mutlu</t>
+          <t>İlham Perileri - Michelangelo</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051738017</t>
+          <t>9786257662130</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Civcivler</t>
+          <t>Çiçek Tutulması</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>118.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051738048</t>
+          <t>9786257662062</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can Doğum Günü Partisinde</t>
+          <t>Benim (Değil)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>118.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059933872</t>
+          <t>9786257662079</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Ay</t>
+          <t>Minik (Değilsin)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>98.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051738000</t>
+          <t>9786257662116</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ve Kar</t>
+          <t>Atlas'ın Origami Günlüğü</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>128.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059933865</t>
+          <t>9786257662048</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İlham Perileri: Van Gogh</t>
+          <t>Minik Fare Kükredi</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059933841</t>
+          <t>9786257662031</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Müzesi</t>
+          <t>Cesur Koala</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059933797</t>
+          <t>9786059933995</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Çınar Ağacı ve Yürüyen Köşk</t>
+          <t>Kırmızı Balon Uçuyor</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>188.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059933780</t>
+          <t>9786257662000</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İlham Perileri: Mozart</t>
+          <t>Geri Dönüşüm Ülkesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059933773</t>
+          <t>9786059933988</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Deniz'den Şiirler</t>
+          <t>Bütün Ev Odam Olsa - Masal Büyürken</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>148.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059933766</t>
+          <t>9786059933926</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sevmeyen Oğlan Pembe Sevmeyen Kız</t>
+          <t>Kirli Yorgun Mutlu</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059933742</t>
+          <t>9786051738017</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Tohum Macerası</t>
+          <t>Tavşan Can ile Civcivler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>225</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059933735</t>
+          <t>9786051738048</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Jumanji</t>
+          <t>Tavşan Can Doğum Günü Partisinde</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>225</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059933711</t>
+          <t>9786059933872</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bay Ağaç Değişiyor</t>
+          <t>Tavşan Can ile Ay</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>198.5</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059933704</t>
+          <t>9786051738000</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ponpon - Minik Tavşanın Büyük Macerası</t>
+          <t>Tavşan Can ve Kar</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>148.5</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059933681</t>
+          <t>9786059933865</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Uyumak İstiyor</t>
+          <t>İlham Perileri: Van Gogh</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059933698</t>
+          <t>9786059933841</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Isınmak İstiyor</t>
+          <t>Tiyatro Müzesi</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>168.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059933674</t>
+          <t>9786059933797</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olacaksın Mavi?</t>
+          <t>Çınar Ağacı ve Yürüyen Köşk</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>245</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059933667</t>
+          <t>9786059933780</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tarhana</t>
+          <t>İlham Perileri: Mozart</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059933629</t>
+          <t>9786059933773</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Arı Vızkafa - Yasemin’in Gizemli Bahçesi</t>
+          <t>Çocuklara Deniz'den Şiirler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059933643</t>
+          <t>9786059933766</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği Uçuç - Yasemin’in Gizemli Bahçesi</t>
+          <t>Mavi Sevmeyen Oğlan Pembe Sevmeyen Kız</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059933612</t>
+          <t>9786059933742</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Küstüm İşte</t>
+          <t>Deniz’in Tohum Macerası</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>178.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059933605</t>
+          <t>9786059933735</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Seni Hep Seveceğim</t>
+          <t>Jumanji</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059933582</t>
+          <t>9786059933711</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Harika Şeyler Yaşayacaksın</t>
+          <t>Bay Ağaç Değişiyor</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>245</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059933575</t>
+          <t>9786059933704</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Leon</t>
+          <t>Ponpon - Minik Tavşanın Büyük Macerası</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>138.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059933551</t>
+          <t>9786059933681</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Anne Bana Fil Al</t>
+          <t>Kötü Kedi Uyumak İstiyor</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>178.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059933506</t>
+          <t>9786059933698</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Yağmur Deniz</t>
+          <t>Kötü Kedi Isınmak İstiyor</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>198.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059933537</t>
+          <t>9786059933674</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Delidolu Mirketler - Wissper</t>
+          <t>Büyüyünce Ne Olacaksın Mavi?</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>138.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059933513</t>
+          <t>9786059933667</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Koşamayan At Herbert - Wissper</t>
+          <t>Tarhana</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>138.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059933490</t>
+          <t>9786059933629</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Saçlı Kız Hayal Kuruyor (Ciltli)</t>
+          <t>Arı Vızkafa - Yasemin’in Gizemli Bahçesi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>138.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059933476</t>
+          <t>9786059933643</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Saçlı Kız Bebeklerini Hatırlıyor (Ciltli)</t>
+          <t>Uğur Böceği Uçuç - Yasemin’in Gizemli Bahçesi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>148.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051734163</t>
+          <t>9786059933612</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Obur Ejderhalar 2 (Ciltli)</t>
+          <t>Küstüm İşte</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>225</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059933902</t>
+          <t>9786059933605</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu (Ciltli)</t>
+          <t>Seni Hep Seveceğim</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>198.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786257662017</t>
+          <t>9786059933582</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Şehir Faresi İle Tarla Faresi (Ciltli)</t>
+          <t>Harika Şeyler Yaşayacaksın</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059933919</t>
+          <t>9786059933575</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları (Ciltli)</t>
+          <t>Mızmız Leon</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786257662024</t>
+          <t>9786059933551</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
+          <t>Anne Bana Fil Al</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>160</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059933469</t>
+          <t>9786059933506</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sinek Astrid - Yükseklerden Uçuyor (Ciltli)</t>
+          <t>Mühendis Yağmur Deniz</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>148.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059933391</t>
+          <t>9786059933537</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Biri Annemi Durdursun! (Ciltli)</t>
+          <t>Delidolu Mirketler - Wissper</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>148.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059933858</t>
+          <t>9786059933513</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Mimar Cem Kenar</t>
+          <t>Koşamayan At Herbert - Wissper</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>198.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059933346</t>
+          <t>9786059933490</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Üzülme Sarıl Can (Ciltli)</t>
+          <t>Kırmızı Saçlı Kız Hayal Kuruyor (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>198.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059933322</t>
+          <t>9786059933476</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Can (Ciltli)</t>
+          <t>Kırmızı Saçlı Kız Bebeklerini Hatırlıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>245</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
+          <t>9786051734163</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Obur Ejderhalar 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786059933902</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Çirkin Ördek Yavrusu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786257662017</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Faresi İle Tarla Faresi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786059933919</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Bremen Mızıkacıları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786257662024</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786059933469</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Sinek Astrid - Yükseklerden Uçuyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>148.5</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786059933391</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Biri Annemi Durdursun! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>148.5</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786059933858</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Mimar Cem Kenar</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786059933346</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Üzülme Sarıl Can (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9786059933322</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Sarıl Can (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
           <t>9786059933285</t>
         </is>
       </c>
-      <c r="B292" s="1" t="inlineStr">
+      <c r="B302" s="1" t="inlineStr">
         <is>
           <t>Pati Kedi ve Yılbaşı Macerası (Ciltli)</t>
         </is>
       </c>
-      <c r="C292" s="1">
+      <c r="C302" s="1">
         <v>198.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>