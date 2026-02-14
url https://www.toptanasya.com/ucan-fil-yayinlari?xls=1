--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,4555 +85,4660 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255511775</t>
+          <t>9786255511812</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Koca Rıza</t>
+          <t>Okuma Kitaplarım (10 Okuma + 1 Çalışma Kitapçığı)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>245</v>
+        <v>990</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259803494</t>
+          <t>9786255511867</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem (My First Library) (Ciltli)</t>
+          <t>Masal Gezgini Tina</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>950</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255511799</t>
+          <t>9786255511850</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Aşırılar Apartmanı</t>
+          <t>Bi Dünya Aksilik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>198.5</v>
+        <v>199</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255511782</t>
+          <t>9786255511843</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakalım Ben Kimim</t>
+          <t>Ders Yok Günleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>198.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255511768</t>
+          <t>9786255511829</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dağ</t>
+          <t>Mimi Kreşe Başlıyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255511737</t>
+          <t>9786259505305</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Tuvalet Zamanı - Erkekler İçin Tuvalet Eğitimi Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>198.5</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255511126</t>
+          <t>9786259505312</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Dinozorlar</t>
+          <t>Tuvalet Zamanı - Kızlar İçin Tuvalet Eğitimi Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>575</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255511133</t>
+          <t>9786255511775</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Düt! Düt! Taşıtlar</t>
+          <t>Koca Rıza</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>575</v>
+        <v>245</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255511713</t>
+          <t>9786259803494</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Seviyorum</t>
+          <t>İlk Kütüphanem (My First Library) (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>198.5</v>
+        <v>950</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255511720</t>
+          <t>9786255511799</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çatı Katındaki Ada</t>
+          <t>Aşırılar Apartmanı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>245</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257662598</t>
+          <t>9786255511782</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İlk Sayılarım 1-5</t>
+          <t>Bir Bakalım Ben Kimim</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257662055</t>
+          <t>9786255511768</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kork(M)uyorum</t>
+          <t>Dağ</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>168.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059933896</t>
+          <t>9786255511737</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ve Yağmur</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>128.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255511751</t>
+          <t>9786255511126</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Şeyi</t>
+          <t>Çılgın Dinozorlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>178.5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255511744</t>
+          <t>9786255511133</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Tina ve Üç Kurt</t>
+          <t>Düt! Düt! Taşıtlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>168.5</v>
+        <v>650</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255511652</t>
+          <t>9786255511713</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ya Kedi Değilsem?</t>
+          <t>Kitapları Seviyorum</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255511294</t>
+          <t>9786255511720</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köpek Neredesin?/ CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
+          <t>Çatı Katındaki Ada</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>335</v>
+        <v>275</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255511300</t>
+          <t>9786257662598</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Küçük Aslan Neredesin?/CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
+          <t>İlk Sayılarım 1-5</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>335</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255511096</t>
+          <t>9786257662055</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Orman Hayvanları/ CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
+          <t>Kork(M)uyorum</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>445</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255511102</t>
+          <t>9786059933896</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Safari Hayvanları/ CEE-EEE! Dokun &amp; Keşfet (Ciltli)</t>
+          <t>Tavşan Can ve Yağmur</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>445</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255511355</t>
+          <t>9786255511751</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Big Block Books - Taşıtlar (Vehicles) (Ciltli)</t>
+          <t>Dünyanın En Güzel Şeyi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255511379</t>
+          <t>9786255511744</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Big Block Books - Dışarıdaki Hayat (Out and About) (Ciltli)</t>
+          <t>Kırmızı Başlıklı Tina ve Üç Kurt</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255511362</t>
+          <t>9786255511652</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Big Block Books - Hayvanlar (Animal) (Ciltli)</t>
+          <t>Ya Kedi Değilsem?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255511386</t>
+          <t>9786255511294</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Big Block Books - Benim Dünyam (My Word) (Ciltli)</t>
+          <t>Küçük Köpek Neredesin?/ CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255511645</t>
+          <t>9786255511300</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mimar Cem Kenar'ın Büyük Proje Kitabı</t>
+          <t>Küçük Aslan Neredesin?/CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254147401</t>
+          <t>9786255511096</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon Okulu</t>
+          <t>Sevimli Orman Hayvanları/ CE-EEEE! Dokun &amp; Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259520612</t>
+          <t>9786255511102</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Piyano Çalmayı Öğreniyorum</t>
+          <t>Sevimli Safari Hayvanları/ CEE-EEE! Dokun &amp; Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1190</v>
+        <v>495</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944827638</t>
+          <t>9786255511355</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bezelye Olmak İstemiyorum (Ciltli)</t>
+          <t>Big Block Books - Taşıtlar (Vehicles) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>178.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059933940</t>
+          <t>9786255511379</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can İle Kalemler ve Renkler</t>
+          <t>Big Block Books - Dışarıdaki Hayat (Out and About) (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255511027</t>
+          <t>9786255511362</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Hayvanlar Aleminde Büyük, Büyük, Çok Büyük (Ciltli)</t>
+          <t>Big Block Books - Hayvanlar (Animal) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>800</v>
+        <v>395</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255511201</t>
+          <t>9786255511386</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Minikler: Muhteşem Uzay (Ciltli)</t>
+          <t>Big Block Books - Benim Dünyam (My Word) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255511218</t>
+          <t>9786255511645</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Minikler: Muhteşem Tatil (Ciltli)</t>
+          <t>Mimar Cem Kenar'ın Büyük Proje Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255511195</t>
+          <t>9786254147401</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Minikler: Muhteşem Sirk (Ciltli)</t>
+          <t>İllüzyon Okulu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>495</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255511225</t>
+          <t>9786259520612</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Göster: Çiftlik Kaşifleri (Ciltli)</t>
+          <t>Piyano Çalmayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>395</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255511188</t>
+          <t>9789944827638</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hareketli Minikler: Muhteşem İnşaat (Ciltli)</t>
+          <t>Bezelye Olmak İstemiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255511232</t>
+          <t>9786059933940</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Göster: Okyanus Kaşifleri (Ciltli)</t>
+          <t>Tavşan Can İle Kalemler ve Renkler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255511249</t>
+          <t>9786255511027</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Göster: Doğa Kaşifleri (Ciltli)</t>
+          <t>Bebeğimle Hayvanlar Aleminde Büyük, Büyük, Çok Büyük (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>395</v>
+        <v>800</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255511256</t>
+          <t>9786255511201</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bul ve Göster: Orman Kaşifleri (Ciltli)</t>
+          <t>Hareketli Minikler: Muhteşem Uzay (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255511041</t>
+          <t>9786255511218</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Hayvanlar Aleminde Uzun, Uzun, Çok Uzun (Ciltli)</t>
+          <t>Hareketli Minikler: Muhteşem Tatil (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>800</v>
+        <v>395</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255511034</t>
+          <t>9786255511195</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimle Hayvanlar Aleminde Sivri, Sivri, Çok Sivri (Ciltli)</t>
+          <t>Hareketli Minikler: Muhteşem Sirk (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>800</v>
+        <v>395</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257662420</t>
+          <t>9786255511225</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İki Sincap Bir Kozalak</t>
+          <t>Bul ve Göster: Çiftlik Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>168.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059933414</t>
+          <t>9786255511188</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
+          <t>Hareketli Minikler: Muhteşem İnşaat (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>29.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059933599</t>
+          <t>9786255511232</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bilim İnsanı Ada Arı</t>
+          <t>Bul ve Göster: Okyanus Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>198.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059933568</t>
+          <t>9786255511249</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Bu Etkinlik Kitabını Bitirmesin!</t>
+          <t>Bul ve Göster: Doğa Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>154.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789944828321</t>
+          <t>9786255511256</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hugo, Bella ve Cicim'in Maceraları - Oynamıyorum İşte (Ciltli)</t>
+          <t>Bul ve Göster: Orman Kaşifleri (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>34.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789944828079</t>
+          <t>9786255511041</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Maisy Bahçede (Ciltli)</t>
+          <t>Bebeğimle Hayvanlar Aleminde Uzun, Uzun, Çok Uzun (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>54.5</v>
+        <v>800</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789944828024</t>
+          <t>9786255511034</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Maisy Şehirde</t>
+          <t>Bebeğimle Hayvanlar Aleminde Sivri, Sivri, Çok Sivri (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>29.5</v>
+        <v>800</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789944828017</t>
+          <t>9786257662420</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Maisy Tatilde</t>
+          <t>İki Sincap Bir Kozalak</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>27.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789944827997</t>
+          <t>9786059933414</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Maisy Yüzme Öğreniyor</t>
+          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>27.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051734156</t>
+          <t>9786059933599</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Obur Ejderhalar (Ciltli)</t>
+          <t>Bilim İnsanı Ada Arı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>34.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059933520</t>
+          <t>9786059933568</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ufacık Tefecik Kayıp Penguenler - Wissper</t>
+          <t>Güvercin Bu Etkinlik Kitabını Bitirmesin!</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>138.5</v>
+        <v>154.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059933445</t>
+          <t>9789944828321</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sinek Astrid (Ciltli)</t>
+          <t>Hugo, Bella ve Cicim'in Maceraları - Oynamıyorum İşte (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>34.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059933452</t>
+          <t>9789944828079</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sinek Astrid - Müziği Keşfediyor (Ciltli)</t>
+          <t>Maisy Bahçede (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>34.5</v>
+        <v>54.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789944828000</t>
+          <t>9789944828024</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Maisy Kreşe Gidiyor</t>
+          <t>Maisy Şehirde</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>27.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789944827034</t>
+          <t>9789944828017</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Caddesi</t>
+          <t>Maisy Tatilde</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>37.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944827041</t>
+          <t>9789944827997</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Prensesler</t>
+          <t>Maisy Yüzme Öğreniyor</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>37.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059933360</t>
+          <t>9786051734156</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Yağmur Deniz (Ciltli)</t>
+          <t>Obur Ejderhalar (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>27.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944827584</t>
+          <t>9786059933520</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>101 Peri Eğlencesi (Ciltli)</t>
+          <t>Ufacık Tefecik Kayıp Penguenler - Wissper</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>27.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944827508</t>
+          <t>9786059933445</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İlk Kütüphanem (9 Minik Kitap)</t>
+          <t>Sinek Astrid (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>52.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059933315</t>
+          <t>9786059933452</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Pati Kedi Düğmeleri Sayıyor (Ciltli)</t>
+          <t>Sinek Astrid - Müziği Keşfediyor (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>118.5</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059933308</t>
+          <t>9789944828000</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Pati Kedi Beyaz Ayakkabılarını Çok Seviyor (Ciltli)</t>
+          <t>Maisy Kreşe Gidiyor</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>118.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059933292</t>
+          <t>9789944827034</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Pati Kedi ve Havalı Okul Ayakkabıları (Ciltli)</t>
+          <t>Alışveriş Caddesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>118.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944827621</t>
+          <t>9789944827041</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Beni Taklit Etme! (Ciltli)</t>
+          <t>Prensesler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>34.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789944827645</t>
+          <t>9786059933360</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Şampuan - Saçını Yıkamak İstemeyen Çocuk</t>
+          <t>Mühendis Yağmur Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>27.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059933261</t>
+          <t>9789944827584</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Geç Yatmasın (Ciltli)</t>
+          <t>101 Peri Eğlencesi (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>49.5</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789944826860</t>
+          <t>9789944827508</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Ayıcık (Ciltli)</t>
+          <t>İlk Kütüphanem (9 Minik Kitap)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>32.5</v>
+        <v>52.5</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944826853</t>
+          <t>9786059933315</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Ayıcık (Ciltli)</t>
+          <t>Pati Kedi Düğmeleri Sayıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>32.5</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789944826907</t>
+          <t>9786059933308</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Güzel Prenses</t>
+          <t>Pati Kedi Beyaz Ayakkabılarını Çok Seviyor (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>15</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789944826945</t>
+          <t>9786059933292</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Peri</t>
+          <t>Pati Kedi ve Havalı Okul Ayakkabıları (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>15</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789944826938</t>
+          <t>9789944827621</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Pırıltılı Peri</t>
+          <t>Beni Taklit Etme! (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>15</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789944826952</t>
+          <t>9789944827645</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Süslü Prenses</t>
+          <t>Şampiyon Şampuan - Saçını Yıkamak İstemeyen Çocuk</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>15</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789944826884</t>
+          <t>9786059933261</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Puset Kitapları - Çiftlik</t>
+          <t>Güvercin Geç Yatmasın (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>17.5</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789944826877</t>
+          <t>9789944826860</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kuklalı Kitaplar - Tırtıl</t>
+          <t>Meraklı Ayıcık (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>17.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789944826839</t>
+          <t>9789944826853</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kuklalı Kitaplar - Fil (Ciltli)</t>
+          <t>Uykucu Ayıcık (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>17.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789944826822</t>
+          <t>9789944826907</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Puset Kitapları - Evcil Hayvanlar (Ciltli)</t>
+          <t>Güzel Prenses</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>17.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789944826846</t>
+          <t>9789944826945</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gürültücü Maymun Oynamayı Seviyor (Ciltli)</t>
+          <t>Sihirli Peri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>32.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257662086</t>
+          <t>9789944826938</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Matematikten? 2</t>
+          <t>Pırıltılı Peri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>178.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257662109</t>
+          <t>9789944826952</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Matematikten? 3 - Çarpım Tablosu</t>
+          <t>Süslü Prenses</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>178.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257662093</t>
+          <t>9789944826884</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Matematikten? 1</t>
+          <t>Puset Kitapları - Çiftlik</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>178.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944826921</t>
+          <t>9789944826877</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Prenses</t>
+          <t>Kuklalı Kitaplar - Tırtıl</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>15</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059933933</t>
+          <t>9789944826839</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Asla Pes Etme</t>
+          <t>Kuklalı Kitaplar - Fil (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>168.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059933803</t>
+          <t>9789944826822</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mantarların İsyanı</t>
+          <t>Puset Kitapları - Evcil Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>128.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059933636</t>
+          <t>9789944826846</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Salyangoz Sali - Yasemin’in Gizemli Bahçesi</t>
+          <t>Gürültücü Maymun Oynamayı Seviyor (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>168.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059933759</t>
+          <t>9786257662086</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Duru'nun Kurabiyeleri</t>
+          <t>Kim Korkar Matematikten? 2</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>148.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059933650</t>
+          <t>9786257662109</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kuş ile Minik Kurbağa</t>
+          <t>Kim Korkar Matematikten? 3 - Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>78.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255511324</t>
+          <t>9786257662093</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Einstein - Bir Farenin Uzay ve Zamandaki İnanılmaz Yolculuğu</t>
+          <t>Kim Korkar Matematikten? 1</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>450</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255511638</t>
+          <t>9789944826921</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Olmak İstemeyen Patates</t>
+          <t>Muhteşem Prenses</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>198.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257662284</t>
+          <t>9786059933933</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Orman Olmak</t>
+          <t>Asla Pes Etme</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>198.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255511577</t>
+          <t>9786059933803</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tavşanlar Havuç Yemez</t>
+          <t>Mantarların İsyanı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>178.5</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255511621</t>
+          <t>9786059933636</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Astronot Mevsimi</t>
+          <t>Salyangoz Sali - Yasemin’in Gizemli Bahçesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>178.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786254147319</t>
+          <t>9786059933759</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ekinoks Hayalleri</t>
+          <t>Duru'nun Kurabiyeleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>198.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255511003</t>
+          <t>9786059933650</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Dinozorlar (Ciltli)</t>
+          <t>Pembe Kuş ile Minik Kurbağa</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259520681</t>
+          <t>9786255511324</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Hayvanlar (Ciltli)</t>
+          <t>Einstein - Bir Farenin Uzay ve Zamandaki İnanılmaz Yolculuğu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259520698</t>
+          <t>9786255511638</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Böcekler (Ciltli)</t>
+          <t>Kraliçe Olmak İstemeyen Patates</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255511010</t>
+          <t>9786257662284</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bul Bakalım Taşıtlar (Ciltli)</t>
+          <t>Orman Olmak</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257662673</t>
+          <t>9786255511577</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İlk Sayılarım 6 -10 (Ciltli)</t>
+          <t>Tavşanlar Havuç Yemez</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059933971</t>
+          <t>9786255511621</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ayıcık Mur (Ciltli)</t>
+          <t>Astronot Mevsimi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>168.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059933544</t>
+          <t>9786254147319</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Zıplamak İsteyen Koca Fil - Wissper</t>
+          <t>Ekinoks Hayalleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059933483</t>
+          <t>9786255511003</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Saçlı Kız Şarkı Söylüyor (Ciltli)</t>
+          <t>Bul Bakalım Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>148.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059933339</t>
+          <t>9786259520681</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Can Pijama Partisinde (Ciltli)</t>
+          <t>Bul Bakalım Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059933964</t>
+          <t>9786259520698</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can İle Resim Çiz</t>
+          <t>Bul Bakalım Böcekler (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059933889</t>
+          <t>9786255511010</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Güneş</t>
+          <t>Bul Bakalım Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>128.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059933957</t>
+          <t>9786257662673</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can İle Resim Çizmeyi Öğreniyorum</t>
+          <t>İlk Sayılarım 6 -10 (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>245</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051738031</t>
+          <t>9786059933971</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Kayıp Fare</t>
+          <t>Ayıcık Mur (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>178.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051738024</t>
+          <t>9786059933544</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Yarasa Yalın</t>
+          <t>Zıplamak İsteyen Koca Fil - Wissper</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>148.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059933728</t>
+          <t>9786059933483</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Armstrong</t>
+          <t>Kırmızı Saçlı Kız Şarkı Söylüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>275</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255511607</t>
+          <t>9786059933339</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Geç Yatmasın!</t>
+          <t>Sarıl Can Pijama Partisinde (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255511119</t>
+          <t>9786059933964</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sen Hazırsan Başlıyoruz! Acil Durum (Ciltli)</t>
+          <t>Tavşan Can İle Resim Çiz</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257662338</t>
+          <t>9786059933889</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Gugu: Karahindiba</t>
+          <t>Tavşan Can ile Güneş</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>168.5</v>
+        <v>148</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255511614</t>
+          <t>9786059933957</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Otobüsü Kullanmasın</t>
+          <t>Tavşan Can İle Resim Çizmeyi Öğreniyorum</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255511317</t>
+          <t>9786051738031</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Limon ve Düğmeleri</t>
+          <t>Tavşan Can ile Kayıp Fare</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>145</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255511348</t>
+          <t>9786051738024</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Yavru Köpek İstiyor!</t>
+          <t>Tavşan Can ile Yarasa Yalın</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>145</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259520667</t>
+          <t>9786059933728</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Yapboz Taşıtlar</t>
+          <t>Armstrong</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>445</v>
+        <v>495</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259520674</t>
+          <t>9786255511607</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Yapboz Dinozorlar</t>
+          <t>Güvercin Geç Yatmasın!</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>445</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255511331</t>
+          <t>9786255511119</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Banyo Yapsın!</t>
+          <t>Sen Hazırsan Başlıyoruz! Acil Durum (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>145</v>
+        <v>550</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255511065</t>
+          <t>9786257662338</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ayaklar Kulübü</t>
+          <t>Meraklı Gugu: Karahindiba</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>178.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255511287</t>
+          <t>9786255511614</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Artık Okula Gitsin !</t>
+          <t>Güvercin Otobüsü Kullanmasın</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259520629</t>
+          <t>9786255511317</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Say Bul Eğlen Çiftlik (Ciltli)</t>
+          <t>Limon ve Düğmeleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>545</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259520636</t>
+          <t>9786255511348</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Say Bul Eğlen Okyanus (Ciltli)</t>
+          <t>Güvercin Yavru Köpek İstiyor!</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>545</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259520643</t>
+          <t>9786259520667</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Say Bul Eğlen Vahşi Doğa (Ciltli)</t>
+          <t>Eğlenceli Yapboz Taşıtlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786259520650</t>
+          <t>9786259520674</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Say Bul Eğlen Orman (Ciltli)</t>
+          <t>Eğlenceli Yapboz Dinozorlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255511171</t>
+          <t>9786255511331</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Müzik Aletleri</t>
+          <t>Güvercin Banyo Yapsın!</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255511164</t>
+          <t>9786255511065</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar</t>
+          <t>Yeşil Ayaklar Kulübü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255511157</t>
+          <t>9786255511287</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Uzay</t>
+          <t>Güvercin Artık Okula Gitsin !</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255511140</t>
+          <t>9786259520629</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kıyafetler</t>
+          <t>Say Bul Eğlen Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>178.5</v>
+        <v>595</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259803425</t>
+          <t>9786259520636</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Doktor Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım</t>
+          <t>Say Bul Eğlen Okyanus (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786259803470</t>
+          <t>9786259520643</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İnşaatçı Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım</t>
+          <t>Say Bul Eğlen Vahşi Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259803463</t>
+          <t>9786259520650</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İtfaiyeci Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım (Ciltli)</t>
+          <t>Say Bul Eğlen Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259803432</t>
+          <t>9786255511171</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Müzik Dinleyelim 6 Farklı Müzik Türünü Keşfedin (Ciltli)</t>
+          <t>Müzik Aletleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>445</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786254146749</t>
+          <t>9786255511164</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Nereden Çıktı Bu Zorba Canavar?</t>
+          <t>Zıtlıklar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>108.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255511263</t>
+          <t>9786255511157</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sen Büyük Müsün?</t>
+          <t>Uzay</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255511270</t>
+          <t>9786255511140</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sen Küçük Müsün?</t>
+          <t>Kıyafetler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259803401</t>
+          <t>9786259803425</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerim Renkler</t>
+          <t>Doktor Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>198.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786259821467</t>
+          <t>9786259803470</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>İlk Kelimelerim Siyah Beyaz Kitaplar Zıtlıklar</t>
+          <t>İnşaatçı Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>198.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786259821443</t>
+          <t>9786259803463</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İlk Piyano Kitabım - Humpty Dumpty ve Diğer Şarkılar</t>
+          <t>İtfaiyeci Olmak İstiyorum - Işıklı ve Sesli Pencereli Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>895</v>
+        <v>495</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786259821450</t>
+          <t>9786259803432</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İlk Piyano Kitabım Klasik Melodiler</t>
+          <t>Müzik Dinleyelim 6 Farklı Müzik Türünü Keşfedin (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>895</v>
+        <v>495</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059933377</t>
+          <t>9786254146749</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Şehri (Ciltli)</t>
+          <t>Nereden Çıktı Bu Zorba Canavar?</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>345</v>
+        <v>125</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059933384</t>
+          <t>9786255511263</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Lindbergh (Ciltli)</t>
+          <t>Sen Büyük Müsün?</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>345</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259803449</t>
+          <t>9786255511270</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sindirella (Ciltli)</t>
+          <t>Sen Küçük Müsün?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>395</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259803418</t>
+          <t>9786259803401</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (Ciltli)</t>
+          <t>İlk Kelimelerim Renkler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>395</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259821481</t>
+          <t>9786259821467</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Ciltli)</t>
+          <t>İlk Kelimelerim Siyah Beyaz Kitaplar Zıtlıklar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>395</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259821474</t>
+          <t>9786259821443</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Çıngıraklı Kitaplar Kelimeler (Ciltli)</t>
+          <t>İlk Piyano Kitabım - Humpty Dumpty ve Diğer Şarkılar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>245</v>
+        <v>895</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259803456</t>
+          <t>9786259821450</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Çıngıraklı Kitaplar Taşıtlar (Ciltli)</t>
+          <t>İlk Piyano Kitabım Klasik Melodiler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>245</v>
+        <v>895</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259821436</t>
+          <t>9786059933377</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Çıngıraklı Kitaplar Hayvanlar (Ciltli)</t>
+          <t>Köstebek Şehri (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259821498</t>
+          <t>9786059933384</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Çıngıraklı Kitaplar Renkler (Ciltli)</t>
+          <t>Lindbergh (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786255511089</t>
+          <t>9786259803449</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Benim Köpeğimi Yedi!</t>
+          <t>Sindirella (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786255511072</t>
+          <t>9786259803418</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Harika Köpek Perla</t>
+          <t>Peter Pan (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>168.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786255511058</t>
+          <t>9786259821481</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Edison: Kayıp Fare Hazinesinin Gizemi</t>
+          <t>Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259520605</t>
+          <t>9786259821474</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kiraz'ın Boya Kalemleri</t>
+          <t>Siyah Beyaz Çıngıraklı Kitaplar Kelimeler (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786259505398</t>
+          <t>9786259803456</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Ne Zaman İyi? Ne Zaman Kötü?</t>
+          <t>Siyah Beyaz Çıngıraklı Kitaplar Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259821429</t>
+          <t>9786259821436</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Profesör Pire Deney Başında</t>
+          <t>Siyah Beyaz Çıngıraklı Kitaplar Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>178.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259505329</t>
+          <t>9786259821498</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Küçük Hikayeleri: Kıskançlık</t>
+          <t>Siyah Beyaz Çıngıraklı Kitaplar Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>148.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786259505343</t>
+          <t>9786255511089</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Küçük Hikâyeleri: Öfke</t>
+          <t>Bu Kitap Benim Köpeğimi Yedi!</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>148.5</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786259505336</t>
+          <t>9786255511072</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Küçük Hikayeleri</t>
+          <t>Harika Köpek Perla</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>148.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257662987</t>
+          <t>9786255511058</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Cee-Eee Dokun-Keşfet Sevimli Çiftlik Hayvanları (Ciltli)</t>
+          <t>Edison: Kayıp Fare Hazinesinin Gizemi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>445</v>
+        <v>495</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254142338</t>
+          <t>9786259520605</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Palto İsteyen Gezegen</t>
+          <t>Kiraz'ın Boya Kalemleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257662970</t>
+          <t>9786259505398</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bebek Keşfet (Ciltli)</t>
+          <t>Ne Zaman İyi? Ne Zaman Kötü?</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257662963</t>
+          <t>9786259821429</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Bebek Merak Et (Ciltli)</t>
+          <t>Profesör Pire Deney Başında</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>495</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257662994</t>
+          <t>9786259505329</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Okyanus Hayvanları (Ciltli)</t>
+          <t>Deniz'in Küçük Hikayeleri: Kıskançlık</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>445</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059933827</t>
+          <t>9786259505343</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Alemi (Ciltli)</t>
+          <t>Deniz’in Küçük Hikâyeleri: Öfke</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>575</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786259456539</t>
+          <t>9786259505336</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Doğa (Ciltli)</t>
+          <t>Deniz'in Küçük Hikayeleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>495</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786259456522</t>
+          <t>9786257662987</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Çiftlik (Ciltli)</t>
+          <t>Cee-Eee Dokun-Keşfet Sevimli Çiftlik Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786259456546</t>
+          <t>9786254142338</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sen Hazırsan Başlıyoruz! Gökyüzü</t>
+          <t>Palto İsteyen Gezegen</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786259456553</t>
+          <t>9786257662970</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sen Hazırsan Başlıyoruz! Çevremiz</t>
+          <t>Meraklı Bebek Keşfet (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>495</v>
+        <v>550</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786259456560</t>
+          <t>9786257662963</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yap Boz Karıştır Doğa</t>
+          <t>Meraklı Bebek Merak Et (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>495</v>
+        <v>550</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786259456577</t>
+          <t>9786257662994</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yap Boz Karıştır - Çiftlik</t>
+          <t>Sevimli Okyanus Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257662758</t>
+          <t>9786059933827</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kaydır ve Gülümse Mutlu Kıpırtılar</t>
+          <t>Hayvanlar Alemi (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>345</v>
+        <v>650</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789999286792</t>
+          <t>9786259456539</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İlk Sayılarım Set</t>
+          <t>Vahşi Doğa (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257662765</t>
+          <t>9786259456522</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kaydır ve Gülümse Oyuncu Minikler</t>
+          <t>Eğlenceli Çiftlik (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>345</v>
+        <v>550</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257662734</t>
+          <t>9786259456546</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kaydır ve Gülümse Harika Yavrular</t>
+          <t>Sen Hazırsan Başlıyoruz! Gökyüzü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>345</v>
+        <v>550</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257662741</t>
+          <t>9786259456553</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kaydır ve Gülümse Meraklı Kaşifler</t>
+          <t>Sen Hazırsan Başlıyoruz! Çevremiz</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>345</v>
+        <v>550</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786259803487</t>
+          <t>9786259456560</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanımız Venüs Bir Yanımız Mars</t>
+          <t>Yap Boz Karıştır Doğa</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257662895</t>
+          <t>9786259456577</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Olmaz Böyle Şey</t>
+          <t>Yap Boz Karıştır - Çiftlik</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257662611</t>
+          <t>9786257662758</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bay Kukule’nin Çantası</t>
+          <t>Kaydır ve Gülümse Mutlu Kıpırtılar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>178.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257662192</t>
+          <t>9789999286792</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sayılar (Ciltli)</t>
+          <t>İlk Sayılarım Set</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>178.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257662185</t>
+          <t>9786257662765</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sebzeler (Ciltli)</t>
+          <t>Kaydır ve Gülümse Oyuncu Minikler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>178.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257662222</t>
+          <t>9786257662734</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar (Ciltli)</t>
+          <t>Kaydır ve Gülümse Harika Yavrular</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>178.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257662208</t>
+          <t>9786257662741</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Renkler (Ciltli)</t>
+          <t>Kaydır ve Gülümse Meraklı Kaşifler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>178.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257662215</t>
+          <t>9786259803487</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Meyveler (Ciltli)</t>
+          <t>Bir Yanımız Venüs Bir Yanımız Mars</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>178.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257662178</t>
+          <t>9786257662895</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Uçanfil Taşıtlar (Ciltli)</t>
+          <t>Olmaz Böyle Şey</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>178.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257662550</t>
+          <t>9786257662611</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Papita’nın Topu</t>
+          <t>Bay Kukule’nin Çantası</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257662505</t>
+          <t>9786257662192</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Simbat’ın Bahar Şarkısı</t>
+          <t>Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257662482</t>
+          <t>9786257662185</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sen Hazırsan Başlıyoruz! Bezden Tuvalete Yolculuk</t>
+          <t>Sebzeler (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>225</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257662710</t>
+          <t>9786257662222</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dokun - Hisset - Bul Okyanus Hayvanları (Ciltli)</t>
+          <t>Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>345</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257662703</t>
+          <t>9786257662208</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dokun - Hisset - Bul Kutup Hayvanları (Ciltli)</t>
+          <t>Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>345</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257662727</t>
+          <t>9786257662215</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Ormanı Hayvanları</t>
+          <t>Meyveler (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>295</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257662680</t>
+          <t>9786257662178</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dokun - Hisset - Bul Çiftlik Hayvanları (Ciltli)</t>
+          <t>Uçanfil Taşıtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>295</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257662802</t>
+          <t>9786257662550</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minikler Safari Arkadaşları</t>
+          <t>Papita’nın Topu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>325</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257662772</t>
+          <t>9786257662505</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minikler Okyanus Arkadaşları</t>
+          <t>Simbat’ın Bahar Şarkısı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>325</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257662796</t>
+          <t>9786257662482</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minikler Orman Arkadaşları</t>
+          <t>Sen Hazırsan Başlıyoruz! Bezden Tuvalete Yolculuk</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257662789</t>
+          <t>9786257662710</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Uykusu Kaçan Minikler Çiftlik Arkadaşları</t>
+          <t>Dokun - Hisset - Bul Okyanus Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786259821412</t>
+          <t>9786257662703</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kaya Dişler Ülkesinde</t>
+          <t>Dokun - Hisset - Bul Kutup Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786259821405</t>
+          <t>9786257662727</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Atık</t>
+          <t>Yağmur Ormanı Hayvanları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786259456515</t>
+          <t>9786257662680</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Suyun Kaynağı</t>
+          <t>Dokun - Hisset - Bul Çiftlik Hayvanları (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786259456508</t>
+          <t>9786257662802</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Resmi</t>
+          <t>Uykusu Kaçan Minikler Safari Arkadaşları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>198.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257662956</t>
+          <t>9786257662772</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bir Ada Hikayesi</t>
+          <t>Uykusu Kaçan Minikler Okyanus Arkadaşları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786259456591</t>
+          <t>9786257662796</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ya Bir Ayıyla Karşılaşırsam?</t>
+          <t>Uykusu Kaçan Minikler Orman Arkadaşları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257662390</t>
+          <t>9786257662789</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Saatçi Bilge</t>
+          <t>Uykusu Kaçan Minikler Çiftlik Arkadaşları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>198.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257662932</t>
+          <t>9786259821412</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Taç (Ciltli)</t>
+          <t>Kaya Dişler Ülkesinde</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257662949</t>
+          <t>9786259821405</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Lona: Çakıl Taşları</t>
+          <t>Sıfır Atık</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257662925</t>
+          <t>9786259456515</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlarla Oyun Kitabım</t>
+          <t>Suyun Kaynağı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257662864</t>
+          <t>9786259456508</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Benimle Gel</t>
+          <t>Mutluluğun Resmi</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257662918</t>
+          <t>9786257662956</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Bir Ada Hikayesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>198.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257662901</t>
+          <t>9786259456591</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ertelediğim Şeyler</t>
+          <t>Ya Bir Ayıyla Karşılaşırsam?</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>188.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257662840</t>
+          <t>9786257662390</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Serisi 3 - Benim Kişisel Alanım Sosyal Hayatım (Ciltli)</t>
+          <t>Saatçi Bilge</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257662833</t>
+          <t>9786257662932</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Serisi 1 - Benim Kişisel Alanım Bedenim (Ciltli)</t>
+          <t>Taç (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257662857</t>
+          <t>9786257662949</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet Serisi 2 - Benim Kişisel Alanım Evim (Ciltli)</t>
+          <t>Lona: Çakıl Taşları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257662819</t>
+          <t>9786257662925</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bacağını Arayan Sandalye</t>
+          <t>Hayvanlarla Oyun Kitabım</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>198.5</v>
+        <v>450</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257662871</t>
+          <t>9786257662864</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kovaladığım Şeyler</t>
+          <t>Benimle Gel</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>188.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257662888</t>
+          <t>9786257662918</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ayna</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257662826</t>
+          <t>9786257662901</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Sarılırım Sana</t>
+          <t>Ertelediğim Şeyler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>198.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257662581</t>
+          <t>9786257662840</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ada ve Deniz Oyunlu Bahçede</t>
+          <t>Mahremiyet Serisi 3 - Benim Kişisel Alanım Sosyal Hayatım (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257662666</t>
+          <t>9786257662833</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bilge'nin Arkadaş İcadı</t>
+          <t>Mahremiyet Serisi 1 - Benim Kişisel Alanım Bedenim (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>188.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257662642</t>
+          <t>9786257662857</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Kipper’ın Oyuncak Kutusu</t>
+          <t>Mahremiyet Serisi 2 - Benim Kişisel Alanım Evim (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257662635</t>
+          <t>9786257662819</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kipper</t>
+          <t>Bacağını Arayan Sandalye</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257662659</t>
+          <t>9786257662871</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kipper’ın Doğum Günü</t>
+          <t>Kovaladığım Şeyler</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257662628</t>
+          <t>9786257662888</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Ahşap Zaman Makinesi - Doğa Dedektifleri</t>
+          <t>Ayna</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>168.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257662604</t>
+          <t>9786257662826</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Kuş Yemliği - Doğa Dedektifleri</t>
+          <t>Kocaman Sarılırım Sana</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257662376</t>
+          <t>9786257662581</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Armstrong</t>
+          <t>Ada ve Deniz Oyunlu Bahçede</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059933834</t>
+          <t>9786257662666</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Onlar Biraz Maceracı</t>
+          <t>Bilge'nin Arkadaş İcadı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257662536</t>
+          <t>9786257662642</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Onlar Biraz Hayalperest</t>
+          <t>Kipper’ın Oyuncak Kutusu</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257662314</t>
+          <t>9786257662635</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Onlar Biraz Meraklı</t>
+          <t>Kipper</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257662543</t>
+          <t>9786257662659</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Balı Kim Sever?</t>
+          <t>Kipper’ın Doğum Günü</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>178.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257662512</t>
+          <t>9786257662628</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Olmaz Böyle Şey</t>
+          <t>Ahşap Zaman Makinesi - Doğa Dedektifleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>225</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257662567</t>
+          <t>9786257662604</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bulunması İmkansız Orman</t>
+          <t>Büyüyen Kuş Yemliği - Doğa Dedektifleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>148.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257662574</t>
+          <t>9786257662376</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kiki ve Cango - En İyi Arkadaşınla Derle, Topla, Rahatla</t>
+          <t>Armstrong</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>188.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257662529</t>
+          <t>9786059933834</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bir İleri Dönüşüm Hikayesi</t>
+          <t>Çünkü Onlar Biraz Maceracı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>198.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257662499</t>
+          <t>9786257662536</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşüm Muhteşem Olacak</t>
+          <t>Çünkü Onlar Biraz Hayalperest</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>148.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257662437</t>
+          <t>9786257662314</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Portakalı Kim Sever?</t>
+          <t>Çünkü Onlar Biraz Meraklı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>178.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257662475</t>
+          <t>9786257662543</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bencil Kedicik Ne Yapsın?</t>
+          <t>Balı Kim Sever?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>148.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257662468</t>
+          <t>9786257662512</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Kedicik</t>
+          <t>Olmaz Böyle Şey</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>148.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257662451</t>
+          <t>9786257662567</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Kedicik</t>
+          <t>Bulunması İmkansız Orman</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>148.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257662444</t>
+          <t>9786257662574</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Kedicik</t>
+          <t>Kiki ve Cango - En İyi Arkadaşınla Derle, Topla, Rahatla</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>148.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786254142710</t>
+          <t>9786257662529</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Clifford - İyilik Peşinde</t>
+          <t>Bir İleri Dönüşüm Hikayesi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>178.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786254142703</t>
+          <t>9786257662499</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Clifford - Büyük Kırmızı Köpek</t>
+          <t>Geri Dönüşüm Muhteşem Olacak</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>178.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257662413</t>
+          <t>9786257662437</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Evini Arayan Yavrukurt</t>
+          <t>Portakalı Kim Sever?</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257662406</t>
+          <t>9786257662475</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kabarık Etekleri</t>
+          <t>Bencil Kedicik Ne Yapsın?</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>178.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257662352</t>
+          <t>9786257662468</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tropikal Balık Bıdık</t>
+          <t>Utangaç Kedicik</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257662345</t>
+          <t>9786257662451</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hamham’ın Korkunç Dişleri</t>
+          <t>Yaramaz Kedicik</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257662383</t>
+          <t>9786257662444</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Can</t>
+          <t>Öfkeli Kedicik</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257662369</t>
+          <t>9786254142710</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Ayakkabılarım Kaçıyor</t>
+          <t>Clifford - İyilik Peşinde</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257662321</t>
+          <t>9786254142703</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Huboş Uykucu Ayı</t>
+          <t>Clifford - Büyük Kırmızı Köpek</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>198.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257662307</t>
+          <t>9786257662413</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Video Oyunlarını Sevmiyor</t>
+          <t>Evini Arayan Yavrukurt</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>168.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257662291</t>
+          <t>9786257662406</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Şeker Sevmiyor</t>
+          <t>Annemin Kabarık Etekleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257662253</t>
+          <t>9786257662352</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Ponpon Bale Yapıyor</t>
+          <t>Tropikal Balık Bıdık</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>178.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257662260</t>
+          <t>9786257662345</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Bir Dünya - Çocuk Hakları</t>
+          <t>Hamham’ın Korkunç Dişleri</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257662246</t>
+          <t>9786257662383</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hayalperestler – Düşler Alemine Yolculuk</t>
+          <t>Sarıl Can</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257662239</t>
+          <t>9786257662369</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Rüya Hayvanları - Masalsı Bir Uyku Macerası</t>
+          <t>Eyvah! Ayakkabılarım Kaçıyor</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>168.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257662161</t>
+          <t>9786257662321</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karınca Kardo</t>
+          <t>Huboş Uykucu Ayı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257662123</t>
+          <t>9786257662307</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İlham Perileri - Michelangelo</t>
+          <t>Kötü Kedi Video Oyunlarını Sevmiyor</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>225</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257662130</t>
+          <t>9786257662291</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Tutulması</t>
+          <t>Kötü Kedi Şeker Sevmiyor</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>178.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257662062</t>
+          <t>9786257662253</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Benim (Değil)</t>
+          <t>Ponpon Bale Yapıyor</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>168.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257662079</t>
+          <t>9786257662260</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Minik (Değilsin)</t>
+          <t>Daha İyi Bir Dünya - Çocuk Hakları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>168.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257662116</t>
+          <t>9786257662246</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Atlas'ın Origami Günlüğü</t>
+          <t>Hayalperestler – Düşler Alemine Yolculuk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>198.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257662048</t>
+          <t>9786257662239</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Minik Fare Kükredi</t>
+          <t>Rüya Hayvanları - Masalsı Bir Uyku Macerası</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>188.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257662031</t>
+          <t>9786257662161</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Cesur Koala</t>
+          <t>Karınca Kardo</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>188.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059933995</t>
+          <t>9786257662123</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Balon Uçuyor</t>
+          <t>İlham Perileri - Michelangelo</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>168.5</v>
+        <v>260</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257662000</t>
+          <t>9786257662130</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Geri Dönüşüm Ülkesi</t>
+          <t>Çiçek Tutulması</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059933988</t>
+          <t>9786257662062</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bütün Ev Odam Olsa - Masal Büyürken</t>
+          <t>Benim (Değil)</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059933926</t>
+          <t>9786257662079</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kirli Yorgun Mutlu</t>
+          <t>Minik (Değilsin)</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786051738017</t>
+          <t>9786257662116</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Civcivler</t>
+          <t>Atlas'ın Origami Günlüğü</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>118.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051738048</t>
+          <t>9786257662048</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can Doğum Günü Partisinde</t>
+          <t>Minik Fare Kükredi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>118.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059933872</t>
+          <t>9786257662031</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ile Ay</t>
+          <t>Cesur Koala</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>98.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051738000</t>
+          <t>9786059933995</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Can ve Kar</t>
+          <t>Kırmızı Balon Uçuyor</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>128.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059933865</t>
+          <t>9786257662000</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İlham Perileri: Van Gogh</t>
+          <t>Geri Dönüşüm Ülkesi</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059933841</t>
+          <t>9786059933988</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Müzesi</t>
+          <t>Bütün Ev Odam Olsa - Masal Büyürken</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>188.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059933797</t>
+          <t>9786059933926</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Çınar Ağacı ve Yürüyen Köşk</t>
+          <t>Kirli Yorgun Mutlu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>188.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059933780</t>
+          <t>9786051738017</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İlham Perileri: Mozart</t>
+          <t>Tavşan Can ile Civcivler</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>225</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059933773</t>
+          <t>9786051738048</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Deniz'den Şiirler</t>
+          <t>Tavşan Can Doğum Günü Partisinde</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>148.5</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059933766</t>
+          <t>9786059933872</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Mavi Sevmeyen Oğlan Pembe Sevmeyen Kız</t>
+          <t>Tavşan Can ile Ay</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>168.5</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059933742</t>
+          <t>9786051738000</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Deniz’in Tohum Macerası</t>
+          <t>Tavşan Can ve Kar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>225</v>
+        <v>148</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059933735</t>
+          <t>9786059933865</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Jumanji</t>
+          <t>İlham Perileri: Van Gogh</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059933711</t>
+          <t>9786059933841</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bay Ağaç Değişiyor</t>
+          <t>Tiyatro Müzesi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>198.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059933704</t>
+          <t>9786059933797</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ponpon - Minik Tavşanın Büyük Macerası</t>
+          <t>Çınar Ağacı ve Yürüyen Köşk</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>148.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059933681</t>
+          <t>9786059933780</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Uyumak İstiyor</t>
+          <t>İlham Perileri: Mozart</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>168.5</v>
+        <v>260</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059933698</t>
+          <t>9786059933773</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kedi Isınmak İstiyor</t>
+          <t>Çocuklara Deniz'den Şiirler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>168.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059933674</t>
+          <t>9786059933766</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Ne Olacaksın Mavi?</t>
+          <t>Mavi Sevmeyen Oğlan Pembe Sevmeyen Kız</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>245</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059933667</t>
+          <t>9786059933742</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Tarhana</t>
+          <t>Deniz’in Tohum Macerası</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>148.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059933629</t>
+          <t>9786059933735</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Arı Vızkafa - Yasemin’in Gizemli Bahçesi</t>
+          <t>Jumanji</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059933643</t>
+          <t>9786059933711</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceği Uçuç - Yasemin’in Gizemli Bahçesi</t>
+          <t>Bay Ağaç Değişiyor</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059933612</t>
+          <t>9786059933704</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Küstüm İşte</t>
+          <t>Ponpon - Minik Tavşanın Büyük Macerası</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>178.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059933605</t>
+          <t>9786059933681</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Seni Hep Seveceğim</t>
+          <t>Kötü Kedi Uyumak İstiyor</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059933582</t>
+          <t>9786059933698</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Harika Şeyler Yaşayacaksın</t>
+          <t>Kötü Kedi Isınmak İstiyor</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>245</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059933575</t>
+          <t>9786059933674</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Leon</t>
+          <t>Büyüyünce Ne Olacaksın Mavi?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>138.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059933551</t>
+          <t>9786059933667</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Anne Bana Fil Al</t>
+          <t>Tarhana</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>178.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059933506</t>
+          <t>9786059933629</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Mühendis Yağmur Deniz</t>
+          <t>Arı Vızkafa - Yasemin’in Gizemli Bahçesi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>198.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059933537</t>
+          <t>9786059933643</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Delidolu Mirketler - Wissper</t>
+          <t>Uğur Böceği Uçuç - Yasemin’in Gizemli Bahçesi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>138.5</v>
+        <v>190</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059933513</t>
+          <t>9786059933612</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Koşamayan At Herbert - Wissper</t>
+          <t>Küstüm İşte</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>138.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059933490</t>
+          <t>9786059933605</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Saçlı Kız Hayal Kuruyor (Ciltli)</t>
+          <t>Seni Hep Seveceğim</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>138.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059933476</t>
+          <t>9786059933582</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Saçlı Kız Bebeklerini Hatırlıyor (Ciltli)</t>
+          <t>Harika Şeyler Yaşayacaksın</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>148.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051734163</t>
+          <t>9786059933575</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Obur Ejderhalar 2 (Ciltli)</t>
+          <t>Mızmız Leon</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>225</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059933902</t>
+          <t>9786059933551</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu (Ciltli)</t>
+          <t>Anne Bana Fil Al</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>198.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786257662017</t>
+          <t>9786059933506</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Şehir Faresi İle Tarla Faresi (Ciltli)</t>
+          <t>Mühendis Yağmur Deniz</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059933919</t>
+          <t>9786059933537</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları (Ciltli)</t>
+          <t>Delidolu Mirketler - Wissper</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>160</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786257662024</t>
+          <t>9786059933513</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
+          <t>Koşamayan At Herbert - Wissper</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>160</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059933469</t>
+          <t>9786059933490</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sinek Astrid - Yükseklerden Uçuyor (Ciltli)</t>
+          <t>Kırmızı Saçlı Kız Hayal Kuruyor (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>148.5</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059933391</t>
+          <t>9786059933476</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Biri Annemi Durdursun! (Ciltli)</t>
+          <t>Kırmızı Saçlı Kız Bebeklerini Hatırlıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>148.5</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059933858</t>
+          <t>9786051734163</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mimar Cem Kenar</t>
+          <t>Obur Ejderhalar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059933346</t>
+          <t>9786059933902</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Üzülme Sarıl Can (Ciltli)</t>
+          <t>Çirkin Ördek Yavrusu (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059933322</t>
+          <t>9786257662017</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Sarıl Can (Ciltli)</t>
+          <t>Şehir Faresi İle Tarla Faresi (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
+          <t>9786059933919</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Bremen Mızıkacıları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786257662024</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786059933469</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Sinek Astrid - Yükseklerden Uçuyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>148.5</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786059933391</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Biri Annemi Durdursun! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>148.5</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786059933858</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Mimar Cem Kenar</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786059933346</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Üzülme Sarıl Can (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9786059933322</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Sarıl Can (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
           <t>9786059933285</t>
         </is>
       </c>
-      <c r="B302" s="1" t="inlineStr">
+      <c r="B309" s="1" t="inlineStr">
         <is>
           <t>Pati Kedi ve Yılbaşı Macerası (Ciltli)</t>
         </is>
       </c>
-      <c r="C302" s="1">
-        <v>198.5</v>
+      <c r="C309" s="1">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>