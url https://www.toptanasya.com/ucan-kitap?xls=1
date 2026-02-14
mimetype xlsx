--- v0 (2025-12-16)
+++ v1 (2026-02-14)
@@ -85,70 +85,415 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259545349</t>
+          <t>9786259444895</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İlk Günlüğüm - Beceri Odaklı Çocuk Günlüğü</t>
+          <t>Ahtapotunu Okula Nasıl Hazırlarsın?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
+          <t>9786259444857</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>Unicorn Kulubü</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786259444833</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Koca Popolu Ayı</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786259444840</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Boya-Sil-Boya (4 Kitap + 5 Kalem Seti)</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786057170583</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kimin Evi?</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786057170576</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786057170545</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Tık Tık Kim O? - Yumurtlayan Kitap (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786057170538</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Ali'nin Dinozorları</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786057170521</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Ali'nin Fotoğraf Makinesi</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786057170514</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Ali’nin Arabası (Tak Çıkar Puzzle Kitabı)</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786057170507</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Minik Arı'nın Bir Günü</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786056887031</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bir Daha Bak</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786056887024</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Yapboz - Şerif Hayvanlar Aleminde</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>61.02</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786056887017</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bak Bak Saklambaç</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786056887086</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Şerif Hayvanlar Aleminde - Şekiller Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786056887093</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Çiftçi Amca ve Oldukça Meşgul Köstebek</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786056887062</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Şerif Hayvanlar Aleminde - Renkler Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786056887079</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tembel Hayvan Ailesi Nasıl Yaşar?</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786056887048</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Sayılar Kitabı - Şerif Hayvanlar Aleminde</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786056887055</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Manu’nun Kalbi</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786056887000</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Şerif Hayvanlar Aleminde Alfabe Kitabı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786057170552</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Bay Kirpi’nin Ayak Kokusu Çorabı</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786057170569</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Doktorazarus</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786259545349</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>İlk Günlüğüm - Beceri Odaklı Çocuk Günlüğü</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
           <t>9786259545301</t>
         </is>
       </c>
-      <c r="B3" s="1" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Böcek Oteli</t>
         </is>
       </c>
-      <c r="C3" s="1">
+      <c r="C26" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>