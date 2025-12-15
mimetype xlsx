--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,5440 +85,5455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789755874104</t>
+          <t>9789755872032</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İlk Arkadaşım (Ciltli)</t>
+          <t>Bir Bulutun Hikayesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256275270</t>
+          <t>9789755874104</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Tatil Kitabım Ana Sınıfına Geçenler için</t>
+          <t>İlk Arkadaşım (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789755874098</t>
+          <t>9786256275270</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Okul Düşün</t>
+          <t>Anaokulu Tatil Kitabım Ana Sınıfına Geçenler için</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755873428</t>
+          <t>9789755874098</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Çizgi Çalışmaları (48+)</t>
+          <t>Bir Okul Düşün</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>28</v>
+        <v>420</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755873077</t>
+          <t>9789755873428</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Matematik (48+)</t>
+          <t>Erken Çocukluk Döneminde Çizgi Çalışmaları (48+)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789755873053</t>
+          <t>9789755873077</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Görsel Algı ve Dikkat (48+)</t>
+          <t>Erken Çocukluk Döneminde Matematik (48+)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755872018</t>
+          <t>9789755873053</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Edebiyatında Aytül Akal Sempozyumu</t>
+          <t>Erken Çocukluk Döneminde Görsel Algı ve Dikkat (48+)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755872551</t>
+          <t>9789755872018</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Okula Gitmek İstemiyor</t>
+          <t>Çocuk ve Gençlik Edebiyatında Aytül Akal Sempozyumu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755871776</t>
+          <t>9789755872551</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zarf Katlama Zarfogami : 4</t>
+          <t>Zeytin Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>10</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755871769</t>
+          <t>9789755871776</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Zarf Katlama Zarfogami : 3</t>
+          <t>Zarf Katlama Zarfogami : 4</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755871752</t>
+          <t>9789755871769</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zarf Katlama Zarfogami :2</t>
+          <t>Zarf Katlama Zarfogami : 3</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755871783</t>
+          <t>9789755871752</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zarf Katlama Zarfogami :1</t>
+          <t>Zarf Katlama Zarfogami :2</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755871080</t>
+          <t>9789755871783</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yuva</t>
+          <t>Zarf Katlama Zarfogami :1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>4.63</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755871684</t>
+          <t>9789755871080</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapılı Kent (Tiyatro Oyunu)</t>
+          <t>Yeni Bir Yuva</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>8</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758039838</t>
+          <t>9789755871684</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapılı Kent</t>
+          <t>Yedi Kapılı Kent (Tiyatro Oyunu)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>11.11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755871097</t>
+          <t>9789758039838</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Var</t>
+          <t>Yedi Kapılı Kent</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755870267</t>
+          <t>9789755871097</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzucuk (Ciltli)</t>
+          <t>Yaralı Var</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>16.67</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789758039036</t>
+          <t>9789755870267</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uzay Güzeli</t>
+          <t>Üç Kuzucuk (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>8.33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755871042</t>
+          <t>9789758039036</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Toso Dağın Ötesi</t>
+          <t>Uzay Güzeli</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755871134</t>
+          <t>9789755871042</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Top</t>
+          <t>Toso Dağın Ötesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755871394</t>
+          <t>9789755871134</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Three Little Lambs - Mother’s Baking Us A Cake! (Ciltli)</t>
+          <t>Top</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>16.67</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755871387</t>
+          <t>9789755871394</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Three Little Lambs</t>
+          <t>Three Little Lambs - Mother’s Baking Us A Cake! (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755870564</t>
+          <t>9789755871387</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>The Teacher’s Magical Hat Magical Door 3</t>
+          <t>Three Little Lambs</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755870649</t>
+          <t>9789755870564</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>The Queen’s Birthday</t>
+          <t>The Teacher’s Magical Hat Magical Door 3</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755870533</t>
+          <t>9789755870649</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>The Palace Cockerel’s Birthday</t>
+          <t>The Queen’s Birthday</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755870489</t>
+          <t>9789755870533</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince’s Birthday</t>
+          <t>The Palace Cockerel’s Birthday</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755870632</t>
+          <t>9789755870489</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>The King of Seasons’ Birthday</t>
+          <t>The Little Prince’s Birthday</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755870472</t>
+          <t>9789755870632</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>The Artist’s Magical Studio</t>
+          <t>The King of Seasons’ Birthday</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755871608</t>
+          <t>9789755870472</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Terzi Masalı</t>
+          <t>The Artist’s Magical Studio</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755870786</t>
+          <t>9789755871608</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tembel Fare Tini</t>
+          <t>Terzi Masalı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>7</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755871240</t>
+          <t>9789755870786</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gemisi</t>
+          <t>Tembel Fare Tini</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>11.11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758039388</t>
+          <t>9789755871240</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şıkırdak’ın Çıngırağı</t>
+          <t>Şiir Gemisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>4.4</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758039500</t>
+          <t>9789758039388</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şekerler Deve Oldu</t>
+          <t>Şıkırdak’ın Çıngırağı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>5.56</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755870496</t>
+          <t>9789758039500</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sözcük - Sözcük Zincir Bulmaca Sayı: 1</t>
+          <t>Şekerler Deve Oldu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>2.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755870502</t>
+          <t>9789755870496</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sözcük - Sözcük Zincir Bulmaca  Sayı: 2</t>
+          <t>Sözcük - Sözcük Zincir Bulmaca Sayı: 1</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758039463</t>
+          <t>9789755870502</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Süslü Kedisi</t>
+          <t>Sözcük - Sözcük Zincir Bulmaca  Sayı: 2</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>6.94</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755870540</t>
+          <t>9789758039463</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Saray Horozu’nun Doğum Günü Mevsimler Kralı’nın Maceraları 2</t>
+          <t>Sarayın Süslü Kedisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>16.67</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755870458</t>
+          <t>9789755870540</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Sihirli Odası</t>
+          <t>Saray Horozu’nun Doğum Günü Mevsimler Kralı’nın Maceraları 2</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>17</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758039784</t>
+          <t>9789755870458</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sabahı Boyayan Çocuk (Ciltli)</t>
+          <t>Sanatçının Sihirli Odası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>23.15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758039821</t>
+          <t>9789758039784</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Popi’nin Yatağı</t>
+          <t>Sabahı Boyayan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>4.4</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755871110</t>
+          <t>9789758039821</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Piknikçiler</t>
+          <t>Popi’nin Yatağı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>4.63</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755872285</t>
+          <t>9789755871110</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Para</t>
+          <t>Piknikçiler</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755871714</t>
+          <t>9789755872285</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Papağan Masalı</t>
+          <t>Para</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755870557</t>
+          <t>9789755871714</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Sihirli Şapkası</t>
+          <t>Papağan Masalı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755870977</t>
+          <t>9789755870557</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Sabah</t>
+          <t>Öğretmenin Sihirli Şapkası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755870694</t>
+          <t>9789755870977</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Orman (Ciltli)</t>
+          <t>Ormanda Sabah</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758039029</t>
+          <t>9789755870694</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Oğlum, Ben Çocukken...</t>
+          <t>Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755870595</t>
+          <t>9789758039029</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>My Grandad’s Magical Wardbrobe Magical Door 4</t>
+          <t>Oğlum, Ben Çocukken...</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755870526</t>
+          <t>9789755870595</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>My Brother’s Magical School</t>
+          <t>My Grandad’s Magical Wardbrobe Magical Door 4</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755871851</t>
+          <t>9789755870526</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Gün</t>
+          <t>My Brother’s Magical School</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>14</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755870298</t>
+          <t>9789755871851</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mut Teyze’nin Bahçesi</t>
+          <t>Mutlu Bir Gün</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>36</v>
+        <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758039715</t>
+          <t>9789755870298</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Minnoş Anne Oldu</t>
+          <t>Mut Teyze’nin Bahçesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>4.4</v>
+        <v>36</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755870779</t>
+          <t>9789758039715</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Minik Yeşil Kurbağa</t>
+          <t>Minnoş Anne Oldu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>6.48</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758039364</t>
+          <t>9789755870779</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Miğfer</t>
+          <t>Minik Yeşil Kurbağa</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755870212</t>
+          <t>9789758039364</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Oğlum Nerdesin?</t>
+          <t>Miğfer</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755870625</t>
+          <t>9789755870212</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler Kralının Doğum Günü</t>
+          <t>Oğlum Nerdesin?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758039043</t>
+          <t>9789755870625</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mavi Boya</t>
+          <t>Mevsimler Kralının Doğum Günü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789758039401</t>
+          <t>9789758039043</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Masalları Arayan Çocuk (Ciltli)</t>
+          <t>Mavi Boya</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758039739</t>
+          <t>9789758039401</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Mago</t>
+          <t>Masalları Arayan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755870762</t>
+          <t>9789758039739</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kümes (Ciltli)</t>
+          <t>Mago</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755870465</t>
+          <t>9789755870762</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens’in Doğum Günü</t>
+          <t>Kümes (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755870144</t>
+          <t>9789755870465</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mor Balık</t>
+          <t>Küçük Prens’in Doğum Günü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>6.48</v>
+        <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755870755</t>
+          <t>9789755870144</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kuzu (Ciltli)</t>
+          <t>Küçük Mor Balık</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789758039470</t>
+          <t>9789755870755</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Kralı Nikola</t>
+          <t>Kuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755870731</t>
+          <t>9789758039470</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Köpek (Ciltli)</t>
+          <t>Kuşlar Kralı Nikola</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>4.63</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758039081</t>
+          <t>9789755870731</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kim Kime Ne Dedi</t>
+          <t>Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>3.7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755870700</t>
+          <t>9789758039081</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kedi (Ciltli)</t>
+          <t>Kim Kime Ne Dedi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>4.63</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755870960</t>
+          <t>9789755870700</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Keçi Masalı</t>
+          <t>Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755871547</t>
+          <t>9789755870960</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kremalı Köpek Gofreti</t>
+          <t>Keçi Masalı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755870519</t>
+          <t>9789755871547</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimin Sihirli Okulu</t>
+          <t>Kremalı Köpek Gofreti</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>17</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789758039104</t>
+          <t>9789755870519</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kardeş İsteyen Çocuk (Ciltli)</t>
+          <t>Kardeşimin Sihirli Okulu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>23.15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755870663</t>
+          <t>9789758039104</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Kardeş İsteyen Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>12.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755871486</t>
+          <t>9789755870663</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam Masalı</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>12</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755871127</t>
+          <t>9789755871486</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kara Kutu</t>
+          <t>Kardan Adam Masalı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>4.63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758039425</t>
+          <t>9789755871127</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kanaryamın Öyküsü</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>36</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755870922</t>
+          <t>9789758039425</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Şenliği</t>
+          <t>Kanaryamın Öyküsü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>7</v>
+        <v>36</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758039357</t>
+          <t>9789755870922</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kuli’nin Rüyası</t>
+          <t>Kağıt Şenliği</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>4.4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755871448</t>
+          <t>9789758039357</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İki Ucu Yolculuk</t>
+          <t>Kuli’nin Rüyası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>9.26</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755870793</t>
+          <t>9789755871448</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Esin Perisi</t>
+          <t>İki Ucu Yolculuk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755871523</t>
+          <t>9789755870793</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hayaletten Mektuplar</t>
+          <t>Hoş Geldin Esin Perisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>8.33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755870199</t>
+          <t>9789755871523</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gemisini Batıran Kaptan</t>
+          <t>Hayaletten Mektuplar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758039395</t>
+          <t>9789755870199</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Sevmeyen Çocuk (Ciltli)</t>
+          <t>Gemisini Batıran Kaptan</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755870274</t>
+          <t>9789758039395</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Fırt O Dala Fırt Bu Dala (Fabller)</t>
+          <t>Geceyi Sevmeyen Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>24</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755870656</t>
+          <t>9789755870274</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe’nin Doğum Günü</t>
+          <t>Fırt O Dala Fırt Bu Dala (Fabller)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>51</v>
+        <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755870939</t>
+          <t>9789755870656</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Nuriyanım’ın Burnu</t>
+          <t>Kraliçe’nin Doğum Günü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>5.56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755870304</t>
+          <t>9789755870939</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ninem Örgü Örüyor</t>
+          <t>Nuriyanım’ın Burnu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>4.4</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755870748</t>
+          <t>9789755870304</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kuş (Ciltli)</t>
+          <t>Ninem Örgü Örüyor</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>4.63</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>8699237598774</t>
+          <t>9789755870748</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dene, Yanıl, Öğren! (8 Kitap Takım)</t>
+          <t>Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789755871585</t>
+          <t>8699237598774</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Köpek Metalika</t>
+          <t>Dene, Yanıl, Öğren! (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758039098</t>
+          <t>9789755871585</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Çocuk (Ciltli)</t>
+          <t>Çılgın Köpek Metalika</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>23.15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755870236</t>
+          <t>9789758039098</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bulut Lila</t>
+          <t>Canı Sıkılan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>6.02</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755870151</t>
+          <t>9789755870236</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalı Bilmeceler</t>
+          <t>Bulut Lila</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>7.41</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755870205</t>
+          <t>9789755870151</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Boş Kaplumbağa</t>
+          <t>Bulmacalı Bilmeceler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755870670</t>
+          <t>9789755870205</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bizim Komşular Çok Komik</t>
+          <t>Boş Kaplumbağa</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>4.17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755871677</t>
+          <t>9789755870670</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler İçinde İller ve İlçeler</t>
+          <t>Bizim Komşular Çok Komik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>9.26</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755871615</t>
+          <t>9789755871677</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Berber Masalı</t>
+          <t>Bilmeceler İçinde İller ve İlçeler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758039746</t>
+          <t>9789755871615</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar mısın?</t>
+          <t>Berber Masalı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758039074</t>
+          <t>9789758039746</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Benimle Oynar mısın?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>3.7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758039142</t>
+          <t>9789758039074</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ben Neredeyim</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789758039135</t>
+          <t>9789758039142</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim</t>
+          <t>Ben Neredeyim</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755871196</t>
+          <t>9789758039135</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Babamın Burnundan Düştüm</t>
+          <t>Ben Kimim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>5.56</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755871035</t>
+          <t>9789755871196</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Gözü Ağrıdı</t>
+          <t>Babamın Burnundan Düştüm</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755870281</t>
+          <t>9789755871035</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Olmak Becoming Atatürk</t>
+          <t>Babaannemin Gözü Ağrıdı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>8.33</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755871578</t>
+          <t>9789755870281</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aşık Oldum (İlk Aşk)</t>
+          <t>Atatürk Olmak Becoming Atatürk</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>13</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755871707</t>
+          <t>9789755871578</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Çıldırdı?</t>
+          <t>Aşık Oldum (İlk Aşk)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>8.33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755870717</t>
+          <t>9789755871707</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Baykuş (Ciltli)</t>
+          <t>Annem Neden Çıldırdı?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789758039418</t>
+          <t>9789755870717</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Al Takkeli Dev ile Mor Takkeli Dev</t>
+          <t>Baykuş (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>12</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755870724</t>
+          <t>9789758039418</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Balık (Ciltli)</t>
+          <t>Al Takkeli Dev ile Mor Takkeli Dev</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>4.63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755872346</t>
+          <t>9789755870724</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Ufaklık ve Canavar</t>
+          <t>Balık (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>299</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755872063</t>
+          <t>9789755872346</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Edebiyatında Göstergebilimsel Bir Uygulama: Aytül Akal</t>
+          <t>Ufaklık ve Canavar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>72</v>
+        <v>299</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789755872254</t>
+          <t>9789755872063</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 3 - Bebek Bakıyor</t>
+          <t>Çocuk ve Gençlik Edebiyatında Göstergebilimsel Bir Uygulama: Aytül Akal</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>49</v>
+        <v>72</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3990000032671</t>
+          <t>9789755872254</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav (6 Kitap Takım)</t>
+          <t>Mıymıy Teyze 3 - Bebek Bakıyor</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>55.56</v>
+        <v>49</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755872179</t>
+          <t>3990000032671</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Annesiyle Babası Ayrılsın İstemiyor</t>
+          <t>Mızmız Mırnav (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>13</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755871943</t>
+          <t>9789755872179</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzucuk Büyük Şenlik Günü (Ciltli)</t>
+          <t>Zeytin Annesiyle Babası Ayrılsın İstemiyor</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>9.26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000004697</t>
+          <t>9789755871943</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzucuk Annemiz Pasta Yapacak (Ciltli)</t>
+          <t>Üç Kuzucuk Büyük Şenlik Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000004698</t>
+          <t>3990000004697</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Peynirli Börek (Ciltli)</t>
+          <t>Üç Kuzucuk Annemiz Pasta Yapacak (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789755870847</t>
+          <t>3990000004698</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Niye Demiş İlkgençlik Çağı İçin Oyun</t>
+          <t>Peynirli Börek (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>8</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789758039807</t>
+          <t>9789755870847</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Niye Demiş Bu Naneyi Kim Yemiş</t>
+          <t>Kim Demiş Niye Demiş İlkgençlik Çağı İçin Oyun</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758039012</t>
+          <t>9789758039807</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kızım, Ben Çocukken...</t>
+          <t>Kim Demiş Niye Demiş Bu Naneyi Kim Yemiş</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>18</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052031469</t>
+          <t>9789758039012</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şemsiye</t>
+          <t>Kızım, Ben Çocukken...</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789755871011</t>
+          <t>9786052031469</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kırçıl Horoz</t>
+          <t>Kırmızı Şemsiye</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>6.02</v>
+        <v>65</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755870175</t>
+          <t>9789755871011</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Takım Bizim Takım</t>
+          <t>Kırçıl Horoz</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>8.33</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3990000012530</t>
+          <t>9789755870175</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Domates Saçlı Kız</t>
+          <t>En Büyük Takım Bizim Takım</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>8.8</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755870311</t>
+          <t>3990000012530</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzucuk - Annemiz Pasta Yapacak</t>
+          <t>Domates Saçlı Kız</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755871479</t>
+          <t>9789755870311</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sincap Evi</t>
+          <t>Üç Kuzucuk - Annemiz Pasta Yapacak</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>4.4</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755871141</t>
+          <t>9789755871479</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Dereden Tepeden Dereliköy’den</t>
+          <t>Sincap Evi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>6.94</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755871561</t>
+          <t>9789755871141</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Denize Doğru</t>
+          <t>Dereden Tepeden Dereliköy’den</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>12</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755871004</t>
+          <t>9789755871561</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Demet’in Bahçesi</t>
+          <t>Denize Doğru</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>6.48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755870601</t>
+          <t>9789755871004</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sihirli Dolabı Sihirli Kapı 4</t>
+          <t>Demet’in Bahçesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>51</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057627254</t>
+          <t>9789755870601</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Matematik (60+)</t>
+          <t>Dedemin Sihirli Dolabı Sihirli Kapı 4</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>32</v>
+        <v>51</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057627247</t>
+          <t>9786057627254</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İlkokula Hazırım 1. Sınıfa Geçenler İçin</t>
+          <t>Erken Çocukluk Döneminde Matematik (60+)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057627230</t>
+          <t>9786057627247</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Görsel Algı ve Dikkat</t>
+          <t>İlkokula Hazırım 1. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755871974</t>
+          <t>9786057627230</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bilgebaş Masalı</t>
+          <t>Erken Çocukluk Döneminde Görsel Algı ve Dikkat</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755874081</t>
+          <t>9789755871974</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynayan Dinozor</t>
+          <t>Bilgebaş Masalı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>360</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755874111</t>
+          <t>9789755874081</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşma Küserim</t>
+          <t>Saklambaç Oynayan Dinozor</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755874067</t>
+          <t>9789755874111</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Komşu Komşu Huu! (Ciltli)</t>
+          <t>Yaklaşma Küserim</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755874050</t>
+          <t>9789755874067</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşlarım</t>
+          <t>Komşu Komşu Huu! (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>275</v>
+        <v>460</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755874043</t>
+          <t>9789755874050</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hikâye Çorbası</t>
+          <t>En İyi Arkadaşlarım</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755874036</t>
+          <t>9789755874043</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çok Zor Bir Kitap (Ciltli)</t>
+          <t>Hikâye Çorbası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755874005</t>
+          <t>9789755874036</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun İlk Kitaplığı</t>
+          <t>Çok Zor Bir Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755874029</t>
+          <t>9789755874005</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bir Ördek Asla Göz Kırpmaz (Ciltli)</t>
+          <t>Çocuğumun İlk Kitaplığı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755874012</t>
+          <t>9789755874029</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın! Çok Sıkılıyorum (Ciltli)</t>
+          <t>Bir Ördek Asla Göz Kırpmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755873992</t>
+          <t>9789755874012</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce (Ciltli)</t>
+          <t>Yaşasın! Çok Sıkılıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755871455</t>
+          <t>9789755873992</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Altın Kanatlı Topçin</t>
+          <t>Uykudan Önce (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>199</v>
+        <v>420</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256275102</t>
+          <t>9789755871455</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Anasınıfı Tatil Kitabım 1. Sınıfa Geçenler İçin</t>
+          <t>Altın Kanatlı Topçin</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>270</v>
+        <v>199</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258408331</t>
+          <t>9786256275102</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Erken Öğrenme Seti 48+</t>
+          <t>Anasınıfı Tatil Kitabım 1. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>4700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258408355</t>
+          <t>9786258408331</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Erken Öğrenme Seti 60+</t>
+          <t>Erken Öğrenme Seti 48+</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>5900</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755873985</t>
+          <t>9786258408355</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kedi Olmak İsteyen Örümcek Mario</t>
+          <t>Erken Öğrenme Seti 60+</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>500</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258408768</t>
+          <t>9789755873985</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Erken Öğrenme Seti 48+ Bul - Keşfet - Öğren</t>
+          <t>Kedi Olmak İsteyen Örümcek Mario</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>4700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258408553</t>
+          <t>9786258408768</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Erken Öğrenme Seti 60+</t>
+          <t>Erken Öğrenme Seti 48+ Bul - Keşfet - Öğren</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>5900</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755873947</t>
+          <t>9786258408553</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşma Pırtlarım</t>
+          <t>Erken Öğrenme Seti 60+</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>240</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755873695</t>
+          <t>9789755873947</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Balinalar Aramızda (Ciltli)</t>
+          <t>Yaklaşma Pırtlarım</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755873268</t>
+          <t>9789755873695</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Harfler - Çizerek Öğreniyorum 4-5 Yaş</t>
+          <t>Balinalar Aramızda (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>185</v>
+        <v>430</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755873893</t>
+          <t>9789755873268</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ding Dong! Kapıda Biri mi Var?</t>
+          <t>Harfler - Çizerek Öğreniyorum 4-5 Yaş</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755873886</t>
+          <t>9789755873893</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Meşe Ağacındaki Ev</t>
+          <t>Ding Dong! Kapıda Biri mi Var?</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755873879</t>
+          <t>9789755873886</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bugün Biraz Öfkeliyim (Ciltli)</t>
+          <t>Meşe Ağacındaki Ev</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755873862</t>
+          <t>9789755873879</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bugün Biraz Utangacım (Ciltli)</t>
+          <t>Bugün Biraz Öfkeliyim (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755873855</t>
+          <t>9789755873862</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Uzay Başlıklı Kız (Ciltli)</t>
+          <t>Bugün Biraz Utangacım (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755873824</t>
+          <t>9789755873855</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Filin Yeteneği Nerede?</t>
+          <t>Kırmızı Uzay Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755873350</t>
+          <t>9789755873824</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
+          <t>Filin Yeteneği Nerede?</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>460</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258408010</t>
+          <t>9789755873350</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım 24+</t>
+          <t>İngilizce Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>1200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755873770</t>
+          <t>9786258408010</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Kitap (Ciltli)</t>
+          <t>İlk Etkinlik Kitabım 24+</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755873732</t>
+          <t>9789755873770</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze -3 Bebek Bakıyor</t>
+          <t>Bu Bir Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755873800</t>
+          <t>9789755873732</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Korkmayı Bıraktığım Gün</t>
+          <t>Mıymıy Teyze -3 Bebek Bakıyor</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755873794</t>
+          <t>9789755873800</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Samson (Ciltli)</t>
+          <t>Korkmayı Bıraktığım Gün</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755873787</t>
+          <t>9789755873794</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Korosu</t>
+          <t>Dedektif Samson (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755873756</t>
+          <t>9789755873787</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Hırsızı (Ciltli)</t>
+          <t>Kurbağa Korosu</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755872742</t>
+          <t>9789755873756</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Misi Misgibi (Ciltli)</t>
+          <t>Hikaye Hırsızı (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755873718</t>
+          <t>9789755872742</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Beni Bekliyor (Ciltli)</t>
+          <t>Misi Misgibi (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755873640</t>
+          <t>9789755873718</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Geko (Ciltli)</t>
+          <t>Arkadaşım Beni Bekliyor (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755873701</t>
+          <t>9789755873640</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bay Tavşan'ın Çikolata Fabrikası (Ciltli)</t>
+          <t>Sıradan Bir Geko (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755873688</t>
+          <t>9789755873701</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kısa Tarihi (Ciltli)</t>
+          <t>Bay Tavşan'ın Çikolata Fabrikası (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755873633</t>
+          <t>9789755873688</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 6 - Sokakta</t>
+          <t>Yaşamın Kısa Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755873671</t>
+          <t>9789755873633</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Panço Kendine İnsan Arıyor</t>
+          <t>Mıymıy Teyze 6 - Sokakta</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755873664</t>
+          <t>9789755873671</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kitap Yapma Sanatı</t>
+          <t>Panço Kendine İnsan Arıyor</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755873657</t>
+          <t>9789755873664</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yüzde 25’in Muz (Ciltli)</t>
+          <t>Kitap Yapma Sanatı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755873626</t>
+          <t>9789755873657</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Gece Parlayan (Ciltli)</t>
+          <t>Yüzde 25’in Muz (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755873619</t>
+          <t>9789755873626</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Şarkısı (Ciltli)</t>
+          <t>Gece Parlayan (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755873541</t>
+          <t>9789755873619</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Evden Çıktığımda (Ciltli)</t>
+          <t>Dinozorların Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755873602</t>
+          <t>9789755873541</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Matilda ve Aydede (Ciltli)</t>
+          <t>Evden Çıktığımda (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755873503</t>
+          <t>9789755873602</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dodi Dişdostu (Ciltli)</t>
+          <t>Matilda ve Aydede (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>360</v>
+        <v>299</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755873596</t>
+          <t>9789755873503</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Sandalye (Ciltli)</t>
+          <t>Dodi Dişdostu (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755873589</t>
+          <t>9789755873596</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Kavanoz Mutluluk</t>
+          <t>Küçük Mavi Sandalye (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755873558</t>
+          <t>9789755873589</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Futbolcu - Tembel Fare Tini Dizisi 8</t>
+          <t>Bir Kavanoz Mutluluk</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755873534</t>
+          <t>9789755873558</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Uslu Çocuk (Ciltli)</t>
+          <t>Futbolcu - Tembel Fare Tini Dizisi 8</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755873497</t>
+          <t>9789755873534</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Primatlar Banyo Sırasında (Ciltli)</t>
+          <t>Uslu Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755873572</t>
+          <t>9789755873497</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Primatlar Banyo Sırasında (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755873435</t>
+          <t>9789755873572</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Uçan Dede</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755873565</t>
+          <t>9789755873435</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kitapsavarım (Ciltli)</t>
+          <t>Uçan Dede</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755872919</t>
+          <t>9789755873565</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Püskül ile Zeytin Anlaşamıyor</t>
+          <t>Ben Bir Kitapsavarım (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755873961</t>
+          <t>9789755872919</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir İskelet Var! (Ciltli)</t>
+          <t>Püskül ile Zeytin Anlaşamıyor</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755873510</t>
+          <t>9789755873961</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>En Çok Hangimizi Seviyorsun? (Ciltli)</t>
+          <t>İçinde Bir İskelet Var! (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057627223</t>
+          <t>9789755873510</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Çizgi Çalışmaları</t>
+          <t>En Çok Hangimizi Seviyorsun? (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>59</v>
+        <v>430</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755872759</t>
+          <t>9786057627223</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Devekuşu Her Şeyi Yapabilir!</t>
+          <t>Erken Çocukluk Döneminde Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>185</v>
+        <v>59</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755873459</t>
+          <t>9789755872759</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ayakkabı</t>
+          <t>Bir Devekuşu Her Şeyi Yapabilir!</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755873473</t>
+          <t>9789755873459</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemek İyidir - Mimi'nin Serüvenleri 5</t>
+          <t>Kırmızı Ayakkabı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755873442</t>
+          <t>9789755873473</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kedim Pazartesi</t>
+          <t>Gülümsemek İyidir - Mimi'nin Serüvenleri 5</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755873343</t>
+          <t>9789755873442</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 3-4 Yaş</t>
+          <t>Kedim Pazartesi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755873329</t>
+          <t>9789755873343</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Şekiller ve Renkler - Çizerek Öğreniyorum 3-4 Yaş</t>
+          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>185</v>
+        <v>500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755873312</t>
+          <t>9789755873329</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Çizerek Öğreniyorum 5-6 Yaş</t>
+          <t>Şekiller ve Renkler - Çizerek Öğreniyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755873381</t>
+          <t>9789755873312</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dolu Dolu Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
+          <t>Sayılar - Çizerek Öğreniyorum 5-6 Yaş</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755873282</t>
+          <t>9789755873381</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgiler- Çizerek Öğreniyorum 3-4 Yaş</t>
+          <t>Dolu Dolu Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>185</v>
+        <v>520</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755873374</t>
+          <t>9789755873282</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 4-5 Yaş</t>
+          <t>İlk Çizgiler- Çizerek Öğreniyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755873398</t>
+          <t>9789755873374</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 5-6 Yaş</t>
+          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 4-5 Yaş</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755873367</t>
+          <t>9789755873398</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Matematik Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
+          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 5-6 Yaş</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755873251</t>
+          <t>9789755873367</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Harfler - Çizerek Öğreniyorum 3-4 Yaş</t>
+          <t>Matematik Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>185</v>
+        <v>520</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755873299</t>
+          <t>9789755873251</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Çizerek Öğreniyorum 3-4 Yaş</t>
+          <t>Harfler - Çizerek Öğreniyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755873336</t>
+          <t>9789755873299</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 2-3 Yaş</t>
+          <t>Sayılar - Çizerek Öğreniyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>460</v>
+        <v>185</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755873275</t>
+          <t>9789755873336</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Harfler - Çizerek Öğreniyorum 5-6 Yaş</t>
+          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 2-3 Yaş</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>185</v>
+        <v>460</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755873305</t>
+          <t>9789755873275</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Çizerek Öğreniyorum 4-5 Yaş</t>
+          <t>Harfler - Çizerek Öğreniyorum 5-6 Yaş</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755873466</t>
+          <t>9789755873305</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Prenses Olmak İstemeyen Prenses</t>
+          <t>Sayılar - Çizerek Öğreniyorum 4-5 Yaş</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755872957</t>
+          <t>9789755873466</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yediuyur Nerede Uyur? (Ciltli)</t>
+          <t>Prenses Olmak İstemeyen Prenses</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755872940</t>
+          <t>9789755872957</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Deniz (Ciltli)</t>
+          <t>Yediuyur Nerede Uyur? (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755873213</t>
+          <t>9789755872940</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Sihirli Sayılar</t>
+          <t>Bir Damla Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755873206</t>
+          <t>9789755873213</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Sihirli Harfler</t>
+          <t>Akıllı Boyama - Sihirli Sayılar</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755873244</t>
+          <t>9789755873206</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Taşıtlar ve Ulaşım</t>
+          <t>Akıllı Boyama - Sihirli Harfler</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755873176</t>
+          <t>9789755873244</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Hayvanlar ve Yavruları</t>
+          <t>Akıllı Boyama - Taşıtlar ve Ulaşım</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755873220</t>
+          <t>9789755873176</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Sihirli Sayılar</t>
+          <t>Akıllı Boyama - Hayvanlar ve Yavruları</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755873237</t>
+          <t>9789755873220</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Akıllı Boyama - Sihirli Sayılar</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755873190</t>
+          <t>9789755873237</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Sihirli Harfler</t>
+          <t>Akıllı Boyama - Sihirli Sayılar</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755873183</t>
+          <t>9789755873190</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Akıllı Boyama - Sihirli Harfler</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755872926</t>
+          <t>9789755873183</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Süt Kutusundaki İnek</t>
+          <t>Akıllı Boyama - Sihirli Harfler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755873817</t>
+          <t>9789755872926</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bu Koku da Ne? - Pengu</t>
+          <t>Süt Kutusundaki İnek</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755872933</t>
+          <t>9789755873817</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Dişe Diş (Ciltli)</t>
+          <t>Bu Koku da Ne? - Pengu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755872896</t>
+          <t>9789755872933</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Yalama (Ciltli)</t>
+          <t>Dişe Diş (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755872902</t>
+          <t>9789755872896</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Denizde Sayılar</t>
+          <t>Bu Kitabı Yalama (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755872001</t>
+          <t>9789755872902</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 5 - Evde Yalnız</t>
+          <t>Denizde Sayılar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755873930</t>
+          <t>9789755872001</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kediyim</t>
+          <t>Mıymıy Teyze 5 - Evde Yalnız</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755872544</t>
+          <t>9789755873930</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Mimi'nin Serüvenleri 4 - Kim Bu Yaramaz?</t>
+          <t>Ben Bir Kediyim</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755872865</t>
+          <t>9789755872544</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Karanlıktan Korkuyor</t>
+          <t>Mimi'nin Serüvenleri 4 - Kim Bu Yaramaz?</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755872834</t>
+          <t>9789755872865</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Sayıların En Büyüğü (Ciltli)</t>
+          <t>Cingöz Karanlıktan Korkuyor</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755872827</t>
+          <t>9789755872834</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bir Dostluk Masalı (Ciltli)</t>
+          <t>Sayıların En Büyüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755872513</t>
+          <t>9789755872827</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bahçeye Ne Ektik?</t>
+          <t>Bir Dostluk Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>185</v>
+        <v>420</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755872506</t>
+          <t>9789755872513</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Babam Yerinde Durmuyor (Ciltli)</t>
+          <t>Bahçeye Ne Ektik?</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755872520</t>
+          <t>9789755872506</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dev Tavşan (Ciltli)</t>
+          <t>Babam Yerinde Durmuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755872537</t>
+          <t>9789755872520</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Zafer Kimin? (Ciltli)</t>
+          <t>Dev Tavşan (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755872490</t>
+          <t>9789755872537</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Babam Uyumak Bilmiyor (Ciltli)</t>
+          <t>Zafer Kimin? (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755872483</t>
+          <t>9789755872490</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Alfabe</t>
+          <t>Babam Uyumak Bilmiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755873848</t>
+          <t>9789755872483</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 4 - Alışverişte</t>
+          <t>Ormanda Alfabe</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755872469</t>
+          <t>9789755873848</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mimi'nin Serüvenleri 3 - Sevgili Anneannem</t>
+          <t>Mıymıy Teyze 4 - Alışverişte</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755872476</t>
+          <t>9789755872469</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağınca</t>
+          <t>Mimi'nin Serüvenleri 3 - Sevgili Anneannem</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755872339</t>
+          <t>9789755872476</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Şövalyesi</t>
+          <t>Kar Yağınca</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>119</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755872452</t>
+          <t>9789755872339</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kurtçuğun Hayvan Bilmeceleri</t>
+          <t>Fırtına Şövalyesi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>175</v>
+        <v>119</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755872322</t>
+          <t>9789755872452</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Mimi'nin Serüvenleri 2 - Dans Eden Dinozorlar</t>
+          <t>Kurtçuğun Hayvan Bilmeceleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755872315</t>
+          <t>9789755872322</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Neden İstediğimi Yapamıyorum?</t>
+          <t>Mimi'nin Serüvenleri 2 - Dans Eden Dinozorlar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755871998</t>
+          <t>9789755872315</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 5 - Oyun Parkında</t>
+          <t>Neden İstediğimi Yapamıyorum?</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755871929</t>
+          <t>9789755871998</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 4 - Pastel Boya</t>
+          <t>Mızmız Mırnav 5 - Oyun Parkında</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755871912</t>
+          <t>9789755871929</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 3 - Öğretmenler Günü Onur Günü</t>
+          <t>Mızmız Mırnav 4 - Pastel Boya</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755871806</t>
+          <t>9789755871912</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 2: Kırmızı Yastık</t>
+          <t>Mızmız Mırnav 3 - Öğretmenler Günü Onur Günü</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755871790</t>
+          <t>9789755871806</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 1: Okulda İlk Gün</t>
+          <t>Mızmız Mırnav 2: Kırmızı Yastık</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755872247</t>
+          <t>9789755871790</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 2 - Lunaparkta</t>
+          <t>Mızmız Mırnav 1: Okulda İlk Gün</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755873916</t>
+          <t>9789755872247</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 1 - Kapının Arkasında</t>
+          <t>Mıymıy Teyze 2 - Lunaparkta</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755871936</t>
+          <t>9789755873916</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Olmak</t>
+          <t>Mıymıy Teyze 1 - Kapının Arkasında</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755871981</t>
+          <t>9789755871936</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Açıl Maske Açıl</t>
+          <t>Atatürk Olmak</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755871882</t>
+          <t>9789755871981</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Açıl Kapı Açıl</t>
+          <t>Açıl Maske Açıl</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755871875</t>
+          <t>9789755871882</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Açıl Bahçe Açıl</t>
+          <t>Açıl Kapı Açıl</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789758039111</t>
+          <t>9789755873749</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Aç Perdeyi Ben Geldim</t>
+          <t>Açıl Bahçe Açıl</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755871172</t>
+          <t>9789758039111</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Uzay Çocuğu</t>
+          <t>Aç Perdeyi Ben Geldim</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755870571</t>
+          <t>9789755871172</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ay</t>
+          <t>Meraklı Uzay Çocuğu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789758039890</t>
+          <t>9789755870571</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Masalını Arayan Ejderha Orman Masalları-4</t>
+          <t>Mavi Ay</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755872223</t>
+          <t>9789758039890</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mimi'nin Serüvenleri 1 - Masalları Çok Severim</t>
+          <t>Masalını Arayan Ejderha Orman Masalları-4</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755872131</t>
+          <t>9789755872223</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Küçük Filozof : Neden Okula Gitmek Zorundayım</t>
+          <t>Mimi'nin Serüvenleri 1 - Masalları Çok Severim</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755873909</t>
+          <t>9789755872131</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Kırmızı Araba</t>
+          <t>Küçük Filozof : Neden Okula Gitmek Zorundayım</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755872209</t>
+          <t>9789755873909</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Kostüm Partisi</t>
+          <t>Pengu - Kırmızı Araba</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755873725</t>
+          <t>9789755872209</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Pengu : Deniz Kıyısında Bir Gün</t>
+          <t>Pengu - Kostüm Partisi</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755872162</t>
+          <t>9789755873725</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Püskül Uyumak İstemiyor</t>
+          <t>Pengu : Deniz Kıyısında Bir Gün</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755872186</t>
+          <t>9789755872162</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Çok Kavgacı</t>
+          <t>Püskül Uyumak İstemiyor</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755872148</t>
+          <t>9789755872186</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Cingöz'ün Kardeşi Oluyor</t>
+          <t>Zıpır Çok Kavgacı</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755872100</t>
+          <t>9789755872148</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Aslan (Ciltli)</t>
+          <t>Cingöz'ün Kardeşi Oluyor</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755872124</t>
+          <t>9789755872100</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Yeni Bir Arkadaş</t>
+          <t>Kütüphanedeki Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755870885</t>
+          <t>9789755872124</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Şeker Canavarı - En Matrak Canavar Öyküleri 1</t>
+          <t>Pengu - Yeni Bir Arkadaş</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755871202</t>
+          <t>9789755870885</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yatağın Altındaki Harfler</t>
+          <t>Şeker Canavarı - En Matrak Canavar Öyküleri 1</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755870069</t>
+          <t>9789755871202</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Çocuk</t>
+          <t>Yatağın Altındaki Harfler</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755870137</t>
+          <t>9789755870069</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Kar Yağıyor</t>
+          <t>Yaşlı Çocuk</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755871554</t>
+          <t>9789755870137</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Trafik Lambası</t>
+          <t>Yaşasın Kar Yağıyor</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755871653</t>
+          <t>9789755871554</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Ağabeyimin Doğum Günü</t>
+          <t>Yaramaz Trafik Lambası</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755871844</t>
+          <t>9789755871653</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Veli’nin Trampeti</t>
+          <t>Yakışıklı Ağabeyimin Doğum Günü</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755870687</t>
+          <t>9789755871844</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Veli’nin Kurabiyesi</t>
+          <t>Veli’nin Trampeti</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755870168</t>
+          <t>9789755870687</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Veli’nin Kırmızı Topu</t>
+          <t>Veli’nin Kurabiyesi</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755870946</t>
+          <t>9789755870168</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Veli’nin Elma Ağacı</t>
+          <t>Veli’nin Kırmızı Topu</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789758039555</t>
+          <t>9789755870946</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Üç Uçan Çocuk</t>
+          <t>Veli’nin Elma Ağacı</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789755871691</t>
+          <t>9789758039555</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Üç Sihirli Öpücük</t>
+          <t>Üç Uçan Çocuk</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755872070</t>
+          <t>9789755871691</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 6 - Üzümlü Kurabiye</t>
+          <t>Üç Sihirli Öpücük</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755872087</t>
+          <t>9789755872070</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Uyku Ağacı</t>
+          <t>Mızmız Mırnav 6 - Üzümlü Kurabiye</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755872094</t>
+          <t>9789755872087</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Nil Soru Soruyor</t>
+          <t>Uyku Ağacı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755872568</t>
+          <t>9789755872094</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Söyle Anne, Ben Neden Varım?</t>
+          <t>Nil Soru Soruyor</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755871950</t>
+          <t>9789755872568</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Yolunda</t>
+          <t>Söyle Anne, Ben Neden Varım?</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789758039852</t>
+          <t>9789755871950</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kertenkele Orman Masalları-2</t>
+          <t>Kütüphane Yolunda</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789758039951</t>
+          <t>9789758039852</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Küçük Anne</t>
+          <t>Küçük Kertenkele Orman Masalları-2</t>
         </is>
       </c>
       <c r="C290" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789758039760</t>
+          <t>9789758039951</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Zaman Büyüyeceğim?</t>
+          <t>Küçük Anne</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755870052</t>
+          <t>9789758039760</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Olacağım?</t>
+          <t>Ben Ne Zaman Büyüyeceğim?</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755872971</t>
+          <t>9789755870052</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Şekiller ve Kavramlar - Ben Minicik Bir Bebektim 2</t>
+          <t>Ben Ne Olacağım?</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755872841</t>
+          <t>9789755872971</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Renkler - Ben Minicik Bir Bebektim</t>
+          <t>Şekiller ve Kavramlar - Ben Minicik Bir Bebektim 2</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755872735</t>
+          <t>9789755872841</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Sürekli Televizyon İzliyor</t>
+          <t>Sayılar ve Renkler - Ben Minicik Bir Bebektim</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755871219</t>
+          <t>9789755872735</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Üç Gözlü Çocuk</t>
+          <t>Zıpır Sürekli Televizyon İzliyor</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789758039685</t>
+          <t>9789755871219</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuğun Ödevi</t>
+          <t>Üç Gözlü Çocuk</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755870007</t>
+          <t>9789758039685</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İstemeyen Zürafa</t>
+          <t>Uzaylı Çocuğun Ödevi</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755870878</t>
+          <t>9789755870007</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Uyku Canavarı - En Matrak Canavar Öyküleri 2</t>
+          <t>Uyumak İstemeyen Zürafa</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755870373</t>
+          <t>9789755870878</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tülüş</t>
+          <t>Uyku Canavarı - En Matrak Canavar Öyküleri 2</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755871721</t>
+          <t>9789755870373</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tonton Dedemin Doğum Günü</t>
+          <t>Tülüş</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755870120</t>
+          <t>9789755871721</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Terlikleri Kim Giyecek?</t>
+          <t>Tonton Dedemin Doğum Günü</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755871899</t>
+          <t>9789755870120</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Resim Dersi</t>
+          <t>Terlikleri Kim Giyecek?</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755871738</t>
+          <t>9789755871899</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Kardeşimin Doğum Günü</t>
+          <t>Resim Dersi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755870892</t>
+          <t>9789755871738</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Şiirimi Kedi Kaptı</t>
+          <t>Tatlı Kardeşimin Doğum Günü</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789758039319</t>
+          <t>9789755870892</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Şımarık Fil</t>
+          <t>Şiirimi Kedi Kaptı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789758039845</t>
+          <t>9789758039319</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Suda Oynamayı Kim Sevmez? Orman Masalları-1</t>
+          <t>Şımarık Fil</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789758039975</t>
+          <t>9789758039845</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Soru Balonları</t>
+          <t>Suda Oynamayı Kim Sevmez? Orman Masalları-1</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755870014</t>
+          <t>9789758039975</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sinderella Olmak İsteyen Çocuk</t>
+          <t>Soru Balonları</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755871820</t>
+          <t>9789755870014</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sıska Kedimin Doğum Günü</t>
+          <t>Sinderella Olmak İsteyen Çocuk</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755871837</t>
+          <t>9789755871820</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Öğretmenimin Doğum Günü</t>
+          <t>Sıska Kedimin Doğum Günü</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789758039630</t>
+          <t>9789755871837</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Rengini Arayan Top</t>
+          <t>Sevgili Öğretmenimin Doğum Günü</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789758039593</t>
+          <t>9789758039630</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Reklamları Çizen Çocuk</t>
+          <t>Rengini Arayan Top</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755871660</t>
+          <t>9789758039593</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Piknik Yapıyoruz</t>
+          <t>Reklamları Çizen Çocuk</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755870250</t>
+          <t>9789755871660</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Peynirli Börek</t>
+          <t>Piknik Yapıyoruz</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789758039517</t>
+          <t>9789755870250</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Park Yiyen Robot</t>
+          <t>Peynirli Börek</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789755871813</t>
+          <t>9789758039517</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Büyükannemin Doğum Günü</t>
+          <t>Park Yiyen Robot</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789758039876</t>
+          <t>9789755871813</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Yeni Komşuları</t>
+          <t>Pamuk Büyükannemin Doğum Günü</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789758039883</t>
+          <t>9789758039876</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Renkleri Kimde?</t>
+          <t>Ormanın Yeni Komşuları</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789758039869</t>
+          <t>9789758039883</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Apartman</t>
+          <t>Ormanın Renkleri Kimde?</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789755870359</t>
+          <t>9789758039869</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Okuldan Dönerken (Ciltli)</t>
+          <t>Ormandaki Apartman</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789758039937</t>
+          <t>9789755870359</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Nerden Çıktı Bu Kardeş?</t>
+          <t>Okuldan Dönerken (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789755871967</t>
+          <t>9789758039937</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Masal Masal</t>
+          <t>Nerden Çıktı Bu Kardeş?</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>945</v>
+        <v>110</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789755870854</t>
+          <t>9789755871967</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uçtu Şiir Kaldı</t>
+          <t>Masal Masal</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>130</v>
+        <v>945</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789758039968</t>
+          <t>9789755870854</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kitap Perisi</t>
+          <t>Kuş Uçtu Şiir Kaldı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789755870861</t>
+          <t>9789758039968</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kitap Canavarı - En Matrak Canavar Öyküleri 3</t>
+          <t>Kitap Perisi</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789758039586</t>
+          <t>9789755870861</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kimin Yatağı Uçuyor</t>
+          <t>Kitap Canavarı - En Matrak Canavar Öyküleri 3</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944699655</t>
+          <t>9789758039586</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kızım Nerdesin?</t>
+          <t>Kimin Yatağı Uçuyor</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789758039302</t>
+          <t>9789944699655</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kızamık Olan Fil</t>
+          <t>Kızım Nerdesin?</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789755870021</t>
+          <t>9789758039302</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Çocuk</t>
+          <t>Kızamık Olan Fil</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789755870588</t>
+          <t>9789755870021</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kar Sesi</t>
+          <t>Karanlıktan Korkan Çocuk</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789755871417</t>
+          <t>9789755870588</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kaç Güneş Var</t>
+          <t>Kar Sesi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789758039678</t>
+          <t>9789755871417</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>İp Bacaklı Uzaylı Çocuk</t>
+          <t>Kaç Güneş Var</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789755870243</t>
+          <t>9789758039678</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İlkbaharın Sesi (Ciltli)</t>
+          <t>İp Bacaklı Uzaylı Çocuk</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789758039289</t>
+          <t>9789755870243</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İki Kavgacı Ağaç</t>
+          <t>İlkbaharın Sesi (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789755871325</t>
+          <t>9789758039289</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Işıkları Dolaşan Çocuk</t>
+          <t>İki Kavgacı Ağaç</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789758039654</t>
+          <t>9789755871325</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Işığını Yitiren Yıldız</t>
+          <t>Işıkları Dolaşan Çocuk</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789755871646</t>
+          <t>9789758039654</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ablamın Doğum Günü</t>
+          <t>Işığını Yitiren Yıldız</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789758039333</t>
+          <t>9789755871646</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Gezmeyi Seven Ağaç</t>
+          <t>Güzel Ablamın Doğum Günü</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789758039326</t>
+          <t>9789758039333</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Unutan Fil</t>
+          <t>Gezmeyi Seven Ağaç</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789758039753</t>
+          <t>9789758039326</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Fasulye Motorlu Uçan Daire</t>
+          <t>Geceyi Unutan Fil</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789758039999</t>
+          <t>9789758039753</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Ülkesini Arayan Dinozor</t>
+          <t>Fasulye Motorlu Uçan Daire</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789758039456</t>
+          <t>9789758039999</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Ağacı</t>
+          <t>Eğlence Ülkesini Arayan Dinozor</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789758039272</t>
+          <t>9789758039456</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı</t>
+          <t>Dünyanın En Güzel Ağacı</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755873831</t>
+          <t>9789758039272</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Denizin Büyüsü</t>
+          <t>Dilek Ağacı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789758039623</t>
+          <t>9789755873831</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Denizin Altını Merak Eden Vapur</t>
+          <t>Denizin Büyüsü</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755871400</t>
+          <t>9789758039623</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Çocuk</t>
+          <t>Denizin Altını Merak Eden Vapur</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789758039562</t>
+          <t>9789755871400</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Çöp Kafalı Çocuk</t>
+          <t>Dağınık Çocuk</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789758039531</t>
+          <t>9789758039562</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Çocuk</t>
+          <t>Çöp Kafalı Çocuk</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755871622</t>
+          <t>9789758039531</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Canım Babamın Doğum Günü</t>
+          <t>Çikolata Çocuk</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755871639</t>
+          <t>9789755871622</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Canım Annemin Doğum Günü</t>
+          <t>Canım Babamın Doğum Günü</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789758039609</t>
+          <t>9789755871639</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Aydede</t>
+          <t>Canım Annemin Doğum Günü</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755871868</t>
+          <t>9789758039609</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Can Arkadaşımın Doğum Günü</t>
+          <t>Canı Sıkılan Aydede</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789758039524</t>
+          <t>9789755871868</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Cadı Burunlu Fabrika</t>
+          <t>Can Arkadaşımın Doğum Günü</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789758039296</t>
+          <t>9789758039524</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yatakta Kim Yatacak</t>
+          <t>Cadı Burunlu Fabrika</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755870045</t>
+          <t>9789758039296</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyuncaklar Benim</t>
+          <t>Büyük Yatakta Kim Yatacak</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789758039616</t>
+          <t>9789755870045</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Buruşuk Kağıt Parçası</t>
+          <t>Bütün Oyuncaklar Benim</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789758039661</t>
+          <t>9789758039616</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Kimin?</t>
+          <t>Buruşuk Kağıt Parçası</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755871189</t>
+          <t>9789758039661</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyüküm</t>
+          <t>Bu Dünya Kimin?</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789758039920</t>
+          <t>9789755871189</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Rüya Ver</t>
+          <t>Ben Büyüküm</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
+          <t>9789758039920</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bir Rüya Ver</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
           <t>9789755871028</t>
         </is>
       </c>
-      <c r="B361" s="1" t="inlineStr">
+      <c r="B362" s="1" t="inlineStr">
         <is>
           <t>Ay Kaç Yaşında?</t>
         </is>
       </c>
-      <c r="C361" s="1">
+      <c r="C362" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>