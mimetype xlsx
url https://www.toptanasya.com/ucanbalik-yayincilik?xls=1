--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,5455 +85,5470 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789755872032</t>
+          <t>9789755874173</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulutun Hikayesi</t>
+          <t>Bil Bakalım Seni Ne Kadar Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789755874104</t>
+          <t>9789755872032</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İlk Arkadaşım (Ciltli)</t>
+          <t>Bir Bulutun Hikayesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256275270</t>
+          <t>9789755874104</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Tatil Kitabım Ana Sınıfına Geçenler için</t>
+          <t>İlk Arkadaşım (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755874098</t>
+          <t>9786256275270</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bir Okul Düşün</t>
+          <t>Anaokulu Tatil Kitabım Ana Sınıfına Geçenler için</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755873428</t>
+          <t>9789755874098</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Çizgi Çalışmaları (48+)</t>
+          <t>Bir Okul Düşün</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>28</v>
+        <v>420</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789755873077</t>
+          <t>9789755873428</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Matematik (48+)</t>
+          <t>Erken Çocukluk Döneminde Çizgi Çalışmaları (48+)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755873053</t>
+          <t>9789755873077</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Görsel Algı ve Dikkat (48+)</t>
+          <t>Erken Çocukluk Döneminde Matematik (48+)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755872018</t>
+          <t>9789755873053</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Edebiyatında Aytül Akal Sempozyumu</t>
+          <t>Erken Çocukluk Döneminde Görsel Algı ve Dikkat (48+)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>56</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755872551</t>
+          <t>9789755872018</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Okula Gitmek İstemiyor</t>
+          <t>Çocuk ve Gençlik Edebiyatında Aytül Akal Sempozyumu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755871776</t>
+          <t>9789755872551</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Zarf Katlama Zarfogami : 4</t>
+          <t>Zeytin Okula Gitmek İstemiyor</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>10</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755871769</t>
+          <t>9789755871776</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zarf Katlama Zarfogami : 3</t>
+          <t>Zarf Katlama Zarfogami : 4</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755871752</t>
+          <t>9789755871769</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zarf Katlama Zarfogami :2</t>
+          <t>Zarf Katlama Zarfogami : 3</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755871783</t>
+          <t>9789755871752</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zarf Katlama Zarfogami :1</t>
+          <t>Zarf Katlama Zarfogami :2</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755871080</t>
+          <t>9789755871783</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yuva</t>
+          <t>Zarf Katlama Zarfogami :1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>4.63</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755871684</t>
+          <t>9789755871080</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapılı Kent (Tiyatro Oyunu)</t>
+          <t>Yeni Bir Yuva</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>8</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758039838</t>
+          <t>9789755871684</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapılı Kent</t>
+          <t>Yedi Kapılı Kent (Tiyatro Oyunu)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>11.11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755871097</t>
+          <t>9789758039838</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Var</t>
+          <t>Yedi Kapılı Kent</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755870267</t>
+          <t>9789755871097</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzucuk (Ciltli)</t>
+          <t>Yaralı Var</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>16.67</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789758039036</t>
+          <t>9789755870267</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Uzay Güzeli</t>
+          <t>Üç Kuzucuk (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>8.33</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755871042</t>
+          <t>9789758039036</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Toso Dağın Ötesi</t>
+          <t>Uzay Güzeli</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755871134</t>
+          <t>9789755871042</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Top</t>
+          <t>Toso Dağın Ötesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755871394</t>
+          <t>9789755871134</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Three Little Lambs - Mother’s Baking Us A Cake! (Ciltli)</t>
+          <t>Top</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>16.67</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755871387</t>
+          <t>9789755871394</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Three Little Lambs</t>
+          <t>Three Little Lambs - Mother’s Baking Us A Cake! (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755870564</t>
+          <t>9789755871387</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>The Teacher’s Magical Hat Magical Door 3</t>
+          <t>Three Little Lambs</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755870649</t>
+          <t>9789755870564</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>The Queen’s Birthday</t>
+          <t>The Teacher’s Magical Hat Magical Door 3</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755870533</t>
+          <t>9789755870649</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>The Palace Cockerel’s Birthday</t>
+          <t>The Queen’s Birthday</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755870489</t>
+          <t>9789755870533</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince’s Birthday</t>
+          <t>The Palace Cockerel’s Birthday</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755870632</t>
+          <t>9789755870489</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>The King of Seasons’ Birthday</t>
+          <t>The Little Prince’s Birthday</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755870472</t>
+          <t>9789755870632</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>The Artist’s Magical Studio</t>
+          <t>The King of Seasons’ Birthday</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755871608</t>
+          <t>9789755870472</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Terzi Masalı</t>
+          <t>The Artist’s Magical Studio</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755870786</t>
+          <t>9789755871608</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tembel Fare Tini</t>
+          <t>Terzi Masalı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>7</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755871240</t>
+          <t>9789755870786</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şiir Gemisi</t>
+          <t>Tembel Fare Tini</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>11.11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758039388</t>
+          <t>9789755871240</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Şıkırdak’ın Çıngırağı</t>
+          <t>Şiir Gemisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>4.4</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758039500</t>
+          <t>9789758039388</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şekerler Deve Oldu</t>
+          <t>Şıkırdak’ın Çıngırağı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>5.56</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755870496</t>
+          <t>9789758039500</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sözcük - Sözcük Zincir Bulmaca Sayı: 1</t>
+          <t>Şekerler Deve Oldu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>2.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755870502</t>
+          <t>9789755870496</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sözcük - Sözcük Zincir Bulmaca  Sayı: 2</t>
+          <t>Sözcük - Sözcük Zincir Bulmaca Sayı: 1</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758039463</t>
+          <t>9789755870502</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Süslü Kedisi</t>
+          <t>Sözcük - Sözcük Zincir Bulmaca  Sayı: 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>6.94</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755870540</t>
+          <t>9789758039463</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Saray Horozu’nun Doğum Günü Mevsimler Kralı’nın Maceraları 2</t>
+          <t>Sarayın Süslü Kedisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>16.67</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789755870458</t>
+          <t>9789755870540</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Sihirli Odası</t>
+          <t>Saray Horozu’nun Doğum Günü Mevsimler Kralı’nın Maceraları 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>17</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758039784</t>
+          <t>9789755870458</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sabahı Boyayan Çocuk (Ciltli)</t>
+          <t>Sanatçının Sihirli Odası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>23.15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758039821</t>
+          <t>9789758039784</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Popi’nin Yatağı</t>
+          <t>Sabahı Boyayan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>4.4</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755871110</t>
+          <t>9789758039821</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Piknikçiler</t>
+          <t>Popi’nin Yatağı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>4.63</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755872285</t>
+          <t>9789755871110</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Para</t>
+          <t>Piknikçiler</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755871714</t>
+          <t>9789755872285</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Papağan Masalı</t>
+          <t>Para</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755870557</t>
+          <t>9789755871714</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Sihirli Şapkası</t>
+          <t>Papağan Masalı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755870977</t>
+          <t>9789755870557</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Sabah</t>
+          <t>Öğretmenin Sihirli Şapkası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755870694</t>
+          <t>9789755870977</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Orman (Ciltli)</t>
+          <t>Ormanda Sabah</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>4.63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758039029</t>
+          <t>9789755870694</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Oğlum, Ben Çocukken...</t>
+          <t>Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755870595</t>
+          <t>9789758039029</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>My Grandad’s Magical Wardbrobe Magical Door 4</t>
+          <t>Oğlum, Ben Çocukken...</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755870526</t>
+          <t>9789755870595</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>My Brother’s Magical School</t>
+          <t>My Grandad’s Magical Wardbrobe Magical Door 4</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755871851</t>
+          <t>9789755870526</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Bir Gün</t>
+          <t>My Brother’s Magical School</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>14</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755870298</t>
+          <t>9789755871851</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mut Teyze’nin Bahçesi</t>
+          <t>Mutlu Bir Gün</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>36</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789758039715</t>
+          <t>9789755870298</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Minnoş Anne Oldu</t>
+          <t>Mut Teyze’nin Bahçesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>4.4</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755870779</t>
+          <t>9789758039715</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Minik Yeşil Kurbağa</t>
+          <t>Minnoş Anne Oldu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>6.48</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789758039364</t>
+          <t>9789755870779</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Miğfer</t>
+          <t>Minik Yeşil Kurbağa</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>7</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755870212</t>
+          <t>9789758039364</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Oğlum Nerdesin?</t>
+          <t>Miğfer</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755870625</t>
+          <t>9789755870212</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mevsimler Kralının Doğum Günü</t>
+          <t>Oğlum Nerdesin?</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789758039043</t>
+          <t>9789755870625</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mavi Boya</t>
+          <t>Mevsimler Kralının Doğum Günü</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>9.26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758039401</t>
+          <t>9789758039043</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Masalları Arayan Çocuk (Ciltli)</t>
+          <t>Mavi Boya</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789758039739</t>
+          <t>9789758039401</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mago</t>
+          <t>Masalları Arayan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755870762</t>
+          <t>9789758039739</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kümes (Ciltli)</t>
+          <t>Mago</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755870465</t>
+          <t>9789755870762</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens’in Doğum Günü</t>
+          <t>Kümes (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>17</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755870144</t>
+          <t>9789755870465</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mor Balık</t>
+          <t>Küçük Prens’in Doğum Günü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>6.48</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755870755</t>
+          <t>9789755870144</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kuzu (Ciltli)</t>
+          <t>Küçük Mor Balık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789758039470</t>
+          <t>9789755870755</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Kralı Nikola</t>
+          <t>Kuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>5.09</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755870731</t>
+          <t>9789758039470</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Köpek (Ciltli)</t>
+          <t>Kuşlar Kralı Nikola</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>4.63</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789758039081</t>
+          <t>9789755870731</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kim Kime Ne Dedi</t>
+          <t>Köpek (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>3.7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755870700</t>
+          <t>9789758039081</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kedi (Ciltli)</t>
+          <t>Kim Kime Ne Dedi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>4.63</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755870960</t>
+          <t>9789755870700</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Keçi Masalı</t>
+          <t>Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755871547</t>
+          <t>9789755870960</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kremalı Köpek Gofreti</t>
+          <t>Keçi Masalı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755870519</t>
+          <t>9789755871547</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimin Sihirli Okulu</t>
+          <t>Kremalı Köpek Gofreti</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>17</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758039104</t>
+          <t>9789755870519</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kardeş İsteyen Çocuk (Ciltli)</t>
+          <t>Kardeşimin Sihirli Okulu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>23.15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755870663</t>
+          <t>9789758039104</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kardelen</t>
+          <t>Kardeş İsteyen Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>12.5</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755871486</t>
+          <t>9789755870663</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam Masalı</t>
+          <t>Kardelen</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>12</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755871127</t>
+          <t>9789755871486</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kara Kutu</t>
+          <t>Kardan Adam Masalı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>4.63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758039425</t>
+          <t>9789755871127</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kanaryamın Öyküsü</t>
+          <t>Kara Kutu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>36</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755870922</t>
+          <t>9789758039425</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Şenliği</t>
+          <t>Kanaryamın Öyküsü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>7</v>
+        <v>36</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758039357</t>
+          <t>9789755870922</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kuli’nin Rüyası</t>
+          <t>Kağıt Şenliği</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>4.4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755871448</t>
+          <t>9789758039357</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İki Ucu Yolculuk</t>
+          <t>Kuli’nin Rüyası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>9.26</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755870793</t>
+          <t>9789755871448</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Esin Perisi</t>
+          <t>İki Ucu Yolculuk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755871523</t>
+          <t>9789755870793</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hayaletten Mektuplar</t>
+          <t>Hoş Geldin Esin Perisi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>8.33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755870199</t>
+          <t>9789755871523</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gemisini Batıran Kaptan</t>
+          <t>Hayaletten Mektuplar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789758039395</t>
+          <t>9789755870199</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Sevmeyen Çocuk (Ciltli)</t>
+          <t>Gemisini Batıran Kaptan</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755870274</t>
+          <t>9789758039395</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fırt O Dala Fırt Bu Dala (Fabller)</t>
+          <t>Geceyi Sevmeyen Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>24</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755870656</t>
+          <t>9789755870274</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe’nin Doğum Günü</t>
+          <t>Fırt O Dala Fırt Bu Dala (Fabller)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>51</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755870939</t>
+          <t>9789755870656</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nuriyanım’ın Burnu</t>
+          <t>Kraliçe’nin Doğum Günü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>5.56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789755870304</t>
+          <t>9789755870939</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ninem Örgü Örüyor</t>
+          <t>Nuriyanım’ın Burnu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>4.4</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789755870748</t>
+          <t>9789755870304</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kuş (Ciltli)</t>
+          <t>Ninem Örgü Örüyor</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>4.63</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>8699237598774</t>
+          <t>9789755870748</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dene, Yanıl, Öğren! (8 Kitap Takım)</t>
+          <t>Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789755871585</t>
+          <t>8699237598774</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Köpek Metalika</t>
+          <t>Dene, Yanıl, Öğren! (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>7.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758039098</t>
+          <t>9789755871585</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Çocuk (Ciltli)</t>
+          <t>Çılgın Köpek Metalika</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>23.15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755870236</t>
+          <t>9789758039098</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bulut Lila</t>
+          <t>Canı Sıkılan Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>6.02</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755870151</t>
+          <t>9789755870236</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalı Bilmeceler</t>
+          <t>Bulut Lila</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>7.41</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755870205</t>
+          <t>9789755870151</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Boş Kaplumbağa</t>
+          <t>Bulmacalı Bilmeceler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755870670</t>
+          <t>9789755870205</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bizim Komşular Çok Komik</t>
+          <t>Boş Kaplumbağa</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>4.17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789755871677</t>
+          <t>9789755870670</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceler İçinde İller ve İlçeler</t>
+          <t>Bizim Komşular Çok Komik</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>9.26</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789755871615</t>
+          <t>9789755871677</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Berber Masalı</t>
+          <t>Bilmeceler İçinde İller ve İlçeler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758039746</t>
+          <t>9789755871615</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar mısın?</t>
+          <t>Berber Masalı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758039074</t>
+          <t>9789758039746</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ben Neyim?</t>
+          <t>Benimle Oynar mısın?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>3.7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789758039142</t>
+          <t>9789758039074</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ben Neredeyim</t>
+          <t>Ben Neyim?</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758039135</t>
+          <t>9789758039142</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim</t>
+          <t>Ben Neredeyim</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>3.7</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755871196</t>
+          <t>9789758039135</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Babamın Burnundan Düştüm</t>
+          <t>Ben Kimim</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>5.56</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755871035</t>
+          <t>9789755871196</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Babaannemin Gözü Ağrıdı</t>
+          <t>Babamın Burnundan Düştüm</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755870281</t>
+          <t>9789755871035</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Olmak Becoming Atatürk</t>
+          <t>Babaannemin Gözü Ağrıdı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>8.33</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755871578</t>
+          <t>9789755870281</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aşık Oldum (İlk Aşk)</t>
+          <t>Atatürk Olmak Becoming Atatürk</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>13</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755871707</t>
+          <t>9789755871578</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Annem Neden Çıldırdı?</t>
+          <t>Aşık Oldum (İlk Aşk)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>8.33</v>
+        <v>13</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755870717</t>
+          <t>9789755871707</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Baykuş (Ciltli)</t>
+          <t>Annem Neden Çıldırdı?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758039418</t>
+          <t>9789755870717</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Al Takkeli Dev ile Mor Takkeli Dev</t>
+          <t>Baykuş (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>12</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755870724</t>
+          <t>9789758039418</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Balık (Ciltli)</t>
+          <t>Al Takkeli Dev ile Mor Takkeli Dev</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>4.63</v>
+        <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755872346</t>
+          <t>9789755870724</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ufaklık ve Canavar</t>
+          <t>Balık (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>299</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789755872063</t>
+          <t>9789755872346</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Gençlik Edebiyatında Göstergebilimsel Bir Uygulama: Aytül Akal</t>
+          <t>Ufaklık ve Canavar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>72</v>
+        <v>299</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789755872254</t>
+          <t>9789755872063</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 3 - Bebek Bakıyor</t>
+          <t>Çocuk ve Gençlik Edebiyatında Göstergebilimsel Bir Uygulama: Aytül Akal</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>49</v>
+        <v>72</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>3990000032671</t>
+          <t>9789755872254</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav (6 Kitap Takım)</t>
+          <t>Mıymıy Teyze 3 - Bebek Bakıyor</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>55.56</v>
+        <v>49</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755872179</t>
+          <t>3990000032671</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Annesiyle Babası Ayrılsın İstemiyor</t>
+          <t>Mızmız Mırnav (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>13</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755871943</t>
+          <t>9789755872179</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzucuk Büyük Şenlik Günü (Ciltli)</t>
+          <t>Zeytin Annesiyle Babası Ayrılsın İstemiyor</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>9.26</v>
+        <v>13</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000004697</t>
+          <t>9789755871943</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzucuk Annemiz Pasta Yapacak (Ciltli)</t>
+          <t>Üç Kuzucuk Büyük Şenlik Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000004698</t>
+          <t>3990000004697</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Peynirli Börek (Ciltli)</t>
+          <t>Üç Kuzucuk Annemiz Pasta Yapacak (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789755870847</t>
+          <t>3990000004698</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Niye Demiş İlkgençlik Çağı İçin Oyun</t>
+          <t>Peynirli Börek (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>8</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758039807</t>
+          <t>9789755870847</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Niye Demiş Bu Naneyi Kim Yemiş</t>
+          <t>Kim Demiş Niye Demiş İlkgençlik Çağı İçin Oyun</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789758039012</t>
+          <t>9789758039807</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kızım, Ben Çocukken...</t>
+          <t>Kim Demiş Niye Demiş Bu Naneyi Kim Yemiş</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>18</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052031469</t>
+          <t>9789758039012</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Şemsiye</t>
+          <t>Kızım, Ben Çocukken...</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755871011</t>
+          <t>9786052031469</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kırçıl Horoz</t>
+          <t>Kırmızı Şemsiye</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>6.02</v>
+        <v>65</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755870175</t>
+          <t>9789755871011</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Takım Bizim Takım</t>
+          <t>Kırçıl Horoz</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>8.33</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3990000012530</t>
+          <t>9789755870175</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Domates Saçlı Kız</t>
+          <t>En Büyük Takım Bizim Takım</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>8.8</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755870311</t>
+          <t>3990000012530</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuzucuk - Annemiz Pasta Yapacak</t>
+          <t>Domates Saçlı Kız</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755871479</t>
+          <t>9789755870311</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sincap Evi</t>
+          <t>Üç Kuzucuk - Annemiz Pasta Yapacak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>4.4</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755871141</t>
+          <t>9789755871479</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dereden Tepeden Dereliköy’den</t>
+          <t>Sincap Evi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>6.94</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755871561</t>
+          <t>9789755871141</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Denize Doğru</t>
+          <t>Dereden Tepeden Dereliköy’den</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>12</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755871004</t>
+          <t>9789755871561</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Demet’in Bahçesi</t>
+          <t>Denize Doğru</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>6.48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755870601</t>
+          <t>9789755871004</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Sihirli Dolabı Sihirli Kapı 4</t>
+          <t>Demet’in Bahçesi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>51</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057627254</t>
+          <t>9789755870601</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Matematik (60+)</t>
+          <t>Dedemin Sihirli Dolabı Sihirli Kapı 4</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>32</v>
+        <v>51</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057627247</t>
+          <t>9786057627254</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>İlkokula Hazırım 1. Sınıfa Geçenler İçin</t>
+          <t>Erken Çocukluk Döneminde Matematik (60+)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057627230</t>
+          <t>9786057627247</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Görsel Algı ve Dikkat</t>
+          <t>İlkokula Hazırım 1. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755871974</t>
+          <t>9786057627230</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bilgebaş Masalı</t>
+          <t>Erken Çocukluk Döneminde Görsel Algı ve Dikkat</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>13.89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755874081</t>
+          <t>9789755871974</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynayan Dinozor</t>
+          <t>Bilgebaş Masalı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>360</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755874111</t>
+          <t>9789755874081</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşma Küserim</t>
+          <t>Saklambaç Oynayan Dinozor</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755874067</t>
+          <t>9789755874111</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Komşu Komşu Huu! (Ciltli)</t>
+          <t>Yaklaşma Küserim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755874050</t>
+          <t>9789755874067</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>En İyi Arkadaşlarım</t>
+          <t>Komşu Komşu Huu! (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>275</v>
+        <v>460</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755874043</t>
+          <t>9789755874050</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hikâye Çorbası</t>
+          <t>En İyi Arkadaşlarım</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755874036</t>
+          <t>9789755874043</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çok Zor Bir Kitap (Ciltli)</t>
+          <t>Hikâye Çorbası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755874005</t>
+          <t>9789755874036</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun İlk Kitaplığı</t>
+          <t>Çok Zor Bir Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755874029</t>
+          <t>9789755874005</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bir Ördek Asla Göz Kırpmaz (Ciltli)</t>
+          <t>Çocuğumun İlk Kitaplığı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755874012</t>
+          <t>9789755874029</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın! Çok Sıkılıyorum (Ciltli)</t>
+          <t>Bir Ördek Asla Göz Kırpmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755873992</t>
+          <t>9789755874012</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Uykudan Önce (Ciltli)</t>
+          <t>Yaşasın! Çok Sıkılıyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755871455</t>
+          <t>9789755873992</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Altın Kanatlı Topçin</t>
+          <t>Uykudan Önce (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>199</v>
+        <v>420</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256275102</t>
+          <t>9789755871455</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Anasınıfı Tatil Kitabım 1. Sınıfa Geçenler İçin</t>
+          <t>Altın Kanatlı Topçin</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>270</v>
+        <v>199</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258408331</t>
+          <t>9786256275102</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Erken Öğrenme Seti 48+</t>
+          <t>Anasınıfı Tatil Kitabım 1. Sınıfa Geçenler İçin</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>4700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258408355</t>
+          <t>9786258408331</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Erken Öğrenme Seti 60+</t>
+          <t>Erken Öğrenme Seti 48+</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>5900</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755873985</t>
+          <t>9786258408355</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kedi Olmak İsteyen Örümcek Mario</t>
+          <t>Erken Öğrenme Seti 60+</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>500</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258408768</t>
+          <t>9789755873985</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Erken Öğrenme Seti 48+ Bul - Keşfet - Öğren</t>
+          <t>Kedi Olmak İsteyen Örümcek Mario</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>4700</v>
+        <v>500</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258408553</t>
+          <t>9786258408768</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Erken Öğrenme Seti 60+</t>
+          <t>Erken Öğrenme Seti 48+ Bul - Keşfet - Öğren</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>5900</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755873947</t>
+          <t>9786258408553</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yaklaşma Pırtlarım</t>
+          <t>Erken Öğrenme Seti 60+</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755873695</t>
+          <t>9789755873947</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Balinalar Aramızda (Ciltli)</t>
+          <t>Yaklaşma Pırtlarım</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755873268</t>
+          <t>9789755873695</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Harfler - Çizerek Öğreniyorum 4-5 Yaş</t>
+          <t>Balinalar Aramızda (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>185</v>
+        <v>430</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755873893</t>
+          <t>9789755873268</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ding Dong! Kapıda Biri mi Var?</t>
+          <t>Harfler - Çizerek Öğreniyorum 4-5 Yaş</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755873886</t>
+          <t>9789755873893</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Meşe Ağacındaki Ev</t>
+          <t>Ding Dong! Kapıda Biri mi Var?</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755873879</t>
+          <t>9789755873886</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bugün Biraz Öfkeliyim (Ciltli)</t>
+          <t>Meşe Ağacındaki Ev</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755873862</t>
+          <t>9789755873879</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bugün Biraz Utangacım (Ciltli)</t>
+          <t>Bugün Biraz Öfkeliyim (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755873855</t>
+          <t>9789755873862</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Uzay Başlıklı Kız (Ciltli)</t>
+          <t>Bugün Biraz Utangacım (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755873824</t>
+          <t>9789755873855</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Filin Yeteneği Nerede?</t>
+          <t>Kırmızı Uzay Başlıklı Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>430</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755873350</t>
+          <t>9789755873824</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
+          <t>Filin Yeteneği Nerede?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>460</v>
+        <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258408010</t>
+          <t>9789755873350</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İlk Etkinlik Kitabım 24+</t>
+          <t>İngilizce Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>1200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755873770</t>
+          <t>9786258408010</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Kitap (Ciltli)</t>
+          <t>İlk Etkinlik Kitabım 24+</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755873732</t>
+          <t>9789755873770</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze -3 Bebek Bakıyor</t>
+          <t>Bu Bir Kitap (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755873800</t>
+          <t>9789755873732</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Korkmayı Bıraktığım Gün</t>
+          <t>Mıymıy Teyze -3 Bebek Bakıyor</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755873794</t>
+          <t>9789755873800</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Samson (Ciltli)</t>
+          <t>Korkmayı Bıraktığım Gün</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755873787</t>
+          <t>9789755873794</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kurbağa Korosu</t>
+          <t>Dedektif Samson (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755873756</t>
+          <t>9789755873787</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Hırsızı (Ciltli)</t>
+          <t>Kurbağa Korosu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755872742</t>
+          <t>9789755873756</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Misi Misgibi (Ciltli)</t>
+          <t>Hikaye Hırsızı (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755873718</t>
+          <t>9789755872742</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Beni Bekliyor (Ciltli)</t>
+          <t>Misi Misgibi (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755873640</t>
+          <t>9789755873718</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Geko (Ciltli)</t>
+          <t>Arkadaşım Beni Bekliyor (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755873701</t>
+          <t>9789755873640</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bay Tavşan'ın Çikolata Fabrikası (Ciltli)</t>
+          <t>Sıradan Bir Geko (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755873688</t>
+          <t>9789755873701</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kısa Tarihi (Ciltli)</t>
+          <t>Bay Tavşan'ın Çikolata Fabrikası (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755873633</t>
+          <t>9789755873688</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 6 - Sokakta</t>
+          <t>Yaşamın Kısa Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755873671</t>
+          <t>9789755873633</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Panço Kendine İnsan Arıyor</t>
+          <t>Mıymıy Teyze 6 - Sokakta</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755873664</t>
+          <t>9789755873671</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kitap Yapma Sanatı</t>
+          <t>Panço Kendine İnsan Arıyor</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755873657</t>
+          <t>9789755873664</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yüzde 25’in Muz (Ciltli)</t>
+          <t>Kitap Yapma Sanatı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755873626</t>
+          <t>9789755873657</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Gece Parlayan (Ciltli)</t>
+          <t>Yüzde 25’in Muz (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755873619</t>
+          <t>9789755873626</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Şarkısı (Ciltli)</t>
+          <t>Gece Parlayan (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755873541</t>
+          <t>9789755873619</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Evden Çıktığımda (Ciltli)</t>
+          <t>Dinozorların Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755873602</t>
+          <t>9789755873541</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Matilda ve Aydede (Ciltli)</t>
+          <t>Evden Çıktığımda (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755873503</t>
+          <t>9789755873602</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Dodi Dişdostu (Ciltli)</t>
+          <t>Matilda ve Aydede (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>360</v>
+        <v>299</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755873596</t>
+          <t>9789755873503</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Sandalye (Ciltli)</t>
+          <t>Dodi Dişdostu (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755873589</t>
+          <t>9789755873596</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bir Kavanoz Mutluluk</t>
+          <t>Küçük Mavi Sandalye (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755873558</t>
+          <t>9789755873589</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Futbolcu - Tembel Fare Tini Dizisi 8</t>
+          <t>Bir Kavanoz Mutluluk</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>195</v>
+        <v>420</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755873534</t>
+          <t>9789755873558</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Uslu Çocuk (Ciltli)</t>
+          <t>Futbolcu - Tembel Fare Tini Dizisi 8</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755873497</t>
+          <t>9789755873534</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Primatlar Banyo Sırasında (Ciltli)</t>
+          <t>Uslu Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755873572</t>
+          <t>9789755873497</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Duvar</t>
+          <t>Primatlar Banyo Sırasında (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755873435</t>
+          <t>9789755873572</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Uçan Dede</t>
+          <t>Duvar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755873565</t>
+          <t>9789755873435</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kitapsavarım (Ciltli)</t>
+          <t>Uçan Dede</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755872919</t>
+          <t>9789755873565</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Püskül ile Zeytin Anlaşamıyor</t>
+          <t>Ben Bir Kitapsavarım (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>110</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755873961</t>
+          <t>9789755872919</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>İçinde Bir İskelet Var! (Ciltli)</t>
+          <t>Püskül ile Zeytin Anlaşamıyor</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>360</v>
+        <v>110</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755873510</t>
+          <t>9789755873961</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>En Çok Hangimizi Seviyorsun? (Ciltli)</t>
+          <t>İçinde Bir İskelet Var! (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>430</v>
+        <v>360</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057627223</t>
+          <t>9789755873510</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Çizgi Çalışmaları</t>
+          <t>En Çok Hangimizi Seviyorsun? (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>59</v>
+        <v>430</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755872759</t>
+          <t>9786057627223</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bir Devekuşu Her Şeyi Yapabilir!</t>
+          <t>Erken Çocukluk Döneminde Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>185</v>
+        <v>59</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755873459</t>
+          <t>9789755872759</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ayakkabı</t>
+          <t>Bir Devekuşu Her Şeyi Yapabilir!</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755873473</t>
+          <t>9789755873459</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemek İyidir - Mimi'nin Serüvenleri 5</t>
+          <t>Kırmızı Ayakkabı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755873442</t>
+          <t>9789755873473</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kedim Pazartesi</t>
+          <t>Gülümsemek İyidir - Mimi'nin Serüvenleri 5</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755873343</t>
+          <t>9789755873442</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 3-4 Yaş</t>
+          <t>Kedim Pazartesi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755873329</t>
+          <t>9789755873343</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Şekiller ve Renkler - Çizerek Öğreniyorum 3-4 Yaş</t>
+          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>185</v>
+        <v>500</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755873312</t>
+          <t>9789755873329</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Çizerek Öğreniyorum 5-6 Yaş</t>
+          <t>Şekiller ve Renkler - Çizerek Öğreniyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755873381</t>
+          <t>9789755873312</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Dolu Dolu Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
+          <t>Sayılar - Çizerek Öğreniyorum 5-6 Yaş</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755873282</t>
+          <t>9789755873381</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizgiler- Çizerek Öğreniyorum 3-4 Yaş</t>
+          <t>Dolu Dolu Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>185</v>
+        <v>520</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755873374</t>
+          <t>9789755873282</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 4-5 Yaş</t>
+          <t>İlk Çizgiler- Çizerek Öğreniyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755873398</t>
+          <t>9789755873374</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 5-6 Yaş</t>
+          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 4-5 Yaş</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755873367</t>
+          <t>9789755873398</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Matematik Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
+          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 5-6 Yaş</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>520</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755873251</t>
+          <t>9789755873367</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Harfler - Çizerek Öğreniyorum 3-4 Yaş</t>
+          <t>Matematik Etkinlik Kitabım - Öğrenmeyi Seviyorum 3-6 Yaş</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>185</v>
+        <v>520</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755873299</t>
+          <t>9789755873251</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Çizerek Öğreniyorum 3-4 Yaş</t>
+          <t>Harfler - Çizerek Öğreniyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755873336</t>
+          <t>9789755873299</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 2-3 Yaş</t>
+          <t>Sayılar - Çizerek Öğreniyorum 3-4 Yaş</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>460</v>
+        <v>185</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755873275</t>
+          <t>9789755873336</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Harfler - Çizerek Öğreniyorum 5-6 Yaş</t>
+          <t>Tüm Etkinlikler - Öğrenmeyi Seviyorum 2-3 Yaş</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>185</v>
+        <v>460</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755873305</t>
+          <t>9789755873275</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Çizerek Öğreniyorum 4-5 Yaş</t>
+          <t>Harfler - Çizerek Öğreniyorum 5-6 Yaş</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755873466</t>
+          <t>9789755873305</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Prenses Olmak İstemeyen Prenses</t>
+          <t>Sayılar - Çizerek Öğreniyorum 4-5 Yaş</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755872957</t>
+          <t>9789755873466</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yediuyur Nerede Uyur? (Ciltli)</t>
+          <t>Prenses Olmak İstemeyen Prenses</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755872940</t>
+          <t>9789755872957</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bir Damla Deniz (Ciltli)</t>
+          <t>Yediuyur Nerede Uyur? (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755873213</t>
+          <t>9789755872940</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Sihirli Sayılar</t>
+          <t>Bir Damla Deniz (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755873206</t>
+          <t>9789755873213</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Sihirli Harfler</t>
+          <t>Akıllı Boyama - Sihirli Sayılar</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755873244</t>
+          <t>9789755873206</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Taşıtlar ve Ulaşım</t>
+          <t>Akıllı Boyama - Sihirli Harfler</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755873176</t>
+          <t>9789755873244</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Hayvanlar ve Yavruları</t>
+          <t>Akıllı Boyama - Taşıtlar ve Ulaşım</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755873220</t>
+          <t>9789755873176</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Sihirli Sayılar</t>
+          <t>Akıllı Boyama - Hayvanlar ve Yavruları</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755873237</t>
+          <t>9789755873220</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Akıllı Boyama - Sihirli Sayılar</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755873190</t>
+          <t>9789755873237</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama - Sihirli Harfler</t>
+          <t>Akıllı Boyama - Sihirli Sayılar</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755873183</t>
+          <t>9789755873190</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Akıllı Boyama - Sihirli Harfler</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755872926</t>
+          <t>9789755873183</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Süt Kutusundaki İnek</t>
+          <t>Akıllı Boyama - Sihirli Harfler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755873817</t>
+          <t>9789755872926</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bu Koku da Ne? - Pengu</t>
+          <t>Süt Kutusundaki İnek</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755872933</t>
+          <t>9789755873817</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dişe Diş (Ciltli)</t>
+          <t>Bu Koku da Ne? - Pengu</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755872896</t>
+          <t>9789755872933</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitabı Yalama (Ciltli)</t>
+          <t>Dişe Diş (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755872902</t>
+          <t>9789755872896</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Denizde Sayılar</t>
+          <t>Bu Kitabı Yalama (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755872001</t>
+          <t>9789755872902</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 5 - Evde Yalnız</t>
+          <t>Denizde Sayılar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755873930</t>
+          <t>9789755872001</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kediyim</t>
+          <t>Mıymıy Teyze 5 - Evde Yalnız</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755872544</t>
+          <t>9789755873930</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Mimi'nin Serüvenleri 4 - Kim Bu Yaramaz?</t>
+          <t>Ben Bir Kediyim</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755872865</t>
+          <t>9789755872544</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Karanlıktan Korkuyor</t>
+          <t>Mimi'nin Serüvenleri 4 - Kim Bu Yaramaz?</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755872834</t>
+          <t>9789755872865</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sayıların En Büyüğü (Ciltli)</t>
+          <t>Cingöz Karanlıktan Korkuyor</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>400</v>
+        <v>110</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755872827</t>
+          <t>9789755872834</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bir Dostluk Masalı (Ciltli)</t>
+          <t>Sayıların En Büyüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755872513</t>
+          <t>9789755872827</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bahçeye Ne Ektik?</t>
+          <t>Bir Dostluk Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>185</v>
+        <v>420</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755872506</t>
+          <t>9789755872513</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Babam Yerinde Durmuyor (Ciltli)</t>
+          <t>Bahçeye Ne Ektik?</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755872520</t>
+          <t>9789755872506</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dev Tavşan (Ciltli)</t>
+          <t>Babam Yerinde Durmuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755872537</t>
+          <t>9789755872520</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Zafer Kimin? (Ciltli)</t>
+          <t>Dev Tavşan (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755872490</t>
+          <t>9789755872537</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Babam Uyumak Bilmiyor (Ciltli)</t>
+          <t>Zafer Kimin? (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755872483</t>
+          <t>9789755872490</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Ormanda Alfabe</t>
+          <t>Babam Uyumak Bilmiyor (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755873848</t>
+          <t>9789755872483</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 4 - Alışverişte</t>
+          <t>Ormanda Alfabe</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755872469</t>
+          <t>9789755873848</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mimi'nin Serüvenleri 3 - Sevgili Anneannem</t>
+          <t>Mıymıy Teyze 4 - Alışverişte</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755872476</t>
+          <t>9789755872469</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağınca</t>
+          <t>Mimi'nin Serüvenleri 3 - Sevgili Anneannem</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755872339</t>
+          <t>9789755872476</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Şövalyesi</t>
+          <t>Kar Yağınca</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>119</v>
+        <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755872452</t>
+          <t>9789755872339</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kurtçuğun Hayvan Bilmeceleri</t>
+          <t>Fırtına Şövalyesi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>175</v>
+        <v>119</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755872322</t>
+          <t>9789755872452</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Mimi'nin Serüvenleri 2 - Dans Eden Dinozorlar</t>
+          <t>Kurtçuğun Hayvan Bilmeceleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755872315</t>
+          <t>9789755872322</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Neden İstediğimi Yapamıyorum?</t>
+          <t>Mimi'nin Serüvenleri 2 - Dans Eden Dinozorlar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755871998</t>
+          <t>9789755872315</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 5 - Oyun Parkında</t>
+          <t>Neden İstediğimi Yapamıyorum?</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755871929</t>
+          <t>9789755871998</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 4 - Pastel Boya</t>
+          <t>Mızmız Mırnav 5 - Oyun Parkında</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755871912</t>
+          <t>9789755871929</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 3 - Öğretmenler Günü Onur Günü</t>
+          <t>Mızmız Mırnav 4 - Pastel Boya</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755871806</t>
+          <t>9789755871912</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 2: Kırmızı Yastık</t>
+          <t>Mızmız Mırnav 3 - Öğretmenler Günü Onur Günü</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755871790</t>
+          <t>9789755871806</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 1: Okulda İlk Gün</t>
+          <t>Mızmız Mırnav 2: Kırmızı Yastık</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755872247</t>
+          <t>9789755871790</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 2 - Lunaparkta</t>
+          <t>Mızmız Mırnav 1: Okulda İlk Gün</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755873916</t>
+          <t>9789755872247</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mıymıy Teyze 1 - Kapının Arkasında</t>
+          <t>Mıymıy Teyze 2 - Lunaparkta</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755871936</t>
+          <t>9789755873916</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Olmak</t>
+          <t>Mıymıy Teyze 1 - Kapının Arkasında</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755871981</t>
+          <t>9789755871936</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Açıl Maske Açıl</t>
+          <t>Atatürk Olmak</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755871882</t>
+          <t>9789755871981</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Açıl Kapı Açıl</t>
+          <t>Açıl Maske Açıl</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755873749</t>
+          <t>9789755871882</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Açıl Bahçe Açıl</t>
+          <t>Açıl Kapı Açıl</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789758039111</t>
+          <t>9789755873749</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Aç Perdeyi Ben Geldim</t>
+          <t>Açıl Bahçe Açıl</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755871172</t>
+          <t>9789758039111</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Uzay Çocuğu</t>
+          <t>Aç Perdeyi Ben Geldim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755870571</t>
+          <t>9789755871172</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ay</t>
+          <t>Meraklı Uzay Çocuğu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789758039890</t>
+          <t>9789755870571</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Masalını Arayan Ejderha Orman Masalları-4</t>
+          <t>Mavi Ay</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755872223</t>
+          <t>9789758039890</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Mimi'nin Serüvenleri 1 - Masalları Çok Severim</t>
+          <t>Masalını Arayan Ejderha Orman Masalları-4</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755872131</t>
+          <t>9789755872223</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Küçük Filozof : Neden Okula Gitmek Zorundayım</t>
+          <t>Mimi'nin Serüvenleri 1 - Masalları Çok Severim</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755873909</t>
+          <t>9789755872131</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Kırmızı Araba</t>
+          <t>Küçük Filozof : Neden Okula Gitmek Zorundayım</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755872209</t>
+          <t>9789755873909</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Kostüm Partisi</t>
+          <t>Pengu - Kırmızı Araba</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755873725</t>
+          <t>9789755872209</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Pengu : Deniz Kıyısında Bir Gün</t>
+          <t>Pengu - Kostüm Partisi</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755872162</t>
+          <t>9789755873725</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Püskül Uyumak İstemiyor</t>
+          <t>Pengu : Deniz Kıyısında Bir Gün</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755872186</t>
+          <t>9789755872162</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Çok Kavgacı</t>
+          <t>Püskül Uyumak İstemiyor</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755872148</t>
+          <t>9789755872186</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Cingöz'ün Kardeşi Oluyor</t>
+          <t>Zıpır Çok Kavgacı</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755872100</t>
+          <t>9789755872148</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanedeki Aslan (Ciltli)</t>
+          <t>Cingöz'ün Kardeşi Oluyor</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755872124</t>
+          <t>9789755872100</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Pengu - Yeni Bir Arkadaş</t>
+          <t>Kütüphanedeki Aslan (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755870885</t>
+          <t>9789755872124</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Şeker Canavarı - En Matrak Canavar Öyküleri 1</t>
+          <t>Pengu - Yeni Bir Arkadaş</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755871202</t>
+          <t>9789755870885</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yatağın Altındaki Harfler</t>
+          <t>Şeker Canavarı - En Matrak Canavar Öyküleri 1</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755870069</t>
+          <t>9789755871202</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Çocuk</t>
+          <t>Yatağın Altındaki Harfler</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789755870137</t>
+          <t>9789755870069</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Kar Yağıyor</t>
+          <t>Yaşlı Çocuk</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789755871554</t>
+          <t>9789755870137</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Trafik Lambası</t>
+          <t>Yaşasın Kar Yağıyor</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755871653</t>
+          <t>9789755871554</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yakışıklı Ağabeyimin Doğum Günü</t>
+          <t>Yaramaz Trafik Lambası</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789755871844</t>
+          <t>9789755871653</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Veli’nin Trampeti</t>
+          <t>Yakışıklı Ağabeyimin Doğum Günü</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755870687</t>
+          <t>9789755871844</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Veli’nin Kurabiyesi</t>
+          <t>Veli’nin Trampeti</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789755870168</t>
+          <t>9789755870687</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Veli’nin Kırmızı Topu</t>
+          <t>Veli’nin Kurabiyesi</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789755870946</t>
+          <t>9789755870168</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Veli’nin Elma Ağacı</t>
+          <t>Veli’nin Kırmızı Topu</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789758039555</t>
+          <t>9789755870946</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Üç Uçan Çocuk</t>
+          <t>Veli’nin Elma Ağacı</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789755871691</t>
+          <t>9789758039555</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Üç Sihirli Öpücük</t>
+          <t>Üç Uçan Çocuk</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789755872070</t>
+          <t>9789755871691</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Mırnav 6 - Üzümlü Kurabiye</t>
+          <t>Üç Sihirli Öpücük</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789755872087</t>
+          <t>9789755872070</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Uyku Ağacı</t>
+          <t>Mızmız Mırnav 6 - Üzümlü Kurabiye</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755872094</t>
+          <t>9789755872087</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Nil Soru Soruyor</t>
+          <t>Uyku Ağacı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755872568</t>
+          <t>9789755872094</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Söyle Anne, Ben Neden Varım?</t>
+          <t>Nil Soru Soruyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755871950</t>
+          <t>9789755872568</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kütüphane Yolunda</t>
+          <t>Söyle Anne, Ben Neden Varım?</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789758039852</t>
+          <t>9789755871950</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kertenkele Orman Masalları-2</t>
+          <t>Kütüphane Yolunda</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789758039951</t>
+          <t>9789758039852</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Küçük Anne</t>
+          <t>Küçük Kertenkele Orman Masalları-2</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789758039760</t>
+          <t>9789758039951</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Zaman Büyüyeceğim?</t>
+          <t>Küçük Anne</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755870052</t>
+          <t>9789758039760</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Olacağım?</t>
+          <t>Ben Ne Zaman Büyüyeceğim?</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755872971</t>
+          <t>9789755870052</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Şekiller ve Kavramlar - Ben Minicik Bir Bebektim 2</t>
+          <t>Ben Ne Olacağım?</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755872841</t>
+          <t>9789755872971</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sayılar ve Renkler - Ben Minicik Bir Bebektim</t>
+          <t>Şekiller ve Kavramlar - Ben Minicik Bir Bebektim 2</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755872735</t>
+          <t>9789755872841</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Zıpır Sürekli Televizyon İzliyor</t>
+          <t>Sayılar ve Renkler - Ben Minicik Bir Bebektim</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755871219</t>
+          <t>9789755872735</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Üç Gözlü Çocuk</t>
+          <t>Zıpır Sürekli Televizyon İzliyor</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789758039685</t>
+          <t>9789755871219</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Uzaylı Çocuğun Ödevi</t>
+          <t>Üç Gözlü Çocuk</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755870007</t>
+          <t>9789758039685</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İstemeyen Zürafa</t>
+          <t>Uzaylı Çocuğun Ödevi</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755870878</t>
+          <t>9789755870007</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Uyku Canavarı - En Matrak Canavar Öyküleri 2</t>
+          <t>Uyumak İstemeyen Zürafa</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755870373</t>
+          <t>9789755870878</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Tülüş</t>
+          <t>Uyku Canavarı - En Matrak Canavar Öyküleri 2</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755871721</t>
+          <t>9789755870373</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Tonton Dedemin Doğum Günü</t>
+          <t>Tülüş</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755870120</t>
+          <t>9789755871721</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Terlikleri Kim Giyecek?</t>
+          <t>Tonton Dedemin Doğum Günü</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755871899</t>
+          <t>9789755870120</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Resim Dersi</t>
+          <t>Terlikleri Kim Giyecek?</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755871738</t>
+          <t>9789755871899</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Kardeşimin Doğum Günü</t>
+          <t>Resim Dersi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755870892</t>
+          <t>9789755871738</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Şiirimi Kedi Kaptı</t>
+          <t>Tatlı Kardeşimin Doğum Günü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789758039319</t>
+          <t>9789755870892</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Şımarık Fil</t>
+          <t>Şiirimi Kedi Kaptı</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789758039845</t>
+          <t>9789758039319</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Suda Oynamayı Kim Sevmez? Orman Masalları-1</t>
+          <t>Şımarık Fil</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789758039975</t>
+          <t>9789758039845</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Soru Balonları</t>
+          <t>Suda Oynamayı Kim Sevmez? Orman Masalları-1</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755870014</t>
+          <t>9789758039975</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Sinderella Olmak İsteyen Çocuk</t>
+          <t>Soru Balonları</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755871820</t>
+          <t>9789755870014</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sıska Kedimin Doğum Günü</t>
+          <t>Sinderella Olmak İsteyen Çocuk</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755871837</t>
+          <t>9789755871820</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Öğretmenimin Doğum Günü</t>
+          <t>Sıska Kedimin Doğum Günü</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789758039630</t>
+          <t>9789755871837</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Rengini Arayan Top</t>
+          <t>Sevgili Öğretmenimin Doğum Günü</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789758039593</t>
+          <t>9789758039630</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Reklamları Çizen Çocuk</t>
+          <t>Rengini Arayan Top</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755871660</t>
+          <t>9789758039593</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Piknik Yapıyoruz</t>
+          <t>Reklamları Çizen Çocuk</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755870250</t>
+          <t>9789755871660</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Peynirli Börek</t>
+          <t>Piknik Yapıyoruz</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789758039517</t>
+          <t>9789755870250</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Park Yiyen Robot</t>
+          <t>Peynirli Börek</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755871813</t>
+          <t>9789758039517</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Büyükannemin Doğum Günü</t>
+          <t>Park Yiyen Robot</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789758039876</t>
+          <t>9789755871813</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Yeni Komşuları</t>
+          <t>Pamuk Büyükannemin Doğum Günü</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789758039883</t>
+          <t>9789758039876</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Renkleri Kimde?</t>
+          <t>Ormanın Yeni Komşuları</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789758039869</t>
+          <t>9789758039883</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Apartman</t>
+          <t>Ormanın Renkleri Kimde?</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789755870359</t>
+          <t>9789758039869</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Okuldan Dönerken (Ciltli)</t>
+          <t>Ormandaki Apartman</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789758039937</t>
+          <t>9789755870359</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Nerden Çıktı Bu Kardeş?</t>
+          <t>Okuldan Dönerken (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789755871967</t>
+          <t>9789758039937</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Masal Masal</t>
+          <t>Nerden Çıktı Bu Kardeş?</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>945</v>
+        <v>110</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789755870854</t>
+          <t>9789755871967</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kuş Uçtu Şiir Kaldı</t>
+          <t>Masal Masal</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>130</v>
+        <v>945</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789758039968</t>
+          <t>9789755870854</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kitap Perisi</t>
+          <t>Kuş Uçtu Şiir Kaldı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789755870861</t>
+          <t>9789758039968</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kitap Canavarı - En Matrak Canavar Öyküleri 3</t>
+          <t>Kitap Perisi</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789758039586</t>
+          <t>9789755870861</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kimin Yatağı Uçuyor</t>
+          <t>Kitap Canavarı - En Matrak Canavar Öyküleri 3</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789944699655</t>
+          <t>9789758039586</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kızım Nerdesin?</t>
+          <t>Kimin Yatağı Uçuyor</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789758039302</t>
+          <t>9789944699655</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kızamık Olan Fil</t>
+          <t>Kızım Nerdesin?</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789755870021</t>
+          <t>9789758039302</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Korkan Çocuk</t>
+          <t>Kızamık Olan Fil</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789755870588</t>
+          <t>9789755870021</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kar Sesi</t>
+          <t>Karanlıktan Korkan Çocuk</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789755871417</t>
+          <t>9789755870588</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kaç Güneş Var</t>
+          <t>Kar Sesi</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9789758039678</t>
+          <t>9789755871417</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İp Bacaklı Uzaylı Çocuk</t>
+          <t>Kaç Güneş Var</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9789755870243</t>
+          <t>9789758039678</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İlkbaharın Sesi (Ciltli)</t>
+          <t>İp Bacaklı Uzaylı Çocuk</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9789758039289</t>
+          <t>9789755870243</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İki Kavgacı Ağaç</t>
+          <t>İlkbaharın Sesi (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789755871325</t>
+          <t>9789758039289</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Işıkları Dolaşan Çocuk</t>
+          <t>İki Kavgacı Ağaç</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789758039654</t>
+          <t>9789755871325</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Işığını Yitiren Yıldız</t>
+          <t>Işıkları Dolaşan Çocuk</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9789755871646</t>
+          <t>9789758039654</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ablamın Doğum Günü</t>
+          <t>Işığını Yitiren Yıldız</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789758039333</t>
+          <t>9789755871646</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Gezmeyi Seven Ağaç</t>
+          <t>Güzel Ablamın Doğum Günü</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789758039326</t>
+          <t>9789758039333</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Unutan Fil</t>
+          <t>Gezmeyi Seven Ağaç</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789758039753</t>
+          <t>9789758039326</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fasulye Motorlu Uçan Daire</t>
+          <t>Geceyi Unutan Fil</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789758039999</t>
+          <t>9789758039753</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Ülkesini Arayan Dinozor</t>
+          <t>Fasulye Motorlu Uçan Daire</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789758039456</t>
+          <t>9789758039999</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Ağacı</t>
+          <t>Eğlence Ülkesini Arayan Dinozor</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789758039272</t>
+          <t>9789758039456</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Dilek Ağacı</t>
+          <t>Dünyanın En Güzel Ağacı</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755873831</t>
+          <t>9789758039272</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Denizin Büyüsü</t>
+          <t>Dilek Ağacı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789758039623</t>
+          <t>9789755873831</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Denizin Altını Merak Eden Vapur</t>
+          <t>Denizin Büyüsü</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755871400</t>
+          <t>9789758039623</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Çocuk</t>
+          <t>Denizin Altını Merak Eden Vapur</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789758039562</t>
+          <t>9789755871400</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Çöp Kafalı Çocuk</t>
+          <t>Dağınık Çocuk</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789758039531</t>
+          <t>9789758039562</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Çocuk</t>
+          <t>Çöp Kafalı Çocuk</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755871622</t>
+          <t>9789758039531</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Canım Babamın Doğum Günü</t>
+          <t>Çikolata Çocuk</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755871639</t>
+          <t>9789755871622</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Canım Annemin Doğum Günü</t>
+          <t>Canım Babamın Doğum Günü</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789758039609</t>
+          <t>9789755871639</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Aydede</t>
+          <t>Canım Annemin Doğum Günü</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755871868</t>
+          <t>9789758039609</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Can Arkadaşımın Doğum Günü</t>
+          <t>Canı Sıkılan Aydede</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789758039524</t>
+          <t>9789755871868</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Cadı Burunlu Fabrika</t>
+          <t>Can Arkadaşımın Doğum Günü</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789758039296</t>
+          <t>9789758039524</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yatakta Kim Yatacak</t>
+          <t>Cadı Burunlu Fabrika</t>
         </is>
       </c>
       <c r="C356" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755870045</t>
+          <t>9789758039296</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyuncaklar Benim</t>
+          <t>Büyük Yatakta Kim Yatacak</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789758039616</t>
+          <t>9789755870045</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Buruşuk Kağıt Parçası</t>
+          <t>Bütün Oyuncaklar Benim</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789758039661</t>
+          <t>9789758039616</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya Kimin?</t>
+          <t>Buruşuk Kağıt Parçası</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755871189</t>
+          <t>9789758039661</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyüküm</t>
+          <t>Bu Dünya Kimin?</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789758039920</t>
+          <t>9789755871189</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Rüya Ver</t>
+          <t>Ben Büyüküm</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
+          <t>9789758039920</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Bana Bir Rüya Ver</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
           <t>9789755871028</t>
         </is>
       </c>
-      <c r="B362" s="1" t="inlineStr">
+      <c r="B363" s="1" t="inlineStr">
         <is>
           <t>Ay Kaç Yaşında?</t>
         </is>
       </c>
-      <c r="C362" s="1">
+      <c r="C363" s="1">
         <v>130</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>