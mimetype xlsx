--- v0 (2025-10-26)
+++ v1 (2026-02-14)
@@ -85,580 +85,730 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259843988</t>
+          <t>9786259263861</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Güç</t>
+          <t>Duygusal Beyin - Bağırsak 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259843926</t>
+          <t>9786259263854</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Anne Kafası</t>
+          <t>Uyuyamıyorum</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>265</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259750378</t>
+          <t>9786259263823</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Viktor Frankl'ın Anlam Arayışı Üzerine</t>
+          <t>Sen Uyurken Paran Senin İçin Çalışsın (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259594262</t>
+          <t>9786259263830</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bağımlılığıyla Başa Çıkma Rehberi</t>
+          <t>2026 Astroşifa Ajandası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>385</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259594248</t>
+          <t>9786259263809</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Bilmesi Gereken 500’Den Fazla Psikolojik Gerçek</t>
+          <t>Neo İnsan 10.0 Gelecek Nasıl Şekillenecek?</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259594231</t>
+          <t>9786259263816</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonra</t>
+          <t>Ortalık Savaş Alanı Ama Kazanan Da Yaralı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259750385</t>
+          <t>9786259594293</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Amacını Keşfet</t>
+          <t>Kansere Karşı Birlikte İyileşelim</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259750361</t>
+          <t>9786259594217</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Felsefesi</t>
+          <t>Büyük Uyanış</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259750392</t>
+          <t>9786259594255</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkla Zayıfla</t>
+          <t>Sormadın Ama Anlattım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259594200</t>
+          <t>9786259594224</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>O Sensin</t>
+          <t>Dişil Enerji</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259750330</t>
+          <t>9786259843988</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Nesiller</t>
+          <t>Güç</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259750354</t>
+          <t>9786259843926</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sen Büyürken</t>
+          <t>Anne Kafası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259750323</t>
+          <t>9786259750378</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kendine Dönüş</t>
+          <t>Viktor Frankl'ın Anlam Arayışı Üzerine</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259750347</t>
+          <t>9786259594262</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Zaman İnsan Olacağım?</t>
+          <t>Oyun Bağımlılığıyla Başa Çıkma Rehberi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259750316</t>
+          <t>9786259594248</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zengin Yapabilir (Özel Baskı) (Ciltli)</t>
+          <t>Herkesin Bilmesi Gereken 500’Den Fazla Psikolojik Gerçek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>385</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259843995</t>
+          <t>9786259594231</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Toksik Aile Üyelerinden Nasıl Kurtuluruz?</t>
+          <t>Ölümden Sonra</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>330</v>
+        <v>460</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259843964</t>
+          <t>9786259750385</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlarla Savaş</t>
+          <t>Yaşam Amacını Keşfet</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>530</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259750309</t>
+          <t>9786259750361</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İstismarcı Ebeveynlerin Yetişkin Çocukları</t>
+          <t>Yatırım Felsefesi</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789751046666</t>
+          <t>9786259750392</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gitme Zamanı</t>
+          <t>Sağlıkla Zayıfla</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>560</v>
+        <v>265</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259843957</t>
+          <t>9786259594200</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Zengin Yapabilir</t>
+          <t>O Sensin</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259422978</t>
+          <t>9786259750330</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes İstanbul</t>
+          <t>Kaygılı Nesiller</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>520</v>
+        <v>230</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259843933</t>
+          <t>9786259750354</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Utancın Ve Umudun Kitabı</t>
+          <t>Sen Büyürken</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259843940</t>
+          <t>9786259750323</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Milyonerlerin Başarı Alışkanlıkları</t>
+          <t>Kendine Dönüş</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259422985</t>
+          <t>9786259750347</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Ben</t>
+          <t>Ben Ne Zaman İnsan Olacağım?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789751046673</t>
+          <t>9786259750316</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çırılçıplak Aşk</t>
+          <t>Dikkat Zengin Yapabilir (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>245</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789751046932</t>
+          <t>9786259843995</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Travmaya Duyarlı Mindfulness</t>
+          <t>Toksik Aile Üyelerinden Nasıl Kurtuluruz?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789751047205</t>
+          <t>9786259843964</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mindful Ebeveynlik</t>
+          <t>Kayıp Ruhlarla Savaş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>530</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259422916</t>
+          <t>9786259750309</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İyileştirici Hikaye Anlatımı</t>
+          <t>Duygusal İstismarcı Ebeveynlerin Yetişkin Çocukları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>415</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259422961</t>
+          <t>9789751046666</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Geceyi Aydınlatan Hikayeler</t>
+          <t>Gitme Zamanı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>480</v>
+        <v>675</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259422992</t>
+          <t>9786259843957</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zorlayıcı Davranışlar İçin İyileştirici Hikayeler</t>
+          <t>Dikkat Zengin Yapabilir</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259843902</t>
+          <t>9786259422978</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gaslighting</t>
+          <t>Bir Nefes İstanbul</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>625</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259422947</t>
+          <t>9786259843933</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gerçekten Yaşıyor Musun?</t>
+          <t>Utancın Ve Umudun Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259422954</t>
+          <t>9786259843940</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bin Yüz Bir İnsan</t>
+          <t>Milyonerlerin Başarı Alışkanlıkları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259422923</t>
+          <t>9786259422985</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Siyah Gözyaşı</t>
+          <t>Sen ve Ben</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>465</v>
+        <v>345</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259422930</t>
+          <t>9789751046673</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İnsanız Ayıbı Yok</t>
+          <t>Çırılçıplak Aşk</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>415</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
+          <t>9789751046932</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Travmaya Duyarlı Mindfulness</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789751047205</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Mindful Ebeveynlik</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786259422916</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>İyileştirici Hikaye Anlatımı</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786259422961</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Geceyi Aydınlatan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786259422992</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Zorlayıcı Davranışlar İçin İyileştirici Hikayeler</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786259843902</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Gaslighting</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786259422947</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Gerçekten Yaşıyor Musun?</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786259422954</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Bin Yüz Bir İnsan</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786259422923</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Gözyaşı</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786259422930</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>İnsanız Ayıbı Yok</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
           <t>9786259422909</t>
         </is>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Evrenin Kara Kutusu</t>
         </is>
       </c>
-      <c r="C37" s="1">
-        <v>190</v>
+      <c r="C47" s="1">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>