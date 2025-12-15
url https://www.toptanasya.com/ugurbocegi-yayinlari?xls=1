--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -3790,51 +3790,51 @@
           <t>Kantinci Kılıklı Soyguncular - Dedektif Tayfa 5</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
           <t>9786052236451</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
           <t>Mehmet Akif</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>4440000003306</t>
+          <t>9786055523688</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
           <t>Muhammed Ali - Örnek İnsanlar Dizisi 3</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
           <t>9786052236444</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
           <t>Peygamber Efendimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>720</v>
       </c>