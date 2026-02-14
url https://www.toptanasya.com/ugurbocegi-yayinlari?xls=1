--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,7105 +85,7225 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>5330006480670</t>
+          <t>5330006480694</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çaylak ile Filozof Seti (9 Kitap)</t>
+          <t>Çaylak İle Filozof Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1820</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256290433</t>
+          <t>9786256290495</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çaylak ile Filozof 9 - Yaşamak İçin Öğren, Öğrenmek İçin Yaşa!</t>
+          <t>Dersimiz: La İlahe İllallah</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256290402</t>
+          <t>9786256290471</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Florence Nightingale - İlham Verenler 7</t>
+          <t>Çaylak İle Filozof</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256290396</t>
+          <t>5330006480700</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla - İlham Verenler 6</t>
+          <t>Dersimiz Serisi (8 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052325117</t>
+          <t>5330006480687</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Süper Selim Seti (5 Kitap)</t>
+          <t>Peygamberimizin Mutlu Yuvası Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059548823</t>
+          <t>9786258355116</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Süper Selim 4</t>
+          <t>Hazreti Ümmü Seleme - Peygamberimizin Mutlu Yuvası 5</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9799758781224</t>
+          <t>9786054965540</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz: Amentü - Ciltli</t>
+          <t>Hazreti Aişe - Peygamberimizin Mutlu Yuvası 4</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>4440000003308</t>
+          <t>9786258066685</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Genç Arkadaşları / 2 Medine Gençleri</t>
+          <t>Hazreti Fatıma - Peygamberimizin Mutlu Yuvası 3</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>49</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752611856</t>
+          <t>9786256290464</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Genç Arkadaşları</t>
+          <t>Hazreti Zeyneb - Peygamberimizin Mutlu Yuvası 2</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059548410</t>
+          <t>9786256290457</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dino Avcısı (4 Kitap Takım)</t>
+          <t>Hazreti Hatice - Peygamberimizin Mutlu Yuvası 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>188</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752613263</t>
+          <t>5330006480670</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç</t>
+          <t>Çaylak ile Filozof Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059723817</t>
+          <t>9786256290433</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Süper Selim - 1</t>
+          <t>Çaylak ile Filozof 9 - Yaşamak İçin Öğren, Öğrenmek İçin Yaşa!</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752613690</t>
+          <t>9786256290402</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Babasının Süsü Hz. Zeyneb</t>
+          <t>Florence Nightingale - İlham Verenler 7</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055523008</t>
+          <t>9786256290396</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuğa Bir Kütüphane Seti (16 Kitap Takım)</t>
+          <t>Nikola Tesla - İlham Verenler 6</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>128</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9799758781125</t>
+          <t>9786052325117</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tekerleme Şekerleme</t>
+          <t>Süper Selim Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>7.41</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9799758781286</t>
+          <t>9786059548823</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Son Deve</t>
+          <t>Süper Selim 4</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>3.52</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055523329</t>
+          <t>9799758781224</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden Hikmetli Öyküler</t>
+          <t>Dersimiz: Amentü - Ciltli</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>12</v>
+        <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9799758781033</t>
+          <t>4440000003308</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları 2</t>
+          <t>Peygamberin Genç Arkadaşları / 2 Medine Gençleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>7.41</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799758781002</t>
+          <t>9789752611856</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları 1</t>
+          <t>Peygamberin Genç Arkadaşları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789758781331</t>
+          <t>9786059548410</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Otomobil Recep</t>
+          <t>Dino Avcısı (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>3.7</v>
+        <v>188</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9799758781262</t>
+          <t>9789752613263</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Aliya İzzetbegoviç</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>7.41</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9799758781682</t>
+          <t>9786059723817</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Süper Selim - 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789758781188</t>
+          <t>9789752613690</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mama, Erzahl Mir Von Allah</t>
+          <t>Babasının Süsü Hz. Zeyneb</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>225</v>
+        <v>185</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758781997</t>
+          <t>9786055523008</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Mucizeleri</t>
+          <t>Her Çocuğa Bir Kütüphane Seti (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>128</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9799758781255</t>
+          <t>9799758781125</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gülünç Öyküler</t>
+          <t>Tekerleme Şekerleme</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9779758781479</t>
+          <t>9799758781286</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>En Büyük İnsan Peygamberimiz</t>
+          <t>Son Deve</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>4.17</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758781393</t>
+          <t>9786055523329</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Elma Bahçeleri</t>
+          <t>Peygamberimizin Dilinden Hikmetli Öyküler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9799758781514</t>
+          <t>9799758781033</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Rabbimiz Allah’tır</t>
+          <t>Öğrenci Fıkraları 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758781690</t>
+          <t>9799758781002</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin La Fontaine’den Öyküler</t>
+          <t>Öğrenci Fıkraları 1</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>65</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758781720</t>
+          <t>9789758781331</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atasözleri</t>
+          <t>Otomobil Recep</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>10</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758781430</t>
+          <t>9799758781262</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları 2</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>10</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9799758781132</t>
+          <t>9799758781682</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>10</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758781027</t>
+          <t>9789758781188</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Fıkraları</t>
+          <t>Mama, Erzahl Mir Von Allah</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>7.41</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9799758781057</t>
+          <t>9789758781997</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bildirmece</t>
+          <t>Kur’an Mucizeleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>7.41</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758781959</t>
+          <t>9799758781255</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Öyküleri</t>
+          <t>Gülünç Öyküler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9799758781651</t>
+          <t>9779758781479</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Anne Bana Peygamberimi Anlat</t>
+          <t>En Büyük İnsan Peygamberimiz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>14.81</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758781751</t>
+          <t>9789758781393</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Anne Bana Kur’an’ı Anlat</t>
+          <t>Elma Bahçeleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9799758781187</t>
+          <t>9799758781514</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Anne Bana Allah’ı Anlat</t>
+          <t>Rabbimiz Allah’tır</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758781942</t>
+          <t>9789758781690</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Bildiren Bilmeceler</t>
+          <t>Çocuklar İçin La Fontaine’den Öyküler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>5.56</v>
+        <v>65</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789758781799</t>
+          <t>9789758781720</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ali’nin Seccadesi</t>
+          <t>Çocuklar İçin Atasözleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>5.56</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059548786</t>
+          <t>9789758781430</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Takımı 2: 3D Tehlike</t>
+          <t>Çocuk Oyunları 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>110</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059548588</t>
+          <t>9799758781132</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Teneffüs Mahvoldu</t>
+          <t>Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>47</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059548571</t>
+          <t>9789758781027</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Köpek Gezdiricisi</t>
+          <t>Çocuk Fıkraları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>47</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059548557</t>
+          <t>9799758781057</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Afacan Dombili Seti (4 Kitap Takım)</t>
+          <t>Bilmece Bildirmece</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>188</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059548441</t>
+          <t>9789758781959</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dino Avcısı 3: Sualtı Dinozorları</t>
+          <t>Atasözü Öyküleri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>47</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059548434</t>
+          <t>9799758781651</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dino Avcısı 2: Müzede Kargaşa</t>
+          <t>Anne Bana Peygamberimi Anlat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>47</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059548427</t>
+          <t>9789758781751</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dino Avcısı 1: Dinozor Saldırısı</t>
+          <t>Anne Bana Kur’an’ı Anlat</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>47</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054965816</t>
+          <t>9799758781187</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sabri Cemil</t>
+          <t>Anne Bana Allah’ı Anlat</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059723527</t>
+          <t>9789758781942</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fıkralı Atasözleri</t>
+          <t>Allah’ı Bildiren Bilmeceler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059548922</t>
+          <t>9789758781799</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ali Gel ve Maceraları</t>
+          <t>Ali’nin Seccadesi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>38</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758781317</t>
+          <t>9786059548786</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Oyun Kutusu 2</t>
+          <t>Mucitler Takımı 2: 3D Tehlike</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>5</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758781935</t>
+          <t>9786059548588</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Peygamberimizin Mucizeleri</t>
+          <t>Teneffüs Mahvoldu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>260</v>
+        <v>47</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256290372</t>
+          <t>9786059548571</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Martin Luther King Jr. - İlham Verenler 5</t>
+          <t>Köpek Gezdiricisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258355970</t>
+          <t>9786059548557</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İdeal Öğretmen</t>
+          <t>Afacan Dombili Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>188</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>5330006480649</t>
+          <t>9786059548441</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Serisi (7 Kitap)</t>
+          <t>Dino Avcısı 3: Sualtı Dinozorları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1950</v>
+        <v>47</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256290334</t>
+          <t>9786059548434</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çaylak İle Filozof-8</t>
+          <t>Dino Avcısı 2: Müzede Kargaşa</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>5330006480663</t>
+          <t>9786059548427</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çaylak İle Filozof Seti (8 Kitap)</t>
+          <t>Dino Avcısı 1: Dinozor Saldırısı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1620</v>
+        <v>47</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258066562</t>
+          <t>9786054965816</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz</t>
+          <t>Sabri Cemil</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>420</v>
+        <v>46</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256290327</t>
+          <t>9786059723527</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Daha Da Küçükler İçin Allah’ı Merak Ediyorum</t>
+          <t>Fıkralı Atasözleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>420</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>5330006480656</t>
+          <t>9786059548922</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Daha Da Küçükler İçin Dini Kitaplar Seti (3 Kitap)</t>
+          <t>Ali Gel ve Maceraları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1260</v>
+        <v>38</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256290310</t>
+          <t>9789758781317</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>99 Esma-i Hüsna Allah’ın Güzel İsimleri</t>
+          <t>Oyun Kutusu 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>420</v>
+        <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256290037</t>
+          <t>9789758781935</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Ayetü’l Kürsi</t>
+          <t>Çocuklar İçin Peygamberimizin Mucizeleri</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>5330006480601</t>
+          <t>9786256290372</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatından Hatıralar Seti (4 Kitap)</t>
+          <t>Martin Luther King Jr. - İlham Verenler 5</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>830</v>
+        <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256290006</t>
+          <t>9786258355970</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>For Even Younger Ones Book 3 - I am Curious About God</t>
+          <t>İdeal Öğretmen</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>480</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256290020</t>
+          <t>5330006480649</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>For Even Younger Ones Book 1 - I am Curious About God</t>
+          <t>Dersimiz Serisi (7 Kitap)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>480</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256290013</t>
+          <t>9786256290334</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>For Even Younger Ones Book 2 - I am Curious About God</t>
+          <t>Çaylak İle Filozof-8</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258355420</t>
+          <t>5330006480663</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>For Even Younger Ones Book 4 - I am Curious About God</t>
+          <t>Çaylak İle Filozof Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>480</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059723893</t>
+          <t>9786258066562</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>For Even Younger Ones Book 5 - I am Curious About God</t>
+          <t>Peygamber Efendimiz</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258355963</t>
+          <t>9786256290327</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çaylak ile Filozof 7 - İyilik Problemi</t>
+          <t>Daha Da Küçükler İçin Allah’ı Merak Ediyorum</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>5330006480632</t>
+          <t>5330006480656</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çaylak ile Filozof Seti (7 Kitap)</t>
+          <t>Daha Da Küçükler İçin Dini Kitaplar Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>1420</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258355956</t>
+          <t>9786256290310</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mahatma Gandi - İlham Verenler 4</t>
+          <t>99 Esma-i Hüsna Allah’ın Güzel İsimleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258355949</t>
+          <t>9786256290037</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Esmai Hüsna</t>
+          <t>Dersimiz Ayetü’l Kürsi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258355840</t>
+          <t>5330006480601</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dedektifler Kulübü-3 Hayallerine Koşan Şampiyon</t>
+          <t>Peygamberimizin Hayatından Hatıralar Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>830</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>5330006480618</t>
+          <t>9786256290006</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dedektifler Kulübü Seti (3 Kitap)</t>
+          <t>For Even Younger Ones Book 3 - I am Curious About God</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>580</v>
+        <v>480</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258355864</t>
+          <t>9786256290020</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dedektifler Kulübü-1 Kayıp Bitki</t>
+          <t>For Even Younger Ones Book 1 - I am Curious About God</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258355857</t>
+          <t>9786256290013</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dedektifler Kulübü-2 - Prensesin Çalınan Tacı</t>
+          <t>For Even Younger Ones Book 2 - I am Curious About God</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>5330006480625</t>
+          <t>9786258355420</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Serisi (6 Kitap)</t>
+          <t>For Even Younger Ones Book 4 - I am Curious About God</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1690</v>
+        <v>480</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>5330006480595</t>
+          <t>9786059723893</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Serisi (5 Kitap)</t>
+          <t>For Even Younger Ones Book 5 - I am Curious About God</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1440</v>
+        <v>480</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258355673</t>
+          <t>9786258355963</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz İhlas Suresi</t>
+          <t>Çaylak ile Filozof 7 - İyilik Problemi</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258355604</t>
+          <t>5330006480632</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Babasının Süsü - Hz. Zeyneb</t>
+          <t>Çaylak ile Filozof Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257151498</t>
+          <t>9786258355956</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gülün İki Goncası: Hz. Rukiyye - Hz. Ümmü Gülsüm</t>
+          <t>Mahatma Gandi - İlham Verenler 4</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258355659</t>
+          <t>9786258355949</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Lulu Mercan Hayatı Öğreniyor 5 - Bunu Ona Yapamazsın</t>
+          <t>Dersimiz Esmai Hüsna</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258355642</t>
+          <t>9786258355840</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Lulu Mercan Hayatı Öğreniyor 4 - Her Şeyin Bir Zamanı Var</t>
+          <t>Dedektifler Kulübü-3 Hayallerine Koşan Şampiyon</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258355635</t>
+          <t>5330006480618</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Lulu Mercan Hayatı Öğreniyor 3 - Bütün Renkler Güzeldir</t>
+          <t>Dedektifler Kulübü Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>580</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258355628</t>
+          <t>9786258355864</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Lulu Mercan Hayatı Öğreniyor 2 - Yeterli Fazladan İyidir</t>
+          <t>Dedektifler Kulübü-1 Kayıp Bitki</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258355611</t>
+          <t>9786258355857</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Lulu Mercan Hayatı Öğreniyor 1 - Ben Bir Başkasıyım</t>
+          <t>Dedektifler Kulübü-2 - Prensesin Çalınan Tacı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>5330006480588</t>
+          <t>5330006480625</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Lulu Mercan - Hayatı Öğreniyor Seti (5 Kitap)</t>
+          <t>Dersimiz Serisi (6 Kitap)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>600</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052236925</t>
+          <t>5330006480595</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Genç Arkadaşları - Birinci Kitap: Mekke Gençleri</t>
+          <t>Dersimiz Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>260</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>5330006480564</t>
+          <t>9786258355673</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bir Sorum Var Seti</t>
+          <t>Dersimiz İhlas Suresi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>660</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>5330006480557</t>
+          <t>9786258355604</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Beyin Jimnastiği - 3 Kitap</t>
+          <t>Babasının Süsü - Hz. Zeyneb</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>5330006480571</t>
+          <t>9786257151498</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kuruluş Dizisi Seti</t>
+          <t>Gülün İki Goncası: Hz. Rukiyye - Hz. Ümmü Gülsüm</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>660</v>
+        <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>5330006480526</t>
+          <t>9786258355659</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hikayeleri Seti (3 Kitap)</t>
+          <t>Lulu Mercan Hayatı Öğreniyor 5 - Bunu Ona Yapamazsın</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>660</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>5330006480533</t>
+          <t>9786258355642</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Müslüman Oldular? Seti (3 Kitap)</t>
+          <t>Lulu Mercan Hayatı Öğreniyor 4 - Her Şeyin Bir Zamanı Var</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>540</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>5330006480540</t>
+          <t>9786258355635</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İlk Kaşifleri Seti (3 Kitap)</t>
+          <t>Lulu Mercan Hayatı Öğreniyor 3 - Bütün Renkler Güzeldir</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>540</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052236932</t>
+          <t>9786258355628</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Genç Arkadaşları - 2</t>
+          <t>Lulu Mercan Hayatı Öğreniyor 2 - Yeterli Fazladan İyidir</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>5330006480519</t>
+          <t>9786258355611</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çaylak ile Filozof Seti - 6 Kitap</t>
+          <t>Lulu Mercan Hayatı Öğreniyor 1 - Ben Bir Başkasıyım</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257151405</t>
+          <t>5330006480588</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Aliya İzzetbegoviç (Bilge Kral)</t>
+          <t>Lulu Mercan - Hayatı Öğreniyor Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258355505</t>
+          <t>9786052236925</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kızları Kız Gibi Erkekleri Erkek Gibi Yetiştirmek</t>
+          <t>Peygamberin Genç Arkadaşları - Birinci Kitap: Mekke Gençleri</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258355512</t>
+          <t>5330006480564</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Yoktur</t>
+          <t>Bir Sorum Var Seti</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>660</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>5330006480502</t>
+          <t>5330006480557</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocuk Dostları Seti (5 Kitap)</t>
+          <t>7'den 70'e Beyin Jimnastiği - 3 Kitap</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>750</v>
+        <v>540</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258355543</t>
+          <t>5330006480571</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Ömer - Ümmetin Alimi</t>
+          <t>Osmanlı Kuruluş Dizisi Seti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>150</v>
+        <v>660</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258355550</t>
+          <t>5330006480526</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zeyd B. Sabit - Vahiy Katibi</t>
+          <t>Osmanlı Hikayeleri Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>660</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258355567</t>
+          <t>5330006480533</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Abdullah B. Abbas - Tefsir İlminin Sultanı</t>
+          <t>Nasıl Müslüman Oldular? Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258355574</t>
+          <t>5330006480540</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Enes B. Malik - Küçük Hizmetkar</t>
+          <t>Bilimin İlk Kaşifleri Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258355581</t>
+          <t>9786052236932</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Üsame B. Zeyd - Genç Komutan</t>
+          <t>Peygamberin Genç Arkadaşları - 2</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258355598</t>
+          <t>5330006480519</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çaylak ile Filozof 6 - Özgürlük Kaderimizdir</t>
+          <t>Çaylak ile Filozof Seti - 6 Kitap</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258355529</t>
+          <t>9786257151405</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin La Fontaine Masalları</t>
+          <t>Aliya İzzetbegoviç (Bilge Kral)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258355536</t>
+          <t>9786258355505</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dua Kitabı</t>
+          <t>Kızları Kız Gibi Erkekleri Erkek Gibi Yetiştirmek</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>5330006480465</t>
+          <t>9786258355512</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çaylak İle Filozof Seti (5 Kitap)</t>
+          <t>Kötü Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>1000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>5330006480458</t>
+          <t>5330006480502</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Serisi (4 Kitap)</t>
+          <t>Peygamberimizin Çocuk Dostları Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258355499</t>
+          <t>9786258355543</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Fatiha</t>
+          <t>Abdullah B. Ömer - Ümmetin Alimi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257151054</t>
+          <t>9786258355550</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Söz Geçirme Sanatı</t>
+          <t>Zeyd B. Sabit - Vahiy Katibi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258355482</t>
+          <t>9786258355567</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Resimlerinin Dili</t>
+          <t>Abdullah B. Abbas - Tefsir İlminin Sultanı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059723923</t>
+          <t>9786258355574</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Türk Devletleri - Kayıp Medeniyet 1</t>
+          <t>Enes B. Malik - Küçük Hizmetkar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>5330006480441</t>
+          <t>9786258355581</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Acayip Şeyler Dizisi (23 Kitap)</t>
+          <t>Üsame B. Zeyd - Genç Komutan</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>5060</v>
+        <v>150</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258355444</t>
+          <t>9786258355598</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Şehidi Hz. Hüseyin</t>
+          <t>Çaylak ile Filozof 6 - Özgürlük Kaderimizdir</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258355437</t>
+          <t>9786258355529</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ailede Ergenlerde Çocuklarda İnternet Bağımlılığı Sosyal Medya Alışkanlığı Ve Güvenli İnternet</t>
+          <t>Çocuklar İçin La Fontaine Masalları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258066517</t>
+          <t>9786258355536</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hikayeleri 3</t>
+          <t>Çocuklar İçin Dua Kitabı</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>5330006490136</t>
+          <t>5330006480465</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Daha Da Küçükler İçin Acayip Şeyler Seti 2 (5 Kitap)</t>
+          <t>Çaylak İle Filozof Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>5330006480236</t>
+          <t>5330006480458</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Öyküleri (5 Kitap Takım)</t>
+          <t>Dersimiz Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>1100</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258355468</t>
+          <t>9786258355499</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Sinekler</t>
+          <t>Dersimiz Fatiha</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257151351</t>
+          <t>9786257151054</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Öyküleri - 2</t>
+          <t>Çocuklara Söz Geçirme Sanatı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257151634</t>
+          <t>9786258355482</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Daha Da Küçükler İçin Şu Acayip Atmosfer</t>
+          <t>Çocuk Resimlerinin Dili</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257151344</t>
+          <t>9786059723923</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Öyküleri - 3</t>
+          <t>İlk Müslüman Türk Devletleri - Kayıp Medeniyet 1</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257151368</t>
+          <t>5330006480441</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Öyküleri - 4</t>
+          <t>Acayip Şeyler Dizisi (23 Kitap)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>5060</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257151375</t>
+          <t>9786258355444</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Öyküleri - 1</t>
+          <t>Kerbela Şehidi Hz. Hüseyin</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257151382</t>
+          <t>9786258355437</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Deyimler ve Atasözleri Öyküleri - 5</t>
+          <t>Ailede Ergenlerde Çocuklarda İnternet Bağımlılığı Sosyal Medya Alışkanlığı Ve Güvenli İnternet</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257151627</t>
+          <t>9786258066517</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Daha Da Küçükler İçin Şu Acayip Gezegenler</t>
+          <t>Osmanlı Hikayeleri 3</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257151610</t>
+          <t>5330006490136</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Daha Da Küçükler İçin Şu Acayip Güneş</t>
+          <t>Daha Da Küçükler İçin Acayip Şeyler Seti 2 (5 Kitap)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258355451</t>
+          <t>5330006480236</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Cennet Gençlerinin Efendisi Hz. Hasan</t>
+          <t>Deyimler ve Atasözleri Öyküleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257151399</t>
+          <t>9786258355468</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şamil</t>
+          <t>Şu Acayip Sinekler</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258066500</t>
+          <t>9786257151351</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hadis Kitabı</t>
+          <t>Deyimler ve Atasözleri Öyküleri - 2</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258066494</t>
+          <t>9786257151634</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çaylak İle Filozof - 5</t>
+          <t>Daha Da Küçükler İçin Şu Acayip Atmosfer</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258066470</t>
+          <t>9786257151344</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Öğrenci Fıkraları</t>
+          <t>Deyimler ve Atasözleri Öyküleri - 3</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258066487</t>
+          <t>9786257151368</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bilmeceler</t>
+          <t>Deyimler ve Atasözleri Öyküleri - 4</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>5330006490129</t>
+          <t>9786257151375</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Enteresan Dünya Tarihi Seti (5 Kitap)</t>
+          <t>Deyimler ve Atasözleri Öyküleri - 1</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257151573</t>
+          <t>9786257151382</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ’da Avrupa - Enteresan Dünya Tarihi 2</t>
+          <t>Deyimler ve Atasözleri Öyküleri - 5</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257151603</t>
+          <t>9786257151627</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağ’da ve Yakın Çağ’da Avrupa - Enteresan Dünya Tarihi 5</t>
+          <t>Daha Da Küçükler İçin Şu Acayip Gezegenler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257151597</t>
+          <t>9786257151610</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi-2 - Enteresan Dünya Tarihi 4</t>
+          <t>Daha Da Küçükler İçin Şu Acayip Güneş</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257151566</t>
+          <t>9786258355451</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi-1 - Enteresan Dünya Tarihi 3</t>
+          <t>Cennet Gençlerinin Efendisi Hz. Hasan</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257151580</t>
+          <t>9786257151399</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ Medeniyetleri - Enteresan Dünya Tarihi 1</t>
+          <t>Şeyh Şamil</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257151542</t>
+          <t>9786258066500</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - En Güzel Hikayeler</t>
+          <t>Çocuklar İçin Hadis Kitabı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257151559</t>
+          <t>9786258066494</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - İlham Verenler 3</t>
+          <t>Çaylak İle Filozof - 5</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>5330006490112</t>
+          <t>9786258066470</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Daha Da Küçükler İçin Dini Kitaplar (3 Kitap Takım) (Ciltli)</t>
+          <t>En Güzel Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>2160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257151535</t>
+          <t>9786258066487</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>99 Esma-i Hüsna Allah'ın Güzel İsimleri (Ciltli)</t>
+          <t>En Güzel Bilmeceler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>720</v>
+        <v>135</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257151511</t>
+          <t>5330006490129</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Şu Acayip Ay - Daha da Küçükler İçin Acayip Şeyler 6</t>
+          <t>Enteresan Dünya Tarihi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257151504</t>
+          <t>9786257151573</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Şu Acayip Dünya - Daha da Küçükler İçin Acayip Şeyler 7</t>
+          <t>Orta Çağ’da Avrupa - Enteresan Dünya Tarihi 2</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257151474</t>
+          <t>9786257151603</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tembel Çocuk Yoktur</t>
+          <t>Yeni Çağ’da ve Yakın Çağ’da Avrupa - Enteresan Dünya Tarihi 5</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257151467</t>
+          <t>9786257151597</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çaylak İle Filozof 4 - Güzellik İyiliktir</t>
+          <t>İslam Tarihi-2 - Enteresan Dünya Tarihi 4</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257151443</t>
+          <t>9786257151566</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Helen Keller - İlham Verenler 2</t>
+          <t>İslam Tarihi-1 - Enteresan Dünya Tarihi 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>5330006480243</t>
+          <t>9786257151580</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Acayip Şeyler Seti (22 Kitap Takım)</t>
+          <t>Antik Çağ Medeniyetleri - Enteresan Dünya Tarihi 1</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>4840</v>
+        <v>220</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257151429</t>
+          <t>9786257151542</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - İlham Verenler 1</t>
+          <t>Ömer Seyfettin - En Güzel Hikayeler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257151436</t>
+          <t>9786257151559</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Burunlar</t>
+          <t>Marie Curie - İlham Verenler 3</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257151412</t>
+          <t>5330006490112</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Tebessümler İkinci Kitap</t>
+          <t>Daha Da Küçükler İçin Dini Kitaplar (3 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>5330006480052</t>
+          <t>9786257151535</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Serisi Seti (3 Kitap Takım)</t>
+          <t>99 Esma-i Hüsna Allah'ın Güzel İsimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>960</v>
+        <v>720</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>5330006480229</t>
+          <t>9786257151511</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Öykü Seti (10 Kitap Takım)</t>
+          <t>Daha da Küçükler İçin Şu Acayip Ay - Daha da Küçükler İçin Acayip Şeyler 6</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>2200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257151306</t>
+          <t>9786257151504</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ümit ve Sabır Öyküleri - Her Güne Bir Öykü 9</t>
+          <t>Daha da Küçükler İçin Şu Acayip Dünya - Daha da Küçükler İçin Acayip Şeyler 7</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257151337</t>
+          <t>9786257151474</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Fedakarlık ve İyilik Öyküleri - Her Güne Bir Öykü 10</t>
+          <t>Tembel Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257151276</t>
+          <t>9786257151467</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şefkat ve Merhamet Öyküleri - Her Güne Bir Öykü 8</t>
+          <t>Çaylak İle Filozof 4 - Güzellik İyiliktir</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257151283</t>
+          <t>9786257151443</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Mutluluk Öyküleri - Her Güne Bir Öykü 7</t>
+          <t>Helen Keller - İlham Verenler 2</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257151313</t>
+          <t>5330006480243</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mizah ve Tebessüm Öyküleri - Her Güne Bir Öykü 5</t>
+          <t>Acayip Şeyler Seti (22 Kitap Takım)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>220</v>
+        <v>4840</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257151320</t>
+          <t>9786257151429</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen ve Öğrenci Öyküleri - Her Güne Bir Öykü 6</t>
+          <t>Louis Pasteur - İlham Verenler 1</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257151290</t>
+          <t>9786257151436</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Neşeli ve Eğlenceli Öyküler - Her Güne Bir Öykü 4</t>
+          <t>Şu Acayip Burunlar</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257151269</t>
+          <t>9786257151412</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dostluk ve Arkadaşlık Öyküleri - Her Güne Bir Öykü 3</t>
+          <t>Hüzünlü Tebessümler İkinci Kitap</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257151245</t>
+          <t>5330006480052</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Kararlılık Öyküleri - Her Güne Bir Öykü 2</t>
+          <t>Dersimiz Serisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>960</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257151252</t>
+          <t>5330006480229</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Zeka Öyküleri - Her Güne Bir Öykü 1</t>
+          <t>Her Güne Bir Öykü Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>220</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257151238</t>
+          <t>9786257151306</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Fuat Sezgin</t>
+          <t>Ümit ve Sabır Öyküleri - Her Güne Bir Öykü 9</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257151221</t>
+          <t>9786257151337</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Şu Acayip Salyangozlar</t>
+          <t>Fedakarlık ve İyilik Öyküleri - Her Güne Bir Öykü 10</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>5330006480212</t>
+          <t>9786257151276</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Acayip Şeyler Dizisi Seti - 5 Kitap Takım</t>
+          <t>Şefkat ve Merhamet Öyküleri - Her Güne Bir Öykü 8</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>5330006480113</t>
+          <t>9786257151283</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşı Kahramanları Seti (5 Kitap Takım)</t>
+          <t>Sevgi ve Mutluluk Öyküleri - Her Güne Bir Öykü 7</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>1100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257151214</t>
+          <t>9786257151313</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Şu Acayip Balinalar - Daha da Küçükler İçin Acayip Şeyler 4</t>
+          <t>Mizah ve Tebessüm Öyküleri - Her Güne Bir Öykü 5</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257151139</t>
+          <t>9786257151320</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Yörük Ali Efe - Kurtuluş Savaşı Kahramanları 5</t>
+          <t>Öğretmen ve Öğrenci Öyküleri - Her Güne Bir Öykü 6</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257151122</t>
+          <t>9786257151290</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kazım Karabekir - Kurtuluş Savaşı Kahramanları 4</t>
+          <t>Neşeli ve Eğlenceli Öyküler - Her Güne Bir Öykü 4</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257151108</t>
+          <t>9786257151269</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şahin Bey - Kurtuluş Savaşı Kahramanları 2</t>
+          <t>Dostluk ve Arkadaşlık Öyküleri - Her Güne Bir Öykü 3</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257151092</t>
+          <t>9786257151245</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çete Ayşe - Kurtuluş Savaşı Kahramanları - 1</t>
+          <t>Başarı ve Kararlılık Öyküleri - Her Güne Bir Öykü 2</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257151115</t>
+          <t>9786257151252</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kara Fatma - Kurtuluş Savaşı Kahramanları 3</t>
+          <t>Akıl ve Zeka Öyküleri - Her Güne Bir Öykü 1</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257151047</t>
+          <t>9786257151238</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dijital Hümeyra - Uzaylı İstilası</t>
+          <t>Fuat Sezgin</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257151207</t>
+          <t>9786257151221</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Şu Acayip Kurbağalar - Daha da Küçükler İçin Acayip Şeyler 3</t>
+          <t>Daha da Küçükler İçin Şu Acayip Salyangozlar</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257151153</t>
+          <t>5330006480212</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Şu Acayip Dinozorlar - Daha da Küçükler İçin Acayip Şeyler 2</t>
+          <t>Daha da Küçükler İçin Acayip Şeyler Dizisi Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257151146</t>
+          <t>5330006480113</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Şu Acayip Kediler - Daha da Küçükler İçin Acayip Şeyler 1</t>
+          <t>Kurtuluş Savaşı Kahramanları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>5330006480014</t>
+          <t>9786257151214</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dini Kitaplar (6 Kitap Takım)</t>
+          <t>Daha da Küçükler İçin Şu Acayip Balinalar - Daha da Küçükler İçin Acayip Şeyler 4</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>1405</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>5330006480007</t>
+          <t>9786257151139</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ali Gel ve Maceraları (5 Kitap Takım)</t>
+          <t>Yörük Ali Efe - Kurtuluş Savaşı Kahramanları 5</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>5330006480090</t>
+          <t>9786257151122</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Kiraz Seti (5 Kitap Takım)</t>
+          <t>Kazım Karabekir - Kurtuluş Savaşı Kahramanları 4</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052236413</t>
+          <t>9786257151108</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Ben - Zeynep Kiraz 4</t>
+          <t>Şahin Bey - Kurtuluş Savaşı Kahramanları 2</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052236390</t>
+          <t>9786257151092</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm Muhteşem Olacak - Zeynep Kiraz 5</t>
+          <t>Çete Ayşe - Kurtuluş Savaşı Kahramanları - 1</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257151030</t>
+          <t>9786257151115</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ali Gel ve Maceraları -5</t>
+          <t>Kara Fatma - Kurtuluş Savaşı Kahramanları 3</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257151023</t>
+          <t>9786257151047</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ali Gel ve Maceraları -4</t>
+          <t>Dijital Hümeyra - Uzaylı İstilası</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257151016</t>
+          <t>9786257151207</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ali Gel ve Maceraları -3</t>
+          <t>Daha da Küçükler İçin Şu Acayip Kurbağalar - Daha da Küçükler İçin Acayip Şeyler 3</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257151009</t>
+          <t>9786257151153</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ali Gel ve Maceraları -2</t>
+          <t>Daha da Küçükler İçin Şu Acayip Dinozorlar - Daha da Küçükler İçin Acayip Şeyler 2</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052236420</t>
+          <t>9786257151146</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ali Gel ve Maceraları -1</t>
+          <t>Daha da Küçükler İçin Şu Acayip Kediler - Daha da Küçükler İçin Acayip Şeyler 1</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>5330006480069</t>
+          <t>5330006480014</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Acayip Şeyler Seti 21 Kitap Takım</t>
+          <t>Çocuklar İçin Dini Kitaplar (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>4620</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052236352</t>
+          <t>5330006480007</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çaylak İle Filozof 3 - Ruhun Irkı Yok</t>
+          <t>Ali Gel ve Maceraları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052236918</t>
+          <t>5330006480090</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Macera Yorgunu - Zeynep Kiraz 3</t>
+          <t>Zeynep Kiraz Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052236901</t>
+          <t>9786052236413</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Okulun Fenomeni - Zeynep Kiraz 2</t>
+          <t>Yeni Bir Ben - Zeynep Kiraz 4</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052236857</t>
+          <t>9786052236390</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 9 - Musavvir Allah</t>
+          <t>Dönüşüm Muhteşem Olacak - Zeynep Kiraz 5</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052236864</t>
+          <t>9786257151030</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 8 - Bari Allah</t>
+          <t>Ali Gel ve Maceraları -5</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052236895</t>
+          <t>9786257151023</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 10 - Kayyum Allah</t>
+          <t>Ali Gel ve Maceraları -4</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052236871</t>
+          <t>9786257151016</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 7 - Muhsi Allah</t>
+          <t>Ali Gel ve Maceraları -3</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052236888</t>
+          <t>9786257151009</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 6 - Fettah Allah</t>
+          <t>Ali Gel ve Maceraları -2</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>5330006480083</t>
+          <t>9786052236420</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Güzel İsimleri 2 (5 Kitap Takım)</t>
+          <t>Ali Gel ve Maceraları -1</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>675</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052236840</t>
+          <t>5330006480069</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Başıma İş Açmakta Ustayım / Gülücük 5</t>
+          <t>Acayip Şeyler Seti 21 Kitap Takım</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>220</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052236819</t>
+          <t>9786052236352</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evin Komik Halleri / Gülücük 2</t>
+          <t>Çaylak İle Filozof 3 - Ruhun Irkı Yok</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052236802</t>
+          <t>9786052236918</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bu Yolculuklar Beni Delirtecek / Gülücük 1</t>
+          <t>Macera Yorgunu - Zeynep Kiraz 3</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052236826</t>
+          <t>9786052236901</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Yemek Dediğin Tam Bir Macera / Gülücük 3</t>
+          <t>Okulun Fenomeni - Zeynep Kiraz 2</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052236833</t>
+          <t>9786052236857</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin Oyun Kurucusu / Gülücük 4</t>
+          <t>Allah’ın Güzel İsimleri 9 - Musavvir Allah</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>5330006480076</t>
+          <t>9786052236864</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gülücük Dizisi (5 Kitap Takım)</t>
+          <t>Allah’ın Güzel İsimleri 8 - Bari Allah</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>1100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052236796</t>
+          <t>9786052236895</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Tebessümler</t>
+          <t>Allah’ın Güzel İsimleri 10 - Kayyum Allah</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>5330006480045</t>
+          <t>9786052236871</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Atasözlerinin İlginç Hikayeleri (5 Kitap Takım)</t>
+          <t>Allah’ın Güzel İsimleri 7 - Muhsi Allah</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052236765</t>
+          <t>9786052236888</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi ve Yiğit Akıncıları</t>
+          <t>Allah’ın Güzel İsimleri 6 - Fettah Allah</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052236758</t>
+          <t>5330006480083</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Gazi ve Yiğit Akıncıları</t>
+          <t>Allah’ın Güzel İsimleri 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>220</v>
+        <v>675</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052236772</t>
+          <t>9786052236840</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Orhan Gazi ve Yiğit Akıncıları</t>
+          <t>Başıma İş Açmakta Ustayım / Gülücük 5</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054965236</t>
+          <t>9786052236819</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Namaz</t>
+          <t>Bizim Evin Komik Halleri / Gülücük 2</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052236697</t>
+          <t>9786052236802</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Atasözlerinin İlginç Hikayeleri 1</t>
+          <t>Bu Yolculuklar Beni Delirtecek / Gülücük 1</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052236703</t>
+          <t>9786052236826</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Atasözlerinin İlginç Hikayeleri 2</t>
+          <t>Yemek Dediğin Tam Bir Macera / Gülücük 3</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052236710</t>
+          <t>9786052236833</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Atasözlerinin İlginç Hikayeleri 3</t>
+          <t>Mahallenin Oyun Kurucusu / Gülücük 4</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052236727</t>
+          <t>5330006480076</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Atasözlerinin İlginç Hikayeleri 4</t>
+          <t>Gülücük Dizisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>220</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052236734</t>
+          <t>9786052236796</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Atasözlerinin İlginç Hikayeleri 5</t>
+          <t>Hüzünlü Tebessümler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052236284</t>
+          <t>5330006480045</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin İlginç Hikayeleri 5</t>
+          <t>Atasözlerinin İlginç Hikayeleri (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052236277</t>
+          <t>9786052236765</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin İlginç Hikayeleri 4</t>
+          <t>Osman Gazi ve Yiğit Akıncıları</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052236246</t>
+          <t>9786052236758</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin İlginç Hikayeleri 1</t>
+          <t>Ertuğrul Gazi ve Yiğit Akıncıları</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>5330006480038</t>
+          <t>9786052236772</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin İlginç Hikayeleri (5 Kitap)</t>
+          <t>Orhan Gazi ve Yiğit Akıncıları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>1100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052236260</t>
+          <t>9786054965236</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin İlginç Hikayeleri 3</t>
+          <t>Dersimiz Namaz</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052236253</t>
+          <t>9786052236697</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Deyimlerin İlginç Hikayeleri 2</t>
+          <t>Atasözlerinin İlginç Hikayeleri 1</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052236680</t>
+          <t>9786052236703</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Payitahtın Sultanı 2. Abdülhamit Han</t>
+          <t>Atasözlerinin İlginç Hikayeleri 2</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052236666</t>
+          <t>9786052236710</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Cemil Meriç - Örnek İnsanlar Dizisi 8</t>
+          <t>Atasözlerinin İlginç Hikayeleri 3</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052236673</t>
+          <t>9786052236727</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Beyin</t>
+          <t>Atasözlerinin İlginç Hikayeleri 4</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052236635</t>
+          <t>9786052236734</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ubeyde Bin Cerrah (ra)</t>
+          <t>Atasözlerinin İlginç Hikayeleri 5</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052236598</t>
+          <t>9786052236284</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Zübeyr Bin Avvam (ra)</t>
+          <t>Deyimlerin İlginç Hikayeleri 5</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052236642</t>
+          <t>9786052236277</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Bin Avf (ra)</t>
+          <t>Deyimlerin İlginç Hikayeleri 4</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052236611</t>
+          <t>9786052236246</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Said Bin Zeyd (ra)</t>
+          <t>Deyimlerin İlginç Hikayeleri 1</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052236604</t>
+          <t>5330006480038</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Talha Bin Ubeydullah (ra)</t>
+          <t>Deyimlerin İlginç Hikayeleri (5 Kitap)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052236628</t>
+          <t>9786052236260</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sa'd Bin Ebi Vakkas (ra)</t>
+          <t>Deyimlerin İlginç Hikayeleri 3</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052236659</t>
+          <t>9786052236253</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Cennetle Müjdelenen Sahabiler Seti (10 Kitap Takım)</t>
+          <t>Deyimlerin İlginç Hikayeleri 2</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>1500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052236581</t>
+          <t>9786052236680</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Operasyon Yedikule Vatan Savunması - Şok Timi 5</t>
+          <t>Payitahtın Sultanı 2. Abdülhamit Han</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052236574</t>
+          <t>9786052236666</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tarık Bin Ziyad'la Endülüs'ün Fethi - Şok Timi 4</t>
+          <t>Cemil Meriç - Örnek İnsanlar Dizisi 8</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052236567</t>
+          <t>9786052236673</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Alparslan'la Malazgirt Zaferi - Şok Timi 3</t>
+          <t>Şu Acayip Beyin</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052236550</t>
+          <t>9786052236635</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin-i Eyyübi'yle Kudüs'ün Fethi - Şok Timi 2</t>
+          <t>Ebu Ubeyde Bin Cerrah (ra)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052236543</t>
+          <t>9786052236598</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet'le İstanbul'un Fethi - Şok Timi 1</t>
+          <t>Zübeyr Bin Avvam (ra)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052236536</t>
+          <t>9786052236642</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şok Timi Seti (5 Kitap Takım)</t>
+          <t>Abdurrahman Bin Avf (ra)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>1100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052236529</t>
+          <t>9786052236611</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çaylak ile Filozof - 2</t>
+          <t>Said Bin Zeyd (ra)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052236482</t>
+          <t>9786052236604</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mağaradaki Ürkütücü Gölgeler - Dedektif Tayfa 2</t>
+          <t>Talha Bin Ubeydullah (ra)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052236505</t>
+          <t>9786052236628</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ormancının Tutsakları - Dedektif Tayfa 4</t>
+          <t>Sa'd Bin Ebi Vakkas (ra)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052236468</t>
+          <t>9786052236659</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Tayfa Seti (5 Kitap Takım)</t>
+          <t>Çocuklar İçin Cennetle Müjdelenen Sahabiler Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1100</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052236499</t>
+          <t>9786052236581</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Koşu Yarışının Hilebazı - Dedektif Tayfa 3</t>
+          <t>Operasyon Yedikule Vatan Savunması - Şok Timi 5</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052236475</t>
+          <t>9786052236574</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Mücevher Hırsızları - Dedektif Tayfa 1</t>
+          <t>Tarık Bin Ziyad'la Endülüs'ün Fethi - Şok Timi 4</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052236512</t>
+          <t>9786052236567</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kantinci Kılıklı Soyguncular - Dedektif Tayfa 5</t>
+          <t>Alparslan'la Malazgirt Zaferi - Şok Timi 3</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052236451</t>
+          <t>9786052236550</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif</t>
+          <t>Selahaddin-i Eyyübi'yle Kudüs'ün Fethi - Şok Timi 2</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055523688</t>
+          <t>9786052236543</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Ali - Örnek İnsanlar Dizisi 3</t>
+          <t>Fatih Sultan Mehmet'le İstanbul'un Fethi - Şok Timi 1</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052236444</t>
+          <t>9786052236536</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz (Ciltli)</t>
+          <t>Şok Timi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>720</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052236321</t>
+          <t>9786052236529</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hafiye Yusuf 4: Tılsımlı Gömlek</t>
+          <t>Çaylak ile Filozof - 2</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052236314</t>
+          <t>9786052236482</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hafiye Yusuf 3: Rodos Şehitleri</t>
+          <t>Mağaradaki Ürkütücü Gölgeler - Dedektif Tayfa 2</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052236307</t>
+          <t>9786052236505</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Hafiye Yusuf 2: Gizemli Madalyon</t>
+          <t>Ormancının Tutsakları - Dedektif Tayfa 4</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052236291</t>
+          <t>9786052236468</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hafiye Yusuf Serisi (4 Kitap)</t>
+          <t>Dedektif Tayfa Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>640</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052236222</t>
+          <t>9786052236499</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çaylak ile Filozof 1: Ben Bir Neyim?</t>
+          <t>Koşu Yarışının Hilebazı - Dedektif Tayfa 3</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052236154</t>
+          <t>9786052236475</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Osmanlılar</t>
+          <t>Tuhaf Mücevher Hırsızları - Dedektif Tayfa 1</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059723930</t>
+          <t>9786052236512</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Pes Etme! - Zeka Bulmacaları</t>
+          <t>Kantinci Kılıklı Soyguncular - Dedektif Tayfa 5</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>620</v>
+        <v>220</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059548939</t>
+          <t>9786052236451</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Aman Dikkat! - Zeka Bulmacaları</t>
+          <t>Mehmet Akif</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>620</v>
+        <v>220</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052236031</t>
+          <t>9786055523688</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ha Gayret! - Zeka Bulmacaları</t>
+          <t>Muhammed Ali - Örnek İnsanlar Dizisi 3</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>620</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052236147</t>
+          <t>9786052236444</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Şeyler Dizisi Seti (20 Kitap)</t>
+          <t>Peygamber Efendimiz (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>4400</v>
+        <v>720</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052236130</t>
+          <t>9786052236321</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Kulaklar</t>
+          <t>Hafiye Yusuf 4: Tılsımlı Gömlek</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752613997</t>
+          <t>9786052236314</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Örnek İnsanlar Dizisi 6: Ömer Muhtar</t>
+          <t>Hafiye Yusuf 3: Rodos Şehitleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059548878</t>
+          <t>9786052236307</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hay - Issız Adada Bir Çocuk</t>
+          <t>Hafiye Yusuf 2: Gizemli Madalyon</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059548809</t>
+          <t>9786052236291</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Ağaçlar</t>
+          <t>Hafiye Yusuf Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>220</v>
+        <v>640</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059548847</t>
+          <t>9786052236222</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Yumurta 1: Özel Yeteneksiz Miyim?</t>
+          <t>Çaylak ile Filozof 1: Ben Bir Neyim?</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059548861</t>
+          <t>9786052236154</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Yumurta 3: Dikkat Köpek Var!</t>
+          <t>Muhteşem Osmanlılar</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059548854</t>
+          <t>9786059723930</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Yumurta 2: Karabiberli Ballı Ayran</t>
+          <t>Pes Etme! - Zeka Bulmacaları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>220</v>
+        <v>620</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059548885</t>
+          <t>9786059548939</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Yumurta 4: Çakma Dedektif</t>
+          <t>Aman Dikkat! - Zeka Bulmacaları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>220</v>
+        <v>620</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059548892</t>
+          <t>9786052236031</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Yumurta 5: Karizma Yerle Bir</t>
+          <t>Ha Gayret! - Zeka Bulmacaları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>220</v>
+        <v>620</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052325124</t>
+          <t>9786052236147</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kafadan Yumurta Seti (5 Kitap)</t>
+          <t>Şu Acayip Şeyler Dizisi Seti (20 Kitap)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>1100</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059548830</t>
+          <t>9786052236130</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Süper Selim 5</t>
+          <t>Şu Acayip Kulaklar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059548816</t>
+          <t>9789752613997</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Süper Selim 3</t>
+          <t>Örnek İnsanlar Dizisi 6: Ömer Muhtar</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052325100</t>
+          <t>9786059548878</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Takımı Seti (4 Kitap)</t>
+          <t>Hay - Issız Adada Bir Çocuk</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>580</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059548762</t>
+          <t>9786059548809</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Takımı 1: Görünmez Robot</t>
+          <t>Şu Acayip Ağaçlar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059548793</t>
+          <t>9786059548847</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Takımı 4: Yapay Zeka Robot</t>
+          <t>Kafadan Yumurta 1: Özel Yeteneksiz Miyim?</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059548779</t>
+          <t>9786059548861</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Mucitler Takımı 3: Kayıp Ufo</t>
+          <t>Kafadan Yumurta 3: Dikkat Köpek Var!</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059548717</t>
+          <t>9786059548854</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler Seti 2 (4 Kitap Takım)</t>
+          <t>Kafadan Yumurta 2: Karabiberli Ballı Ayran</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>540</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059548755</t>
+          <t>9786059548885</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler 8: Dünyanın En Şanslı Çocuğu</t>
+          <t>Kafadan Yumurta 4: Çakma Dedektif</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059548748</t>
+          <t>9786059548892</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler 7: On Gümüş Para</t>
+          <t>Kafadan Yumurta 5: Karizma Yerle Bir</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059548731</t>
+          <t>9786052325124</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler 6: Enesin Görevi</t>
+          <t>Kafadan Yumurta Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>135</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059548724</t>
+          <t>9786059548830</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler 5: Ağaca Taş Atan Çocuk</t>
+          <t>Süper Selim 5</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059548687</t>
+          <t>9786059548816</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Neşeli Sohbetler 2 - Ye Kürküm Ye!</t>
+          <t>Süper Selim 3</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059548663</t>
+          <t>9786052325100</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Neşeli Sohbetler (4 Kitap Takım)</t>
+          <t>Mucitler Takımı Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>600</v>
+        <v>580</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059548700</t>
+          <t>9786059548762</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Neşeli Sohbetler 4 - Marifet Kavuktaysa</t>
+          <t>Mucitler Takımı 1: Görünmez Robot</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059548670</t>
+          <t>9786059548793</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Neşeli Sohbetler 1 - Kavuk Çocukluğunu Hatırlamış</t>
+          <t>Mucitler Takımı 4: Yapay Zeka Robot</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059548694</t>
+          <t>9786059548779</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca ile Neşeli Sohbetler 3 - Eşek Mi Ters, Ben Mi?</t>
+          <t>Mucitler Takımı 3: Kayıp Ufo</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059548656</t>
+          <t>9786059548717</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Anneler</t>
+          <t>Küçük Sahabiler Seti 2 (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059723831</t>
+          <t>9786059548755</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Ali Kopter Seti (5 Kitap Takım)</t>
+          <t>Küçük Sahabiler 8: Dünyanın En Şanslı Çocuğu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059723855</t>
+          <t>9786059548748</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tatilde Hayat Ne Güzel!</t>
+          <t>Küçük Sahabiler 7: On Gümüş Para</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059723879</t>
+          <t>9786059548731</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Hayat Okulunda Öğrenciyim</t>
+          <t>Küçük Sahabiler 6: Enesin Görevi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059723848</t>
+          <t>9786059548724</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bende Aksiyon Bitmez</t>
+          <t>Küçük Sahabiler 5: Ağaca Taş Atan Çocuk</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059548625</t>
+          <t>9786059548687</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Osman (r.a)</t>
+          <t>Nasreddin Hoca ile Neşeli Sohbetler 2 - Ye Kürküm Ye!</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059548649</t>
+          <t>9786059548663</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ebu Bekir (r.a)</t>
+          <t>Nasreddin Hoca ile Neşeli Sohbetler (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059548601</t>
+          <t>9786059548700</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dört Halife Seti (4 Kitap Takım)</t>
+          <t>Nasreddin Hoca ile Neşeli Sohbetler 4 - Marifet Kavuktaysa</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059548632</t>
+          <t>9786059548670</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ömer (r.a)</t>
+          <t>Nasreddin Hoca ile Neşeli Sohbetler 1 - Kavuk Çocukluğunu Hatırlamış</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059548618</t>
+          <t>9786059548694</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Ali (r.a)</t>
+          <t>Nasreddin Hoca ile Neşeli Sohbetler 3 - Eşek Mi Ters, Ben Mi?</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059548595</t>
+          <t>9786059548656</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Fiyaskosu</t>
+          <t>Şu Acayip Anneler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>47</v>
+        <v>220</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059548564</t>
+          <t>9786059723831</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Abur Cubura Hücum</t>
+          <t>Ali Kopter Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>47</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059548403</t>
+          <t>9786059723855</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Allah'ı Sorduğunda</t>
+          <t>Tatilde Hayat Ne Güzel!</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059548458</t>
+          <t>9786059723879</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Dino Avcısı 4: Dinozor Çağı</t>
+          <t>Hayat Okulunda Öğrenciyim</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>47</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059548397</t>
+          <t>9786059723848</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Okulun Gözde Öğrencisiyim</t>
+          <t>Bende Aksiyon Bitmez</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059548335</t>
+          <t>9786059548625</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri Seti (5 Kitap)</t>
+          <t>Hazreti Osman (r.a)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>675</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059548380</t>
+          <t>9786059548649</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 5 - Basir</t>
+          <t>Hazreti Ebu Bekir (r.a)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059548373</t>
+          <t>9786059548601</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 4 - Rezzak</t>
+          <t>Çocuklar İçin Dört Halife Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059548366</t>
+          <t>9786059548632</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 3 - Semi</t>
+          <t>Hazreti Ömer (r.a)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059548359</t>
+          <t>9786059548618</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 2 - Kuddüs</t>
+          <t>Hazreti Ali (r.a)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059548342</t>
+          <t>9786059548595</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimleri 1 - Vedud</t>
+          <t>Gelincik Fiyaskosu</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>135</v>
+        <v>47</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258355475</t>
+          <t>9786059548564</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt'in Annesi Hz. Fatıma</t>
+          <t>Abur Cubura Hücum</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>220</v>
+        <v>47</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786257151177</t>
+          <t>9786059548403</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kudüslü Ömer</t>
+          <t>Çocuklar Allah'ı Sorduğunda</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059723961</t>
+          <t>9786059548458</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Tarihi Seti (4 kitap)</t>
+          <t>Dino Avcısı 4: Dinozor Çağı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>880</v>
+        <v>47</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059723756</t>
+          <t>9786059548397</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sabri Cemil (5 Kitap Takım)</t>
+          <t>Okulun Gözde Öğrencisiyim</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059723824</t>
+          <t>9786059548335</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Kiraz 1: Evin Zeka Küpü</t>
+          <t>Allah'ın Güzel İsimleri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>220</v>
+        <v>675</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059723749</t>
+          <t>9786059548380</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Sürüngenler</t>
+          <t>Allah'ın Güzel İsimleri 5 - Basir</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059548007</t>
+          <t>9786059548373</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Tarihi 4</t>
+          <t>Allah'ın Güzel İsimleri 4 - Rezzak</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059723992</t>
+          <t>9786059548366</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Tarihi 3</t>
+          <t>Allah'ın Güzel İsimleri 3 - Semi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059723985</t>
+          <t>9786059548359</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Tarihi 2</t>
+          <t>Allah'ın Güzel İsimleri 2 - Kuddüs</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059723978</t>
+          <t>9786059548342</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu Tarihi 1</t>
+          <t>Allah'ın Güzel İsimleri 1 - Vedud</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059723886</t>
+          <t>9786258355475</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Halim Selim ile 40 Esma</t>
+          <t>Ehl-i Beyt'in Annesi Hz. Fatıma</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059548182</t>
+          <t>9786257151177</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Süper Selim 2</t>
+          <t>Kudüslü Ömer</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059723794</t>
+          <t>9786059723961</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bebek Neco</t>
+          <t>Selçuklu Tarihi Seti (4 kitap)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>180</v>
+        <v>880</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059723787</t>
+          <t>9786059723756</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Başımda Kavak Yelleri</t>
+          <t>Sabri Cemil (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059723770</t>
+          <t>9786059723824</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Panter ve Kara Dostu</t>
+          <t>Zeynep Kiraz 1: Evin Zeka Küpü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059723763</t>
+          <t>9786059723749</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Hayvanat Var mı?</t>
+          <t>Şu Acayip Sürüngenler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059723800</t>
+          <t>9786059548007</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tahta Aklımı Aldı</t>
+          <t>Selçuklu Tarihi 4</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059723862</t>
+          <t>9786059723992</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bir Sorum Var - 3</t>
+          <t>Selçuklu Tarihi 3</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059723657</t>
+          <t>9786059723985</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler 4: Umeyr'in Yavru Kuşu</t>
+          <t>Selçuklu Tarihi 2</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059723640</t>
+          <t>9786059723978</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler 3: Zeyd'in Uyku Duası</t>
+          <t>Selçuklu Tarihi 1</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059723633</t>
+          <t>9786059723886</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler 2: Güzel Bir Koku</t>
+          <t>Halim Selim ile 40 Esma</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059723626</t>
+          <t>9786059548182</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler 1: Enes'in Bir Sırrı</t>
+          <t>Süper Selim 2</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059723619</t>
+          <t>9786059723794</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sahabiler (4 Kitap Set)</t>
+          <t>Kayıp Bebek Neco</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>540</v>
+        <v>180</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257151184</t>
+          <t>9786059723787</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Hanımlar Sultanı Hz. Hatice</t>
+          <t>Başımda Kavak Yelleri</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059723596</t>
+          <t>9786059723770</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Güzel Ahlak</t>
+          <t>Beyaz Panter ve Kara Dostu</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059723664</t>
+          <t>9786059723763</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Vay Başıma Gelenler</t>
+          <t>Uzayda Hayvanat Var mı?</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059723381</t>
+          <t>9786059723800</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Benim Sessiz Arkadaşım</t>
+          <t>Akıllı Tahta Aklımı Aldı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059723572</t>
+          <t>9786059723862</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hafiye Yusuf 1: Patates Suratlı Korsan</t>
+          <t>Bir Sorum Var - 3</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059723558</t>
+          <t>9786059723657</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Gözler</t>
+          <t>Küçük Sahabiler 4: Umeyr'in Yavru Kuşu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055523619</t>
+          <t>9786059723640</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Merak Ediyorum (7 Kitap Takım)</t>
+          <t>Küçük Sahabiler 3: Zeyd'in Uyku Duası</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>1540</v>
+        <v>135</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059723329</t>
+          <t>9786059723633</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Kelebekler</t>
+          <t>Küçük Sahabiler 2: Güzel Bir Koku</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054965847</t>
+          <t>9786059723626</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Zeka Çöpü Seti (4 Kitap)</t>
+          <t>Küçük Sahabiler 1: Enes'in Bir Sırrı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>880</v>
+        <v>135</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789752611962</t>
+          <t>9786059723619</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Değerler Eğitimi</t>
+          <t>Küçük Sahabiler (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054965496</t>
+          <t>9786257151184</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Beyin Jimnastiği - 3</t>
+          <t>Hanımlar Sultanı Hz. Hatice</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054965663</t>
+          <t>9786059723596</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz: Amentü</t>
+          <t>Dersimiz Güzel Ahlak</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054965625</t>
+          <t>9786059723664</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Daha Da Küçükler İçin Allah'ı Merak Ediyorum</t>
+          <t>Vay Başıma Gelenler</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>720</v>
+        <v>220</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054965700</t>
+          <t>9786059723381</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Zeka Çöpü - 4 / Romen Rakamları</t>
+          <t>Benim Sessiz Arkadaşım</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054965694</t>
+          <t>9786059723572</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Zeka Çöpü - 3 / Geometrik Şekiller</t>
+          <t>Hafiye Yusuf 1: Patates Suratlı Korsan</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054965687</t>
+          <t>9786059723558</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Zeka Çöpü - 2 / Dijital Rakamlar (Çift Çöp)</t>
+          <t>Şu Acayip Gözler</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054965670</t>
+          <t>9786055523619</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Zeka Çöpü - 1 / Dijital Rakamlar (Tek çöp)</t>
+          <t>Merak Ediyorum (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>220</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054965489</t>
+          <t>9786059723329</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Beyin Jimnastiği - 2</t>
+          <t>Şu Acayip Kelebekler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054965472</t>
+          <t>9786054965847</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>7'den 70'e Beyin Jimnastiği - 1</t>
+          <t>Zeka Çöpü Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>180</v>
+        <v>880</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054965502</t>
+          <t>9789752611962</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bir Sorum Var - Nasıl?</t>
+          <t>Hikayelerle Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257151191</t>
+          <t>9786054965496</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sormagir Mahallesi Hikayeleri - Olağanüstü Parlak Bir Fikir: Ucuz Roket Yakıtı</t>
+          <t>7'den 70'e Beyin Jimnastiği - 3</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054965830</t>
+          <t>9786054965663</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Karıncalar</t>
+          <t>Dersimiz: Amentü</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054965281</t>
+          <t>9786054965625</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Değerler Eğitimi Seti (10 Kitap Takım)</t>
+          <t>Daha Da Küçükler İçin Allah'ı Merak Ediyorum</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>1500</v>
+        <v>720</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055523152</t>
+          <t>9786054965700</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Vefa ve Cömertlik Öyküleri</t>
+          <t>Zeka Çöpü - 4 / Romen Rakamları</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054965298</t>
+          <t>9786054965694</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çarp Yoksa Ben Çarparım!</t>
+          <t>Zeka Çöpü - 3 / Geometrik Şekiller</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054965212</t>
+          <t>9786054965687</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Küçüklerin Büyük Soruları Seti (5 Kitap Takım)</t>
+          <t>Zeka Çöpü - 2 / Dijital Rakamlar (Çift Çöp)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>675</v>
+        <v>220</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054965229</t>
+          <t>9786054965670</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası Tarih - 1</t>
+          <t>Zeka Çöpü - 1 / Dijital Rakamlar (Tek çöp)</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054965199</t>
+          <t>9786054965489</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Özellikleri ve Güzellikleri 2 : Güzel Ahlak</t>
+          <t>7'den 70'e Beyin Jimnastiği - 2</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054965113</t>
+          <t>9786054965472</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 1. Kitap</t>
+          <t>7'den 70'e Beyin Jimnastiği - 1</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054965205</t>
+          <t>9786054965502</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum (5 Kitap Takım)</t>
+          <t>Bir Sorum Var - Nasıl?</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054965250</t>
+          <t>9786257151191</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Genç Adam ve Allah</t>
+          <t>Sormagir Mahallesi Hikayeleri - Olağanüstü Parlak Bir Fikir: Ucuz Roket Yakıtı</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055523466</t>
+          <t>9786054965830</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Tek Hamlede Mat - Satranç Oyunları</t>
+          <t>Şu Acayip Karıncalar</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055523381</t>
+          <t>9786054965281</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Taşı Toprağı Tarih İstanbul</t>
+          <t>Öykülerle Değerler Eğitimi Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>220</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789758781911</t>
+          <t>9786055523152</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Yeryüzü</t>
+          <t>Vefa ve Cömertlik Öyküleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055523183</t>
+          <t>9786054965298</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Uzay</t>
+          <t>Çarp Yoksa Ben Çarparım!</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055523695</t>
+          <t>9786054965212</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Kuşlar</t>
+          <t>Küçüklerin Büyük Soruları Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>220</v>
+        <v>675</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055523039</t>
+          <t>9786054965229</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip İnsan Vücudu</t>
+          <t>Ekmek Arası Tarih - 1</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055523558</t>
+          <t>9786054965199</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Hücre</t>
+          <t>Peygamberimizin Özellikleri ve Güzellikleri 2 : Güzel Ahlak</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789758781843</t>
+          <t>9786054965113</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Nerden Geldim?</t>
+          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 1. Kitap</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055523510</t>
+          <t>9786054965205</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Peygamberlerin Hayatları</t>
+          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>295</v>
+        <v>900</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789758781706</t>
+          <t>9786054965250</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mevlana’dan Öyküler</t>
+          <t>Genç Adam ve Allah</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055523657</t>
+          <t>9786055523466</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Hadith-Buch Für Kinder - Çocuklar İçin Hadis Kitabı (Almanca)</t>
+          <t>Tek Hamlede Mat - Satranç Oyunları</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054965182</t>
+          <t>9786055523381</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Saygı ve Hürmet Öyküleri</t>
+          <t>Taşı Toprağı Tarih İstanbul</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054965175</t>
+          <t>9789758781911</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Sabır ve Şükür Öyküleri</t>
+          <t>Şu Acayip Yeryüzü</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054965045</t>
+          <t>9786055523183</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Bir Sorum Var - Neden?</t>
+          <t>Şu Acayip Uzay</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054965151</t>
+          <t>9786055523695</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 5. Kitap</t>
+          <t>Şu Acayip Kuşlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054965144</t>
+          <t>9786055523039</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 4. Kitap</t>
+          <t>Şu Acayip İnsan Vücudu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054965137</t>
+          <t>9786055523558</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 3. Kitap</t>
+          <t>Şu Acayip Hücre</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054965120</t>
+          <t>9789758781843</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 2. Kitap</t>
+          <t>Anne Ben Nerden Geldim?</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786054965168</t>
+          <t>9786055523510</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Özellikleri ve Güzellikleri 1: Temizlik (Ciltli)</t>
+          <t>Çocuklar İçin Peygamberlerin Hayatları</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054965007</t>
+          <t>9789758781706</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kolay Seviye - Kafayı Çalıştır (4 Kitap Takım)</t>
+          <t>Çocuklar İçin Mevlana’dan Öyküler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>1110</v>
+        <v>135</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054965038</t>
+          <t>9786055523657</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Zor Seviye - Kafayı Çalıştır (4 Kitap Takım)</t>
+          <t>Hadith-Buch Für Kinder - Çocuklar İçin Hadis Kitabı (Almanca)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>1110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054965014</t>
+          <t>9786054965182</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Orta Seviye - Kafayı Çalıştır (4 Kitap Takım)</t>
+          <t>Saygı ve Hürmet Öyküleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>1110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054965083</t>
+          <t>9786054965175</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Melekler Kız mı, Erkek mi?</t>
+          <t>Sabır ve Şükür Öyküleri</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054965076</t>
+          <t>9786054965045</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Okumayı Neden Öğrenmeliyim?</t>
+          <t>Bir Sorum Var - Neden?</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054965090</t>
+          <t>9786054965151</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Güzel İsimlerini Neden Öğrenmeliyim?</t>
+          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 5. Kitap</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055523114</t>
+          <t>9786054965144</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Cennet Nasıl Bir Yer?</t>
+          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 4. Kitap</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054965106</t>
+          <t>9786054965137</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ölmek Ne Demek?</t>
+          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 3. Kitap</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054965052</t>
+          <t>9786054965120</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İsmail</t>
+          <t>Daha da Küçükler İçin Allah'ı Merak Ediyorum 2. Kitap</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054965243</t>
+          <t>9786054965168</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Adalet ve Cesaret Öyküleri</t>
+          <t>Peygamberimizin Özellikleri ve Güzellikleri 1: Temizlik (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054965267</t>
+          <t>9786054965007</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası Tarih - 2</t>
+          <t>Kolay Seviye - Kafayı Çalıştır (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>220</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055523084</t>
+          <t>9786054965038</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Paylaşma ve Mutluluk Öyküleri</t>
+          <t>Zor Seviye - Kafayı Çalıştır (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786055523091</t>
+          <t>9786054965014</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Fedakarlık ve Duyarlılık Öyküleri</t>
+          <t>Orta Seviye - Kafayı Çalıştır (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786055523992</t>
+          <t>9786054965083</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük ve Doğruluk Öyküleri</t>
+          <t>Melekler Kız mı, Erkek mi?</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055523831</t>
+          <t>9786054965076</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Görsel Düşünme ve Dikkat Becerileri (Kolay Seviye) - Kafayı Çalıştır 3</t>
+          <t>Kur'an Okumayı Neden Öğrenmeliyim?</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055523824</t>
+          <t>9786054965090</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Analitik Düşünme Becerileri (Kolay Seviye) - Kafayı Çalıştır 2</t>
+          <t>Allah'ın Güzel İsimlerini Neden Öğrenmeliyim?</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>420</v>
+        <v>135</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055523817</t>
+          <t>9786055523114</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Mantıksal Düşünme Becerileri (Kolay Seviye) - Kafayı Çalıştır 1</t>
+          <t>Cennet Nasıl Bir Yer?</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055523985</t>
+          <t>9786054965106</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Işık ve Renk</t>
+          <t>Ölmek Ne Demek?</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055523916</t>
+          <t>9786054965052</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Düşünme ve Algı Becerileri (Zor Seviye) - Kafayı Çalıştır 12</t>
+          <t>İsmail</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055523909</t>
+          <t>9786054965243</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Görsel Düşünme ve Dikkat Becerileri (Zor Seviye) - Kafayı Çalıştır 11</t>
+          <t>Adalet ve Cesaret Öyküleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786055523893</t>
+          <t>9786054965267</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Analitik Düşünme Becerileri (Zor Seviye) - Kafayı Çalıştır 10</t>
+          <t>Ekmek Arası Tarih - 2</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055523961</t>
+          <t>9786055523084</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Mantıksal Düşünme Becerileri (Zor Seviye) - Kafayı Çalıştır 9</t>
+          <t>Paylaşma ve Mutluluk Öyküleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055523954</t>
+          <t>9786055523091</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Düşünme ve Algı Becerileri (Orta Seviye) - Kafayı Çalıştır 8</t>
+          <t>Fedakarlık ve Duyarlılık Öyküleri</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055523947</t>
+          <t>9786055523992</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Görsel Düşünme ve Dikkat Becerileri (Orta Seviye) - Kafayı Çalıştır 7</t>
+          <t>Dürüstlük ve Doğruluk Öyküleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055523930</t>
+          <t>9786055523831</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Analitik Düşünme Becerileri (Orta Seviye) - Kafayı Çalıştır 6</t>
+          <t>Görsel Düşünme ve Dikkat Becerileri (Kolay Seviye) - Kafayı Çalıştır 3</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055523923</t>
+          <t>9786055523824</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Mantıksal Düşünme Becerileri (Orta Seviye) - Kafayı Çalıştır 5</t>
+          <t>Analitik Düşünme Becerileri (Kolay Seviye) - Kafayı Çalıştır 2</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055523848</t>
+          <t>9786055523817</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel Düşünme ve Algı Becerileri (Kolay Seviye) - Kafayı Çalıştır 4</t>
+          <t>Mantıksal Düşünme Becerileri (Kolay Seviye) - Kafayı Çalıştır 1</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059723510</t>
+          <t>9786055523985</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis</t>
+          <t>Şu Acayip Işık ve Renk</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055523862</t>
+          <t>9786055523916</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İlk Kaşifleri 1</t>
+          <t>İlişkisel Düşünme ve Algı Becerileri (Zor Seviye) - Kafayı Çalıştır 12</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055523886</t>
+          <t>9786055523909</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İlk Kaşifleri - 3</t>
+          <t>Görsel Düşünme ve Dikkat Becerileri (Zor Seviye) - Kafayı Çalıştır 11</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055523879</t>
+          <t>9786055523893</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Bilimin İlk Kaşifleri 2</t>
+          <t>Analitik Düşünme Becerileri (Zor Seviye) - Kafayı Çalıştır 10</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055523763</t>
+          <t>9786055523961</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Eğlenceli Zeka Soruları Seti (6 Kitap Takım)</t>
+          <t>Mantıksal Düşünme Becerileri (Zor Seviye) - Kafayı Çalıştır 9</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>1320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055523770</t>
+          <t>9786055523954</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Eğlenceli Zeka Oyunları Seti (4 Kitap Takım)</t>
+          <t>İlişkisel Düşünme ve Algı Becerileri (Orta Seviye) - Kafayı Çalıştır 8</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>880</v>
+        <v>250</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055523626</t>
+          <t>9786055523947</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (8 Kitap Takım)</t>
+          <t>Görsel Düşünme ve Dikkat Becerileri (Orta Seviye) - Kafayı Çalıştır 7</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>1760</v>
+        <v>220</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055523794</t>
+          <t>9786055523930</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Merhamet Öyküleri</t>
+          <t>Analitik Düşünme Becerileri (Orta Seviye) - Kafayı Çalıştır 6</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055523800</t>
+          <t>9786055523923</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Çalışkanlık ve Dayanışma Öyküleri</t>
+          <t>Mantıksal Düşünme Becerileri (Orta Seviye) - Kafayı Çalıştır 5</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055523787</t>
+          <t>9786055523848</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Yardım Öyküleri</t>
+          <t>İlişkisel Düşünme ve Algı Becerileri (Kolay Seviye) - Kafayı Çalıştır 4</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055523855</t>
+          <t>9786059723510</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Arılar</t>
+          <t>40 Hadis</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055523169</t>
+          <t>9786055523862</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İslam Tarihi ve Peygamberimizin Hayatı</t>
+          <t>Bilimin İlk Kaşifleri 1</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055523220</t>
+          <t>9786055523886</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Was Ich Schon Immer Über Allah Wissen Wollte - 2</t>
+          <t>Bilimin İlk Kaşifleri - 3</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055523121</t>
+          <t>9786055523879</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Was Ich Schon Immer Über Allah Wissen Wollte</t>
+          <t>Bilimin İlk Kaşifleri 2</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789758781850</t>
+          <t>9786055523763</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Hayvanlar</t>
+          <t>Herkes İçin Eğlenceli Zeka Soruları Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>220</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789758781966</t>
+          <t>9786055523770</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Gökyüzü</t>
+          <t>Herkes İçin Eğlenceli Zeka Oyunları Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>220</v>
+        <v>880</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055523053</t>
+          <t>9786055523626</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Böcekler</t>
+          <t>Osmanlı Tarihi (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>220</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789758781874</t>
+          <t>9786055523794</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Bitkiler</t>
+          <t>Sevgi ve Merhamet Öyküleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055523756</t>
+          <t>9786055523800</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Balıklar</t>
+          <t>Çalışkanlık ve Dayanışma Öyküleri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055523374</t>
+          <t>9786055523787</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Atom</t>
+          <t>İyilik ve Yardım Öyküleri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055523060</t>
+          <t>9786055523855</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Süper Zeka 2</t>
+          <t>Şu Acayip Arılar</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055523015</t>
+          <t>9786055523169</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Süper Zeka 1: Öğrenciler İçin Eğlenceli Zeka Soruları</t>
+          <t>Çocuklar İçin İslam Tarihi ve Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055523107</t>
+          <t>9786055523220</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sivri Zeka Eğlenceli Görsel Zeka Soruları</t>
+          <t>Was Ich Schon Immer Über Allah Wissen Wollte - 2</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055523633</t>
+          <t>9786055523121</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sivri Zeka 2 - Eğlenceli Görsel Zeka Soruları</t>
+          <t>Was Ich Schon Immer Über Allah Wissen Wollte</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055523312</t>
+          <t>9789758781850</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Saadet Asrından Unutulmaz Hatıralar</t>
+          <t>Şu Acayip Hayvanlar</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055523534</t>
+          <t>9789758781966</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Rakam Oyunları - Sudoku</t>
+          <t>Şu Acayip Gökyüzü</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055523541</t>
+          <t>9786055523053</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Rakam Oyunları - Kakuro</t>
+          <t>Şu Acayip Böcekler</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789758781829</t>
+          <t>9789758781874</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Küçük Arkadaşları</t>
+          <t>Şu Acayip Bitkiler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789758781881</t>
+          <t>9786055523756</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Merak Ediyorum</t>
+          <t>Şu Acayip Balıklar</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055523497</t>
+          <t>9786055523374</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 8. Kitap</t>
+          <t>Şu Acayip Atom</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055523503</t>
+          <t>9786055523060</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi -7. Kitap</t>
+          <t>Süper Zeka 2</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055523404</t>
+          <t>9786055523015</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 6. Kitap</t>
+          <t>Süper Zeka 1: Öğrenciler İçin Eğlenceli Zeka Soruları</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055523350</t>
+          <t>9786055523107</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 5</t>
+          <t>Sivri Zeka Eğlenceli Görsel Zeka Soruları</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055523275</t>
+          <t>9786055523633</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 4. Kitap</t>
+          <t>Sivri Zeka 2 - Eğlenceli Görsel Zeka Soruları</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055523268</t>
+          <t>9786055523312</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 3. Kitap</t>
+          <t>Saadet Asrından Unutulmaz Hatıralar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055523251</t>
+          <t>9786055523534</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 2. Kitap</t>
+          <t>Rakam Oyunları - Sudoku</t>
         </is>
       </c>
       <c r="C443" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055523244</t>
+          <t>9786055523541</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 1. Kitap</t>
+          <t>Rakam Oyunları - Kakuro</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055523305</t>
+          <t>9789758781829</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Müslüman Oldular - 3</t>
+          <t>Peygamberin Küçük Arkadaşları</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055523299</t>
+          <t>9789758781881</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Müslüman Oldular - 2 - Sahabilerin Müslüman Olma Öyküleri</t>
+          <t>Peygamberimi Merak Ediyorum</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055523282</t>
+          <t>9786055523497</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Müslüman Oldular - 1 - Sahabilerin Müslüman Olma Öyküleri</t>
+          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 8. Kitap</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055523428</t>
+          <t>9786055523503</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Melekleri Merak Ediyorum</t>
+          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi -7. Kitap</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789758781980</t>
+          <t>9786055523404</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Merak Ediyorum</t>
+          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 6. Kitap</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055523398</t>
+          <t>9786055523350</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Kıvrak Zeka 2 - Eğlenceli Sözel Mantık Soruları</t>
+          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 5</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055523190</t>
+          <t>9786055523275</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kıvrak Zeka 1 - Eğlenceli Sözel Mantık Soruları</t>
+          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 4. Kitap</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055523145</t>
+          <t>9786055523268</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kaderi Merak Ediyorum</t>
+          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 3. Kitap</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055523473</t>
+          <t>9786055523251</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>İki Hamlede Mat - Satranç Oyunları</t>
+          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 2. Kitap</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055523596</t>
+          <t>9786055523244</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>I  About My Prophet</t>
+          <t>Neşeli, Keyifli, Macera ve Bilgi Dolu Osmanlı Tarihi - 1. Kitap</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055523527</t>
+          <t>9786055523305</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>I Wonder About Allah 2</t>
+          <t>Nasıl Müslüman Oldular - 3</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055523480</t>
+          <t>9786055523299</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>I Wonder About Allah 1</t>
+          <t>Nasıl Müslüman Oldular - 2 - Sahabilerin Müslüman Olma Öyküleri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9799758781675</t>
+          <t>9786055523282</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Nasıl Müslüman Oldular - 1 - Sahabilerin Müslüman Olma Öyküleri</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055523077</t>
+          <t>9786055523428</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Öyküleri</t>
+          <t>Melekleri Merak Ediyorum</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789752611658</t>
+          <t>9789758781980</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Eve Kardeş Geldi</t>
+          <t>Kur’an’ı Merak Ediyorum</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789758781744</t>
+          <t>9786055523398</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Keloğlan Masalları</t>
+          <t>Kıvrak Zeka 2 - Eğlenceli Sözel Mantık Soruları</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055523343</t>
+          <t>9786055523190</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Elveda Ağustos Böceği</t>
+          <t>Kıvrak Zeka 1 - Eğlenceli Sözel Mantık Soruları</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055523237</t>
+          <t>9786055523145</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Die Kleinen Freunde Des Propheten</t>
+          <t>Kaderi Merak Ediyorum</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789758781928</t>
+          <t>9786055523473</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hadis Kitabı</t>
+          <t>İki Hamlede Mat - Satranç Oyunları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789758781713</t>
+          <t>9786055523596</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ezop Masalları</t>
+          <t>I  About My Prophet</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>135</v>
+        <v>480</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>4440000003307</t>
+          <t>9786055523527</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşı</t>
+          <t>I Wonder About Allah 2</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055523022</t>
+          <t>9786055523480</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Merak Ediyorum</t>
+          <t>I Wonder About Allah 1</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055523138</t>
+          <t>9799758781675</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Bilim Öyküleri</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055523176</t>
+          <t>9786055523077</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar için Allah’ın Güzel İsimleri</t>
+          <t>Hayvan Öyküleri</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789758781898</t>
+          <t>9789752611658</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Merak Ediyorum 2</t>
+          <t>Eve Kardeş Geldi</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789758781805</t>
+          <t>9789758781744</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Merak Ediyorum</t>
+          <t>En Güzel Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789752612044</t>
+          <t>9786055523343</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Yusuf İslam / Cat Stevens</t>
+          <t>Elveda Ağustos Böceği</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055523664</t>
+          <t>9786055523237</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X</t>
+          <t>Die Kleinen Freunde Des Propheten</t>
         </is>
       </c>
       <c r="C472" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9789758781928</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Hadis Kitabı</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
         <v>150</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9789758781713</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>4440000003307</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Savaşı</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786055523022</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Cenneti Merak Ediyorum</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786055523138</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Öyküleri</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786055523176</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar için Allah’ın Güzel İsimleri</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9789758781898</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ı Merak Ediyorum 2</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789758781805</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ı Merak Ediyorum</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>