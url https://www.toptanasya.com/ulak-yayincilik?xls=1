--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -85,1525 +85,1540 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259551135</t>
+          <t>9786057001955</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçülüğün Duruşması</t>
+          <t>Likya Yolu - Lycian Way</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>143</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259551128</t>
+          <t>9786259551135</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Odaya Uzanan Anılar 1960-1991)</t>
+          <t>Atatürkçülüğün Duruşması</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>143</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259551111</t>
+          <t>9786259551128</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’le Ufuklara Koşalım/23 Nisan-19 Mayıs Şiirleri</t>
+          <t>Kozmik Odaya Uzanan Anılar 1960-1991)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055396926</t>
+          <t>9786259551111</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ren Nehri'ni Seyreden Kadın</t>
+          <t>Atatürk’le Ufuklara Koşalım/23 Nisan-19 Mayıs Şiirleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259551104</t>
+          <t>9786055396926</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ay Kadar Solgun</t>
+          <t>Ren Nehri'ni Seyreden Kadın</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055669393</t>
+          <t>9786259551104</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Cumhuriyete Kuşatma Yahuda</t>
+          <t>Ay Kadar Solgun</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>105</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>3990000089632</t>
+          <t>9786055669393</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri (20 Kitap Set)</t>
+          <t>Atatürk ve Cumhuriyete Kuşatma Yahuda</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055391089</t>
+          <t>3990000089632</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Göç Mekruhsa Mahir Ne Yapsın?</t>
+          <t>Çocuk Klasikleri (20 Kitap Set)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>172</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059588010</t>
+          <t>9786055391089</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Arayan Yolcu</t>
+          <t>Göç Mekruhsa Mahir Ne Yapsın?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>99</v>
+        <v>172</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059588027</t>
+          <t>9786059588010</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş</t>
+          <t>Yolunu Arayan Yolcu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>99</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058114098</t>
+          <t>9786059588027</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir Millet Ağlıyordu</t>
+          <t>Beşiktaş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>282</v>
+        <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254447266</t>
+          <t>9786058114098</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Barış Miraç - Kıyamet Savaşı Armagedon</t>
+          <t>Bir Millet Ağlıyordu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>282</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254447228</t>
+          <t>9786254447266</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Evrende Uyanışın Büyülü Yolculuğu</t>
+          <t>Evrensel Barış Miraç - Kıyamet Savaşı Armagedon</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059588478</t>
+          <t>9786254447228</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Aydınlanmasında Üniversite Kapısı</t>
+          <t>Evrende Uyanışın Büyülü Yolculuğu</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>164</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059093910</t>
+          <t>9786059588478</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler Okulu</t>
+          <t>Türkiye Aydınlanmasında Üniversite Kapısı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>255</v>
+        <v>164</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058114081</t>
+          <t>9786059093910</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Trabzonspor</t>
+          <t>İlişkiler Okulu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>177</v>
+        <v>255</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257089036</t>
+          <t>9786058114081</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Son Matruşka</t>
+          <t>Trabzonspor</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058114043</t>
+          <t>9786257089036</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Aşkla Büyülü Yolculuğu</t>
+          <t>Son Matruşka</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>172</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058114050</t>
+          <t>9786058114043</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Günlüğü</t>
+          <t>Güneş'in Aşkla Büyülü Yolculuğu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>201</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058114067</t>
+          <t>9786058114050</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İslam Akidesi</t>
+          <t>Bir Delinin Günlüğü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>201</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052096765</t>
+          <t>9786058114067</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set 1 (8 Kitap Kutulu)</t>
+          <t>İslam Akidesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>676</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059588270</t>
+          <t>9786052096765</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Set: 2 (8 Kitap Kutulu)</t>
+          <t>Çocuk Klasikleri Set 1 (8 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>676</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058114036</t>
+          <t>9786059588270</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türk Zinciri</t>
+          <t>Çocuk Klasikleri Set: 2 (8 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>219</v>
+        <v>676</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058114012</t>
+          <t>9786058114036</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Firdevsi - Tembellik Hür Adamı Esir Yapar</t>
+          <t>Türk Zinciri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>247</v>
+        <v>219</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052096604</t>
+          <t>9786058114012</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İşin Doğrusu</t>
+          <t>Firdevsi - Tembellik Hür Adamı Esir Yapar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>247</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052096611</t>
+          <t>9786052096604</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şeytan</t>
+          <t>İşin Doğrusu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>418</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052096635</t>
+          <t>9786052096611</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Adaleti Arayan Bilge Konfüçyüs</t>
+          <t>Şeytan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>418</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052096512</t>
+          <t>9786052096635</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Saat 9’u 6 Geçe</t>
+          <t>Adaleti Arayan Bilge Konfüçyüs</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>172</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052096482</t>
+          <t>9786052096512</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Trafodaki Kedi Sandıktaki Hile</t>
+          <t>Saat 9’u 6 Geçe</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>260</v>
+        <v>172</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058114005</t>
+          <t>9786052096482</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Buda - Hakikatin Peşindeki Bilge</t>
+          <t>Trafodaki Kedi Sandıktaki Hile</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>245</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055669782</t>
+          <t>9786058114005</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şifre Bizim Ölülerimiz</t>
+          <t>Buda - Hakikatin Peşindeki Bilge</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>410</v>
+        <v>245</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055669775</t>
+          <t>9786055669782</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mühürlü Vagon</t>
+          <t>Şifre Bizim Ölülerimiz</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>205</v>
+        <v>410</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055669652</t>
+          <t>9786055669775</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aklın Kusuru</t>
+          <t>Mühürlü Vagon</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>247</v>
+        <v>205</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055669645</t>
+          <t>9786055669652</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yakaza</t>
+          <t>Aklın Kusuru</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055669669</t>
+          <t>9786055669645</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Teşkilatçı Mustafa Kemal (1899/1923)</t>
+          <t>Yakaza</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055669607</t>
+          <t>9786055669669</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Zamanı İncitmeyesin</t>
+          <t>Devrimci Teşkilatçı Mustafa Kemal (1899/1923)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055669539</t>
+          <t>9786055669607</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Soluk Fotoğraflar</t>
+          <t>Zamanı İncitmeyesin</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>172</v>
+        <v>195</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055669409</t>
+          <t>9786055669539</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Beklerken</t>
+          <t>Soluk Fotoğraflar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055669324</t>
+          <t>9786055669409</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bir Ömre Ağıt</t>
+          <t>Güneşi Beklerken</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055669225</t>
+          <t>9786055669324</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Gerçekler Işığında 100 Soruda Alevilik</t>
+          <t>Kırık Bir Ömre Ağıt</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>340</v>
+        <v>175</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052096307</t>
+          <t>9786055669225</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik</t>
+          <t>Tarihi Gerçekler Işığında 100 Soruda Alevilik</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>312</v>
+        <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055669270</t>
+          <t>9786052096307</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Vatan Kaderine Terk Edilemez</t>
+          <t>Sömürgecilik</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>199</v>
+        <v>312</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052096277</t>
+          <t>9786055669270</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Altmış Yıllık Sır</t>
+          <t>Vatan Kaderine Terk Edilemez</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052096239</t>
+          <t>9786052096277</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Söz Verdik</t>
+          <t>Altmış Yıllık Sır</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052096154</t>
+          <t>9786052096239</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Filozof Fahri</t>
+          <t>Söz Verdik</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>123</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052096147</t>
+          <t>9786052096154</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Affetmem: Affedeni Hiç Affetmem!</t>
+          <t>Filozof Fahri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059588775</t>
+          <t>9786052096147</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Töreden Cumhuriyete Cumhuriyetimizin Gelecek Yüzyılı</t>
+          <t>Affetmem: Affedeni Hiç Affetmem!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059588768</t>
+          <t>9786059588775</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Ölümündeki Sır Perdesi</t>
+          <t>Töreden Cumhuriyete Cumhuriyetimizin Gelecek Yüzyılı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>344</v>
+        <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059588621</t>
+          <t>9786059588768</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kısacık Aşkın Büyük Esareti</t>
+          <t>Atatürk'ün Ölümündeki Sır Perdesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>247</v>
+        <v>344</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059588591</t>
+          <t>9786059588621</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gözbağı</t>
+          <t>Kısacık Aşkın Büyük Esareti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>247</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059588584</t>
+          <t>9786059588591</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Ozanları</t>
+          <t>Gözbağı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059588188</t>
+          <t>9786059588584</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Aydınlanma Ozanları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059588546</t>
+          <t>9786059588188</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriati İle Birlikte (2.Cilt)</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>316</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059588553</t>
+          <t>9786059588546</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dağılan Birlik AB ve Türkiye</t>
+          <t>Ali Şeriati İle Birlikte (2.Cilt)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>316</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059588300</t>
+          <t>9786059588553</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kendini Oku!</t>
+          <t>Dağılan Birlik AB ve Türkiye</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059588508</t>
+          <t>9786059588300</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Düzenli Evim</t>
+          <t>Kendini Oku!</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>335</v>
+        <v>195</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059588423</t>
+          <t>9786059588508</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nin Kürt Gerçeği</t>
+          <t>Düzenli Evim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>195</v>
+        <v>335</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059588454</t>
+          <t>9786059588423</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Politbüro Dinine Karşı Kur'an'ın Sosyo - Politik Çözümlemeleri</t>
+          <t>Avrupa Birliği'nin Kürt Gerçeği</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>227</v>
+        <v>195</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059588447</t>
+          <t>9786059588454</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Entrika ve Yakamozlar</t>
+          <t>Politbüro Dinine Karşı Kur'an'ın Sosyo - Politik Çözümlemeleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>247</v>
+        <v>227</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059588430</t>
+          <t>9786059588447</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Rabıta - Uğur Mumcu’dan Sonra</t>
+          <t>Entrika ve Yakamozlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>247</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059588409</t>
+          <t>9786059588430</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Pusulası</t>
+          <t>Rabıta - Uğur Mumcu’dan Sonra</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059588225</t>
+          <t>9786059588409</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Haremde Esir Yaşayanlar</t>
+          <t>Sevginin Pusulası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>247</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059588348</t>
+          <t>9786059588225</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm ile Bütünleşen Alevilik</t>
+          <t>Haremde Esir Yaşayanlar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>247</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059588218</t>
+          <t>9786059588348</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Aşiret ve Toprak Sorunu</t>
+          <t>Kemalizm ile Bütünleşen Alevilik</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>247</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059588157</t>
+          <t>9786059588218</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hüzün</t>
+          <t>Doğu’da Aşiret ve Toprak Sorunu</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>195</v>
+        <v>247</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059588119</t>
+          <t>9786059588157</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İslam Şeriatının Tarihselliği</t>
+          <t>Büyük Hüzün</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059588034</t>
+          <t>9786059588119</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayatım</t>
+          <t>İslam Şeriatının Tarihselliği</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059588072</t>
+          <t>9786059588034</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray</t>
+          <t>Benim Hayatım</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059588065</t>
+          <t>9786059588072</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ben'im</t>
+          <t>Galatasaray</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>176</v>
+        <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059588164</t>
+          <t>9786059588065</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Akide Şekeri</t>
+          <t>Hayat Ben'im</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>176</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059588140</t>
+          <t>9786059588164</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Akide Şekeri</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059588126</t>
+          <t>9786059588140</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Bilim İnsanının Anıları</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059588102</t>
+          <t>9786059588126</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Bilgeliği</t>
+          <t>Bir Bilim İnsanının Anıları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>315</v>
+        <v>195</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059588089</t>
+          <t>9786059588102</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Aydın Kıyımı</t>
+          <t>Mutluluk Bilgeliği</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059588096</t>
+          <t>9786059588089</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Acılar</t>
+          <t>Türkiye’de Aydın Kıyımı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>169</v>
+        <v>195</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059093606</t>
+          <t>9786059588096</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Özden Söze</t>
+          <t>Evrensel Acılar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>227</v>
+        <v>169</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059588058</t>
+          <t>9786059093606</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Devrimlerinde İslam İnkilabı</t>
+          <t>Özden Söze</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>170</v>
+        <v>227</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059093989</t>
+          <t>9786059588058</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>2051 / Kıyamete Doğru</t>
+          <t>Atatürk Devrimlerinde İslam İnkilabı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059093408</t>
+          <t>9786059093989</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>2051 / Kıyamete Doğru</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>97</v>
+        <v>370</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059093811</t>
+          <t>9786059093408</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Evliyaları</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>273</v>
+        <v>97</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059093903</t>
+          <t>9786059093811</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İsyan Benim Adımdır</t>
+          <t>Şeytan Evliyaları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>273</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059093941</t>
+          <t>9786059093903</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Meyhaneler</t>
+          <t>İsyan Benim Adımdır</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>355</v>
+        <v>225</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059093439</t>
+          <t>9786059093941</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kafir Halil ile Deli</t>
+          <t>Meyhaneler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>176</v>
+        <v>355</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059093927</t>
+          <t>9786059093439</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Anlattıkları</t>
+          <t>Kafir Halil ile Deli</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>176</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059093866</t>
+          <t>9786059093927</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Devrim Ayetleri</t>
+          <t>Dedemin Anlattıkları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055296971</t>
+          <t>9786059093866</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Babil’de İki Melek</t>
+          <t>Devrim Ayetleri</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055391522</t>
+          <t>9786055296971</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Aşk ve Devrim</t>
+          <t>Babil’de İki Melek</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>124</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059093729</t>
+          <t>9786055391522</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Patlaması</t>
+          <t>Şiir, Aşk ve Devrim</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>124</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059093743</t>
+          <t>9786059093729</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Irkçı Kuşatma ve Kadınlar</t>
+          <t>Sevgi Patlaması</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>222</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059093736</t>
+          <t>9786059093743</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Gayya Kuyusu</t>
+          <t>Irkçı Kuşatma ve Kadınlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>234</v>
+        <v>222</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059093767</t>
+          <t>9786059093736</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ali Şeriati ile Birlikte (1. Cilt)</t>
+          <t>Gayya Kuyusu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>316</v>
+        <v>234</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059093804</t>
+          <t>9786059093767</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Selman-ı Pak</t>
+          <t>Ali Şeriati ile Birlikte (1. Cilt)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>201</v>
+        <v>316</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059093453</t>
+          <t>9786059093804</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ermiş ile Gezgin</t>
+          <t>Selman-ı Pak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>175</v>
+        <v>201</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059093712</t>
+          <t>9786059093453</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sarayını Terkeden Hükümdar</t>
+          <t>Ermiş ile Gezgin</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>244</v>
+        <v>175</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059093705</t>
+          <t>9786059093712</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Osmanlı Ekonomisi</t>
+          <t>Sarayını Terkeden Hükümdar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>215</v>
+        <v>244</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059093774</t>
+          <t>9786059093705</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Abdestli Kapitalizm</t>
+          <t>100 Soruda Osmanlı Ekonomisi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059093781</t>
+          <t>9786059093774</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nurjuvazi - Fetö İle Mücadelenin Kitabı</t>
+          <t>Abdestli Kapitalizm</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055391683</t>
+          <t>9786059093781</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yıldızları Saymak</t>
+          <t>Nurjuvazi - Fetö İle Mücadelenin Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
+          <t>9786055391683</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızları Saymak</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
           <t>9786055391379</t>
         </is>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Akşam Hüznü</t>
         </is>
       </c>
-      <c r="C100" s="1">
+      <c r="C101" s="1">
         <v>136</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>