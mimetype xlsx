--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -109,66 +109,66 @@
         <is>
           <t>9786057001955</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Likya Yolu - Lycian Way</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786259551135</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Atatürkçülüğün Duruşması</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>143</v>
+        <v>175</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259551128</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Kozmik Odaya Uzanan Anılar 1960-1991)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786259551111</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Atatürk’le Ufuklara Koşalım/23 Nisan-19 Mayıs Şiirleri</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786055396926</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
@@ -259,51 +259,51 @@
         <is>
           <t>9786059588027</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Beşiktaş</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786058114098</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Bir Millet Ağlıyordu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>282</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786254447266</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Evrensel Barış Miraç - Kıyamet Savaşı Armagedon</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786254447228</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
@@ -409,66 +409,66 @@
         <is>
           <t>9786058114067</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>İslam Akidesi</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786052096765</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Çocuk Klasikleri Set 1 (8 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>676</v>
+        <v>845</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786059588270</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Çocuk Klasikleri Set: 2 (8 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>676</v>
+        <v>845</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786058114036</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Türk Zinciri</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>219</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786058114012</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>