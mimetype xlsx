--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,3880 +85,3925 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4444444442720</t>
+          <t>9786259385181</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bulut</t>
+          <t>Akademik Bakışla Beşiktaş JK - 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259398426</t>
+          <t>3990000022051</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Anatomisi</t>
+          <t>Emile Ya Da Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1000</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259398440</t>
+          <t>9786259275055</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Denizli Tarihinin Kaynakları</t>
+          <t>Tüketim İletişimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050314151</t>
+          <t>4444444442720</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Konuk</t>
+          <t>Mavi Bulut</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786050315820</t>
+          <t>9786259398426</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Adam</t>
+          <t>Yeni Medya Anatomisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050614435</t>
+          <t>9786259398440</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Su Pınarları - Mitler ve Efsaneler</t>
+          <t>Denizli Tarihinin Kaynakları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255518972</t>
+          <t>9786050314151</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uc Savaşçıları - 2. Kitap</t>
+          <t>Zoraki Konuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257221108</t>
+          <t>9786050315820</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bizans Döneminde Anadolu’da Yaşayan Ermeniler</t>
+          <t>Tuhaf Bir Adam</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050619034</t>
+          <t>9786050614435</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sufizm</t>
+          <t>Kan ve Su Pınarları - Mitler ve Efsaneler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752489080</t>
+          <t>9786255518972</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetlendirilmiş Sevgi(li) Şiddeti</t>
+          <t>Uc Savaşçıları - 2. Kitap</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786050619072</t>
+          <t>9786257221108</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>The Soul of Man Under Socialism</t>
+          <t>Bizans Döneminde Anadolu’da Yaşayan Ermeniler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050614459</t>
+          <t>9786050619034</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Trampetçi - Mitler ve Efsaneler</t>
+          <t>100 Soruda Sufizm</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050614442</t>
+          <t>9789752489080</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Günahkar Peri - Mitler ve Efsaneler</t>
+          <t>Cinsiyetlendirilmiş Sevgi(li) Şiddeti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050315837</t>
+          <t>9786050619072</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Taş Konak</t>
+          <t>The Soul of Man Under Socialism</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050314168</t>
+          <t>9786050614459</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Şairin İlham Perileri</t>
+          <t>Hayalet Trampetçi - Mitler ve Efsaneler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255518934</t>
+          <t>9786050614442</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Arası Zihinsel Akış</t>
+          <t>Günahkar Peri - Mitler ve Efsaneler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255518958</t>
+          <t>9786050315837</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sinema- Kuram Dönem</t>
+          <t>Taş Konak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057760135</t>
+          <t>9786050314168</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Şairin İlham Perileri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255518729</t>
+          <t>9786255518934</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>An Introduction to the Problem of Meaning and Reference: From Frege to Grice</t>
+          <t>Medeniyetler Arası Zihinsel Akış</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255518552</t>
+          <t>9786255518958</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kant, Causality And Freedom</t>
+          <t>Sinema- Kuram Dönem</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055935849</t>
+          <t>9786057760135</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Simgeler ve Rıza Kenti Cilt 1</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055296773</t>
+          <t>9786255518729</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Tasarım</t>
+          <t>An Introduction to the Problem of Meaning and Reference: From Frege to Grice</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>312</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990057941473</t>
+          <t>9786255518552</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Kant, Causality And Freedom</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050625967</t>
+          <t>9786055935849</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bizans Döneminde Anadolu’da Yaşayan Ermeniler</t>
+          <t>Simgeler ve Rıza Kenti Cilt 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057760241</t>
+          <t>9786055296773</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Sineması 1960-1990</t>
+          <t>Medya ve Tasarım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>312</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057941558</t>
+          <t>3990057941473</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Berdibek Sokpakbayev</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256005563</t>
+          <t>9786050625967</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Mülakatları</t>
+          <t>Bizans Döneminde Anadolu’da Yaşayan Ermeniler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256005570</t>
+          <t>9786057760241</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Yazıları</t>
+          <t>Türk Siyasal Sineması 1960-1990</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057941060</t>
+          <t>9786057941558</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beş Çember Kitabı</t>
+          <t>Berdibek Sokpakbayev</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059331053</t>
+          <t>9786256005563</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kimlik ve Etnik Açılım</t>
+          <t>Türk Dış Politikası Mülakatları</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257647038</t>
+          <t>9786256005570</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hakan Günday Romanlarında Aylaklık Ve Gündelik Yaşam</t>
+          <t>Türk Dış Politikası Yazıları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786050605457</t>
+          <t>9786057941060</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>Beş Çember Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786050619065</t>
+          <t>9786059331053</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Ulusal Kimlik ve Etnik Açılım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786050619058</t>
+          <t>9786257647038</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>What is Man?</t>
+          <t>Hakan Günday Romanlarında Aylaklık Ve Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050619096</t>
+          <t>9786050605457</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hunger</t>
+          <t>Therese Raquin</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057941640</t>
+          <t>9786050619065</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dubliners</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057941695</t>
+          <t>9786050619058</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Chees</t>
+          <t>What is Man?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057941381</t>
+          <t>9786050619096</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Heart Of Darkness</t>
+          <t>Hunger</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057760005</t>
+          <t>9786057941640</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>The Art Of War</t>
+          <t>Dubliners</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786050619089</t>
+          <t>9786057941695</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>The Great Gatsby</t>
+          <t>Chees</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786050605440</t>
+          <t>9786057941381</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Altkültür Tarzın Anlamı</t>
+          <t>Heart Of Darkness</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057760074</t>
+          <t>9786057760005</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Esir Madde - Bilinç Yok Uzay Zaman Var</t>
+          <t>The Art Of War</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057760128</t>
+          <t>9786050619089</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>The Great Gatsby</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057941572</t>
+          <t>9786050605440</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tarih Onları Haklı Çıkardı</t>
+          <t>Altkültür Tarzın Anlamı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057941848</t>
+          <t>9786057760074</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Gri Tavşan</t>
+          <t>Esir Madde - Bilinç Yok Uzay Zaman Var</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057941718</t>
+          <t>9786057760128</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057941725</t>
+          <t>9786057941572</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>The Metamorphosis</t>
+          <t>Tarih Onları Haklı Çıkardı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057941701</t>
+          <t>9786057941848</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Death İn Venice</t>
+          <t>Gri Tavşan</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057941732</t>
+          <t>9786057941718</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>The Picture Of Dorian Gray</t>
+          <t>Madame Bovary</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057941688</t>
+          <t>9786057941725</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>The Call Of The Wild</t>
+          <t>The Metamorphosis</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256885639</t>
+          <t>9786057941701</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nin Batı Balkanlar Politikası</t>
+          <t>Death İn Venice</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256005587</t>
+          <t>9786057941732</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Understanding Television: A Journey Through its Theories and Practices</t>
+          <t>The Picture Of Dorian Gray</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257221207</t>
+          <t>9786057941688</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İstatistik ile Nasıl Yalan Söylenir?</t>
+          <t>The Call Of The Wild</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256885950</t>
+          <t>9786256885639</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Medya Araştırmaları Kültür, Teori ve Uygulama</t>
+          <t>Avrupa Birliği'nin Batı Balkanlar Politikası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256005310</t>
+          <t>9786256005587</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bonneval Paşa’nın Layihaları</t>
+          <t>Understanding Television: A Journey Through its Theories and Practices</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256885226</t>
+          <t>9786257221207</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnsanlardan Korkan Örümcek</t>
+          <t>İstatistik ile Nasıl Yalan Söylenir?</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256005242</t>
+          <t>9786256885950</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Jean Baudrıllard ve Hipergerçeklik</t>
+          <t>Eleştirel Medya Araştırmaları Kültür, Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256005150</t>
+          <t>9786256005310</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu Kitap 2. Cilt</t>
+          <t>Bonneval Paşa’nın Layihaları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256005013</t>
+          <t>9786256885226</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şaman Masalları</t>
+          <t>İnsanlardan Korkan Örümcek</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258349986</t>
+          <t>9786256005242</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Masal Arkadaşım</t>
+          <t>Jean Baudrıllard ve Hipergerçeklik</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256885431</t>
+          <t>9786256005150</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Azınlıklar Politikası</t>
+          <t>Bilgeliğin Yedi Sütunu Kitap 2. Cilt</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256885257</t>
+          <t>9786256005013</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özal</t>
+          <t>Şaman Masalları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258349740</t>
+          <t>9786258349986</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Işıklarının Çocukları</t>
+          <t>Masal Arkadaşım</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256885882</t>
+          <t>9786256885431</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>The Mythology Of Gobeklı Tepe</t>
+          <t>Avrupa Birliği’nin Azınlıklar Politikası</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258349825</t>
+          <t>9786256885257</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aile Sineması Yılları 1960'lar</t>
+          <t>Turgut Özal</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256885769</t>
+          <t>9786258349740</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu Kitap 1</t>
+          <t>Kuzey Işıklarının Çocukları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256885660</t>
+          <t>9786256885882</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Akademik Bakışla Beşiktaş Jk</t>
+          <t>The Mythology Of Gobeklı Tepe</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256885813</t>
+          <t>9786258349825</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Children Of The Northern Lights</t>
+          <t>Aile Sineması Yılları 1960'lar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256885806</t>
+          <t>9786256885769</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>The Other Worlds</t>
+          <t>Bilgeliğin Yedi Sütunu Kitap 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256885622</t>
+          <t>9786256885660</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Fikir İşçilerinin İş Güvenliği</t>
+          <t>Akademik Bakışla Beşiktaş Jk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256885554</t>
+          <t>9786256885813</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Almanya Siyasetine Giriş</t>
+          <t>Children Of The Northern Lights</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256885561</t>
+          <t>9786256885806</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Saati Bozuk Kadınlar</t>
+          <t>The Other Worlds</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256885530</t>
+          <t>9786256885622</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’de Kültür ve Hakikat</t>
+          <t>Fikir İşçilerinin İş Güvenliği</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256885509</t>
+          <t>9786256885554</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Han Mirgen</t>
+          <t>Almanya Siyasetine Giriş</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256885493</t>
+          <t>9786256885561</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Huban Arığ</t>
+          <t>Biyolojik Saati Bozuk Kadınlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256885424</t>
+          <t>9786256885530</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Dijital Emek Sömürüsü</t>
+          <t>Nietzsche’de Kültür ve Hakikat</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057941473</t>
+          <t>9786256885509</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Han Mirgen</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256885394</t>
+          <t>9786256885493</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kuramları</t>
+          <t>Huban Arığ</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256885400</t>
+          <t>9786256885424</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Yabancı Dilleri</t>
+          <t>Sosyal Medyada Dijital Emek Sömürüsü</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256885356</t>
+          <t>9786057941473</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Eğlence Kültürü</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256885318</t>
+          <t>9786256885394</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Oyun, Dijital Oyun, Bağımlılık Ve Motivasyon Kavramları Arasındaki İlişkiler</t>
+          <t>İletişim Kuramları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256885288</t>
+          <t>9786256885400</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>“Mansplaınıng”</t>
+          <t>Atatürk’ün Yabancı Dilleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256885141</t>
+          <t>9786256885356</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mystical Qabalah</t>
+          <t>Türk Sinemasında Eğlence Kültürü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256885165</t>
+          <t>9786256885318</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Oyunların Dijital Hali 2</t>
+          <t>Oyun, Dijital Oyun, Bağımlılık Ve Motivasyon Kavramları Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256885127</t>
+          <t>9786256885288</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Ekosisteminde Dönüşen Habercilik ve Teyitçilik</t>
+          <t>“Mansplaınıng”</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256885158</t>
+          <t>9786256885141</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Uc Savaşçıları</t>
+          <t>Mystical Qabalah</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258349870</t>
+          <t>9786256885165</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Kuram - Kültürün Kültsel Kökenleri</t>
+          <t>Oyunların Dijital Hali 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257647793</t>
+          <t>9786256885127</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İnanma! Tersine Odaklan</t>
+          <t>Yeni Medya Ekosisteminde Dönüşen Habercilik ve Teyitçilik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258349597</t>
+          <t>9786256885158</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılın Hatrı Varmış - 40+1 Film Üzerine Değinmeler</t>
+          <t>Uc Savaşçıları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258349689</t>
+          <t>9786258349870</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kültür ve Seçim İletişimi Çalışmaları</t>
+          <t>Kültürel Kuram - Kültürün Kültsel Kökenleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258349641</t>
+          <t>9786257647793</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Althusser ve Yeni Marksist Toplumsal Kuram</t>
+          <t>İnanma! Tersine Odaklan</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257221627</t>
+          <t>9786258349597</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kadın Bedenini Islah Politikaları</t>
+          <t>Kırk Yılın Hatrı Varmış - 40+1 Film Üzerine Değinmeler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257221559</t>
+          <t>9786258349689</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik, Milliyetçilik ve Militarizm</t>
+          <t>Siyasal Kültür ve Seçim İletişimi Çalışmaları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057941428</t>
+          <t>9786258349641</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Emile</t>
+          <t>Althusser ve Yeni Marksist Toplumsal Kuram</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257647069</t>
+          <t>9786257221627</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hedonik İletişim</t>
+          <t>Kadın Bedenini Islah Politikaları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257647281</t>
+          <t>9786257221559</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İnternet Ortamında Serbest Gazetecilik</t>
+          <t>Erkeklik, Milliyetçilik ve Militarizm</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258349337</t>
+          <t>9786057941428</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Sorunu'nun İngiltere Parlamentosu'ndaki Yansımaları</t>
+          <t>Emile</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258349467</t>
+          <t>9786257647069</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kosova ve Makedonya Sinemasında Kadın Temsili</t>
+          <t>Hedonik İletişim</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257647731</t>
+          <t>9786257647281</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ve Cinsiyet</t>
+          <t>İnternet Ortamında Serbest Gazetecilik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257647250</t>
+          <t>9786258349337</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Strateji</t>
+          <t>Kıbrıs Sorunu'nun İngiltere Parlamentosu'ndaki Yansımaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257647373</t>
+          <t>9786258349467</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Kaderin Hayatındır</t>
+          <t>Kosova ve Makedonya Sinemasında Kadın Temsili</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258349276</t>
+          <t>9786257647731</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi - Veraset Savaşları Gölgesinde Diplomasi</t>
+          <t>Mitoloji ve Cinsiyet</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057941527</t>
+          <t>9786257647250</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çatalhöyük Günleri / Kibele Öyküleri 1</t>
+          <t>Mustafa Kemal Atatürk ve Strateji</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258349139</t>
+          <t>9786257647373</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Rusya - Ukrayna Savaşı Ve Medya</t>
+          <t>Nietzsche: Kaderin Hayatındır</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257647328</t>
+          <t>9786258349276</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Siber Dünya</t>
+          <t>Diplomasi - Veraset Savaşları Gölgesinde Diplomasi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257647496</t>
+          <t>9786057941527</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sinema İletişim Edebiyat</t>
+          <t>Çatalhöyük Günleri / Kibele Öyküleri 1</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057941862</t>
+          <t>9786258349139</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Erişim Sistemleri</t>
+          <t>Rusya - Ukrayna Savaşı Ve Medya</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257221306</t>
+          <t>9786257647328</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Aylak Sınıfın Kuramı</t>
+          <t>Siber Dünya</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257647779</t>
+          <t>9786257647496</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Sinema İletişim Edebiyat</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258349078</t>
+          <t>9786057941862</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sinemayı Yazmak</t>
+          <t>Bilgi Erişim Sistemleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258349122</t>
+          <t>9786257221306</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Kadınlar: Türkiye, Hindistan Ve Yeni Zelanda Örneği</t>
+          <t>Aylak Sınıfın Kuramı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258349108</t>
+          <t>9786257647779</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Söylemek Ve Göstermek</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257647786</t>
+          <t>9786258349078</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Liderlik</t>
+          <t>Sinemayı Yazmak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258349450</t>
+          <t>9786258349122</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Teorilerle Sineanaliz</t>
+          <t>Siyasette Kadınlar: Türkiye, Hindistan Ve Yeni Zelanda Örneği</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>440</v>
+        <v>400</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258349047</t>
+          <t>9786258349108</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tuluyhan Uğurlu'nun Anlatılarında İstanbul Kültürler Senfonisi</t>
+          <t>Söylemek Ve Göstermek</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258349221</t>
+          <t>9786257647786</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında İntihar</t>
+          <t>Spiritüel Liderlik</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258349146</t>
+          <t>9786258349450</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Ölüm</t>
+          <t>Teorilerle Sineanaliz</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257647762</t>
+          <t>9786258349047</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi ve Kültürü</t>
+          <t>Tuluyhan Uğurlu'nun Anlatılarında İstanbul Kültürler Senfonisi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258349436</t>
+          <t>9786258349221</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türk Vatandaşlığının ve Kimliğinin İnşasında Eğitim</t>
+          <t>Türk Sinemasında İntihar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258349313</t>
+          <t>9786258349146</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İşçi Partisi</t>
+          <t>Türk Sinemasında Ölüm</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258349177</t>
+          <t>9786257647762</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Medya ve Demokrasi</t>
+          <t>Türk Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258349207</t>
+          <t>9786258349436</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin NATO'ya Girişi</t>
+          <t>Türk Vatandaşlığının ve Kimliğinin İnşasında Eğitim</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258349115</t>
+          <t>9786258349313</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Kutsal Metinlerinde Havva</t>
+          <t>Türkiye İşçi Partisi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257221436</t>
+          <t>9786258349177</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Hayaller</t>
+          <t>Türkiye'de Medya ve Demokrasi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257221672</t>
+          <t>9786258349207</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hakas Destanlarında Kadın Kahramanlar</t>
+          <t>Türkiye'nin NATO'ya Girişi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>800</v>
+        <v>270</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258349382</t>
+          <t>9786258349115</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Animasyon Sineması: Tarih, Kuram, Uygulama</t>
+          <t>Yahudi Kutsal Metinlerinde Havva</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786258349269</t>
+          <t>9786257221436</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>1909 Adana - Karşı Devrimin Sosyo-Ekonomik Ve Siyasi Arka Planı</t>
+          <t>Yoksulluk ve Hayaller</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257647960</t>
+          <t>9786257221672</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Asghar Farhadi Sineması</t>
+          <t>Hakas Destanlarında Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>370</v>
+        <v>800</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057146267</t>
+          <t>9786258349382</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yeşilcam'da Kötü Adam</t>
+          <t>Animasyon Sineması: Tarih, Kuram, Uygulama</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057361691</t>
+          <t>9786258349269</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Netflix Etkisi - Dijital Çağda Ekran Kültürü</t>
+          <t>1909 Adana - Karşı Devrimin Sosyo-Ekonomik Ve Siyasi Arka Planı</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057361684</t>
+          <t>9786257647960</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Tüketim Kültürü</t>
+          <t>Asghar Farhadi Sineması</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057370686</t>
+          <t>9786057146267</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kimlik, Öteki Ve Ötekileştirme Bağlamında Sinema</t>
+          <t>Yeşilcam'da Kötü Adam</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257647977</t>
+          <t>9786057361691</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Fransa İlişkileri</t>
+          <t>Netflix Etkisi - Dijital Çağda Ekran Kültürü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257221733</t>
+          <t>9786057361684</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Şintoizm ve Kadın</t>
+          <t>Yapay Zeka ve Tüketim Kültürü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257647991</t>
+          <t>9786057370686</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan Korelileri</t>
+          <t>Kimlik, Öteki Ve Ötekileştirme Bağlamında Sinema</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257647700</t>
+          <t>9786257647977</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Sinema Yazıları</t>
+          <t>Türkiye Fransa İlişkileri</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257221931</t>
+          <t>9786257221733</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu'nda Ermeniler</t>
+          <t>Şintoizm ve Kadın</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257221887</t>
+          <t>9786257647991</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizm ve Masonlar</t>
+          <t>Kazakistan Korelileri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057941855</t>
+          <t>9786257647700</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Profesör Atatürk - Bir Dahinin Keşfedilmemiş Dünyası</t>
+          <t>Belgesel Sinema Yazıları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257647199</t>
+          <t>9786257221931</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçar mı?</t>
+          <t>Bizans İmparatorluğu'nda Ermeniler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257221900</t>
+          <t>9786257221887</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hazretler Sineması Yeşilçam'ın Hazretli Filmleri</t>
+          <t>Ezoterizm ve Masonlar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257221498</t>
+          <t>9786057941855</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı ve Mısır</t>
+          <t>Profesör Atatürk - Bir Dahinin Keşfedilmemiş Dünyası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257647557</t>
+          <t>9786257647199</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Yardım Rejiminin Yerel Düzeyde Örgütlenmesi</t>
+          <t>Söz Uçar mı?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257647342</t>
+          <t>9786257221900</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kötü Filmler</t>
+          <t>Hazretler Sineması Yeşilçam'ın Hazretli Filmleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257647588</t>
+          <t>9786257221498</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Kent</t>
+          <t>Arap Baharı ve Mısır</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257221474</t>
+          <t>9786257647557</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Korku</t>
+          <t>Sosyal Yardım Rejiminin Yerel Düzeyde Örgütlenmesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257647526</t>
+          <t>9786257647342</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sibirya'dan Anadolu'ya Türk Şamanizmi’nin Sosyolojisi</t>
+          <t>Kötü Kötü Filmler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257221351</t>
+          <t>9786257647588</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun Mukaddime'sinde Şehir Sosyolojisi</t>
+          <t>İletişim ve Kent</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257647465</t>
+          <t>9786257221474</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyalar</t>
+          <t>Kent ve Korku</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257647489</t>
+          <t>9786257647526</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Oyunların Dijital Hali</t>
+          <t>Sibirya'dan Anadolu'ya Türk Şamanizmi’nin Sosyolojisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257647205</t>
+          <t>9786257221351</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Batının Kadrajındaki Doğu Yolları</t>
+          <t>İbn Haldun Mukaddime'sinde Şehir Sosyolojisi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257221993</t>
+          <t>9786257647465</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Görünmeyen Yüzü</t>
+          <t>Başka Dünyalar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257647007</t>
+          <t>9786257647489</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu Sinemasında Mitolojik Anlatım</t>
+          <t>Oyunların Dijital Hali</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257647021</t>
+          <t>9786257647205</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ’da Darbeler</t>
+          <t>Batının Kadrajındaki Doğu Yolları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257647113</t>
+          <t>9786257221993</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Medyatik İnşası: Yeni Soğuk Savaş Ve Medya</t>
+          <t>Gökkuşağının Görünmeyen Yüzü</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257647335</t>
+          <t>9786257647007</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Balkan Bektaşileri</t>
+          <t>Bilimkurgu Sinemasında Mitolojik Anlatım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257221450</t>
+          <t>9786257647021</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İran İslam Devrimi</t>
+          <t>Eskiçağ’da Darbeler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257647243</t>
+          <t>9786257647113</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dijital ve Sonrası</t>
+          <t>Savaşın Medyatik İnşası: Yeni Soğuk Savaş Ve Medya</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257647274</t>
+          <t>9786257647335</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatında Deformasyon</t>
+          <t>Balkan Bektaşileri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257647236</t>
+          <t>9786257221450</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler ve Sinema</t>
+          <t>İran İslam Devrimi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257647175</t>
+          <t>9786257647243</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ’da Kadın</t>
+          <t>Dijital ve Sonrası</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257647144</t>
+          <t>9786257647274</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu ve Cinsiyet</t>
+          <t>Resim Sanatında Deformasyon</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257647168</t>
+          <t>9786257647236</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Simmel’in Gözüyle Modernitenin Sosyolojisi</t>
+          <t>Toplumsal Hareketler ve Sinema</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257647151</t>
+          <t>9786257647175</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Propaganda Animasyonları</t>
+          <t>Eskiçağ’da Kadın</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257647106</t>
+          <t>9786257647144</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Siberfeminizm</t>
+          <t>Bilimkurgu ve Cinsiyet</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254448195</t>
+          <t>9786257647168</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yunan Hikayelerinde Kadın ve Ulusçu Kimliğin Üretimi</t>
+          <t>Simmel’in Gözüyle Modernitenin Sosyolojisi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257221849</t>
+          <t>9786257647151</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Korku Filmlerinde Belirsizlik İmgesi</t>
+          <t>Sovyet Propaganda Animasyonları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257221702</t>
+          <t>9786257647106</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Gazali ve Henri Bergson Felsefesinde Sezgi</t>
+          <t>Siberfeminizm</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257221986</t>
+          <t>9786254448195</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Bienalleri ve Küratörlük</t>
+          <t>Yunan Hikayelerinde Kadın ve Ulusçu Kimliğin Üretimi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257221979</t>
+          <t>9786257221849</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrası Çin-Hindistan İlişkileri</t>
+          <t>Korku Filmlerinde Belirsizlik İmgesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257221955</t>
+          <t>9786257221702</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Türk-Amerikan İlişkileri</t>
+          <t>Gazali ve Henri Bergson Felsefesinde Sezgi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257647014</t>
+          <t>9786257221986</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet ve Milli Mücadele Yıllarında Kürt-Ermeni İlişkileri</t>
+          <t>Çağdaş Sanat Bienalleri ve Küratörlük</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257221610</t>
+          <t>9786257221979</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Dinin Lacancı Psikanalizi</t>
+          <t>Soğuk Savaş Sonrası Çin-Hindistan İlişkileri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257221696</t>
+          <t>9786257221955</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bizans ve Türkler Arasında Ermeniler</t>
+          <t>Türk-Amerikan İlişkileri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257221832</t>
+          <t>9786257647014</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Partilerin Sağ ve Sol Ekseninde Hizalanması</t>
+          <t>2. Meşrutiyet ve Milli Mücadele Yıllarında Kürt-Ermeni İlişkileri</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257221573</t>
+          <t>9786257221610</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Sinemasında Genç Kadınlar</t>
+          <t>Yönetim ve Dinin Lacancı Psikanalizi</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257221641</t>
+          <t>9786257221696</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Tanrı</t>
+          <t>Bizans ve Türkler Arasında Ermeniler</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257221160</t>
+          <t>9786257221832</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Öteki ve Ötekileştirme Bağlamında Köylülük  ve Kentlilik</t>
+          <t>Türkiye’de Partilerin Sağ ve Sol Ekseninde Hizalanması</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257221511</t>
+          <t>9786257221573</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Kültür Geleneğinde Şahmaran</t>
+          <t>Yeşilçam Sinemasında Genç Kadınlar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257221689</t>
+          <t>9786257221641</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadeledeki İsyanlar ve Çerkes Ethem</t>
+          <t>Tanrı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257221597</t>
+          <t>9786257221160</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İngiltere (Birleşik Krallık) Siyaseti</t>
+          <t>Öteki ve Ötekileştirme Bağlamında Köylülük  ve Kentlilik</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257221467</t>
+          <t>9786257221511</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı Filmlerinin Değerler Eğitimine Etkisi</t>
+          <t>Anadolu Türk Kültür Geleneğinde Şahmaran</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257221191</t>
+          <t>9786257221689</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gözetim Toplumunda Teşhir</t>
+          <t>Milli Mücadeledeki İsyanlar ve Çerkes Ethem</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257221603</t>
+          <t>9786257221597</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Şintoizm</t>
+          <t>İngiltere (Birleşik Krallık) Siyaseti</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257221481</t>
+          <t>9786257221467</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Dijital Emek ve Yabancılaşma</t>
+          <t>Hababam Sınıfı Filmlerinin Değerler Eğitimine Etkisi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257221443</t>
+          <t>9786257221191</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>Gözetim Toplumunda Teşhir</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257221580</t>
+          <t>9786257221603</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Metin Çözümleme</t>
+          <t>Şintoizm</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257221405</t>
+          <t>9786257221481</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Narsizm ve Liderlik</t>
+          <t>Dijital Emek ve Yabancılaşma</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257221245</t>
+          <t>9786257221443</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Timarion</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786254448119</t>
+          <t>9786257221580</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Doğu'da ve Batı'da Hümanizm</t>
+          <t>Metin Çözümleme</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257221139</t>
+          <t>9786257221405</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Işığında Türk Ütopyaları</t>
+          <t>Narsizm ve Liderlik</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257860086</t>
+          <t>9786257221245</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>The Times Gazetesi'ne Göre Demokrat Parti Dış Politikası</t>
+          <t>Timarion</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257221085</t>
+          <t>9786254448119</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Albert Camus ve Varoluşçuluk</t>
+          <t>Doğu'da ve Batı'da Hümanizm</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257221047</t>
+          <t>9786257221139</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Kökenleriyle Şamanizm ve Kadın</t>
+          <t>Modernleşme Işığında Türk Ütopyaları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257221177</t>
+          <t>9786257860086</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Postmodernite ve İroni: Nietzsche and Rorty</t>
+          <t>The Times Gazetesi'ne Göre Demokrat Parti Dış Politikası</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786254448126</t>
+          <t>9786257221085</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Descartes Bağlamında Tartışılan Delilik</t>
+          <t>Albert Camus ve Varoluşçuluk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257860031</t>
+          <t>9786257221047</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bir Masaldı Geçen Yıllar (1926-1960)</t>
+          <t>Mitolojik Kökenleriyle Şamanizm ve Kadın</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786050605464</t>
+          <t>9786257221177</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşünce El Kitabı</t>
+          <t>Postmodernite ve İroni: Nietzsche and Rorty</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786050625950</t>
+          <t>9786254448126</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Hekate</t>
+          <t>Descartes Bağlamında Tartışılan Delilik</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050625912</t>
+          <t>9786257860031</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kriz Üçgeninde Türkiye Cilt 3</t>
+          <t>Bir Masaldı Geçen Yıllar (1926-1960)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050625905</t>
+          <t>9786050605464</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kriz Üçgeninde Türkiye Cilt 2</t>
+          <t>Olumlu Düşünce El Kitabı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257221054</t>
+          <t>9786050625950</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Sinema Tarihyazımı</t>
+          <t>Tanrıça Hekate</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050625943</t>
+          <t>9786050625912</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Görsel İmgelerin Bilinçaltı</t>
+          <t>Kriz Üçgeninde Türkiye Cilt 3</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050625936</t>
+          <t>9786050625905</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Omuzlarda Yeşeren Umutlar</t>
+          <t>Kriz Üçgeninde Türkiye Cilt 2</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786050625981</t>
+          <t>9786257221054</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türk Adının Anlamı Türklerin Menşei</t>
+          <t>Sinema Tarihyazımı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050625974</t>
+          <t>9786050625943</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Düşünce Dünyasında Evrim Teorisi Tartışmaları</t>
+          <t>Görsel İmgelerin Bilinçaltı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050619027</t>
+          <t>9786050625936</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Zebra İle Dans</t>
+          <t>Omuzlarda Yeşeren Umutlar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050605495</t>
+          <t>9786050625981</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Macerası</t>
+          <t>Türk Adının Anlamı Türklerin Menşei</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050605433</t>
+          <t>9786050625974</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ayakkabılı Saka Kuşu</t>
+          <t>Osmanlı Düşünce Dünyasında Evrim Teorisi Tartışmaları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050605419</t>
+          <t>9786050619027</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Yeniden Doğuş</t>
+          <t>Zebra İle Dans</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057941541</t>
+          <t>9786050605495</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>McLuhan’ın Kehaneti</t>
+          <t>Kapadokya Macerası</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059331173</t>
+          <t>9786050605433</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve İdeoloji</t>
+          <t>Kırmızı Ayakkabılı Saka Kuşu</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057941008</t>
+          <t>9786050605419</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Ölüm ve Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057760050</t>
+          <t>9786057941541</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Simgeler ve Rıza Kenti: Alevilik - Bektaşilik 2. Cilt</t>
+          <t>McLuhan’ın Kehaneti</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057760043</t>
+          <t>9786059331173</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Mesnevi'deki Bilimsel Kehanetleri ve Bulguları</t>
+          <t>Çocuk ve İdeoloji</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057941480</t>
+          <t>9786057941008</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Basın Özgürlüğü</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057941459</t>
+          <t>9786057760050</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Vals Partneriniz Korku Kültürü</t>
+          <t>Simgeler ve Rıza Kenti: Alevilik - Bektaşilik 2. Cilt</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057760029</t>
+          <t>9786057760043</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Tarihi</t>
+          <t>Mevlana'nın Mesnevi'deki Bilimsel Kehanetleri ve Bulguları</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057941534</t>
+          <t>9786057941480</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Alışkanlıklarımız</t>
+          <t>Türkiye'de Basın Özgürlüğü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057760012</t>
+          <t>9786057941459</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray Liseli Gazeteciler</t>
+          <t>Vals Partneriniz Korku Kültürü</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057941992</t>
+          <t>9786057760029</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Yayından Netflix’e Türkiye’de Televizyonun Kısa Tarihi</t>
+          <t>Türk Siyasal Tarihi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057941305</t>
+          <t>9786057941534</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Reklamı Okumak Reklamı Anlamak</t>
+          <t>Alışkanlıklarımız</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057941312</t>
+          <t>9786057760012</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dijital Reklamcılık Bize Ne Anlatır?</t>
+          <t>Galatasaray Liseli Gazeteciler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057941770</t>
+          <t>9786057941992</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Siyah Beyaz Yayından Netflix’e Türkiye’de Televizyonun Kısa Tarihi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057941947</t>
+          <t>9786057941305</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Agatha Christie’nin Günlüğü</t>
+          <t>Reklamı Okumak Reklamı Anlamak</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057941954</t>
+          <t>9786057941312</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Elveda Otranto</t>
+          <t>Dijital Reklamcılık Bize Ne Anlatır?</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057941497</t>
+          <t>9786057941770</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yol</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257647267</t>
+          <t>9786057941947</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Film Kurgusu</t>
+          <t>Agatha Christie’nin Günlüğü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057941909</t>
+          <t>9786057941954</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sinema Kültür İletişim Okumaları</t>
+          <t>Elveda Otranto</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057941916</t>
+          <t>9786057941497</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Film Okumaları</t>
+          <t>Uzun Yol</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057941817</t>
+          <t>9786257647267</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Zebra Tuzağı</t>
+          <t>Film Kurgusu</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057941800</t>
+          <t>9786057941909</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Turiz Mizah ya da Turizmi İzah 2</t>
+          <t>Sinema Kültür İletişim Okumaları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057941794</t>
+          <t>9786057941916</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yangınlara Fazla Bakan Gözler Yaşarır</t>
+          <t>Film Okumaları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057941756</t>
+          <t>9786057941817</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Ak Saçları</t>
+          <t>Zebra Tuzağı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057941763</t>
+          <t>9786057941800</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji ve Popüler Protesto</t>
+          <t>Turiz Mizah ya da Turizmi İzah 2</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057941510</t>
+          <t>9786057941794</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Göçler ve Efsaneler</t>
+          <t>Yangınlara Fazla Bakan Gözler Yaşarır</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057941749</t>
+          <t>9786057941756</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bir Anda</t>
+          <t>Çocukluğumun Ak Saçları</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057941466</t>
+          <t>9786057941763</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ın Son Sezarları</t>
+          <t>İdeoloji ve Popüler Protesto</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057941657</t>
+          <t>9786057941510</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Beklenmeyen Misafir</t>
+          <t>Göçler ve Efsaneler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057941268</t>
+          <t>9786057941749</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kapı Ayasofya</t>
+          <t>Bir Anda</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057941619</t>
+          <t>9786057941466</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Batık Kentin Cadısı</t>
+          <t>Bizans'ın Son Sezarları</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057941503</t>
+          <t>9786057941657</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Peygamber Midir?</t>
+          <t>Beklenmeyen Misafir</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057941633</t>
+          <t>9786057941268</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Altın Çan</t>
+          <t>Kayıp Kapı Ayasofya</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>3990000022191</t>
+          <t>9786057941619</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ermiş Gezgin</t>
+          <t>Batık Kentin Cadısı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057941404</t>
+          <t>9786057941503</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Evanjelizm ve Yeni Dünya Düzeni</t>
+          <t>Sokrates Peygamber Midir?</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057941275</t>
+          <t>9786057941633</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Uçak</t>
+          <t>Altın Çan</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057941282</t>
+          <t>3990000022191</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yaratılışına Dair Öyküler</t>
+          <t>Ermiş Gezgin</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057941336</t>
+          <t>9786057941404</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ay ve Yıldızlardan Öyküler</t>
+          <t>Evanjelizm ve Yeni Dünya Düzeni</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057941220</t>
+          <t>9786057941275</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Vegan Diyeti</t>
+          <t>Kayıp Uçak</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059331654</t>
+          <t>9786057941282</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Yüce Güç İnsan</t>
+          <t>Dünyanın Yaratılışına Dair Öyküler</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057941183</t>
+          <t>9786057941336</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Genç Toplumbilimcilere 37 Ahlaki Buyruk</t>
+          <t>Güneş Ay ve Yıldızlardan Öyküler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057941084</t>
+          <t>9786057941220</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı'nda Seks ve Propaganda</t>
+          <t>Vegan Diyeti</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057941299</t>
+          <t>9786059331654</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Araçlarında Mitoslar</t>
+          <t>Alevilikte Yüce Güç İnsan</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057941121</t>
+          <t>9786057941183</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Mantık Bulmacaları</t>
+          <t>Genç Toplumbilimcilere 37 Ahlaki Buyruk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057941091</t>
+          <t>9786057941084</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlunun Yaratılış Öyküleri</t>
+          <t>2. Dünya Savaşı'nda Seks ve Propaganda</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
+          <t>9786057941299</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Kitle İletişim Araçlarında Mitoslar</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786057941121</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Sıradışı Mantık Bulmacaları</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786057941091</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>İnsanoğlunun Yaratılış Öyküleri</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
           <t>9786057941190</t>
         </is>
       </c>
-      <c r="B257" s="1" t="inlineStr">
+      <c r="B260" s="1" t="inlineStr">
         <is>
           <t>Gömülü Şehirler</t>
         </is>
       </c>
-      <c r="C257" s="1">
+      <c r="C260" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>