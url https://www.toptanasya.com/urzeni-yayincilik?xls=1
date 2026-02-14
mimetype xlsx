--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,3925 +85,4360 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259385181</t>
+          <t>9786058352155</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Akademik Bakışla Beşiktaş JK - 2</t>
+          <t>Köyde</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3990000022051</t>
+          <t>9786059319492</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Emile Ya Da Çocuk Eğitimi</t>
+          <t>Bugün Düştüm Aşktan</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259275055</t>
+          <t>9786057941589</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tüketim İletişimi</t>
+          <t>Osmanlının Kanlı Tarihi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>4444444442720</t>
+          <t>9786057941176</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bulut</t>
+          <t>Gök Tanrı İnancı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>270</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259398426</t>
+          <t>9786057941077</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Anatomisi</t>
+          <t>Fihi Ma Fih</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1000</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259398440</t>
+          <t>9786057941350</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Denizli Tarihinin Kaynakları</t>
+          <t>Postacı Kız</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1000</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786050314151</t>
+          <t>9786057941435</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Konuk</t>
+          <t>Aylak Sınıfın Kuramı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050315820</t>
+          <t>9786057941213</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Adam</t>
+          <t>Osmanlı Sarayında Cinsel Eğilimler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050614435</t>
+          <t>9786050614404</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Su Pınarları - Mitler ve Efsaneler</t>
+          <t>Kafkasya'da Bir Esir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255518972</t>
+          <t>9786057941787</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uc Savaşçıları - 2. Kitap</t>
+          <t>Mavi Boncuklu Çarıklar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257221108</t>
+          <t>3396057941855</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bizans Döneminde Anadolu’da Yaşayan Ermeniler</t>
+          <t>Profesör Atatürk</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050619034</t>
+          <t>9786050619010</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sufizm</t>
+          <t>Delirium</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752489080</t>
+          <t>9786050605426</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetlendirilmiş Sevgi(li) Şiddeti</t>
+          <t>Kadınlar Gezegeni</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050619072</t>
+          <t>9786050605488</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>The Soul of Man Under Socialism</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>40</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050614459</t>
+          <t>9786057941824</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Trampetçi - Mitler ve Efsaneler</t>
+          <t>Devlet ve Demokrasi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050614442</t>
+          <t>9786058361331</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Günahkar Peri - Mitler ve Efsaneler</t>
+          <t>Namusum ve Şerefim Üzerine And İçerim 1-2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050315837</t>
+          <t>9786050614411</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Taş Konak</t>
+          <t>Tasavvuf</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050314168</t>
+          <t>9786050614428</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şairin İlham Perileri</t>
+          <t>Teleny</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255518934</t>
+          <t>3990000027725</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Arası Zihinsel Akış</t>
+          <t>Çatalhöyük Günleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255518958</t>
+          <t>9786057941329</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sinema- Kuram Dönem</t>
+          <t>Troya'nın Hazineleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057760135</t>
+          <t>3990000050805</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Sermaye Birikimi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255518729</t>
+          <t>9786057941978</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>An Introduction to the Problem of Meaning and Reference: From Frege to Grice</t>
+          <t>Türklerin Gerçek Tarihi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255518552</t>
+          <t>9786058361324</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kant, Causality And Freedom</t>
+          <t>Namusum ve Şerefim Üzerine And İçerim - Kurtuluş Savaşı 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055935849</t>
+          <t>9786057941831</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Simgeler ve Rıza Kenti Cilt 1</t>
+          <t>Sis Perdesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>800</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055296773</t>
+          <t>9786059331524</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Tasarım</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>312</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3990057941473</t>
+          <t>9786057941114</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Kuğunun Çığlığı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786050625967</t>
+          <t>9786258693171</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bizans Döneminde Anadolu’da Yaşayan Ermeniler</t>
+          <t>Bizans Ermeni İlişkleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057760241</t>
+          <t>9786258693140</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Sineması 1960-1990</t>
+          <t>Necip Fazıl Kısakürekin Perspektifinden Atatürk ve Cumhuriyet Devrimlerinin Yansımaları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057941558</t>
+          <t>3990000941862</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Berdibek Sokpakbayev</t>
+          <t>Bilgi Erişim Sistemleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256005563</t>
+          <t>9786259385181</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Mülakatları</t>
+          <t>Akademik Bakışla Beşiktaş JK - 2</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256005570</t>
+          <t>3990000022051</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Yazıları</t>
+          <t>Emile Ya Da Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057941060</t>
+          <t>9786259275055</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Beş Çember Kitabı</t>
+          <t>Tüketim İletişimi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059331053</t>
+          <t>4444444442720</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kimlik ve Etnik Açılım</t>
+          <t>Mavi Bulut</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257647038</t>
+          <t>9786259398426</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hakan Günday Romanlarında Aylaklık Ve Gündelik Yaşam</t>
+          <t>Yeni Medya Anatomisi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050605457</t>
+          <t>9786259398440</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>Denizli Tarihinin Kaynakları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050619065</t>
+          <t>9786050314151</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Zoraki Konuk</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050619058</t>
+          <t>9786050315820</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>What is Man?</t>
+          <t>Tuhaf Bir Adam</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050619096</t>
+          <t>9786050614435</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hunger</t>
+          <t>Kan ve Su Pınarları - Mitler ve Efsaneler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057941640</t>
+          <t>9786255518972</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Dubliners</t>
+          <t>Uc Savaşçıları - 2. Kitap</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057941695</t>
+          <t>9786257221108</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Chees</t>
+          <t>Bizans Döneminde Anadolu’da Yaşayan Ermeniler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057941381</t>
+          <t>9786050619034</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Heart Of Darkness</t>
+          <t>100 Soruda Sufizm</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057760005</t>
+          <t>9789752489080</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>The Art Of War</t>
+          <t>Cinsiyetlendirilmiş Sevgi(li) Şiddeti</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050619089</t>
+          <t>9786050619072</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>The Great Gatsby</t>
+          <t>The Soul of Man Under Socialism</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050605440</t>
+          <t>9786050614459</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Altkültür Tarzın Anlamı</t>
+          <t>Hayalet Trampetçi - Mitler ve Efsaneler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057760074</t>
+          <t>9786050614442</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Esir Madde - Bilinç Yok Uzay Zaman Var</t>
+          <t>Günahkar Peri - Mitler ve Efsaneler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057760128</t>
+          <t>9786050315837</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Taş Konak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057941572</t>
+          <t>9786050314168</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tarih Onları Haklı Çıkardı</t>
+          <t>Şairin İlham Perileri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057941848</t>
+          <t>9786255518934</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gri Tavşan</t>
+          <t>Medeniyetler Arası Zihinsel Akış</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057941718</t>
+          <t>9786255518958</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary</t>
+          <t>Sinema- Kuram Dönem</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057941725</t>
+          <t>9786057760135</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>The Metamorphosis</t>
+          <t>Animal Farm</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057941701</t>
+          <t>9786255518729</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Death İn Venice</t>
+          <t>An Introduction to the Problem of Meaning and Reference: From Frege to Grice</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057941732</t>
+          <t>9786255518552</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>The Picture Of Dorian Gray</t>
+          <t>Kant, Causality And Freedom</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057941688</t>
+          <t>9786055935849</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>The Call Of The Wild</t>
+          <t>Simgeler ve Rıza Kenti Cilt 1</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256885639</t>
+          <t>9786055296773</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nin Batı Balkanlar Politikası</t>
+          <t>Medya ve Tasarım</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256005587</t>
+          <t>3990057941473</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Understanding Television: A Journey Through its Theories and Practices</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257221207</t>
+          <t>9786050625967</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İstatistik ile Nasıl Yalan Söylenir?</t>
+          <t>Bizans Döneminde Anadolu’da Yaşayan Ermeniler</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256885950</t>
+          <t>9786057760241</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Medya Araştırmaları Kültür, Teori ve Uygulama</t>
+          <t>Türk Siyasal Sineması 1960-1990</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256005310</t>
+          <t>9786057941558</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bonneval Paşa’nın Layihaları</t>
+          <t>Berdibek Sokpakbayev</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256885226</t>
+          <t>9786256005563</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İnsanlardan Korkan Örümcek</t>
+          <t>Türk Dış Politikası Mülakatları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256005242</t>
+          <t>9786256005570</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Jean Baudrıllard ve Hipergerçeklik</t>
+          <t>Türk Dış Politikası Yazıları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256005150</t>
+          <t>9786057941060</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu Kitap 2. Cilt</t>
+          <t>Beş Çember Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256005013</t>
+          <t>9786059331053</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şaman Masalları</t>
+          <t>Ulusal Kimlik ve Etnik Açılım</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258349986</t>
+          <t>9786257647038</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Masal Arkadaşım</t>
+          <t>Hakan Günday Romanlarında Aylaklık Ve Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256885431</t>
+          <t>9786050605457</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Azınlıklar Politikası</t>
+          <t>Therese Raquin</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256885257</t>
+          <t>9786050619065</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özal</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>370</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258349740</t>
+          <t>9786050619058</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Işıklarının Çocukları</t>
+          <t>What is Man?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256885882</t>
+          <t>9786050619096</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>The Mythology Of Gobeklı Tepe</t>
+          <t>Hunger</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258349825</t>
+          <t>9786057941640</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aile Sineması Yılları 1960'lar</t>
+          <t>Dubliners</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256885769</t>
+          <t>9786057941695</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Yedi Sütunu Kitap 1</t>
+          <t>Chees</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256885660</t>
+          <t>9786057941381</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Akademik Bakışla Beşiktaş Jk</t>
+          <t>Heart Of Darkness</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256885813</t>
+          <t>9786057760005</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Children Of The Northern Lights</t>
+          <t>The Art Of War</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256885806</t>
+          <t>9786050619089</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>The Other Worlds</t>
+          <t>The Great Gatsby</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256885622</t>
+          <t>9786050605440</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Fikir İşçilerinin İş Güvenliği</t>
+          <t>Altkültür Tarzın Anlamı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256885554</t>
+          <t>9786057760074</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Almanya Siyasetine Giriş</t>
+          <t>Esir Madde - Bilinç Yok Uzay Zaman Var</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256885561</t>
+          <t>9786057760128</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Saati Bozuk Kadınlar</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256885530</t>
+          <t>9786057941572</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’de Kültür ve Hakikat</t>
+          <t>Tarih Onları Haklı Çıkardı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256885509</t>
+          <t>9786057941848</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Han Mirgen</t>
+          <t>Gri Tavşan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256885493</t>
+          <t>9786057941718</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Huban Arığ</t>
+          <t>Madame Bovary</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256885424</t>
+          <t>9786057941725</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Dijital Emek Sömürüsü</t>
+          <t>The Metamorphosis</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057941473</t>
+          <t>9786057941701</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Death İn Venice</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256885394</t>
+          <t>9786057941732</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kuramları</t>
+          <t>The Picture Of Dorian Gray</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256885400</t>
+          <t>9786057941688</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Yabancı Dilleri</t>
+          <t>The Call Of The Wild</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256885356</t>
+          <t>9786256885639</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Eğlence Kültürü</t>
+          <t>Avrupa Birliği'nin Batı Balkanlar Politikası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256885318</t>
+          <t>9786256005587</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Oyun, Dijital Oyun, Bağımlılık Ve Motivasyon Kavramları Arasındaki İlişkiler</t>
+          <t>Understanding Television: A Journey Through its Theories and Practices</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256885288</t>
+          <t>9786257221207</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>“Mansplaınıng”</t>
+          <t>İstatistik ile Nasıl Yalan Söylenir?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256885141</t>
+          <t>9786256885950</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mystical Qabalah</t>
+          <t>Eleştirel Medya Araştırmaları Kültür, Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256885165</t>
+          <t>9786256005310</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Oyunların Dijital Hali 2</t>
+          <t>Bonneval Paşa’nın Layihaları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256885127</t>
+          <t>9786256885226</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Ekosisteminde Dönüşen Habercilik ve Teyitçilik</t>
+          <t>İnsanlardan Korkan Örümcek</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256885158</t>
+          <t>9786256005242</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Uc Savaşçıları</t>
+          <t>Jean Baudrıllard ve Hipergerçeklik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258349870</t>
+          <t>9786256005150</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Kuram - Kültürün Kültsel Kökenleri</t>
+          <t>Bilgeliğin Yedi Sütunu Kitap 2. Cilt</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257647793</t>
+          <t>9786256005013</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İnanma! Tersine Odaklan</t>
+          <t>Şaman Masalları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258349597</t>
+          <t>9786258349986</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılın Hatrı Varmış - 40+1 Film Üzerine Değinmeler</t>
+          <t>Masal Arkadaşım</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258349689</t>
+          <t>9786256885431</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kültür ve Seçim İletişimi Çalışmaları</t>
+          <t>Avrupa Birliği’nin Azınlıklar Politikası</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258349641</t>
+          <t>9786256885257</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Althusser ve Yeni Marksist Toplumsal Kuram</t>
+          <t>Turgut Özal</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257221627</t>
+          <t>9786258349740</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kadın Bedenini Islah Politikaları</t>
+          <t>Kuzey Işıklarının Çocukları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257221559</t>
+          <t>9786256885882</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik, Milliyetçilik ve Militarizm</t>
+          <t>The Mythology Of Gobeklı Tepe</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057941428</t>
+          <t>9786258349825</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Emile</t>
+          <t>Aile Sineması Yılları 1960'lar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257647069</t>
+          <t>9786256885769</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hedonik İletişim</t>
+          <t>Bilgeliğin Yedi Sütunu Kitap 1</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257647281</t>
+          <t>9786256885660</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İnternet Ortamında Serbest Gazetecilik</t>
+          <t>Akademik Bakışla Beşiktaş Jk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258349337</t>
+          <t>9786256885813</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Sorunu'nun İngiltere Parlamentosu'ndaki Yansımaları</t>
+          <t>Children Of The Northern Lights</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258349467</t>
+          <t>9786256885806</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kosova ve Makedonya Sinemasında Kadın Temsili</t>
+          <t>The Other Worlds</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257647731</t>
+          <t>9786256885622</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji ve Cinsiyet</t>
+          <t>Fikir İşçilerinin İş Güvenliği</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257647250</t>
+          <t>9786256885554</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Strateji</t>
+          <t>Almanya Siyasetine Giriş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257647373</t>
+          <t>9786256885561</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche: Kaderin Hayatındır</t>
+          <t>Biyolojik Saati Bozuk Kadınlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258349276</t>
+          <t>9786256885530</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi - Veraset Savaşları Gölgesinde Diplomasi</t>
+          <t>Nietzsche’de Kültür ve Hakikat</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057941527</t>
+          <t>9786256885509</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çatalhöyük Günleri / Kibele Öyküleri 1</t>
+          <t>Han Mirgen</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258349139</t>
+          <t>9786256885493</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Rusya - Ukrayna Savaşı Ve Medya</t>
+          <t>Huban Arığ</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257647328</t>
+          <t>9786256885424</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Siber Dünya</t>
+          <t>Sosyal Medyada Dijital Emek Sömürüsü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257647496</t>
+          <t>9786057941473</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sinema İletişim Edebiyat</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057941862</t>
+          <t>9786256885394</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Erişim Sistemleri</t>
+          <t>İletişim Kuramları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257221306</t>
+          <t>9786256885400</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Aylak Sınıfın Kuramı</t>
+          <t>Atatürk’ün Yabancı Dilleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257647779</t>
+          <t>9786256885356</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
+          <t>Türk Sinemasında Eğlence Kültürü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258349078</t>
+          <t>9786256885318</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sinemayı Yazmak</t>
+          <t>Oyun, Dijital Oyun, Bağımlılık Ve Motivasyon Kavramları Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258349122</t>
+          <t>9786256885288</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Kadınlar: Türkiye, Hindistan Ve Yeni Zelanda Örneği</t>
+          <t>“Mansplaınıng”</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258349108</t>
+          <t>9786256885141</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Söylemek Ve Göstermek</t>
+          <t>Mystical Qabalah</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257647786</t>
+          <t>9786256885165</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Liderlik</t>
+          <t>Oyunların Dijital Hali 2</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258349450</t>
+          <t>9786256885127</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Teorilerle Sineanaliz</t>
+          <t>Yeni Medya Ekosisteminde Dönüşen Habercilik ve Teyitçilik</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258349047</t>
+          <t>9786256885158</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tuluyhan Uğurlu'nun Anlatılarında İstanbul Kültürler Senfonisi</t>
+          <t>Uc Savaşçıları</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258349221</t>
+          <t>9786258349870</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında İntihar</t>
+          <t>Kültürel Kuram - Kültürün Kültsel Kökenleri</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258349146</t>
+          <t>9786257647793</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Ölüm</t>
+          <t>İnanma! Tersine Odaklan</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257647762</t>
+          <t>9786258349597</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi ve Kültürü</t>
+          <t>Kırk Yılın Hatrı Varmış - 40+1 Film Üzerine Değinmeler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258349436</t>
+          <t>9786258349689</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Türk Vatandaşlığının ve Kimliğinin İnşasında Eğitim</t>
+          <t>Siyasal Kültür ve Seçim İletişimi Çalışmaları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258349313</t>
+          <t>9786258349641</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İşçi Partisi</t>
+          <t>Althusser ve Yeni Marksist Toplumsal Kuram</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258349177</t>
+          <t>9786257221627</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Medya ve Demokrasi</t>
+          <t>Kadın Bedenini Islah Politikaları</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786258349207</t>
+          <t>9786257221559</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin NATO'ya Girişi</t>
+          <t>Erkeklik, Milliyetçilik ve Militarizm</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786258349115</t>
+          <t>9786057941428</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Kutsal Metinlerinde Havva</t>
+          <t>Emile</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257221436</t>
+          <t>9786257647069</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk ve Hayaller</t>
+          <t>Hedonik İletişim</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257221672</t>
+          <t>9786257647281</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hakas Destanlarında Kadın Kahramanlar</t>
+          <t>İnternet Ortamında Serbest Gazetecilik</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786258349382</t>
+          <t>9786258349337</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Animasyon Sineması: Tarih, Kuram, Uygulama</t>
+          <t>Kıbrıs Sorunu'nun İngiltere Parlamentosu'ndaki Yansımaları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786258349269</t>
+          <t>9786258349467</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>1909 Adana - Karşı Devrimin Sosyo-Ekonomik Ve Siyasi Arka Planı</t>
+          <t>Kosova ve Makedonya Sinemasında Kadın Temsili</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257647960</t>
+          <t>9786257647731</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Asghar Farhadi Sineması</t>
+          <t>Mitoloji ve Cinsiyet</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057146267</t>
+          <t>9786257647250</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yeşilcam'da Kötü Adam</t>
+          <t>Mustafa Kemal Atatürk ve Strateji</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057361691</t>
+          <t>9786257647373</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Netflix Etkisi - Dijital Çağda Ekran Kültürü</t>
+          <t>Nietzsche: Kaderin Hayatındır</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057361684</t>
+          <t>9786258349276</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Tüketim Kültürü</t>
+          <t>Diplomasi - Veraset Savaşları Gölgesinde Diplomasi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057370686</t>
+          <t>9786057941527</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kimlik, Öteki Ve Ötekileştirme Bağlamında Sinema</t>
+          <t>Çatalhöyük Günleri / Kibele Öyküleri 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257647977</t>
+          <t>9786258349139</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Fransa İlişkileri</t>
+          <t>Rusya - Ukrayna Savaşı Ve Medya</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257221733</t>
+          <t>9786257647328</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şintoizm ve Kadın</t>
+          <t>Siber Dünya</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257647991</t>
+          <t>9786257647496</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kazakistan Korelileri</t>
+          <t>Sinema İletişim Edebiyat</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257647700</t>
+          <t>9786057941862</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Sinema Yazıları</t>
+          <t>Bilgi Erişim Sistemleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257221931</t>
+          <t>9786257221306</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bizans İmparatorluğu'nda Ermeniler</t>
+          <t>Aylak Sınıfın Kuramı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257221887</t>
+          <t>9786257647779</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ezoterizm ve Masonlar</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057941855</t>
+          <t>9786258349078</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Profesör Atatürk - Bir Dahinin Keşfedilmemiş Dünyası</t>
+          <t>Sinemayı Yazmak</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257647199</t>
+          <t>9786258349122</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçar mı?</t>
+          <t>Siyasette Kadınlar: Türkiye, Hindistan Ve Yeni Zelanda Örneği</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257221900</t>
+          <t>9786258349108</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hazretler Sineması Yeşilçam'ın Hazretli Filmleri</t>
+          <t>Söylemek Ve Göstermek</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257221498</t>
+          <t>9786257647786</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharı ve Mısır</t>
+          <t>Spiritüel Liderlik</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257647557</t>
+          <t>9786258349450</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Yardım Rejiminin Yerel Düzeyde Örgütlenmesi</t>
+          <t>Teorilerle Sineanaliz</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257647342</t>
+          <t>9786258349047</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kötü Filmler</t>
+          <t>Tuluyhan Uğurlu'nun Anlatılarında İstanbul Kültürler Senfonisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257647588</t>
+          <t>9786258349221</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Kent</t>
+          <t>Türk Sinemasında İntihar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257221474</t>
+          <t>9786258349146</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Korku</t>
+          <t>Türk Sinemasında Ölüm</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257647526</t>
+          <t>9786257647762</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sibirya'dan Anadolu'ya Türk Şamanizmi’nin Sosyolojisi</t>
+          <t>Türk Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257221351</t>
+          <t>9786258349436</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun Mukaddime'sinde Şehir Sosyolojisi</t>
+          <t>Türk Vatandaşlığının ve Kimliğinin İnşasında Eğitim</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257647465</t>
+          <t>9786258349313</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyalar</t>
+          <t>Türkiye İşçi Partisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257647489</t>
+          <t>9786258349177</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Oyunların Dijital Hali</t>
+          <t>Türkiye'de Medya ve Demokrasi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257647205</t>
+          <t>9786258349207</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Batının Kadrajındaki Doğu Yolları</t>
+          <t>Türkiye'nin NATO'ya Girişi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257221993</t>
+          <t>9786258349115</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağının Görünmeyen Yüzü</t>
+          <t>Yahudi Kutsal Metinlerinde Havva</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257647007</t>
+          <t>9786257221436</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu Sinemasında Mitolojik Anlatım</t>
+          <t>Yoksulluk ve Hayaller</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257647021</t>
+          <t>9786257221672</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ’da Darbeler</t>
+          <t>Hakas Destanlarında Kadın Kahramanlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257647113</t>
+          <t>9786258349382</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Medyatik İnşası: Yeni Soğuk Savaş Ve Medya</t>
+          <t>Animasyon Sineması: Tarih, Kuram, Uygulama</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257647335</t>
+          <t>9786258349269</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Balkan Bektaşileri</t>
+          <t>1909 Adana - Karşı Devrimin Sosyo-Ekonomik Ve Siyasi Arka Planı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257221450</t>
+          <t>9786257647960</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İran İslam Devrimi</t>
+          <t>Asghar Farhadi Sineması</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257647243</t>
+          <t>9786057146267</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dijital ve Sonrası</t>
+          <t>Yeşilcam'da Kötü Adam</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257647274</t>
+          <t>9786057361691</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Resim Sanatında Deformasyon</t>
+          <t>Netflix Etkisi - Dijital Çağda Ekran Kültürü</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257647236</t>
+          <t>9786057361684</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Hareketler ve Sinema</t>
+          <t>Yapay Zeka ve Tüketim Kültürü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257647175</t>
+          <t>9786057370686</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ’da Kadın</t>
+          <t>Kimlik, Öteki Ve Ötekileştirme Bağlamında Sinema</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257647144</t>
+          <t>9786257647977</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu ve Cinsiyet</t>
+          <t>Türkiye Fransa İlişkileri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257647168</t>
+          <t>9786257221733</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Simmel’in Gözüyle Modernitenin Sosyolojisi</t>
+          <t>Şintoizm ve Kadın</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257647151</t>
+          <t>9786257647991</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Propaganda Animasyonları</t>
+          <t>Kazakistan Korelileri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257647106</t>
+          <t>9786257647700</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Siberfeminizm</t>
+          <t>Belgesel Sinema Yazıları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254448195</t>
+          <t>9786257221931</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yunan Hikayelerinde Kadın ve Ulusçu Kimliğin Üretimi</t>
+          <t>Bizans İmparatorluğu'nda Ermeniler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257221849</t>
+          <t>9786257221887</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Korku Filmlerinde Belirsizlik İmgesi</t>
+          <t>Ezoterizm ve Masonlar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257221702</t>
+          <t>9786057941855</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Gazali ve Henri Bergson Felsefesinde Sezgi</t>
+          <t>Profesör Atatürk - Bir Dahinin Keşfedilmemiş Dünyası</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257221986</t>
+          <t>9786257647199</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Bienalleri ve Küratörlük</t>
+          <t>Söz Uçar mı?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257221979</t>
+          <t>9786257221900</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrası Çin-Hindistan İlişkileri</t>
+          <t>Hazretler Sineması Yeşilçam'ın Hazretli Filmleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257221955</t>
+          <t>9786257221498</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk-Amerikan İlişkileri</t>
+          <t>Arap Baharı ve Mısır</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257647014</t>
+          <t>9786257647557</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet ve Milli Mücadele Yıllarında Kürt-Ermeni İlişkileri</t>
+          <t>Sosyal Yardım Rejiminin Yerel Düzeyde Örgütlenmesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257221610</t>
+          <t>9786257647342</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Dinin Lacancı Psikanalizi</t>
+          <t>Kötü Kötü Filmler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257221696</t>
+          <t>9786257647588</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bizans ve Türkler Arasında Ermeniler</t>
+          <t>İletişim ve Kent</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257221832</t>
+          <t>9786257221474</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Partilerin Sağ ve Sol Ekseninde Hizalanması</t>
+          <t>Kent ve Korku</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257221573</t>
+          <t>9786257647526</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yeşilçam Sinemasında Genç Kadınlar</t>
+          <t>Sibirya'dan Anadolu'ya Türk Şamanizmi’nin Sosyolojisi</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257221641</t>
+          <t>9786257221351</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tanrı</t>
+          <t>İbn Haldun Mukaddime'sinde Şehir Sosyolojisi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257221160</t>
+          <t>9786257647465</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Öteki ve Ötekileştirme Bağlamında Köylülük  ve Kentlilik</t>
+          <t>Başka Dünyalar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257221511</t>
+          <t>9786257647489</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Kültür Geleneğinde Şahmaran</t>
+          <t>Oyunların Dijital Hali</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257221689</t>
+          <t>9786257647205</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadeledeki İsyanlar ve Çerkes Ethem</t>
+          <t>Batının Kadrajındaki Doğu Yolları</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257221597</t>
+          <t>9786257221993</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İngiltere (Birleşik Krallık) Siyaseti</t>
+          <t>Gökkuşağının Görünmeyen Yüzü</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257221467</t>
+          <t>9786257647007</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hababam Sınıfı Filmlerinin Değerler Eğitimine Etkisi</t>
+          <t>Bilimkurgu Sinemasında Mitolojik Anlatım</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257221191</t>
+          <t>9786257647021</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gözetim Toplumunda Teşhir</t>
+          <t>Eskiçağ’da Darbeler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257221603</t>
+          <t>9786257647113</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şintoizm</t>
+          <t>Savaşın Medyatik İnşası: Yeni Soğuk Savaş Ve Medya</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257221481</t>
+          <t>9786257647335</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dijital Emek ve Yabancılaşma</t>
+          <t>Balkan Bektaşileri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257221443</t>
+          <t>9786257221450</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni</t>
+          <t>İran İslam Devrimi</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257221580</t>
+          <t>9786257647243</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Metin Çözümleme</t>
+          <t>Dijital ve Sonrası</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257221405</t>
+          <t>9786257647274</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Narsizm ve Liderlik</t>
+          <t>Resim Sanatında Deformasyon</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257221245</t>
+          <t>9786257647236</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Timarion</t>
+          <t>Toplumsal Hareketler ve Sinema</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786254448119</t>
+          <t>9786257647175</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Doğu'da ve Batı'da Hümanizm</t>
+          <t>Eskiçağ’da Kadın</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257221139</t>
+          <t>9786257647144</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Modernleşme Işığında Türk Ütopyaları</t>
+          <t>Bilimkurgu ve Cinsiyet</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257860086</t>
+          <t>9786257647168</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>The Times Gazetesi'ne Göre Demokrat Parti Dış Politikası</t>
+          <t>Simmel’in Gözüyle Modernitenin Sosyolojisi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257221085</t>
+          <t>9786257647151</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Albert Camus ve Varoluşçuluk</t>
+          <t>Sovyet Propaganda Animasyonları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257221047</t>
+          <t>9786257647106</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Kökenleriyle Şamanizm ve Kadın</t>
+          <t>Siberfeminizm</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257221177</t>
+          <t>9786254448195</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Postmodernite ve İroni: Nietzsche and Rorty</t>
+          <t>Yunan Hikayelerinde Kadın ve Ulusçu Kimliğin Üretimi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254448126</t>
+          <t>9786257221849</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Descartes Bağlamında Tartışılan Delilik</t>
+          <t>Korku Filmlerinde Belirsizlik İmgesi</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257860031</t>
+          <t>9786257221702</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Masaldı Geçen Yıllar (1926-1960)</t>
+          <t>Gazali ve Henri Bergson Felsefesinde Sezgi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786050605464</t>
+          <t>9786257221986</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Olumlu Düşünce El Kitabı</t>
+          <t>Çağdaş Sanat Bienalleri ve Küratörlük</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050625950</t>
+          <t>9786257221979</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça Hekate</t>
+          <t>Soğuk Savaş Sonrası Çin-Hindistan İlişkileri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050625912</t>
+          <t>9786257221955</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kriz Üçgeninde Türkiye Cilt 3</t>
+          <t>Türk-Amerikan İlişkileri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786050625905</t>
+          <t>9786257647014</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kriz Üçgeninde Türkiye Cilt 2</t>
+          <t>2. Meşrutiyet ve Milli Mücadele Yıllarında Kürt-Ermeni İlişkileri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257221054</t>
+          <t>9786257221610</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sinema Tarihyazımı</t>
+          <t>Yönetim ve Dinin Lacancı Psikanalizi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786050625943</t>
+          <t>9786257221696</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Görsel İmgelerin Bilinçaltı</t>
+          <t>Bizans ve Türkler Arasında Ermeniler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>440</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050625936</t>
+          <t>9786257221832</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Omuzlarda Yeşeren Umutlar</t>
+          <t>Türkiye’de Partilerin Sağ ve Sol Ekseninde Hizalanması</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786050625981</t>
+          <t>9786257221573</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Türk Adının Anlamı Türklerin Menşei</t>
+          <t>Yeşilçam Sinemasında Genç Kadınlar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050625974</t>
+          <t>9786257221641</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Düşünce Dünyasında Evrim Teorisi Tartışmaları</t>
+          <t>Tanrı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050619027</t>
+          <t>9786257221160</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zebra İle Dans</t>
+          <t>Öteki ve Ötekileştirme Bağlamında Köylülük  ve Kentlilik</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786050605495</t>
+          <t>9786257221511</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kapadokya Macerası</t>
+          <t>Anadolu Türk Kültür Geleneğinde Şahmaran</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786050605433</t>
+          <t>9786257221689</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ayakkabılı Saka Kuşu</t>
+          <t>Milli Mücadeledeki İsyanlar ve Çerkes Ethem</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786050605419</t>
+          <t>9786257221597</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Yeniden Doğuş</t>
+          <t>İngiltere (Birleşik Krallık) Siyaseti</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057941541</t>
+          <t>9786257221467</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>McLuhan’ın Kehaneti</t>
+          <t>Hababam Sınıfı Filmlerinin Değerler Eğitimine Etkisi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059331173</t>
+          <t>9786257221191</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve İdeoloji</t>
+          <t>Gözetim Toplumunda Teşhir</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057941008</t>
+          <t>9786257221603</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Maya</t>
+          <t>Şintoizm</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057760050</t>
+          <t>9786257221481</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Simgeler ve Rıza Kenti: Alevilik - Bektaşilik 2. Cilt</t>
+          <t>Dijital Emek ve Yabancılaşma</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057760043</t>
+          <t>9786257221443</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'nın Mesnevi'deki Bilimsel Kehanetleri ve Bulguları</t>
+          <t>Şizofreni</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057941480</t>
+          <t>9786257221580</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Basın Özgürlüğü</t>
+          <t>Metin Çözümleme</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057941459</t>
+          <t>9786257221405</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Vals Partneriniz Korku Kültürü</t>
+          <t>Narsizm ve Liderlik</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057760029</t>
+          <t>9786257221245</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Tarihi</t>
+          <t>Timarion</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057941534</t>
+          <t>9786254448119</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Alışkanlıklarımız</t>
+          <t>Doğu'da ve Batı'da Hümanizm</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057760012</t>
+          <t>9786257221139</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray Liseli Gazeteciler</t>
+          <t>Modernleşme Işığında Türk Ütopyaları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057941992</t>
+          <t>9786257860086</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Siyah Beyaz Yayından Netflix’e Türkiye’de Televizyonun Kısa Tarihi</t>
+          <t>The Times Gazetesi'ne Göre Demokrat Parti Dış Politikası</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057941305</t>
+          <t>9786257221085</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Reklamı Okumak Reklamı Anlamak</t>
+          <t>Albert Camus ve Varoluşçuluk</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057941312</t>
+          <t>9786257221047</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dijital Reklamcılık Bize Ne Anlatır?</t>
+          <t>Mitolojik Kökenleriyle Şamanizm ve Kadın</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057941770</t>
+          <t>9786257221177</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Postmodernite ve İroni: Nietzsche and Rorty</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057941947</t>
+          <t>9786254448126</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Agatha Christie’nin Günlüğü</t>
+          <t>Descartes Bağlamında Tartışılan Delilik</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057941954</t>
+          <t>9786257860031</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Elveda Otranto</t>
+          <t>Bir Masaldı Geçen Yıllar (1926-1960)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057941497</t>
+          <t>9786050605464</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yol</t>
+          <t>Olumlu Düşünce El Kitabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257647267</t>
+          <t>9786050625950</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Film Kurgusu</t>
+          <t>Tanrıça Hekate</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057941909</t>
+          <t>9786050625912</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sinema Kültür İletişim Okumaları</t>
+          <t>Kriz Üçgeninde Türkiye Cilt 3</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057941916</t>
+          <t>9786050625905</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Film Okumaları</t>
+          <t>Kriz Üçgeninde Türkiye Cilt 2</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057941817</t>
+          <t>9786257221054</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Zebra Tuzağı</t>
+          <t>Sinema Tarihyazımı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057941800</t>
+          <t>9786050625943</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Turiz Mizah ya da Turizmi İzah 2</t>
+          <t>Görsel İmgelerin Bilinçaltı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057941794</t>
+          <t>9786050625936</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Yangınlara Fazla Bakan Gözler Yaşarır</t>
+          <t>Omuzlarda Yeşeren Umutlar</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057941756</t>
+          <t>9786050625981</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Ak Saçları</t>
+          <t>Türk Adının Anlamı Türklerin Menşei</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057941763</t>
+          <t>9786050625974</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İdeoloji ve Popüler Protesto</t>
+          <t>Osmanlı Düşünce Dünyasında Evrim Teorisi Tartışmaları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057941510</t>
+          <t>9786050619027</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Göçler ve Efsaneler</t>
+          <t>Zebra İle Dans</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057941749</t>
+          <t>9786050605495</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bir Anda</t>
+          <t>Kapadokya Macerası</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057941466</t>
+          <t>9786050605433</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bizans'ın Son Sezarları</t>
+          <t>Kırmızı Ayakkabılı Saka Kuşu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057941657</t>
+          <t>9786050605419</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Beklenmeyen Misafir</t>
+          <t>Ölüm ve Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057941268</t>
+          <t>9786057941541</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kapı Ayasofya</t>
+          <t>McLuhan’ın Kehaneti</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057941619</t>
+          <t>9786059331173</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Batık Kentin Cadısı</t>
+          <t>Çocuk ve İdeoloji</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057941503</t>
+          <t>9786057941008</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Peygamber Midir?</t>
+          <t>Maya</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057941633</t>
+          <t>9786057760050</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Altın Çan</t>
+          <t>Simgeler ve Rıza Kenti: Alevilik - Bektaşilik 2. Cilt</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>3990000022191</t>
+          <t>9786057760043</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ermiş Gezgin</t>
+          <t>Mevlana'nın Mesnevi'deki Bilimsel Kehanetleri ve Bulguları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057941404</t>
+          <t>9786057941480</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Evanjelizm ve Yeni Dünya Düzeni</t>
+          <t>Türkiye'de Basın Özgürlüğü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057941275</t>
+          <t>9786057941459</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Uçak</t>
+          <t>Vals Partneriniz Korku Kültürü</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057941282</t>
+          <t>9786057760029</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yaratılışına Dair Öyküler</t>
+          <t>Türk Siyasal Tarihi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>170</v>
+        <v>420</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057941336</t>
+          <t>9786057941534</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ay ve Yıldızlardan Öyküler</t>
+          <t>Alışkanlıklarımız</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057941220</t>
+          <t>9786057760012</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Vegan Diyeti</t>
+          <t>Galatasaray Liseli Gazeteciler</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059331654</t>
+          <t>9786057941992</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Yüce Güç İnsan</t>
+          <t>Siyah Beyaz Yayından Netflix’e Türkiye’de Televizyonun Kısa Tarihi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057941183</t>
+          <t>9786057941305</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Genç Toplumbilimcilere 37 Ahlaki Buyruk</t>
+          <t>Reklamı Okumak Reklamı Anlamak</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057941084</t>
+          <t>9786057941312</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı'nda Seks ve Propaganda</t>
+          <t>Dijital Reklamcılık Bize Ne Anlatır?</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057941299</t>
+          <t>9786057941770</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Araçlarında Mitoslar</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057941121</t>
+          <t>9786057941947</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Mantık Bulmacaları</t>
+          <t>Agatha Christie’nin Günlüğü</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057941091</t>
+          <t>9786057941954</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlunun Yaratılış Öyküleri</t>
+          <t>Elveda Otranto</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
+          <t>9786057941497</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Yol</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786257647267</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Film Kurgusu</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9786057941909</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Kültür İletişim Okumaları</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786057941916</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Film Okumaları</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786057941817</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Zebra Tuzağı</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9786057941800</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Turiz Mizah ya da Turizmi İzah 2</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786057941794</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Yangınlara Fazla Bakan Gözler Yaşarır</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786057941756</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluğumun Ak Saçları</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786057941763</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>İdeoloji ve Popüler Protesto</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786057941510</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Göçler ve Efsaneler</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786057941749</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Bir Anda</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786057941466</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Bizans'ın Son Sezarları</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786057941657</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Beklenmeyen Misafir</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786057941268</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Kapı Ayasofya</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786057941619</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Batık Kentin Cadısı</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786057941503</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Sokrates Peygamber Midir?</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786057941633</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Altın Çan</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>3990000022191</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Ermiş Gezgin</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786057941404</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Evanjelizm ve Yeni Dünya Düzeni</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786057941275</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Uçak</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9786057941282</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Yaratılışına Dair Öyküler</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9786057941336</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Güneş Ay ve Yıldızlardan Öyküler</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9786057941220</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Vegan Diyeti</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9786059331654</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Alevilikte Yüce Güç İnsan</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9786057941183</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Genç Toplumbilimcilere 37 Ahlaki Buyruk</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9786057941084</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>2. Dünya Savaşı'nda Seks ve Propaganda</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9786057941299</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Kitle İletişim Araçlarında Mitoslar</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9786057941121</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Sıradışı Mantık Bulmacaları</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9786057941091</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>İnsanoğlunun Yaratılış Öyküleri</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
           <t>9786057941190</t>
         </is>
       </c>
-      <c r="B260" s="1" t="inlineStr">
+      <c r="B289" s="1" t="inlineStr">
         <is>
           <t>Gömülü Şehirler</t>
         </is>
       </c>
-      <c r="C260" s="1">
+      <c r="C289" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>