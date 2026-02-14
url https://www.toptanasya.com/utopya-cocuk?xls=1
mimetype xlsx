--- v0 (2025-10-26)
+++ v1 (2026-02-14)
@@ -85,445 +85,595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259584485</t>
+          <t>9786259379173</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Diyet</t>
+          <t>Çebi Çetin ve Köyceğiz Köyü’nde Bir Tatil</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259642000</t>
+          <t>9786259379180</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bir Deyimlik Macera</t>
+          <t>Çebi Çetin ve Büyüklerin Anlamsız Soruları</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259584416</t>
+          <t>9786259379166</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çebi Çetin ve Bazı Arkadaşlık Meseleleri</t>
+          <t>Sinek Sekine ve Oldukça Tuhaf Günlüğü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259584454</t>
+          <t>9786259379128</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Matematik Köyü - Bu Sayıların Nesi Var?</t>
+          <t>Saygı Duymak Belki de Böyle Bir Şey - Kalemlikopolis</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259584461</t>
+          <t>9786259379111</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çatlak Filozof’un Bilim Günlüğü / Evren Çorbası</t>
+          <t>Şefkatli Olmak Belki de Böyle Bir Şey - Kalemlikopolis</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259584447</t>
+          <t>9786259379135</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Matematik Köyü - Kafası Karışık Sayılar</t>
+          <t>Sorumluluk Belki de Böyle Bir Şey - Kalemlikopolis</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259584478</t>
+          <t>9786259379159</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Galiba Yazar Oluyorum</t>
+          <t>Çekirge ve Küçük Yolcu - Küçük Yolcu ve Çekirge (İki Kitap Birlikte)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259584430</t>
+          <t>9786259379142</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Ne Onunla Ne Onsuz: Teknoloji - Çatlak Filozof'un Bilim Günlüğü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259584423</t>
+          <t>9786259642017</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ferman</t>
+          <t>Fare Çıt Hayal Kuruyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259584409</t>
+          <t>9786259584492</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çebi Çetin ve Görünmezlik Pelerini</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259550992</t>
+          <t>9786259584485</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Galiba Ressam Oluyorum</t>
+          <t>Diyet</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>330</v>
+        <v>130</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259550985</t>
+          <t>9786259642000</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Haritası</t>
+          <t>Bir Deyimlik Macera</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259550978</t>
+          <t>9786259584416</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kabuklu Bir Masal</t>
+          <t>Çebi Çetin ve Bazı Arkadaşlık Meseleleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259550961</t>
+          <t>9786259584454</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Katlanamayan Yelpaze / Çocuk Gözlüğünden Felsefe</t>
+          <t>Matematik Köyü - Bu Sayıların Nesi Var?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259550947</t>
+          <t>9786259584461</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Yiyecekler Konuşuyor: Besin Dedektifinin El Kitabı</t>
+          <t>Çatlak Filozof’un Bilim Günlüğü / Evren Çorbası</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259550954</t>
+          <t>9786259584447</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çatlak Filozof’un Bilim Günlüğü 1 – Benim Güzel Evim: İnsan Vücudu</t>
+          <t>Matematik Köyü - Kafası Karışık Sayılar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259550930</t>
+          <t>9786259584478</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Tasavvuf Atlası</t>
+          <t>Galiba Yazar Oluyorum</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259550916</t>
+          <t>9786259584430</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259550923</t>
+          <t>9786259584423</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Ferman</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259405094</t>
+          <t>9786259584409</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Çebi Çetin ve Görünmezlik Pelerini</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259405087</t>
+          <t>9786259550992</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Galiba Ressam Oluyorum</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259550909</t>
+          <t>9786259550985</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tom Amca’nın Kulübesi</t>
+          <t>Ninemin Haritası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259405070</t>
+          <t>9786259550978</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Benim Parkım</t>
+          <t>Kabuklu Bir Masal</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259405063</t>
+          <t>9786259550961</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yola Düşmek</t>
+          <t>Katlanamayan Yelpaze / Çocuk Gözlüğünden Felsefe</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259405025</t>
+          <t>9786259550947</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dünya Fanusunun Sırları</t>
+          <t>Dikkat Yiyecekler Konuşuyor: Besin Dedektifinin El Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259405018</t>
+          <t>9786259550954</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kitabın İçine Düşen Çocuk</t>
+          <t>Çatlak Filozof’un Bilim Günlüğü 1 – Benim Güzel Evim: İnsan Vücudu</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
+          <t>9786259550930</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>İstanbul Tasavvuf Atlası</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786259550916</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Kaşağı</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786259550923</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786259405094</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Robinson Crusoe</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786259405087</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786259550909</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Tom Amca’nın Kulübesi</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786259405070</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Benim Parkım</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786259405063</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Yola Düşmek</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786259405025</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Fanusunun Sırları</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786259405018</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Kitabın İçine Düşen Çocuk</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
           <t>9786259405001</t>
         </is>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Kulübemin Gözleri</t>
         </is>
       </c>
-      <c r="C28" s="1">
-        <v>150</v>
+      <c r="C38" s="1">
+        <v>195</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>