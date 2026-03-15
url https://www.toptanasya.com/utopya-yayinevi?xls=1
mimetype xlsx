--- v0 (2026-01-27)
+++ v1 (2026-03-15)
@@ -85,5605 +85,6775 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255988188</t>
+          <t>9786255988263</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnşadan Müzakereye Zaza Kimliği</t>
+          <t>Divriği Demir Madenleri İşletmesi (1938-2006)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255988164</t>
+          <t>9786255988256</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Henri Lefebvre’in İzinde</t>
+          <t>Zihinlerin Kuantumu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255988034</t>
+          <t>9786255988249</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Göçerlikten Aktif Yurttaşlığı</t>
+          <t>Bağımlılığın Gölgesinde II. Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255988157</t>
+          <t>9786255988232</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Yaratıcılık</t>
+          <t>Bağımlılığın Gölgesinde I. Kitap</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255988140</t>
+          <t>9786255988218</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ayna</t>
+          <t>Fotoğraf Haberciliğinde Yapay Zeka</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255988133</t>
+          <t>9786255988201</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Görüldüde Bırakmak</t>
+          <t>Irıp (Yalan)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255988126</t>
+          <t>9786255988195</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarihine Yön Veren Sergiler</t>
+          <t>Yatılı Okul Sendromu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255988119</t>
+          <t>9786057190215</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nazımiye</t>
+          <t>Yeni Medya ve Toplumsal Dönüşümler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255988096</t>
+          <t>9786057219671</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılık ve Medya</t>
+          <t>Yeni-Sosyal Medya ve Demokrasi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255988089</t>
+          <t>9786057219619</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Adım Kadın</t>
+          <t>Liberte Consommable: Une Critique De La Raison Folle Du Consumerisme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>525</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255988058</t>
+          <t>9786057219602</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Kanadıkça İstanbul Boğulur</t>
+          <t>Growth Of Capitalism How Does İnnovation Reinforce Capitalism İn The Progress Of İts Authority?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>470</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255988065</t>
+          <t>9786055580483</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka, Toplum ve Kültür</t>
+          <t>AKP İktidarında Eğitim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>700</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255988041</t>
+          <t>9786055580568</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Mübadiller ve Balkan Muhacirleri</t>
+          <t>Kamusal Alan ve Medya</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255988010</t>
+          <t>9789756361566</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Devlet – Vatandaş İlişkisini Yeniden Sorgulamak</t>
+          <t>Yunan ve Roma Uygarlığında Çocuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>520</v>
+        <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255988003</t>
+          <t>9789758382149</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dezavantajlı Gruplar İçin Halkla İlişkiler</t>
+          <t>Yetişkinler Eğitimi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259860084</t>
+          <t>9789756361894</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gazeticilik Yeniden</t>
+          <t>’Yerli’nin Bakışı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>420</v>
+        <v>26</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255988027</t>
+          <t>9789758382552</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bu Hangi Filmin Sekansı?</t>
+          <t>Yenilgi Tuzağı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>380</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259860091</t>
+          <t>9789758382125</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Madam Öldü</t>
+          <t>Yediyüz Osmanlı Beyliğinden 28 Şubata: Bir Devlet Geleneğinin Anatomisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259860077</t>
+          <t>9789756361818</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Sanat</t>
+          <t>Yaşamın Kıyısında Dört Mevsim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>370</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259860060</t>
+          <t>9789758382927</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dersim / Desim</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>500</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259860046</t>
+          <t>9789758382897</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yeni Felaket Çağı</t>
+          <t>Sürgünde Ülkeler Yarattık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>340</v>
+        <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259860039</t>
+          <t>9789758382712</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yani Böyle İşte Hayat</t>
+          <t>Statü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259860022</t>
+          <t>9789758382620</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Mücadele Dolu Yıllarım</t>
+          <t>Sömürgecilikten Küreselleşmeye</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259892092</t>
+          <t>9789758382835</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Perspektifinden Aleviler Ve Alevilik –2</t>
+          <t>Sosyolojiler Değil Sosyoloji</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259860015</t>
+          <t>9789758382569</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık Felsefesinin Doğuş Tarihi</t>
+          <t>Sınırlar Kimlik, Ulus ve Devletin Uçları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259860008</t>
+          <t>9789758382538</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Medya Felsefesi – Sokrates’ten Sosyal Medyaya Düşüncelerin Ve Yeniliklerin Kısa Tarihi</t>
+          <t>Sanat, Tasarım ve Görsel Kültür</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>340</v>
+        <v>35</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259892078</t>
+          <t>9789756361177</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Adanalı</t>
+          <t>Sanat Psikolojisi’ne Giriş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259892061</t>
+          <t>9789756361429</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Kültürün Dijital Dönüşümü</t>
+          <t>Türkiye’de Medya Endüstrisi Neoliberalizm Çağında Mülkiyet ve Kontrol İlişkileri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259892030</t>
+          <t>9789758382286</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Antroposen’de Marx</t>
+          <t>Reklamların Dili Reklamlarda Anlam ve İdeoloji</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259892047</t>
+          <t>9789756361016</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Dijital Gözetim</t>
+          <t>Reklamı Okumak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259892023</t>
+          <t>9789756361825</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Güzelin Patolojisi</t>
+          <t>Reklam Kültür Toplum</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259892016</t>
+          <t>9786055580452</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Medya, Kültür ve Toplum - Bir Giriş</t>
+          <t>Öncesi ve Sonrası ile 1915</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259985596</t>
+          <t>9789758382293</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kültür Okumaları Perspektifinden 2. Dünya Savaşı ve Sonrası</t>
+          <t>Önce Söz Vardı İnsan Olmaya, Yabancılaşmaya, Özgürlüğe, Başkaldırıya dair...</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259892009</t>
+          <t>9789758382736</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklararası İletişim</t>
+          <t>Nusayrilik Arap Aleviliği ve Nusayrilerde Hızır İnancı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259985541</t>
+          <t>9786055580018</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Filozof Yönetmenler</t>
+          <t>Medya Okuryazarlığı Elkitabı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259985572</t>
+          <t>9789758382408</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Akışkan Emek Akışkan Ahlak</t>
+          <t>Marksizm ve Postmodern Gündem</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>270</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259985589</t>
+          <t>9789758382668</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Aşımı</t>
+          <t>Marksizm ve Antropoloji</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259985565</t>
+          <t>9786055580438</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Sanat</t>
+          <t>Malakanlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259985527</t>
+          <t>9789756361160</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ovacık</t>
+          <t>Kültür Sanat Sanat Kültür</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>700</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259985510</t>
+          <t>9789758382779</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Anarşisti: Bir Cynique</t>
+          <t>Kültür Halleri Geçmişte, Ötelerde, Günümüzde</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>470</v>
+        <v>330</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259985534</t>
+          <t>9786055580094</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Korumanın Temel İlkeleri</t>
+          <t>Kriz, Kapitalizm, İsyan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259985503</t>
+          <t>9789758382323</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Platform Çağı</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057219695</t>
+          <t>9789758382200</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Murat Çelik</t>
+          <t>Kadın Yazıları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057219688</t>
+          <t>9789758382422</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>AKP İktidarında Eğitim</t>
+          <t>Kadın Sözleri</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>430</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055580919</t>
+          <t>9789758382859</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuryazarlığı - Elkitabı</t>
+          <t>İletişim ve Teknoloji Uluslararası Birikim Düzeninde Yeni Medya Politikaları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057219664</t>
+          <t>9789758382811</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yüzünüz Karşı Duvar</t>
+          <t>Eğitim Üzerine</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057285911</t>
+          <t>9789758382460</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Kavramlar</t>
+          <t>Faşizm Yazıları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>450</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057219633</t>
+          <t>9789756361757</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya, Toplum ve Kamusal Alan</t>
+          <t>Eğitbilime Giriş</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>800</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057219640</t>
+          <t>9789756361351</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim - Kavramlar Temalar Tartışmalar</t>
+          <t>Bedenler, Dinler ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057190208</t>
+          <t>9786055580223</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Özü</t>
+          <t>Ayakları Havada Yürümek</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057219657</t>
+          <t>9789758382194</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Perspektifinden Aleviler Ve Alevilik - 1</t>
+          <t>Antonio Gramsci’nin Marksist Pedagojisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057285904</t>
+          <t>9789758382354</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Düşünce, Yeşil Siyaset ve Çevre İletişimi</t>
+          <t>Akıntıya Karşı Avrupa Birliği ve Sosyalistler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057379894</t>
+          <t>9789758382903</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kasabada Bir Salı</t>
+          <t>Ah Çocuk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057379870</t>
+          <t>9789758382514</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tasarruftan Fırlatıp Atma Kültürüne</t>
+          <t>21. Yüzyılla Gelenler Söylenceler ve Gerçek</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>340</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057379887</t>
+          <t>9789756361924</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Görünenin Ötesinde</t>
+          <t>12 Eylül ve Filistin Günlüğü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057379849</t>
+          <t>9786059378666</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mekan, Kimlik ve Politika</t>
+          <t>Yüreğin Pedagojisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057379856</t>
+          <t>9789758382378</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Her Yerden Hiçbir Yere</t>
+          <t>Gericilik Küreselleşirken Faşizm!.. Yeniden mi?..</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057379825</t>
+          <t>9786055580988</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Vişne Ağacı</t>
+          <t>Yeni Medya</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057379832</t>
+          <t>9786055580834</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi - Demokrasi - Siyaset İlişkisi</t>
+          <t>Faşizm Irkçılık Ayrımcılık Yazıları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057379818</t>
+          <t>9786055580964</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Kuruluşu Ve Reklamlardaki Erkek Özne</t>
+          <t>Sosyoloji Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057001887</t>
+          <t>9789756361597</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Alevilikten Sapmalar</t>
+          <t>Yitik Zamanın Ardında Mehmet Ali Ambarcı’nın Anılarında Datça</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>340</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057001870</t>
+          <t>9789756361450</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kızılmezra Katliamı'nda İstanbullu Kamil'in Vasiyeti</t>
+          <t>Yirmibeşinci Saat</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057001894</t>
+          <t>9789758382330</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Varto: İnsan-Mekan-Hafıza</t>
+          <t>Türkiye ve Reformları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>800</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057379801</t>
+          <t>9789758382743</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Boşanma Rehberi</t>
+          <t>Sınıf Örgütünün Yönetimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057001832</t>
+          <t>9789756361252</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>YÖK, YÖK Başkanları ve Üniversiteleri</t>
+          <t>Sanatın Sosyal Sınırları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059378420</t>
+          <t>9786055580148</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bu da Oldu</t>
+          <t>Sabah Yıldızı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059378376</t>
+          <t>9789758382699</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sanat Metodolojileri</t>
+          <t>Küreselleşme ve Terör Terörizm, Saldırganlık, Savaş 2. Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059378437</t>
+          <t>9789756361009</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eylül Şifresi</t>
+          <t>Resmin Sonu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>380</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059378444</t>
+          <t>9789756361344</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kızılötesi Rengini İsteyen Kız</t>
+          <t>Modernizmden Postmodernizme Sanat</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059378253</t>
+          <t>9789758382132</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Marksizm’in El Kitabı</t>
+          <t>Eğitim: Ne İçin? Üniversite: Nasıl? Yök: Nereye?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059378505</t>
+          <t>9789758382415</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm</t>
+          <t>Bir Çocuk Nasıl Sevilmeli Ailede Çocuk</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059378352</t>
+          <t>9789758382033</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sinema Felsefesine Giriş</t>
+          <t>Avrupa-Merkezcilik Resmi İdeoloji Bilim ve Sosyalizm</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059378321</t>
+          <t>9789758382606</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Heymimres</t>
+          <t>Antropoloji: İnsan Çeşitliliğine Bir Bakış</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059378581</t>
+          <t>9789756361672</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Duvarları Delen Çizgiler</t>
+          <t>Antropoloji ve Sömürgecilik</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>270</v>
+        <v>34</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059378598</t>
+          <t>9789758382682</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>68'e Bugünden Bakmak</t>
+          <t>Küreselleşme ve Terör Terör Kavramı ve Gerçeği 1. Kitap</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059378413</t>
+          <t>9789758382439</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hozat</t>
+          <t>Kurt Kapanı Türkiye’de Faşizm</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>550</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059378369</t>
+          <t>9789758382613</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yüzün Eksik Parçası</t>
+          <t>Eğitime Felsefi ve İdeolojik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059378307</t>
+          <t>9786255988225</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya</t>
+          <t>Neyiniz Var?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059378284</t>
+          <t>9786255988188</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İletişim, Medya ve Kültür</t>
+          <t>İnşadan Müzakereye Zaza Kimliği</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059378161</t>
+          <t>9786255988164</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ay Portakalı</t>
+          <t>Henri Lefebvre’in İzinde</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059378208</t>
+          <t>9786255988034</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Arkası Yarın</t>
+          <t>Göçerlikten Aktif Yurttaşlığı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059378192</t>
+          <t>9786255988157</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Renkler ve İnsanlar</t>
+          <t>Sanatta Yaratıcılık</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059378529</t>
+          <t>9786255988140</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yönlendirilen Arzu</t>
+          <t>Dijital Ayna</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059378512</t>
+          <t>9786255988133</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dimitrov'un Günlükleri</t>
+          <t>Görüldüde Bırakmak</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055580605</t>
+          <t>9786255988126</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Lenin'e Dönüş</t>
+          <t>Sanat Tarihine Yön Veren Sergiler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055580575</t>
+          <t>9786255988119</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kanatlı Kelepçe</t>
+          <t>Nazımiye</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055580766</t>
+          <t>9786255988096</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Foya : Modanın Anti-Kapitalist Kitabı</t>
+          <t>Ayrımcılık ve Medya</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055580780</t>
+          <t>9786255988089</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri Terimleri Sözlüğü</t>
+          <t>Adım Kadın</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055580773</t>
+          <t>9786255988058</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Şair Kapıları</t>
+          <t>Diyarbakır Kanadıkça İstanbul Boğulur</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055580551</t>
+          <t>9786255988065</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Postmodern Kırılmalar</t>
+          <t>Yapay Zeka, Toplum ve Kültür</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>370</v>
+        <v>700</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055580711</t>
+          <t>9786255988041</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Görsel Kültür ve Küresel Kitle Kültürü</t>
+          <t>Türkiye’de Mübadiller ve Balkan Muhacirleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055580728</t>
+          <t>9786255988010</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Estetik ve Temel Kuramları</t>
+          <t>Türkiye’de Devlet – Vatandaş İlişkisini Yeniden Sorgulamak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055580650</t>
+          <t>9786255988003</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İletişim, Anlam, Arayış: Erol Mutlu'ya Armağan</t>
+          <t>Dezavantajlı Gruplar İçin Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055580667</t>
+          <t>9786259860084</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Komünizmi</t>
+          <t>Gazeticilik Yeniden</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789758382781</t>
+          <t>9786255988027</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımız İçin şarkılar ve Şiirler</t>
+          <t>Bu Hangi Filmin Sekansı?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055580476</t>
+          <t>9786259860091</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gezi Parkı Çocukları</t>
+          <t>Madam Öldü</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055580490</t>
+          <t>9786259860077</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Büyümüş Marksizm</t>
+          <t>Yapay Zeka ve Sanat</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055580599</t>
+          <t>9786259860060</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bir Olağanüstü Hal Sürgünü</t>
+          <t>Dersim / Desim</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055580537</t>
+          <t>9786259860046</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Din: Teorisi / Pratiği, Dünü, Bugünü</t>
+          <t>Yeni Felaket Çağı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756361245</t>
+          <t>9786259860039</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yolcu</t>
+          <t>Yani Böyle İşte Hayat</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055580186</t>
+          <t>9786259860022</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şifre - Aykırı Tezler</t>
+          <t>Anılarla Mücadele Dolu Yıllarım</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756361214</t>
+          <t>9786259892092</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yeni Düzen(sizlik)’den Başkaldırıya</t>
+          <t>Sosyal Bilimler Perspektifinden Aleviler Ve Alevilik –2</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789758382064</t>
+          <t>9786259860015</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>YDD Kıskacında Çevre ve Kent</t>
+          <t>Müslümanlık Felsefesinin Doğuş Tarihi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756361771</t>
+          <t>9786259860008</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yazın’dan Seçmeler</t>
+          <t>Medya Felsefesi – Sokrates’ten Sosyal Medyaya Düşüncelerin Ve Yeniliklerin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756361917</t>
+          <t>9786259892078</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yaz’gın</t>
+          <t>Adanalı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756361658</t>
+          <t>9786259892061</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yabancılaşma ve...</t>
+          <t>İletişim ve Kültürün Dijital Dönüşümü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055580346</t>
+          <t>9786259892030</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ütopik Sosyalizmi Aşmış Marksizm</t>
+          <t>Antroposen’de Marx</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758382965</t>
+          <t>9786259892047</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bacaklı Baba</t>
+          <t>Türkiye’de Dijital Gözetim</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756361115</t>
+          <t>9786259892023</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Belgelerde Azınlık Hakları</t>
+          <t>Güzelin Patolojisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789758382279</t>
+          <t>9786259892016</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Sorun ve Kültürel Özerklik</t>
+          <t>Medya, Kültür ve Toplum - Bir Giriş</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055580216</t>
+          <t>9786259985596</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Medya Endüstrisi ile Kurulan Kültürel Farklılıklar</t>
+          <t>Kültür Okumaları Perspektifinden 2. Dünya Savaşı ve Sonrası</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756361382</t>
+          <t>9786259892009</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Magazin Basını</t>
+          <t>Kuşaklararası İletişim</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055580001</t>
+          <t>9786259985541</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çocuk Emeği</t>
+          <t>Filozof Yönetmenler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055580162</t>
+          <t>9786259985572</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anayasalar ve Sivil Toplum</t>
+          <t>Akışkan Emek Akışkan Ahlak</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756361269</t>
+          <t>9786259985589</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Eğitim Sistemi</t>
+          <t>Zaman ve Aşımı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756361665</t>
+          <t>9786259985565</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sivil İtaatsizlik, Toplumsal Hareketler ve Basın</t>
+          <t>Yapay Zeka ve Sanat</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055580414</t>
+          <t>9786259985527</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme Sürecinde Siyaset ve Özgürlükler</t>
+          <t>Ovacık</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756361689</t>
+          <t>9786259985510</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Toplum ve İnsan</t>
+          <t>Türkiye’nin Anarşisti: Bir Cynique</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>470</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055580025</t>
+          <t>9786259985534</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Televizyon ve...</t>
+          <t>Çocuk Korumanın Temel İlkeleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055580254</t>
+          <t>9786259985503</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Televizyon ve İzleyici</t>
+          <t>Platform Çağı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756361290</t>
+          <t>9786057219695</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Temsil Kültür</t>
+          <t>Murat Çelik</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756361986</t>
+          <t>9786057219688</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Televizyon</t>
+          <t>AKP İktidarında Eğitim</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789758382101</t>
+          <t>9786055580919</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Seyri İçinde ÖDP</t>
+          <t>Medya Okuryazarlığı - Elkitabı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756361900</t>
+          <t>9786057219664</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şaşılacak Ne Var?</t>
+          <t>Yüzünüz Karşı Duvar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758382958</t>
+          <t>9786057285911</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Suyun Ekonomi-Politiği</t>
+          <t>Sanat ve Kavramlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055580209</t>
+          <t>9786057219633</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Kim?</t>
+          <t>Yeni Medya, Toplum ve Kamusal Alan</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758382996</t>
+          <t>9786057219640</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve Özyönetim Reel Sosyalizmden Sosyalist Realiteye</t>
+          <t>Siyasal İletişim - Kavramlar Temalar Tartışmalar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055580704</t>
+          <t>9786057190208</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji</t>
+          <t>Aleviliğin Özü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789758382002</t>
+          <t>9786057219657</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın Arka Bahçesi</t>
+          <t>Sosyal Bilimler Perspektifinden Aleviler Ve Alevilik - 1</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055580285</t>
+          <t>9786057285904</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Günceli Güncelin Sanatı</t>
+          <t>Yeşil Düşünce, Yeşil Siyaset ve Çevre İletişimi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756361108</t>
+          <t>9786057379894</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Felsefesi Felsefenin Sanatı</t>
+          <t>Kasabada Bir Salı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055580513</t>
+          <t>9786057379870</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Boyutları</t>
+          <t>Tasarruftan Fırlatıp Atma Kültürüne</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789758382651</t>
+          <t>9786057379887</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıları Okumak ya da Hayali Söyleşiler</t>
+          <t>Görünenin Ötesinde</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758382989</t>
+          <t>9786057379849</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yerliyaban</t>
+          <t>Mekan, Kimlik ve Politika</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756361023</t>
+          <t>9786057379856</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Eğitim</t>
+          <t>Her Yerden Hiçbir Yere</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756361238</t>
+          <t>9786057379825</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sözlüğü (Ciltli)</t>
+          <t>Vişne Ağacı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756361788</t>
+          <t>9786057379832</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sosyolojisine Giriş</t>
+          <t>Ekonomi - Demokrasi - Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055580322</t>
+          <t>9786057379818</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sanat Felsefesi</t>
+          <t>Erkeğin Kuruluşu Ve Reklamlardaki Erkek Özne</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758382941</t>
+          <t>9786057001887</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eğitimi Kuramları</t>
+          <t>Alevilikten Sapmalar</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055580117</t>
+          <t>9786057001870</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı, Çünkü Edepsiz</t>
+          <t>Kızılmezra Katliamı'nda İstanbullu Kamil'in Vasiyeti</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756361153</t>
+          <t>9786057001894</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Resmin Eleştirisi Üzerine</t>
+          <t>Varto: İnsan-Mekan-Hafıza</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055580391</t>
+          <t>9786057379801</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Resmi İdeoloji, Devlet, Milliyetçilik</t>
+          <t>Kadınlar İçin Boşanma Rehberi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>620</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756361627</t>
+          <t>9786057001832</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Reklamları İzlediniz</t>
+          <t>YÖK, YÖK Başkanları ve Üniversiteleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756361849</t>
+          <t>9786059378420</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Reklamın Toplumsal Yansımaları ve Yeni Reklam Biçimleri</t>
+          <t>Bu da Oldu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756361962</t>
+          <t>9786059378376</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Reklamcılık: Bakmak ve Görmek</t>
+          <t>Sanat Metodolojileri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756361764</t>
+          <t>9786059378437</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Radyonun Abece’si</t>
+          <t>Eylül Şifresi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789758382446</t>
+          <t>9786059378444</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Picasso Konuşuyor</t>
+          <t>Kızılötesi Rengini İsteyen Kız</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055580056</t>
+          <t>9786059378253</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Simgeler ve Akdeniz’in Kavramsal Dünyası</t>
+          <t>Marksizm’in El Kitabı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789758382453</t>
+          <t>9786059378505</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Parlanaka Bolivya’dan Aymara Masalları ve Destanları</t>
+          <t>Neoliberalizm</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789758382644</t>
+          <t>9786059378352</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Paris Ev İşgalleri</t>
+          <t>Sinema Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756361436</t>
+          <t>9786059378321</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ötekilerin Çevresi</t>
+          <t>Heymimres</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756361375</t>
+          <t>9786059378581</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Yetiştirme Sistemimiz</t>
+          <t>Duvarları Delen Çizgiler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758382057</t>
+          <t>9786059378598</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Neo-Liberal Saldırı, Kriz ve İnsanlık</t>
+          <t>68'e Bugünden Bakmak</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758382262</t>
+          <t>9786059378413</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Satabilirsin ki Havayı</t>
+          <t>Hozat</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>550</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789758382873</t>
+          <t>9786059378369</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir İnsan? Nasıl Bir Öğretim</t>
+          <t>Yüzün Eksik Parçası</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756361856</t>
+          <t>9786059378307</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Medya,Tüketim Kültürü ve Yaşam Tarzları</t>
+          <t>Yeni Medya</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055580261</t>
+          <t>9786059378284</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Kulüpleri ve Demokrasi Kültürü</t>
+          <t>İletişim, Medya ve Kültür</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756361696</t>
+          <t>9786059378161</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Medya Kültürleri</t>
+          <t>Ay Portakalı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789758382118</t>
+          <t>9786059378208</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Beşeri Bilimler</t>
+          <t>Arkası Yarın</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758382347</t>
+          <t>9786059378192</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Anarşistler</t>
+          <t>Renkler ve İnsanlar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758382828</t>
+          <t>9786059378529</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Marksizm Tartışmaları Manifesto’nun Güncelliği</t>
+          <t>Yönlendirilen Arzu</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756361511</t>
+          <t>9786059378512</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Mafya, Narkoekonemi ve Susurluk / Şemdinli</t>
+          <t>Dimitrov'un Günlükleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789758382866</t>
+          <t>9786055580605</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Liberter Teori Modern Topluma Özgürlükçü Yaklaşım</t>
+          <t>Lenin'e Dönüş</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756361702</t>
+          <t>9786055580575</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika’da İsyanın Tarihi</t>
+          <t>Kanatlı Kelepçe</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756361306</t>
+          <t>9786055580766</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika Başkaldırıyor</t>
+          <t>Foya : Modanın Anti-Kapitalist Kitabı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055580155</t>
+          <t>9786055580780</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Yol Haritaları Tekno-Siyasal Paradigmalar</t>
+          <t>Eğitim Bilimleri Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756361405</t>
+          <t>9786055580773</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmeden Sonra Geçiş Sürecinde Gezintiler</t>
+          <t>Şair Kapıları</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789756361467</t>
+          <t>9786055580551</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Kadın ve Yeni - Ataerki</t>
+          <t>Sanatta Postmodern Kırılmalar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789756361207</t>
+          <t>9786055580711</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Küresel İntifada</t>
+          <t>Görsel Kültür ve Küresel Kitle Kültürü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789756361030</t>
+          <t>9786055580728</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kovboyun Sömürge İmparatorluğu</t>
+          <t>Estetik ve Temel Kuramları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789756361795</t>
+          <t>9786055580650</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Fotoğraflar</t>
+          <t>İletişim, Anlam, Arayış: Erol Mutlu'ya Armağan</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789756361832</t>
+          <t>9786055580667</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kolombiya Dağlarının İsyancı Önderi: Manuel Marulanda Velez</t>
+          <t>Sovyet Komünizmi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756361337</t>
+          <t>9789758382781</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kitle İletişim Kuramları</t>
+          <t>Çocuklarımız İçin şarkılar ve Şiirler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756361146</t>
+          <t>9786055580476</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kirvelik Sanal Akrabalığın Dünü ve Bugünü</t>
+          <t>Gezi Parkı Çocukları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756361863</t>
+          <t>9786055580490</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kiç ve Plastik Sanatlar Üzerine</t>
+          <t>Büyümüş Marksizm</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756361412</t>
+          <t>9786055580599</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ortakçı Toplumdan Bugüne Kızılbaşlık</t>
+          <t>Bir Olağanüstü Hal Sürgünü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789756361399</t>
+          <t>9786055580537</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kıyamete Çeyrek Kala! Ekoloji Yazıları</t>
+          <t>Din: Teorisi / Pratiği, Dünü, Bugünü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789758382026</t>
+          <t>9789756361245</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Halk Kent Üzerine Alternatif Düşünceler</t>
+          <t>Yolcu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789756361641</t>
+          <t>9786055580186</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kent Cemaat Etnisite</t>
+          <t>Yeni Şifre - Aykırı Tezler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756361719</t>
+          <t>9789756361214</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Keder Perileri</t>
+          <t>Yeni Düzen(sizlik)’den Başkaldırıya</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055580032</t>
+          <t>9789758382064</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın İçinde Aydınlık Yüzler</t>
+          <t>YDD Kıskacında Çevre ve Kent</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789758382170</t>
+          <t>9789756361771</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Jose Bove Bir Köylünün İsyanı</t>
+          <t>Yazın’dan Seçmeler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789758382750</t>
+          <t>9789756361917</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İsyanın Adı: Filistin İntifada Kazanacak!</t>
+          <t>Yaz’gın</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789758382491</t>
+          <t>9789756361658</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>ÖDP Yazıları (Tartışmalar - Belgeler)</t>
+          <t>Yabancılaşma ve...</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055580445</t>
+          <t>9786055580346</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İsmail Beşikçi ve İfade Özgürlüğü</t>
+          <t>Ütopik Sosyalizmi Aşmış Marksizm</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789756361528</t>
+          <t>9789758382965</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Soytarısı Egemen Medya</t>
+          <t>Uzun Bacaklı Baba</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789756361542</t>
+          <t>9789756361115</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk ve İletişim Araçları</t>
+          <t>Uluslararası Belgelerde Azınlık Hakları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789758382477</t>
+          <t>9789758382279</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğa Hayır</t>
+          <t>Ulusal Sorun ve Kültürel Özerklik</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756361061</t>
+          <t>9786055580216</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İlk Çağda Ön Asya Uygarlık Merkezlerinde Eğitim</t>
+          <t>Türkiye’de Medya Endüstrisi ile Kurulan Kültürel Farklılıklar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055580063</t>
+          <t>9789756361382</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İletişim Teknolojileri ve Toplumsal Gelişme</t>
+          <t>Türkiye’de Magazin Basını</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055580377</t>
+          <t>9786055580001</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Metin Çözümleme</t>
+          <t>Türkiye’de Çocuk Emeği</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>450</v>
+        <v>370</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055580360</t>
+          <t>9786055580162</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Görsel Metin Çözümleme İletişim Bilimlerinde Araştırma Yöntemleri</t>
+          <t>Türkiye’de Anayasalar ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756361931</t>
+          <t>9789756361269</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İki Dikenli Yol</t>
+          <t>Türkiye Eğitim Sistemi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789758382385</t>
+          <t>9789756361665</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Emperyalizm Türkiye’de Telekomünikasyounun Ekonomi-Politiği</t>
+          <t>Türkiye’de Sivil İtaatsizlik, Toplumsal Hareketler ve Basın</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055580629</t>
+          <t>9786055580414</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Eğitimden Kaçmak - Taban Kültürlerinde Yaşayarak Öğrenmek</t>
+          <t>Toplumsal Değişme Sürecinde Siyaset ve Özgürlükler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055580643</t>
+          <t>9789756361689</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hrant Dink'in Katline 2015 Perspektifinden Bakmak</t>
+          <t>Toplum ve İnsan</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059378291</t>
+          <t>9786055580025</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Medya Söylem Demokrasi</t>
+          <t>Televizyon ve...</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059378154</t>
+          <t>9786055580254</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Halname 2016</t>
+          <t>Televizyon ve İzleyici</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>660</v>
+        <v>320</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059378130</t>
+          <t>9789756361290</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Araştırmalarda Nicel ve Nitel Yöntemlere Giriş</t>
+          <t>Televizyon Temsil Kültür</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059378536</t>
+          <t>9789756361986</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Heykel</t>
+          <t>Televizyon</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059378543</t>
+          <t>9789758382101</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Eğitim</t>
+          <t>Tarihsel Seyri İçinde ÖDP</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059378222</t>
+          <t>9789756361900</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Otizm’de Başarı Öyküleri</t>
+          <t>Şaşılacak Ne Var?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055580896</t>
+          <t>9789758382958</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Şifresi</t>
+          <t>Suyun Ekonomi-Politiği</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059378482</t>
+          <t>9786055580209</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kent, Sınıf, Kimlik</t>
+          <t>Suçlu Kim?</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059378499</t>
+          <t>9789758382996</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler</t>
+          <t>Sosyalizm ve Özyönetim Reel Sosyalizmden Sosyalist Realiteye</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059378260</t>
+          <t>9786055580704</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>SSBC Neydi ve Neden Çöktü?</t>
+          <t>Sosyal Psikoloji</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>450</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059378123</t>
+          <t>9789758382002</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Sosyalizm Teorisi Ve Karikatürü</t>
+          <t>Siyasal İslamın Arka Bahçesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059378093</t>
+          <t>9786055580285</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Eğitbilim - Pedandragoji</t>
+          <t>Sanatın Günceli Güncelin Sanatı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055580971</t>
+          <t>9789756361108</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Okudum</t>
+          <t>Sanatın Felsefesi Felsefenin Sanatı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059378239</t>
+          <t>9786055580513</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Soğuk Haritası</t>
+          <t>Sanatın Boyutları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059378314</t>
+          <t>9789758382651</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve Anti-Sosyalizm</t>
+          <t>Sanatçıları Okumak ya da Hayali Söyleşiler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059378338</t>
+          <t>9789758382989</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Toplum</t>
+          <t>Yerliyaban</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059378116</t>
+          <t>9789756361023</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Hakikat</t>
+          <t>Sanat ve Eğitim</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059378277</t>
+          <t>9789756361238</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yaşıyorsak Borçluyuz</t>
+          <t>Sanat Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059378055</t>
+          <t>9789756361788</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Legal Kurdi Siyaset</t>
+          <t>Sanat Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055580860</t>
+          <t>9786055580322</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İletişim Ağlarının Ekonomisi</t>
+          <t>Sanat Felsefesi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059378383</t>
+          <t>9789758382941</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Antropolog Marx</t>
+          <t>Sanat Eğitimi Kuramları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059378390</t>
+          <t>9786055580117</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Filmle Düşünmek</t>
+          <t>Sakıncalı, Çünkü Edepsiz</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059378345</t>
+          <t>9789756361153</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kadıköy’den Emek-Bahçeli’ye, Aznavour’dan Cemil Meriç’e</t>
+          <t>Resmin Eleştirisi Üzerine</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055580933</t>
+          <t>9786055580391</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Resmi İdeoloji, Devlet, Milliyetçilik</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>370</v>
+        <v>620</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055580940</t>
+          <t>9789756361627</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Halkla İlişkiler</t>
+          <t>Reklamları İzlediniz</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059378246</t>
+          <t>9789756361849</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sen De Çıplaksın</t>
+          <t>Reklamın Toplumsal Yansımaları ve Yeni Reklam Biçimleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059378062</t>
+          <t>9789756361962</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Estetik Eleştiri</t>
+          <t>Reklamcılık: Bakmak ve Görmek</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055580827</t>
+          <t>9789756361764</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Reklama Düş Olarak Bakmak</t>
+          <t>Radyonun Abece’si</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789756361870</t>
+          <t>9789758382446</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sanatçıları Okumak ya da Postmodern Söyleşiler</t>
+          <t>Picasso Konuşuyor</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055580636</t>
+          <t>9786055580056</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Yaşlılık</t>
+          <t>Simgeler ve Akdeniz’in Kavramsal Dünyası</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059378178</t>
+          <t>9789758382453</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Amatör Radyoculuk Tarihi</t>
+          <t>Parlanaka Bolivya’dan Aymara Masalları ve Destanları</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059378185</t>
+          <t>9789758382644</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Reklam Dayatır</t>
+          <t>Paris Ev İşgalleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059378673</t>
+          <t>9789756361436</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ezidiler</t>
+          <t>Ötekilerin Çevresi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055580339</t>
+          <t>9789756361375</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Eylül Kokusu</t>
+          <t>Öğretmen Yetiştirme Sistemimiz</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055580353</t>
+          <t>9789758382057</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Neo-Liberal Saldırı, Kriz ve İnsanlık</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789758382507</t>
+          <t>9789758382262</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Etnopsikiyatri Kültürün Psikiyatrik Boyutu Psikiyatrinin Kültürel Boyutu</t>
+          <t>Nasıl Satabilirsin ki Havayı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789758382187</t>
+          <t>9789758382873</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Yolculuğum</t>
+          <t>Nasıl Bir İnsan? Nasıl Bir Öğretim</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789756361191</t>
+          <t>9789756361856</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Elveda Nisyan... Merhaba İsyan!</t>
+          <t>Medya,Tüketim Kültürü ve Yaşam Tarzları</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756361320</t>
+          <t>9786055580261</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Dehşet</t>
+          <t>Öğrenci Kulüpleri ve Demokrasi Kültürü</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789756361085</t>
+          <t>9789756361696</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve İktidar</t>
+          <t>Medya Kültürleri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789756361481</t>
+          <t>9789758382118</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üniversite Yök ve Aydınlar</t>
+          <t>Marx ve Beşeri Bilimler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789756361979</t>
+          <t>9789758382347</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimlerine Giriş</t>
+          <t>Marx ve Anarşistler</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055580407</t>
+          <t>9789758382828</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Egemenlerin Adaletine Savunmanın İsyanı</t>
+          <t>Marksizm Tartışmaları Manifesto’nun Güncelliği</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789758382842</t>
+          <t>9789756361511</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Mafya, Narkoekonemi ve Susurluk / Şemdinli</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756361603</t>
+          <t>9789758382866</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Direnişle Piyasa Arasında: Alevilik ve Alevi Müziği</t>
+          <t>Liberter Teori Modern Topluma Özgürlükçü Yaklaşım</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789756361276</t>
+          <t>9789756361702</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dini ve Etnik Kimlikleriyle Nusayriler</t>
+          <t>Latin Amerika’da İsyanın Tarihi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055580308</t>
+          <t>9789756361306</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Politika</t>
+          <t>Latin Amerika Başkaldırıyor</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789758382545</t>
+          <t>9786055580155</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Devlete Doğru, Şeflikler: İktidar, İktisat, İdeoloji</t>
+          <t>Küreselleşmenin Yol Haritaları Tekno-Siyasal Paradigmalar</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789756361092</t>
+          <t>9789756361405</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Devlet Tartışmaları</t>
+          <t>Küreselleşmeden Sonra Geçiş Sürecinde Gezintiler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789756361504</t>
+          <t>9789756361467</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Derin Milliyetçiliğin Siyasal İktisadı</t>
+          <t>Küreselleşme Kadın ve Yeni - Ataerki</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789758382880</t>
+          <t>9789756361207</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İşçiler Çarpık Gelişen Bedenler</t>
+          <t>Küresel İntifada</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789758382576</t>
+          <t>9789756361030</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Atı Düşlemek</t>
+          <t>Kovboyun Sömürge İmparatorluğu</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789758382156</t>
+          <t>9789756361795</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Canıma Değmez Hayat</t>
+          <t>Konuşan Fotoğraflar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789756361573</t>
+          <t>9789756361832</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Buğulu Camlar</t>
+          <t>Kolombiya Dağlarının İsyancı Önderi: Manuel Marulanda Velez</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055580087</t>
+          <t>9789756361337</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bir Taş da Siz Atın</t>
+          <t>Kitle İletişim Kuramları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786055580193</t>
+          <t>9789756361146</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Ben Sendeyim</t>
+          <t>Kirvelik Sanal Akrabalığın Dünü ve Bugünü</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789756361443</t>
+          <t>9789756361863</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Az Çalışmalı Aşka Zaman Ayırmalı</t>
+          <t>Kiç ve Plastik Sanatlar Üzerine</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789756361634</t>
+          <t>9789756361412</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Gazetecilik</t>
+          <t>Ortakçı Toplumdan Bugüne Kızılbaşlık</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756361498</t>
+          <t>9789756361399</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Çokkültürcülük Yalanı</t>
+          <t>Kıyamete Çeyrek Kala! Ekoloji Yazıları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789758382040</t>
+          <t>9789758382026</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Aşklar ve Kuşlar Azalırken</t>
+          <t>Kent ve Halk Kent Üzerine Alternatif Düşünceler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786055580292</t>
+          <t>9789756361641</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Arap Hıristiyanlar</t>
+          <t>Kent Cemaat Etnisite</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789756361221</t>
+          <t>9789756361719</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Değişen Toplumsal Yapıda Karakter</t>
+          <t>Keder Perileri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789758382910</t>
+          <t>9786055580032</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Andersen’den Dokuz Masal</t>
+          <t>Karanlığın İçinde Aydınlık Yüzler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789758382521</t>
+          <t>9789758382170</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Amerika: Rüya mı? Kabus mu? Yankee İmparatorluğu</t>
+          <t>Jose Bove Bir Köylünün İsyanı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786055580049</t>
+          <t>9789758382750</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Aile ve Şiddet</t>
+          <t>İsyanın Adı: Filistin İntifada Kazanacak!</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789786055589</t>
+          <t>9789758382491</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Adil Okay ile Geçerken...</t>
+          <t>ÖDP Yazıları (Tartışmalar - Belgeler)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789758382934</t>
+          <t>9786055580445</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Batı Poley Serüvenimiz</t>
+          <t>İsmail Beşikçi ve İfade Özgürlüğü</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789756361054</t>
+          <t>9789756361528</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>ABD Saldırganlığı: Irak ve Ötesi</t>
+          <t>İmparatorun Soytarısı Egemen Medya</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756361047</t>
+          <t>9789756361542</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>11 Eylül’den Afganistan’a ABD İmparatorluğu</t>
+          <t>İmparatorluk ve İletişim Araçları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789756361733</t>
+          <t>9789758382477</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>"Söylenecek Yalan Kalmadı!" İnsan "Hak(Sızlık)ları"</t>
+          <t>İmparatorluğa Hayır</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789756361726</t>
+          <t>9789756361061</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>"Hayır, Evet’ten Önce Gelir!" Hukuk(Suzluk) Yazıları</t>
+          <t>İlk Çağda Ön Asya Uygarlık Merkezlerinde Eğitim</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055580681</t>
+          <t>9786055580063</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji Gözüyle: Sınıf, Kültür, Kimlik Yazıları</t>
+          <t>İletişim Teknolojileri ve Toplumsal Gelişme</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>460</v>
+        <v>370</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055580384</t>
+          <t>9786055580377</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhu</t>
+          <t>Yazılı Metin Çözümleme</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789756361610</t>
+          <t>9786055580360</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Sistemimiz</t>
+          <t>Görsel Metin Çözümleme İletişim Bilimlerinde Araştırma Yöntemleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059378079</t>
+          <t>9789756361931</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerin Kurmaca Dünyası ve Hakikatin Direnişi</t>
+          <t>İki Dikenli Yol</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789758382767</t>
+          <t>9789758382385</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Haber ve Haber Programlarında İdeoloji ve Gerçeklik</t>
+          <t>İletişim ve Emperyalizm Türkiye’de Telekomünikasyounun Ekonomi-Politiği</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789758382255</t>
+          <t>9786055580629</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Iroquois Masalları</t>
+          <t>Eğitimden Kaçmak - Taban Kültürlerinde Yaşayarak Öğrenmek</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789758382804</t>
+          <t>9786055580643</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Şarkılar Sokağı</t>
+          <t>Hrant Dink'in Katline 2015 Perspektifinden Bakmak</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789758382248</t>
+          <t>9786059378291</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hiçkimsenin Cumhuriyeti</t>
+          <t>Medya Söylem Demokrasi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789756361078</t>
+          <t>9786059378154</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hermes’ten İdris’e  Bir Dinsel Geleneğin Dönüşüm Dinamikleri</t>
+          <t>Halname 2016</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>380</v>
+        <v>660</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789756361948</t>
+          <t>9786059378130</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler: Teori ve Uygulama</t>
+          <t>Toplumsal Araştırmalarda Nicel ve Nitel Yöntemlere Giriş</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055880231</t>
+          <t>9786059378536</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Reklamın Anatomisi</t>
+          <t>Heykel</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>480</v>
+        <v>340</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789756361535</t>
+          <t>9786059378543</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Halk Eğitimi  (Yetişkin Eğitimi)</t>
+          <t>Sanatta Eğitim</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789758382772</t>
+          <t>9786059378222</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gülizar</t>
+          <t>Otizm’de Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789758382088</t>
+          <t>9786055580896</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Gurvitch: Sosyoloji ve Felsefe</t>
+          <t>Marx'ın Şifresi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055580179</t>
+          <t>9786059378482</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Gramsci, Freire ve Yetişkin Eğitimi</t>
+          <t>Kent, Sınıf, Kimlik</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789756361993</t>
+          <t>9786059378499</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle Mevlana İmgesi</t>
+          <t>Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055580100</t>
+          <t>9786059378260</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Zor</t>
+          <t>SSBC Neydi ve Neden Çöktü?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789756361368</t>
+          <t>9786059378123</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Globalleşme Popüler Kültür ve Medya</t>
+          <t>Marx’ın Sosyalizm Teorisi Ve Karikatürü</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055580278</t>
+          <t>9786059378093</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Genetik Kukla: Aşk</t>
+          <t>Eğitbilim - Pedandragoji</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789756361474</t>
+          <t>9786055580971</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Halkoyunları</t>
+          <t>İnsanı Okudum</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789758382316</t>
+          <t>9786059378239</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Fransız Direniş Yöneticilerine Mektup</t>
+          <t>Cehennemin Soğuk Haritası</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059378086</t>
+          <t>9786059378314</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Pratikleriyle Dönüşen Oyun</t>
+          <t>Sosyalizm ve Anti-Sosyalizm</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059378017</t>
+          <t>9786059378338</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşmenin Yolları</t>
+          <t>Psikoloji ve Toplum</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055580957</t>
+          <t>9786059378116</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Firari Hayat</t>
+          <t>Yamuk Hakikat</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059378000</t>
+          <t>9786059378277</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İletişim Ağlarında Yeni Hizmetler</t>
+          <t>Yaşıyorsak Borçluyuz</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059378031</t>
+          <t>9786059378055</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Lenin'den Sonra</t>
+          <t>Türkiye'de Legal Kurdi Siyaset</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059378024</t>
+          <t>9786055580860</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>İletişim Ağlarının Ekonomisi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059378147</t>
+          <t>9786059378383</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sözlüğü</t>
+          <t>Antropolog Marx</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059378109</t>
+          <t>9786059378390</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Namus, Töre ve Eril Şiddet</t>
+          <t>Filmle Düşünmek</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055580889</t>
+          <t>9786059378345</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim ve Yazarın Soytarılığı</t>
+          <t>Kadıköy’den Emek-Bahçeli’ye, Aznavour’dan Cemil Meriç’e</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055580797</t>
+          <t>9786055580933</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Gezi Tartışmaları</t>
+          <t>Kadınlar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059378215</t>
+          <t>9786055580940</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kuşları</t>
+          <t>Yönetim ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786055580841</t>
+          <t>9786059378246</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>1980 Sonrası Türkiye'de Sanat ve Siyaset</t>
+          <t>Sen De Çıplaksın</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786055580872</t>
+          <t>9786059378062</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hapishanelere Esinti Yollayalım</t>
+          <t>Örneklerle Estetik Eleştiri</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055580858</t>
+          <t>9786055580827</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İnternette Gösteri ve Gözetim</t>
+          <t>Reklama Düş Olarak Bakmak</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055580759</t>
+          <t>9789756361870</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>AKP'nin Laik Bilimsel ve Kamusal Eğitim Karşılığı</t>
+          <t>Sanatçıları Okumak ya da Postmodern Söyleşiler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055580674</t>
+          <t>9786055580636</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Sonu</t>
+          <t>Küreselleşme ve Yaşlılık</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055580810</t>
+          <t>9786059378178</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Sonrası Yayıncılık ve Roman</t>
+          <t>Türkiye'de Amatör Radyoculuk Tarihi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786055580926</t>
+          <t>9786059378185</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Pülümür</t>
+          <t>Reklam Dayatır</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786055580902</t>
+          <t>9786059378673</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yasal Kürtler</t>
+          <t>Ezidiler</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055580742</t>
+          <t>9786055580339</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Grundrisse'si</t>
+          <t>Eylül Kokusu</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786055580735</t>
+          <t>9786055580353</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatta Temsiliyet Krizi</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786055580612</t>
+          <t>9789758382507</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kentleşmenin Toplumsal Boyutları</t>
+          <t>Etnopsikiyatri Kültürün Psikiyatrik Boyutu Psikiyatrinin Kültürel Boyutu</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055580803</t>
+          <t>9789758382187</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Çokkültürlü Eğitim</t>
+          <t>Entelektüel Yolculuğum</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786055580506</t>
+          <t>9789756361191</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Modernden Postmoderne Sanat</t>
+          <t>Elveda Nisyan... Merhaba İsyan!</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>1500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786055580544</t>
+          <t>9789756361320</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Resimdir</t>
+          <t>Ekonomik Dehşet</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786055580520</t>
+          <t>9789756361085</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>AKP Ilımlı İslam, Neoliberalizm</t>
+          <t>Eğitim ve İktidar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789756361139</t>
+          <t>9789756361481</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kırsalında Kliyentalizm ve Siyasal Katılım</t>
+          <t>Eğitim Üniversite Yök ve Aydınlar</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789756361122</t>
+          <t>9789756361979</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kırsalı Yoksullaşırken Niçin Dik Kulak Oldum</t>
+          <t>Eğitim Bilimlerine Giriş</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789756361887</t>
+          <t>9786055580407</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Medyası Medyanın Sermayesi</t>
+          <t>Egemenlerin Adaletine Savunmanın İsyanı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789756361801</t>
+          <t>9789758382842</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Modernizm, Otomobil Kültürü ve Reklam</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786055580582</t>
+          <t>9789756361603</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Dijital Panorama</t>
+          <t>Direnişle Piyasa Arasında: Alevilik ve Alevi Müziği</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059378970</t>
+          <t>9789756361276</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Mazgirt</t>
+          <t>Dini ve Etnik Kimlikleriyle Nusayriler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059378925</t>
+          <t>9786055580308</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Doğuş Kaynakları</t>
+          <t>Dil ve Politika</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059378932</t>
+          <t>9789758382545</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet - Temel Bilgiler</t>
+          <t>Devlete Doğru, Şeflikler: İktidar, İktisat, İdeoloji</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059378901</t>
+          <t>9789756361092</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Kitle Kültürü, Eğlence ve Sanat</t>
+          <t>Devlet Tartışmaları</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789758382972</t>
+          <t>9789756361504</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bille ile Zottel</t>
+          <t>Derin Milliyetçiliğin Siyasal İktisadı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789758382071</t>
+          <t>9789758382880</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bilimlerin Vicdanı Psikiyatri</t>
+          <t>Çocuk İşçiler Çarpık Gelişen Bedenler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9789756361313</t>
+          <t>9789758382576</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye İçerden Bir Bakış...</t>
+          <t>Çılgın Atı Düşlemek</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059378918</t>
+          <t>9789758382156</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sanat Tarih Estetik</t>
+          <t>Canıma Değmez Hayat</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059378895</t>
+          <t>9789756361573</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Korona Günlerinde Mahpusluk</t>
+          <t>Buğulu Camlar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059378888</t>
+          <t>9786055580087</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Medya Okumaları</t>
+          <t>Bir Taş da Siz Atın</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057001825</t>
+          <t>9786055580193</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ayşa</t>
+          <t>Ben Sendeyim</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057001818</t>
+          <t>9789756361443</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Antakya Şiirinin Dört Ustası</t>
+          <t>Az Çalışmalı Aşka Zaman Ayırmalı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786057001801</t>
+          <t>9789756361634</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Borges’le Gizemli Bir Yolculuk</t>
+          <t>Avrupa Birliği ve Gazetecilik</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059378994</t>
+          <t>9789756361498</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Şafak Oteli</t>
+          <t>Avrupa Birliği ve Çokkültürcülük Yalanı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059378987</t>
+          <t>9789758382040</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Gulav’ın Amerika Parası</t>
+          <t>Aşklar ve Kuşlar Azalırken</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059378833</t>
+          <t>9786055580292</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Sesi</t>
+          <t>Arap Hıristiyanlar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059378819</t>
+          <t>9789756361221</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İzmir Sokakları</t>
+          <t>Değişen Toplumsal Yapıda Karakter</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059378772</t>
+          <t>9789758382910</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Aleviliğin Bilimsel Kimliği</t>
+          <t>Andersen’den Dokuz Masal</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059378758</t>
+          <t>9789758382521</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Ekonomi Mümkün</t>
+          <t>Amerika: Rüya mı? Kabus mu? Yankee İmparatorluğu</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059378857</t>
+          <t>9786055580049</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Risk Söylemi</t>
+          <t>Aile ve Şiddet</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059378864</t>
+          <t>9789786055589</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Medya ve İletişim</t>
+          <t>Adil Okay ile Geçerken...</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059378871</t>
+          <t>9789758382934</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Post-Nesne ve Post-İnsan</t>
+          <t>Batı Poley Serüvenimiz</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059378802</t>
+          <t>9789756361054</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ha Babam Cevaplar</t>
+          <t>ABD Saldırganlığı: Irak ve Ötesi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059378642</t>
+          <t>9789756361047</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kuşum</t>
+          <t>11 Eylül’den Afganistan’a ABD İmparatorluğu</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059378826</t>
+          <t>9789756361733</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Aidiyet, Göçmen ve Toplumsal Çeşitlilik</t>
+          <t>"Söylenecek Yalan Kalmadı!" İnsan "Hak(Sızlık)ları"</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059378796</t>
+          <t>9789756361726</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Ken Loach Filmlerinde Mücadelenin Arkeolojisi</t>
+          <t>"Hayır, Evet’ten Önce Gelir!" Hukuk(Suzluk) Yazıları</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059378840</t>
+          <t>9786055580681</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya, Toplum ve Siyasal İletişim</t>
+          <t>Antropoloji Gözüyle: Sınıf, Kültür, Kimlik Yazıları</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>670</v>
+        <v>460</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059378963</t>
+          <t>9786055580384</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İklim ve Toplum</t>
+          <t>Zamanın Ruhu</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>380</v>
+        <v>620</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059378949</t>
+          <t>9789756361610</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medya ve Mekanın Dönüşümü</t>
+          <t>Yükseköğretim Sistemimiz</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059378956</t>
+          <t>9786059378079</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi ve Küresel Yeşil Yeni Düzen</t>
+          <t>Halkla İlişkilerin Kurmaca Dünyası ve Hakikatin Direnişi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789758382019</t>
+          <t>9789758382767</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme mi? Emperyalizm mi? Piyasacı Efsanenin Çöküşü</t>
+          <t>Haber ve Haber Programlarında İdeoloji ve Gerçeklik</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055580131</t>
+          <t>9789758382255</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kul Tebaa Yurttaş</t>
+          <t>Iroquois Masalları</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059378789</t>
+          <t>9789758382804</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanatta Postmodernizm Neo - Avangardizm ve Sinizm</t>
+          <t>Hüzünlü Şarkılar Sokağı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059378604</t>
+          <t>9789758382248</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Habercinin Değişen Habitusu</t>
+          <t>Hiçkimsenin Cumhuriyeti</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059378611</t>
+          <t>9789756361078</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Çocukluktan Gençliğe Sanatsal Gelişme</t>
+          <t>Hermes’ten İdris’e  Bir Dinsel Geleneğin Dönüşüm Dinamikleri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059378741</t>
+          <t>9789756361948</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerin Sessizliği</t>
+          <t>Halkla İlişkiler: Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059378765</t>
+          <t>9786055880231</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Ağ Kültürü Enformasyon Çağında Siyaset</t>
+          <t>Halkla İlişkiler ve Reklamın Anatomisi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059378628</t>
+          <t>9789756361535</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Tembellik Hakkı</t>
+          <t>Halk Eğitimi  (Yetişkin Eğitimi)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059378574</t>
+          <t>9789758382772</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Giden ve Kalan Arasında</t>
+          <t>Gülizar</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059378550</t>
+          <t>9789758382088</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche'nin Kartal Tüyü Kalemi</t>
+          <t>Gurvitch: Sosyoloji ve Felsefe</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059378451</t>
+          <t>9786055580179</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İmza ve Ötesi</t>
+          <t>Gramsci, Freire ve Yetişkin Eğitimi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059378635</t>
+          <t>9789756361993</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Saqelenge</t>
+          <t>Gönülden Gönüle Mevlana İmgesi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059378659</t>
+          <t>9786055580100</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Gözle Troçki</t>
+          <t>Göç ve Zor</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059378468</t>
+          <t>9789756361368</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Ceza Muhakemesi Hukukunda Çocuk Ceza Adalet Sistemi</t>
+          <t>Globalleşme Popüler Kültür ve Medya</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059378567</t>
+          <t>9786055580278</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Yeni Ekonomisinde Kurumsal İletişim</t>
+          <t>Genetik Kukla: Aşk</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059378697</t>
+          <t>9789756361474</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Temize Çekilmez Aşk</t>
+          <t>Gelenekten Geleceğe Halkoyunları</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059378406</t>
+          <t>9789758382316</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Hayri</t>
+          <t>Fransız Direniş Yöneticilerine Mektup</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059378734</t>
+          <t>9786059378086</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Doğruluk ve Twitter</t>
+          <t>Yaşam Pratikleriyle Dönüşen Oyun</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059378727</t>
+          <t>9786059378017</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Meleği Sevmek</t>
+          <t>Özgürleşmenin Yolları</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059378703</t>
+          <t>9786055580957</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kamusuz Yararlar Ülkesi</t>
+          <t>Firari Hayat</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059378680</t>
+          <t>9786059378000</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>İzmir Spor Tarihi</t>
+          <t>İletişim Ağlarında Yeni Hizmetler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
+          <t>9786059378031</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Lenin'den Sonra</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9786059378024</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Kaçak</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786059378147</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786059378109</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Namus, Töre ve Eril Şiddet</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786055580889</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Ben Kimim ve Yazarın Soytarılığı</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786055580797</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Gezi Tartışmaları</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9786059378215</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Kuşları</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786055580841</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>1980 Sonrası Türkiye'de Sanat ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786055580872</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Hapishanelere Esinti Yollayalım</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9786055580858</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>İnternette Gösteri ve Gözetim</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9786055580759</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>AKP'nin Laik Bilimsel ve Kamusal Eğitim Karşılığı</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786055580674</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Sonu</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9786055580810</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimat Sonrası Yayıncılık ve Roman</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9786055580926</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Pülümür</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786055580902</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Yasal Kürtler</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786055580742</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Marx'ın Grundrisse'si</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786055580735</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sanatta Temsiliyet Krizi</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786055580612</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Kentleşmenin Toplumsal Boyutları</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786055580803</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Çokkültürlü Eğitim</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786055580506</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Modernden Postmoderne Sanat</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786055580544</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Fotoğraf Resimdir</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786055580520</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>AKP Ilımlı İslam, Neoliberalizm</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9789756361139</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Kırsalında Kliyentalizm ve Siyasal Katılım</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9789756361122</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Kırsalı Yoksullaşırken Niçin Dik Kulak Oldum</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9789756361887</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Sermayenin Medyası Medyanın Sermayesi</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9789756361801</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Modernizm, Otomobil Kültürü ve Reklam</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786055580582</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Panorama</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786059378970</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Mazgirt</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786059378925</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Aleviliğin Doğuş Kaynakları</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786059378932</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Cinsiyet - Temel Bilgiler</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786059378901</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Çağda Kitle Kültürü, Eğlence ve Sanat</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9789758382972</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Bille ile Zottel</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9789758382071</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Bilimlerin Vicdanı Psikiyatri</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9789756361313</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği ve Türkiye İçerden Bir Bakış...</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786059378918</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Sanat Tarih Estetik</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786059378895</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Korona Günlerinde Mahpusluk</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786059378888</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Disiplinlerarası Medya Okumaları</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786057001825</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Ayşa</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786057001818</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Antakya Şiirinin Dört Ustası</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786057001801</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Borges’le Gizemli Bir Yolculuk</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786059378994</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Şafak Oteli</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786059378987</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Gulav’ın Amerika Parası</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786059378833</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlüğün Sesi</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786059378819</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>İzmir Sokakları</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786059378772</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Aleviliğin Bilimsel Kimliği</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786059378758</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Ekonomi Mümkün</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786059378857</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Modern Dünyada Risk Söylemi</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786059378864</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Medya ve İletişim</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786059378871</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Sanatta Post-Nesne ve Post-İnsan</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786059378802</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Ha Babam Cevaplar</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786059378642</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Kuşum</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786059378826</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Aidiyet, Göçmen ve Toplumsal Çeşitlilik</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786059378796</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Ken Loach Filmlerinde Mücadelenin Arkeolojisi</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786059378840</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Medya, Toplum ve Siyasal İletişim</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786059378963</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>İklim ve Toplum</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786059378949</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Medya ve Mekanın Dönüşümü</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786059378956</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>İklim Krizi ve Küresel Yeşil Yeni Düzen</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9789758382019</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme mi? Emperyalizm mi? Piyasacı Efsanenin Çöküşü</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786055580131</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Kul Tebaa Yurttaş</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786059378789</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sanatta Postmodernizm Neo - Avangardizm ve Sinizm</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786059378604</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Habercinin Değişen Habitusu</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786059378611</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluktan Gençliğe Sanatsal Gelişme</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786059378741</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Üniversitelerin Sessizliği</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786059378765</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Ağ Kültürü Enformasyon Çağında Siyaset</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786059378628</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Sinemada Tembellik Hakkı</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786059378574</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Giden ve Kalan Arasında</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786059378550</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Nietzsche'nin Kartal Tüyü Kalemi</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786059378451</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>İmza ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786059378635</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Saqelenge</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786059378659</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Eleştirel Gözle Troçki</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786059378468</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Ceza ve Ceza Muhakemesi Hukukunda Çocuk Ceza Adalet Sistemi</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786059378567</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Medyanın Yeni Ekonomisinde Kurumsal İletişim</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786059378697</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Temize Çekilmez Aşk</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786059378406</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Bolşevik Hayri</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786059378734</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Doğruluk ve Twitter</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786059378727</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Beşinci Meleği Sevmek</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786059378703</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Kamusuz Yararlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786059378680</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>İzmir Spor Tarihi</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
           <t>9786059378710</t>
         </is>
       </c>
-      <c r="B372" s="1" t="inlineStr">
+      <c r="B450" s="1" t="inlineStr">
         <is>
           <t>Twitter Araştırmaları</t>
         </is>
       </c>
-      <c r="C372" s="1">
+      <c r="C450" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>