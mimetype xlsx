--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -1474,51 +1474,51 @@
         <is>
           <t>9789752622388</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesi Zeka ve Dikkat Geliştirme Oyunları - 4-5 Yaş</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789752621497</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Zeka Geliştirici ve Eğlendirici Bilmeceler Bulmacalar (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9789752622623</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Einführung Islam</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9789758552153</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>