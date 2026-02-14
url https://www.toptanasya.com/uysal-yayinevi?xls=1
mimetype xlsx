--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,3400 +85,4810 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256291409</t>
+          <t>9780618632138</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri Set (14 Kitap)</t>
+          <t>Çocuklar İçin Peygamberimizin Hayatı ve Örnek Ahlakı (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256291768</t>
+          <t>9780618746231</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri Boyama Kitapları Seti (13 Kitap)</t>
+          <t>Çocuklar İçin Dinimi Öğreniyorum Soru Cevap ve Hikayelerle (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054709915</t>
+          <t>9786259986715</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Arapça - Türkçe Sayılar Boyama Kitabı</t>
+          <t>Allah Zalim Midir?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054709922</t>
+          <t>9789752620544</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizim Defterim Çizgi Çalışmaları</t>
+          <t>Taşıtlar 2-5 Yaş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054709939</t>
+          <t>2000021100009</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Tükenmeyen Yazı Defteri</t>
+          <t>Geschıchten Aus Dem Koran - Büyük Boy (Kuran'dan Dini Hikayeler)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256291287</t>
+          <t>9789758552947</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuran Elifbası Tükenmeyen Yazı Defteri</t>
+          <t>Esma-i Hüsna ve Açıklamaları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256291294</t>
+          <t>9789753180672</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Stickerli Taşıtlar Boyama Kitabı</t>
+          <t>Boyamalı ve Alıştırmalı Kur'an Elifbası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054709984</t>
+          <t>3990000017121</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hazreti İbrahim - Peygamber Hikayeleri</t>
+          <t>Hikayelerle Esma-i Hüsna ( 3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>50</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256291331</t>
+          <t>9789758552818</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Musa Firavun ve Kızıldeniz</t>
+          <t>Peygamberimizin Çocukluğu ve Gençliği (7'den 70'e Herkes İçin)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256291348</t>
+          <t>4440000003059</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Musa Tur Dağı Mucizesi</t>
+          <t>Teşekkürler Allah'ım (Türkçe)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256291324</t>
+          <t>3990000017263</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hz Muhammed (s.a.v) Peygamberlik Yılları</t>
+          <t>Karton Kitaplar 8 - Taşıtlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256291317</t>
+          <t>9789752621480</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hz Muhammed (s.a.v) Gençlik Yılları</t>
+          <t>Mevlana’dan Hikayeler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256291300</t>
+          <t>3990000016974</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hz Muhammed (s.a.v) Çocukluk Yılları</t>
+          <t>L’Islam Ethique Et Pratique Mode D’Emploi Pour Les Enfants - 1</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>50</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054709977</t>
+          <t>3990000035872</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Davud</t>
+          <t>Les Piliers De L’Islam - J'apprends L'Islam En Coloriant 3</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>50</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256291362</t>
+          <t>3990000027666</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Yunus</t>
+          <t>Les Piliers De La Foi - J'apprends L'Islam En Coloriant 2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256291393</t>
+          <t>3990000050576</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Nuh</t>
+          <t>La Vie De Notre Prophete - J'Apprends L'Islam En Coloriant 5</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>50</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054709960</t>
+          <t>3990000025936</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Adem</t>
+          <t>Kur’an’dan Dini Hikayeler 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>50</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256291355</t>
+          <t>3990000004600</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Süleyman</t>
+          <t>Kur’an’dan Dini Hikayeler 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>50</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256291379</t>
+          <t>9789752621909</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Yusuf</t>
+          <t>İlk Namaz Hikayeleri (Küçük Boy)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>50</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054709991</t>
+          <t>9789752622753</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hazreti İsmail</t>
+          <t>Ilmihal Für Frauen Islamisches Grundwissen für Frauen (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256291386</t>
+          <t>9789752621442</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hazreti İsa - Peygamber Hikayeleri</t>
+          <t>Hikayelerle İman Bahçesi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9799758552947</t>
+          <t>9789752621466</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna - Allahu Teala’nın Güzel İsimleri ve Açıklamaları</t>
+          <t>Hikayelerle Esma-i Hüsna 3 - 38 Hikaye</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>50</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752621831</t>
+          <t>9789752621473</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şen İzciler El Kitabı</t>
+          <t>Hikayelerle Esma-i Hüsna 2 - 32 Hikaye</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>95</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752620414</t>
+          <t>9789752621169</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zeka Oyunları 1</t>
+          <t>Hikayelerle Esma-i Hüsna (Allahu Teala'nın Güzel İsimleri)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>115</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259448640</t>
+          <t>9799752620451</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz'in (S.A.V.) Hayatı ve Örnek Ahlakı İslam'ın Yayılışı 3. Cilt</t>
+          <t>Hikaye, Oyun ve Piyeslerle Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259448626</t>
+          <t>9789752620056</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz'in (S.A.V.) Hayatı ve Örnek Ahlakı Hicret, Tebliğ ve Davet Dönemi 2. Cilt</t>
+          <t>Hayvanlar Dünyasından Masallar (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259448633</t>
+          <t>3990000003238</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz’in (S.A.V.) Hayatı ve Örnek Ahlakı Mekke’den Doğan Güneş 1. Cilt</t>
+          <t>Geschichten Aus Dem Koran 2</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259448602</t>
+          <t>3990000026549</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>10 Hikayede Peygamber Efendimiz'in Hayatı Mekke Dönemi (Ciltli)</t>
+          <t>Geschichten Aus Dem Koran 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>325</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259986791</t>
+          <t>3990000028032</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>10 Hikayede Peygamber Efendimiz’in (s.a.v) Hayatı Medine Dönemi</t>
+          <t>Erste Religionskenntnisse Für Kinder - 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259986784</t>
+          <t>3990000011390</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>10 Hikayede Peygamber Efendimiz’in Hayatı Mekke Dönemi</t>
+          <t>Erste Religionskenntnisse Für Kinder - 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752622463</t>
+          <t>3990000004598</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Kadın İlmihali (Ciltli)</t>
+          <t>Zeka Oyunları 3</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9859758552955</t>
+          <t>9789752620407</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Elifbası Ve Hareketleri</t>
+          <t>Zeka Oyunları 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752621206</t>
+          <t>9789752622777</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Lernkarten – Dıe Fün Säulen Des Islam</t>
+          <t>Üzülme</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752623286</t>
+          <t>9789752621251</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Elifba'sı Oyun Seti</t>
+          <t>Resimlerle Çevremi Tanıyorum</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752622845</t>
+          <t>9789752620841</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kitap 3 - Allah Sevgisi; La İlahe İllallah</t>
+          <t>Peygamberimizin Hayatı 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>312</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752620582</t>
+          <t>9789752622722</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Karton Kitaplar 6 Sevimli Hayvanlar</t>
+          <t>Peygamberimizden Ahlak ve Görgü Kuralları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>60</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>1000021100029</t>
+          <t>9789752621503</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>The Lıfe Of Teh Last Prophet, 10 Book</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştirici Bulmacalı Boyama 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789758552863</t>
+          <t>9789752621374</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Evliliğe Kurulan Tuzaklar</t>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştirici Bulmacalı Boyama 1 (6 Yaş)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>90</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752622883</t>
+          <t>9789758552573</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Das Pflichtgebet; Sesli Namaz Sureleri</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752621183</t>
+          <t>9789752621787</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları Peygamberler Tarihi (Almanca) (Kod: 202)</t>
+          <t>Die Geschichte Der Propheten 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758552184</t>
+          <t>9789752620780</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zeka ve Dikkat Geliştirme İslami Kart Oyunları - 3</t>
+          <t>Das Leben Des Letzten Phopheten Muhammad 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752621190</t>
+          <t>9789752622005</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları İmanın Şartları (Almanca) (Kod: 170)</t>
+          <t>Çocuklara Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752622852</t>
+          <t>9789752620346</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kitap 2 - Teşekkürler Allah’ım</t>
+          <t>Çocuklara 40 Hadis 40 Hikaye - 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>312</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752623187</t>
+          <t>9789752620292</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu 7 - Peygamberimizin Hayatı</t>
+          <t>Bulmacalı Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752621978</t>
+          <t>9789758552917</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Das Koran - Alphabet Memory</t>
+          <t>Bilmece Bahçesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752620636</t>
+          <t>9789758552269</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları Peygamberimizin Hayatı</t>
+          <t>Babamdan Masallar (5 Yaş ve Üstü)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752622944</t>
+          <t>9789758552481</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu - Zeka Oyunları 1</t>
+          <t>Babamdan Hikayeler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752621039</t>
+          <t>3990000001751</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Al-Asma'u-l Husna</t>
+          <t>Ayetlerin İniş Hikayeleri 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752620506</t>
+          <t>3990000001750</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları Sorular ve Cevaplar</t>
+          <t>Ayetlerin İniş Hikayeleri 1</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752620643</t>
+          <t>3990000001742</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları - İslamın Şartları</t>
+          <t>Ayetlerin İniş Hikayeleri (Küçük Boy)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752621664</t>
+          <t>9789753181334</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Oyun Kartları Zeka Oyunları</t>
+          <t>40 Hadiste Ticaret</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752621268</t>
+          <t>9789752620568</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları - 6 - 1. Kur'an Elifbası ile Tamam Oyunu 2. Eşini Bulma (Hafıza) Oyunu Memory</t>
+          <t>40 Hadis 40 Hikaye</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752620650</t>
+          <t>9789753181044</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları - Peygamberler Tarihi 72 Kart 6 - 15 Yaş</t>
+          <t>40 Hadiste Kadın</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752621275</t>
+          <t>9789753181037</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları - 7</t>
+          <t>40 Hadis İmam-ı Nevevi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752622869</t>
+          <t>9789758552252</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kitap 1 : Bismillah</t>
+          <t>Annemden Masallar (5 Yaş ve Üstü)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>312</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752620629</t>
+          <t>9789758552498</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları İmanın Şartları</t>
+          <t>Annemden Hikayeler (Küçük Boy)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789758552375</t>
+          <t>9789752620551</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Geschichten Aus Dem Koran</t>
+          <t>Sayılar - Renkler - Şekiller</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752623040</t>
+          <t>3990000018064</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İlginç Hikayeler</t>
+          <t>Ich Danke Dır Allah: Teşekkürler Allahım (Almanca)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752623064</t>
+          <t>3990000018073</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İlmihal</t>
+          <t>Peygamberimizin Hayatı 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752623019</t>
+          <t>3990000001810</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmaları (3+ Yaş)</t>
+          <t>Geschichte Der Propheten 1-2</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789758552634</t>
+          <t>3996666645550</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Den Islam Malend Lernen 4 - Malbuch Über Die Islamische Sitte Und Umgan</t>
+          <t>Boyamalı Kırmızı Başlıklı Kız - Masallı Boyama Serisi - 4</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752620520</t>
+          <t>3999996654201</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Abdest ve Namaz</t>
+          <t>Boyamalı Nasreddin Hoca - Masallı Boyama Serisi - 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752620575</t>
+          <t>3999620032327</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Zıt Kavramlar</t>
+          <t>Boyamalı Pamuk Prenses ve Yedi Cüceler - Masallı Boyama Serisi - 3</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789752623217</t>
+          <t>9789752620490</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlük 1 - Kelimeler ve Kavramlar</t>
+          <t>Şifa Öyküleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752623224</t>
+          <t>9799752620383</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlük 2 - Sayılar - Renkler - Şekiller - Hayvanlar - Taşıtlar</t>
+          <t>Sorunsuz Gençlik 2 - Ruhsal Terbiye</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752623231</t>
+          <t>9799752620376</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İlk Sözlük 3 - Dini Bilgiler</t>
+          <t>Sorunsuz Gençlik 1 - Ergen Eğitme Sanatı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789758552054</t>
+          <t>3990000006009</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Hikayeler (10 Kitap Takım - Büyük Boy)</t>
+          <t>Short Stories In English</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752623057</t>
+          <t>3990000026162</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Değerler Eğitimi</t>
+          <t>Ayetlerin İniş Hikayeleri 1 (12 Hikaye)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752622951</t>
+          <t>9789752622326</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Die Rituellen Waschungen Und Das Rituelle Gebet im İslam</t>
+          <t>Peygamberimizin Hayatı 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752622128</t>
+          <t>9789752621060</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Masallar (50 Masal)</t>
+          <t>Peygamberimizin Hayatı (Çizgi Roman)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>100</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752620599</t>
+          <t>9789752621657</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Karton Kitaplar 9 - Hayvanlar Alemi</t>
+          <t>Okul Öncesi Çıkartmalı Boyama Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>80</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752622111</t>
+          <t>9789752621091</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin İniş Hikayeleri (Orta Boy)</t>
+          <t>Nikah ve Düğün Hediyesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>110</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752622913</t>
+          <t>9789758104031</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı 1-2 (Orta Boy)</t>
+          <t>Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758552542</t>
+          <t>9789752621954</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ich Lerne Den Islam (Orta Boy)</t>
+          <t>Nasreddin Hodscha (Küçük Boy)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789752622296</t>
+          <t>9789758552450</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Elifbası</t>
+          <t>L’Islam, Ethique Et Pratique Mode D’Emploi Pour Les Enfants - 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>70</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789752622487</t>
+          <t>9789758552962</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kelime-i Tevhid Uğrunda Peygamberimize ve Ashabına Yapılan İşkenceler</t>
+          <t>Kur’an ve Sünnet’ten Şifalı Dualar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752622036</t>
+          <t>3990000001756</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Karakterim Gelişiyor Değerler Eğitim Seti (8 Kitap Takım)</t>
+          <t>Boyamalı Peygamberler Tarihi 1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>560</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758552313</t>
+          <t>3990000001758</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İlk Oruç</t>
+          <t>Boyamalı Peygamberler Tarihi 2</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>60</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752621848</t>
+          <t>9789758552238</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz Hikayeleri (Orta Boy)</t>
+          <t>Keloğlan Masalları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>100</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752621510</t>
+          <t>3995485522222</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ich Lerne Den Islam - 2</t>
+          <t>The Conquest Of Mecca - The Life Of The Last Prophet 10</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752621800</t>
+          <t>3995485522221</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ich Lerne Den Islam - 1</t>
+          <t>The Battle Of The Trench - The Life Of The Last Prophet 9</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>150</v>
+        <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789758552992</t>
+          <t>3995485522220</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Huzur ve Mutluluk Yolu</t>
+          <t>The Battle Of Uhud - The Life Of The Last Prophet 8</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>45</v>
+        <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752620063</t>
+          <t>3995485522219</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyasından Masallar (Küçük Boy)</t>
+          <t>Battles - The Life Of The Last Prophet 7</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>65</v>
+        <v>4</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789758552382</t>
+          <t>3995485522218</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Geschichten Von Letzten Propheten Muhammad</t>
+          <t>Migration To Yathrib - The Life Of The Last Prophet 6</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752622647</t>
+          <t>3995485522217</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Geschichten Aus Dem Koran 1-2</t>
+          <t>The Miracles - The Life Of The Last Prophet 5</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>4</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789758552757</t>
+          <t>3995485522216</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Mutluluk Seti (2 Kitap Takım) (Ciltli)</t>
+          <t>The Duty Of Prophethood - The Life Of The Last Prophet 4</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>700</v>
+        <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752622456</t>
+          <t>3995485522215</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Evlilik ve Cinsel Hayat (Ciltli)</t>
+          <t>Mohammed's Youth - The Life Of The Last Prophet 3</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>500</v>
+        <v>4</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789752621701</t>
+          <t>3995485522214</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>El Becerileri ve Zeka Geliştirme Faaliyetleri 1</t>
+          <t>The Prophet Mohammed's Infacy - The Life Of The Last Prophet 2</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>110</v>
+        <v>4</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758552870</t>
+          <t>9782000035695</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ein Kind Sucht Allah</t>
+          <t>Das Leben Unseres Propheten 8</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>2.16</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752621886</t>
+          <t>9780618235643</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>El Becerileri ve Zeka Geliştirme Faaliyetleri - 2</t>
+          <t>Çocuklar İçin Peygamberimizin Hayatı Mekke ve Medine Dönemi (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789752620322</t>
+          <t>9780618442621</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zıpır (Şaşırtmaca) Bilmeceler</t>
+          <t>Çocuklar İçin Faaliyetli ve Etkinlikli Temel Dini Bilgiler Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>95</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789752622388</t>
+          <t>9780618321322</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Zeka ve Dikkat Geliştirme Oyunları - 4-5 Yaş</t>
+          <t>Çocuklar İçin Boyamalı Dini Bilgiler Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752621497</t>
+          <t>9780618199853</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zeka Geliştirici ve Eğlendirici Bilmeceler Bulmacalar (10 Kitap Takım)</t>
+          <t>Minikler İçin Dört Dilde Resimli İlk Sözlük Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752622623</t>
+          <t>9780618945412</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Einführung Islam</t>
+          <t>Hikayeler ve Masallarla Değerler Eğitimi Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789758552153</t>
+          <t>9786256291409</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Resimli Çocuk Eğitimi Yanlışlar-Doğrular</t>
+          <t>Peygamber Hikayeleri Set (14 Kitap)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752621541</t>
+          <t>9786256291768</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Hayvanları Öğreniyorum</t>
+          <t>Peygamber Hikayeleri Boyama Kitapları Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752622067</t>
+          <t>9786054709915</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Sünnetinde Çocuk Eğitimi</t>
+          <t>Arapça - Türkçe Sayılar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789758552047</t>
+          <t>9786054709922</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden Dini Hikayeler 1</t>
+          <t>İlk Çizim Defterim Çizgi Çalışmaları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789758552191</t>
+          <t>9786054709939</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’den Dini Hikayeler</t>
+          <t>Alfabe Tükenmeyen Yazı Defteri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752621077</t>
+          <t>9786256291287</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Sevgisi</t>
+          <t>Kuran Elifbası Tükenmeyen Yazı Defteri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789758552535</t>
+          <t>9786256291294</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Çıkartmalı Stickerli Taşıtlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752621824</t>
+          <t>9786054709984</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca - Nasreddin Hodscha</t>
+          <t>Hazreti İbrahim - Peygamber Hikayeleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752621893</t>
+          <t>9786256291331</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Multiple Intelligenz und Geschichten Über Das Erste Gebet</t>
+          <t>Hazreti Musa Firavun ve Kızıldeniz</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789758552788</t>
+          <t>9786256291348</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Atasözleri ve Deyimler</t>
+          <t>Hazreti Musa Tur Dağı Mucizesi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752622029</t>
+          <t>9786256291324</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Eğlenerek Öğreniyorum Eğitim Seti (6 Kitap)</t>
+          <t>Hz Muhammed (s.a.v) Peygamberlik Yılları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>315</v>
+        <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789752622104</t>
+          <t>9786256291317</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Eğlendirici ve Güldürücü Bilmeceler</t>
+          <t>Hz Muhammed (s.a.v) Gençlik Yılları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789758552221</t>
+          <t>9786256291300</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dünya Masalları</t>
+          <t>Hz Muhammed (s.a.v) Çocukluk Yılları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>95</v>
+        <v>50</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752620513</t>
+          <t>9786054709977</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dostumuz Hayvanlar</t>
+          <t>Hazreti Davud</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752622968</t>
+          <t>9786256291362</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum 2</t>
+          <t>Hazreti Yunus</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752622920</t>
+          <t>9786256291393</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum 1</t>
+          <t>Hazreti Nuh</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789758552559</t>
+          <t>9786054709960</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum</t>
+          <t>Hazreti Adem</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752622135</t>
+          <t>9786256291355</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilmece ve Bulmacalar</t>
+          <t>Hazreti Süleyman</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752621930</t>
+          <t>9786256291379</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Faaliyet Kitabı 2 / İslamın Şartları</t>
+          <t>Hazreti Yusuf</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752621923</t>
+          <t>9786054709991</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler - Faaliyet Kitabı 1 - İmanın Şartları</t>
+          <t>Hazreti İsmail</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752622609</t>
+          <t>9786256291386</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Das Leben Des Letzten Propheten Muhammad</t>
+          <t>Hazreti İsa - Peygamber Hikayeleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789758552306</t>
+          <t>9799758552947</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Das Erste Faten Und Das Ramadan-Fest / Die Opferung Ismaels Und Das Opferfest</t>
+          <t>Esma-i Hüsna - Allahu Teala’nın Güzel İsimleri ve Açıklamaları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789758552276</t>
+          <t>9789752621831</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara İlk Dini Bilgiler 2</t>
+          <t>Şen İzciler El Kitabı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789758552061</t>
+          <t>9789752620414</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara İlk Dini Bilgiler 1</t>
+          <t>Zeka Oyunları 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752620339</t>
+          <t>9786259448640</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara 40 Hadis 40 Hikaye</t>
+          <t>Peygamber Efendimiz'in (S.A.V.) Hayatı ve Örnek Ahlakı İslam'ın Yayılışı 3. Cilt</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789758552887</t>
+          <t>9786259448626</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cin, Şeytan ve Büyüden Koruyucu Dualar</t>
+          <t>Peygamber Efendimiz'in (S.A.V.) Hayatı ve Örnek Ahlakı Hicret, Tebliğ ve Davet Dönemi 2. Cilt</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789758552429</t>
+          <t>9786259448633</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Babamdan Hikayeler (29 Hikaye)</t>
+          <t>Peygamber Efendimiz’in (S.A.V.) Hayatı ve Örnek Ahlakı Mekke’den Doğan Güneş 1. Cilt</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752621022</t>
+          <t>9786259448602</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>20 Hikayede Peygamberimizin Hayatı (Ciltli)</t>
+          <t>10 Hikayede Peygamber Efendimiz'in Hayatı Mekke Dönemi (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789758552085</t>
+          <t>9786259986791</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Annemden Masallar (5 Yaş ve Üstü 9 Masal)</t>
+          <t>10 Hikayede Peygamber Efendimiz’in (s.a.v) Hayatı Medine Dönemi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758552399</t>
+          <t>9786259986784</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Annemden Hikayeler (Büyük Boy)</t>
+          <t>10 Hikayede Peygamber Efendimiz’in Hayatı Mekke Dönemi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789758552726</t>
+          <t>9789752622463</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Arayan Çocuklar</t>
+          <t>İzahlı Kadın İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753181266</t>
+          <t>9859758552955</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Abdest Gusül ve Namazı Öğreniyorum (Rusça)</t>
+          <t>Kur'an Elifbası Ve Hareketleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752622500</t>
+          <t>9789752621206</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Abdest - Gusül ve Namazı Öğreniyorum</t>
+          <t>Lernkarten – Dıe Fün Säulen Des Islam</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>65</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752622784</t>
+          <t>9789752623286</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günahlar Büyük Sevaplar (Ciltli)</t>
+          <t>Kur'an Elifba'sı Oyun Seti</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752622210</t>
+          <t>9789752622845</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Esma-i Hüsna</t>
+          <t>Konuşan Kitap 3 - Allah Sevgisi; La İlahe İllallah</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>312</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752622814</t>
+          <t>9789752620582</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Değerler Eğitimi (235)</t>
+          <t>Karton Kitaplar 6 Sevimli Hayvanlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752620537</t>
+          <t>1000021100029</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Dini Kavramlar</t>
+          <t>The Lıfe Of Teh Last Prophet, 10 Book</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752622906</t>
+          <t>9789758552863</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Evlilik Sevgi ve Mutluluk</t>
+          <t>Evliliğe Kurulan Tuzaklar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>115</v>
+        <v>90</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752623033</t>
+          <t>9789752622883</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Çocuk Eğitimi</t>
+          <t>Das Pflichtgebet; Sesli Namaz Sureleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>115</v>
+        <v>360</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752622562</t>
+          <t>9789752621183</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hamile Annenin ve Bebeğinin Günlüğü</t>
+          <t>Bilgi Kartları Peygamberler Tarihi (Almanca) (Kod: 202)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752622586</t>
+          <t>9789758552184</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Das Leben Des Letzten Propheten Muhammad 1 - 2</t>
+          <t>Zeka ve Dikkat Geliştirme İslami Kart Oyunları - 3</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752622418</t>
+          <t>9789752621190</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Zeka ve Dikkat Geliştirici Bulmacalı Boyama 1 (4-5 Yaş)</t>
+          <t>Bilgi Kartları İmanın Şartları (Almanca) (Kod: 170)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752621367</t>
+          <t>9789752622852</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin Zeka Geliştirici Bulmacalı Boyama 1 (5+ Yaş)</t>
+          <t>Konuşan Kitap 2 - Teşekkürler Allah’ım</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>312</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789758552610</t>
+          <t>9789752623187</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Den Islam Malend Lernen 5 - Malbuch Über Das Leben Unseres Propheten</t>
+          <t>Bilgi ve Yarışma Oyunu 7 - Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752620193</t>
+          <t>9789752621978</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Masallı Boyama Serisi (4 Kitap Takım)</t>
+          <t>Das Koran - Alphabet Memory</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752623071</t>
+          <t>9789752620636</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Esma-i Hüsna</t>
+          <t>Bilgi Kartları Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752621855</t>
+          <t>9789752622944</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Hadislerle Ahlak ve Görgü Kuralları</t>
+          <t>Bilgi ve Yarışma Oyunu - Zeka Oyunları 1</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752622760</t>
+          <t>9789752621039</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı 40 Hadiste Ahlak ve Görgü Kuralları</t>
+          <t>Al-Asma'u-l Husna</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758552603</t>
+          <t>9789752620506</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Peygamberler Tarihi</t>
+          <t>Bilgi Kartları Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752621718</t>
+          <t>9789752620643</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyamalı Abdest - Namaz</t>
+          <t>Bilgi Kartları - İslamın Şartları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752622401</t>
+          <t>9789752621664</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı ve Alıştırmalı Türkçe Alfabe</t>
+          <t>Bilgi ve Oyun Kartları Zeka Oyunları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752622098</t>
+          <t>9789752621268</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Abdest - Namaz ve Kandil Geceleri</t>
+          <t>Bilgi Kartları - 6 - 1. Kur'an Elifbası ile Tamam Oyunu 2. Eşini Bulma (Hafıza) Oyunu Memory</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752621985</t>
+          <t>9789752620650</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bulmacalı Boyamalı Oyunlu Kur’an Elifbası 1 (4-7 Yaş)</t>
+          <t>Bilgi Kartları - Peygamberler Tarihi 72 Kart 6 - 15 Yaş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789758552115</t>
+          <t>9789752621275</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Alıştırmalı ve Kur'an Elifbası 2</t>
+          <t>Bilgi Kartları - 7</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752620421</t>
+          <t>9789752622869</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Dini Bilgiler 1 - Allah'a İman</t>
+          <t>Konuşan Kitap 1 : Bismillah</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>100</v>
+        <v>312</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752623026</t>
+          <t>9789752620629</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Ayetlerle Ahlak ve Görgü Kuralları</t>
+          <t>Bilgi Kartları İmanın Şartları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789758552689</t>
+          <t>9789758552375</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Dini Bilgiler 2 - İmanın Şartları</t>
+          <t>Geschichten Aus Dem Koran</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752621947</t>
+          <t>9789752623040</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Das Koran Alphabet 1</t>
+          <t>İlginç Hikayeler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789758552412</t>
+          <t>9789752623064</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Den İslam Malend Lernen - Den Glaube An Allah 1</t>
+          <t>İlmihal</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758552658</t>
+          <t>9789752623019</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Die Fünf Saulen Des Islam - Den Islam Malend Lernen 3</t>
+          <t>Çizgi Çalışmaları (3+ Yaş)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752621770</t>
+          <t>9789758552634</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Die Geschichte Der Propheten 1-2 Tek Kitap</t>
+          <t>Den Islam Malend Lernen 4 - Malbuch Über Die Islamische Sitte Und Umgan</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752620612</t>
+          <t>9789752620520</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Die Rituelle Waschung und Das Gebet - 2</t>
+          <t>Abdest ve Namaz</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789758552665</t>
+          <t>9789752620575</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Dini Bilgiler 3 - İslamın Şartları</t>
+          <t>Zıt Kavramlar</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789758552641</t>
+          <t>9789752623217</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Dini Bilgiler 4 - Ahlak ve Görgü Kuralları</t>
+          <t>İlk Sözlük 1 - Kelimeler ve Kavramlar</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752621725</t>
+          <t>9789752623224</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyamalı İslamın Şartları</t>
+          <t>İlk Sözlük 2 - Sayılar - Renkler - Şekiller - Hayvanlar - Taşıtlar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752621640</t>
+          <t>9789752623231</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çıkartmalı Boyama - Hayvanlar Alemi</t>
+          <t>İlk Sözlük 3 - Dini Bilgiler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752621626</t>
+          <t>9789758552054</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama - Taşıtlar</t>
+          <t>Mevlana'dan Hikayeler (10 Kitap Takım - Büyük Boy)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752622791</t>
+          <t>9789752623057</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>365 Dini Faaliyet Boyama - Bulmaca - Kes Yap</t>
+          <t>Hikayelerle Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789758552474</t>
+          <t>9789752622951</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>De L’Islam En Coloriant - J’Apprends Quelques Bases 1</t>
+          <t>Die Rituellen Waschungen Und Das Rituelle Gebet im İslam</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752621589</t>
+          <t>9789752622128</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Resimli Çocuk Eğitimi - Yanlışlar Doğrular</t>
+          <t>Babamdan Masallar (50 Masal)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752622340</t>
+          <t>9789752620599</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Hayatı</t>
+          <t>Karton Kitaplar 9 - Hayvanlar Alemi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752622395</t>
+          <t>9789752622111</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Zeka ve Dikkat Geliştirme Oyunları - 5-6 Yaş</t>
+          <t>Ayetlerin İniş Hikayeleri (Orta Boy)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752621688</t>
+          <t>9789752622913</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Oyunlarla Matematik Öğrenelim</t>
+          <t>Peygamberimizin Hayatı 1-2 (Orta Boy)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752621671</t>
+          <t>9789758552542</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Oyunlarla Matematik Öğrenelim</t>
+          <t>Ich Lerne Den Islam (Orta Boy)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789758552207</t>
+          <t>9789752622296</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Değerler Eğitimi - Mevlana’dan Hikayeler ve Öğütler</t>
+          <t>Kur’an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752620001</t>
+          <t>9789752622487</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Kelime-i Tevhid Uğrunda Peygamberimize ve Ashabına Yapılan İşkenceler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752622050</t>
+          <t>9789752622036</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Melek Girmeyen Evler - Şeytan Girmeyen Evler</t>
+          <t>Karakterim Gelişiyor Değerler Eğitim Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752622890</t>
+          <t>9789758552313</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Dini Hikayeler</t>
+          <t>İlk Oruç</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789758552245</t>
+          <t>9789752621848</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları (8 Yaş ve Üstü)</t>
+          <t>İlk Namaz Hikayeleri (Orta Boy)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753180894</t>
+          <t>9789752621510</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları (10 Yaş ve Üstü)</t>
+          <t>Ich Lerne Den Islam - 2</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752622715</t>
+          <t>9789752621800</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aile ve Çocuk Eğitimi (Ciltli)</t>
+          <t>Ich Lerne Den Islam - 1</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9799758011796</t>
+          <t>9789758552992</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden Sohbetler ve Öğütler</t>
+          <t>Huzur ve Mutluluk Yolu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>130</v>
+        <v>45</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752622371</t>
+          <t>9789752620063</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Zeka ve Dikkat Geliştirme Oyunları - 3-4 Yaş</t>
+          <t>Hayvanlar Dünyasından Masallar (Küçük Boy)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789758552733</t>
+          <t>9789758552382</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocukluğu ve Gençliği (Orta Boy)</t>
+          <t>Geschichten Von Letzten Propheten Muhammad</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752621749</t>
+          <t>9789752622647</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Malbuch Über Teilwaschung Gebet Und Heilige Nachte Im Islam</t>
+          <t>Geschichten Aus Dem Koran 1-2</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752622807</t>
+          <t>9789758552757</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Sitten Und Umgangsformen In 40 Hadithen</t>
+          <t>Evlilik ve Mutluluk Seti (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752620070</t>
+          <t>9789752622456</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Büyük Namaz Hocası</t>
+          <t>Evlilik ve Cinsel Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752621572</t>
+          <t>9789752621701</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Alfabe - Tükenmeyen Yazı Defteri</t>
+          <t>El Becerileri ve Zeka Geliştirme Faaliyetleri 1</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752621992</t>
+          <t>9789758552870</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Harfleri Tamam Oyunu (Almanca) (Kod: 202)</t>
+          <t>Ein Kind Sucht Allah</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789758552436</t>
+          <t>9789752621886</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Öğreniyorum / Abdest Almayı Öğreniyorum Posteri</t>
+          <t>El Becerileri ve Zeka Geliştirme Faaliyetleri - 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752622180</t>
+          <t>9789752620322</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Değerler ve Ahlak Eğitimi (Poster)</t>
+          <t>Zıpır (Şaşırtmaca) Bilmeceler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789752621381</t>
+          <t>9789752622388</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları 10 - Türk Sultanları ve Padişahları Sorular ve Cevaplar</t>
+          <t>Okul Öncesi Zeka ve Dikkat Geliştirme Oyunları - 4-5 Yaş</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>3000021100769</t>
+          <t>9789752621497</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Harfler (4-6 Yaş); Oynayarak Öğrenelim Serisi 1</t>
+          <t>Zeka Geliştirici ve Eğlendirici Bilmeceler Bulmacalar (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752623309</t>
+          <t>9789752622623</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dini Kelimeler ve Kavramlar Oyunu - Zeka ve Dikkat Geliştirme Oyunu 6</t>
+          <t>Einführung Islam</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752623170</t>
+          <t>9789758552153</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu - 6 - İslamın Şartları</t>
+          <t>Resimli Çocuk Eğitimi Yanlışlar-Doğrular</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752623163</t>
+          <t>9789752621541</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu - 5 - İmanın Şartları</t>
+          <t>Resimlerle Hayvanları Öğreniyorum</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752623132</t>
+          <t>9789752622067</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu - 10 - Esmai Hüsna (Allahu Teala'nın Güzel İsimleri)</t>
+          <t>Peygamberimizin Sünnetinde Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752623439</t>
+          <t>9789758552047</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu - İslami Bilgiler</t>
+          <t>Peygamberimizden Dini Hikayeler 1</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752623446</t>
+          <t>9789758552191</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kim Bilir? Bilgi ve Yarışma Oyunu 9 - Değerler Eğitimi Seti</t>
+          <t>Peygamberimiz’den Dini Hikayeler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789752622982</t>
+          <t>9789752621077</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Zeka Ve Dikkat Geliştirme Kart Oyunları - 5 - Hadislerle Değerler Eğitimi</t>
+          <t>Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752621152</t>
+          <t>9789758552535</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları Peygamberimizin Hayatı (Almanca) (Kod: 172)</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752623149</t>
+          <t>9789752621824</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu 3 - Zıpır Şaşırtmaca Bilmeceler</t>
+          <t>Nasreddin Hoca - Nasreddin Hodscha</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752623194</t>
+          <t>9789752621893</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu 8 - Peygamberler Tarihi</t>
+          <t>Multiple Intelligenz und Geschichten Über Das Erste Gebet</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758552009</t>
+          <t>9789758552788</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Oynayarak Öğrenelim Serisi 1</t>
+          <t>Hikayelerle Atasözleri ve Deyimler</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752623125</t>
+          <t>9789752622029</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu 2 - Bilmeceler</t>
+          <t>Eğlenerek Öğreniyorum Eğitim Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>250</v>
+        <v>315</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752621398</t>
+          <t>9789752622104</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları - 8 - Erkek Sahabeler</t>
+          <t>Eğlendirici ve Güldürücü Bilmeceler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789752621404</t>
+          <t>9789758552221</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları - 9 / Hanım Sahabeler</t>
+          <t>Dünya Masalları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752622999</t>
+          <t>9789752620513</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Zeka ve Dikkat Geliştirme Kart Oyunları 4</t>
+          <t>Dostumuz Hayvanlar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752623156</t>
+          <t>9789752622968</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Yarışma Oyunu 4 - Dini Bilmeceler</t>
+          <t>Dinimi Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752621558</t>
+          <t>9789752622920</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kartları - Hayvanları Öğreniyorum</t>
+          <t>Dinimi Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752621879</t>
+          <t>9789758552559</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Multiple Intelligenz und Geschichten Über Das Erste Gebet</t>
+          <t>Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752622470</t>
+          <t>9789752622135</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kelime-i Tevhid’e Nasıl İnanmalıyız?</t>
+          <t>Dini Bilmece ve Bulmacalar</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789752621817</t>
+          <t>9789752621930</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ich Lerne Den Islam - 3</t>
+          <t>Dini Bilgiler Faaliyet Kitabı 2 / İslamın Şartları</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789752622227</t>
+          <t>9789752621923</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle İman Bahçesi (Orta Boy)</t>
+          <t>Dini Bilgiler - Faaliyet Kitabı 1 - İmanın Şartları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789758552177</t>
+          <t>9789752622609</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Resimlerle Öğreniyorum</t>
+          <t>Das Leben Des Letzten Propheten Muhammad</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>3000021100739</t>
+          <t>9789758552306</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Oynayarak Öğrenelim Serisi 3</t>
+          <t>Das Erste Faten Und Das Ramadan-Fest / Die Opferung Ismaels Und Das Opferfest</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752622616</t>
+          <t>9789758552276</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ehe Und Sexualitat Im Islam (Ciltli)</t>
+          <t>Çocuklara İlk Dini Bilgiler 2</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789752622975</t>
+          <t>9789758552061</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dinimi Öğreniyorum 3 - Resimler ve Hikayelerle Çocuğun Dua Kitabı</t>
+          <t>Çocuklara İlk Dini Bilgiler 1</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789752622739</t>
+          <t>9789752620339</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dini Bilgiler Faaliyet Kitabı - 3 Peygamberimizin Hayatı</t>
+          <t>Çocuklara 40 Hadis 40 Hikaye</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758552795</t>
+          <t>9789758552887</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Bilgiler Ansiklopedisi</t>
+          <t>Cin, Şeytan ve Büyüden Koruyucu Dualar</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758552504</t>
+          <t>9789758552429</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Cep Namaz Hocası</t>
+          <t>Babamdan Hikayeler (29 Hikaye)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789758552979</t>
+          <t>9789752621022</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevigisi</t>
+          <t>20 Hikayede Peygamberimizin Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752622302</t>
+          <t>9789758552085</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Elifbası Tükenmeyen Yazı Defteri</t>
+          <t>Annemden Masallar (5 Yaş ve Üstü 9 Masal)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789753181310</t>
+          <t>9789758552399</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>The Life of the Last Prophet (10 Books)</t>
+          <t>Annemden Hikayeler (Büyük Boy)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758552627</t>
+          <t>9789758552726</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Dini Bilgiler 5 - Peygamberimizin Hayatı</t>
+          <t>Allah’ı Arayan Çocuklar</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789758552283</t>
+          <t>9789753181266</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Das Koran Alphabet 2</t>
+          <t>Abdest Gusül ve Namazı Öğreniyorum (Rusça)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789758552597</t>
+          <t>9789752622500</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Die Gaubensbedingungen - Den Islam Malend Lernen 2</t>
+          <t>Abdest - Gusül ve Namazı Öğreniyorum</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752622012</t>
+          <t>9789752622784</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Kadın İlmihali (Büyük Boy) (Ciltli)</t>
+          <t>Büyük Günahlar Büyük Sevaplar (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752620605</t>
+          <t>9789752622210</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Erste Religionskenntnısse Für Kinder</t>
+          <t>Hikayelerle Esma-i Hüsna</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
+          <t>9789752622814</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Değerler Eğitimi (235)</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789752620537</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Dini Kavramlar</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789752622906</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Evlilik Sevgi ve Mutluluk</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789752623033</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Çocuk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789752622562</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Hamile Annenin ve Bebeğinin Günlüğü</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789752622586</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Das Leben Des Letzten Propheten Muhammad 1 - 2</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789752622418</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Zeka ve Dikkat Geliştirici Bulmacalı Boyama 1 (4-5 Yaş)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789752621367</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Çocuklar İçin Zeka Geliştirici Bulmacalı Boyama 1 (5+ Yaş)</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789758552610</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Den Islam Malend Lernen 5 - Malbuch Über Das Leben Unseres Propheten</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789752620193</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Masallı Boyama Serisi (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789752623071</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Esma-i Hüsna</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789752621855</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Hadislerle Ahlak ve Görgü Kuralları</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789752622760</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı 40 Hadiste Ahlak ve Görgü Kuralları</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789758552603</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Peygamberler Tarihi</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789752621718</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalı Boyamalı Abdest - Namaz</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789752622401</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı ve Alıştırmalı Türkçe Alfabe</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789752622098</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Abdest - Namaz ve Kandil Geceleri</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789752621985</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Bulmacalı Boyamalı Oyunlu Kur’an Elifbası 1 (4-7 Yaş)</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789758552115</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Alıştırmalı ve Kur'an Elifbası 2</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789752620421</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Dini Bilgiler 1 - Allah'a İman</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789752623026</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Ayetlerle Ahlak ve Görgü Kuralları</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789758552689</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Dini Bilgiler 2 - İmanın Şartları</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789752621947</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Das Koran Alphabet 1</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789758552412</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Den İslam Malend Lernen - Den Glaube An Allah 1</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789758552658</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Die Fünf Saulen Des Islam - Den Islam Malend Lernen 3</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789752621770</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Die Geschichte Der Propheten 1-2 Tek Kitap</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789752620612</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Die Rituelle Waschung und Das Gebet - 2</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789758552665</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Dini Bilgiler 3 - İslamın Şartları</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789758552641</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Dini Bilgiler 4 - Ahlak ve Görgü Kuralları</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789752621725</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalı Boyamalı İslamın Şartları</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789752621640</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Çıkartmalı Boyama - Hayvanlar Alemi</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789752621626</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Çıkartmalı Boyama - Taşıtlar</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789752622791</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>365 Dini Faaliyet Boyama - Bulmaca - Kes Yap</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789758552474</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>De L’Islam En Coloriant - J’Apprends Quelques Bases 1</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789752621589</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Resimli Çocuk Eğitimi - Yanlışlar Doğrular</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789752622340</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789752622395</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Zeka ve Dikkat Geliştirme Oyunları - 5-6 Yaş</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789752621688</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Oyunlarla Matematik Öğrenelim</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789752621671</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Oyunlarla Matematik Öğrenelim</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789758552207</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Değerler Eğitimi - Mevlana’dan Hikayeler ve Öğütler</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789752620001</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’den Hikayeler</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789752622050</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Melek Girmeyen Evler - Şeytan Girmeyen Evler</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789752622890</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’dan Dini Hikayeler</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789758552245</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları (8 Yaş ve Üstü)</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789753180894</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan Masalları (10 Yaş ve Üstü)</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789752622715</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>İslam’da Aile ve Çocuk Eğitimi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9799758011796</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizden Sohbetler ve Öğütler</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789752622371</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Zeka ve Dikkat Geliştirme Oyunları - 3-4 Yaş</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789758552733</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimizin Çocukluğu ve Gençliği (Orta Boy)</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789752621749</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Malbuch Über Teilwaschung Gebet Und Heilige Nachte Im Islam</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789752622807</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Sitten Und Umgangsformen In 40 Hadithen</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789752620070</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>İzahlı Büyük Namaz Hocası</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789752621572</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Alfabe - Tükenmeyen Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789752621992</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Harfleri Tamam Oyunu (Almanca) (Kod: 202)</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789758552436</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Kılmayı Öğreniyorum / Abdest Almayı Öğreniyorum Posteri</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789752622180</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Değerler ve Ahlak Eğitimi (Poster)</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789752621381</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Kartları 10 - Türk Sultanları ve Padişahları Sorular ve Cevaplar</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>3000021100769</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Harfler (4-6 Yaş); Oynayarak Öğrenelim Serisi 1</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789752623309</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Dini Kelimeler ve Kavramlar Oyunu - Zeka ve Dikkat Geliştirme Oyunu 6</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789752623170</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Yarışma Oyunu - 6 - İslamın Şartları</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789752623163</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Yarışma Oyunu - 5 - İmanın Şartları</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789752623132</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Yarışma Oyunu - 10 - Esmai Hüsna (Allahu Teala'nın Güzel İsimleri)</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789752623439</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Yarışma Oyunu - İslami Bilgiler</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789752623446</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Kim Bilir? Bilgi ve Yarışma Oyunu 9 - Değerler Eğitimi Seti</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789752622982</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Zeka Ve Dikkat Geliştirme Kart Oyunları - 5 - Hadislerle Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789752621152</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Kartları Peygamberimizin Hayatı (Almanca) (Kod: 172)</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789752623149</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Yarışma Oyunu 3 - Zıpır Şaşırtmaca Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789752623194</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Yarışma Oyunu 8 - Peygamberler Tarihi</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789758552009</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Oynayarak Öğrenelim Serisi 1</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789752623125</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Yarışma Oyunu 2 - Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789752621398</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Kartları - 8 - Erkek Sahabeler</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789752621404</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Kartları - 9 / Hanım Sahabeler</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789752622999</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Zeka ve Dikkat Geliştirme Kart Oyunları 4</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789752623156</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi ve Yarışma Oyunu 4 - Dini Bilmeceler</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789752621558</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Kartları - Hayvanları Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789752621879</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Multiple Intelligenz und Geschichten Über Das Erste Gebet</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789752622470</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Kelime-i Tevhid’e Nasıl İnanmalıyız?</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789752621817</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Ich Lerne Den Islam - 3</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789752622227</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle İman Bahçesi (Orta Boy)</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789758552177</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Resimlerle Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>3000021100739</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Oynayarak Öğrenelim Serisi 3</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789752622616</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Ehe Und Sexualitat Im Islam (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789752622975</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Dinimi Öğreniyorum 3 - Resimler ve Hikayelerle Çocuğun Dua Kitabı</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789752622739</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Dini Bilgiler Faaliyet Kitabı - 3 Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789758552795</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Cinsel Bilgiler Ansiklopedisi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9789758552504</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Cep Namaz Hocası</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789758552979</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Allah Sevigisi</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789752622302</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Elifbası Tükenmeyen Yazı Defteri</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789753181310</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>The Life of the Last Prophet (10 Books)</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789758552627</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Boyamalı Dini Bilgiler 5 - Peygamberimizin Hayatı</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789758552283</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Das Koran Alphabet 2</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789758552597</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Die Gaubensbedingungen - Den Islam Malend Lernen 2</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789752622012</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>İzahlı Kadın İlmihali (Büyük Boy) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9789752620605</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Erste Religionskenntnısse Für Kinder</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
           <t>9786259448619</t>
         </is>
       </c>
-      <c r="B225" s="1" t="inlineStr">
+      <c r="B319" s="1" t="inlineStr">
         <is>
           <t>10 Hikayede Peygamber Efendimiz'in Hayatı Medine Dönemi (Ciltli)</t>
         </is>
       </c>
-      <c r="C225" s="1">
-        <v>325</v>
+      <c r="C319" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>