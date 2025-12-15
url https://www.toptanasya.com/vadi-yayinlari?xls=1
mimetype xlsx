--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -85,3655 +85,3670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059114943</t>
+          <t>9786059114967</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Nöbeti</t>
+          <t>Şifalı Filmler Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>790</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059114905</t>
+          <t>9786059114943</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İlmek İlmek</t>
+          <t>Cinsiyet Nöbeti</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>790</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059114912</t>
+          <t>9786059114905</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Elvela</t>
+          <t>İlmek İlmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059114813</t>
+          <t>9786059114912</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski’nin Hapishanesi</t>
+          <t>Elvela</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055830779</t>
+          <t>9786059114813</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yemen’imde Aşk Var</t>
+          <t>Dostoyevski’nin Hapishanesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757726135</t>
+          <t>9786055830779</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yaşantının Politikası</t>
+          <t>Yemen’imde Aşk Var</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>330</v>
+        <v>125</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055830793</t>
+          <t>9789757726135</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Medrese</t>
+          <t>Yaşantının Politikası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055830588</t>
+          <t>9786055830793</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yeni Osmanlı 21. Mustafa'nın Amazon Maceraları</t>
+          <t>Sakıncalı Medrese</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>245</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055830700</t>
+          <t>9786055830588</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Nurü’l-Beyan (Ciltli)</t>
+          <t>Yeni Osmanlı 21. Mustafa'nın Amazon Maceraları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1300</v>
+        <v>245</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055830595</t>
+          <t>9786055830700</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Darfur Yeniden Doğuş</t>
+          <t>Nurü’l-Beyan (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789757726319</t>
+          <t>9786055830595</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sabiiler Son Gnostikler</t>
+          <t>Darfur Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>192</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756768594</t>
+          <t>9789757726319</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Teorik Bir Çerçeve</t>
+          <t>Sabiiler Son Gnostikler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>192</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756768686</t>
+          <t>9789756768594</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ahlak İsyanı</t>
+          <t>Halkla İlişkilerde Teorik Bir Çerçeve</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055830946</t>
+          <t>9789756768686</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Faraj</t>
+          <t>Ahlak İsyanı</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059114783</t>
+          <t>9786055830946</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Nostalji</t>
+          <t>Benim Adım Faraj</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059114776</t>
+          <t>9786059114783</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Fabrika Hatası</t>
+          <t>Nostalji</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059114745</t>
+          <t>9786059114776</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Sonrası</t>
+          <t>Fabrika Hatası</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059114752</t>
+          <t>9786059114745</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Anne-Baba Olmak</t>
+          <t>Noktadan Sonrası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059114769</t>
+          <t>9786059114752</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Okuldışı</t>
+          <t>Dijital Dünyada Anne-Baba Olmak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>440</v>
+        <v>275</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059114530</t>
+          <t>9786059114769</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Okuldışı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>175</v>
+        <v>440</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059114691</t>
+          <t>9786059114530</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Neden Zengin Olamıyorum?</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059114707</t>
+          <t>9786059114691</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Modern Zaman Sendromları</t>
+          <t>Neden Zengin Olamıyorum?</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059114714</t>
+          <t>9786059114707</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çok Sesli Sınıf Öyküleri - 1</t>
+          <t>Modern Zaman Sendromları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059114738</t>
+          <t>9786059114714</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nöromimari 1 - Algı Oyunları</t>
+          <t>Çok Sesli Sınıf Öyküleri - 1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059114684</t>
+          <t>9786059114738</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
+          <t>Nöromimari 1 - Algı Oyunları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059114677</t>
+          <t>9786059114684</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Talanı ve İnkarı</t>
+          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059114653</t>
+          <t>9786059114677</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamofobi</t>
+          <t>Doğu’nun Talanı ve İnkarı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059114646</t>
+          <t>9786059114653</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hiç Gerçekleşmemiş Soğuk Savaş Planları</t>
+          <t>Türkiye’de İslamofobi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059114615</t>
+          <t>9786059114646</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mümkün Mertebe</t>
+          <t>Hiç Gerçekleşmemiş Soğuk Savaş Planları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059114608</t>
+          <t>9786059114615</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler Bizi Neden Anlamaz?</t>
+          <t>Mümkün Mertebe</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059114592</t>
+          <t>9786059114608</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Denizi Yutan Balık</t>
+          <t>Yetişkinler Bizi Neden Anlamaz?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059114585</t>
+          <t>9786059114592</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Arayan Kuakka</t>
+          <t>Denizi Yutan Balık</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059114523</t>
+          <t>9786059114585</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Takılıyoruz</t>
+          <t>Mutluluğu Arayan Kuakka</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059114547</t>
+          <t>9786059114523</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Taştan Klavyeye Linç</t>
+          <t>Takılıyoruz</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059114561</t>
+          <t>9786059114547</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıl Bir Gün</t>
+          <t>Taştan Klavyeye Linç</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059114554</t>
+          <t>9786059114561</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Kayıp Halkası - 1</t>
+          <t>Bin Yıl Bir Gün</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055830847</t>
+          <t>9786059114554</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Darwin ve Osmanlılar</t>
+          <t>Ruhumun Kayıp Halkası - 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055830731</t>
+          <t>9786055830847</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarların, Yağmurların, Irmakların Mimarisi</t>
+          <t>Darwin ve Osmanlılar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055830656</t>
+          <t>9786055830731</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Adalet Arayışında İnsan Hakları</t>
+          <t>Rüzgarların, Yağmurların, Irmakların Mimarisi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055830670</t>
+          <t>9786055830656</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Topraklar</t>
+          <t>Adalet Arayışında İnsan Hakları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059114059</t>
+          <t>9786055830670</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Saati</t>
+          <t>Kayıp Topraklar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055830694</t>
+          <t>9786059114059</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şubat Tutulması</t>
+          <t>Müslüman Saati</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055830571</t>
+          <t>9786055830694</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Companero Rosita</t>
+          <t>Şubat Tutulması</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055830649</t>
+          <t>9786055830571</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hilafeti Hatırlamak</t>
+          <t>Companero Rosita</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055830472</t>
+          <t>9786055830649</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hermenötik</t>
+          <t>Hilafeti Hatırlamak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055830465</t>
+          <t>9786055830472</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesine Giriş</t>
+          <t>Siyasi Hermenötik</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757726821</t>
+          <t>9786055830465</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ruh Yordamı</t>
+          <t>İslam Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055830632</t>
+          <t>9789757726821</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'da Çatışma ve İdeolojiler</t>
+          <t>Ruh Yordamı</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059114035</t>
+          <t>9786055830632</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasi Partiler ve Seçim Kampanyaları : Araftaki Seçim</t>
+          <t>Orta Doğu'da Çatışma ve İdeolojiler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055830304</t>
+          <t>9786059114035</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Etiğin Sosyolojik Temelleri</t>
+          <t>Türkiye’de Siyasi Partiler ve Seçim Kampanyaları : Araftaki Seçim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059114479</t>
+          <t>9786055830304</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Ornitorenk Masalı</t>
+          <t>Etiğin Sosyolojik Temelleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055830724</t>
+          <t>9786059114479</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Gelindir</t>
+          <t>Bir Ornitorenk Masalı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055830380</t>
+          <t>9786055830724</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Seyri</t>
+          <t>Dünya Bir Gelindir</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059114271</t>
+          <t>9786055830380</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türk Dininin Sosyolojik İmkanı</t>
+          <t>Sanatın Seyri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059114288</t>
+          <t>9786059114271</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sekülerleşmenin Kaynakları</t>
+          <t>Türk Dininin Sosyolojik İmkanı</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059114202</t>
+          <t>9786059114288</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Künefe</t>
+          <t>İslam ve Sekülerleşmenin Kaynakları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059114264</t>
+          <t>9786059114202</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Parmaklar Havaya - Kim Duma Dum Kime!</t>
+          <t>Künefe</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059114134</t>
+          <t>9786059114264</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dürziler ve Maruniler</t>
+          <t>Parmaklar Havaya - Kim Duma Dum Kime!</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059114356</t>
+          <t>9786059114134</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Solun Soykütüğü</t>
+          <t>Dürziler ve Maruniler</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059114516</t>
+          <t>9786059114356</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Babalık Sanatı</t>
+          <t>İslam ve Solun Soykütüğü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059114509</t>
+          <t>9786059114516</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Din Harp Futbol</t>
+          <t>Babalık Sanatı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059114493</t>
+          <t>9786059114509</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tarihbozumu</t>
+          <t>Din Harp Futbol</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789757726272</t>
+          <t>9786059114493</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilim Düşüncesi ve Felsefe</t>
+          <t>Tarihbozumu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756768266</t>
+          <t>9789757726272</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyasal Akımlar</t>
+          <t>Sosyal Bilim Düşüncesi ve Felsefe</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055830441</t>
+          <t>9789756768266</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bismillah Hotel</t>
+          <t>Çağdaş Siyasal Akımlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757726685</t>
+          <t>9786055830441</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Binbir Yüzü</t>
+          <t>Bismillah Hotel</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059114165</t>
+          <t>9789757726685</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Doğu Hindistan Şirketi</t>
+          <t>Bilimin Binbir Yüzü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059114219</t>
+          <t>9786059114165</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşerek Barışmak</t>
+          <t>İngiliz Doğu Hindistan Şirketi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059114349</t>
+          <t>9786059114219</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dağbozumu</t>
+          <t>Yüzleşerek Barışmak</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059114141</t>
+          <t>9786059114349</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>62’den Tavşan</t>
+          <t>Dağbozumu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059114097</t>
+          <t>9786059114141</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Açık Pencere</t>
+          <t>62’den Tavşan</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055830922</t>
+          <t>9786059114097</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dengi Dengine Evlilikler</t>
+          <t>Açık Pencere</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055830939</t>
+          <t>9786055830922</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kısım Kısım - Toplulukların Anlaşılmasında Psikolojik Bilimler</t>
+          <t>Dengi Dengine Evlilikler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055830373</t>
+          <t>9786055830939</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Son Diktatör</t>
+          <t>İnsan Kısım Kısım - Toplulukların Anlaşılmasında Psikolojik Bilimler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055830410</t>
+          <t>9786055830373</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Karşı Tarafına Geçmek</t>
+          <t>Son Diktatör</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059114127</t>
+          <t>9786055830410</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sanatı</t>
+          <t>Nehrin Karşı Tarafına Geçmek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055830366</t>
+          <t>9786059114127</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Gölgeleri</t>
+          <t>Yalnızlık Sanatı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055830403</t>
+          <t>9786055830366</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kimin Kafası Kimin Cebinde</t>
+          <t>Günlerin Gölgeleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055830915</t>
+          <t>9786055830403</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Akif Salnamesi 1</t>
+          <t>Kimin Kafası Kimin Cebinde</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>3160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055830892</t>
+          <t>9786055830915</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Göbeğini Kaşıyan Adamın Psikanalizi</t>
+          <t>Akif Salnamesi 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>275</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059114158</t>
+          <t>9786055830892</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı Said</t>
+          <t>Göbeğini Kaşıyan Adamın Psikanalizi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055830977</t>
+          <t>9786059114158</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Psikiyatrisi</t>
+          <t>Balıkçı Said</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059114257</t>
+          <t>9786055830977</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik ve Pasif Direniş</t>
+          <t>Varoluşun Psikiyatrisi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789756768532</t>
+          <t>9786059114257</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Anlatı ve Türler</t>
+          <t>Sivil İtaatsizlik ve Pasif Direniş</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055830212</t>
+          <t>9789756768532</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Öteki Modernlik</t>
+          <t>Sinemada Anlatı ve Türler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055830359</t>
+          <t>9786055830212</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Max Weber ve İslam</t>
+          <t>Öteki Modernlik</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789757726012</t>
+          <t>9786055830359</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hiçbişey</t>
+          <t>Max Weber ve İslam</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>275</v>
+        <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055830526</t>
+          <t>9789757726012</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hıyaran</t>
+          <t>Hiçbişey</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789757726661</t>
+          <t>9786055830526</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hakan Albayrak Kitabı</t>
+          <t>Hıyaran</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756768730</t>
+          <t>9789757726661</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri’nden Günümüze Batı’nın Soykırımcı Tabiatı</t>
+          <t>Hakan Albayrak Kitabı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055830960</t>
+          <t>9789756768730</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hollywood’un Karanlık Tarihi</t>
+          <t>Haçlı Seferleri’nden Günümüze Batı’nın Soykırımcı Tabiatı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>550</v>
+        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055830816</t>
+          <t>9786055830960</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İlk Atlas</t>
+          <t>Hollywood’un Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055830854</t>
+          <t>9786055830816</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Serçe Parmağı</t>
+          <t>İlk Atlas</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059114854</t>
+          <t>9786055830854</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Cenin ve Cellat</t>
+          <t>Serçe Parmağı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059114622</t>
+          <t>9786059114854</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzlar</t>
+          <t>Cenin ve Cellat</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756768592</t>
+          <t>9786059114622</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Teorik Bir Çerçeve</t>
+          <t>Uykusuzlar</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>4440000000753</t>
+          <t>9789756768592</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Halkla İlişkilerde Teorik Bir Çerçeve</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055830083</t>
+          <t>4440000000753</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Yazıları</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>6</v>
+        <v>60</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055830786</t>
+          <t>9786055830083</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Rahatsızım Çok Şükür</t>
+          <t>Gökkuşağı Yazıları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756768853</t>
+          <t>9786055830786</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Yıllar</t>
+          <t>Rahatsızım Çok Şükür</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>16</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055830045</t>
+          <t>9789756768853</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kağnılar Giderdi İstiklal Yolunda</t>
+          <t>Kaybolan Yıllar</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055830342</t>
+          <t>9786055830045</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bağdat'tan Dönen Şiirler</t>
+          <t>Kağnılar Giderdi İstiklal Yolunda</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>9.26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055830335</t>
+          <t>9786055830342</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Atlar Atlası</t>
+          <t>Bağdat'tan Dönen Şiirler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>3990000017951</t>
+          <t>9786055830335</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yüzyılın Eşiğinde Türkiye Ve Türk Cumhuriyetleri</t>
+          <t>Kayıp Atlar Atlası</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059114080</t>
+          <t>3990000017951</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İnkılaplar Muvacehesinde Türk İnkılabı</t>
+          <t>Yeni Bir Yüzyılın Eşiğinde Türkiye Ve Türk Cumhuriyetleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055830502</t>
+          <t>9786059114080</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Haçlılara Kılıç ve Kalem Çekenler</t>
+          <t>İnkılaplar Muvacehesinde Türk İnkılabı</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055830687</t>
+          <t>9786055830502</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sen Gül, Ben Onları Oyalarım</t>
+          <t>Haçlılara Kılıç ve Kalem Çekenler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055830564</t>
+          <t>9786055830687</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler ve Diplomasi Sözlüğü</t>
+          <t>Sen Gül, Ben Onları Oyalarım</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055830717</t>
+          <t>9786055830564</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Alçak Sesle ve Divanece</t>
+          <t>Uluslararası İlişkiler ve Diplomasi Sözlüğü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055830281</t>
+          <t>9786055830717</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>9. Köy'den Sonra</t>
+          <t>Alçak Sesle ve Divanece</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>30</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055830328</t>
+          <t>9786055830281</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Barış Şiirlerinin Sultanı Mehmet Akif Ersoy</t>
+          <t>9. Köy'den Sonra</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756768976</t>
+          <t>9786055830328</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Yabancı Yatırımlarda Yer Seçimi Kararı ve Teşvik Politikaları</t>
+          <t>Özgürlük ve Barış Şiirlerinin Sultanı Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>3990000028427</t>
+          <t>9789756768976</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ebuzer (Kürtçe)</t>
+          <t>Doğrudan Yabancı Yatırımlarda Yer Seçimi Kararı ve Teşvik Politikaları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>15</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756768815</t>
+          <t>3990000028427</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Zaferimiz Mübarek Olsun</t>
+          <t>Ebuzer (Kürtçe)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>6.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000015577</t>
+          <t>9789756768815</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tutulması</t>
+          <t>Zaferimiz Mübarek Olsun</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>15.74</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756768495</t>
+          <t>3990000015577</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede İlim ve Ahlak Cahit Tanyol ve Sosyoloji</t>
+          <t>Yıldız Tutulması</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756768440</t>
+          <t>9789756768495</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzlar</t>
+          <t>Üniversitede İlim ve Ahlak Cahit Tanyol ve Sosyoloji</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055830250</t>
+          <t>9789756768440</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tarifi Bende</t>
+          <t>Uykusuzlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756768907</t>
+          <t>9786055830250</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şapka</t>
+          <t>Tarifi Bende</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756768020</t>
+          <t>9789756768907</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür ve İktidar</t>
+          <t>Şapka</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>25</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789757726944</t>
+          <t>9789756768020</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Politikanın İletişimi-İletişimin Politikası</t>
+          <t>Popüler Kültür ve İktidar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756768464</t>
+          <t>9789757726944</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Öteki Türkiye’de Din ve Modernleşme</t>
+          <t>Politikanın İletişimi-İletişimin Politikası</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055830144</t>
+          <t>9789756768464</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Öteki Siyaset</t>
+          <t>Öteki Türkiye’de Din ve Modernleşme</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756768921</t>
+          <t>9786055830144</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Meşaleyi Tutan El</t>
+          <t>Öteki Siyaset</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756768419</t>
+          <t>9789756768921</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Memleket Çocuğu Mustafa'nın Romanı</t>
+          <t>Meşaleyi Tutan El</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>18.52</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756768631</t>
+          <t>9789756768419</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Medya ve İzleyici</t>
+          <t>Memleket Çocuğu Mustafa'nın Romanı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000011625</t>
+          <t>9789756768631</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>One Man Show</t>
+          <t>Medya ve İzleyici</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>6.48</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789757726432</t>
+          <t>3990000011625</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hürriyeti</t>
+          <t>One Man Show</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756768303</t>
+          <t>9789757726432</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İktisat Kuramında Pozitivizm ve Postmodernizm</t>
+          <t>İnsan Hürriyeti</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756768525</t>
+          <t>9789756768303</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İkinci Küreselleşme Dalgası</t>
+          <t>İktisat Kuramında Pozitivizm ve Postmodernizm</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756768778</t>
+          <t>9789756768525</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Immanuel Kant</t>
+          <t>İkinci Küreselleşme Dalgası</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>37.04</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756768655</t>
+          <t>9789756768778</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Müsiad</t>
+          <t>Immanuel Kant</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>13.89</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756768761</t>
+          <t>9789756768655</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet Pervanesi - Mustafa’nın Romanı</t>
+          <t>Müsiad</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756768372</t>
+          <t>9789756768761</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hukuksuzluğun Günlüğü</t>
+          <t>Hürriyet Pervanesi - Mustafa’nın Romanı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756768365</t>
+          <t>9789756768372</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Heidegger ve Nazizm</t>
+          <t>Hukuksuzluğun Günlüğü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055830236</t>
+          <t>9789756768365</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hapsedilme, İyileştirme ve Yeniden Suç İşleme</t>
+          <t>Heidegger ve Nazizm</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756768914</t>
+          <t>9786055830236</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Güneybatı Anadolu'da Kuva-yi Milliye Harekatı</t>
+          <t>Hapsedilme, İyileştirme ve Yeniden Suç İşleme</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>23.15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3990000005450</t>
+          <t>9789756768914</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselci Çevrecilikten Gelenekselci Liberalizme</t>
+          <t>Güneybatı Anadolu'da Kuva-yi Milliye Harekatı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>7.41</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756768570</t>
+          <t>3990000005450</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Japonya’dan Türkiye’ye Bakış</t>
+          <t>Gelenekselci Çevrecilikten Gelenekselci Liberalizme</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756768785</t>
+          <t>9789756768570</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Sosyal Bilimler</t>
+          <t>Geçmişten Günümüze Japonya’dan Türkiye’ye Bakış</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>32.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756768891</t>
+          <t>9789756768785</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ermeniler, Ermeni İsyanları, Ermeni Katliamları</t>
+          <t>Felsefe ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>21.3</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756768587</t>
+          <t>9789756768891</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Açıdan Avrupa Birliği Sözlüğü  Avrupa Birliği Ekonomi Sözlüğü (Ciltli)</t>
+          <t>Ermeniler, Ermeni İsyanları, Ermeni Katliamları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>18.52</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756768648</t>
+          <t>9789756768587</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Kadın Kalemleri</t>
+          <t>Ekonomik Açıdan Avrupa Birliği Sözlüğü  Avrupa Birliği Ekonomi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055830168</t>
+          <t>9789756768648</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Doğu - Batı İkilemi Bağlamında El Cezire</t>
+          <t>Edebiyatımızın Kadın Kalemleri</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>23.15</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789000156566</t>
+          <t>9786055830168</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Temel Kuramlar</t>
+          <t>Doğu - Batı İkilemi Bağlamında El Cezire</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055830182</t>
+          <t>9789000156566</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
+          <t>Çağdaş Temel Kuramlar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756768242</t>
+          <t>9786055830182</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bir Lügat Bulamadım</t>
+          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789757726982</t>
+          <t>9789756768242</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Cemaatin Dönüşümü</t>
+          <t>Bir Lügat Bulamadım</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789757726623</t>
+          <t>9789757726982</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Cemaatin Dönüşümü</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789756768723</t>
+          <t>9789757726623</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerim</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756768228</t>
+          <t>9789756768723</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Adamın Kutusu</t>
+          <t>Bildiklerim</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3990000004743</t>
+          <t>9789756768228</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Etnik Ayrımcılık</t>
+          <t>Beyaz Adamın Kutusu</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059114196</t>
+          <t>3990000004743</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Devrim</t>
+          <t>Etnik Ayrımcılık</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>320</v>
+        <v>26</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>4458000104406</t>
+          <t>9786059114196</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İlk Bahar (Ciltli - Kutulu)</t>
+          <t>Bilimsel Devrim</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055830878</t>
+          <t>4458000104406</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiyi Kurmak</t>
+          <t>İlk Bahar (Ciltli - Kutulu)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756768877</t>
+          <t>9786055830878</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yezidilik</t>
+          <t>Sosyolojiyi Kurmak</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>3990000007306</t>
+          <t>9789756768877</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yerel Demokrasi ve Türkiye</t>
+          <t>Yezidilik</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>13.89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756768235</t>
+          <t>3990000007306</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yedi Uyuyanlar</t>
+          <t>Yerel Demokrasi ve Türkiye</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756768990</t>
+          <t>9789756768235</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Aşiretleri</t>
+          <t>Yedi Uyuyanlar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756768075</t>
+          <t>9789756768990</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Modernleşme ve Modernleştiriciler</t>
+          <t>Türkmen Aşiretleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>3990000005132</t>
+          <t>9789756768075</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Türk Cumhuriyetleri</t>
+          <t>Türkiye’de Modernleşme ve Modernleştiriciler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>14.81</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756768952</t>
+          <t>3990000005132</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türkçülükten İslamcılığa Milli Türk Talebe Birliği</t>
+          <t>Türkiye ve Türk Cumhuriyetleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055830489</t>
+          <t>9789756768952</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Düşüncesinde Batılılaşma</t>
+          <t>Türkçülükten İslamcılığa Milli Türk Talebe Birliği</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>32.41</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756768822</t>
+          <t>9786055830489</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Trabzonlu Meşhurlar Ansiklopedisi (Ciltli)</t>
+          <t>Türk Eğitim Düşüncesinde Batılılaşma</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>92.59</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789757726968</t>
+          <t>9789756768822</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sonu mu?</t>
+          <t>Trabzonlu Meşhurlar Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>30</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756768884</t>
+          <t>9789757726968</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sosyolojisi</t>
+          <t>Tarihin Sonu mu?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>23.15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9689756768146</t>
+          <t>9789756768884</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İkna</t>
+          <t>Tarih Sosyolojisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000012819</t>
+          <t>9689756768146</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ceketli Yalnızlık</t>
+          <t>Siyasal İkna</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>3.7</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>3990000015262</t>
+          <t>3990000012819</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Dış Politikası</t>
+          <t>Sarı Ceketli Yalnızlık</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>13.89</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>3990000011250</t>
+          <t>3990000015262</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Rejim Sorunu</t>
+          <t>Rusya’nın Dış Politikası</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055830557</t>
+          <t>3990000011250</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve İslam Küreselleşme ve Oryantalizm</t>
+          <t>Rejim Sorunu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>330</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789757726913</t>
+          <t>9786055830557</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Medya ve Ötesi</t>
+          <t>Postmodernizm ve İslam Küreselleşme ve Oryantalizm</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>11.11</v>
+        <v>330</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789756768945</t>
+          <t>9789757726913</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Paşaların Gözüyle Milli Mücadele</t>
+          <t>Siyaset, Medya ve Ötesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756768549</t>
+          <t>9789756768945</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Dış Borçlanması</t>
+          <t>Paşaların Gözüyle Milli Mücadele</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789757726357</t>
+          <t>9789756768549</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Çatışması ve Samuel P. Huntington</t>
+          <t>Osmanlı Devleti’nin Dış Borçlanması</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055830090</t>
+          <t>9789757726357</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda Yeni Dönem</t>
+          <t>Medeniyetler Çatışması ve Samuel P. Huntington</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>11.57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000004446</t>
+          <t>9786055830090</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sivil Toplum ve İslam</t>
+          <t>Kürt Sorununda Yeni Dönem</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789757726708</t>
+          <t>3990000004446</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kötülük ve Teodise</t>
+          <t>Küreselleşme Sivil Toplum ve İslam</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055830243</t>
+          <t>9789757726708</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Çağı’nda Türkler Mağripliler ve İngilizler</t>
+          <t>Kötülük ve Teodise</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789756768556</t>
+          <t>9786055830243</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm Terakkiye Manidir</t>
+          <t>Keşifler Çağı’nda Türkler Mağripliler ve İngilizler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>8</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756768938</t>
+          <t>9789756768556</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kestim Yiyen Yok</t>
+          <t>Kemalizm Terakkiye Manidir</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9759756768983</t>
+          <t>9789756768938</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Japonya’da Türk İzleri</t>
+          <t>Karpuz Kestim Yiyen Yok</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789756768310</t>
+          <t>9759756768983</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimi</t>
+          <t>Japonya’da Türk İzleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>13</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789756768617</t>
+          <t>9789756768310</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Günlük Düşüncede Modernlik Din ve Laiklik</t>
+          <t>İletişim Bilimi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>18.52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055830229</t>
+          <t>9789756768617</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ebuzer</t>
+          <t>Günlük Düşüncede Modernlik Din ve Laiklik</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>110</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055830519</t>
+          <t>9786055830229</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Yükseliş Motifleri ve İslam’da Miraç</t>
+          <t>Ebuzer</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>13.89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789757726451</t>
+          <t>9786055830519</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Ahlak</t>
+          <t>Dinlerde Yükseliş Motifleri ve İslam’da Miraç</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789756768273</t>
+          <t>9789757726451</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Kuramlarına Giriş</t>
+          <t>Dil ve Ahlak</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789757726296</t>
+          <t>9789756768273</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dolduran Kiraz</t>
+          <t>Demokrasi Kuramlarına Giriş</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>4.63</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>3990000012075</t>
+          <t>9789757726296</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Sohbetler</t>
+          <t>Dünyayı Dolduran Kiraz</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055830038</t>
+          <t>3990000012075</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çin’de Hayatta Kalma Kılavuzu</t>
+          <t>Çocuklarla Sohbetler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789756768358</t>
+          <t>9786055830038</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimiz</t>
+          <t>Çin’de Hayatta Kalma Kılavuzu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756768389</t>
+          <t>9789756768358</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bir Haçlının Hatıraları</t>
+          <t>Cumhuriyetimiz</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756768624</t>
+          <t>9789756768389</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Serüveni</t>
+          <t>Bir Haçlının Hatıraları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756768679</t>
+          <t>9789756768624</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Anayasayı Birlikte Yapmak</t>
+          <t>Bilginin Serüveni</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055830175</t>
+          <t>9789756768679</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>2012 Çarmıh - İsa’nın Dönüş Mucizesi</t>
+          <t>Anayasayı Birlikte Yapmak</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055830908</t>
+          <t>9786055830175</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’yu Kuran İdeolojiler</t>
+          <t>2012 Çarmıh - İsa’nın Dönüş Mucizesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059114868</t>
+          <t>9786055830908</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İzm’ler Ne Kadar Bizim?</t>
+          <t>Ortadoğu’yu Kuran İdeolojiler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059114899</t>
+          <t>9786059114868</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Düşünsel Sololar</t>
+          <t>İzm’ler Ne Kadar Bizim?</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059114066</t>
+          <t>9786059114899</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Göç Azınlıklar ve Siyaset - Avusturya Örneği</t>
+          <t>Düşünsel Sololar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055830540</t>
+          <t>9786059114066</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Avrupa'da Göç Azınlıklar ve Siyaset - Avusturya Örneği</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059114858</t>
+          <t>9786055830540</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Niteliklerini Belirlemeye ve Değerlendirmeye Yönelik Bir Üniversite Model Önerisi</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055830809</t>
+          <t>9786059114858</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Adıyla</t>
+          <t>Niteliklerini Belirlemeye ve Değerlendirmeye Yönelik Bir Üniversite Model Önerisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055830762</t>
+          <t>9786055830809</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihini Yeniden Düşünmek</t>
+          <t>Allah'ın Adıyla</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055830205</t>
+          <t>9786055830762</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Doğuda Siyasetin Dinamikleri 1946 - 2011</t>
+          <t>Dünya Tarihini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>525</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055830885</t>
+          <t>9786055830205</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Akademik Tezleri Kitaba Dönüştürme Sanatı</t>
+          <t>Doğuda Siyasetin Dinamikleri 1946 - 2011</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789757726890</t>
+          <t>9786055830885</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Din ve İnanç Sözlüğü</t>
+          <t>Akademik Tezleri Kitaba Dönüştürme Sanatı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>860</v>
+        <v>330</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055830274</t>
+          <t>9789757726890</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda "Türk" Olmak</t>
+          <t>Din ve İnanç Sözlüğü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>200</v>
+        <v>860</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055830861</t>
+          <t>9786055830274</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın Kanlı Tarihi</t>
+          <t>Balkanlarda "Türk" Olmak</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>384</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059114936</t>
+          <t>9786055830861</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Altı Çizilecek Kitap</t>
+          <t>Amerika’nın Kanlı Tarihi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>275</v>
+        <v>384</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059114882</t>
+          <t>9786059114936</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çin'in Karanlık Tarihi</t>
+          <t>Altı Çizilecek Kitap</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059114332</t>
+          <t>9786059114882</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bi Bakıp Çıkcm</t>
+          <t>Çin'in Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055830830</t>
+          <t>9786059114332</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mısır'da Toplum ve Siyaset</t>
+          <t>Bi Bakıp Çıkcm</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055830625</t>
+          <t>9786055830830</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Antolojisi</t>
+          <t>Mısır'da Toplum ve Siyaset</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>1400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059114318</t>
+          <t>9786055830625</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Gençlik</t>
+          <t>Türk Musikisi Antolojisi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055830755</t>
+          <t>9786059114318</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Türkiye Tarihi - 1 (1850-1950)</t>
+          <t>Çevrimiçi Gençlik</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059114172</t>
+          <t>9786055830755</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İlk Bahar</t>
+          <t>Alternatif Türkiye Tarihi - 1 (1850-1950)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055830823</t>
+          <t>9786059114172</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Osmanlı'da Savaş Esirleri</t>
+          <t>İlk Bahar</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059114042</t>
+          <t>9786055830823</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımızda Titreyen Dünya: Küreselleşme</t>
+          <t>18. Yüzyıl Osmanlı'da Savaş Esirleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059114660</t>
+          <t>9786059114042</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Kayıp Halkası - 2</t>
+          <t>Avuçlarımızda Titreyen Dünya: Küreselleşme</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059114226</t>
+          <t>9786059114660</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Kürt Kimliği (1900-1920)</t>
+          <t>Ruhumun Kayıp Halkası - 2</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055830496</t>
+          <t>9786059114226</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>3 Derste Hermenötik</t>
+          <t>Osmanlı’dan Cumhuriyet’e Kürt Kimliği (1900-1920)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789757726999</t>
+          <t>9786055830496</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Alman Oryantalizmi</t>
+          <t>3 Derste Hermenötik</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059114417</t>
+          <t>9789757726999</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sığınamayanlar</t>
+          <t>Alman Oryantalizmi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055830663</t>
+          <t>9786059114417</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gözağrısı</t>
+          <t>Sığınamayanlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059114189</t>
+          <t>9786055830663</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Açık Komplo</t>
+          <t>Gözağrısı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055830427</t>
+          <t>9786059114189</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Milliyetçiliğin İki Yüzü: Kadro ve Ülkü</t>
+          <t>Açık Komplo</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055830984</t>
+          <t>9786055830427</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Karınca İncitmez Artur Balyan’ın Tuhaf İntikam Planı</t>
+          <t>Atatürkçü Milliyetçiliğin İki Yüzü: Kadro ve Ülkü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059114110</t>
+          <t>9786055830984</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İran Bölge Analizi</t>
+          <t>Karınca İncitmez Artur Balyan’ın Tuhaf İntikam Planı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055830991</t>
+          <t>9786059114110</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Babaannem Diyor Ki...</t>
+          <t>İran Bölge Analizi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059114295</t>
+          <t>9786055830991</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri ve Düşünce Dünyası Arasında Geçişler</t>
+          <t>Babaannem Diyor Ki...</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789757726333</t>
+          <t>9786059114295</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Önce Söz Vardı</t>
+          <t>Psikiyatri ve Düşünce Dünyası Arasında Geçişler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055830052</t>
+          <t>9789757726333</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Literatürü</t>
+          <t>Önce Söz Vardı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>275</v>
+        <v>600</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055830458</t>
+          <t>9786055830052</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Hermenötik ve Yazarın Niyeti</t>
+          <t>Klasik Arap Literatürü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059114851</t>
+          <t>9786055830458</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Medrese Üniversite midir ?</t>
+          <t>Felsefi Hermenötik ve Yazarın Niyeti</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059114790</t>
+          <t>9786059114851</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ayetullah Humeyni</t>
+          <t>Medrese Üniversite midir ?</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059114820</t>
+          <t>9786059114790</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Nöromimari 3 - Metamorfoz</t>
+          <t>Ayetullah Humeyni</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>350</v>
+        <v>525</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059114721</t>
+          <t>9786059114820</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sınır Kapısındaki Deniz Kızı</t>
+          <t>Nöromimari 3 - Metamorfoz</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059114240</t>
+          <t>9786059114721</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Modern Kapitalizmin Doğuşu</t>
+          <t>Sınır Kapısındaki Deniz Kızı</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055830311</t>
+          <t>9786059114240</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Peşinde</t>
+          <t>Modern Kapitalizmin Doğuşu</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
+          <t>9786055830311</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Hakikatin Peşinde</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
           <t>9786055830748</t>
         </is>
       </c>
-      <c r="B242" s="1" t="inlineStr">
+      <c r="B243" s="1" t="inlineStr">
         <is>
           <t>11. Peron</t>
         </is>
       </c>
-      <c r="C242" s="1">
+      <c r="C243" s="1">
         <v>275</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>