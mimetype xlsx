--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,3670 +85,3790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786059114967</t>
+          <t>9786259271149</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Filmler Kitabı</t>
+          <t>Kudüs ve Hilafetin Geleceği</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059114943</t>
+          <t>9786259271125</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Nöbeti</t>
+          <t>Kelimeler Dünyası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>790</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059114905</t>
+          <t>9786259271163</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İlmek İlmek</t>
+          <t>Güzele Dair</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059114912</t>
+          <t>9786259271187</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Elvela</t>
+          <t>Risalet ve Strateji</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>330</v>
+        <v>430</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059114813</t>
+          <t>9786059114301</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski’nin Hapishanesi</t>
+          <t>Lübnan</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055830779</t>
+          <t>9789756768747</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yemen’imde Aşk Var</t>
+          <t>İslam Birliği’nin Nüvesi Olarak Türkiye - Suriye Birliği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757726135</t>
+          <t>9786259271132</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yaşantının Politikası</t>
+          <t>Bizde Üniversite Böyle Olur Çelebi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055830793</t>
+          <t>9786259271156</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sakıncalı Medrese</t>
+          <t>Kadirşinas İtaatsizlik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055830588</t>
+          <t>9786059114967</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yeni Osmanlı 21. Mustafa'nın Amazon Maceraları</t>
+          <t>Şifalı Filmler Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055830700</t>
+          <t>9786059114943</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Nurü’l-Beyan (Ciltli)</t>
+          <t>Cinsiyet Nöbeti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1300</v>
+        <v>790</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055830595</t>
+          <t>9786059114905</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Darfur Yeniden Doğuş</t>
+          <t>İlmek İlmek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757726319</t>
+          <t>9786059114912</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sabiiler Son Gnostikler</t>
+          <t>Elvela</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>192</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756768594</t>
+          <t>9786059114813</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Teorik Bir Çerçeve</t>
+          <t>Dostoyevski’nin Hapishanesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756768686</t>
+          <t>9786055830779</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ahlak İsyanı</t>
+          <t>Yemen’imde Aşk Var</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055830946</t>
+          <t>9789757726135</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Faraj</t>
+          <t>Yaşantının Politikası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059114783</t>
+          <t>9786055830793</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nostalji</t>
+          <t>Sakıncalı Medrese</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059114776</t>
+          <t>9786055830588</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fabrika Hatası</t>
+          <t>Yeni Osmanlı 21. Mustafa'nın Amazon Maceraları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059114745</t>
+          <t>9786055830700</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Sonrası</t>
+          <t>Nurü’l-Beyan (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059114752</t>
+          <t>9786055830595</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Anne-Baba Olmak</t>
+          <t>Darfur Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059114769</t>
+          <t>9789757726319</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Okuldışı</t>
+          <t>Sabiiler Son Gnostikler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>440</v>
+        <v>192</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059114530</t>
+          <t>9789756768594</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Halkla İlişkilerde Teorik Bir Çerçeve</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059114691</t>
+          <t>9789756768686</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Neden Zengin Olamıyorum?</t>
+          <t>Ahlak İsyanı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059114707</t>
+          <t>9786055830946</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Modern Zaman Sendromları</t>
+          <t>Benim Adım Faraj</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059114714</t>
+          <t>9786059114783</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çok Sesli Sınıf Öyküleri - 1</t>
+          <t>Nostalji</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059114738</t>
+          <t>9786059114776</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Nöromimari 1 - Algı Oyunları</t>
+          <t>Fabrika Hatası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059114684</t>
+          <t>9786059114745</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
+          <t>Noktadan Sonrası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059114677</t>
+          <t>9786059114752</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Doğu’nun Talanı ve İnkarı</t>
+          <t>Dijital Dünyada Anne-Baba Olmak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059114653</t>
+          <t>9786059114769</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslamofobi</t>
+          <t>Okuldışı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059114646</t>
+          <t>9786059114530</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hiç Gerçekleşmemiş Soğuk Savaş Planları</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>550</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059114615</t>
+          <t>9786059114691</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mümkün Mertebe</t>
+          <t>Neden Zengin Olamıyorum?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059114608</t>
+          <t>9786059114707</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler Bizi Neden Anlamaz?</t>
+          <t>Modern Zaman Sendromları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059114592</t>
+          <t>9786059114714</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Denizi Yutan Balık</t>
+          <t>Çok Sesli Sınıf Öyküleri - 1</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059114585</t>
+          <t>9786059114738</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Arayan Kuakka</t>
+          <t>Nöromimari 1 - Algı Oyunları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059114523</t>
+          <t>9786059114684</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Takılıyoruz</t>
+          <t>Türk Sosyoloji Tarihine Eleştirel Bir Katkı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059114547</t>
+          <t>9786059114677</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Taştan Klavyeye Linç</t>
+          <t>Doğu’nun Talanı ve İnkarı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059114561</t>
+          <t>9786059114653</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıl Bir Gün</t>
+          <t>Türkiye’de İslamofobi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059114554</t>
+          <t>9786059114646</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Kayıp Halkası - 1</t>
+          <t>Hiç Gerçekleşmemiş Soğuk Savaş Planları</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055830847</t>
+          <t>9786059114615</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Darwin ve Osmanlılar</t>
+          <t>Mümkün Mertebe</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055830731</t>
+          <t>9786059114608</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarların, Yağmurların, Irmakların Mimarisi</t>
+          <t>Yetişkinler Bizi Neden Anlamaz?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055830656</t>
+          <t>9786059114592</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Adalet Arayışında İnsan Hakları</t>
+          <t>Denizi Yutan Balık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055830670</t>
+          <t>9786059114585</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Topraklar</t>
+          <t>Mutluluğu Arayan Kuakka</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059114059</t>
+          <t>9786059114523</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Saati</t>
+          <t>Takılıyoruz</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055830694</t>
+          <t>9786059114547</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Şubat Tutulması</t>
+          <t>Taştan Klavyeye Linç</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055830571</t>
+          <t>9786059114561</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Companero Rosita</t>
+          <t>Bin Yıl Bir Gün</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055830649</t>
+          <t>9786059114554</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hilafeti Hatırlamak</t>
+          <t>Ruhumun Kayıp Halkası - 1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055830472</t>
+          <t>9786055830847</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hermenötik</t>
+          <t>Darwin ve Osmanlılar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055830465</t>
+          <t>9786055830731</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesine Giriş</t>
+          <t>Rüzgarların, Yağmurların, Irmakların Mimarisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757726821</t>
+          <t>9786055830656</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ruh Yordamı</t>
+          <t>Adalet Arayışında İnsan Hakları</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055830632</t>
+          <t>9786055830670</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu'da Çatışma ve İdeolojiler</t>
+          <t>Kayıp Topraklar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059114035</t>
+          <t>9786059114059</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasi Partiler ve Seçim Kampanyaları : Araftaki Seçim</t>
+          <t>Müslüman Saati</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055830304</t>
+          <t>9786055830694</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Etiğin Sosyolojik Temelleri</t>
+          <t>Şubat Tutulması</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059114479</t>
+          <t>9786055830571</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Ornitorenk Masalı</t>
+          <t>Companero Rosita</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055830724</t>
+          <t>9786055830649</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Gelindir</t>
+          <t>Hilafeti Hatırlamak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055830380</t>
+          <t>9786055830472</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Seyri</t>
+          <t>Siyasi Hermenötik</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059114271</t>
+          <t>9786055830465</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türk Dininin Sosyolojik İmkanı</t>
+          <t>İslam Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059114288</t>
+          <t>9789757726821</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Sekülerleşmenin Kaynakları</t>
+          <t>Ruh Yordamı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059114202</t>
+          <t>9786055830632</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Künefe</t>
+          <t>Orta Doğu'da Çatışma ve İdeolojiler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059114264</t>
+          <t>9786059114035</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Parmaklar Havaya - Kim Duma Dum Kime!</t>
+          <t>Türkiye’de Siyasi Partiler ve Seçim Kampanyaları : Araftaki Seçim</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059114134</t>
+          <t>9786055830304</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dürziler ve Maruniler</t>
+          <t>Etiğin Sosyolojik Temelleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059114356</t>
+          <t>9786059114479</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Solun Soykütüğü</t>
+          <t>Bir Ornitorenk Masalı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059114516</t>
+          <t>9786055830724</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Babalık Sanatı</t>
+          <t>Dünya Bir Gelindir</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059114509</t>
+          <t>9786055830380</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Din Harp Futbol</t>
+          <t>Sanatın Seyri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059114493</t>
+          <t>9786059114271</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tarihbozumu</t>
+          <t>Türk Dininin Sosyolojik İmkanı</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789757726272</t>
+          <t>9786059114288</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilim Düşüncesi ve Felsefe</t>
+          <t>İslam ve Sekülerleşmenin Kaynakları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789756768266</t>
+          <t>9786059114202</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyasal Akımlar</t>
+          <t>Künefe</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055830441</t>
+          <t>9786059114264</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bismillah Hotel</t>
+          <t>Parmaklar Havaya - Kim Duma Dum Kime!</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757726685</t>
+          <t>9786059114134</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Binbir Yüzü</t>
+          <t>Dürziler ve Maruniler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059114165</t>
+          <t>9786059114356</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Doğu Hindistan Şirketi</t>
+          <t>İslam ve Solun Soykütüğü</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059114219</t>
+          <t>9786059114516</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşerek Barışmak</t>
+          <t>Babalık Sanatı</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059114349</t>
+          <t>9786059114509</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Dağbozumu</t>
+          <t>Din Harp Futbol</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059114141</t>
+          <t>9786059114493</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>62’den Tavşan</t>
+          <t>Tarihbozumu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059114097</t>
+          <t>9789757726272</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Açık Pencere</t>
+          <t>Sosyal Bilim Düşüncesi ve Felsefe</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055830922</t>
+          <t>9789756768266</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dengi Dengine Evlilikler</t>
+          <t>Çağdaş Siyasal Akımlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786055830939</t>
+          <t>9786055830441</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kısım Kısım - Toplulukların Anlaşılmasında Psikolojik Bilimler</t>
+          <t>Bismillah Hotel</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055830373</t>
+          <t>9789757726685</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Son Diktatör</t>
+          <t>Bilimin Binbir Yüzü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055830410</t>
+          <t>9786059114165</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Nehrin Karşı Tarafına Geçmek</t>
+          <t>İngiliz Doğu Hindistan Şirketi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059114127</t>
+          <t>9786059114219</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Sanatı</t>
+          <t>Yüzleşerek Barışmak</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055830366</t>
+          <t>9786059114349</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Gölgeleri</t>
+          <t>Dağbozumu</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055830403</t>
+          <t>9786059114141</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kimin Kafası Kimin Cebinde</t>
+          <t>62’den Tavşan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055830915</t>
+          <t>9786059114097</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Akif Salnamesi 1</t>
+          <t>Açık Pencere</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>3160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055830892</t>
+          <t>9786055830922</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Göbeğini Kaşıyan Adamın Psikanalizi</t>
+          <t>Dengi Dengine Evlilikler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059114158</t>
+          <t>9786055830939</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı Said</t>
+          <t>İnsan Kısım Kısım - Toplulukların Anlaşılmasında Psikolojik Bilimler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055830977</t>
+          <t>9786055830373</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Psikiyatrisi</t>
+          <t>Son Diktatör</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059114257</t>
+          <t>9786055830410</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sivil İtaatsizlik ve Pasif Direniş</t>
+          <t>Nehrin Karşı Tarafına Geçmek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789756768532</t>
+          <t>9786059114127</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Anlatı ve Türler</t>
+          <t>Yalnızlık Sanatı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055830212</t>
+          <t>9786055830366</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Öteki Modernlik</t>
+          <t>Günlerin Gölgeleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055830359</t>
+          <t>9786055830403</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Max Weber ve İslam</t>
+          <t>Kimin Kafası Kimin Cebinde</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789757726012</t>
+          <t>9786055830915</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hiçbişey</t>
+          <t>Akif Salnamesi 1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>275</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055830526</t>
+          <t>9786055830892</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hıyaran</t>
+          <t>Göbeğini Kaşıyan Adamın Psikanalizi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789757726661</t>
+          <t>9786059114158</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hakan Albayrak Kitabı</t>
+          <t>Balıkçı Said</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756768730</t>
+          <t>9786055830977</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri’nden Günümüze Batı’nın Soykırımcı Tabiatı</t>
+          <t>Varoluşun Psikiyatrisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055830960</t>
+          <t>9786059114257</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hollywood’un Karanlık Tarihi</t>
+          <t>Sivil İtaatsizlik ve Pasif Direniş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055830816</t>
+          <t>9789756768532</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İlk Atlas</t>
+          <t>Sinemada Anlatı ve Türler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055830854</t>
+          <t>9786055830212</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Serçe Parmağı</t>
+          <t>Öteki Modernlik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059114854</t>
+          <t>9786055830359</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cenin ve Cellat</t>
+          <t>Max Weber ve İslam</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059114622</t>
+          <t>9789757726012</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzlar</t>
+          <t>Hiçbişey</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756768592</t>
+          <t>9786055830526</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Teorik Bir Çerçeve</t>
+          <t>Hıyaran</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>4440000000753</t>
+          <t>9789757726661</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Hakan Albayrak Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055830083</t>
+          <t>9789756768730</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Yazıları</t>
+          <t>Haçlı Seferleri’nden Günümüze Batı’nın Soykırımcı Tabiatı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055830786</t>
+          <t>9786055830960</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Rahatsızım Çok Şükür</t>
+          <t>Hollywood’un Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756768853</t>
+          <t>9786055830816</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Yıllar</t>
+          <t>İlk Atlas</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>16</v>
+        <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055830045</t>
+          <t>9786055830854</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kağnılar Giderdi İstiklal Yolunda</t>
+          <t>Serçe Parmağı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>16</v>
+        <v>275</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055830342</t>
+          <t>9786059114854</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bağdat'tan Dönen Şiirler</t>
+          <t>Cenin ve Cellat</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055830335</t>
+          <t>9786059114622</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Atlar Atlası</t>
+          <t>Uykusuzlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>5.56</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>3990000017951</t>
+          <t>9789756768592</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Yüzyılın Eşiğinde Türkiye Ve Türk Cumhuriyetleri</t>
+          <t>Halkla İlişkilerde Teorik Bir Çerçeve</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059114080</t>
+          <t>4440000000753</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İnkılaplar Muvacehesinde Türk İnkılabı</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055830502</t>
+          <t>9786055830083</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Haçlılara Kılıç ve Kalem Çekenler</t>
+          <t>Gökkuşağı Yazıları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055830687</t>
+          <t>9786055830786</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sen Gül, Ben Onları Oyalarım</t>
+          <t>Rahatsızım Çok Şükür</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055830564</t>
+          <t>9789756768853</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkiler ve Diplomasi Sözlüğü</t>
+          <t>Kaybolan Yıllar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055830717</t>
+          <t>9786055830045</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Alçak Sesle ve Divanece</t>
+          <t>Kağnılar Giderdi İstiklal Yolunda</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055830281</t>
+          <t>9786055830342</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>9. Köy'den Sonra</t>
+          <t>Bağdat'tan Dönen Şiirler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055830328</t>
+          <t>9786055830335</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Barış Şiirlerinin Sultanı Mehmet Akif Ersoy</t>
+          <t>Kayıp Atlar Atlası</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756768976</t>
+          <t>3990000017951</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Yabancı Yatırımlarda Yer Seçimi Kararı ve Teşvik Politikaları</t>
+          <t>Yeni Bir Yüzyılın Eşiğinde Türkiye Ve Türk Cumhuriyetleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>23.15</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000028427</t>
+          <t>9786059114080</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ebuzer (Kürtçe)</t>
+          <t>İnkılaplar Muvacehesinde Türk İnkılabı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756768815</t>
+          <t>9786055830502</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Zaferimiz Mübarek Olsun</t>
+          <t>Haçlılara Kılıç ve Kalem Çekenler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>6.48</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>3990000015577</t>
+          <t>9786055830687</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tutulması</t>
+          <t>Sen Gül, Ben Onları Oyalarım</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>15.74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756768495</t>
+          <t>9786055830564</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede İlim ve Ahlak Cahit Tanyol ve Sosyoloji</t>
+          <t>Uluslararası İlişkiler ve Diplomasi Sözlüğü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>9.26</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756768440</t>
+          <t>9786055830717</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzlar</t>
+          <t>Alçak Sesle ve Divanece</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>6.48</v>
+        <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055830250</t>
+          <t>9786055830281</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tarifi Bende</t>
+          <t>9. Köy'den Sonra</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756768907</t>
+          <t>9786055830328</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şapka</t>
+          <t>Özgürlük ve Barış Şiirlerinin Sultanı Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756768020</t>
+          <t>9789756768976</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültür ve İktidar</t>
+          <t>Doğrudan Yabancı Yatırımlarda Yer Seçimi Kararı ve Teşvik Politikaları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>25</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789757726944</t>
+          <t>3990000028427</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Politikanın İletişimi-İletişimin Politikası</t>
+          <t>Ebuzer (Kürtçe)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756768464</t>
+          <t>9789756768815</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Öteki Türkiye’de Din ve Modernleşme</t>
+          <t>Zaferimiz Mübarek Olsun</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055830144</t>
+          <t>3990000015577</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Öteki Siyaset</t>
+          <t>Yıldız Tutulması</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756768921</t>
+          <t>9789756768495</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Meşaleyi Tutan El</t>
+          <t>Üniversitede İlim ve Ahlak Cahit Tanyol ve Sosyoloji</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756768419</t>
+          <t>9789756768440</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Memleket Çocuğu Mustafa'nın Romanı</t>
+          <t>Uykusuzlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756768631</t>
+          <t>9786055830250</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Medya ve İzleyici</t>
+          <t>Tarifi Bende</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3990000011625</t>
+          <t>9789756768907</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>One Man Show</t>
+          <t>Şapka</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>6.48</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789757726432</t>
+          <t>9789756768020</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hürriyeti</t>
+          <t>Popüler Kültür ve İktidar</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>11.11</v>
+        <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756768303</t>
+          <t>9789757726944</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İktisat Kuramında Pozitivizm ve Postmodernizm</t>
+          <t>Politikanın İletişimi-İletişimin Politikası</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756768525</t>
+          <t>9789756768464</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İkinci Küreselleşme Dalgası</t>
+          <t>Öteki Türkiye’de Din ve Modernleşme</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>17.59</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756768778</t>
+          <t>9786055830144</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Immanuel Kant</t>
+          <t>Öteki Siyaset</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>37.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756768655</t>
+          <t>9789756768921</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Müsiad</t>
+          <t>Meşaleyi Tutan El</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756768761</t>
+          <t>9789756768419</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hürriyet Pervanesi - Mustafa’nın Romanı</t>
+          <t>Memleket Çocuğu Mustafa'nın Romanı</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756768372</t>
+          <t>9789756768631</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hukuksuzluğun Günlüğü</t>
+          <t>Medya ve İzleyici</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756768365</t>
+          <t>3990000011625</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Heidegger ve Nazizm</t>
+          <t>One Man Show</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055830236</t>
+          <t>9789757726432</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hapsedilme, İyileştirme ve Yeniden Suç İşleme</t>
+          <t>İnsan Hürriyeti</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756768914</t>
+          <t>9789756768303</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Güneybatı Anadolu'da Kuva-yi Milliye Harekatı</t>
+          <t>İktisat Kuramında Pozitivizm ve Postmodernizm</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3990000005450</t>
+          <t>9789756768525</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselci Çevrecilikten Gelenekselci Liberalizme</t>
+          <t>İkinci Küreselleşme Dalgası</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>7.41</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756768570</t>
+          <t>9789756768778</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Japonya’dan Türkiye’ye Bakış</t>
+          <t>Immanuel Kant</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>11.11</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756768785</t>
+          <t>9789756768655</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Sosyal Bilimler</t>
+          <t>Müsiad</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>32.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756768891</t>
+          <t>9789756768761</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ermeniler, Ermeni İsyanları, Ermeni Katliamları</t>
+          <t>Hürriyet Pervanesi - Mustafa’nın Romanı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>21.3</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756768587</t>
+          <t>9789756768372</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Açıdan Avrupa Birliği Sözlüğü  Avrupa Birliği Ekonomi Sözlüğü (Ciltli)</t>
+          <t>Hukuksuzluğun Günlüğü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756768648</t>
+          <t>9789756768365</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızın Kadın Kalemleri</t>
+          <t>Heidegger ve Nazizm</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>23.15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055830168</t>
+          <t>9786055830236</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Doğu - Batı İkilemi Bağlamında El Cezire</t>
+          <t>Hapsedilme, İyileştirme ve Yeniden Suç İşleme</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>23.15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789000156566</t>
+          <t>9789756768914</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Temel Kuramlar</t>
+          <t>Güneybatı Anadolu'da Kuva-yi Milliye Harekatı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055830182</t>
+          <t>3990000005450</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
+          <t>Gelenekselci Çevrecilikten Gelenekselci Liberalizme</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756768242</t>
+          <t>9789756768570</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Lügat Bulamadım</t>
+          <t>Geçmişten Günümüze Japonya’dan Türkiye’ye Bakış</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789757726982</t>
+          <t>9789756768785</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Cemaatin Dönüşümü</t>
+          <t>Felsefe ve Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789757726623</t>
+          <t>9789756768891</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Ermeniler, Ermeni İsyanları, Ermeni Katliamları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>9.26</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789756768723</t>
+          <t>9789756768587</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerim</t>
+          <t>Ekonomik Açıdan Avrupa Birliği Sözlüğü  Avrupa Birliği Ekonomi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789756768228</t>
+          <t>9789756768648</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Adamın Kutusu</t>
+          <t>Edebiyatımızın Kadın Kalemleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>3990000004743</t>
+          <t>9786055830168</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Etnik Ayrımcılık</t>
+          <t>Doğu - Batı İkilemi Bağlamında El Cezire</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059114196</t>
+          <t>9789000156566</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Devrim</t>
+          <t>Çağdaş Temel Kuramlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>320</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>4458000104406</t>
+          <t>9786055830182</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İlk Bahar (Ciltli - Kutulu)</t>
+          <t>Çağdaş Arap Edebiyatı Seçkisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>600</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055830878</t>
+          <t>9789756768242</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiyi Kurmak</t>
+          <t>Bir Lügat Bulamadım</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789756768877</t>
+          <t>9789757726982</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yezidilik</t>
+          <t>Cemaatin Dönüşümü</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>3990000007306</t>
+          <t>9789757726623</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yerel Demokrasi ve Türkiye</t>
+          <t>Bilim Felsefesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756768235</t>
+          <t>9789756768723</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yedi Uyuyanlar</t>
+          <t>Bildiklerim</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789756768990</t>
+          <t>9789756768228</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Aşiretleri</t>
+          <t>Beyaz Adamın Kutusu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756768075</t>
+          <t>3990000004743</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Modernleşme ve Modernleştiriciler</t>
+          <t>Etnik Ayrımcılık</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3990000005132</t>
+          <t>9786059114196</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Türk Cumhuriyetleri</t>
+          <t>Bilimsel Devrim</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>14.81</v>
+        <v>320</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789756768952</t>
+          <t>4458000104406</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türkçülükten İslamcılığa Milli Türk Talebe Birliği</t>
+          <t>İlk Bahar (Ciltli - Kutulu)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055830489</t>
+          <t>9786055830878</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Düşüncesinde Batılılaşma</t>
+          <t>Sosyolojiyi Kurmak</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>32.41</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789756768822</t>
+          <t>9789756768877</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Trabzonlu Meşhurlar Ansiklopedisi (Ciltli)</t>
+          <t>Yezidilik</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>92.59</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789757726968</t>
+          <t>3990000007306</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sonu mu?</t>
+          <t>Yerel Demokrasi ve Türkiye</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756768884</t>
+          <t>9789756768235</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sosyolojisi</t>
+          <t>Yedi Uyuyanlar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9689756768146</t>
+          <t>9789756768990</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İkna</t>
+          <t>Türkmen Aşiretleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>3990000012819</t>
+          <t>9789756768075</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ceketli Yalnızlık</t>
+          <t>Türkiye’de Modernleşme ve Modernleştiriciler</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>3.7</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>3990000015262</t>
+          <t>3990000005132</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Dış Politikası</t>
+          <t>Türkiye ve Türk Cumhuriyetleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>3990000011250</t>
+          <t>9789756768952</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Rejim Sorunu</t>
+          <t>Türkçülükten İslamcılığa Milli Türk Talebe Birliği</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>7.41</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055830557</t>
+          <t>9786055830489</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm ve İslam Küreselleşme ve Oryantalizm</t>
+          <t>Türk Eğitim Düşüncesinde Batılılaşma</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>330</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789757726913</t>
+          <t>9789756768822</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Medya ve Ötesi</t>
+          <t>Trabzonlu Meşhurlar Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>11.11</v>
+        <v>92.59</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789756768945</t>
+          <t>9789757726968</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Paşaların Gözüyle Milli Mücadele</t>
+          <t>Tarihin Sonu mu?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756768549</t>
+          <t>9789756768884</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Dış Borçlanması</t>
+          <t>Tarih Sosyolojisi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789757726357</t>
+          <t>9689756768146</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Çatışması ve Samuel P. Huntington</t>
+          <t>Siyasal İkna</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055830090</t>
+          <t>3990000012819</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kürt Sorununda Yeni Dönem</t>
+          <t>Sarı Ceketli Yalnızlık</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>11.57</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>3990000004446</t>
+          <t>3990000015262</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sivil Toplum ve İslam</t>
+          <t>Rusya’nın Dış Politikası</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789757726708</t>
+          <t>3990000011250</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kötülük ve Teodise</t>
+          <t>Rejim Sorunu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055830243</t>
+          <t>9786055830557</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Keşifler Çağı’nda Türkler Mağripliler ve İngilizler</t>
+          <t>Postmodernizm ve İslam Küreselleşme ve Oryantalizm</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789756768556</t>
+          <t>9789757726913</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kemalizm Terakkiye Manidir</t>
+          <t>Siyaset, Medya ve Ötesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>8</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789756768938</t>
+          <t>9789756768945</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kestim Yiyen Yok</t>
+          <t>Paşaların Gözüyle Milli Mücadele</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9759756768983</t>
+          <t>9789756768549</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Japonya’da Türk İzleri</t>
+          <t>Osmanlı Devleti’nin Dış Borçlanması</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789756768310</t>
+          <t>9789757726357</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İletişim Bilimi</t>
+          <t>Medeniyetler Çatışması ve Samuel P. Huntington</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>13</v>
+        <v>50</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789756768617</t>
+          <t>9786055830090</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Günlük Düşüncede Modernlik Din ve Laiklik</t>
+          <t>Kürt Sorununda Yeni Dönem</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055830229</t>
+          <t>3990000004446</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ebuzer</t>
+          <t>Küreselleşme Sivil Toplum ve İslam</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>110</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055830519</t>
+          <t>9789757726708</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dinlerde Yükseliş Motifleri ve İslam’da Miraç</t>
+          <t>Kötülük ve Teodise</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>13.89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789757726451</t>
+          <t>9786055830243</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Ahlak</t>
+          <t>Keşifler Çağı’nda Türkler Mağripliler ve İngilizler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>13.89</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789756768273</t>
+          <t>9789756768556</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Kuramlarına Giriş</t>
+          <t>Kemalizm Terakkiye Manidir</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>23.15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789757726296</t>
+          <t>9789756768938</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dolduran Kiraz</t>
+          <t>Karpuz Kestim Yiyen Yok</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>4.63</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000012075</t>
+          <t>9759756768983</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Sohbetler</t>
+          <t>Japonya’da Türk İzleri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055830038</t>
+          <t>9789756768310</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çin’de Hayatta Kalma Kılavuzu</t>
+          <t>İletişim Bilimi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756768358</t>
+          <t>9789756768617</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimiz</t>
+          <t>Günlük Düşüncede Modernlik Din ve Laiklik</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756768389</t>
+          <t>9786055830229</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Haçlının Hatıraları</t>
+          <t>Ebuzer</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>18.52</v>
+        <v>110</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789756768624</t>
+          <t>9786055830519</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Serüveni</t>
+          <t>Dinlerde Yükseliş Motifleri ve İslam’da Miraç</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789756768679</t>
+          <t>9789757726451</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Anayasayı Birlikte Yapmak</t>
+          <t>Dil ve Ahlak</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055830175</t>
+          <t>9789756768273</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>2012 Çarmıh - İsa’nın Dönüş Mucizesi</t>
+          <t>Demokrasi Kuramlarına Giriş</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055830908</t>
+          <t>9789757726296</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’yu Kuran İdeolojiler</t>
+          <t>Dünyayı Dolduran Kiraz</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>220</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059114868</t>
+          <t>3990000012075</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İzm’ler Ne Kadar Bizim?</t>
+          <t>Çocuklarla Sohbetler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>275</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059114899</t>
+          <t>9786055830038</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Düşünsel Sololar</t>
+          <t>Çin’de Hayatta Kalma Kılavuzu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>320</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059114066</t>
+          <t>9789756768358</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Göç Azınlıklar ve Siyaset - Avusturya Örneği</t>
+          <t>Cumhuriyetimiz</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055830540</t>
+          <t>9789756768389</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Bir Haçlının Hatıraları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>600</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059114858</t>
+          <t>9789756768624</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Niteliklerini Belirlemeye ve Değerlendirmeye Yönelik Bir Üniversite Model Önerisi</t>
+          <t>Bilginin Serüveni</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>175</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055830809</t>
+          <t>9789756768679</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Adıyla</t>
+          <t>Anayasayı Birlikte Yapmak</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055830762</t>
+          <t>9786055830175</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihini Yeniden Düşünmek</t>
+          <t>2012 Çarmıh - İsa’nın Dönüş Mucizesi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>525</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055830205</t>
+          <t>9786055830908</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Doğuda Siyasetin Dinamikleri 1946 - 2011</t>
+          <t>Ortadoğu’yu Kuran İdeolojiler</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055830885</t>
+          <t>9786059114868</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Akademik Tezleri Kitaba Dönüştürme Sanatı</t>
+          <t>İzm’ler Ne Kadar Bizim?</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789757726890</t>
+          <t>9786059114899</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Din ve İnanç Sözlüğü</t>
+          <t>Düşünsel Sololar</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>860</v>
+        <v>320</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055830274</t>
+          <t>9786059114066</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Balkanlarda "Türk" Olmak</t>
+          <t>Avrupa'da Göç Azınlıklar ve Siyaset - Avusturya Örneği</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055830861</t>
+          <t>9786055830540</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın Kanlı Tarihi</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>384</v>
+        <v>600</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059114936</t>
+          <t>9786059114858</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Altı Çizilecek Kitap</t>
+          <t>Niteliklerini Belirlemeye ve Değerlendirmeye Yönelik Bir Üniversite Model Önerisi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059114882</t>
+          <t>9786055830809</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çin'in Karanlık Tarihi</t>
+          <t>Allah'ın Adıyla</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059114332</t>
+          <t>9786055830762</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bi Bakıp Çıkcm</t>
+          <t>Dünya Tarihini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>525</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055830830</t>
+          <t>9786055830205</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mısır'da Toplum ve Siyaset</t>
+          <t>Doğuda Siyasetin Dinamikleri 1946 - 2011</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055830625</t>
+          <t>9786055830885</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Antolojisi</t>
+          <t>Akademik Tezleri Kitaba Dönüştürme Sanatı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>1400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059114318</t>
+          <t>9789757726890</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Gençlik</t>
+          <t>Din ve İnanç Sözlüğü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>860</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055830755</t>
+          <t>9786055830274</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Türkiye Tarihi - 1 (1850-1950)</t>
+          <t>Balkanlarda "Türk" Olmak</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059114172</t>
+          <t>9786055830861</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İlk Bahar</t>
+          <t>Amerika’nın Kanlı Tarihi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>520</v>
+        <v>384</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055830823</t>
+          <t>9786059114936</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Osmanlı'da Savaş Esirleri</t>
+          <t>Altı Çizilecek Kitap</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059114042</t>
+          <t>9786059114882</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Avuçlarımızda Titreyen Dünya: Küreselleşme</t>
+          <t>Çin'in Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059114660</t>
+          <t>9786059114332</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Kayıp Halkası - 2</t>
+          <t>Bi Bakıp Çıkcm</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059114226</t>
+          <t>9786055830830</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Kürt Kimliği (1900-1920)</t>
+          <t>Mısır'da Toplum ve Siyaset</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055830496</t>
+          <t>9786055830625</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>3 Derste Hermenötik</t>
+          <t>Türk Musikisi Antolojisi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789757726999</t>
+          <t>9786059114318</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Alman Oryantalizmi</t>
+          <t>Çevrimiçi Gençlik</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059114417</t>
+          <t>9786055830755</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sığınamayanlar</t>
+          <t>Alternatif Türkiye Tarihi - 1 (1850-1950)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055830663</t>
+          <t>9786059114172</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Gözağrısı</t>
+          <t>İlk Bahar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>275</v>
+        <v>520</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059114189</t>
+          <t>9786055830823</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Açık Komplo</t>
+          <t>18. Yüzyıl Osmanlı'da Savaş Esirleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055830427</t>
+          <t>9786059114042</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Atatürkçü Milliyetçiliğin İki Yüzü: Kadro ve Ülkü</t>
+          <t>Avuçlarımızda Titreyen Dünya: Küreselleşme</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055830984</t>
+          <t>9786059114660</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Karınca İncitmez Artur Balyan’ın Tuhaf İntikam Planı</t>
+          <t>Ruhumun Kayıp Halkası - 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059114110</t>
+          <t>9786059114226</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İran Bölge Analizi</t>
+          <t>Osmanlı’dan Cumhuriyet’e Kürt Kimliği (1900-1920)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055830991</t>
+          <t>9786055830496</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Babaannem Diyor Ki...</t>
+          <t>3 Derste Hermenötik</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059114295</t>
+          <t>9789757726999</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri ve Düşünce Dünyası Arasında Geçişler</t>
+          <t>Alman Oryantalizmi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789757726333</t>
+          <t>9786059114417</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Önce Söz Vardı</t>
+          <t>Sığınamayanlar</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>600</v>
+        <v>330</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055830052</t>
+          <t>9786055830663</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Klasik Arap Literatürü</t>
+          <t>Gözağrısı</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055830458</t>
+          <t>9786059114189</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Hermenötik ve Yazarın Niyeti</t>
+          <t>Açık Komplo</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059114851</t>
+          <t>9786055830427</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Medrese Üniversite midir ?</t>
+          <t>Atatürkçü Milliyetçiliğin İki Yüzü: Kadro ve Ülkü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059114790</t>
+          <t>9786055830984</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ayetullah Humeyni</t>
+          <t>Karınca İncitmez Artur Balyan’ın Tuhaf İntikam Planı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>525</v>
+        <v>175</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059114820</t>
+          <t>9786059114110</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Nöromimari 3 - Metamorfoz</t>
+          <t>İran Bölge Analizi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059114721</t>
+          <t>9786055830991</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sınır Kapısındaki Deniz Kızı</t>
+          <t>Babaannem Diyor Ki...</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059114240</t>
+          <t>9786059114295</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Modern Kapitalizmin Doğuşu</t>
+          <t>Psikiyatri ve Düşünce Dünyası Arasında Geçişler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055830311</t>
+          <t>9789757726333</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hakikatin Peşinde</t>
+          <t>Önce Söz Vardı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
+          <t>9786055830052</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Arap Literatürü</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786055830458</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Hermenötik ve Yazarın Niyeti</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786059114851</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Medrese Üniversite midir ?</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786059114790</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Ayetullah Humeyni</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786059114820</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Nöromimari 3 - Metamorfoz</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786059114721</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Sınır Kapısındaki Deniz Kızı</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786059114240</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Modern Kapitalizmin Doğuşu</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786055830311</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Hakikatin Peşinde</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
           <t>9786055830748</t>
         </is>
       </c>
-      <c r="B243" s="1" t="inlineStr">
+      <c r="B251" s="1" t="inlineStr">
         <is>
           <t>11. Peron</t>
         </is>
       </c>
-      <c r="C243" s="1">
+      <c r="C251" s="1">
         <v>275</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>