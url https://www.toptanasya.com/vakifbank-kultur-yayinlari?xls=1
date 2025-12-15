--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -85,6115 +85,6310 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255848260</t>
+          <t>9786255848345</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aklın Hikâyesi</t>
+          <t>Amerika'yı Anlatmak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255848284</t>
+          <t>9786255848444</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis, Beng ü Bâde, Enîsü’l-Kalb</t>
+          <t>Dürrüşehvar Sultan'ın Anıları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255848321</t>
+          <t>9786255848406</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hükümdara Öğütler</t>
+          <t>Egemenler, Din ve Zenginlik</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255848161</t>
+          <t>9786255848383</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aklın Rüyası</t>
+          <t>Kendini Yazan Habitus</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255848314</t>
+          <t>9786255848338</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Simurg’un Hayat Ağacı</t>
+          <t>Beyaz Dağ</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255848185</t>
+          <t>9786255848413</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kral Marcus Aurelius</t>
+          <t>Sürdürülebilirlik ve Ekonomi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255848208</t>
+          <t>9786255848420</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Perdeye Yansıyan Zihin</t>
+          <t>Meister Eckhart - Hristiyanlığın Filozofu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255848147</t>
+          <t>9786255848369</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Profesör Astro Kedi ile İnsan Vücudu Destanı</t>
+          <t>Kapitalizm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255848253</t>
+          <t>9786255848376</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerle İyileş Kelebeğin Hazinesi</t>
+          <t>Rastgelelik ve Entropiden Zaman Okuna</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255848178</t>
+          <t>9786255848055</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamana Dair</t>
+          <t>Pantheon</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>380</v>
+        <v>590</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255848215</t>
+          <t>9786255848277</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Oğlum Nazif…</t>
+          <t>Voleybol Güncesi En Güzel Doğum Günü</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>495</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255848192</t>
+          <t>9786255848307</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Avrupa Tarihi</t>
+          <t>Erken Modern Dünyada Devrim ve İsyan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>450</v>
+        <v>690</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255848048</t>
+          <t>9786255848222</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ama Değil</t>
+          <t>Modern Ekonomide Kavramlar ve Kuramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255848154</t>
+          <t>9786255848260</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Az Gelişmişlik ve Kalkınma</t>
+          <t>İslam’da Aklın Hikâyesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255848130</t>
+          <t>9786255848284</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eğilimler ve Güçler</t>
+          <t>Kırk Hadis, Beng ü Bâde, Enîsü’l-Kalb</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255848116</t>
+          <t>9786255848321</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri (Ciltli)</t>
+          <t>Hükümdara Öğütler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255848093</t>
+          <t>9786255848161</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Aklın Rüyası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>900</v>
+        <v>450</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4444444444125</t>
+          <t>9786255848314</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kant Çalışmaları Dergisi Sayı: 4 - 2024</t>
+          <t>Simurg’un Hayat Ağacı</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255848031</t>
+          <t>9786255848185</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Arılar Arasında</t>
+          <t>Bilge Kral Marcus Aurelius</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255848123</t>
+          <t>9786255848208</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Öz</t>
+          <t>Beyaz Perdeye Yansıyan Zihin</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255848109</t>
+          <t>9786255848147</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Dil</t>
+          <t>Profesör Astro Kedi ile İnsan Vücudu Destanı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>415</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256385665</t>
+          <t>9786255848253</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İktisatçının Zanaatı</t>
+          <t>Bitkilerle İyileş Kelebeğin Hazinesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255848079</t>
+          <t>9786255848178</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Ekoloji</t>
+          <t>Kayıp Zamana Dair</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255848017</t>
+          <t>9786255848215</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie ve Radyoaktivite Bilimi</t>
+          <t>Sevgili Oğlum Nazif…</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>320</v>
+        <v>495</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256647992</t>
+          <t>9786255848192</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Fizik Felsefesi</t>
+          <t>Erken Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255848062</t>
+          <t>9786255848048</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İngiltere Üzerine Notlar</t>
+          <t>Küçük Ama Değil</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255848086</t>
+          <t>9786255848154</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik İdeoloji ve Japon Endüstri Politikaları</t>
+          <t>Az Gelişmişlik ve Kalkınma</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>525</v>
+        <v>450</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255848000</t>
+          <t>9786255848130</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografi</t>
+          <t>Eğilimler ve Güçler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255848024</t>
+          <t>9786255848116</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Nikolas Kopernik Dünya Gezegen Olunca</t>
+          <t>Bütün Şiirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>265</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256647985</t>
+          <t>9786255848093</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Valilik</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>550</v>
+        <v>900</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256647978</t>
+          <t>4444444444125</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Paşasının Portresi</t>
+          <t>Kant Çalışmaları Dergisi Sayı: 4 - 2024</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256385443</t>
+          <t>9786255848031</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar</t>
+          <t>Arılar Arasında</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>590</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256647596</t>
+          <t>9786255848123</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Üzerine Dersler</t>
+          <t>Öz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257447942</t>
+          <t>9786255848109</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi (Ciltli)</t>
+          <t>Anlam ve Dil</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>210</v>
+        <v>415</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257447850</t>
+          <t>9786256385665</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İvan Osakin’in Tuhaf Hayatı</t>
+          <t>İktisatçının Zanaatı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257447881</t>
+          <t>9786255848079</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Batınilik ve Akademi</t>
+          <t>Edebiyat ve Ekoloji</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>410</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257447140</t>
+          <t>9786255848017</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Rusya: Huzursuz İmparatorluk (Ciltli)</t>
+          <t>Marie Curie ve Radyoaktivite Bilimi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>850</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257447577</t>
+          <t>9786256647992</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Fîhi Mâ Fîh</t>
+          <t>Fizik Felsefesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257447157</t>
+          <t>9786255848062</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Toplumlar ve Zayıf Devletler</t>
+          <t>İngiltere Üzerine Notlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>465</v>
+        <v>310</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257447461</t>
+          <t>9786255848086</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun'un Tarih Felsefesi</t>
+          <t>Ekonomik İdeoloji ve Japon Endüstri Politikaları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>480</v>
+        <v>525</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257447447</t>
+          <t>9786255848000</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Halk Destanları</t>
+          <t>Otobiyografi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257447362</t>
+          <t>9786255848024</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çağımız ve Thomas Hobbes</t>
+          <t>Nikolas Kopernik Dünya Gezegen Olunca</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257447355</t>
+          <t>9786256647985</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce Tarihi</t>
+          <t>Valilik</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257447430</t>
+          <t>9786256647978</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Borsa</t>
+          <t>Bir Osmanlı Paşasının Portresi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057947833</t>
+          <t>9786256385443</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Rüyası: Modern Felsefenin Yükselişi</t>
+          <t>Balkanlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>420</v>
+        <v>590</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057947161</t>
+          <t>9786256647596</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kara ve Deniz</t>
+          <t>Dostoyevski Üzerine Dersler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057947338</t>
+          <t>9786257447942</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cemaat ve Cemiyet</t>
+          <t>Esma-i Hüsna Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057947130</t>
+          <t>9786257447850</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Paranoid Ethos</t>
+          <t>İvan Osakin’in Tuhaf Hayatı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257447034</t>
+          <t>9786257447881</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Teknik ve Büyü: Gerçekliğin Yeniden İnşası</t>
+          <t>Batınilik ve Akademi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>410</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257447171</t>
+          <t>9786257447140</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sosyolog ve Tarihçi</t>
+          <t>Rusya: Huzursuz İmparatorluk (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>850</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057947482</t>
+          <t>9786257447577</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sanat Neye Yarar?</t>
+          <t>Fîhi Mâ Fîh</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057947444</t>
+          <t>9786257447157</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefenin Karanlık Tarihi</t>
+          <t>Güçlü Toplumlar ve Zayıf Devletler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>290</v>
+        <v>465</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257447065</t>
+          <t>9786257447461</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Olarak Sanat</t>
+          <t>İbn Haldun'un Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057947659</t>
+          <t>9786257447447</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hegemonyasından Önce</t>
+          <t>Kafkas Halk Destanları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057947819</t>
+          <t>9786257447362</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zayıfların İmparatorlukları</t>
+          <t>Çağımız ve Thomas Hobbes</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057947574</t>
+          <t>9786257447355</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Küreselciler: İmparatorluğun Sonu ve Neoliberalizmin Doğuşu</t>
+          <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257447119</t>
+          <t>9786257447430</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kavalalı Mehmed Ali: Osmanlı Valiliğinden Mısır Hükümdarlığına</t>
+          <t>Borsa</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057947406</t>
+          <t>9786057947833</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Aydınlanma Rüyası: Modern Felsefenin Yükselişi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057947918</t>
+          <t>9786057947161</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Amerika ve Modern Türkiye’nin Oluşumu</t>
+          <t>Kara ve Deniz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057947611</t>
+          <t>9786057947338</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Roma İmparatorluğu</t>
+          <t>Cemaat ve Cemiyet</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057947475</t>
+          <t>9786057947130</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Ritüel ve Büyü</t>
+          <t>Türkiye'de Paranoid Ethos</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057947543</t>
+          <t>9786257447034</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gözün Menzili: İslami Coğrafyada Bakışın Serüveni</t>
+          <t>Teknik ve Büyü: Gerçekliğin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057947437</t>
+          <t>9786257447171</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>101 Anekdotta Felsefe Tarihinde Yolculuk</t>
+          <t>Sosyolog ve Tarihçi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057947079</t>
+          <t>9786057947482</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kişi ve Kutsal</t>
+          <t>Sanat Neye Yarar?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057947178</t>
+          <t>9786057947444</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy - Gandhi Mektuplaşmaları</t>
+          <t>Modern Felsefenin Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>125</v>
+        <v>290</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257447591</t>
+          <t>9786257447065</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Rami Kışlası</t>
+          <t>Deneyim Olarak Sanat</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256647954</t>
+          <t>9786057947659</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Para Pul Oldu (Ciltli)</t>
+          <t>Avrupa Hegemonyasından Önce</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256647961</t>
+          <t>9786057947819</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sehi Bey Tezkiresi</t>
+          <t>Zayıfların İmparatorlukları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256385740</t>
+          <t>9786057947574</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Şairi Nizami</t>
+          <t>Küreselciler: İmparatorluğun Sonu ve Neoliberalizmin Doğuşu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256647947</t>
+          <t>9786257447119</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Maişet</t>
+          <t>Kavalalı Mehmed Ali: Osmanlı Valiliğinden Mısır Hükümdarlığına</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256647879</t>
+          <t>9786057947406</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Rus Geceleri</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256647930</t>
+          <t>9786057947918</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dört Başkent</t>
+          <t>Amerika ve Modern Türkiye’nin Oluşumu</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256647923</t>
+          <t>9786057947611</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Müzik Defteri - Sayı 3 Mayıs 2025</t>
+          <t>Kutsal Roma İmparatorluğu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256647862</t>
+          <t>9786057947475</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hinduizm’e Giriş</t>
+          <t>Hititlerde Ritüel ve Büyü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>340</v>
+        <v>460</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256647251</t>
+          <t>9786057947543</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gürcistan</t>
+          <t>Gözün Menzili: İslami Coğrafyada Bakışın Serüveni</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256647886</t>
+          <t>9786057947437</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İstanbulu’nda Eşitsizlik</t>
+          <t>101 Anekdotta Felsefe Tarihinde Yolculuk</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256647909</t>
+          <t>9786057947079</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Kişi ve Kutsal</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>215</v>
+        <v>110</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256385436</t>
+          <t>9786057947178</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk</t>
+          <t>Tolstoy - Gandhi Mektuplaşmaları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256647916</t>
+          <t>9786257447591</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik Raporlaması</t>
+          <t>Rami Kışlası</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>560</v>
+        <v>325</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256647855</t>
+          <t>9786256647954</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Londra’ya Şileple Bir Yolculuk</t>
+          <t>Para Pul Oldu (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>340</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256647893</t>
+          <t>9786256647961</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Voleybol Güncesi Vazgeçmek Yok !</t>
+          <t>Sehi Bey Tezkiresi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256647848</t>
+          <t>9786256385740</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dîvân</t>
+          <t>Azerbaycan Şairi Nizami</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256647831</t>
+          <t>9786256647947</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarla Kapalıçarşı</t>
+          <t>Maişet</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256647794</t>
+          <t>9786256647879</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Evin Nerede?</t>
+          <t>Rus Geceleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256647817</t>
+          <t>9786256647930</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Edebî Coğrafya</t>
+          <t>Dört Başkent</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256647800</t>
+          <t>9786256647923</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Politeia Şerhi</t>
+          <t>Müzik Defteri - Sayı 3 Mayıs 2025</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>525</v>
+        <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256647824</t>
+          <t>9786256647862</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kulu/ İslam Maneviyatında Hz. Muhammed</t>
+          <t>Hinduizm’e Giriş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256647701</t>
+          <t>9786256647251</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İnanç İlkeleri Matla’u’l-i’tikâd</t>
+          <t>Gürcistan</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256647763</t>
+          <t>9786256647886</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Risaleler/ Felsefe, Kelam, Tasavvuf</t>
+          <t>Osmanlı İstanbulu’nda Eşitsizlik</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256647787</t>
+          <t>9786256647909</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bitcoin’in Geleceği</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>450</v>
+        <v>215</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256647725</t>
+          <t>9786256385436</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Dağları, Gölleri ve Nehirleri</t>
+          <t>Divanu Lugati't-Türk</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>605</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256647756</t>
+          <t>9786256647916</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İktidar, Tarih ve Kimlik</t>
+          <t>Kurumsal Sürdürülebilirlik Raporlaması</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>420</v>
+        <v>560</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256647718</t>
+          <t>9786256647855</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun</t>
+          <t>İstanbul’dan Londra’ya Şileple Bir Yolculuk</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256647657</t>
+          <t>9786256647893</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nibelung Yüzüğü II Walküre</t>
+          <t>Voleybol Güncesi Vazgeçmek Yok !</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256647770</t>
+          <t>9786256647848</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kuran Meraklı Canlılar</t>
+          <t>Dîvân</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256647640</t>
+          <t>9786256647831</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Simetri</t>
+          <t>Rüyalarla Kapalıçarşı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9772980027735</t>
+          <t>9786256647794</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kant Çalışmaları Dergisi Sayı: 3 - 2024</t>
+          <t>Evin Nerede?</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256647732</t>
+          <t>9786256647817</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kavram Tarihi Çalışmaları</t>
+          <t>Edebî Coğrafya</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>650</v>
+        <v>310</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256647572</t>
+          <t>9786256647800</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Lozan Barış Antlaşması</t>
+          <t>Politeia Şerhi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>420</v>
+        <v>525</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256647749</t>
+          <t>9786256647824</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çay Peşinde Dünya Turu</t>
+          <t>Allah’ın Kulu/ İslam Maneviyatında Hz. Muhammed</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256647589</t>
+          <t>9786256647701</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kırımlı Önderler</t>
+          <t>İnanç İlkeleri Matla’u’l-i’tikâd</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257447393</t>
+          <t>9786256647763</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Presokratik Felsefeye Giriş</t>
+          <t>Risaleler/ Felsefe, Kelam, Tasavvuf</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256647374</t>
+          <t>9786256647787</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Savunusu</t>
+          <t>Bitcoin’in Geleceği</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256647664</t>
+          <t>9786256647725</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Genji’nin Hikayesi</t>
+          <t>Türk Tarihinin Dağları, Gölleri ve Nehirleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1480</v>
+        <v>605</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256647602</t>
+          <t>9786256647756</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Peynir</t>
+          <t>İktidar, Tarih ve Kimlik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256647633</t>
+          <t>9786256647718</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Olmadığı Bir Evren</t>
+          <t>Leyla ve Mecnun</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256385887</t>
+          <t>9786256647657</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Deneyim</t>
+          <t>Nibelung Yüzüğü II Walküre</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>525</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057947277</t>
+          <t>9786256647770</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>İletişim Kuran Meraklı Canlılar</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057947246</t>
+          <t>9786256647640</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Muhalefet - Namık Kemal'in Hürriyet Gazetesi Seti (2 Cilt Takım Kutulu)</t>
+          <t>Simetri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>680</v>
+        <v>450</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256647626</t>
+          <t>9772980027735</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hukuki ve İktisadi Yönleriyle Para Vakfı</t>
+          <t>Kant Çalışmaları Dergisi Sayı: 3 - 2024</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256385788</t>
+          <t>9786256647732</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Derkenar</t>
+          <t>Kavram Tarihi Çalışmaları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>480</v>
+        <v>650</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256647145</t>
+          <t>9786256647572</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Dönemeç</t>
+          <t>Lozan Barış Antlaşması</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256385078</t>
+          <t>9786256647749</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Etik Tartışmaları</t>
+          <t>Çay Peşinde Dünya Turu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257447676</t>
+          <t>9786256647589</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Eğitimi Yeniden Düşünmek</t>
+          <t>Kırımlı Önderler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257447041</t>
+          <t>9786257447393</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Roma Katolikliği ve Politik Form</t>
+          <t>Presokratik Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057947604</t>
+          <t>9786256647374</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Tarihin Savunusu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057947185</t>
+          <t>9786256647664</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Büyük Besteciler</t>
+          <t>Genji’nin Hikayesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>750</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057947086</t>
+          <t>9786256647602</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Romantik Dönem Bestecileri</t>
+          <t>Peynir</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>495</v>
+        <v>270</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256385566</t>
+          <t>9786256647633</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Besmele Tefsiri</t>
+          <t>Zamanın Olmadığı Bir Evren</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256385986</t>
+          <t>9786256385887</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Çocuk</t>
+          <t>Sinema ve Deneyim</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>525</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256647565</t>
+          <t>9786057947277</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Trafikte İletişim Atlası</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256647558</t>
+          <t>9786057947246</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler</t>
+          <t>Sürgünde Muhalefet - Namık Kemal'in Hürriyet Gazetesi Seti (2 Cilt Takım Kutulu)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>190</v>
+        <v>680</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256647497</t>
+          <t>9786256647626</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İlhamın Kanatlandığı Anlar</t>
+          <t>Hukuki ve İktisadi Yönleriyle Para Vakfı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256647503</t>
+          <t>9786256385788</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mutfak Kültürü</t>
+          <t>Derkenar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256647541</t>
+          <t>9786256647145</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dolanık Beyin</t>
+          <t>Biyografik Dönemeç</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256647527</t>
+          <t>9786256385078</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatı</t>
+          <t>Çağdaş Etik Tartışmaları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>385</v>
+        <v>180</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256647510</t>
+          <t>9786257447676</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Fransız Edebiyatı</t>
+          <t>Türkiye'de Eğitimi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>360</v>
+        <v>135</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256647534</t>
+          <t>9786257447041</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>On Sekizinci Yüzyıl İngiliz Edebiyatı 1660-1789</t>
+          <t>Roma Katolikliği ve Politik Form</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>365</v>
+        <v>115</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256647435</t>
+          <t>9786057947604</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Locke’tan Derrida’ya Dil Felsefesi</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>395</v>
+        <v>110</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256385979</t>
+          <t>9786057947185</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Yolculuğu</t>
+          <t>Büyük Besteciler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256647428</t>
+          <t>9786057947086</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yazanların Okuma Kültürü</t>
+          <t>Müzikte Romantik Dönem Bestecileri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>390</v>
+        <v>495</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256647411</t>
+          <t>9786256385566</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Avrupa Tarihi</t>
+          <t>Besmele Tefsiri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256647459</t>
+          <t>9786256385986</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ile Şekilleri Keşfet</t>
+          <t>Cumhuriyet ve Çocuk</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256647442</t>
+          <t>9786256647565</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Profesör Astro Kedi ile Atomik Macera</t>
+          <t>Trafikte İletişim Atlası</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256647466</t>
+          <t>9786256647558</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Alet Kullanan Meraklı Canlılar</t>
+          <t>Sürgünler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256647480</t>
+          <t>9786256647497</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz İstanbul</t>
+          <t>İlhamın Kanatlandığı Anlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256647381</t>
+          <t>9786256647503</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Müzik Defteri - Sayı 2 Eylül 2024</t>
+          <t>Osmanlı Mutfak Kültürü</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256647398</t>
+          <t>9786256647541</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Haykırış</t>
+          <t>Dolanık Beyin</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256647404</t>
+          <t>9786256647527</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Rousseau Sözlüğü</t>
+          <t>Rus Edebiyatı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256647350</t>
+          <t>9786256647510</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ'ın Son Büyük Savaşı</t>
+          <t>Fransız Edebiyatı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>495</v>
+        <v>360</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256647367</t>
+          <t>9786256647534</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Üzerine Makaleler</t>
+          <t>On Sekizinci Yüzyıl İngiliz Edebiyatı 1660-1789</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256647343</t>
+          <t>9786256647435</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Parlayan Meraklı Canlılar</t>
+          <t>Locke’tan Derrida’ya Dil Felsefesi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256647312</t>
+          <t>9786256385979</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Modernist Şiirin Kuramcıları</t>
+          <t>Bilginin Yolculuğu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256647268</t>
+          <t>9786256647428</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kaymakamlık</t>
+          <t>Yazanların Okuma Kültürü</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256647305</t>
+          <t>9786256647411</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Larousse Felsefe Sözlüğü</t>
+          <t>Erken Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257447652</t>
+          <t>9786256647459</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Sanat - Damat İbrahim Paşa'nın Hamiliği (1718-1730)</t>
+          <t>Zeynep ile Şekilleri Keşfet</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>365</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256647282</t>
+          <t>9786256647442</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Profesör Astro Kedi ile Atomik Macera</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256647299</t>
+          <t>9786256647466</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çalışkanlık Devrimi - 1650’den Günümüze Tüketici Davranışı ve Hane Halkı Ekonomisi</t>
+          <t>Alet Kullanan Meraklı Canlılar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>395</v>
+        <v>240</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256647244</t>
+          <t>9786256647480</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Uykucular Hayvan Dostlarımız Nasıl Uyur?</t>
+          <t>Esrarengiz İstanbul</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256647275</t>
+          <t>9786256647381</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Kızının Amerika Yolculuğu</t>
+          <t>Müzik Defteri - Sayı 2 Eylül 2024</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256385825</t>
+          <t>9786256647398</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kültür Eksenli Türk Sineması Ruhunu Yitirirken</t>
+          <t>Haykırış</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256385092</t>
+          <t>9786256647404</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Değer</t>
+          <t>Rousseau Sözlüğü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256385535</t>
+          <t>9786256647350</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kant'ın Etik Düşüncesi</t>
+          <t>Antik Çağ'ın Son Büyük Savaşı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>440</v>
+        <v>495</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256647213</t>
+          <t>9786256647367</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gri Yeryüzü</t>
+          <t>Hukuk Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256647220</t>
+          <t>9786256647343</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Bakış Toplumsal Eylemin Genel Sebepleri</t>
+          <t>Karanlıkta Parlayan Meraklı Canlılar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256647176</t>
+          <t>9786256647312</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştirisi ve Teori Platon’dan Postkolonyalizme</t>
+          <t>Modernist Şiirin Kuramcıları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>4440000004544</t>
+          <t>9786256647268</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kant Çalışmaları Dergisi Sayı: 2 - 2023</t>
+          <t>Kaymakamlık</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256385412</t>
+          <t>9786256647305</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Avrupa Tarihi</t>
+          <t>Larousse Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257447713</t>
+          <t>9786257447652</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii: Alim ve Veli</t>
+          <t>İktidar ve Sanat - Damat İbrahim Paşa'nın Hamiliği (1718-1730)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257447720</t>
+          <t>9786256647282</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Göçmen Kuşları</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256385689</t>
+          <t>9786256647299</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i Şerif</t>
+          <t>Çalışkanlık Devrimi - 1650’den Günümüze Tüketici Davranışı ve Hane Halkı Ekonomisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>370</v>
+        <v>395</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256385894</t>
+          <t>9786256647244</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Melodramatik Muhayyile</t>
+          <t>Uykucular Hayvan Dostlarımız Nasıl Uyur?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256647237</t>
+          <t>9786256647275</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımız Ne Halde?</t>
+          <t>Bir Türk Kızının Amerika Yolculuğu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256647183</t>
+          <t>9786256385825</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Demir</t>
+          <t>Kültür Eksenli Türk Sineması Ruhunu Yitirirken</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256385962</t>
+          <t>9786256385092</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Nedir?</t>
+          <t>Tanrı ve Değer</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>195</v>
+        <v>370</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256385252</t>
+          <t>9786256385535</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Zihin Felsefesi Tartışmaları</t>
+          <t>Kant'ın Etik Düşüncesi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256385870</t>
+          <t>9786256647213</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Deleuze’den Sonra Sinema</t>
+          <t>Gri Yeryüzü</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256647121</t>
+          <t>9786256647220</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Macera</t>
+          <t>Sosyolojik Bakış Toplumsal Eylemin Genel Sebepleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256647190</t>
+          <t>9786256647176</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ömr-i Edebi 2</t>
+          <t>Edebiyat Eleştirisi ve Teori Platon’dan Postkolonyalizme</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>265</v>
+        <v>380</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256647169</t>
+          <t>4440000004544</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Minik Bahçıvan</t>
+          <t>Kant Çalışmaları Dergisi Sayı: 2 - 2023</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256647091</t>
+          <t>9786256385412</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Erken Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>420</v>
+        <v>490</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256647152</t>
+          <t>9786257447713</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Canibi Ali Paşa</t>
+          <t>İmam Şafii: Alim ve Veli</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256647206</t>
+          <t>9786257447720</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Amerika Birleşik Devletleri Tarihi</t>
+          <t>Türkiye'nin Göçmen Kuşları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>850</v>
+        <v>290</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256385818</t>
+          <t>9786256385689</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Profesör Astro Kedi İle Uzayın Sınırları</t>
+          <t>Mevlid-i Şerif</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256385955</t>
+          <t>9786256385894</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Alfabesiz Kuşlar - Çocuklar İçin Şiirler</t>
+          <t>Melodramatik Muhayyile</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256647060</t>
+          <t>9786256647237</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Toprağa Bir Kompost Hikayesi (Ciltli)</t>
+          <t>Edebiyatımız Ne Halde?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256647107</t>
+          <t>9786256647183</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Fenike Miti ve Fenikecilik - Lübnan Düşüncesinin Temelleri</t>
+          <t>Kan ve Demir</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>365</v>
+        <v>295</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256647138</t>
+          <t>9786256385962</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Afet Psikolojisi - Doğal Afetlerde Psikososyal Destek ve Müdahaleler</t>
+          <t>Avrupalı Nedir?</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256647114</t>
+          <t>9786256385252</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Karakter - Edebiyat Çalışmalarında Üç Soruşturma</t>
+          <t>Çağdaş Zihin Felsefesi Tartışmaları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256647015</t>
+          <t>9786256385870</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>el-letaifu’l-Gıyasiyye</t>
+          <t>Deleuze’den Sonra Sinema</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256647022</t>
+          <t>9786256647121</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Savaş Esirleri</t>
+          <t>Mahrem Macera</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>415</v>
+        <v>190</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256647077</t>
+          <t>9786256647190</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Günler</t>
+          <t>Ömr-i Edebi 2</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>265</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256647053</t>
+          <t>9786256647169</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Lavrentiyev Kroniği - İlk Rus Tarihi</t>
+          <t>Minik Bahçıvan</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256647084</t>
+          <t>9786256647091</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Vamana Puraṇa</t>
+          <t>Erken Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>225</v>
+        <v>420</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256385863</t>
+          <t>9786256647152</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Mesleki Eğitimle İmtihanı</t>
+          <t>Canibi Ali Paşa</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>272</v>
+        <v>370</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256385658</t>
+          <t>9786256647206</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Medhal-i İlm-i Hukuk</t>
+          <t>Amerika Birleşik Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256385498</t>
+          <t>9786256385818</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beşeri Bilimler ve Osmanlı Çalışmaları</t>
+          <t>Profesör Astro Kedi İle Uzayın Sınırları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256385467</t>
+          <t>9786256385955</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Adem Amca ve Yaren</t>
+          <t>Alfabesiz Kuşlar - Çocuklar İçin Şiirler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256385849</t>
+          <t>9786256647060</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Sokratik Diyalog</t>
+          <t>Çöpten Toprağa Bir Kompost Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>365</v>
+        <v>340</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256385832</t>
+          <t>9786256647107</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Japon Edebiyatının Zevki</t>
+          <t>Fenike Miti ve Fenikecilik - Lübnan Düşüncesinin Temelleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256385764</t>
+          <t>9786256647138</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Askerî Darbeler ve Dış Müdahale</t>
+          <t>Afet Psikolojisi - Doğal Afetlerde Psikososyal Destek ve Müdahaleler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256385726</t>
+          <t>9786256647114</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Ferit’e Mektuplar</t>
+          <t>Karakter - Edebiyat Çalışmalarında Üç Soruşturma</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256385375</t>
+          <t>9786256647015</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Safevi İranı: Pers İmparatorluğu'nun Yeniden Doğuşu</t>
+          <t>el-letaifu’l-Gıyasiyye</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>265</v>
+        <v>330</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256385511</t>
+          <t>9786256647022</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Kasidesi</t>
+          <t>Türk Tarihinde Savaş Esirleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>250</v>
+        <v>415</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256385634</t>
+          <t>9786256647077</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zihin</t>
+          <t>Geçmiş Günler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>285</v>
+        <v>120</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256385603</t>
+          <t>9786256647053</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>Lavrentiyev Kroniği - İlk Rus Tarihi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256385337</t>
+          <t>9786256647084</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Vamana Puraṇa</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256385283</t>
+          <t>9786256385863</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna - Bir Tarihsel Atlas (Ciltli)</t>
+          <t>Türkiye’nin Mesleki Eğitimle İmtihanı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>780</v>
+        <v>272</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256385269</t>
+          <t>9786256385658</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesinde Tereddüt ve Teceddüt Yılları (1768-1908)</t>
+          <t>Medhal-i İlm-i Hukuk</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>4440000003097</t>
+          <t>9786256385498</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kant Çalışmaları Dergisi Sayı: 1 - 2023</t>
+          <t>Dijital Beşeri Bilimler ve Osmanlı Çalışmaları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>225</v>
+        <v>265</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256385139</t>
+          <t>9786256385467</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Bir Kıssa Bin Hisse 1. Cilt</t>
+          <t>Adem Amca ve Yaren</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>390</v>
+        <v>265</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256385177</t>
+          <t>9786256385849</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kenzü’t-Tuhaf</t>
+          <t>Platon ve Sokratik Diyalog</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>215</v>
+        <v>365</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257447256</t>
+          <t>9786256385832</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Macarlar - Bir Diplomatik Tarih</t>
+          <t>Japon Edebiyatının Zevki</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>415</v>
+        <v>180</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256385030</t>
+          <t>9786256385764</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Maceraperest Böcek Bilimci Evelyn</t>
+          <t>Afrika’da Askerî Darbeler ve Dış Müdahale</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257447966</t>
+          <t>9786256385726</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Şekercik Kitap</t>
+          <t>Ahmet Ferit’e Mektuplar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257447911</t>
+          <t>9786256385375</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur</t>
+          <t>Safevi İranı: Pers İmparatorluğu'nun Yeniden Doğuşu</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>192</v>
+        <v>265</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257447980</t>
+          <t>9786256385511</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Akis Dergisi</t>
+          <t>Ağaç Kasidesi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257447959</t>
+          <t>9786256385634</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Teo ve Bir Aşığın İcatları (Ciltli)</t>
+          <t>Sosyal Zihin</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257447867</t>
+          <t>9786256385603</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rüstem Bey</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257447836</t>
+          <t>9786256385337</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tilki Bogi’nin Şarkısı</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257447669</t>
+          <t>9786256385283</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Wiley Blakwell Yayınları İslam Tarihi</t>
+          <t>Ukrayna - Bir Tarihsel Atlas (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>750</v>
+        <v>780</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257447799</t>
+          <t>9786256385269</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İzlence</t>
+          <t>Osmanlı Modernleşmesinde Tereddüt ve Teceddüt Yılları (1768-1908)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257447539</t>
+          <t>4440000003097</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Kız Kaçırma</t>
+          <t>Kant Çalışmaları Dergisi Sayı: 1 - 2023</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257447768</t>
+          <t>9786256385139</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Modern Irak'ın Osmanlı Kökenleri</t>
+          <t>Bir Kıssa Bin Hisse 1. Cilt</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257447744</t>
+          <t>9786256385177</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm Neden Çöktü?</t>
+          <t>Kenzü’t-Tuhaf</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257447508</t>
+          <t>9786257447256</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Küçük Harika Şeyler</t>
+          <t>Osmanlılar ve Macarlar - Bir Diplomatik Tarih</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>185</v>
+        <v>415</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257447249</t>
+          <t>9786256385030</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Muallime</t>
+          <t>Maceraperest Böcek Bilimci Evelyn</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257447331</t>
+          <t>9786257447966</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>Şekercik Kitap</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257447195</t>
+          <t>9786257447911</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şef: Bürokratik Tutuculuk ve Liderlik</t>
+          <t>Gün Olur</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>125</v>
+        <v>192</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257447478</t>
+          <t>9786257447980</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs'ın Kayıp Anayasası</t>
+          <t>Akis Dergisi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257447164</t>
+          <t>9786257447959</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İlk Dönemlerinde Yazı ve Rivayet</t>
+          <t>Teo ve Bir Aşığın İcatları (Ciltli)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257447386</t>
+          <t>9786257447867</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bir Yağmur Damlası</t>
+          <t>Ahmet Rüstem Bey</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>170</v>
+        <v>425</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257447188</t>
+          <t>9786257447836</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sounder: Sahibini Bekleyen Av Köpeği</t>
+          <t>Tilki Bogi’nin Şarkısı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257447300</t>
+          <t>9786257447669</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Flüt</t>
+          <t>Wiley Blakwell Yayınları İslam Tarihi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>165</v>
+        <v>750</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057947109</t>
+          <t>9786257447799</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>1950’ler Türkiye’sinde Edebiyat Dergileri</t>
+          <t>İzlence</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057947031</t>
+          <t>9786257447539</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Borsa Risalesi: Hava Oyunları</t>
+          <t>Saraydan Kız Kaçırma</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057947062</t>
+          <t>9786257447768</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Caz Çağı Öyküleri</t>
+          <t>Modern Irak'ın Osmanlı Kökenleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057947192</t>
+          <t>9786257447744</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Enoch Arden</t>
+          <t>Liberalizm Neden Çöktü?</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057947390</t>
+          <t>9786257447508</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Erdem Peşinde</t>
+          <t>Küçük Harika Şeyler</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057947284</t>
+          <t>9786257447249</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>On Dokuzuncu Yüzyılın Fırtına Bulutu</t>
+          <t>Muallime</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057947369</t>
+          <t>9786257447331</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Veranda Öyküleri</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057947796</t>
+          <t>9786257447195</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Bireyselciliğinin Kökenleri</t>
+          <t>Yeni Şef: Bürokratik Tutuculuk ve Liderlik</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>285</v>
+        <v>125</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257447096</t>
+          <t>9786257447478</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>27 Mayıs'ın Kayıp Anayasası</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057947710</t>
+          <t>9786257447164</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Devlet Hava Yolları</t>
+          <t>İslam'ın İlk Dönemlerinde Yazı ve Rivayet</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057947420</t>
+          <t>9786257447386</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sefalet - Emine Semiye Kitaplığı 1</t>
+          <t>Bir Zamanlar Bir Yağmur Damlası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057947727</t>
+          <t>9786257447188</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Makar’ın Rüyası</t>
+          <t>Sounder: Sahibini Bekleyen Av Köpeği</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>110</v>
+        <v>195</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057947840</t>
+          <t>9786257447300</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Nasuhzade Ali Paşa ve Rum İsyanı</t>
+          <t>Sihirli Flüt</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057947956</t>
+          <t>9786057947109</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Beşir Ağa: Osmanlı Hareminin Baş Hadım Ağası</t>
+          <t>1950’ler Türkiye’sinde Edebiyat Dergileri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057947802</t>
+          <t>9786057947031</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalitenin Farklı Yüzleri</t>
+          <t>Borsa Risalesi: Hava Oyunları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257447027</t>
+          <t>9786057947062</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Şemsiyesi Altında</t>
+          <t>Caz Çağı Öyküleri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257447010</t>
+          <t>9786057947192</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Geç Osmanlı Dönemi Romanlarında Şair ve Şiir</t>
+          <t>Enoch Arden</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257447089</t>
+          <t>9786057947390</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Modern Japonya’nın Doğuşunda Bir Aydın: Yukichi Fukuzawa</t>
+          <t>Erdem Peşinde</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>365</v>
+        <v>520</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057947734</t>
+          <t>9786057947284</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Behemoth ya da İngiltere İç Savaşının İçyüzü</t>
+          <t>On Dokuzuncu Yüzyılın Fırtına Bulutu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257447263</t>
+          <t>9786057947369</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Veranda Öyküleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257447270</t>
+          <t>9786057947796</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hanehalkı Borçlarını Silin!</t>
+          <t>İngiliz Bireyselciliğinin Kökenleri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257447133</t>
+          <t>9786257447096</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Afganistan</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>425</v>
+        <v>140</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057947758</t>
+          <t>9786057947710</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Petrograd’dan Şanghay’a</t>
+          <t>Devlet Hava Yolları</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057947925</t>
+          <t>9786057947420</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>3. Abdurrahman İlk Kurtuba Halifesi</t>
+          <t>Sefalet - Emine Semiye Kitaplığı 1</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057947789</t>
+          <t>9786057947727</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Üç Hikaye: Beyaz Geceler - Polzunkov - Yufka Yürek</t>
+          <t>Makar’ın Rüyası</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057947307</t>
+          <t>9786057947840</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kölelik Şiirleri</t>
+          <t>Nasuhzade Ali Paşa ve Rum İsyanı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>245</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057947581</t>
+          <t>9786057947956</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Devridaim</t>
+          <t>Beşir Ağa: Osmanlı Hareminin Baş Hadım Ağası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057947550</t>
+          <t>9786057947802</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Utanç: Sosyo-Kültürel Bir Fenomen</t>
+          <t>Rasyonalitenin Farklı Yüzleri</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057947857</t>
+          <t>9786257447027</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi ve Musiki</t>
+          <t>Sevgi Şemsiyesi Altında</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057947772</t>
+          <t>9786257447348</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Vakıf Hukukuna Giriş</t>
+          <t>Geç Osmanlı Dönemi Romanlarında Şair ve Şiir</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057947147</t>
+          <t>9786257447089</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Neden? - Düşünce ve Davranışlarımızın Altında Yatan Nedenler</t>
+          <t>Modern Japonya’nın Doğuşunda Bir Aydın: Yukichi Fukuzawa</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057947352</t>
+          <t>9786057947734</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Balıkçılar</t>
+          <t>Behemoth ya da İngiltere İç Savaşının İçyüzü</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057947703</t>
+          <t>9786257447263</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Maarif Nazırının Portresi: Emrullah Efendi</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057947949</t>
+          <t>9786257447270</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Çöküş: Finansal Krizlerle Dolu Bir On Yıl Dünyayı Nasıl Değiştirdi?</t>
+          <t>Hanehalkı Borçlarını Silin!</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057947963</t>
+          <t>9786257447133</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam ve Güneş</t>
+          <t>Afganistan</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057947642</t>
+          <t>9786057947758</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Anarşi - Siyasal ve Toplumsal Eleştiri Alanında Bir Deneme</t>
+          <t>Petrograd’dan Şanghay’a</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057947628</t>
+          <t>9786057947925</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İbn Tufeyl - Aklın Yaşamı</t>
+          <t>3. Abdurrahman İlk Kurtuba Halifesi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057947208</t>
+          <t>9786057947789</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sadi: Hayatın Aşkın ve Tutkunun Şairi</t>
+          <t>Üç Hikaye: Beyaz Geceler - Polzunkov - Yufka Yürek</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057947987</t>
+          <t>9786057947307</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Papağan ve Tüccar</t>
+          <t>Kölelik Şiirleri</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057947932</t>
+          <t>9786057947581</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Homo İnformatiks</t>
+          <t>Devridaim</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057947512</t>
+          <t>9786057947550</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Oğlunun Kaleminden Ahmet Midhat Efendi ve Dönemi</t>
+          <t>Utanç: Sosyo-Kültürel Bir Fenomen</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>295</v>
+        <v>360</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057947345</t>
+          <t>9786057947857</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Toplu Eserler ve Diğer Hikayeler</t>
+          <t>Ahmet Midhat Efendi ve Musiki</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057947451</t>
+          <t>9786057947772</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Muhalefet: Namık Kemal'in Hürriyet Gazetesi 1 (1868-1869)</t>
+          <t>Osmanlı Vakıf Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>560</v>
+        <v>315</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057947468</t>
+          <t>9786057947147</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Muhalefet: Namık Kemal'in Hürriyet Gazetesi 2 (1869-1870)</t>
+          <t>Neden? - Düşünce ve Davranışlarımızın Altında Yatan Nedenler</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057947222</t>
+          <t>9786057947352</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Küresel Roman - 21. Yüzyılda Dünyayı Yazmak</t>
+          <t>Balıkçılar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057947024</t>
+          <t>9786057947703</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Misyonerleri</t>
+          <t>Bir Osmanlı Maarif Nazırının Portresi: Emrullah Efendi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057947017</t>
+          <t>9786057947949</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Metatarih - Namık Kemal'in Tarih Anlatılarının Poetikası</t>
+          <t>Çöküş: Finansal Krizlerle Dolu Bir On Yıl Dünyayı Nasıl Değiştirdi?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057947123</t>
+          <t>9786057947963</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Radikal Kitaplar</t>
+          <t>Kardan Adam ve Güneş</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057947215</t>
+          <t>9786057947642</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Radikal Aydınlanma ve Modern Demokrasinin Kökenleri</t>
+          <t>Kültür ve Anarşi - Siyasal ve Toplumsal Eleştiri Alanında Bir Deneme</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256385917</t>
+          <t>9786057947628</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde İz Bırakan Kadınlar</t>
+          <t>İbn Tufeyl - Aklın Yaşamı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>465</v>
+        <v>195</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256647039</t>
+          <t>9786057947208</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Türk Akrabalık Terminolojilerinin Tipolojisi</t>
+          <t>Sadi: Hayatın Aşkın ve Tutkunun Şairi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256647008</t>
+          <t>9786057947987</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Metafor</t>
+          <t>Papağan ve Tüccar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>345</v>
+        <v>140</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256385627</t>
+          <t>9786057947932</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hikayenin Peşinde - Tesadüf-i Acibe ve Hikaye-i Garibe</t>
+          <t>Homo İnformatiks</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256647046</t>
+          <t>9786057947512</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Divan (Ciltli)</t>
+          <t>Oğlunun Kaleminden Ahmet Midhat Efendi ve Dönemi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>480</v>
+        <v>295</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256385993</t>
+          <t>9786057947345</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Küçük Said Paşa Sultan II. Abdülhamid’in Gölgesi</t>
+          <t>Toplu Eserler ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>345</v>
+        <v>125</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256385610</t>
+          <t>9786057947451</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Kaptan İzmir'den Londra'ya Bir Yolculuk</t>
+          <t>Sürgünde Muhalefet: Namık Kemal'in Hürriyet Gazetesi 1 (1868-1869)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>215</v>
+        <v>560</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256385580</t>
+          <t>9786057947468</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Soğdlar ve Türkler</t>
+          <t>Sürgünde Muhalefet: Namık Kemal'in Hürriyet Gazetesi 2 (1869-1870)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256385948</t>
+          <t>9786057947222</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Güvercinim Süt Beyaz</t>
+          <t>Küresel Roman - 21. Yüzyılda Dünyayı Yazmak</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>196</v>
+        <v>120</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256385931</t>
+          <t>9786057947024</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Askeri Yenilik - Soğuk Savaş Sonrası Dönem Üzerine Bir İnceleme</t>
+          <t>Cumhuriyet Misyonerleri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256385085</t>
+          <t>9786057947017</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Selma</t>
+          <t>Tanzimat ve Metatarih - Namık Kemal'in Tarih Anlatılarının Poetikası</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256385320</t>
+          <t>9786057947123</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Çat! Pat! Bam!</t>
+          <t>Radikal Kitaplar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256385900</t>
+          <t>9786057947215</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Enstitü Bize Ne Söyler?</t>
+          <t>Radikal Aydınlanma ve Modern Demokrasinin Kökenleri</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256385856</t>
+          <t>9786256385917</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Çürüksu ve Batum Notları - Osmanlı’nın Kafkaslara Vedası</t>
+          <t>Türk Tarihinde İz Bırakan Kadınlar</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>215</v>
+        <v>465</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256385924</t>
+          <t>9786256647039</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Cumhuriyet</t>
+          <t>Türk Akrabalık Terminolojilerinin Tipolojisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256385771</t>
+          <t>9786256647008</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Al Sonra Öde</t>
+          <t>Metafor</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256385429</t>
+          <t>9786256385627</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bir Liranın Başından Geçenler</t>
+          <t>Kayıp Hikayenin Peşinde - Tesadüf-i Acibe ve Hikaye-i Garibe</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256385801</t>
+          <t>9786256647046</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dostlarımız İçin İlkyardım Rehberi</t>
+          <t>Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256385795</t>
+          <t>9786256385993</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Tarihçinin Zanaatı</t>
+          <t>Küçük Said Paşa Sultan II. Abdülhamid’in Gölgesi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>540</v>
+        <v>345</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256385757</t>
+          <t>9786256385610</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Muhtarlık</t>
+          <t>Öksüz Kaptan İzmir'den Londra'ya Bir Yolculuk</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>325</v>
+        <v>215</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256385702</t>
+          <t>9786256385580</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ömr-i Edebi 1</t>
+          <t>Soğdlar ve Türkler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256385733</t>
+          <t>9786256385948</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiyi Kurmak</t>
+          <t>Güvercinim Süt Beyaz</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>265</v>
+        <v>196</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256385542</t>
+          <t>9786256385931</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Fakültelerin Kavgası</t>
+          <t>Türkiye'de Askeri Yenilik - Soğuk Savaş Sonrası Dönem Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256385474</t>
+          <t>9786256385085</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Örnek Uygulamalarla Kredi Derecelendirme</t>
+          <t>Benim Adım Selma</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>295</v>
+        <v>160</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256385719</t>
+          <t>9786256385320</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Mantar Avı</t>
+          <t>Çat! Pat! Bam!</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>224</v>
+        <v>180</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256385641</t>
+          <t>9786256385900</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Türk Ordusu ve Millî Savunma</t>
+          <t>Enstitü Bize Ne Söyler?</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>590</v>
+        <v>280</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256385573</t>
+          <t>9786256385856</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ağalar: Konya Aladağ'da Ayan Bir Türkmen Ailesinin Tarihi 1680-1880</t>
+          <t>Çürüksu ve Batum Notları - Osmanlı’nın Kafkaslara Vedası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256385344</t>
+          <t>9786256385924</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Shackleton'ın Serüveni - Güney Kutbu Keşif Seferi</t>
+          <t>Edebiyat ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>232</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256385597</t>
+          <t>9786256385771</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bilmecelerle Topkapı Sarayı</t>
+          <t>Şimdi Al Sonra Öde</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256385399</t>
+          <t>9786256385429</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Efendinin Defterinden</t>
+          <t>Bir Liranın Başından Geçenler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256385559</t>
+          <t>9786256385801</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’in Dönüşümü</t>
+          <t>Hayvan Dostlarımız İçin İlkyardım Rehberi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256385481</t>
+          <t>9786256385795</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Akis Dergisi Nazik İhtilal (1960) (3. Cilt)</t>
+          <t>Tarihçinin Zanaatı</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>425</v>
+        <v>540</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256385528</t>
+          <t>9786256385757</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yukarı Bak - Resimli Teleskop Rehberi</t>
+          <t>Muhtarlık</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>242</v>
+        <v>325</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256385191</t>
+          <t>9786256385702</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka - Disiplinlerarası Yaklaşımlar</t>
+          <t>Ömr-i Edebi 1</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256385450</t>
+          <t>9786256385733</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tavşanların Bir Günü</t>
+          <t>Sosyolojiyi Kurmak</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256385504</t>
+          <t>9786256385542</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kalp Şehrine Yolculuk</t>
+          <t>Fakültelerin Kavgası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256385405</t>
+          <t>9786256385474</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Finansallaşmanın Politik Kökenleri</t>
+          <t>Örnek Uygulamalarla Kredi Derecelendirme</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256385313</t>
+          <t>9786256385719</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terimleri Sözlüğü</t>
+          <t>İstanbul’da Mantar Avı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>525</v>
+        <v>224</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256385368</t>
+          <t>9786256385641</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kelebekleri</t>
+          <t>Cumhuriyetin 100. Yılında Türk Ordusu ve Millî Savunma</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>290</v>
+        <v>590</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256385382</t>
+          <t>9786256385573</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Çoban Köpeği Pan</t>
+          <t>Ağalar: Konya Aladağ'da Ayan Bir Türkmen Ailesinin Tarihi 1680-1880</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256385351</t>
+          <t>9786256385344</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Saib-i Tebrizi Dîvanı Şerhi</t>
+          <t>Shackleton'ın Serüveni - Güney Kutbu Keşif Seferi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>525</v>
+        <v>232</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256385238</t>
+          <t>9786256385597</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid’in Savunma Sanayii Fonları (1896-1902)</t>
+          <t>Bilmecelerle Topkapı Sarayı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256385276</t>
+          <t>9786256385399</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Alanya</t>
+          <t>Bir Genç Efendinin Defterinden</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>380</v>
+        <v>125</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256385306</t>
+          <t>9786256385559</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihçiliğinde Yeni Çalışmalar</t>
+          <t>Aristoteles’in Dönüşümü</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256385290</t>
+          <t>9786256385481</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Mendil Altında</t>
+          <t>Akis Dergisi Nazik İhtilal (1960) (3. Cilt)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>140</v>
+        <v>425</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256385054</t>
+          <t>9786256385528</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Beden ve Anlam</t>
+          <t>Yukarı Bak - Resimli Teleskop Rehberi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>230</v>
+        <v>242</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256385221</t>
+          <t>9786256385191</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Physis: Kavramı ve Özü Üzerine</t>
+          <t>Yapay Zeka - Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256385245</t>
+          <t>9786256385450</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Akis Dergisi Öfke ve İsyan (1957-1960) (2. Cilt)</t>
+          <t>Tavşanların Bir Günü</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256385108</t>
+          <t>9786256385504</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ile Kiracıları</t>
+          <t>Kalp Şehrine Yolculuk</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256385160</t>
+          <t>9786256385405</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Duygular</t>
+          <t>Neoliberal Finansallaşmanın Politik Kökenleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256385214</t>
+          <t>9786256385313</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Eğitimin Geleceği</t>
+          <t>Müzik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>135</v>
+        <v>525</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256385207</t>
+          <t>9786256385368</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Para</t>
+          <t>Türkiye’nin Kelebekleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256385153</t>
+          <t>9786256385382</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Profesör Astro Kedi ile Derin Denize Yolculuk</t>
+          <t>Çoban Köpeği Pan</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256385184</t>
+          <t>9786256385351</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığın Paytak Adımları</t>
+          <t>Saib-i Tebrizi Dîvanı Şerhi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>190</v>
+        <v>525</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256385115</t>
+          <t>9786256385238</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı</t>
+          <t>Sultan II. Abdülhamid’in Savunma Sanayii Fonları (1896-1902)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256385061</t>
+          <t>9786256385276</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Usulden Yönteme - Mehmed Fuad Köprülü'nün Edebiyat Tarihçiliği</t>
+          <t>Alanya</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256385047</t>
+          <t>9786256385306</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İhsan Özgen</t>
+          <t>Osmanlı Tarihçiliğinde Yeni Çalışmalar</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257447997</t>
+          <t>9786256385290</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Edige Batır Destanı</t>
+          <t>Mendil Altında</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256385023</t>
+          <t>9786256385054</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Milli Bankacılığın Doğuşu 1908-1918</t>
+          <t>Beden ve Anlam</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257447874</t>
+          <t>9786256385221</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İç Borçlanma Sisteminde Modernleşme 1839-1881</t>
+          <t>Physis: Kavramı ve Özü Üzerine</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256385009</t>
+          <t>9786256385245</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Türk Sineması</t>
+          <t>Akis Dergisi Öfke ve İsyan (1957-1960) (2. Cilt)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>260</v>
+        <v>395</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257447898</t>
+          <t>9786256385108</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>İyi Olmak - Zuluflu Fındık</t>
+          <t>Ayaşlı ile Kiracıları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257447423</t>
+          <t>9786256385160</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ve Politika - Felsefede Temel Tartışmalar ve Konumlar</t>
+          <t>Edebiyat ve Duygular</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256385016</t>
+          <t>9786256385214</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sinan</t>
+          <t>Türkiye'de Eğitimin Geleceği</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257447928</t>
+          <t>9786256385207</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Menkıbeleri</t>
+          <t>Para</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257447560</t>
+          <t>9786256385153</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Üzerine Makaleler</t>
+          <t>Profesör Astro Kedi ile Derin Denize Yolculuk</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>550</v>
+        <v>270</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257447935</t>
+          <t>9786256385184</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Hindistan Tarihi ve Kültürü</t>
+          <t>Arkadaşlığın Paytak Adımları</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257447812</t>
+          <t>9786256385115</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Avrupa Tarihi Esaslar</t>
+          <t>Otlakçı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>490</v>
+        <v>130</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257447782</t>
+          <t>9786256385061</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arapları: Hilafet-Siyaset Milliyet 1798-1918</t>
+          <t>Usulden Yönteme - Mehmed Fuad Köprülü'nün Edebiyat Tarihçiliği</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>410</v>
+        <v>325</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257447904</t>
+          <t>9786256385047</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Müzik Defteri - Sayı 1 Kasım 2022</t>
+          <t>İhsan Özgen</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257447805</t>
+          <t>9786257447997</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>3x4</t>
+          <t>Edige Batır Destanı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257447829</t>
+          <t>9786256385023</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bir Sefilenin Evrak-ı Metrukesi</t>
+          <t>Türkiye’de Milli Bankacılığın Doğuşu 1908-1918</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>265</v>
+        <v>375</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257447690</t>
+          <t>9786257447874</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Nibelung Yüzüğü 1 - Ren Altını</t>
+          <t>Osmanlı İç Borçlanma Sisteminde Modernleşme 1839-1881</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257447775</t>
+          <t>9786256385009</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ada'nın Kumlu Kitabı</t>
+          <t>Türk Sineması</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257447751</t>
+          <t>9786257447898</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Yapay Ekonomi</t>
+          <t>İyi Olmak - Zuluflu Fındık</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>215</v>
+        <v>185</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257447683</t>
+          <t>9786257447423</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kendim Olmak Güzel</t>
+          <t>Şiddet ve Politika - Felsefede Temel Tartışmalar ve Konumlar</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257447706</t>
+          <t>9786256385016</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu Bulursan</t>
+          <t>Sinan</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257447607</t>
+          <t>9786257447928</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Apukhtin'den Hikayeler</t>
+          <t>Mevlana Menkıbeleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257447645</t>
+          <t>9786257447560</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk</t>
+          <t>Türk Dili ve Edebiyatı Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257447614</t>
+          <t>9786257447935</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hilal-i Ahmer Cemiyeti</t>
+          <t>Erken Dönem Hindistan Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257447621</t>
+          <t>9786257447812</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Bizansçılık ve Slavlık</t>
+          <t>Erken Modern Avrupa Tarihi Esaslar</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257447584</t>
+          <t>9786257447782</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Rusya'dan Mektuplar 1919</t>
+          <t>Osmanlı Arapları: Hilafet-Siyaset Milliyet 1798-1918</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>125</v>
+        <v>410</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257447546</t>
+          <t>9786257447904</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein ile Konuşmalar</t>
+          <t>Müzik Defteri - Sayı 1 Kasım 2022</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257447416</t>
+          <t>9786257447805</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Velayetname</t>
+          <t>3x4</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>385</v>
+        <v>180</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257447485</t>
+          <t>9786257447829</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>The Mathnawi 1 - 2 Cilt Kutulu (Ciltli)</t>
+          <t>Bir Sefilenin Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>1250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057947321</t>
+          <t>9786257447690</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Leningrad: Kuşatılmış Bir Şehrin Trajedisi 1941 - 1944</t>
+          <t>Nibelung Yüzüğü 1 - Ren Altını</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257447522</t>
+          <t>9786257447775</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Hindistan’da İslam</t>
+          <t>Ada'nın Kumlu Kitabı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257447553</t>
+          <t>9786257447751</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hilye-i Enbiya</t>
+          <t>Yapay Ekonomi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>130</v>
+        <v>215</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257447379</t>
+          <t>9786257447683</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Yolculuğu</t>
+          <t>Kendim Olmak Güzel</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257447317</t>
+          <t>9786257447706</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Bir Kutu Bulursan</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257447294</t>
+          <t>9786257447607</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıl Savaşları - Bir Halk Tarihi</t>
+          <t>Apukhtin'den Hikayeler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257447324</t>
+          <t>9786257447645</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gökyüzü</t>
+          <t>Çocukluk</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257447126</t>
+          <t>9786257447614</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Adaletsizliğin Veçheleri</t>
+          <t>Hilal-i Ahmer Cemiyeti</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257447638</t>
+          <t>9786257447621</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kalpa Sütra - Bilgece Yaşam</t>
+          <t>Bizansçılık ve Slavlık</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257447737</t>
+          <t>9786257447584</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Zaman</t>
+          <t>Bolşevik Rusya'dan Mektuplar 1919</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257447225</t>
+          <t>9786257447546</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Bizim Filmlerimiz Onların Filmleri</t>
+          <t>Wittgenstein ile Konuşmalar</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257447454</t>
+          <t>9786257447416</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Emevi Devleti'nin Kuruluşu</t>
+          <t>Velayetname</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>175</v>
+        <v>385</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257447218</t>
+          <t>9786257447485</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Aşokavadana</t>
+          <t>The Mathnawi 1 - 2 Cilt Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>160</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257447409</t>
+          <t>9786057947321</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar, Mutasavvıflar ve Halifeler</t>
+          <t>Leningrad: Kuşatılmış Bir Şehrin Trajedisi 1941 - 1944</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057947895</t>
+          <t>9786257447522</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Şah Abbas</t>
+          <t>Hindistan’da İslam</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>170</v>
+        <v>265</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257447232</t>
+          <t>9786257447553</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Molla Nur</t>
+          <t>Hilye-i Enbiya</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>155</v>
+        <v>130</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257447287</t>
+          <t>9786257447379</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meclis</t>
+          <t>Erzurum Yolculuğu</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257447201</t>
+          <t>9786257447317</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Zekidir</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257447102</t>
+          <t>9786257447294</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Tesbihi</t>
+          <t>Yüz Yıl Savaşları - Bir Halk Tarihi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>225</v>
+        <v>380</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257447058</t>
+          <t>9786257447324</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Munkiz Tercümesi</t>
+          <t>Mavi Gökyüzü</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257447003</t>
+          <t>9786257447126</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Su Altında Süslü Kostüm Geçidi</t>
+          <t>Adaletsizliğin Veçheleri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057947994</t>
+          <t>9786257447638</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Musiki Yazıları</t>
+          <t>Kalpa Sütra - Bilgece Yaşam</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>390</v>
+        <v>165</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057947970</t>
+          <t>9786257447737</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Araplar ve Hikaye Anlatma Sanatı</t>
+          <t>Sermaye ve Zaman</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057947901</t>
+          <t>9786257447225</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>İlk Sevgi - Ahmet Rasim Kitaplığı 1</t>
+          <t>Bizim Filmlerimiz Onların Filmleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786057947888</t>
+          <t>9786257447454</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Büyüklerle Yeniden Nasrettin Hoca</t>
+          <t>Emevi Devleti'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786057947871</t>
+          <t>9786257447218</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Sorun: Musul Vilayeti</t>
+          <t>Aşokavadana</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786057947864</t>
+          <t>9786257447409</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Son Patron</t>
+          <t>Filozoflar, Mutasavvıflar ve Halifeler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057947826</t>
+          <t>9786057947895</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kara Koyun ve Diğer Masallar</t>
+          <t>Şah Abbas</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057947741</t>
+          <t>9786257447232</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Tarihi Üzerine İki Deneme</t>
+          <t>Molla Nur</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>110</v>
+        <v>155</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057947697</t>
+          <t>9786257447287</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ekber Şah</t>
+          <t>Yedi Meclis</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>165</v>
+        <v>260</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786057947680</t>
+          <t>9786257447201</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Müftüsünün Gözünden Atina Tarihi</t>
+          <t>Her Çocuk Zekidir</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057947673</t>
+          <t>9786257447102</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Savaş Şiirleri</t>
+          <t>Ariflerin Tesbihi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057947666</t>
+          <t>9786257447058</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kör Müzisyen</t>
+          <t>Munkiz Tercümesi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057947635</t>
+          <t>9786257447003</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Gibi</t>
+          <t>Su Altında Süslü Kostüm Geçidi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057947048</t>
+          <t>9786057947994</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Rus Halk Masalları 1</t>
+          <t>Musiki Yazıları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>115</v>
+        <v>390</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057947536</t>
+          <t>9786057947970</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Tarih Üzerine Bir Ders</t>
+          <t>Araplar ve Hikaye Anlatma Sanatı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057947154</t>
+          <t>9786057947901</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Seküler Çeviriler: Ulus-Devlet Modern Benlik ve Hesapçı Akıl</t>
+          <t>İlk Sevgi - Ahmet Rasim Kitaplığı 1</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057947567</t>
+          <t>9786057947888</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin Genç Bir Yazar Olarak Portresi</t>
+          <t>Büyüklerle Yeniden Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057947116</t>
+          <t>9786057947871</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Tedbir-i Mülk: Devlet Yönetme Bilimi</t>
+          <t>Yüzyıllık Sorun: Musul Vilayeti</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057947505</t>
+          <t>9786057947864</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ölümün Mekanları: Kafka Chirico ve Diğerleri</t>
+          <t>Son Patron</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057947529</t>
+          <t>9786057947826</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Hamlet ya da Hekuba: Zamanın Oyuna Baskını</t>
+          <t>Kara Koyun ve Diğer Masallar</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057947413</t>
+          <t>9786057947741</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Gazali: İslam'ın Dirilişi</t>
+          <t>Özgürlüğün Tarihi Üzerine İki Deneme</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057947260</t>
+          <t>9786057947697</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Paktı 1950 - 1959</t>
+          <t>Ekber Şah</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057947291</t>
+          <t>9786057947680</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Astrophil ile Stella Soneler</t>
+          <t>Bir Osmanlı Müftüsünün Gözünden Atina Tarihi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057947093</t>
+          <t>9786057947673</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Çalışanın Fizyolojisi</t>
+          <t>Savaş Şiirleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057947253</t>
+          <t>9786057947666</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun'un Mukaddime'sinde Maişet Yolları</t>
+          <t>Kör Müzisyen</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
+          <t>9786057947635</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bulut Gibi</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786057947048</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Rus Halk Masalları 1</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786057947536</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Üzerine Bir Ders</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786057947154</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Seküler Çeviriler: Ulus-Devlet Modern Benlik ve Hesapçı Akıl</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786057947567</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticinin Genç Bir Yazar Olarak Portresi</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786057947116</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>İlm-i Tedbir-i Mülk: Devlet Yönetme Bilimi</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786057947505</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Ölümün Mekanları: Kafka Chirico ve Diğerleri</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786057947529</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Hamlet ya da Hekuba: Zamanın Oyuna Baskını</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786057947413</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Gazali: İslam'ın Dirilişi</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786057947260</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Bağdat Paktı 1950 - 1959</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786057947291</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Astrophil ile Stella Soneler</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786057947093</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Çalışanın Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786057947253</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>İbn Haldun'un Mukaddime'sinde Maişet Yolları</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
           <t>9786057947055</t>
         </is>
       </c>
-      <c r="B406" s="1" t="inlineStr">
+      <c r="B419" s="1" t="inlineStr">
         <is>
           <t>Kuruluş: Mekteb-i Sultani’den Galatasaray Spor Kulübü’ne Türkiye’de Futbolun Erken Çağı (1904-1907)</t>
         </is>
       </c>
-      <c r="C406" s="1">
+      <c r="C419" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>