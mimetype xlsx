--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,6310 +85,6700 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255848345</t>
+          <t>9786255848604</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Amerika'yı Anlatmak</t>
+          <t>Fiziksel Büyüklüklerin Felsefesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255848444</t>
+          <t>9786255848628</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dürrüşehvar Sultan'ın Anıları</t>
+          <t>Batı’da ve Türkiye’de Sergicilik Tarihi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255848406</t>
+          <t>9786255848666</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Egemenler, Din ve Zenginlik</t>
+          <t>Osmanlı İstanbulu’nda Sarraflar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255848383</t>
+          <t>9786255848543</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yazan Habitus</t>
+          <t>Nedenselliğin Zamansal Asimetrisi</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255848338</t>
+          <t>9786255848529</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Dağ</t>
+          <t>Metafiziğin Güzelliği</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255848413</t>
+          <t>9786255848567</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik ve Ekonomi</t>
+          <t>İspanyol Ulusal Sineması</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255848420</t>
+          <t>9786255848635</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Meister Eckhart - Hristiyanlığın Filozofu</t>
+          <t>Edward Said Sonrası Oryantalizmi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>520</v>
+        <v>490</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255848369</t>
+          <t>9786255848581</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm</t>
+          <t>Bilimsel Bir Gerçeğin Doğuşu ve Gelişimi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255848376</t>
+          <t>9786255848574</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Rastgelelik ve Entropiden Zaman Okuna</t>
+          <t>Osmanlı Arabistani’nda Kıyam ve Tenkil</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255848055</t>
+          <t>9786255848239</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Pantheon</t>
+          <t>Heidegger’i Anlamak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>590</v>
+        <v>410</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255848277</t>
+          <t>9786255848468</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Voleybol Güncesi En Güzel Doğum Günü</t>
+          <t>İlişkiler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255848307</t>
+          <t>9786255848536</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Dünyada Devrim ve İsyan</t>
+          <t>Lale Devri mi? (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>690</v>
+        <v>680</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255848222</t>
+          <t>9786255848451</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Modern Ekonomide Kavramlar ve Kuramlar (Ciltli)</t>
+          <t>Yeşilçam Öykü Sineması</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255848260</t>
+          <t>9786255848505</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Aklın Hikâyesi</t>
+          <t>Şu İstanbul Denilen Yer</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255848284</t>
+          <t>9786255848291</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kırk Hadis, Beng ü Bâde, Enîsü’l-Kalb</t>
+          <t>Heidegger ile Bir - Arada</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255848321</t>
+          <t>9786255848512</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hükümdara Öğütler</t>
+          <t>Yaşasın Dünya</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>460</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255848161</t>
+          <t>9786255848437</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aklın Rüyası</t>
+          <t>Erken Modern Avrupa Tarihi Yönetenler ve Yönetilenler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255848314</t>
+          <t>9786255848499</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Simurg’un Hayat Ağacı</t>
+          <t>Denizler İçinde Bir Deniz</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255848185</t>
+          <t>9786255848482</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kral Marcus Aurelius</t>
+          <t>Türkiye’de Yükseköğretim ve Bilim</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255848208</t>
+          <t>9786256647619</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Perdeye Yansıyan Zihin</t>
+          <t>Akis Dergisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>360</v>
+        <v>820</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255848147</t>
+          <t>9786256647336</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Profesör Astro Kedi ile İnsan Vücudu Destanı</t>
+          <t>Kudüs'te Son Osmanlı Nizamı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255848253</t>
+          <t>9786257447843</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerle İyileş Kelebeğin Hazinesi</t>
+          <t>Yunus Emre ve Divan’ı (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255848178</t>
+          <t>9786057947765</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Zamana Dair</t>
+          <t>Bereketli İmparatorluk - Osmanlı Mutfağı Tarihi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>380</v>
+        <v>244</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255848215</t>
+          <t>9786257447072</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Oğlum Nazif…</t>
+          <t>Ben ve Dünya</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>495</v>
+        <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255848192</t>
+          <t>9786057947499</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Avrupa Tarihi</t>
+          <t>21 Kedide Sanat Tarihi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>172</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255848048</t>
+          <t>9786057947376</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ama Değil</t>
+          <t>Neşriyat-ı Musiki: Osmanlı Müziğini Okumak 1 - 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255848154</t>
+          <t>9786255848345</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Az Gelişmişlik ve Kalkınma</t>
+          <t>Amerika'yı Anlatmak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255848130</t>
+          <t>9786255848444</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eğilimler ve Güçler</t>
+          <t>Dürrüşehvar Sultan'ın Anıları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255848116</t>
+          <t>9786255848406</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri (Ciltli)</t>
+          <t>Egemenler, Din ve Zenginlik</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1400</v>
+        <v>560</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255848093</t>
+          <t>9786255848383</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Kendini Yazan Habitus</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>900</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4444444444125</t>
+          <t>9786255848338</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kant Çalışmaları Dergisi Sayı: 4 - 2024</t>
+          <t>Beyaz Dağ</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255848031</t>
+          <t>9786255848413</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Arılar Arasında</t>
+          <t>Sürdürülebilirlik ve Ekonomi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255848123</t>
+          <t>9786255848420</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Öz</t>
+          <t>Meister Eckhart - Hristiyanlığın Filozofu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255848109</t>
+          <t>9786255848369</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Anlam ve Dil</t>
+          <t>Kapitalizm</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>415</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256385665</t>
+          <t>9786255848376</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İktisatçının Zanaatı</t>
+          <t>Rastgelelik ve Entropiden Zaman Okuna</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255848079</t>
+          <t>9786255848055</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Ekoloji</t>
+          <t>Pantheon</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255848017</t>
+          <t>9786255848277</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie ve Radyoaktivite Bilimi</t>
+          <t>Voleybol Güncesi En Güzel Doğum Günü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256647992</t>
+          <t>9786255848307</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Fizik Felsefesi</t>
+          <t>Erken Modern Dünyada Devrim ve İsyan</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>420</v>
+        <v>690</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255848062</t>
+          <t>9786255848222</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İngiltere Üzerine Notlar</t>
+          <t>Modern Ekonomide Kavramlar ve Kuramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>310</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255848086</t>
+          <t>9786255848260</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik İdeoloji ve Japon Endüstri Politikaları</t>
+          <t>İslam’da Aklın Hikâyesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>525</v>
+        <v>420</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255848000</t>
+          <t>9786255848284</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Otobiyografi</t>
+          <t>Kırk Hadis, Beng ü Bâde, Enîsü’l-Kalb</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255848024</t>
+          <t>9786255848321</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nikolas Kopernik Dünya Gezegen Olunca</t>
+          <t>Hükümdara Öğütler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256647985</t>
+          <t>9786255848161</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Valilik</t>
+          <t>Aklın Rüyası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>550</v>
+        <v>480</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256647978</t>
+          <t>9786255848314</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Paşasının Portresi</t>
+          <t>Simurg’un Hayat Ağacı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256385443</t>
+          <t>9786255848185</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar</t>
+          <t>Bilge Kral Marcus Aurelius</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>590</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256647596</t>
+          <t>9786255848208</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Üzerine Dersler</t>
+          <t>Beyaz Perdeye Yansıyan Zihin</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257447942</t>
+          <t>9786255848147</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi (Ciltli)</t>
+          <t>Profesör Astro Kedi ile İnsan Vücudu Destanı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257447850</t>
+          <t>9786255848253</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İvan Osakin’in Tuhaf Hayatı</t>
+          <t>Bitkilerle İyileş Kelebeğin Hazinesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257447881</t>
+          <t>9786255848178</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Batınilik ve Akademi</t>
+          <t>Kayıp Zamana Dair</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>410</v>
+        <v>380</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257447140</t>
+          <t>9786255848215</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Rusya: Huzursuz İmparatorluk (Ciltli)</t>
+          <t>Sevgili Oğlum Nazif…</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>850</v>
+        <v>495</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257447577</t>
+          <t>9786255848192</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fîhi Mâ Fîh</t>
+          <t>Erken Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257447157</t>
+          <t>9786255848048</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Toplumlar ve Zayıf Devletler</t>
+          <t>Küçük Ama Değil</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>465</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257447461</t>
+          <t>9786255848154</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun'un Tarih Felsefesi</t>
+          <t>Az Gelişmişlik ve Kalkınma</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>480</v>
+        <v>450</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257447447</t>
+          <t>9786255848130</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Halk Destanları</t>
+          <t>Eğilimler ve Güçler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257447362</t>
+          <t>9786255848116</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çağımız ve Thomas Hobbes</t>
+          <t>Bütün Şiirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257447355</t>
+          <t>9786255848093</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Düşünce Tarihi</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>960</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257447430</t>
+          <t>4444444444125</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Borsa</t>
+          <t>Kant Çalışmaları Dergisi Sayı: 4 - 2024</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057947833</t>
+          <t>9786255848031</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma Rüyası: Modern Felsefenin Yükselişi</t>
+          <t>Arılar Arasında</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057947161</t>
+          <t>9786255848123</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kara ve Deniz</t>
+          <t>Öz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057947338</t>
+          <t>9786255848109</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Cemaat ve Cemiyet</t>
+          <t>Anlam ve Dil</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057947130</t>
+          <t>9786256385665</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Paranoid Ethos</t>
+          <t>İktisatçının Zanaatı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257447034</t>
+          <t>9786255848079</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Teknik ve Büyü: Gerçekliğin Yeniden İnşası</t>
+          <t>Edebiyat ve Ekoloji</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257447171</t>
+          <t>9786255848017</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sosyolog ve Tarihçi</t>
+          <t>Marie Curie ve Radyoaktivite Bilimi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057947482</t>
+          <t>9786256647992</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sanat Neye Yarar?</t>
+          <t>Fizik Felsefesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057947444</t>
+          <t>9786255848062</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Modern Felsefenin Karanlık Tarihi</t>
+          <t>İngiltere Üzerine Notlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257447065</t>
+          <t>9786255848086</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Olarak Sanat</t>
+          <t>Ekonomik İdeoloji ve Japon Endüstri Politikaları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>380</v>
+        <v>540</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057947659</t>
+          <t>9786255848000</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hegemonyasından Önce</t>
+          <t>Otobiyografi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>495</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057947819</t>
+          <t>9786255848024</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Zayıfların İmparatorlukları</t>
+          <t>Nikolas Kopernik Dünya Gezegen Olunca</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057947574</t>
+          <t>9786256647985</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Küreselciler: İmparatorluğun Sonu ve Neoliberalizmin Doğuşu</t>
+          <t>Valilik</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257447119</t>
+          <t>9786256647978</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kavalalı Mehmed Ali: Osmanlı Valiliğinden Mısır Hükümdarlığına</t>
+          <t>Bir Osmanlı Paşasının Portresi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057947406</t>
+          <t>9786256385443</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han</t>
+          <t>Balkanlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>610</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057947918</t>
+          <t>9786256647596</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Amerika ve Modern Türkiye’nin Oluşumu</t>
+          <t>Dostoyevski Üzerine Dersler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057947611</t>
+          <t>9786257447942</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Roma İmparatorluğu</t>
+          <t>Esma-i Hüsna Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057947475</t>
+          <t>9786257447850</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hititlerde Ritüel ve Büyü</t>
+          <t>İvan Osakin’in Tuhaf Hayatı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>460</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057947543</t>
+          <t>9786257447881</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gözün Menzili: İslami Coğrafyada Bakışın Serüveni</t>
+          <t>Batınilik ve Akademi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057947437</t>
+          <t>9786257447140</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>101 Anekdotta Felsefe Tarihinde Yolculuk</t>
+          <t>Rusya: Huzursuz İmparatorluk (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057947079</t>
+          <t>9786257447577</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kişi ve Kutsal</t>
+          <t>Fîhi Mâ Fîh</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057947178</t>
+          <t>9786257447157</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy - Gandhi Mektuplaşmaları</t>
+          <t>Güçlü Toplumlar ve Zayıf Devletler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>125</v>
+        <v>480</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257447591</t>
+          <t>9786257447461</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Rami Kışlası</t>
+          <t>İbn Haldun'un Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>325</v>
+        <v>490</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256647954</t>
+          <t>9786257447447</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Para Pul Oldu (Ciltli)</t>
+          <t>Kafkas Halk Destanları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256647961</t>
+          <t>9786257447362</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Sehi Bey Tezkiresi</t>
+          <t>Çağımız ve Thomas Hobbes</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256385740</t>
+          <t>9786257447355</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Şairi Nizami</t>
+          <t>İktisadi Düşünce Tarihi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256647947</t>
+          <t>9786257447430</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Maişet</t>
+          <t>Borsa</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256647879</t>
+          <t>9786057947833</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Rus Geceleri</t>
+          <t>Aydınlanma Rüyası: Modern Felsefenin Yükselişi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256647930</t>
+          <t>9786057947161</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dört Başkent</t>
+          <t>Kara ve Deniz</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256647923</t>
+          <t>9786057947338</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Müzik Defteri - Sayı 3 Mayıs 2025</t>
+          <t>Cemaat ve Cemiyet</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>410</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256647862</t>
+          <t>9786057947130</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hinduizm’e Giriş</t>
+          <t>Türkiye'de Paranoid Ethos</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256647251</t>
+          <t>9786257447034</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gürcistan</t>
+          <t>Teknik ve Büyü: Gerçekliğin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256647886</t>
+          <t>9786257447171</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İstanbulu’nda Eşitsizlik</t>
+          <t>Sosyolog ve Tarihçi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256647909</t>
+          <t>9786057947482</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Sanat Neye Yarar?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>215</v>
+        <v>410</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256385436</t>
+          <t>9786057947444</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Divanu Lugati't-Türk</t>
+          <t>Modern Felsefenin Karanlık Tarihi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>1200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256647916</t>
+          <t>9786257447065</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik Raporlaması</t>
+          <t>Deneyim Olarak Sanat</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>560</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256647855</t>
+          <t>9786057947659</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Londra’ya Şileple Bir Yolculuk</t>
+          <t>Avrupa Hegemonyasından Önce</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256647893</t>
+          <t>9786057947819</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Voleybol Güncesi Vazgeçmek Yok !</t>
+          <t>Zayıfların İmparatorlukları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256647848</t>
+          <t>9786057947574</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dîvân</t>
+          <t>Küreselciler: İmparatorluğun Sonu ve Neoliberalizmin Doğuşu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256647831</t>
+          <t>9786257447119</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarla Kapalıçarşı</t>
+          <t>Kavalalı Mehmed Ali: Osmanlı Valiliğinden Mısır Hükümdarlığına</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256647794</t>
+          <t>9786057947406</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Evin Nerede?</t>
+          <t>Cengiz Han</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256647817</t>
+          <t>9786057947918</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Edebî Coğrafya</t>
+          <t>Amerika ve Modern Türkiye’nin Oluşumu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256647800</t>
+          <t>9786057947611</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Politeia Şerhi</t>
+          <t>Kutsal Roma İmparatorluğu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>525</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256647824</t>
+          <t>9786057947475</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Kulu/ İslam Maneviyatında Hz. Muhammed</t>
+          <t>Hititlerde Ritüel ve Büyü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>410</v>
+        <v>460</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256647701</t>
+          <t>9786057947543</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnanç İlkeleri Matla’u’l-i’tikâd</t>
+          <t>Gözün Menzili: İslami Coğrafyada Bakışın Serüveni</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256647763</t>
+          <t>9786057947437</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Risaleler/ Felsefe, Kelam, Tasavvuf</t>
+          <t>101 Anekdotta Felsefe Tarihinde Yolculuk</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256647787</t>
+          <t>9786057947079</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bitcoin’in Geleceği</t>
+          <t>Kişi ve Kutsal</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256647725</t>
+          <t>9786057947178</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Dağları, Gölleri ve Nehirleri</t>
+          <t>Tolstoy - Gandhi Mektuplaşmaları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>605</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256647756</t>
+          <t>9786257447591</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İktidar, Tarih ve Kimlik</t>
+          <t>Rami Kışlası</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256647718</t>
+          <t>9786256647954</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Leyla ve Mecnun</t>
+          <t>Para Pul Oldu (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>320</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256647657</t>
+          <t>9786256647961</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Nibelung Yüzüğü II Walküre</t>
+          <t>Sehi Bey Tezkiresi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256647770</t>
+          <t>9786256385740</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kuran Meraklı Canlılar</t>
+          <t>Azerbaycan Şairi Nizami</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256647640</t>
+          <t>9786256647947</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Simetri</t>
+          <t>Maişet</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9772980027735</t>
+          <t>9786256647879</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kant Çalışmaları Dergisi Sayı: 3 - 2024</t>
+          <t>Rus Geceleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>295</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256647732</t>
+          <t>9786256647930</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kavram Tarihi Çalışmaları</t>
+          <t>Dört Başkent</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256647572</t>
+          <t>9786256647923</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Lozan Barış Antlaşması</t>
+          <t>Müzik Defteri - Sayı 3 Mayıs 2025</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256647749</t>
+          <t>9786256647862</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çay Peşinde Dünya Turu</t>
+          <t>Hinduizm’e Giriş</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256647589</t>
+          <t>9786256647251</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kırımlı Önderler</t>
+          <t>Gürcistan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>380</v>
+        <v>560</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257447393</t>
+          <t>9786256647886</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Presokratik Felsefeye Giriş</t>
+          <t>Osmanlı İstanbulu’nda Eşitsizlik</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256647374</t>
+          <t>9786256647909</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Savunusu</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256647664</t>
+          <t>9786256385436</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Genji’nin Hikayesi</t>
+          <t>Divanu Lugati't-Türk</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1480</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256647602</t>
+          <t>9786256647916</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Peynir</t>
+          <t>Kurumsal Sürdürülebilirlik Raporlaması</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>270</v>
+        <v>620</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256647633</t>
+          <t>9786256647855</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Olmadığı Bir Evren</t>
+          <t>İstanbul’dan Londra’ya Şileple Bir Yolculuk</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256385887</t>
+          <t>9786256647893</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Deneyim</t>
+          <t>Voleybol Güncesi Vazgeçmek Yok !</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>525</v>
+        <v>240</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057947277</t>
+          <t>9786256647848</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Dîvân</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057947246</t>
+          <t>9786256647831</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Muhalefet - Namık Kemal'in Hürriyet Gazetesi Seti (2 Cilt Takım Kutulu)</t>
+          <t>Rüyalarla Kapalıçarşı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>680</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256647626</t>
+          <t>9786256647794</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hukuki ve İktisadi Yönleriyle Para Vakfı</t>
+          <t>Evin Nerede?</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256385788</t>
+          <t>9786256647817</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Derkenar</t>
+          <t>Edebî Coğrafya</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>480</v>
+        <v>310</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256647145</t>
+          <t>9786256647800</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Dönemeç</t>
+          <t>Politeia Şerhi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256385078</t>
+          <t>9786256647824</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Etik Tartışmaları</t>
+          <t>Allah’ın Kulu/ İslam Maneviyatında Hz. Muhammed</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257447676</t>
+          <t>9786256647701</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Eğitimi Yeniden Düşünmek</t>
+          <t>İnanç İlkeleri Matla’u’l-i’tikâd</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257447041</t>
+          <t>9786256647763</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Roma Katolikliği ve Politik Form</t>
+          <t>Risaleler/ Felsefe, Kelam, Tasavvuf</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057947604</t>
+          <t>9786256647787</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Bitcoin’in Geleceği</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>110</v>
+        <v>450</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057947185</t>
+          <t>9786256647725</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Büyük Besteciler</t>
+          <t>Türk Tarihinin Dağları, Gölleri ve Nehirleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>750</v>
+        <v>620</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057947086</t>
+          <t>9786256647756</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Romantik Dönem Bestecileri</t>
+          <t>İktidar, Tarih ve Kimlik</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>495</v>
+        <v>420</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256385566</t>
+          <t>9786256647718</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Besmele Tefsiri</t>
+          <t>Leyla ve Mecnun</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256385986</t>
+          <t>9786256647657</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Çocuk</t>
+          <t>Nibelung Yüzüğü II Walküre</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256647565</t>
+          <t>9786256647770</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Trafikte İletişim Atlası</t>
+          <t>İletişim Kuran Meraklı Canlılar</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256647558</t>
+          <t>9786256647640</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sürgünler</t>
+          <t>Simetri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256647497</t>
+          <t>9772980027735</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İlhamın Kanatlandığı Anlar</t>
+          <t>Kant Çalışmaları Dergisi Sayı: 3 - 2024</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256647503</t>
+          <t>9786256647732</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mutfak Kültürü</t>
+          <t>Kavram Tarihi Çalışmaları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>410</v>
+        <v>690</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256647541</t>
+          <t>9786256647572</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dolanık Beyin</t>
+          <t>Lozan Barış Antlaşması</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256647527</t>
+          <t>9786256647749</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatı</t>
+          <t>Çay Peşinde Dünya Turu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>385</v>
+        <v>270</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256647510</t>
+          <t>9786256647589</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Fransız Edebiyatı</t>
+          <t>Kırımlı Önderler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256647534</t>
+          <t>9786257447393</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>On Sekizinci Yüzyıl İngiliz Edebiyatı 1660-1789</t>
+          <t>Presokratik Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>365</v>
+        <v>240</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256647435</t>
+          <t>9786256647374</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Locke’tan Derrida’ya Dil Felsefesi</t>
+          <t>Tarihin Savunusu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>395</v>
+        <v>380</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256385979</t>
+          <t>9786256647664</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Yolculuğu</t>
+          <t>Genji’nin Hikayesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>450</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256647428</t>
+          <t>9786256647602</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yazanların Okuma Kültürü</t>
+          <t>Peynir</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256647411</t>
+          <t>9786256647633</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Avrupa Tarihi</t>
+          <t>Zamanın Olmadığı Bir Evren</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256647459</t>
+          <t>9786256385887</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Zeynep ile Şekilleri Keşfet</t>
+          <t>Sinema ve Deneyim</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256647442</t>
+          <t>9786057947277</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Profesör Astro Kedi ile Atomik Macera</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256647466</t>
+          <t>9786057947246</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Alet Kullanan Meraklı Canlılar</t>
+          <t>Sürgünde Muhalefet - Namık Kemal'in Hürriyet Gazetesi Seti (2 Cilt Takım Kutulu)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256647480</t>
+          <t>9786256647626</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz İstanbul</t>
+          <t>Hukuki ve İktisadi Yönleriyle Para Vakfı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256647381</t>
+          <t>9786256385788</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Müzik Defteri - Sayı 2 Eylül 2024</t>
+          <t>Derkenar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256647398</t>
+          <t>9786256647145</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Haykırış</t>
+          <t>Biyografik Dönemeç</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256647404</t>
+          <t>9786256385078</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Rousseau Sözlüğü</t>
+          <t>Çağdaş Etik Tartışmaları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256647350</t>
+          <t>9786257447676</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ'ın Son Büyük Savaşı</t>
+          <t>Türkiye'de Eğitimi Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256647367</t>
+          <t>9786257447041</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Üzerine Makaleler</t>
+          <t>Roma Katolikliği ve Politik Form</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256647343</t>
+          <t>9786057947604</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Parlayan Meraklı Canlılar</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256647312</t>
+          <t>9786057947185</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Modernist Şiirin Kuramcıları</t>
+          <t>Büyük Besteciler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>270</v>
+        <v>780</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256647268</t>
+          <t>9786057947086</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kaymakamlık</t>
+          <t>Müzikte Romantik Dönem Bestecileri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256647305</t>
+          <t>9786256385566</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Larousse Felsefe Sözlüğü</t>
+          <t>Besmele Tefsiri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257447652</t>
+          <t>9786256385986</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İktidar ve Sanat - Damat İbrahim Paşa'nın Hamiliği (1718-1730)</t>
+          <t>Cumhuriyet ve Çocuk</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256647282</t>
+          <t>9786256647565</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Trafikte İletişim Atlası</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256647299</t>
+          <t>9786256647558</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çalışkanlık Devrimi - 1650’den Günümüze Tüketici Davranışı ve Hane Halkı Ekonomisi</t>
+          <t>Sürgünler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256647244</t>
+          <t>9786256647497</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Uykucular Hayvan Dostlarımız Nasıl Uyur?</t>
+          <t>İlhamın Kanatlandığı Anlar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256647275</t>
+          <t>9786256647503</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Kızının Amerika Yolculuğu</t>
+          <t>Osmanlı Mutfak Kültürü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256385825</t>
+          <t>9786256647541</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kültür Eksenli Türk Sineması Ruhunu Yitirirken</t>
+          <t>Dolanık Beyin</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256385092</t>
+          <t>9786256647527</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Değer</t>
+          <t>Rus Edebiyatı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256385535</t>
+          <t>9786256647510</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kant'ın Etik Düşüncesi</t>
+          <t>Fransız Edebiyatı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256647213</t>
+          <t>9786256647534</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gri Yeryüzü</t>
+          <t>On Sekizinci Yüzyıl İngiliz Edebiyatı 1660-1789</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256647220</t>
+          <t>9786256647435</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Bakış Toplumsal Eylemin Genel Sebepleri</t>
+          <t>Locke’tan Derrida’ya Dil Felsefesi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>265</v>
+        <v>410</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256647176</t>
+          <t>9786256385979</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştirisi ve Teori Platon’dan Postkolonyalizme</t>
+          <t>Bilginin Yolculuğu</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>4440000004544</t>
+          <t>9786256647428</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kant Çalışmaları Dergisi Sayı: 2 - 2023</t>
+          <t>Yazanların Okuma Kültürü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256385412</t>
+          <t>9786256647411</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Erken Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257447713</t>
+          <t>9786256647459</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafii: Alim ve Veli</t>
+          <t>Zeynep ile Şekilleri Keşfet</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257447720</t>
+          <t>9786256647442</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Göçmen Kuşları</t>
+          <t>Profesör Astro Kedi ile Atomik Macera</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256385689</t>
+          <t>9786256647466</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i Şerif</t>
+          <t>Alet Kullanan Meraklı Canlılar</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256385894</t>
+          <t>9786256647480</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Melodramatik Muhayyile</t>
+          <t>Esrarengiz İstanbul</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256647237</t>
+          <t>9786256647381</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımız Ne Halde?</t>
+          <t>Müzik Defteri - Sayı 2 Eylül 2024</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256647183</t>
+          <t>9786256647398</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Demir</t>
+          <t>Haykırış</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256385962</t>
+          <t>9786256647404</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Nedir?</t>
+          <t>Rousseau Sözlüğü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256385252</t>
+          <t>9786256647350</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Zihin Felsefesi Tartışmaları</t>
+          <t>Antik Çağ'ın Son Büyük Savaşı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>270</v>
+        <v>510</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256385870</t>
+          <t>9786256647367</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Deleuze’den Sonra Sinema</t>
+          <t>Hukuk Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256647121</t>
+          <t>9786256647343</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Mahrem Macera</t>
+          <t>Karanlıkta Parlayan Meraklı Canlılar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256647190</t>
+          <t>9786256647312</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ömr-i Edebi 2</t>
+          <t>Modernist Şiirin Kuramcıları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256647169</t>
+          <t>9786256647268</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Minik Bahçıvan</t>
+          <t>Kaymakamlık</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256647091</t>
+          <t>9786256647305</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Avrupa Tarihi</t>
+          <t>Larousse Felsefe Sözlüğü</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256647152</t>
+          <t>9786257447652</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Canibi Ali Paşa</t>
+          <t>İktidar ve Sanat - Damat İbrahim Paşa'nın Hamiliği (1718-1730)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>370</v>
+        <v>390</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256647206</t>
+          <t>9786256647282</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Amerika Birleşik Devletleri Tarihi</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>850</v>
+        <v>180</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256385818</t>
+          <t>9786256647299</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Profesör Astro Kedi İle Uzayın Sınırları</t>
+          <t>Çalışkanlık Devrimi - 1650’den Günümüze Tüketici Davranışı ve Hane Halkı Ekonomisi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256385955</t>
+          <t>9786256647244</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Alfabesiz Kuşlar - Çocuklar İçin Şiirler</t>
+          <t>Uykucular Hayvan Dostlarımız Nasıl Uyur?</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256647060</t>
+          <t>9786256647275</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çöpten Toprağa Bir Kompost Hikayesi (Ciltli)</t>
+          <t>Bir Türk Kızının Amerika Yolculuğu</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256647107</t>
+          <t>9786256385825</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Fenike Miti ve Fenikecilik - Lübnan Düşüncesinin Temelleri</t>
+          <t>Kültür Eksenli Türk Sineması Ruhunu Yitirirken</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>365</v>
+        <v>280</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256647138</t>
+          <t>9786256385092</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Afet Psikolojisi - Doğal Afetlerde Psikososyal Destek ve Müdahaleler</t>
+          <t>Tanrı ve Değer</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>425</v>
+        <v>370</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256647114</t>
+          <t>9786256385535</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Karakter - Edebiyat Çalışmalarında Üç Soruşturma</t>
+          <t>Kant'ın Etik Düşüncesi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>220</v>
+        <v>480</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256647015</t>
+          <t>9786256647213</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>el-letaifu’l-Gıyasiyye</t>
+          <t>Gri Yeryüzü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256647022</t>
+          <t>9786256647220</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Savaş Esirleri</t>
+          <t>Sosyolojik Bakış Toplumsal Eylemin Genel Sebepleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>415</v>
+        <v>290</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256647077</t>
+          <t>9786256647176</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Günler</t>
+          <t>Edebiyat Eleştirisi ve Teori Platon’dan Postkolonyalizme</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256647053</t>
+          <t>4440000004544</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Lavrentiyev Kroniği - İlk Rus Tarihi</t>
+          <t>Kant Çalışmaları Dergisi Sayı: 2 - 2023</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256647084</t>
+          <t>9786256385412</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Vamana Puraṇa</t>
+          <t>Erken Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>225</v>
+        <v>560</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256385863</t>
+          <t>9786257447713</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Mesleki Eğitimle İmtihanı</t>
+          <t>İmam Şafii: Alim ve Veli</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>272</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256385658</t>
+          <t>9786257447720</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Medhal-i İlm-i Hukuk</t>
+          <t>Türkiye'nin Göçmen Kuşları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256385498</t>
+          <t>9786256385689</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dijital Beşeri Bilimler ve Osmanlı Çalışmaları</t>
+          <t>Mevlid-i Şerif</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>265</v>
+        <v>410</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256385467</t>
+          <t>9786256385894</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Adem Amca ve Yaren</t>
+          <t>Melodramatik Muhayyile</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256385849</t>
+          <t>9786256647237</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Platon ve Sokratik Diyalog</t>
+          <t>Edebiyatımız Ne Halde?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>365</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256385832</t>
+          <t>9786256647183</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Japon Edebiyatının Zevki</t>
+          <t>Kan ve Demir</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256385764</t>
+          <t>9786256385962</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Askerî Darbeler ve Dış Müdahale</t>
+          <t>Avrupalı Nedir?</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256385726</t>
+          <t>9786256385252</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Ferit’e Mektuplar</t>
+          <t>Çağdaş Zihin Felsefesi Tartışmaları</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256385375</t>
+          <t>9786256385870</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Safevi İranı: Pers İmparatorluğu'nun Yeniden Doğuşu</t>
+          <t>Deleuze’den Sonra Sinema</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256385511</t>
+          <t>9786256647121</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Kasidesi</t>
+          <t>Mahrem Macera</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256385634</t>
+          <t>9786256647190</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zihin</t>
+          <t>Ömr-i Edebi 2</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256385603</t>
+          <t>9786256647169</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Vassaf Bey</t>
+          <t>Minik Bahçıvan</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256385337</t>
+          <t>9786256647091</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Erken Modern Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>140</v>
+        <v>460</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256385283</t>
+          <t>9786256647152</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna - Bir Tarihsel Atlas (Ciltli)</t>
+          <t>Canibi Ali Paşa</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>780</v>
+        <v>380</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256385269</t>
+          <t>9786256647206</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesinde Tereddüt ve Teceddüt Yılları (1768-1908)</t>
+          <t>Amerika Birleşik Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>390</v>
+        <v>960</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>4440000003097</t>
+          <t>9786256385818</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kant Çalışmaları Dergisi Sayı: 1 - 2023</t>
+          <t>Profesör Astro Kedi İle Uzayın Sınırları</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256385139</t>
+          <t>9786256385955</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bir Kıssa Bin Hisse 1. Cilt</t>
+          <t>Alfabesiz Kuşlar - Çocuklar İçin Şiirler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256385177</t>
+          <t>9786256647060</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kenzü’t-Tuhaf</t>
+          <t>Çöpten Toprağa Bir Kompost Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257447256</t>
+          <t>9786256647107</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Osmanlılar ve Macarlar - Bir Diplomatik Tarih</t>
+          <t>Fenike Miti ve Fenikecilik - Lübnan Düşüncesinin Temelleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>415</v>
+        <v>380</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256385030</t>
+          <t>9786256647138</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Maceraperest Böcek Bilimci Evelyn</t>
+          <t>Afet Psikolojisi - Doğal Afetlerde Psikososyal Destek ve Müdahaleler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257447966</t>
+          <t>9786256647114</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Şekercik Kitap</t>
+          <t>Karakter - Edebiyat Çalışmalarında Üç Soruşturma</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257447911</t>
+          <t>9786256647015</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur</t>
+          <t>el-letaifu’l-Gıyasiyye</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>192</v>
+        <v>350</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257447980</t>
+          <t>9786256647022</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Akis Dergisi</t>
+          <t>Türk Tarihinde Savaş Esirleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257447959</t>
+          <t>9786256647077</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Teo ve Bir Aşığın İcatları (Ciltli)</t>
+          <t>Geçmiş Günler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257447867</t>
+          <t>9786256647053</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Rüstem Bey</t>
+          <t>Lavrentiyev Kroniği - İlk Rus Tarihi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>425</v>
+        <v>360</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257447836</t>
+          <t>9786256647084</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Tilki Bogi’nin Şarkısı</t>
+          <t>Vamana Puraṇa</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257447669</t>
+          <t>9786256385863</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Wiley Blakwell Yayınları İslam Tarihi</t>
+          <t>Türkiye’nin Mesleki Eğitimle İmtihanı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>750</v>
+        <v>280</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257447799</t>
+          <t>9786256385658</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İzlence</t>
+          <t>Medhal-i İlm-i Hukuk</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>225</v>
+        <v>360</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257447539</t>
+          <t>9786256385498</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Saraydan Kız Kaçırma</t>
+          <t>Dijital Beşeri Bilimler ve Osmanlı Çalışmaları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257447768</t>
+          <t>9786256385467</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Modern Irak'ın Osmanlı Kökenleri</t>
+          <t>Adem Amca ve Yaren</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257447744</t>
+          <t>9786256385849</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Liberalizm Neden Çöktü?</t>
+          <t>Platon ve Sokratik Diyalog</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>225</v>
+        <v>380</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257447508</t>
+          <t>9786256385832</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Küçük Harika Şeyler</t>
+          <t>Japon Edebiyatının Zevki</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257447249</t>
+          <t>9786256385764</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Muallime</t>
+          <t>Afrika’da Askerî Darbeler ve Dış Müdahale</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257447331</t>
+          <t>9786256385726</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Asya</t>
+          <t>Ahmet Ferit’e Mektuplar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257447195</t>
+          <t>9786256385375</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yeni Şef: Bürokratik Tutuculuk ve Liderlik</t>
+          <t>Safevi İranı: Pers İmparatorluğu'nun Yeniden Doğuşu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257447478</t>
+          <t>9786256385511</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs'ın Kayıp Anayasası</t>
+          <t>Ağaç Kasidesi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257447164</t>
+          <t>9786256385634</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın İlk Dönemlerinde Yazı ve Rivayet</t>
+          <t>Sosyal Zihin</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257447386</t>
+          <t>9786256385603</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bir Yağmur Damlası</t>
+          <t>Vassaf Bey</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257447188</t>
+          <t>9786256385337</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sounder: Sahibini Bekleyen Av Köpeği</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257447300</t>
+          <t>9786256385283</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Flüt</t>
+          <t>Ukrayna - Bir Tarihsel Atlas (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>165</v>
+        <v>960</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057947109</t>
+          <t>9786256385269</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>1950’ler Türkiye’sinde Edebiyat Dergileri</t>
+          <t>Osmanlı Modernleşmesinde Tereddüt ve Teceddüt Yılları (1768-1908)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057947031</t>
+          <t>4440000003097</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Borsa Risalesi: Hava Oyunları</t>
+          <t>Kant Çalışmaları Dergisi Sayı: 1 - 2023</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057947062</t>
+          <t>9786256385139</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Caz Çağı Öyküleri</t>
+          <t>Bir Kıssa Bin Hisse 1. Cilt</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057947192</t>
+          <t>9786256385177</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Enoch Arden</t>
+          <t>Kenzü’t-Tuhaf</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057947390</t>
+          <t>9786257447256</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Erdem Peşinde</t>
+          <t>Osmanlılar ve Macarlar - Bir Diplomatik Tarih</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>520</v>
+        <v>480</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057947284</t>
+          <t>9786256385030</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>On Dokuzuncu Yüzyılın Fırtına Bulutu</t>
+          <t>Maceraperest Böcek Bilimci Evelyn</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057947369</t>
+          <t>9786257447966</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Veranda Öyküleri</t>
+          <t>Şekercik Kitap</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>245</v>
+        <v>210</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057947796</t>
+          <t>9786257447911</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Bireyselciliğinin Kökenleri</t>
+          <t>Gün Olur</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>285</v>
+        <v>220</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257447096</t>
+          <t>9786257447980</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Akis Dergisi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>140</v>
+        <v>410</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057947710</t>
+          <t>9786257447959</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Devlet Hava Yolları</t>
+          <t>Teo ve Bir Aşığın İcatları (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057947420</t>
+          <t>9786257447867</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Sefalet - Emine Semiye Kitaplığı 1</t>
+          <t>Ahmet Rüstem Bey</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>225</v>
+        <v>460</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057947727</t>
+          <t>9786257447836</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Makar’ın Rüyası</t>
+          <t>Tilki Bogi’nin Şarkısı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057947840</t>
+          <t>9786257447669</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Nasuhzade Ali Paşa ve Rum İsyanı</t>
+          <t>Wiley Blakwell Yayınları İslam Tarihi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>245</v>
+        <v>750</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057947956</t>
+          <t>9786257447799</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Beşir Ağa: Osmanlı Hareminin Baş Hadım Ağası</t>
+          <t>İzlence</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057947802</t>
+          <t>9786257447539</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalitenin Farklı Yüzleri</t>
+          <t>Saraydan Kız Kaçırma</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257447027</t>
+          <t>9786257447768</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Şemsiyesi Altında</t>
+          <t>Modern Irak'ın Osmanlı Kökenleri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>140</v>
+        <v>310</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257447348</t>
+          <t>9786257447744</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Geç Osmanlı Dönemi Romanlarında Şair ve Şiir</t>
+          <t>Liberalizm Neden Çöktü?</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257447089</t>
+          <t>9786257447508</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Modern Japonya’nın Doğuşunda Bir Aydın: Yukichi Fukuzawa</t>
+          <t>Küçük Harika Şeyler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>365</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057947734</t>
+          <t>9786257447249</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Behemoth ya da İngiltere İç Savaşının İçyüzü</t>
+          <t>Muallime</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257447263</t>
+          <t>9786257447331</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Pendname</t>
+          <t>Asya</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257447270</t>
+          <t>9786257447195</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hanehalkı Borçlarını Silin!</t>
+          <t>Yeni Şef: Bürokratik Tutuculuk ve Liderlik</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257447133</t>
+          <t>9786257447478</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Afganistan</t>
+          <t>27 Mayıs'ın Kayıp Anayasası</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>425</v>
+        <v>230</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057947758</t>
+          <t>9786257447164</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Petrograd’dan Şanghay’a</t>
+          <t>İslam'ın İlk Dönemlerinde Yazı ve Rivayet</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057947925</t>
+          <t>9786257447386</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>3. Abdurrahman İlk Kurtuba Halifesi</t>
+          <t>Bir Zamanlar Bir Yağmur Damlası</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057947789</t>
+          <t>9786257447188</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Üç Hikaye: Beyaz Geceler - Polzunkov - Yufka Yürek</t>
+          <t>Sounder: Sahibini Bekleyen Av Köpeği</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057947307</t>
+          <t>9786257447300</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kölelik Şiirleri</t>
+          <t>Sihirli Flüt</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057947581</t>
+          <t>9786057947109</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Devridaim</t>
+          <t>1950’ler Türkiye’sinde Edebiyat Dergileri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057947550</t>
+          <t>9786057947031</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Utanç: Sosyo-Kültürel Bir Fenomen</t>
+          <t>Borsa Risalesi: Hava Oyunları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057947857</t>
+          <t>9786057947062</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Midhat Efendi ve Musiki</t>
+          <t>Caz Çağı Öyküleri</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057947772</t>
+          <t>9786057947192</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Vakıf Hukukuna Giriş</t>
+          <t>Enoch Arden</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>315</v>
+        <v>130</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057947147</t>
+          <t>9786057947390</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Neden? - Düşünce ve Davranışlarımızın Altında Yatan Nedenler</t>
+          <t>Erdem Peşinde</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057947352</t>
+          <t>9786057947284</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Balıkçılar</t>
+          <t>On Dokuzuncu Yüzyılın Fırtına Bulutu</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057947703</t>
+          <t>9786057947369</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Maarif Nazırının Portresi: Emrullah Efendi</t>
+          <t>Veranda Öyküleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057947949</t>
+          <t>9786057947796</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çöküş: Finansal Krizlerle Dolu Bir On Yıl Dünyayı Nasıl Değiştirdi?</t>
+          <t>İngiliz Bireyselciliğinin Kökenleri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057947963</t>
+          <t>9786257447096</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam ve Güneş</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057947642</t>
+          <t>9786057947710</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Anarşi - Siyasal ve Toplumsal Eleştiri Alanında Bir Deneme</t>
+          <t>Devlet Hava Yolları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057947628</t>
+          <t>9786057947420</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İbn Tufeyl - Aklın Yaşamı</t>
+          <t>Sefalet - Emine Semiye Kitaplığı 1</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057947208</t>
+          <t>9786057947727</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sadi: Hayatın Aşkın ve Tutkunun Şairi</t>
+          <t>Makar’ın Rüyası</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057947987</t>
+          <t>9786057947840</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Papağan ve Tüccar</t>
+          <t>Nasuhzade Ali Paşa ve Rum İsyanı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057947932</t>
+          <t>9786057947956</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Homo İnformatiks</t>
+          <t>Beşir Ağa: Osmanlı Hareminin Baş Hadım Ağası</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057947512</t>
+          <t>9786057947802</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Oğlunun Kaleminden Ahmet Midhat Efendi ve Dönemi</t>
+          <t>Rasyonalitenin Farklı Yüzleri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057947345</t>
+          <t>9786257447027</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Toplu Eserler ve Diğer Hikayeler</t>
+          <t>Sevgi Şemsiyesi Altında</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057947451</t>
+          <t>9786257447348</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Muhalefet: Namık Kemal'in Hürriyet Gazetesi 1 (1868-1869)</t>
+          <t>Geç Osmanlı Dönemi Romanlarında Şair ve Şiir</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057947468</t>
+          <t>9786257447089</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Muhalefet: Namık Kemal'in Hürriyet Gazetesi 2 (1869-1870)</t>
+          <t>Modern Japonya’nın Doğuşunda Bir Aydın: Yukichi Fukuzawa</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>390</v>
+        <v>380</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057947222</t>
+          <t>9786057947734</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Küresel Roman - 21. Yüzyılda Dünyayı Yazmak</t>
+          <t>Behemoth ya da İngiltere İç Savaşının İçyüzü</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057947024</t>
+          <t>9786257447263</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Misyonerleri</t>
+          <t>Pendname</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057947017</t>
+          <t>9786257447270</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Metatarih - Namık Kemal'in Tarih Anlatılarının Poetikası</t>
+          <t>Hanehalkı Borçlarını Silin!</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057947123</t>
+          <t>9786257447133</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Radikal Kitaplar</t>
+          <t>Afganistan</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>265</v>
+        <v>460</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057947215</t>
+          <t>9786057947758</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Radikal Aydınlanma ve Modern Demokrasinin Kökenleri</t>
+          <t>Petrograd’dan Şanghay’a</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>245</v>
+        <v>140</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256385917</t>
+          <t>9786057947925</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde İz Bırakan Kadınlar</t>
+          <t>3. Abdurrahman İlk Kurtuba Halifesi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>465</v>
+        <v>180</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256647039</t>
+          <t>9786057947789</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Türk Akrabalık Terminolojilerinin Tipolojisi</t>
+          <t>Üç Hikaye: Beyaz Geceler - Polzunkov - Yufka Yürek</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256647008</t>
+          <t>9786057947307</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Metafor</t>
+          <t>Kölelik Şiirleri</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>345</v>
+        <v>110</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256385627</t>
+          <t>9786057947581</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hikayenin Peşinde - Tesadüf-i Acibe ve Hikaye-i Garibe</t>
+          <t>Devridaim</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256647046</t>
+          <t>9786057947550</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Divan (Ciltli)</t>
+          <t>Utanç: Sosyo-Kültürel Bir Fenomen</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256385993</t>
+          <t>9786057947857</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Küçük Said Paşa Sultan II. Abdülhamid’in Gölgesi</t>
+          <t>Ahmet Midhat Efendi ve Musiki</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256385610</t>
+          <t>9786057947772</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Kaptan İzmir'den Londra'ya Bir Yolculuk</t>
+          <t>Osmanlı Vakıf Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>215</v>
+        <v>330</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256385580</t>
+          <t>9786057947147</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Soğdlar ve Türkler</t>
+          <t>Neden? - Düşünce ve Davranışlarımızın Altında Yatan Nedenler</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256385948</t>
+          <t>9786057947352</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Güvercinim Süt Beyaz</t>
+          <t>Balıkçılar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>196</v>
+        <v>340</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256385931</t>
+          <t>9786057947703</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Askeri Yenilik - Soğuk Savaş Sonrası Dönem Üzerine Bir İnceleme</t>
+          <t>Bir Osmanlı Maarif Nazırının Portresi: Emrullah Efendi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256385085</t>
+          <t>9786057947949</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Selma</t>
+          <t>Çöküş: Finansal Krizlerle Dolu Bir On Yıl Dünyayı Nasıl Değiştirdi?</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256385320</t>
+          <t>9786057947963</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Çat! Pat! Bam!</t>
+          <t>Kardan Adam ve Güneş</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256385900</t>
+          <t>9786057947642</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Enstitü Bize Ne Söyler?</t>
+          <t>Kültür ve Anarşi - Siyasal ve Toplumsal Eleştiri Alanında Bir Deneme</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256385856</t>
+          <t>9786057947628</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Çürüksu ve Batum Notları - Osmanlı’nın Kafkaslara Vedası</t>
+          <t>İbn Tufeyl - Aklın Yaşamı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>215</v>
+        <v>210</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256385924</t>
+          <t>9786057947208</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Cumhuriyet</t>
+          <t>Sadi: Hayatın Aşkın ve Tutkunun Şairi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256385771</t>
+          <t>9786057947987</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Al Sonra Öde</t>
+          <t>Papağan ve Tüccar</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256385429</t>
+          <t>9786057947932</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bir Liranın Başından Geçenler</t>
+          <t>Homo İnformatiks</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256385801</t>
+          <t>9786057947512</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Dostlarımız İçin İlkyardım Rehberi</t>
+          <t>Oğlunun Kaleminden Ahmet Midhat Efendi ve Dönemi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256385795</t>
+          <t>9786057947345</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Tarihçinin Zanaatı</t>
+          <t>Toplu Eserler ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>540</v>
+        <v>140</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256385757</t>
+          <t>9786057947451</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Muhtarlık</t>
+          <t>Sürgünde Muhalefet: Namık Kemal'in Hürriyet Gazetesi 1 (1868-1869)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>325</v>
+        <v>590</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256385702</t>
+          <t>9786057947468</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ömr-i Edebi 1</t>
+          <t>Sürgünde Muhalefet: Namık Kemal'in Hürriyet Gazetesi 2 (1869-1870)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>295</v>
+        <v>410</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256385733</t>
+          <t>9786057947222</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiyi Kurmak</t>
+          <t>Küresel Roman - 21. Yüzyılda Dünyayı Yazmak</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256385542</t>
+          <t>9786057947024</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Fakültelerin Kavgası</t>
+          <t>Cumhuriyet Misyonerleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256385474</t>
+          <t>9786057947017</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Örnek Uygulamalarla Kredi Derecelendirme</t>
+          <t>Tanzimat ve Metatarih - Namık Kemal'in Tarih Anlatılarının Poetikası</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256385719</t>
+          <t>9786057947123</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Mantar Avı</t>
+          <t>Radikal Kitaplar</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>224</v>
+        <v>280</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256385641</t>
+          <t>9786057947215</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Türk Ordusu ve Millî Savunma</t>
+          <t>Radikal Aydınlanma ve Modern Demokrasinin Kökenleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>590</v>
+        <v>260</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256385573</t>
+          <t>9786256385917</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ağalar: Konya Aladağ'da Ayan Bir Türkmen Ailesinin Tarihi 1680-1880</t>
+          <t>Türk Tarihinde İz Bırakan Kadınlar</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256385344</t>
+          <t>9786256647039</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Shackleton'ın Serüveni - Güney Kutbu Keşif Seferi</t>
+          <t>Türk Akrabalık Terminolojilerinin Tipolojisi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>232</v>
+        <v>360</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256385597</t>
+          <t>9786256647008</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bilmecelerle Topkapı Sarayı</t>
+          <t>Metafor</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256385399</t>
+          <t>9786256385627</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Efendinin Defterinden</t>
+          <t>Kayıp Hikayenin Peşinde - Tesadüf-i Acibe ve Hikaye-i Garibe</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>125</v>
+        <v>210</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256385559</t>
+          <t>9786256647046</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’in Dönüşümü</t>
+          <t>Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>580</v>
+        <v>560</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256385481</t>
+          <t>9786256385993</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Akis Dergisi Nazik İhtilal (1960) (3. Cilt)</t>
+          <t>Küçük Said Paşa Sultan II. Abdülhamid’in Gölgesi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>425</v>
+        <v>360</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256385528</t>
+          <t>9786256385610</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Yukarı Bak - Resimli Teleskop Rehberi</t>
+          <t>Öksüz Kaptan İzmir'den Londra'ya Bir Yolculuk</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>242</v>
+        <v>220</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256385191</t>
+          <t>9786256385580</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka - Disiplinlerarası Yaklaşımlar</t>
+          <t>Soğdlar ve Türkler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256385450</t>
+          <t>9786256385948</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Tavşanların Bir Günü</t>
+          <t>Güvercinim Süt Beyaz</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256385504</t>
+          <t>9786256385931</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kalp Şehrine Yolculuk</t>
+          <t>Türkiye'de Askeri Yenilik - Soğuk Savaş Sonrası Dönem Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786256385405</t>
+          <t>9786256385085</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Finansallaşmanın Politik Kökenleri</t>
+          <t>Benim Adım Selma</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256385313</t>
+          <t>9786256385320</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terimleri Sözlüğü</t>
+          <t>Çat! Pat! Bam!</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>525</v>
+        <v>190</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256385368</t>
+          <t>9786256385900</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Kelebekleri</t>
+          <t>Enstitü Bize Ne Söyler?</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256385382</t>
+          <t>9786256385856</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Çoban Köpeği Pan</t>
+          <t>Çürüksu ve Batum Notları - Osmanlı’nın Kafkaslara Vedası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256385351</t>
+          <t>9786256385924</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Saib-i Tebrizi Dîvanı Şerhi</t>
+          <t>Edebiyat ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>525</v>
+        <v>160</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256385238</t>
+          <t>9786256385771</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid’in Savunma Sanayii Fonları (1896-1902)</t>
+          <t>Şimdi Al Sonra Öde</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786256385276</t>
+          <t>9786256385429</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Alanya</t>
+          <t>Bir Liranın Başından Geçenler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786256385306</t>
+          <t>9786256385801</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihçiliğinde Yeni Çalışmalar</t>
+          <t>Hayvan Dostlarımız İçin İlkyardım Rehberi</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786256385290</t>
+          <t>9786256385795</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Mendil Altında</t>
+          <t>Tarihçinin Zanaatı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>140</v>
+        <v>560</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786256385054</t>
+          <t>9786256385757</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Beden ve Anlam</t>
+          <t>Muhtarlık</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786256385221</t>
+          <t>9786256385702</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Physis: Kavramı ve Özü Üzerine</t>
+          <t>Ömr-i Edebi 1</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>150</v>
+        <v>310</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786256385245</t>
+          <t>9786256385733</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Akis Dergisi Öfke ve İsyan (1957-1960) (2. Cilt)</t>
+          <t>Sosyolojiyi Kurmak</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>395</v>
+        <v>290</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786256385108</t>
+          <t>9786256385542</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ile Kiracıları</t>
+          <t>Fakültelerin Kavgası</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786256385160</t>
+          <t>9786256385474</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat ve Duygular</t>
+          <t>Örnek Uygulamalarla Kredi Derecelendirme</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786256385214</t>
+          <t>9786256385719</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Eğitimin Geleceği</t>
+          <t>İstanbul’da Mantar Avı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786256385207</t>
+          <t>9786256385641</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Para</t>
+          <t>Cumhuriyetin 100. Yılında Türk Ordusu ve Millî Savunma</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786256385153</t>
+          <t>9786256385573</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Profesör Astro Kedi ile Derin Denize Yolculuk</t>
+          <t>Ağalar: Konya Aladağ'da Ayan Bir Türkmen Ailesinin Tarihi 1680-1880</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786256385184</t>
+          <t>9786256385344</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlığın Paytak Adımları</t>
+          <t>Shackleton'ın Serüveni - Güney Kutbu Keşif Seferi</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786256385115</t>
+          <t>9786256385597</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı</t>
+          <t>Bilmecelerle Topkapı Sarayı</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786256385061</t>
+          <t>9786256385399</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Usulden Yönteme - Mehmed Fuad Köprülü'nün Edebiyat Tarihçiliği</t>
+          <t>Bir Genç Efendinin Defterinden</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786256385047</t>
+          <t>9786256385559</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>İhsan Özgen</t>
+          <t>Aristoteles’in Dönüşümü</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>325</v>
+        <v>620</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257447997</t>
+          <t>9786256385481</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Edige Batır Destanı</t>
+          <t>Akis Dergisi Nazik İhtilal (1960) (3. Cilt)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786256385023</t>
+          <t>9786256385528</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Milli Bankacılığın Doğuşu 1908-1918</t>
+          <t>Yukarı Bak - Resimli Teleskop Rehberi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257447874</t>
+          <t>9786256385191</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İç Borçlanma Sisteminde Modernleşme 1839-1881</t>
+          <t>Yapay Zeka - Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786256385009</t>
+          <t>9786256385450</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Türk Sineması</t>
+          <t>Tavşanların Bir Günü</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257447898</t>
+          <t>9786256385504</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>İyi Olmak - Zuluflu Fındık</t>
+          <t>Kalp Şehrine Yolculuk</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257447423</t>
+          <t>9786256385405</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ve Politika - Felsefede Temel Tartışmalar ve Konumlar</t>
+          <t>Neoliberal Finansallaşmanın Politik Kökenleri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786256385016</t>
+          <t>9786256385313</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sinan</t>
+          <t>Müzik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>120</v>
+        <v>580</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257447928</t>
+          <t>9786256385368</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Menkıbeleri</t>
+          <t>Türkiye’nin Kelebekleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257447560</t>
+          <t>9786256385382</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Üzerine Makaleler</t>
+          <t>Çoban Köpeği Pan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257447935</t>
+          <t>9786256385351</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Hindistan Tarihi ve Kültürü</t>
+          <t>Saib-i Tebrizi Dîvanı Şerhi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>420</v>
+        <v>580</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257447812</t>
+          <t>9786256385238</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Erken Modern Avrupa Tarihi Esaslar</t>
+          <t>Sultan II. Abdülhamid’in Savunma Sanayii Fonları (1896-1902)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257447782</t>
+          <t>9786256385276</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arapları: Hilafet-Siyaset Milliyet 1798-1918</t>
+          <t>Alanya</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257447904</t>
+          <t>9786256385306</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Müzik Defteri - Sayı 1 Kasım 2022</t>
+          <t>Osmanlı Tarihçiliğinde Yeni Çalışmalar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257447805</t>
+          <t>9786256385290</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>3x4</t>
+          <t>Mendil Altında</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257447829</t>
+          <t>9786256385054</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bir Sefilenin Evrak-ı Metrukesi</t>
+          <t>Beden ve Anlam</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257447690</t>
+          <t>9786256385221</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Nibelung Yüzüğü 1 - Ren Altını</t>
+          <t>Physis: Kavramı ve Özü Üzerine</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257447775</t>
+          <t>9786256385245</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ada'nın Kumlu Kitabı</t>
+          <t>Akis Dergisi Öfke ve İsyan (1957-1960) (2. Cilt)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257447751</t>
+          <t>9786256385108</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Yapay Ekonomi</t>
+          <t>Ayaşlı ile Kiracıları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257447683</t>
+          <t>9786256385160</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kendim Olmak Güzel</t>
+          <t>Edebiyat ve Duygular</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257447706</t>
+          <t>9786256385214</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu Bulursan</t>
+          <t>Türkiye'de Eğitimin Geleceği</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257447607</t>
+          <t>9786256385207</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Apukhtin'den Hikayeler</t>
+          <t>Para</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257447645</t>
+          <t>9786256385153</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk</t>
+          <t>Profesör Astro Kedi ile Derin Denize Yolculuk</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257447614</t>
+          <t>9786256385184</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hilal-i Ahmer Cemiyeti</t>
+          <t>Arkadaşlığın Paytak Adımları</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257447621</t>
+          <t>9786256385115</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Bizansçılık ve Slavlık</t>
+          <t>Otlakçı</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257447584</t>
+          <t>9786256385061</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Rusya'dan Mektuplar 1919</t>
+          <t>Usulden Yönteme - Mehmed Fuad Köprülü'nün Edebiyat Tarihçiliği</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257447546</t>
+          <t>9786256385047</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein ile Konuşmalar</t>
+          <t>İhsan Özgen</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>155</v>
+        <v>360</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257447416</t>
+          <t>9786257447997</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Velayetname</t>
+          <t>Edige Batır Destanı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257447485</t>
+          <t>9786256385023</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>The Mathnawi 1 - 2 Cilt Kutulu (Ciltli)</t>
+          <t>Türkiye’de Milli Bankacılığın Doğuşu 1908-1918</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>1250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057947321</t>
+          <t>9786257447874</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Leningrad: Kuşatılmış Bir Şehrin Trajedisi 1941 - 1944</t>
+          <t>Osmanlı İç Borçlanma Sisteminde Modernleşme 1839-1881</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257447522</t>
+          <t>9786256385009</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hindistan’da İslam</t>
+          <t>Türk Sineması</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>265</v>
+        <v>280</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257447553</t>
+          <t>9786257447898</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Hilye-i Enbiya</t>
+          <t>İyi Olmak - Zuluflu Fındık</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257447379</t>
+          <t>9786257447423</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Erzurum Yolculuğu</t>
+          <t>Şiddet ve Politika - Felsefede Temel Tartışmalar ve Konumlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257447317</t>
+          <t>9786256385016</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler</t>
+          <t>Sinan</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257447294</t>
+          <t>9786257447928</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıl Savaşları - Bir Halk Tarihi</t>
+          <t>Mevlana Menkıbeleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257447324</t>
+          <t>9786257447560</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gökyüzü</t>
+          <t>Türk Dili ve Edebiyatı Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>230</v>
+        <v>590</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257447126</t>
+          <t>9786257447935</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Adaletsizliğin Veçheleri</t>
+          <t>Erken Dönem Hindistan Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257447638</t>
+          <t>9786257447812</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kalpa Sütra - Bilgece Yaşam</t>
+          <t>Erken Modern Avrupa Tarihi Esaslar</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>165</v>
+        <v>550</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257447737</t>
+          <t>9786257447782</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Zaman</t>
+          <t>Osmanlı Arapları: Hilafet-Siyaset Milliyet 1798-1918</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257447225</t>
+          <t>9786257447904</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bizim Filmlerimiz Onların Filmleri</t>
+          <t>Müzik Defteri - Sayı 1 Kasım 2022</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257447454</t>
+          <t>9786257447805</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Emevi Devleti'nin Kuruluşu</t>
+          <t>3x4</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257447218</t>
+          <t>9786257447829</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Aşokavadana</t>
+          <t>Bir Sefilenin Evrak-ı Metrukesi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257447409</t>
+          <t>9786257447690</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar, Mutasavvıflar ve Halifeler</t>
+          <t>Nibelung Yüzüğü 1 - Ren Altını</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057947895</t>
+          <t>9786257447775</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Şah Abbas</t>
+          <t>Ada'nın Kumlu Kitabı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257447232</t>
+          <t>9786257447751</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Molla Nur</t>
+          <t>Yapay Ekonomi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>155</v>
+        <v>230</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257447287</t>
+          <t>9786257447683</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meclis</t>
+          <t>Kendim Olmak Güzel</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257447201</t>
+          <t>9786257447706</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Her Çocuk Zekidir</t>
+          <t>Bir Kutu Bulursan</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257447102</t>
+          <t>9786257447607</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Tesbihi</t>
+          <t>Apukhtin'den Hikayeler</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257447058</t>
+          <t>9786257447645</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Munkiz Tercümesi</t>
+          <t>Çocukluk</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257447003</t>
+          <t>9786257447614</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Su Altında Süslü Kostüm Geçidi</t>
+          <t>Hilal-i Ahmer Cemiyeti</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057947994</t>
+          <t>9786257447621</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Musiki Yazıları</t>
+          <t>Bizansçılık ve Slavlık</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057947970</t>
+          <t>9786257447584</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Araplar ve Hikaye Anlatma Sanatı</t>
+          <t>Bolşevik Rusya'dan Mektuplar 1919</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057947901</t>
+          <t>9786257447546</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İlk Sevgi - Ahmet Rasim Kitaplığı 1</t>
+          <t>Wittgenstein ile Konuşmalar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057947888</t>
+          <t>9786257447416</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Büyüklerle Yeniden Nasrettin Hoca</t>
+          <t>Velayetname</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>110</v>
+        <v>420</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057947871</t>
+          <t>9786257447485</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Sorun: Musul Vilayeti</t>
+          <t>The Mathnawi 1 - 2 Cilt Kutulu (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>390</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057947864</t>
+          <t>9786057947321</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Son Patron</t>
+          <t>Leningrad: Kuşatılmış Bir Şehrin Trajedisi 1941 - 1944</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057947826</t>
+          <t>9786257447522</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kara Koyun ve Diğer Masallar</t>
+          <t>Hindistan’da İslam</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057947741</t>
+          <t>9786257447553</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Tarihi Üzerine İki Deneme</t>
+          <t>Hilye-i Enbiya</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057947697</t>
+          <t>9786257447379</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ekber Şah</t>
+          <t>Erzurum Yolculuğu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057947680</t>
+          <t>9786257447317</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Müftüsünün Gözünden Atina Tarihi</t>
+          <t>Küçük Şeyler</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057947673</t>
+          <t>9786257447294</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Savaş Şiirleri</t>
+          <t>Yüz Yıl Savaşları - Bir Halk Tarihi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>115</v>
+        <v>420</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057947666</t>
+          <t>9786257447324</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kör Müzisyen</t>
+          <t>Mavi Gökyüzü</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057947635</t>
+          <t>9786257447126</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Bir Bulut Gibi</t>
+          <t>Adaletsizliğin Veçheleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057947048</t>
+          <t>9786257447638</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Rus Halk Masalları 1</t>
+          <t>Kalpa Sütra - Bilgece Yaşam</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057947536</t>
+          <t>9786257447737</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Tarih Üzerine Bir Ders</t>
+          <t>Sermaye ve Zaman</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>115</v>
+        <v>210</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057947154</t>
+          <t>9786257447225</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Seküler Çeviriler: Ulus-Devlet Modern Benlik ve Hesapçı Akıl</t>
+          <t>Bizim Filmlerimiz Onların Filmleri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057947567</t>
+          <t>9786257447454</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin Genç Bir Yazar Olarak Portresi</t>
+          <t>Emevi Devleti'nin Kuruluşu</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057947116</t>
+          <t>9786257447218</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Tedbir-i Mülk: Devlet Yönetme Bilimi</t>
+          <t>Aşokavadana</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057947505</t>
+          <t>9786257447409</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ölümün Mekanları: Kafka Chirico ve Diğerleri</t>
+          <t>Filozoflar, Mutasavvıflar ve Halifeler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057947529</t>
+          <t>9786057947895</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hamlet ya da Hekuba: Zamanın Oyuna Baskını</t>
+          <t>Şah Abbas</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057947413</t>
+          <t>9786257447232</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Gazali: İslam'ın Dirilişi</t>
+          <t>Molla Nur</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057947260</t>
+          <t>9786257447287</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bağdat Paktı 1950 - 1959</t>
+          <t>Yedi Meclis</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057947291</t>
+          <t>9786257447201</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Astrophil ile Stella Soneler</t>
+          <t>Her Çocuk Zekidir</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057947093</t>
+          <t>9786257447102</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Çalışanın Fizyolojisi</t>
+          <t>Ariflerin Tesbihi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057947253</t>
+          <t>9786257447058</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İbn Haldun'un Mukaddime'sinde Maişet Yolları</t>
+          <t>Munkiz Tercümesi</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
+          <t>9786257447003</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Su Altında Süslü Kostüm Geçidi</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786057947994</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Musiki Yazıları</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786057947970</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Araplar ve Hikaye Anlatma Sanatı</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786057947901</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>İlk Sevgi - Ahmet Rasim Kitaplığı 1</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786057947888</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Büyüklerle Yeniden Nasrettin Hoca</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786057947871</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Yüzyıllık Sorun: Musul Vilayeti</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786057947864</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Son Patron</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786057947826</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Kara Koyun ve Diğer Masallar</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786057947741</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlüğün Tarihi Üzerine İki Deneme</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786057947697</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Ekber Şah</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786057947680</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Bir Osmanlı Müftüsünün Gözünden Atina Tarihi</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786057947673</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Şiirleri</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786057947666</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Kör Müzisyen</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786057947635</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bulut Gibi</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786057947048</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>Rus Halk Masalları 1</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786057947536</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Üzerine Bir Ders</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786057947154</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Seküler Çeviriler: Ulus-Devlet Modern Benlik ve Hesapçı Akıl</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786057947567</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticinin Genç Bir Yazar Olarak Portresi</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786057947116</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>İlm-i Tedbir-i Mülk: Devlet Yönetme Bilimi</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786057947505</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Ölümün Mekanları: Kafka Chirico ve Diğerleri</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786057947529</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Hamlet ya da Hekuba: Zamanın Oyuna Baskını</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786057947413</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Gazali: İslam'ın Dirilişi</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786057947260</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Bağdat Paktı 1950 - 1959</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786057947291</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Astrophil ile Stella Soneler</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786057947093</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Çalışanın Fizyolojisi</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786057947253</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>İbn Haldun'un Mukaddime'sinde Maişet Yolları</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
           <t>9786057947055</t>
         </is>
       </c>
-      <c r="B419" s="1" t="inlineStr">
+      <c r="B445" s="1" t="inlineStr">
         <is>
           <t>Kuruluş: Mekteb-i Sultani’den Galatasaray Spor Kulübü’ne Türkiye’de Futbolun Erken Çağı (1904-1907)</t>
         </is>
       </c>
-      <c r="C419" s="1">
-        <v>260</v>
+      <c r="C445" s="1">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>