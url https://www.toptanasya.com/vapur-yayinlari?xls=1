--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -85,625 +85,745 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259692081</t>
+          <t>9786259268569</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Hayat Hanım’ın Kurgusuz Filmleri</t>
+          <t>Ve Değildik Henüz</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259692029</t>
+          <t>9786259268576</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mübeccel İzmirli</t>
+          <t>Resimli Şiir Atlası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259692036</t>
+          <t>9786259692098</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerini Rüzgarların Fısıltılarına Yazmışlardı</t>
+          <t>Nezihe Meriç Yazmayı Nasıl Öğrendi?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259692074</t>
+          <t>9786259268507</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zihnimdeki Leke</t>
+          <t>Sabahattin Ali Yazmayı Nasıl Öğrendi?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259692050</t>
+          <t>9786259268521</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mavi Nasıl Eserse</t>
+          <t>Dünyanın Tek Gerçek Hayaleti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259692043</t>
+          <t>9786259268514</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yedilikler</t>
+          <t>Ne Garip Federico Adında Olmak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259692012</t>
+          <t>9786259268552</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Kadın Yaratıcılığı</t>
+          <t>Dünya Bir Rüzgar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259565293</t>
+          <t>9786259692067</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni Mitolojisi</t>
+          <t>Bir Sahnedir Bütün Dünya</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259692005</t>
+          <t>9786259692081</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Şeytan İhaneti Yarattığında</t>
+          <t>Hayat Hanım’ın Kurgusuz Filmleri</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259565279</t>
+          <t>9786259692029</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kahve Kokusunun Peşinde</t>
+          <t>Mübeccel İzmirli</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259565286</t>
+          <t>9786259692036</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yay</t>
+          <t>Hikayelerini Rüzgarların Fısıltılarına Yazmışlardı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259565255</t>
+          <t>9786259692074</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Turuncusu</t>
+          <t>Zihnimdeki Leke</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259565262</t>
+          <t>9786259692050</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önceki Şeyler</t>
+          <t>Mavi Nasıl Eserse</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259565248</t>
+          <t>9786259692043</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yazdıklarımı Unutmadan</t>
+          <t>Yedilikler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259565231</t>
+          <t>9786259692012</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dün Bugün Dün</t>
+          <t>Edebiyatımızda Kadın Yaratıcılığı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259565224</t>
+          <t>9786259565293</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Hiçlik</t>
+          <t>Şizofreni Mitolojisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259565200</t>
+          <t>9786259692005</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kırağı Toprağa Çiğ Bir Ağıt</t>
+          <t>Şeytan İhaneti Yarattığında</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259565217</t>
+          <t>9786259565279</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Bir Savunması</t>
+          <t>Kahve Kokusunun Peşinde</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259799551</t>
+          <t>9786259565286</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Demiri Eriten Yara</t>
+          <t>Yay</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259799575</t>
+          <t>9786259565255</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gece Hep Gece</t>
+          <t>Yalnızlık Turuncusu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259799568</t>
+          <t>9786259565262</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Alova Kitabı</t>
+          <t>Ölmeden Önceki Şeyler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259799582</t>
+          <t>9786259565248</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Gönül</t>
+          <t>Yazdıklarımı Unutmadan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259799544</t>
+          <t>9786259565231</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hasta Sevgili Kış</t>
+          <t>Dün Bugün Dün</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259799537</t>
+          <t>9786259565224</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Bir Ada Olmaz Mıydı Sana?</t>
+          <t>İyilik ve Hiçlik</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259799506</t>
+          <t>9786259565200</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hala Yaşamaya Zamanımız Var</t>
+          <t>Kırağı Toprağa Çiğ Bir Ağıt</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259799513</t>
+          <t>9786259565217</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Beethoven'ın İyimserliği</t>
+          <t>Şiirin Bir Savunması</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259799520</t>
+          <t>9786259799551</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Tersi</t>
+          <t>Demiri Eriten Yara</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057019448</t>
+          <t>9786259799575</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Yılanı</t>
+          <t>Gece Hep Gece</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>25</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058103931</t>
+          <t>9786259799568</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Yolculuk</t>
+          <t>Alova Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057019455</t>
+          <t>9786259799582</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aslında Aşk</t>
+          <t>Yaralı Gönül</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057019424</t>
+          <t>9786259799544</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mefkure</t>
+          <t>Hasta Sevgili Kış</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057019431</t>
+          <t>9786259799537</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Elbet Gün Ağarır Anne</t>
+          <t>Kalbim Bir Ada Olmaz Mıydı Sana?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058206489</t>
+          <t>9786259799506</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>9 Postmodernist Öykü</t>
+          <t>Hala Yaşamaya Zamanımız Var</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058206465</t>
+          <t>9786259799513</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Nasıl Yazar Oldu?</t>
+          <t>Beethoven'ın İyimserliği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058206458</t>
+          <t>9786259799520</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Durmadan Artıyor Istırap</t>
+          <t>Şiirin Tersi</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058463189</t>
+          <t>9786057019448</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Annem Çok Küçükken Öldü</t>
+          <t>Hafıza Yılanı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058463196</t>
+          <t>9786058103931</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Rus Masalları</t>
+          <t>Bir Başka Yolculuk</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786058206410</t>
+          <t>9786057019455</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Allah İllallah - Çanakkale Destanında Savaş İmamları</t>
+          <t>Aslında Aşk</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
+          <t>9786057019424</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Mefkure</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786057019431</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Elbet Gün Ağarır Anne</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786058206489</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>9 Postmodernist Öykü</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786058206465</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali Nasıl Yazar Oldu?</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786058206458</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Durmadan Artıyor Istırap</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786058463189</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Annem Çok Küçükken Öldü</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786058463196</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Rus Masalları</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786058206410</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Allah İllallah - Çanakkale Destanında Savaş İmamları</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
           <t>9786058463165</t>
         </is>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Tuz</t>
         </is>
       </c>
-      <c r="C40" s="1">
+      <c r="C48" s="1">
         <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>