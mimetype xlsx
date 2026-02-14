--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,745 +85,1045 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259268569</t>
+          <t>9786259799599</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ve Değildik Henüz</t>
+          <t>Buluttan Hafif Buğudan Ağır</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259268576</t>
+          <t>9786056933240</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Resimli Şiir Atlası</t>
+          <t>Değişik Bir Şey Yok</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259692098</t>
+          <t>9786058206496</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nezihe Meriç Yazmayı Nasıl Öğrendi?</t>
+          <t>Üstün Zeka Üstün Yetenek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259268507</t>
+          <t>9786058206472</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Yazmayı Nasıl Öğrendi?</t>
+          <t>İçler Uçlar Oluşlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259268521</t>
+          <t>9786058206441</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Tek Gerçek Hayaleti</t>
+          <t>Bir İnsan Sesi Duymak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259268514</t>
+          <t>9786058206434</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ne Garip Federico Adında Olmak</t>
+          <t>Çığlık Kırları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259268552</t>
+          <t>9786058103900</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bir Rüzgar</t>
+          <t>Can Kırıkları Avlusu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259692067</t>
+          <t>9786058103917</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Sahnedir Bütün Dünya</t>
+          <t>Sabriye'yi Boğmuşum</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259692081</t>
+          <t>9786058103924</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hayat Hanım’ın Kurgusuz Filmleri</t>
+          <t>Sen Bir Şarkısın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259692029</t>
+          <t>9786058206427</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mübeccel İzmirli</t>
+          <t>Batman Bolşoy</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259692036</t>
+          <t>9786058463127</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerini Rüzgarların Fısıltılarına Yazmışlardı</t>
+          <t>Yıldız Sema'sı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259692074</t>
+          <t>9786058463172</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zihnimdeki Leke</t>
+          <t>Zaman Zaman İçinde</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259692050</t>
+          <t>9786058463141</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mavi Nasıl Eserse</t>
+          <t>Değişik Öyküler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259692043</t>
+          <t>9786058463134</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yedilikler</t>
+          <t>Pazarları Beni Çok Öp Anne</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259692012</t>
+          <t>9786058463110</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Kadın Yaratıcılığı</t>
+          <t>İnsanlığın Sonbaharında</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259565293</t>
+          <t>9786058463103</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni Mitolojisi</t>
+          <t>Kafka ve Gezgin Bebek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259692005</t>
+          <t>9786056933219</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şeytan İhaneti Yarattığında</t>
+          <t>Ay Tarlaları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259565279</t>
+          <t>9786056933226</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kahve Kokusunun Peşinde</t>
+          <t>Şimdi Hangi Irmakta</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259565286</t>
+          <t>9786056933257</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yay</t>
+          <t>Dokuz Polisiye Öykü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259565255</t>
+          <t>9786259268583</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Turuncusu</t>
+          <t>Kılıçtan Keskin Dudaklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259565262</t>
+          <t>9786259268569</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önceki Şeyler</t>
+          <t>Ve Değildik Henüz</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259565248</t>
+          <t>9786259268576</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yazdıklarımı Unutmadan</t>
+          <t>Resimli Şiir Atlası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259565231</t>
+          <t>9786259692098</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dün Bugün Dün</t>
+          <t>Nezihe Meriç Yazmayı Nasıl Öğrendi?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259565224</t>
+          <t>9786259268507</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Hiçlik</t>
+          <t>Sabahattin Ali Yazmayı Nasıl Öğrendi?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259565200</t>
+          <t>9786259268521</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kırağı Toprağa Çiğ Bir Ağıt</t>
+          <t>Dünyanın Tek Gerçek Hayaleti</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259565217</t>
+          <t>9786259268514</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Bir Savunması</t>
+          <t>Ne Garip Federico Adında Olmak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259799551</t>
+          <t>9786259268552</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Demiri Eriten Yara</t>
+          <t>Dünya Bir Rüzgar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259799575</t>
+          <t>9786259692067</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gece Hep Gece</t>
+          <t>Bir Sahnedir Bütün Dünya</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259799568</t>
+          <t>9786259692081</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Alova Kitabı</t>
+          <t>Hayat Hanım’ın Kurgusuz Filmleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259799582</t>
+          <t>9786259692029</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Gönül</t>
+          <t>Mübeccel İzmirli</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259799544</t>
+          <t>9786259692036</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hasta Sevgili Kış</t>
+          <t>Hikayelerini Rüzgarların Fısıltılarına Yazmışlardı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259799537</t>
+          <t>9786259692074</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Bir Ada Olmaz Mıydı Sana?</t>
+          <t>Zihnimdeki Leke</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259799506</t>
+          <t>9786259692050</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hala Yaşamaya Zamanımız Var</t>
+          <t>Mavi Nasıl Eserse</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259799513</t>
+          <t>9786259692043</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Beethoven'ın İyimserliği</t>
+          <t>Yedilikler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259799520</t>
+          <t>9786259692012</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Tersi</t>
+          <t>Edebiyatımızda Kadın Yaratıcılığı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057019448</t>
+          <t>9786259565293</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Yılanı</t>
+          <t>Şizofreni Mitolojisi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058103931</t>
+          <t>9786259692005</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Yolculuk</t>
+          <t>Şeytan İhaneti Yarattığında</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057019455</t>
+          <t>9786259565279</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Aslında Aşk</t>
+          <t>Kahve Kokusunun Peşinde</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057019424</t>
+          <t>9786259565286</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mefkure</t>
+          <t>Yay</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057019431</t>
+          <t>9786259565255</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Elbet Gün Ağarır Anne</t>
+          <t>Yalnızlık Turuncusu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786058206489</t>
+          <t>9786259565262</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>9 Postmodernist Öykü</t>
+          <t>Ölmeden Önceki Şeyler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058206465</t>
+          <t>9786259565248</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Nasıl Yazar Oldu?</t>
+          <t>Yazdıklarımı Unutmadan</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058206458</t>
+          <t>9786259565231</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Durmadan Artıyor Istırap</t>
+          <t>Dün Bugün Dün</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058463189</t>
+          <t>9786259565224</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Annem Çok Küçükken Öldü</t>
+          <t>İyilik ve Hiçlik</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058463196</t>
+          <t>9786259565200</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Rus Masalları</t>
+          <t>Kırağı Toprağa Çiğ Bir Ağıt</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058206410</t>
+          <t>9786259565217</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Allah İllallah - Çanakkale Destanında Savaş İmamları</t>
+          <t>Şiirin Bir Savunması</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
+          <t>9786259799551</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Demiri Eriten Yara</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786259799575</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Gece Hep Gece</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786259799568</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Alova Kitabı</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786259799582</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Gönül</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786259799544</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Hasta Sevgili Kış</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786259799537</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Kalbim Bir Ada Olmaz Mıydı Sana?</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786259799506</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Hala Yaşamaya Zamanımız Var</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786259799513</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Beethoven'ın İyimserliği</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786259799520</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Şiirin Tersi</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786057019448</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Hafıza Yılanı</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786058103931</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Bir Başka Yolculuk</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786057019455</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Aslında Aşk</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786057019424</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Mefkure</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786057019431</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Elbet Gün Ağarır Anne</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786058206489</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>9 Postmodernist Öykü</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786058206465</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali Nasıl Yazar Oldu?</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786058206458</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Durmadan Artıyor Istırap</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786058463189</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Annem Çok Küçükken Öldü</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786058463196</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Rus Masalları</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786058206410</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Allah İllallah - Çanakkale Destanında Savaş İmamları</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
           <t>9786058463165</t>
         </is>
       </c>
-      <c r="B48" s="1" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Tuz</t>
         </is>
       </c>
-      <c r="C48" s="1">
+      <c r="C68" s="1">
         <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>