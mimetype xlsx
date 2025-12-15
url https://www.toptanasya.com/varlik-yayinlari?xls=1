--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -85,2650 +85,2665 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754347159</t>
+          <t>9789754347173</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Varlık'ta Orhan Veli - Yazıları, Şiirleri, Çevirileri</t>
+          <t>Aşk Şiirlerinin Unutulmaz Yönetmeni</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754344660</t>
+          <t>9789754347159</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bağlantı Dansı</t>
+          <t>Varlık'ta Orhan Veli - Yazıları, Şiirleri, Çevirileri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754345384</t>
+          <t>9789754344660</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Korku Dansı</t>
+          <t>Bağlantı Dansı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754340259</t>
+          <t>9789754345384</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kızı</t>
+          <t>Korku Dansı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754346923</t>
+          <t>9789754340259</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Anne Dansı - Çocuklar Hayatınızı Nasıl Değiştirir</t>
+          <t>Sokak Kızı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754347142</t>
+          <t>9789754346923</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kişisel ve Profesyonel Yaşamda Hazır Mısın Daha Fazlasına?</t>
+          <t>Anne Dansı - Çocuklar Hayatınızı Nasıl Değiştirir</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754347135</t>
+          <t>9789754347142</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Toksik Bir Eski Eş İle Ortak Ebeveynlik</t>
+          <t>Kişisel ve Profesyonel Yaşamda Hazır Mısın Daha Fazlasına?</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754347029</t>
+          <t>9789754347135</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıkların Kuşattığı Arzular</t>
+          <t>Toksik Bir Eski Eş İle Ortak Ebeveynlik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754347036</t>
+          <t>9789754347029</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Misafir Evinde Ölmek</t>
+          <t>Mezarlıkların Kuşattığı Arzular</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754346978</t>
+          <t>9789754347036</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Güven ve İlham Ver Başkalarının İçindeki Mükemmelliği Açığa Çıkarmak İçin</t>
+          <t>Misafir Evinde Ölmek</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754343946</t>
+          <t>9789754346978</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bedende Kıpırdanmalar</t>
+          <t>Güven ve İlham Ver Başkalarının İçindeki Mükemmelliği Açığa Çıkarmak İçin</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754341676</t>
+          <t>9789754343946</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Öfke Dansı</t>
+          <t>Bedende Kıpırdanmalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754346985</t>
+          <t>9789754341676</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Formülasyon Sanatı</t>
+          <t>Öfke Dansı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754347005</t>
+          <t>9789754346985</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Eleştirel Düşünme</t>
+          <t>Psikoterapide Formülasyon Sanatı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754347012</t>
+          <t>9789754347005</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Umudun Kanatları</t>
+          <t>Yöneticiler İçin Eleştirel Düşünme</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754346992</t>
+          <t>9789754347012</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Optimal Üstün Performansı Her Gün Sürdürmek</t>
+          <t>Umudun Kanatları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754341966</t>
+          <t>9789754346992</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Optimal Üstün Performansı Her Gün Sürdürmek</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754346961</t>
+          <t>9789754341966</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Iska Şansı İçin Taviz</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754346954</t>
+          <t>9789754346961</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Herze ve Tedvir</t>
+          <t>Iska Şansı İçin Taviz</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754346947</t>
+          <t>9789754346954</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Kapadokya</t>
+          <t>Herze ve Tedvir</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754346930</t>
+          <t>9789754346947</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Karmaşasından Liderlik Başarısına Takip Edeceğiniz Lidere Dönüşmek Çin 30 Meydan Okuma</t>
+          <t>Kalk Gidelim Kapadokya</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754346916</t>
+          <t>9789754346930</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Casuslar İni İstanbul</t>
+          <t>Yönetim Karmaşasından Liderlik Başarısına Takip Edeceğiniz Lidere Dönüşmek Çin 30 Meydan Okuma</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754346893</t>
+          <t>9789754346916</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Sonuna Giderken Söylenecek Şarkılar</t>
+          <t>Casuslar İni İstanbul</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754346909</t>
+          <t>9789754346893</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Sevgilim</t>
+          <t>Evrenin Sonuna Giderken Söylenecek Şarkılar</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754346879</t>
+          <t>9789754346909</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Zor Konular - Uzmanlar ve Aileler İçin Bir Rehber</t>
+          <t>Çirkin Sevgilim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754346886</t>
+          <t>9789754346879</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Anlatmak İçin Yaşadım - Bir Dönem Tanıklığı</t>
+          <t>Çocuklarla Zor Konular - Uzmanlar ve Aileler İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754341874</t>
+          <t>9789754346886</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yollarında</t>
+          <t>Anlatmak İçin Yaşadım - Bir Dönem Tanıklığı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754346862</t>
+          <t>9789754341874</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Baba Bize Neden Dönme Diyorlar?</t>
+          <t>Hayat Yollarında</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754346855</t>
+          <t>9789754346862</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Irkçılığı Gördüm Tanıyorum</t>
+          <t>Baba Bize Neden Dönme Diyorlar?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754346848</t>
+          <t>9789754346855</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kuşaktan Kuşağa Kuzguncuk Yolculuğum</t>
+          <t>Irkçılığı Gördüm Tanıyorum</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754346831</t>
+          <t>9789754346848</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Rastgele Fırça Darbeleri</t>
+          <t>Kuşaktan Kuşağa Kuzguncuk Yolculuğum</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754346824</t>
+          <t>9789754346831</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Ormanına Altı Oda</t>
+          <t>Rastgele Fırça Darbeleri</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754346817</t>
+          <t>9789754346824</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hoş Koku</t>
+          <t>Çocukluk Ormanına Altı Oda</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754346626</t>
+          <t>9789754346817</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Herkes Mükemmel Bir Yöneticiyi Hak Eder</t>
+          <t>Hoş Koku</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754346800</t>
+          <t>9789754346626</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Korku Çağında Çocuk Yetiştirmek</t>
+          <t>Herkes Mükemmel Bir Yöneticiyi Hak Eder</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754346619</t>
+          <t>9789754346800</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Sait Faik</t>
+          <t>Korku Çağında Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754346596</t>
+          <t>9789754346619</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Boşanma ve Ebeveynlik</t>
+          <t>Anılarda Sait Faik</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754346602</t>
+          <t>9789754346596</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çek Kayıkçı Balat'a!</t>
+          <t>Boşanma ve Ebeveynlik</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754346589</t>
+          <t>9789754346602</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gittikçe Yakın</t>
+          <t>Çek Kayıkçı Balat'a!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754346558</t>
+          <t>9789754346589</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bilge Öl</t>
+          <t>Gittikçe Yakın</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754346572</t>
+          <t>9789754346558</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hış</t>
+          <t>Bilge Öl</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754346541</t>
+          <t>9789754346572</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Galata’da Uyandım</t>
+          <t>Hış</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754346527</t>
+          <t>9789754346541</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Neden Özür Dilemiyorsun?</t>
+          <t>Bir Sabah Galata’da Uyandım</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754346503</t>
+          <t>9789754346527</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Albay Chabert - İnsanlık Komedyası</t>
+          <t>Neden Özür Dilemiyorsun?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754346497</t>
+          <t>9789754346503</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Carmen</t>
+          <t>Albay Chabert - İnsanlık Komedyası</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754346480</t>
+          <t>9789754346497</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Rüya Zamanı</t>
+          <t>Carmen</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754346466</t>
+          <t>9789754346480</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Postu</t>
+          <t>Rüya Zamanı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754346442</t>
+          <t>9789754346466</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Prokrustes'in Yatağı</t>
+          <t>Kurdun Postu</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754346473</t>
+          <t>9789754346442</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Döndüğümde Yoktum</t>
+          <t>Prokrustes'in Yatağı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754346459</t>
+          <t>9789754346473</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aldatıcı Rastlantısallık</t>
+          <t>Döndüğümde Yoktum</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754346404</t>
+          <t>9789754346459</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Firari Kocalar</t>
+          <t>Aldatıcı Rastlantısallık</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754346398</t>
+          <t>9789754346404</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Çanakkale</t>
+          <t>Firari Kocalar</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754346381</t>
+          <t>9789754346398</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kent Kitabı</t>
+          <t>Kalk Gidelim Çanakkale</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754346374</t>
+          <t>9789754346381</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Keşke Zamanım Olsaydı</t>
+          <t>Kent Kitabı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754346312</t>
+          <t>9789754346374</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Tokat</t>
+          <t>Keşke Zamanım Olsaydı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754346282</t>
+          <t>9789754346312</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dost Mektuplar</t>
+          <t>Kalk Gidelim Tokat</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754346275</t>
+          <t>9789754346282</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Taşın Altındaki El</t>
+          <t>Dost Mektuplar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754346305</t>
+          <t>9789754346275</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Önce Dağlar Kar Tutacak</t>
+          <t>Taşın Altındaki El</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754346299</t>
+          <t>9789754346305</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Olmasını İstediğimiz Bir Park</t>
+          <t>Önce Dağlar Kar Tutacak</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754346251</t>
+          <t>9789754346299</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaratıcının Çektikleri - Sönmüş Hayaller 3</t>
+          <t>Olmasını İstediğimiz Bir Park</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754346169</t>
+          <t>9789754346251</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Bir Yaratıcının Çektikleri - Sönmüş Hayaller 3</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754346152</t>
+          <t>9789754346169</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uygulamanın 4 Disiplini</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754346114</t>
+          <t>9789754346152</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Edirne</t>
+          <t>Uygulamanın 4 Disiplini</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754346145</t>
+          <t>9789754346114</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hiçlikte İhtimal Var</t>
+          <t>Kalk Gidelim Edirne</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754346138</t>
+          <t>9789754346145</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Size Yardım Edebilirim</t>
+          <t>Hiçlikte İhtimal Var</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754346107</t>
+          <t>9789754346138</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Taşralı Bir Büyük Adam Paris’te</t>
+          <t>Size Yardım Edebilirim</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754346060</t>
+          <t>9789754346107</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İki Şair - Sönmüş Hayaller 1</t>
+          <t>Taşralı Bir Büyük Adam Paris’te</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754346046</t>
+          <t>9789754346060</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gülde Kerem Yangını</t>
+          <t>İki Şair - Sönmüş Hayaller 1</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754346053</t>
+          <t>9789754346046</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Gülde Kerem Yangını</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754345537</t>
+          <t>9789754346053</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sunumda Avantaj</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754345490</t>
+          <t>9789754345537</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Neye Vinyet Neye Kısmet</t>
+          <t>Sunumda Avantaj</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754345506</t>
+          <t>9789754345490</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Ahlat</t>
+          <t>Neye Vinyet Neye Kısmet</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754345452</t>
+          <t>9789754345506</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hayatında Vereceğin En Önemli 6 Karar</t>
+          <t>Kalk Gidelim Ahlat</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754345445</t>
+          <t>9789754345452</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Antikırılganlık</t>
+          <t>Hayatında Vereceğin En Önemli 6 Karar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754345377</t>
+          <t>9789754345445</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Verimlilik İçin 5 Seçim</t>
+          <t>Antikırılganlık</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754345360</t>
+          <t>9789754345377</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Nabi Nayır Gençlik Ödülleri Antolojisi (1991-2015)</t>
+          <t>Olağanüstü Verimlilik İçin 5 Seçim</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754345353</t>
+          <t>9789754345360</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik Açıdan Enver Ercan ve Şiiri</t>
+          <t>Yaşar Nabi Nayır Gençlik Ödülleri Antolojisi (1991-2015)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754345346</t>
+          <t>9789754345353</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaplumbağanın Bir Sincabın Boynunu Isırması</t>
+          <t>Psikodinamik Açıdan Enver Ercan ve Şiiri</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754345315</t>
+          <t>9789754345346</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Yavaş Düşünme</t>
+          <t>Bir Kaplumbağanın Bir Sincabın Boynunu Isırması</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754345124</t>
+          <t>9789754345315</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Odak</t>
+          <t>Hızlı ve Yavaş Düşünme</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754345070</t>
+          <t>9789754345124</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Anonimleşen Edebiyat</t>
+          <t>Odak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754345100</t>
+          <t>9789754345070</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sürçüyor Zaman</t>
+          <t>Anonimleşen Edebiyat</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754344288</t>
+          <t>9789754345100</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Beyninin Sırları</t>
+          <t>Sürçüyor Zaman</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754345063</t>
+          <t>9789754344288</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Lady Lazarus</t>
+          <t>Yetişkin Beyninin Sırları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754345025</t>
+          <t>9789754345063</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Rize</t>
+          <t>Lady Lazarus</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754345018</t>
+          <t>9789754345025</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kehanetin Gölgeleri</t>
+          <t>Kalk Gidelim Rize</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754345049</t>
+          <t>9789754345018</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aşk Nasıl Sürdürülür? - Aşk Laboratuarından Sırlar</t>
+          <t>Kehanetin Gölgeleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754344462</t>
+          <t>9789754345049</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Dudaklarısın Sen</t>
+          <t>Aşk Nasıl Sürdürülür? - Aşk Laboratuarından Sırlar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754344455</t>
+          <t>9789754344462</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Geçtiği Her Şeyi Öpüyor Zaman</t>
+          <t>Türkçenin Dudaklarısın Sen</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754342383</t>
+          <t>9789754344455</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Evliliği Sürdürmenin 7 İlkesi</t>
+          <t>Geçtiği Her Şeyi Öpüyor Zaman</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754340624</t>
+          <t>9789754342383</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ev Sahibesi</t>
+          <t>Evliliği Sürdürmenin 7 İlkesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754340457</t>
+          <t>9789754340624</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754343564</t>
+          <t>9789754340457</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Varlık 75. Yıl Seçkisi</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754344141</t>
+          <t>9789754343564</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kuğu</t>
+          <t>Varlık 75. Yıl Seçkisi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754344189</t>
+          <t>9789754344141</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Romanda ve Öyküde Gerçeklik Arayışları</t>
+          <t>Siyah Kuğu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754342499</t>
+          <t>9789754344189</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin Sessizliği</t>
+          <t>Romanda ve Öyküde Gerçeklik Arayışları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754341546</t>
+          <t>9789754342499</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Koca</t>
+          <t>Erkeklerin Sessizliği</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754343441</t>
+          <t>9789754341546</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dünya Laboratuarı</t>
+          <t>Ebedi Koca</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754342994</t>
+          <t>9789754343441</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Dünya Laboratuarı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754340044</t>
+          <t>9789754342994</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754342611</t>
+          <t>9789754340044</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Dinler Tarihi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754343670</t>
+          <t>9789754342611</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Cins Cins Mekan</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754344226</t>
+          <t>9789754343670</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Baba ile Kız</t>
+          <t>Cins Cins Mekan</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754346510</t>
+          <t>9789754344226</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aziyade</t>
+          <t>Baba ile Kız</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754344363</t>
+          <t>9789754346510</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Terör</t>
+          <t>Aziyade</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754342451</t>
+          <t>9789754344363</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Arthur Rimbaud Bütün Şiirleri</t>
+          <t>Aşkta Terör</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754341270</t>
+          <t>9789754342451</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Arthur Rimbaud Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754341218</t>
+          <t>9789754341270</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tanzimattan Günümüze Türk Öykü Antolojisi</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754342567</t>
+          <t>9789754341218</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şiryan’ın Orkideler Kitabı</t>
+          <t>Tanzimattan Günümüze Türk Öykü Antolojisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754344233</t>
+          <t>9789754342567</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şiirler - Annabel Lee</t>
+          <t>Şiryan’ın Orkideler Kitabı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754341416</t>
+          <t>9789754344233</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Angel Dayı</t>
+          <t>Şiirler - Annabel Lee</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754340617</t>
+          <t>9789754341416</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Netoçka Nezvanova</t>
+          <t>Angel Dayı</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754342741</t>
+          <t>9789754340617</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mayada Saddam Hüseyin Döneminde Bir Kadının Yaşam Mücadelesi</t>
+          <t>Netoçka Nezvanova</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754340969</t>
+          <t>9789754342741</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Mayada Saddam Hüseyin Döneminde Bir Kadının Yaşam Mücadelesi</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754344370</t>
+          <t>9789754340969</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kröyçer Sonat</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754340766</t>
+          <t>9789754344370</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kodin</t>
+          <t>Kröyçer Sonat</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754343434</t>
+          <t>9789754340766</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Klasik Akım</t>
+          <t>Kodin</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754343274</t>
+          <t>9789754343434</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Ağı</t>
+          <t>Klasik Akım</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754342246</t>
+          <t>9789754343274</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İşbaşında Duygusal Zeka</t>
+          <t>Kaderin Ağı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754344318</t>
+          <t>9789754342246</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Güven Her Şeyi Değiştiren Tek Şey</t>
+          <t>İşbaşında Duygusal Zeka</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754346534</t>
+          <t>9789754344318</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Etkili İnsanların 7 Alışkanlığı</t>
+          <t>Güven Her Şeyi Değiştiren Tek Şey</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754345407</t>
+          <t>9789754346534</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şiddeti Yenmek, Eğitimle Gelişmek</t>
+          <t>Etkili İnsanların 7 Alışkanlığı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754345414</t>
+          <t>9789754345407</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>İntihar Şairleri</t>
+          <t>Şiddeti Yenmek, Eğitimle Gelişmek</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754345438</t>
+          <t>9789754345414</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Feklavye</t>
+          <t>İntihar Şairleri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754345391</t>
+          <t>9789754345438</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İlk Kar</t>
+          <t>Feklavye</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754345421</t>
+          <t>9789754345391</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Temsil İdeoloji Kimlik</t>
+          <t>İlk Kar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754344400</t>
+          <t>9789754345421</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hürmeten</t>
+          <t>Temsil İdeoloji Kimlik</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754344387</t>
+          <t>9789754344400</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Hürmeten</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754340334</t>
+          <t>9789754344387</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Perlmutter Ailesi</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754342444</t>
+          <t>9789754340334</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Paris Sıkıntısı Küçük Düzyazı Şiirler</t>
+          <t>Perlmutter Ailesi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754342970</t>
+          <t>9789754342444</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazma Teknikleri</t>
+          <t>Paris Sıkıntısı Küçük Düzyazı Şiirler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754341355</t>
+          <t>9789754342970</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Öykü Yazma Teknikleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754341959</t>
+          <t>9789754341355</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Önemli İşlere Öncelik</t>
+          <t>Öteki</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754343687</t>
+          <t>9789754341959</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Müzik Tarihi</t>
+          <t>Önemli İşlere Öncelik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754344097</t>
+          <t>9789754343687</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mitologya</t>
+          <t>Müzik Tarihi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754341393</t>
+          <t>9789754344097</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Minka Abla</t>
+          <t>Mitologya</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754343809</t>
+          <t>9789754341393</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güzeldir</t>
+          <t>Minka Abla</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754342130</t>
+          <t>9789754343809</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Çiçekleri</t>
+          <t>Küçük Güzeldir</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754343717</t>
+          <t>9789754342130</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Bilgeliği</t>
+          <t>Kötülük Çiçekleri</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754340556</t>
+          <t>9789754343717</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kira Kiralina</t>
+          <t>Kitlelerin Bilgeliği</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754341751</t>
+          <t>9789754340556</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kandırma Dansı</t>
+          <t>Kira Kiralina</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754344202</t>
+          <t>9789754341751</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmada Kadın Emeği</t>
+          <t>Kandırma Dansı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754345513</t>
+          <t>9789754344202</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim - Mardin</t>
+          <t>Kalkınmada Kadın Emeği</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754345520</t>
+          <t>9789754345513</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim - Sinop</t>
+          <t>Kalk Gidelim - Mardin</t>
         </is>
       </c>
       <c r="C145" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754340389</t>
+          <t>9789754345520</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Balıkçısı</t>
+          <t>Kalk Gidelim - Sinop</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754344103</t>
+          <t>9789754340389</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İlke - Merkezli Liderlik</t>
+          <t>İzlanda Balıkçısı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754340327</t>
+          <t>9789754344103</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>İlke - Merkezli Liderlik</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754343410</t>
+          <t>9789754340327</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Edebiyat</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754342802</t>
+          <t>9789754343410</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Coğrafyası</t>
+          <t>İletişim ve Edebiyat</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754343502</t>
+          <t>9789754342802</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Halleri</t>
+          <t>Düşüncenin Coğrafyası</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754340570</t>
+          <t>9789754343502</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Yufka Yürekli</t>
+          <t>Cinsiyet Halleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754345117</t>
+          <t>9789754340570</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bir Sirk Geçiyor</t>
+          <t>Bir Yufka Yürekli</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754340549</t>
+          <t>9789754345117</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler Başkasının Karısı</t>
+          <t>Bir Sirk Geçiyor</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754341287</t>
+          <t>9789754340549</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Baragan’ın Dikenleri</t>
+          <t>Beyaz Geceler Başkasının Karısı</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754343496</t>
+          <t>9789754341287</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Türk Çocuk Şiiri</t>
+          <t>Baragan’ın Dikenleri</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754343526</t>
+          <t>9789754343496</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Antikanser</t>
+          <t>Balkanlar’da Türk Çocuk Şiiri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754343724</t>
+          <t>9789754343526</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Antikanser</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754344073</t>
+          <t>9789754343724</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754340273</t>
+          <t>9789754344073</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt Böyle Diyordu</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754342017</t>
+          <t>9789754340273</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yüksek EQ’lu Bir Çocuk Yetiştirmek</t>
+          <t>Zerdüşt Böyle Diyordu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754342406</t>
+          <t>9789754342017</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yeni Liderler</t>
+          <t>Yüksek EQ’lu Bir Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754340983</t>
+          <t>9789754342406</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ye Yemeğini... Kes Sesini!</t>
+          <t>Yeni Liderler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754343656</t>
+          <t>9789754340983</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Vampirizm</t>
+          <t>Ye Yemeğini... Kes Sesini!</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754344301</t>
+          <t>9789754343656</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzluk Sanatı</t>
+          <t>Vampirizm</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754341409</t>
+          <t>9789754344301</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Uşak</t>
+          <t>Uyumsuzluk Sanatı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754343649</t>
+          <t>9789754341409</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İktidarı Yeniden Düşünmek</t>
+          <t>Uşak</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754340396</t>
+          <t>9789754343649</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>Türkiye’de İktidarı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754344011</t>
+          <t>9789754340396</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Üçlü Aşk</t>
+          <t>Therese Raquin</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754343205</t>
+          <t>9789754344011</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mallarme - Şiirler</t>
+          <t>Tarih Boyunca Üçlü Aşk</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754342666</t>
+          <t>9789754343205</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Şiir Sanatı</t>
+          <t>Mallarme - Şiirler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754341881</t>
+          <t>9789754342666</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Sünger Avcısı</t>
+          <t>Şiir Sanatı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754343304</t>
+          <t>9789754341881</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zeka</t>
+          <t>Sünger Avcısı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754340280</t>
+          <t>9789754343304</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Sosyal Zeka</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
+          <t>9789754340280</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
           <t>9789754343571</t>
         </is>
       </c>
-      <c r="B175" s="1" t="inlineStr">
+      <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Selections From Varlık</t>
         </is>
       </c>
-      <c r="C175" s="1">
+      <c r="C176" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>