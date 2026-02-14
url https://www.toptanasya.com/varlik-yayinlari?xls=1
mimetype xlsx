--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,2665 +85,5905 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754347173</t>
+          <t>9789754342161</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirlerinin Unutulmaz Yönetmeni</t>
+          <t>Üçüncü Kadın</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754347159</t>
+          <t>9789754342529</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Varlık'ta Orhan Veli - Yazıları, Şiirleri, Çevirileri</t>
+          <t>Zuhal Şiirleri, Çapkın Törenler, Tatlı Şarkılar, Sözsüz Romanlar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754344660</t>
+          <t>9789754342789</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bağlantı Dansı</t>
+          <t>Yolağrısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754345384</t>
+          <t>9789754343281</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Korku Dansı</t>
+          <t>Yeniyetme Ergen Beyniyle İlgili Yeni Keşiflerin Işığında</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754340259</t>
+          <t>9789754343298</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kızı</t>
+          <t>Yeni Göçmen Kuşlar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754346923</t>
+          <t>9789754342680</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Anne Dansı - Çocuklar Hayatınızı Nasıl Değiştirir</t>
+          <t>Yazarın Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>370</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754347142</t>
+          <t>3990000008919</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kişisel ve Profesyonel Yaşamda Hazır Mısın Daha Fazlasına?</t>
+          <t>Yaşar Nabi’ye Saygı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754347135</t>
+          <t>9789754341232</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Toksik Bir Eski Eş İle Ortak Ebeveynlik</t>
+          <t>Yasaklı Kadın</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754347029</t>
+          <t>9789754343823</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mezarlıkların Kuşattığı Arzular</t>
+          <t>Ve Paralar Geldiği Gibi Gitti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754347036</t>
+          <t>9789754342482</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Misafir Evinde Ölmek</t>
+          <t>Varlık’ta İlk İmzalar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754346978</t>
+          <t>9789754342475</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Güven ve İlham Ver Başkalarının İçindeki Mükemmelliği Açığa Çıkarmak İçin</t>
+          <t>Varlık Şiirleri Antolojisi 1933 - 2008</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754343946</t>
+          <t>9789754341522</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bedende Kıpırdanmalar</t>
+          <t>Uykusuzluk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>90</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754341676</t>
+          <t>9789754341454</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Öfke Dansı</t>
+          <t>Teslim Ol Küçük</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754346985</t>
+          <t>9789754344134</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Formülasyon Sanatı</t>
+          <t>Tekvin ve Hiçlik Kitabı ya da Ah</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754347005</t>
+          <t>9789754343540</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Eleştirel Düşünme</t>
+          <t>Şimdi Terk Edin Çadırımı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754347012</t>
+          <t>9789754343748</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Umudun Kanatları</t>
+          <t>Şavi’nin İğfali</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754346992</t>
+          <t>9789754341225</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Optimal Üstün Performansı Her Gün Sürdürmek</t>
+          <t>Sultana</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754341966</t>
+          <t>9789754344295</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Sosyal Ağların Şaşırtıcı Gücü ve Hayatımızı Biçimlendiren Etkisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754346961</t>
+          <t>9789754342055</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Iska Şansı İçin Taviz</t>
+          <t>Son Üç Dakika Evrenin Nihai Kaderi Hakkında Tahminler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754346954</t>
+          <t>9789754343762</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Herze ve Tedvir</t>
+          <t>Sinemekan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754346947</t>
+          <t>9789754342314</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Kapadokya</t>
+          <t>Siftah</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754346930</t>
+          <t>9789754343854</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Karmaşasından Liderlik Başarısına Takip Edeceğiniz Lidere Dönüşmek Çin 30 Meydan Okuma</t>
+          <t>Sıra Dışı Yaşam Becerileri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754346916</t>
+          <t>9789754343182</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Casuslar İni İstanbul</t>
+          <t>Sembolizm</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789754346893</t>
+          <t>9789754341942</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Sonuna Giderken Söylenecek Şarkılar</t>
+          <t>Seks Neden Keyiflidir?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754346909</t>
+          <t>9789754340693</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Sevgilim</t>
+          <t>Sapık Sevgi (Corydon)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754346879</t>
+          <t>9789754343151</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Zor Konular - Uzmanlar ve Aileler İçin Bir Rehber</t>
+          <t>Sanat Tarihi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754346886</t>
+          <t>9789754343557</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Anlatmak İçin Yaşadım - Bir Dönem Tanıklığı</t>
+          <t>Rüyalarının Kızı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754341874</t>
+          <t>9789754343168</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yollarında</t>
+          <t>Romantizm</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754346862</t>
+          <t>9789754343625</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Baba Bize Neden Dönme Diyorlar?</t>
+          <t>Parasal Zeka</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754346855</t>
+          <t>9789754340808</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Irkçılığı Gördüm Tanıyorum</t>
+          <t>Özdeyişler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789754346848</t>
+          <t>9789754342208</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kuşaktan Kuşağa Kuzguncuk Yolculuğum</t>
+          <t>Öykücünün Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789754346831</t>
+          <t>9789754344110</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Rastgele Fırça Darbeleri</t>
+          <t>Öngörülemeyen Zamanlarda Öngörülebilir Sonuçlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789754346824</t>
+          <t>9789754344219</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Ormanına Altı Oda</t>
+          <t>Ölümsüzlük Otu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789754346817</t>
+          <t>9789754340723</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hoş Koku</t>
+          <t>Onarırken Kendini</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789754346626</t>
+          <t>9789754343427</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Herkes Mükemmel Bir Yöneticiyi Hak Eder</t>
+          <t>Olağanüstü Hal</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789754346800</t>
+          <t>9789754342598</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Korku Çağında Çocuk Yetiştirmek</t>
+          <t>Nesi Var Bu Çocuğun?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789754346619</t>
+          <t>9789754341775</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Sait Faik</t>
+          <t>Ne Ki Hiç Haikular</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789754346596</t>
+          <t>9789754343397</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Boşanma ve Ebeveynlik</t>
+          <t>Naldöken</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789754346602</t>
+          <t>9789754341317</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çek Kayıkçı Balat'a!</t>
+          <t>Mevlana’dan Masallar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789754346589</t>
+          <t>9789754340518</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gittikçe Yakın</t>
+          <t>Masonluk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789754346558</t>
+          <t>9789754342833</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bilge Öl</t>
+          <t>Küçük Aylaklık Şatoları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>450</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789754346572</t>
+          <t>9789754342079</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hış</t>
+          <t>Kutsal Fahişeler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754346541</t>
+          <t>9789754342765</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Galata’da Uyandım</t>
+          <t>Kum Saati</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789754346527</t>
+          <t>9789754343328</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Neden Özür Dilemiyorsun?</t>
+          <t>Korku ile Nefret Arasında</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789754346503</t>
+          <t>9789754342093</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Albay Chabert - İnsanlık Komedyası</t>
+          <t>Korksan da Vazgeçme</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789754346497</t>
+          <t>9789754344257</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Carmen</t>
+          <t>Klasik Gizemli Öyküler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789754346480</t>
+          <t>9789754342215</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Rüya Zamanı</t>
+          <t>Kimyasal Elementlerin Dünyası</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754346466</t>
+          <t>9789754340600</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kurdun Postu</t>
+          <t>Kızım Olmadan Asla!</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789754346442</t>
+          <t>9789754341621</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Prokrustes'in Yatağı</t>
+          <t>Kılıçtan Keskin Dudaklar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789754346473</t>
+          <t>9789754341072</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Döndüğümde Yoktum</t>
+          <t>Kahramanlar Şiirler (1927-1935)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789754346459</t>
+          <t>9789754341782</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aldatıcı Rastlantısallık</t>
+          <t>Meğer Söz Gümüş</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789754346404</t>
+          <t>9789754343342</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Firari Kocalar</t>
+          <t>İyiliğin ve Kötülüğün Bilimi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789754346398</t>
+          <t>9789754342758</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Çanakkale</t>
+          <t>İşgüdü</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789754346381</t>
+          <t>9789754340303</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kent Kitabı</t>
+          <t>İş İşten Geçti</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789754346374</t>
+          <t>9789754344080</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Keşke Zamanım Olsaydı</t>
+          <t>İş Adamı Fabrikası Hasan Balcı (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>170</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789754346312</t>
+          <t>9789754342086</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Tokat</t>
+          <t>Her Harf Bir Melek</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754346282</t>
+          <t>9789754341690</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dost Mektuplar</t>
+          <t>Haydutlar Kraliçesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789754346275</t>
+          <t>9789754342512</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Taşın Altındaki El</t>
+          <t>Hayata Asılmak Tehlikeli ve Yasaktır</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>375</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754346305</t>
+          <t>9789754344127</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Önce Dağlar Kar Tutacak</t>
+          <t>Harika İş Harika Kariyer</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>140</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789754346299</t>
+          <t>9789754341935</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Olmasını İstediğimiz Bir Park</t>
+          <t>İnsanın Kökeni</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>140</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789754346251</t>
+          <t>9789754341737</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaratıcının Çektikleri - Sönmüş Hayaller 3</t>
+          <t>Mevlana Hayatı, Sanatı, Yapıtlarından Seçmeler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>170</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789754346169</t>
+          <t>9789754345056</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Kalem Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754346152</t>
+          <t>9789754343847</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Uygulamanın 4 Disiplini</t>
+          <t>Güneşi Hüzünlüdür Kutup Denizlerinin</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754346114</t>
+          <t>9789754341904</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Edirne</t>
+          <t>Güç Çocuğun Eğitimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754346145</t>
+          <t>9789754343250</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hiçlikte İhtimal Var</t>
+          <t>Gerçekçilik</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>28</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754346138</t>
+          <t>9789754341157</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Size Yardım Edebilirim</t>
+          <t>Geç Başlayan Yargılama</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754346107</t>
+          <t>9789754343311</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Taşralı Bir Büyük Adam Paris’te</t>
+          <t>Federico Garcia Lorca Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754346060</t>
+          <t>9789754342024</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İki Şair - Sönmüş Hayaller 1</t>
+          <t>Ergen Çocuğunuzla Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>170</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754346046</t>
+          <t>9789754342901</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Gülde Kerem Yangını</t>
+          <t>Erdişi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754346053</t>
+          <t>9789754340211</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Edebiyatımızda Eserler Sözlüğü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789754345537</t>
+          <t>9789754343694</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sunumda Avantaj</t>
+          <t>Düşe Kalka</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789754345490</t>
+          <t>9789754342468</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Neye Vinyet Neye Kısmet</t>
+          <t>Dünyayı Değiştiren Kadınlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789754345506</t>
+          <t>9789754343731</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Ahlat</t>
+          <t>Dünya Edebiyatı Deyince...</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>120</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789754345452</t>
+          <t>9789754343755</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hayatında Vereceğin En Önemli 6 Karar</t>
+          <t>Dünya Edebiyat Cumhuriyeti</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>170</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754345445</t>
+          <t>9789754342390</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Antikırılganlık</t>
+          <t>Diyaloğun Tılsımı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>450</v>
+        <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789754345377</t>
+          <t>9789754840735</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Verimlilik İçin 5 Seçim</t>
+          <t>Dildeki Bilgisayar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789754345360</t>
+          <t>9789754342000</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Nabi Nayır Gençlik Ödülleri Antolojisi (1991-2015)</t>
+          <t>Descartes’ın Yanılgısı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789754345353</t>
+          <t>9789754344271</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik Açıdan Enver Ercan ve Şiiri</t>
+          <t>Değişimin Liderleri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789754345346</t>
+          <t>9789754341034</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Kaplumbağanın Bir Sincabın Boynunu Isırması</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754345315</t>
+          <t>9789754342505</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hızlı ve Yavaş Düşünme</t>
+          <t>Çocuk Olmak Daha Zor</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754345124</t>
+          <t>9789754344158</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Odak</t>
+          <t>Çocuğa İnanmanın Sonu Yok</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>380</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754345070</t>
+          <t>9789754342369</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Anonimleşen Edebiyat</t>
+          <t>Cımbızın Çektikleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754345100</t>
+          <t>9789754342147</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sürçüyor Zaman</t>
+          <t>Bir Şeyin Varoluşu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754344288</t>
+          <t>9789754343113</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yetişkin Beyninin Sırları</t>
+          <t>Bir Safın Öyküsü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754345063</t>
+          <t>9789754342864</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Lady Lazarus</t>
+          <t>Bir Daha Bana Benzeme Angel!</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754345025</t>
+          <t>9789754341638</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim Rize</t>
+          <t>Bilgi Ağacı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754345018</t>
+          <t>9789754342918</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kehanetin Gölgeleri</t>
+          <t>En Üst Düzey Performans İçin 21 Günde Beyin Eğitimi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754345049</t>
+          <t>9789754344332</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aşk Nasıl Sürdürülür? - Aşk Laboratuarından Sırlar</t>
+          <t>Beni Hiç Anlamıyorsun!</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754344462</t>
+          <t>9789754340860</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Dudaklarısın Sen</t>
+          <t>Bedenin Tuzu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754344455</t>
+          <t>9789754342543</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Geçtiği Her Şeyi Öpüyor Zaman</t>
+          <t>Başlangıçtan Bugüne Beyit-Mısra Antolojisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754342383</t>
+          <t>9789754341898</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Evliliği Sürdürmenin 7 İlkesi</t>
+          <t>Başkaldırının Sesi Alan Clements’la Söyleşiler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754340624</t>
+          <t>9789754344004</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ev Sahibesi</t>
+          <t>Başkaları Da Var</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754340457</t>
+          <t>9789754343380</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Başka Dünyalar Mümkün</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754343564</t>
+          <t>9789754344356</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Varlık 75. Yıl Seçkisi</t>
+          <t>Balkan Efsaneleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>220</v>
+        <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754344141</t>
+          <t>9789754340372</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kuğu</t>
+          <t>Bahar Seli</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754344189</t>
+          <t>9789754342253</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Romanda ve Öyküde Gerçeklik Arayışları</t>
+          <t>Az Çabayla Çok Başarı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754342499</t>
+          <t>9789754342734</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerin Sessizliği</t>
+          <t>Aynı Düşün İçinde</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754341546</t>
+          <t>9789754341799</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Koca</t>
+          <t>Atatürk Diyor ki Atatürk’ün Direktifleri Düşünceleri ve Kısaca Hayatı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754343441</t>
+          <t>9789754342413</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dünya Laboratuarı</t>
+          <t>Ardından...</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789754342994</t>
+          <t>9789754341577</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Annemi Bir Daha Görebilsem!..</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754340044</t>
+          <t>9789754342048</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihi</t>
+          <t>Akşam Şiirleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789754342611</t>
+          <t>9789754342062</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Aklın Türleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>140</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754343670</t>
+          <t>9786056254901</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Cins Cins Mekan</t>
+          <t>5-6 Yaşından Üniversiteye Hazırlık Alıştırmaları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754344226</t>
+          <t>9789754341812</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Baba ile Kız</t>
+          <t>40 Şiir ve 1</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754346510</t>
+          <t>9789754344349</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Aziyade</t>
+          <t>3’üncü Alternatif</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754344363</t>
+          <t>9789754341324</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Terör</t>
+          <t>20. Yüzyıldan Çocuklara Şiirler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754342451</t>
+          <t>9789754341867</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Arthur Rimbaud Bütün Şiirleri</t>
+          <t>Alkoller</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754341270</t>
+          <t>9789754340914</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Alaturka Şiirler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754341218</t>
+          <t>9789754345476</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tanzimattan Günümüze Türk Öykü Antolojisi</t>
+          <t>Gül Rengini</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754342567</t>
+          <t>9789754345483</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şiryan’ın Orkideler Kitabı</t>
+          <t>Çerçialan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754344233</t>
+          <t>9789754345469</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şiirler - Annabel Lee</t>
+          <t>İşyerinde 5 Takdir Dili</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754341416</t>
+          <t>9789754346121</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Angel Dayı</t>
+          <t>Gölgeler Çürürken</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754340617</t>
+          <t>9789754345087</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Netoçka Nezvanova</t>
+          <t>Kırkyama</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754342741</t>
+          <t>9789754345094</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mayada Saddam Hüseyin Döneminde Bir Kadının Yaşam Mücadelesi</t>
+          <t>Taşların Sesi Kesildi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754340969</t>
+          <t>9789754345278</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>İyilik Gücü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754344370</t>
+          <t>9789754343038</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kröyçer Sonat</t>
+          <t>Duygusal Zeka Kitapları -(4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754340766</t>
+          <t>9789754345032</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kodin</t>
+          <t>Atların Uykusu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754343434</t>
+          <t>9789754344417</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Klasik Akım</t>
+          <t>Sarkaç</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754343274</t>
+          <t>9789754344424</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Ağı</t>
+          <t>Yaşamama Yardım Edin</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754342246</t>
+          <t>9789754345322</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İşbaşında Duygusal Zeka</t>
+          <t>Dış Kapının Mandalı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754344318</t>
+          <t>9789754345339</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Güven Her Şeyi Değiştiren Tek Şey</t>
+          <t>Tuz Açlığı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789754346534</t>
+          <t>9789754342031</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Etkili İnsanların 7 Alışkanlığı</t>
+          <t>Cennetten Akan Irmak</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754345407</t>
+          <t>9789754341850</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Şiddeti Yenmek, Eğitimle Gelişmek</t>
+          <t>Büyük Mastürbatör</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>170</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754345414</t>
+          <t>9789754342987</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İntihar Şairleri</t>
+          <t>Büyü, Gizem ve Bilim Batı Uygarlığında Okült</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754345438</t>
+          <t>9789754340358</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Feklavye</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>37</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754345391</t>
+          <t>9789754800650</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İlk Kar</t>
+          <t>Bizanslı Aşıklar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754345421</t>
+          <t>9789754342123</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Temsil İdeoloji Kimlik</t>
+          <t>Başka Dillerin Şarkısı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>170</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754344400</t>
+          <t>9789754342291</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hürmeten</t>
+          <t>Başarı Bir Oyunsa, İşte Kuralları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>140</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754344387</t>
+          <t>9789754343489</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Balkanlar’da Türk Çocuk Hikayeleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>140</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754340334</t>
+          <t>9789754343106</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Perlmutter Ailesi</t>
+          <t>Ah!</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754342444</t>
+          <t>9789754344028</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Paris Sıkıntısı Küçük Düzyazı Şiirler</t>
+          <t>80/20 İlkesi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754342970</t>
+          <t>9789754340440</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Öykü Yazma Teknikleri</t>
+          <t>Konstantinos Kavafis - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>240</v>
+        <v>34</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789754341355</t>
+          <t>9789754342536</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Öteki</t>
+          <t>Suyu Bulandıran Şey</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789754341959</t>
+          <t>9789754341430</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Önemli İşlere Öncelik</t>
+          <t>Sultana’nın Kızları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789754343687</t>
+          <t>9789754341553</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Müzik Tarihi</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754344097</t>
+          <t>9789754343229</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mitologya</t>
+          <t>Yönetimin Geleceği</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>260</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754341393</t>
+          <t>9789754343175</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Minka Abla</t>
+          <t>Yeme İçme Fıkraları ve Çilingir Sofrasında Dem Muhabbetleri 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754343809</t>
+          <t>9789754343090</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Küçük Güzeldir</t>
+          <t>Yeme - İçme Fıkraları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>16</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754342130</t>
+          <t>9789754341201</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Çiçekleri</t>
+          <t>Yazın Sesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754343717</t>
+          <t>9789754343366</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kitlelerin Bilgeliği</t>
+          <t>Yağmuru Bekleme Odası</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754340556</t>
+          <t>9789754342437</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kira Kiralina</t>
+          <t>Ya Sen, Yalnız mı Yaşıyorsun?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754341751</t>
+          <t>9789754343991</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kandırma Dansı</t>
+          <t>Wilma’nın Sandığı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754344202</t>
+          <t>9789754344165</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kalkınmada Kadın Emeği</t>
+          <t>Van Gölü Ekspresi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754345513</t>
+          <t>9789754342604</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim - Mardin</t>
+          <t>Tanrıların Arabaları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754345520</t>
+          <t>9789754342260</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kalk Gidelim - Sinop</t>
+          <t>Yannis Ritsos - Şiirler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>140</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754340389</t>
+          <t>9789754343984</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Balıkçısı</t>
+          <t>Uzak Su</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754344103</t>
+          <t>9789754343953</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İlke - Merkezli Liderlik</t>
+          <t>Radikal Kötülük</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754340327</t>
+          <t>9789754341423</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Politika ve Propaganda</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754343410</t>
+          <t>9789754342222</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İletişim ve Edebiyat</t>
+          <t>Ortakyaşam Gezegeni Evrime Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754342802</t>
+          <t>9789754341805</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Coğrafyası</t>
+          <t>Onurun Bedeli</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754343502</t>
+          <t>9789754344264</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Halleri</t>
+          <t>Onlar Güneşin Kızları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>170</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754340570</t>
+          <t>9789754341720</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bir Yufka Yürekli</t>
+          <t>Müzik ve Edebiyat</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754345117</t>
+          <t>9789754343960</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bir Sirk Geçiyor</t>
+          <t>Kör Yolculuklar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>16</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754340549</t>
+          <t>9789754340563</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler Başkasının Karısı</t>
+          <t>Korkulu Gece</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>140</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754341287</t>
+          <t>9789754342925</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Baragan’ın Dikenleri</t>
+          <t>Kişilerarası İlişkilerde Benlik Sunumu</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>140</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754343496</t>
+          <t>9789754342154</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Türk Çocuk Şiiri</t>
+          <t>Kirlenmiş Kağıtlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754343526</t>
+          <t>9789754340167</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Antikanser</t>
+          <t>Kendini Yaratan İnsan</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754343724</t>
+          <t>9789754342932</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Sfenks</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>140</v>
+        <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754344073</t>
+          <t>9789754343786</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Kendini Arama Kurtarma</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754340273</t>
+          <t>9789754344240</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Zerdüşt Böyle Diyordu</t>
+          <t>Kazancakis’e Mektuplar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754342017</t>
+          <t>9789754343212</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yüksek EQ’lu Bir Çocuk Yetiştirmek</t>
+          <t>Kanıt</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>240</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754342406</t>
+          <t>9789754342352</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yeni Liderler</t>
+          <t>Kafkas Şiirleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>320</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754340983</t>
+          <t>9789754342192</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ye Yemeğini... Kes Sesini!</t>
+          <t>Kadınlarda Duygusal Zeka</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754343656</t>
+          <t>9789754344066</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Vampirizm</t>
+          <t>Kadınlar Neden Seks Yapar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754344301</t>
+          <t>9789754342326</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzluk Sanatı</t>
+          <t>Seyahat Hemen</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>170</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754341409</t>
+          <t>9789754342420</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Uşak</t>
+          <t>Sevdavi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754343649</t>
+          <t>9789754342772</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İktidarı Yeniden Düşünmek</t>
+          <t>Sentetik Rüyalar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789754340396</t>
+          <t>9789754343267</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>Sensiz Üç Yağmur</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754344011</t>
+          <t>9789754343335</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Tarih Boyunca Üçlü Aşk</t>
+          <t>Mülakat Anıları Bir Başka İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754343205</t>
+          <t>9789754342239</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mallarme - Şiirler</t>
+          <t>İnsan Beyni</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789754342666</t>
+          <t>9789754343243</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Şiir Sanatı</t>
+          <t>İnanna</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754341881</t>
+          <t>9789754341829</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sünger Avcısı</t>
+          <t>İkili İlişkilerde Terörizm</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>140</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754343304</t>
+          <t>9789754343700</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zeka</t>
+          <t>Herkesin Alıp Gittiği</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754340280</t>
+          <t>9789754342109</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Sosyolojisi</t>
+          <t>Hayat Bir Oyunsa İşte Kuralları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>260</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
+          <t>9789754341041</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Bir Kervansaray İki Kapısı Var, Birinden Girdim, Birinden Çıktım</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789754343908</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Hatırladıklarımdan (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>69.44</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789754344172</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Hasta Öyküler</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789754342550</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Hasar Ayini</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789754341997</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Haiku</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789754341843</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Habis’in Serüvenleri</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789754343663</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Güvenin Hızı</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789754341911</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Gerçekçi Yönetişim Yönetici / Liderlik Modeli</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789754341836</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Geçtiği Her Şeyi Öpüyor Zaman</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789754340587</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Geçen Zaman Nefes Almak</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789754343373</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Fasulyenin Bildiği</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789754341973</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin Kökeni</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789754840742</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Evlilik Cüzdanlarını Buruşturan Öyküler</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789754340204</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Erotika</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789754343199</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Elveda Selanik</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789754340143</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyatımızda İsimler Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789754341485</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Derin Dondurucu</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789754341492</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Derebeyi Efendim</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789754343236</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Dengeli Yaşam</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9789754343977</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Deli Bal</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789754343465</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Dekadans Geceleri</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9789754341058</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Dünyamız</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9789754342659</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Hüseyin Atıf Beşe</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9789754341980</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Dar Zaman</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789754341386</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Dalgaların Sesi</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9789754341614</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Çöl Şiirleri</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9789754344059</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Çocukların İstanbul’u</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9789754341010</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Sevgisi Uğruna</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9789754340754</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>İnsancıklar</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9789754340137</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Guguklu Saat</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9789754341263</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Gölgesiz Bir Kadın</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9789754342376</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Kız</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9789754343014</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Gizdüşümler</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9789754342819</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Gerçeküstücülük</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789754342178</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Ur Lokantası</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9789754342277</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Şairin Nergisi</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789754342826</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>102 No’lu Oda</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9789754343083</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Çilingir Sofrasında Dem Muhabbetleri</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789754341515</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Çile Törenleri</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789754343533</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Sloven Öyküleri</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789754346565</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Kalır</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789754341768</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Hiç Anlamıyorsun</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789754347173</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Şiirlerinin Unutulmaz Yönetmeni</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9789754347159</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Varlık'ta Orhan Veli - Yazıları, Şiirleri, Çevirileri</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789754344660</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Bağlantı Dansı</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9789754345384</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Korku Dansı</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789754340259</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Sokak Kızı</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789754346923</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Anne Dansı - Çocuklar Hayatınızı Nasıl Değiştirir</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9789754347142</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel ve Profesyonel Yaşamda Hazır Mısın Daha Fazlasına?</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789754347135</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Toksik Bir Eski Eş İle Ortak Ebeveynlik</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9789754347029</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Mezarlıkların Kuşattığı Arzular</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9789754347036</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Misafir Evinde Ölmek</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789754346978</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Güven ve İlham Ver Başkalarının İçindeki Mükemmelliği Açığa Çıkarmak İçin</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789754343946</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Bedende Kıpırdanmalar</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789754341676</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Öfke Dansı</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9789754346985</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Psikoterapide Formülasyon Sanatı</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9789754347005</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Yöneticiler İçin Eleştirel Düşünme</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9789754347012</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Umudun Kanatları</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789754346992</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Optimal Üstün Performansı Her Gün Sürdürmek</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789754341966</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal Zeka</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789754346961</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Iska Şansı İçin Taviz</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789754346954</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Herze ve Tedvir</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789754346947</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Gidelim Kapadokya</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9789754346930</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Karmaşasından Liderlik Başarısına Takip Edeceğiniz Lidere Dönüşmek Çin 30 Meydan Okuma</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9789754346916</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Casuslar İni İstanbul</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9789754346893</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Evrenin Sonuna Giderken Söylenecek Şarkılar</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9789754346909</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Çirkin Sevgilim</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9789754346879</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarla Zor Konular - Uzmanlar ve Aileler İçin Bir Rehber</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9789754346886</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Anlatmak İçin Yaşadım - Bir Dönem Tanıklığı</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9789754341874</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Yollarında</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9789754346862</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Baba Bize Neden Dönme Diyorlar?</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9789754346855</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Irkçılığı Gördüm Tanıyorum</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9789754346848</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Kuşaktan Kuşağa Kuzguncuk Yolculuğum</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9789754346831</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Rastgele Fırça Darbeleri</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9789754346824</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk Ormanına Altı Oda</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9789754346817</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Hoş Koku</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9789754346626</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Herkes Mükemmel Bir Yöneticiyi Hak Eder</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9789754346800</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Korku Çağında Çocuk Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9789754346619</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Anılarda Sait Faik</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9789754346596</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Boşanma ve Ebeveynlik</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9789754346602</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Çek Kayıkçı Balat'a!</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9789754346589</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Gittikçe Yakın</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9789754346558</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Öl</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9789754346572</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Hış</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9789754346541</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sabah Galata’da Uyandım</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9789754346527</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>Neden Özür Dilemiyorsun?</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9789754346503</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Albay Chabert - İnsanlık Komedyası</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9789754346497</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Carmen</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9789754346480</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Rüya Zamanı</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789754346466</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Kurdun Postu</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9789754346442</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Prokrustes'in Yatağı</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9789754346473</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Döndüğümde Yoktum</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9789754346459</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Aldatıcı Rastlantısallık</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9789754346404</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Firari Kocalar</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9789754346398</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Gidelim Çanakkale</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9789754346381</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Kent Kitabı</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9789754346374</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Keşke Zamanım Olsaydı</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9789754346312</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Gidelim Tokat</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9789754346282</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Dost Mektuplar</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9789754346275</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Taşın Altındaki El</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9789754346305</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Önce Dağlar Kar Tutacak</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9789754346299</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Olmasını İstediğimiz Bir Park</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9789754346251</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yaratıcının Çektikleri - Sönmüş Hayaller 3</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9789754346169</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Şato</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="280" spans="1:3">
+      <c r="A280" s="1" t="inlineStr">
+        <is>
+          <t>9789754346152</t>
+        </is>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamanın 4 Disiplini</t>
+        </is>
+      </c>
+      <c r="C280" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="281" spans="1:3">
+      <c r="A281" s="1" t="inlineStr">
+        <is>
+          <t>9789754346114</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Gidelim Edirne</t>
+        </is>
+      </c>
+      <c r="C281" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="282" spans="1:3">
+      <c r="A282" s="1" t="inlineStr">
+        <is>
+          <t>9789754346145</t>
+        </is>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Hiçlikte İhtimal Var</t>
+        </is>
+      </c>
+      <c r="C282" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="283" spans="1:3">
+      <c r="A283" s="1" t="inlineStr">
+        <is>
+          <t>9789754346138</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Size Yardım Edebilirim</t>
+        </is>
+      </c>
+      <c r="C283" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="284" spans="1:3">
+      <c r="A284" s="1" t="inlineStr">
+        <is>
+          <t>9789754346107</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Taşralı Bir Büyük Adam Paris’te</t>
+        </is>
+      </c>
+      <c r="C284" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="285" spans="1:3">
+      <c r="A285" s="1" t="inlineStr">
+        <is>
+          <t>9789754346060</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>İki Şair - Sönmüş Hayaller 1</t>
+        </is>
+      </c>
+      <c r="C285" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="286" spans="1:3">
+      <c r="A286" s="1" t="inlineStr">
+        <is>
+          <t>9789754346046</t>
+        </is>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Gülde Kerem Yangını</t>
+        </is>
+      </c>
+      <c r="C286" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="287" spans="1:3">
+      <c r="A287" s="1" t="inlineStr">
+        <is>
+          <t>9789754346053</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Milena'ya Mektuplar</t>
+        </is>
+      </c>
+      <c r="C287" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="288" spans="1:3">
+      <c r="A288" s="1" t="inlineStr">
+        <is>
+          <t>9789754345537</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>Sunumda Avantaj</t>
+        </is>
+      </c>
+      <c r="C288" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
+      <c r="A289" s="1" t="inlineStr">
+        <is>
+          <t>9789754345490</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>Neye Vinyet Neye Kısmet</t>
+        </is>
+      </c>
+      <c r="C289" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
+      <c r="A290" s="1" t="inlineStr">
+        <is>
+          <t>9789754345506</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Gidelim Ahlat</t>
+        </is>
+      </c>
+      <c r="C290" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
+      <c r="A291" s="1" t="inlineStr">
+        <is>
+          <t>9789754345452</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>Hayatında Vereceğin En Önemli 6 Karar</t>
+        </is>
+      </c>
+      <c r="C291" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
+      <c r="A292" s="1" t="inlineStr">
+        <is>
+          <t>9789754345445</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Antikırılganlık</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9789754345377</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Verimlilik İçin 5 Seçim</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9789754345360</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Yaşar Nabi Nayır Gençlik Ödülleri Antolojisi (1991-2015)</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9789754345353</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Psikodinamik Açıdan Enver Ercan ve Şiiri</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9789754345346</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kaplumbağanın Bir Sincabın Boynunu Isırması</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9789754345315</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Hızlı ve Yavaş Düşünme</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9789754345124</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Odak</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9789754345070</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Anonimleşen Edebiyat</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9789754345100</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Sürçüyor Zaman</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>9789754344288</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkin Beyninin Sırları</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
+          <t>9789754345063</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Lady Lazarus</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9789754345025</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Gidelim Rize</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9789754345018</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Kehanetin Gölgeleri</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9789754345049</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Nasıl Sürdürülür? - Aşk Laboratuarından Sırlar</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9789754344462</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Türkçenin Dudaklarısın Sen</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9789754344455</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Geçtiği Her Şeyi Öpüyor Zaman</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>9789754342383</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Evliliği Sürdürmenin 7 İlkesi</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9789754340624</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Ev Sahibesi</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9789754340457</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Bir Delinin Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9789754343564</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Varlık 75. Yıl Seçkisi</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9789754344141</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Kuğu</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9789754344189</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Romanda ve Öyküde Gerçeklik Arayışları</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9789754342499</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Erkeklerin Sessizliği</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
+          <t>9789754341546</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>Ebedi Koca</t>
+        </is>
+      </c>
+      <c r="C315" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="316" spans="1:3">
+      <c r="A316" s="1" t="inlineStr">
+        <is>
+          <t>9789754343441</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Laboratuarı</t>
+        </is>
+      </c>
+      <c r="C316" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="317" spans="1:3">
+      <c r="A317" s="1" t="inlineStr">
+        <is>
+          <t>9789754342994</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C317" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="318" spans="1:3">
+      <c r="A318" s="1" t="inlineStr">
+        <is>
+          <t>9789754340044</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Dinler Tarihi</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789754342611</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Dava</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789754343670</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Cins Cins Mekan</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789754344226</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Baba ile Kız</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789754346510</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Aziyade</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789754344363</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Aşkta Terör</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9789754342451</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Arthur Rimbaud Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789754341270</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaş</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789754341218</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Tanzimattan Günümüze Türk Öykü Antolojisi</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
+          <t>9789754342567</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Şiryan’ın Orkideler Kitabı</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9789754344233</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Şiirler - Annabel Lee</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789754341416</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Angel Dayı</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789754340617</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Netoçka Nezvanova</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9789754342741</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Mayada Saddam Hüseyin Döneminde Bir Kadının Yaşam Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9789754340969</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Kumarbaz</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9789754344370</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Kröyçer Sonat</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9789754340766</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Kodin</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9789754343434</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Klasik Akım</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9789754343274</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Kaderin Ağı</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9789754342246</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>İşbaşında Duygusal Zeka</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9789754344318</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Güven Her Şeyi Değiştiren Tek Şey</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9789754346534</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İnsanların 7 Alışkanlığı</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789754345407</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Şiddeti Yenmek, Eğitimle Gelişmek</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9789754345414</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>İntihar Şairleri</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9789754345438</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Feklavye</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9789754345391</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>İlk Kar</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9789754345421</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Temsil İdeoloji Kimlik</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9789754344400</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Hürmeten</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9789754344387</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Hacı Murat</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9789754340334</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Perlmutter Ailesi</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9789754342444</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Paris Sıkıntısı Küçük Düzyazı Şiirler</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9789754342970</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Yazma Teknikleri</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9789754341355</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Öteki</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9789754341959</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Önemli İşlere Öncelik</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9789754343687</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Müzik Tarihi</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9789754344097</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Mitologya</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9789754341393</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Minka Abla</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9789754343809</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Güzeldir</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9789754342130</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Kötülük Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9789754343717</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Kitlelerin Bilgeliği</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9789754340556</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Kira Kiralina</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9789754341751</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Kandırma Dansı</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9789754344202</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Kalkınmada Kadın Emeği</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9789754345513</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Gidelim - Mardin</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9789754345520</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Kalk Gidelim - Sinop</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9789754340389</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>İzlanda Balıkçısı</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9789754344103</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>İlke - Merkezli Liderlik</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9789754340327</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>İlk Aşk</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9789754343410</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>İletişim ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9789754342802</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Düşüncenin Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789754343502</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Cinsiyet Halleri</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9789754340570</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yufka Yürekli</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9789754345117</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sirk Geçiyor</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9789754340549</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Geceler Başkasının Karısı</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789754341287</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Baragan’ın Dikenleri</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9789754343496</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Balkanlar’da Türk Çocuk Şiiri</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9789754343526</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Antikanser</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9789754343724</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9789754344073</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Açlık</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9789754340273</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Zerdüşt Böyle Diyordu</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789754342017</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek EQ’lu Bir Çocuk Yetiştirmek</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9789754342406</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Liderler</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9789754340983</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Ye Yemeğini... Kes Sesini!</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9789754343656</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Vampirizm</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9789754344301</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>Uyumsuzluk Sanatı</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9789754341409</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Uşak</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9789754343649</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de İktidarı Yeniden Düşünmek</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9789754340396</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Therese Raquin</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9789754344011</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Boyunca Üçlü Aşk</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9789754343205</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Mallarme - Şiirler</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9789754342666</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Sanatı</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9789754341881</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Sünger Avcısı</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9789754343304</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Zeka</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9789754340280</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
           <t>9789754343571</t>
         </is>
       </c>
-      <c r="B176" s="1" t="inlineStr">
+      <c r="B392" s="1" t="inlineStr">
         <is>
           <t>Selections From Varlık</t>
         </is>
       </c>
-      <c r="C176" s="1">
-        <v>250</v>
+      <c r="C392" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>