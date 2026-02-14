--- v0 (2025-10-27)
+++ v1 (2026-02-14)
@@ -100,295 +100,430 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259624310</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Yarın Olmadı</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057182296</t>
+          <t>9786259409856</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Keşke</t>
+          <t>Kur'an Kıssaları ve Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259409818</t>
+          <t>9786057182296</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Müslümanı İnşa Eden Kavramlar 2</t>
+          <t>Keşke</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259409801</t>
+          <t>9786259409818</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Müslümanı İnşa Eden Kavramlar 1</t>
+          <t>Müslümanı İnşa Eden Kavramlar 2</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057182272</t>
+          <t>9786259409801</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yol Azığı</t>
+          <t>Müslümanı İnşa Eden Kavramlar 1</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057182289</t>
+          <t>9786057182272</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ahlakı Kuşanmak</t>
+          <t>Yol Azığı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057182234</t>
+          <t>9786057182289</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>0-6 Yaş Çocuk Psikolojisi</t>
+          <t>Ahlakı Kuşanmak</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056848278</t>
+          <t>9786057182241</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Kehf Suresi’nin Gölgesinde Kaybedenler ve Kazananlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058394285</t>
+          <t>9786057182258</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İletim mi? İletişim mi?</t>
+          <t>Umre Günlüğüm</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058394278</t>
+          <t>9786057182227</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sevgi ve Aşk Mimarı Erzurumlu İbrahim Hakkı'nın Ses Getiren Mektupları</t>
+          <t>Dua Ezberi Kitabım</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058394261</t>
+          <t>9786057182234</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Şerhi</t>
+          <t>0-6 Yaş Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058394209</t>
+          <t>9786056848292</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aile Saati (Ciltli)</t>
+          <t>Bubu'dan Hikayeler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058394247</t>
+          <t>9786056848285</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Manevi Hayatımız</t>
+          <t>Amentü İman Esasları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056848209</t>
+          <t>9786056848278</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056848254</t>
+          <t>9786056848216</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aile Gemisi Batmadan Önce</t>
+          <t>Ahlakın Felsefi Dönüşümü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786056848261</t>
+          <t>9786058394285</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kehf Suresi’nin Gölgesinde Kaybedenler ve Kazananlar</t>
+          <t>İletim mi? İletişim mi?</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056848223</t>
+          <t>9786058394278</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İtikaf Günlüğüm</t>
+          <t>Sevgi ve Aşk Mimarı Erzurumlu İbrahim Hakkı'nın Ses Getiren Mektupları</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
+          <t>9786058394261</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadis Şerhi</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786058394230</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Dersler ve İbretler ile Kur'an Kıssaları ve Peygamberler Tarihi 2</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786058394223</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Dersler ve İbretler ile Kur'an Kıssaları ve Peygamberler Tarihi 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786058394209</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Aile Saati (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786058394247</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Manevi Hayatımız</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786056848209</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaş</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786056848254</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Aile Gemisi Batmadan Önce</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786056848261</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kehf Suresi’nin Gölgesinde Kaybedenler ve Kazananlar</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786056848223</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>İtikaf Günlüğüm</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
           <t>9786056848247</t>
         </is>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Sivil Toplum Kuruluşlarında Gönüllü Hocalar İçin Yardımcı Müfredat</t>
         </is>
       </c>
-      <c r="C19" s="1">
+      <c r="C28" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>