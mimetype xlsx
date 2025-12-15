--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,1675 +85,1795 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786050631616</t>
+          <t>9786057189271</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Gezegeni</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>90</v>
+        <v>340</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259786186</t>
+          <t>9786259951904</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Uzay Tozu</t>
+          <t>Postmodern Bir Eleştiri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259727912</t>
+          <t>9786259951911</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Mendeza’nın İntikamı</t>
+          <t>Berdel</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259786193</t>
+          <t>9786057394231</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Neron Tuzağı</t>
+          <t>Minnet</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255910011</t>
+          <t>9786057394224</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mıraz</t>
+          <t>Aşkı Bitirmenin 30 Yolu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259727905</t>
+          <t>9786050631609</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Yıldız Avcıları</t>
+          <t>Yolculuk Zamanı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256708921</t>
+          <t>9786057463005</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Babaannem'den Hikayeler ve Urfa Manileri</t>
+          <t>Hayatın Ağır Yükü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256708945</t>
+          <t>9786256708914</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yargısız İnfaz</t>
+          <t>Korku Hikayeleri 2</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256708938</t>
+          <t>9786050631616</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Mühür</t>
+          <t>Mutluluk Gezegeni</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256708907</t>
+          <t>9786259786186</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayeleri 1</t>
+          <t>Gorindon Gezegeni Uzay Tozu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256708976</t>
+          <t>9786259727912</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Diriliş</t>
+          <t>Gorindon Gezegeni Mendeza’nın İntikamı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>480</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256708844</t>
+          <t>9786259786193</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe'yi Uzaylılar Mı Kurdu?</t>
+          <t>Gorindon Gezegeni Neron Tuzağı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256708969</t>
+          <t>9786255910011</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Beş Polis Kardeş 2</t>
+          <t>Mıraz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256708952</t>
+          <t>9786259727905</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kanunnağme'den Nasihatnağme'ye</t>
+          <t>Gorindon Gezegeni Yıldız Avcıları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050631678</t>
+          <t>9786256708921</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prenses</t>
+          <t>Babaannem'den Hikayeler ve Urfa Manileri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050631623</t>
+          <t>9786256708945</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Dikiş Makinesi</t>
+          <t>Yargısız İnfaz</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>80</v>
+        <v>450</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050634198</t>
+          <t>9786256708938</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Neden İnanıyorum?</t>
+          <t>Lanetli Mühür</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057463067</t>
+          <t>9786256708907</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gülüşü Güzel Adam</t>
+          <t>Korku Hikayeleri 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256708396</t>
+          <t>9786256708976</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Geleceğin Kapısı</t>
+          <t>Tasavvufi Diriliş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259786162</t>
+          <t>9786256708844</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı- Geleceğin Kapısı</t>
+          <t>Göbeklitepe'yi Uzaylılar Mı Kurdu?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259786155</t>
+          <t>9786256708969</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı- Zehirli Sarmaşığın Laneti</t>
+          <t>Beş Polis Kardeş 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256708839</t>
+          <t>9786256708952</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ebeveyinler İçin Ayrı Anlatımla Vücudumuzu Tanıyalım</t>
+          <t>Kanunnağme'den Nasihatnağme'ye</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259786100</t>
+          <t>9786050631678</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Macera Diyarı</t>
+          <t>Mutlu Prenses</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259786117</t>
+          <t>9786050631623</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kulübe</t>
+          <t>Konuşan Dikiş Makinesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259786124</t>
+          <t>9786050634198</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Yazar Olmak</t>
+          <t>Neden İnanıyorum?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256708860</t>
+          <t>9786057463067</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada algı ve propaganda Örneği Facebook</t>
+          <t>Gülüşü Güzel Adam</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256708853</t>
+          <t>9786256708396</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gölge Cinayetler</t>
+          <t>Zormanya Krallığı - Geleceğin Kapısı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256708464</t>
+          <t>9786259786162</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Islak Umutlar</t>
+          <t>Zormanya Krallığı- Geleceğin Kapısı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256708846</t>
+          <t>9786259786155</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sinemasında Kadın ve Aşk Algısı</t>
+          <t>Zormanya Krallığı- Zehirli Sarmaşığın Laneti</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256708891</t>
+          <t>9786256708839</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğe Veda</t>
+          <t>Çocuklar ve Ebeveyinler İçin Ayrı Anlatımla Vücudumuzu Tanıyalım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259786131</t>
+          <t>9786259786100</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı-Ejder İstilası</t>
+          <t>Macera Diyarı</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259786148</t>
+          <t>9786259786117</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı-Sonsuzluk Çukuru</t>
+          <t>Gizemli Kulübe</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256708488</t>
+          <t>9786259786124</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Papatyam</t>
+          <t>Hayalim Yazar Olmak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256708495</t>
+          <t>9786256708860</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Mayra</t>
+          <t>Sosyal Medyada algı ve propaganda Örneği Facebook</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050631692</t>
+          <t>9786256708853</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Deve Çobanları</t>
+          <t>Gölge Cinayetler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256708471</t>
+          <t>9786256708464</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beş Polis Kardeş</t>
+          <t>Islak Umutlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256708457</t>
+          <t>9786256708846</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Bir Eleştiri 24</t>
+          <t>Türkiye Sinemasında Kadın ve Aşk Algısı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256708433</t>
+          <t>9786256708891</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kitapsız Şiirler</t>
+          <t>Sensizliğe Veda</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256708440</t>
+          <t>9786259786131</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Cool Life Life İs Effect</t>
+          <t>Zormanya Krallığı-Ejder İstilası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256708426</t>
+          <t>9786259786148</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yuvam Sitesi</t>
+          <t>Zormanya Krallığı-Sonsuzluk Çukuru</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256708365</t>
+          <t>9786256708488</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Sonsuzluk Çukuru</t>
+          <t>Sessiz Papatyam</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256708402</t>
+          <t>9786256708495</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cool Life</t>
+          <t>Mayra</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256708389</t>
+          <t>9786050631692</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Ejder İstilası</t>
+          <t>Deve Çobanları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256708372</t>
+          <t>9786256708471</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Zehirli Sarmaşığın Laneti</t>
+          <t>Beş Polis Kardeş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256708419</t>
+          <t>9786256708457</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Bir Parça</t>
+          <t>Postmodern Bir Eleştiri 24</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256708358</t>
+          <t>9786256708433</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ayşe</t>
+          <t>Kitapsız Şiirler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256708341</t>
+          <t>9786256708440</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Sesi</t>
+          <t>Cool Life Life İs Effect</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256708259</t>
+          <t>9786256708426</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’den Seçilmiş Hadis Dersleri</t>
+          <t>Yuvam Sitesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256708167</t>
+          <t>9786256708365</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Arkadaş Hz. Ebubekir</t>
+          <t>Zormanya Krallığı - Sonsuzluk Çukuru</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256708174</t>
+          <t>9786256708402</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İlmin Işığı Hz. Ali</t>
+          <t>Cool Life</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>135</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256708150</t>
+          <t>9786256708389</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Edep Bir Tac İmiş Hz. Osman</t>
+          <t>Zormanya Krallığı - Ejder İstilası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256708143</t>
+          <t>9786256708372</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Adalet Hz. Ömer</t>
+          <t>Zormanya Krallığı - Zehirli Sarmaşığın Laneti</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256708136</t>
+          <t>9786256708419</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şato Mumya</t>
+          <t>Kendinden Bir Parça</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>245</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256708051</t>
+          <t>9786256708358</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Uçan Ejderhalar Diyarı</t>
+          <t>Ayşe</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259951980</t>
+          <t>9786256708341</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ormanın Sırları</t>
+          <t>Kalemin Sesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259951973</t>
+          <t>9786256708259</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Robot Rimi</t>
+          <t>Hz. Muhammed’den Seçilmiş Hadis Dersleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256708983</t>
+          <t>9786256708167</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tek Oda Yalnızlık</t>
+          <t>En Güzel Arkadaş Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256708099</t>
+          <t>9786256708174</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı</t>
+          <t>İlmin Işığı Hz. Ali</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259951928</t>
+          <t>9786256708150</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Kolisinden Şiirler</t>
+          <t>Edep Bir Tac İmiş Hz. Osman</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057302731</t>
+          <t>9786256708143</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dark - Karanlık Sular</t>
+          <t>Yaşasın Adalet Hz. Ömer</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057302762</t>
+          <t>9786256708136</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Sükut</t>
+          <t>Hayalet Şato Mumya</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>75</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057302779</t>
+          <t>9786256708051</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gücün Temsili Kadın</t>
+          <t>Uçan Ejderhalar Diyarı</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259951959</t>
+          <t>9786259951980</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Selenizm: Yaprak Saçlı Kadına</t>
+          <t>Gizemli Ormanın Sırları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259951942</t>
+          <t>9786259951973</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kabak Çekirdeği</t>
+          <t>Çaylak Robot Rimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057302786</t>
+          <t>9786256708983</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Heşenkuran: Anneme Dair Hikayeler 2</t>
+          <t>Tek Oda Yalnızlık</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057302793</t>
+          <t>9786256708099</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Aren</t>
+          <t>Yanılgı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057302755</t>
+          <t>9786259951928</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Varlıkla Yokluk Arasında</t>
+          <t>Bisküvi Kolisinden Şiirler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>230</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057189219</t>
+          <t>9786057302731</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet</t>
+          <t>Dark - Karanlık Sular</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057195289</t>
+          <t>9786057302762</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Köylü Sevince</t>
+          <t>Aşk-ı Sükut</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057189202</t>
+          <t>9786057302779</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Şehrin Şarkısı</t>
+          <t>Gücün Temsili Kadın</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057036988</t>
+          <t>9786259951959</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>DEEP Kod Adı: Aynadaki Kelebek</t>
+          <t>Selenizm: Yaprak Saçlı Kadına</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057036995</t>
+          <t>9786259951942</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dark - Tanrı'nın Eli</t>
+          <t>Kabak Çekirdeği</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057189226</t>
+          <t>9786057302786</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şato Kayıp Gezegen</t>
+          <t>Heşenkuran: Anneme Dair Hikayeler 2</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057189233</t>
+          <t>9786057302793</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Derdi Olanlar Tekkesi</t>
+          <t>Aren</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057394248</t>
+          <t>9786057302755</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Benden Sana</t>
+          <t>Varlıkla Yokluk Arasında</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050631647</t>
+          <t>9786057189219</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şato Mühür Adası</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057036964</t>
+          <t>9786057195289</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dex Gelenler</t>
+          <t>Köylü Sevince</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050634181</t>
+          <t>9786057189202</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yürekçem</t>
+          <t>Yıkık Şehrin Şarkısı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057394200</t>
+          <t>9786057036988</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yaşandıysa Eğer Adı Hayat</t>
+          <t>DEEP Kod Adı: Aynadaki Kelebek</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057394217</t>
+          <t>9786057036995</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş ki Maviye Doğru</t>
+          <t>Dark - Tanrı'nın Eli</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057036971</t>
+          <t>9786057189226</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Saklı Cümleler</t>
+          <t>Hayalet Şato Kayıp Gezegen</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050631685</t>
+          <t>9786057189233</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Anneme Dair Hikayeler: Gülbarin</t>
+          <t>Derdi Olanlar Tekkesi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057036940</t>
+          <t>9786057394248</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çok Ses Tek Nefes</t>
+          <t>Benden Sana</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057036933</t>
+          <t>9786050631647</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Görmemiş Geceler</t>
+          <t>Hayalet Şato Mühür Adası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057036926</t>
+          <t>9786057036964</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Gemiler</t>
+          <t>Doktor Dex Gelenler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057463098</t>
+          <t>9786050634181</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Geçmişi Seviyor</t>
+          <t>Yürekçem</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057463074</t>
+          <t>9786057394200</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Endişenin Güncel Söylemi</t>
+          <t>Yaşandıysa Eğer Adı Hayat</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057463043</t>
+          <t>9786057394217</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Vaye</t>
+          <t>Bir Düş ki Maviye Doğru</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057463029</t>
+          <t>9786057036971</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bize Sevmek Yasak</t>
+          <t>Saklı Cümleler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057036919</t>
+          <t>9786050631685</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yağmura Uçan Kelebek</t>
+          <t>Anneme Dair Hikayeler: Gülbarin</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050634174</t>
+          <t>9786057036940</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hanımefendi Bakar Mısınız?</t>
+          <t>Çok Ses Tek Nefes</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057463012</t>
+          <t>9786057036933</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sen</t>
+          <t>Dolunay Görmemiş Geceler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050634167</t>
+          <t>9786057036926</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Aklımdasın</t>
+          <t>Zamansız Gemiler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050614596</t>
+          <t>9786057463098</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalemin İsyanı</t>
+          <t>Tanrı Geçmişi Seviyor</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050614589</t>
+          <t>9786057463074</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kız Fatma ve Kurtuluş Savaşı</t>
+          <t>Endişenin Güncel Söylemi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050634112</t>
+          <t>9786057463043</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Vatan Hikayesi (Arapça)</t>
+          <t>Vaye</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050634150</t>
+          <t>9786057463029</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Kent Ekonomisine Katkısı</t>
+          <t>Bize Sevmek Yasak</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050634143</t>
+          <t>9786057036919</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kaçıncı Uykumun Özetisin</t>
+          <t>Yağmura Uçan Kelebek</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050614565</t>
+          <t>9786050634174</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cinnet Hattı</t>
+          <t>Hanımefendi Bakar Mısınız?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050614558</t>
+          <t>9786057463012</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kanunsuz Şehir</t>
+          <t>Adım Adım Sen</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050614534</t>
+          <t>9786050634167</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Lavinia Çiçeği</t>
+          <t>Aklımdasın</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>90</v>
+        <v>245</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050614572</t>
+          <t>9786050614596</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yara Almadan Yarınlara</t>
+          <t>Bir Kalemin İsyanı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050634129</t>
+          <t>9786050614589</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bunu da Yaz Bir Kenara</t>
+          <t>Kız Fatma ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050634136</t>
+          <t>9786050634112</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Ağlar</t>
+          <t>Vatan Hikayesi (Arapça)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050614541</t>
+          <t>9786050634150</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mağrur Çocuk</t>
+          <t>Üniversite Öğrencilerinin Kent Ekonomisine Katkısı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050316650</t>
+          <t>9786050634143</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kırık Oda</t>
+          <t>Kaçıncı Uykumun Özetisin</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057036957</t>
+          <t>9786050614565</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dex: Ölümcül Sır</t>
+          <t>Cinnet Hattı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050614510</t>
+          <t>9786050614558</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Cemre 2</t>
+          <t>Kanunsuz Şehir</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
+          <t>9786050614534</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Lavinia Çiçeği</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786050614572</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Yara Almadan Yarınlara</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786050634129</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Bunu da Yaz Bir Kenara</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786050634136</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Babalar da Ağlar</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786050614541</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Mağrur Çocuk</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786050316650</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Kırık Oda</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786057036957</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Dex: Ölümcül Sır</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786050614510</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Cemre 2</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
           <t>9786050614503</t>
         </is>
       </c>
-      <c r="B110" s="1" t="inlineStr">
+      <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Cemre 1</t>
         </is>
       </c>
-      <c r="C110" s="1">
-        <v>50</v>
+      <c r="C118" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>