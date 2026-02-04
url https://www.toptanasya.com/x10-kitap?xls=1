--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,1795 +85,1975 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057189271</t>
+          <t>9786259727943</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>Küçük Kaşifler Nemrut'ta</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259951904</t>
+          <t>9786259727936</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Bir Eleştiri</t>
+          <t>Küçük Kaşifler Karahantepe’de</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259951911</t>
+          <t>9786259339245</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Berdel</t>
+          <t>Kırık Fenerin Peşinde</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057394231</t>
+          <t>9786259339221</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Minnet</t>
+          <t>Radyonun Gizemi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057394224</t>
+          <t>9786255910059</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bitirmenin 30 Yolu</t>
+          <t>İnandığım Yerden Kırıldım</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786050631609</t>
+          <t>9786259727929</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Zamanı</t>
+          <t>Küçük Kaşifler Göbeklitepe'de</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057463005</t>
+          <t>9786259727950</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ağır Yükü</t>
+          <t>Küçük Kaşifler Çatalhöyük'te</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256708914</t>
+          <t>9786259727967</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayeleri 2</t>
+          <t>Küçük Kaşifler Arslantepe Höyüğü’nde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786050631616</t>
+          <t>9786259339238</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Gezegeni</t>
+          <t>Tıkırdayan Saatin Macerası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259786186</t>
+          <t>9786259727981</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Uzay Tozu</t>
+          <t>Şihno</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259727912</t>
+          <t>9786057394255</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Mendeza’nın İntikamı</t>
+          <t>Mezopotamya'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259786193</t>
+          <t>9786057394262</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Neron Tuzağı</t>
+          <t>Gazap Tarlaları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255910011</t>
+          <t>9786057189271</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mıraz</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259727905</t>
+          <t>9786259951904</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Yıldız Avcıları</t>
+          <t>Postmodern Bir Eleştiri</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256708921</t>
+          <t>9786259951911</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Babaannem'den Hikayeler ve Urfa Manileri</t>
+          <t>Berdel</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256708945</t>
+          <t>9786057394231</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yargısız İnfaz</t>
+          <t>Minnet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256708938</t>
+          <t>9786057394224</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Mühür</t>
+          <t>Aşkı Bitirmenin 30 Yolu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256708907</t>
+          <t>9786050631609</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayeleri 1</t>
+          <t>Yolculuk Zamanı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256708976</t>
+          <t>9786057463005</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Diriliş</t>
+          <t>Hayatın Ağır Yükü</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256708844</t>
+          <t>9786256708914</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe'yi Uzaylılar Mı Kurdu?</t>
+          <t>Korku Hikayeleri 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256708969</t>
+          <t>9786050631616</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beş Polis Kardeş 2</t>
+          <t>Mutluluk Gezegeni</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256708952</t>
+          <t>9786259786186</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kanunnağme'den Nasihatnağme'ye</t>
+          <t>Gorindon Gezegeni Uzay Tozu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786050631678</t>
+          <t>9786259727912</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prenses</t>
+          <t>Gorindon Gezegeni Mendeza’nın İntikamı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050631623</t>
+          <t>9786259786193</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Dikiş Makinesi</t>
+          <t>Gorindon Gezegeni Neron Tuzağı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786050634198</t>
+          <t>9786255910011</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Neden İnanıyorum?</t>
+          <t>Mıraz</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057463067</t>
+          <t>9786259727905</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gülüşü Güzel Adam</t>
+          <t>Gorindon Gezegeni Yıldız Avcıları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256708396</t>
+          <t>9786256708921</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Geleceğin Kapısı</t>
+          <t>Babaannem'den Hikayeler ve Urfa Manileri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259786162</t>
+          <t>9786256708945</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı- Geleceğin Kapısı</t>
+          <t>Yargısız İnfaz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259786155</t>
+          <t>9786256708938</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı- Zehirli Sarmaşığın Laneti</t>
+          <t>Lanetli Mühür</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256708839</t>
+          <t>9786256708907</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ebeveyinler İçin Ayrı Anlatımla Vücudumuzu Tanıyalım</t>
+          <t>Korku Hikayeleri 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259786100</t>
+          <t>9786256708976</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Macera Diyarı</t>
+          <t>Tasavvufi Diriliş</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259786117</t>
+          <t>9786256708844</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kulübe</t>
+          <t>Göbeklitepe'yi Uzaylılar Mı Kurdu?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259786124</t>
+          <t>9786256708969</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Yazar Olmak</t>
+          <t>Beş Polis Kardeş 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256708860</t>
+          <t>9786256708952</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada algı ve propaganda Örneği Facebook</t>
+          <t>Kanunnağme'den Nasihatnağme'ye</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256708853</t>
+          <t>9786050631678</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gölge Cinayetler</t>
+          <t>Mutlu Prenses</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256708464</t>
+          <t>9786050631623</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Islak Umutlar</t>
+          <t>Konuşan Dikiş Makinesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256708846</t>
+          <t>9786050634198</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sinemasında Kadın ve Aşk Algısı</t>
+          <t>Neden İnanıyorum?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256708891</t>
+          <t>9786057463067</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğe Veda</t>
+          <t>Gülüşü Güzel Adam</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259786131</t>
+          <t>9786256708396</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı-Ejder İstilası</t>
+          <t>Zormanya Krallığı - Geleceğin Kapısı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259786148</t>
+          <t>9786259786162</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı-Sonsuzluk Çukuru</t>
+          <t>Zormanya Krallığı- Geleceğin Kapısı</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256708488</t>
+          <t>9786259786155</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Papatyam</t>
+          <t>Zormanya Krallığı- Zehirli Sarmaşığın Laneti</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256708495</t>
+          <t>9786256708839</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mayra</t>
+          <t>Çocuklar ve Ebeveyinler İçin Ayrı Anlatımla Vücudumuzu Tanıyalım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786050631692</t>
+          <t>9786259786100</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Deve Çobanları</t>
+          <t>Macera Diyarı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256708471</t>
+          <t>9786259786117</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Beş Polis Kardeş</t>
+          <t>Gizemli Kulübe</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256708457</t>
+          <t>9786259786124</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Bir Eleştiri 24</t>
+          <t>Hayalim Yazar Olmak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256708433</t>
+          <t>9786256708860</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kitapsız Şiirler</t>
+          <t>Sosyal Medyada algı ve propaganda Örneği Facebook</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256708440</t>
+          <t>9786256708853</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cool Life Life İs Effect</t>
+          <t>Gölge Cinayetler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256708426</t>
+          <t>9786256708464</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yuvam Sitesi</t>
+          <t>Islak Umutlar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256708365</t>
+          <t>9786256708846</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Sonsuzluk Çukuru</t>
+          <t>Türkiye Sinemasında Kadın ve Aşk Algısı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256708402</t>
+          <t>9786256708891</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Cool Life</t>
+          <t>Sensizliğe Veda</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256708389</t>
+          <t>9786259786131</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Ejder İstilası</t>
+          <t>Zormanya Krallığı-Ejder İstilası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256708372</t>
+          <t>9786259786148</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Zehirli Sarmaşığın Laneti</t>
+          <t>Zormanya Krallığı-Sonsuzluk Çukuru</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256708419</t>
+          <t>9786256708488</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Bir Parça</t>
+          <t>Sessiz Papatyam</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256708358</t>
+          <t>9786256708495</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ayşe</t>
+          <t>Mayra</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256708341</t>
+          <t>9786050631692</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Sesi</t>
+          <t>Deve Çobanları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256708259</t>
+          <t>9786256708471</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’den Seçilmiş Hadis Dersleri</t>
+          <t>Beş Polis Kardeş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256708167</t>
+          <t>9786256708457</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Arkadaş Hz. Ebubekir</t>
+          <t>Postmodern Bir Eleştiri 24</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256708174</t>
+          <t>9786256708433</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İlmin Işığı Hz. Ali</t>
+          <t>Kitapsız Şiirler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256708150</t>
+          <t>9786256708440</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Edep Bir Tac İmiş Hz. Osman</t>
+          <t>Cool Life Life İs Effect</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256708143</t>
+          <t>9786256708426</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Adalet Hz. Ömer</t>
+          <t>Yuvam Sitesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256708136</t>
+          <t>9786256708365</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şato Mumya</t>
+          <t>Zormanya Krallığı - Sonsuzluk Çukuru</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256708051</t>
+          <t>9786256708402</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Uçan Ejderhalar Diyarı</t>
+          <t>Cool Life</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259951980</t>
+          <t>9786256708389</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ormanın Sırları</t>
+          <t>Zormanya Krallığı - Ejder İstilası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259951973</t>
+          <t>9786256708372</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Robot Rimi</t>
+          <t>Zormanya Krallığı - Zehirli Sarmaşığın Laneti</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256708983</t>
+          <t>9786256708419</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tek Oda Yalnızlık</t>
+          <t>Kendinden Bir Parça</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256708099</t>
+          <t>9786256708358</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı</t>
+          <t>Ayşe</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259951928</t>
+          <t>9786256708341</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Kolisinden Şiirler</t>
+          <t>Kalemin Sesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057302731</t>
+          <t>9786256708259</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dark - Karanlık Sular</t>
+          <t>Hz. Muhammed’den Seçilmiş Hadis Dersleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057302762</t>
+          <t>9786256708167</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Sükut</t>
+          <t>En Güzel Arkadaş Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057302779</t>
+          <t>9786256708174</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gücün Temsili Kadın</t>
+          <t>İlmin Işığı Hz. Ali</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259951959</t>
+          <t>9786256708150</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Selenizm: Yaprak Saçlı Kadına</t>
+          <t>Edep Bir Tac İmiş Hz. Osman</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259951942</t>
+          <t>9786256708143</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kabak Çekirdeği</t>
+          <t>Yaşasın Adalet Hz. Ömer</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057302786</t>
+          <t>9786256708136</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Heşenkuran: Anneme Dair Hikayeler 2</t>
+          <t>Hayalet Şato Mumya</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057302793</t>
+          <t>9786256708051</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aren</t>
+          <t>Uçan Ejderhalar Diyarı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057302755</t>
+          <t>9786259951980</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Varlıkla Yokluk Arasında</t>
+          <t>Gizemli Ormanın Sırları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057189219</t>
+          <t>9786259951973</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet</t>
+          <t>Çaylak Robot Rimi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057195289</t>
+          <t>9786256708983</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Köylü Sevince</t>
+          <t>Tek Oda Yalnızlık</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057189202</t>
+          <t>9786256708099</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Şehrin Şarkısı</t>
+          <t>Yanılgı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057036988</t>
+          <t>9786259951928</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>DEEP Kod Adı: Aynadaki Kelebek</t>
+          <t>Bisküvi Kolisinden Şiirler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057036995</t>
+          <t>9786057302731</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dark - Tanrı'nın Eli</t>
+          <t>Dark - Karanlık Sular</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057189226</t>
+          <t>9786057302762</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şato Kayıp Gezegen</t>
+          <t>Aşk-ı Sükut</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057189233</t>
+          <t>9786057302779</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Derdi Olanlar Tekkesi</t>
+          <t>Gücün Temsili Kadın</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057394248</t>
+          <t>9786259951959</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Benden Sana</t>
+          <t>Selenizm: Yaprak Saçlı Kadına</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050631647</t>
+          <t>9786259951942</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şato Mühür Adası</t>
+          <t>Kabak Çekirdeği</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057036964</t>
+          <t>9786057302786</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dex Gelenler</t>
+          <t>Heşenkuran: Anneme Dair Hikayeler 2</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050634181</t>
+          <t>9786057302793</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yürekçem</t>
+          <t>Aren</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057394200</t>
+          <t>9786057302755</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yaşandıysa Eğer Adı Hayat</t>
+          <t>Varlıkla Yokluk Arasında</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057394217</t>
+          <t>9786057189219</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş ki Maviye Doğru</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057036971</t>
+          <t>9786057195289</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Saklı Cümleler</t>
+          <t>Köylü Sevince</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050631685</t>
+          <t>9786057189202</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Anneme Dair Hikayeler: Gülbarin</t>
+          <t>Yıkık Şehrin Şarkısı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057036940</t>
+          <t>9786057036988</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çok Ses Tek Nefes</t>
+          <t>DEEP Kod Adı: Aynadaki Kelebek</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057036933</t>
+          <t>9786057036995</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Görmemiş Geceler</t>
+          <t>Dark - Tanrı'nın Eli</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057036926</t>
+          <t>9786057189226</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Gemiler</t>
+          <t>Hayalet Şato Kayıp Gezegen</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057463098</t>
+          <t>9786057189233</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Geçmişi Seviyor</t>
+          <t>Derdi Olanlar Tekkesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057463074</t>
+          <t>9786057394248</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Endişenin Güncel Söylemi</t>
+          <t>Benden Sana</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057463043</t>
+          <t>9786050631647</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Vaye</t>
+          <t>Hayalet Şato Mühür Adası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057463029</t>
+          <t>9786057036964</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bize Sevmek Yasak</t>
+          <t>Doktor Dex Gelenler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057036919</t>
+          <t>9786050634181</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yağmura Uçan Kelebek</t>
+          <t>Yürekçem</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050634174</t>
+          <t>9786057394200</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hanımefendi Bakar Mısınız?</t>
+          <t>Yaşandıysa Eğer Adı Hayat</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057463012</t>
+          <t>9786057394217</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sen</t>
+          <t>Bir Düş ki Maviye Doğru</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050634167</t>
+          <t>9786057036971</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aklımdasın</t>
+          <t>Saklı Cümleler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050614596</t>
+          <t>9786050631685</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalemin İsyanı</t>
+          <t>Anneme Dair Hikayeler: Gülbarin</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050614589</t>
+          <t>9786057036940</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kız Fatma ve Kurtuluş Savaşı</t>
+          <t>Çok Ses Tek Nefes</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050634112</t>
+          <t>9786057036933</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Vatan Hikayesi (Arapça)</t>
+          <t>Dolunay Görmemiş Geceler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050634150</t>
+          <t>9786057036926</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Kent Ekonomisine Katkısı</t>
+          <t>Zamansız Gemiler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050634143</t>
+          <t>9786057463098</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kaçıncı Uykumun Özetisin</t>
+          <t>Tanrı Geçmişi Seviyor</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050614565</t>
+          <t>9786057463074</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cinnet Hattı</t>
+          <t>Endişenin Güncel Söylemi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050614558</t>
+          <t>9786057463043</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kanunsuz Şehir</t>
+          <t>Vaye</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050614534</t>
+          <t>9786057463029</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Lavinia Çiçeği</t>
+          <t>Bize Sevmek Yasak</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050614572</t>
+          <t>9786057036919</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yara Almadan Yarınlara</t>
+          <t>Yağmura Uçan Kelebek</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050634129</t>
+          <t>9786050634174</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bunu da Yaz Bir Kenara</t>
+          <t>Hanımefendi Bakar Mısınız?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050634136</t>
+          <t>9786057463012</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Ağlar</t>
+          <t>Adım Adım Sen</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050614541</t>
+          <t>9786050634167</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mağrur Çocuk</t>
+          <t>Aklımdasın</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050316650</t>
+          <t>9786050614596</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kırık Oda</t>
+          <t>Bir Kalemin İsyanı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057036957</t>
+          <t>9786050614589</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dex: Ölümcül Sır</t>
+          <t>Kız Fatma ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050614510</t>
+          <t>9786050634112</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Cemre 2</t>
+          <t>Vatan Hikayesi (Arapça)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
+          <t>9786050634150</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Öğrencilerinin Kent Ekonomisine Katkısı</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786050634143</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Kaçıncı Uykumun Özetisin</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786050614565</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Cinnet Hattı</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786050614558</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kanunsuz Şehir</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786050614534</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Lavinia Çiçeği</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786050614572</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Yara Almadan Yarınlara</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786050634129</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Bunu da Yaz Bir Kenara</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786050634136</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Babalar da Ağlar</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786050614541</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>İçimdeki Mağrur Çocuk</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786050316650</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Kırık Oda</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786057036957</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Dex: Ölümcül Sır</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786050614510</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Cemre 2</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
           <t>9786050614503</t>
         </is>
       </c>
-      <c r="B118" s="1" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Cemre 1</t>
         </is>
       </c>
-      <c r="C118" s="1">
+      <c r="C130" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>