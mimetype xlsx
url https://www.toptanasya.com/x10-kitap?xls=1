--- v2 (2026-02-04)
+++ v3 (2026-03-25)
@@ -85,1975 +85,2020 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259727943</t>
+          <t>9786259381558</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaşifler Nemrut'ta</t>
+          <t>Tıkırdayan Köşk</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259727936</t>
+          <t>9786259381534</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaşifler Karahantepe’de</t>
+          <t>Kabe’nin Küçük Misafiri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259339245</t>
+          <t>9786050614527</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kırık Fenerin Peşinde</t>
+          <t>Doktor Dex - Ölümcül Sır</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259339221</t>
+          <t>9786259727943</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Radyonun Gizemi</t>
+          <t>Küçük Kaşifler Nemrut'ta</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255910059</t>
+          <t>9786259727936</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İnandığım Yerden Kırıldım</t>
+          <t>Küçük Kaşifler Karahantepe’de</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259727929</t>
+          <t>9786259339245</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaşifler Göbeklitepe'de</t>
+          <t>Kırık Fenerin Peşinde</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259727950</t>
+          <t>9786259339221</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaşifler Çatalhöyük'te</t>
+          <t>Radyonun Gizemi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259727967</t>
+          <t>9786255910059</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaşifler Arslantepe Höyüğü’nde</t>
+          <t>İnandığım Yerden Kırıldım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259339238</t>
+          <t>9786259727929</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tıkırdayan Saatin Macerası</t>
+          <t>Küçük Kaşifler Göbeklitepe'de</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259727981</t>
+          <t>9786259727950</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şihno</t>
+          <t>Küçük Kaşifler Çatalhöyük'te</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057394255</t>
+          <t>9786259727967</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya'nın Gözyaşları</t>
+          <t>Küçük Kaşifler Arslantepe Höyüğü’nde</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057394262</t>
+          <t>9786259339238</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gazap Tarlaları</t>
+          <t>Tıkırdayan Saatin Macerası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057189271</t>
+          <t>9786259727981</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Meleği</t>
+          <t>Şihno</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259951904</t>
+          <t>9786057394255</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Bir Eleştiri</t>
+          <t>Mezopotamya'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259951911</t>
+          <t>9786057394262</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Berdel</t>
+          <t>Gazap Tarlaları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057394231</t>
+          <t>9786057189271</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Minnet</t>
+          <t>Ölüm Meleği</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057394224</t>
+          <t>9786259951904</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Bitirmenin 30 Yolu</t>
+          <t>Postmodern Bir Eleştiri</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786050631609</t>
+          <t>9786259951911</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Zamanı</t>
+          <t>Berdel</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057463005</t>
+          <t>9786057394231</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ağır Yükü</t>
+          <t>Minnet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256708914</t>
+          <t>9786057394224</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayeleri 2</t>
+          <t>Aşkı Bitirmenin 30 Yolu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786050631616</t>
+          <t>9786050631609</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Gezegeni</t>
+          <t>Yolculuk Zamanı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259786186</t>
+          <t>9786057463005</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Uzay Tozu</t>
+          <t>Hayatın Ağır Yükü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259727912</t>
+          <t>9786256708914</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Mendeza’nın İntikamı</t>
+          <t>Korku Hikayeleri 2</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259786193</t>
+          <t>9786050631616</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Neron Tuzağı</t>
+          <t>Mutluluk Gezegeni</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255910011</t>
+          <t>9786259786186</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Mıraz</t>
+          <t>Gorindon Gezegeni Uzay Tozu</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259727905</t>
+          <t>9786259727912</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gorindon Gezegeni Yıldız Avcıları</t>
+          <t>Gorindon Gezegeni Mendeza’nın İntikamı</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256708921</t>
+          <t>9786259786193</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Babaannem'den Hikayeler ve Urfa Manileri</t>
+          <t>Gorindon Gezegeni Neron Tuzağı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256708945</t>
+          <t>9786255910011</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yargısız İnfaz</t>
+          <t>Mıraz</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256708938</t>
+          <t>9786259727905</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Mühür</t>
+          <t>Gorindon Gezegeni Yıldız Avcıları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256708907</t>
+          <t>9786256708921</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Korku Hikayeleri 1</t>
+          <t>Babaannem'den Hikayeler ve Urfa Manileri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256708976</t>
+          <t>9786256708945</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Diriliş</t>
+          <t>Yargısız İnfaz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256708844</t>
+          <t>9786256708938</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe'yi Uzaylılar Mı Kurdu?</t>
+          <t>Lanetli Mühür</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256708969</t>
+          <t>9786256708907</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Beş Polis Kardeş 2</t>
+          <t>Korku Hikayeleri 1</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256708952</t>
+          <t>9786256708976</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kanunnağme'den Nasihatnağme'ye</t>
+          <t>Tasavvufi Diriliş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050631678</t>
+          <t>9786256708844</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prenses</t>
+          <t>Göbeklitepe'yi Uzaylılar Mı Kurdu?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050631623</t>
+          <t>9786256708969</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Dikiş Makinesi</t>
+          <t>Beş Polis Kardeş 2</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786050634198</t>
+          <t>9786256708952</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Neden İnanıyorum?</t>
+          <t>Kanunnağme'den Nasihatnağme'ye</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057463067</t>
+          <t>9786050631678</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Gülüşü Güzel Adam</t>
+          <t>Mutlu Prenses</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256708396</t>
+          <t>9786050631623</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Geleceğin Kapısı</t>
+          <t>Konuşan Dikiş Makinesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259786162</t>
+          <t>9786050634198</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı- Geleceğin Kapısı</t>
+          <t>Neden İnanıyorum?</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259786155</t>
+          <t>9786057463067</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı- Zehirli Sarmaşığın Laneti</t>
+          <t>Gülüşü Güzel Adam</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256708839</t>
+          <t>9786256708396</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ebeveyinler İçin Ayrı Anlatımla Vücudumuzu Tanıyalım</t>
+          <t>Zormanya Krallığı - Geleceğin Kapısı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259786100</t>
+          <t>9786259786162</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Macera Diyarı</t>
+          <t>Zormanya Krallığı- Geleceğin Kapısı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259786117</t>
+          <t>9786259786155</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kulübe</t>
+          <t>Zormanya Krallığı- Zehirli Sarmaşığın Laneti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259786124</t>
+          <t>9786256708839</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Yazar Olmak</t>
+          <t>Çocuklar ve Ebeveyinler İçin Ayrı Anlatımla Vücudumuzu Tanıyalım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256708860</t>
+          <t>9786259786100</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada algı ve propaganda Örneği Facebook</t>
+          <t>Macera Diyarı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256708853</t>
+          <t>9786259786117</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gölge Cinayetler</t>
+          <t>Gizemli Kulübe</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256708464</t>
+          <t>9786259786124</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Islak Umutlar</t>
+          <t>Hayalim Yazar Olmak</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256708846</t>
+          <t>9786256708860</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Sinemasında Kadın ve Aşk Algısı</t>
+          <t>Sosyal Medyada algı ve propaganda Örneği Facebook</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256708891</t>
+          <t>9786256708853</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğe Veda</t>
+          <t>Gölge Cinayetler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259786131</t>
+          <t>9786256708464</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı-Ejder İstilası</t>
+          <t>Islak Umutlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259786148</t>
+          <t>9786256708846</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı-Sonsuzluk Çukuru</t>
+          <t>Türkiye Sinemasında Kadın ve Aşk Algısı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256708488</t>
+          <t>9786256708891</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Papatyam</t>
+          <t>Sensizliğe Veda</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256708495</t>
+          <t>9786259786131</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mayra</t>
+          <t>Zormanya Krallığı-Ejder İstilası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050631692</t>
+          <t>9786259786148</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Deve Çobanları</t>
+          <t>Zormanya Krallığı-Sonsuzluk Çukuru</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256708471</t>
+          <t>9786256708488</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Beş Polis Kardeş</t>
+          <t>Sessiz Papatyam</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256708457</t>
+          <t>9786256708495</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Bir Eleştiri 24</t>
+          <t>Mayra</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256708433</t>
+          <t>9786050631692</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kitapsız Şiirler</t>
+          <t>Deve Çobanları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256708440</t>
+          <t>9786256708471</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Cool Life Life İs Effect</t>
+          <t>Beş Polis Kardeş</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256708426</t>
+          <t>9786256708457</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yuvam Sitesi</t>
+          <t>Postmodern Bir Eleştiri 24</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256708365</t>
+          <t>9786256708433</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Sonsuzluk Çukuru</t>
+          <t>Kitapsız Şiirler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256708402</t>
+          <t>9786256708440</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Cool Life</t>
+          <t>Cool Life Life İs Effect</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256708389</t>
+          <t>9786256708426</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Ejder İstilası</t>
+          <t>Yuvam Sitesi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256708372</t>
+          <t>9786256708365</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zormanya Krallığı - Zehirli Sarmaşığın Laneti</t>
+          <t>Zormanya Krallığı - Sonsuzluk Çukuru</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256708419</t>
+          <t>9786256708402</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Bir Parça</t>
+          <t>Cool Life</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>245</v>
+        <v>230</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256708358</t>
+          <t>9786256708389</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ayşe</t>
+          <t>Zormanya Krallığı - Ejder İstilası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256708341</t>
+          <t>9786256708372</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Sesi</t>
+          <t>Zormanya Krallığı - Zehirli Sarmaşığın Laneti</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256708259</t>
+          <t>9786256708419</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’den Seçilmiş Hadis Dersleri</t>
+          <t>Kendinden Bir Parça</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256708167</t>
+          <t>9786256708358</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Arkadaş Hz. Ebubekir</t>
+          <t>Ayşe</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256708174</t>
+          <t>9786256708341</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İlmin Işığı Hz. Ali</t>
+          <t>Kalemin Sesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256708150</t>
+          <t>9786256708259</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Edep Bir Tac İmiş Hz. Osman</t>
+          <t>Hz. Muhammed’den Seçilmiş Hadis Dersleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256708143</t>
+          <t>9786256708167</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Adalet Hz. Ömer</t>
+          <t>En Güzel Arkadaş Hz. Ebubekir</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256708136</t>
+          <t>9786256708174</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şato Mumya</t>
+          <t>İlmin Işığı Hz. Ali</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256708051</t>
+          <t>9786256708150</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Uçan Ejderhalar Diyarı</t>
+          <t>Edep Bir Tac İmiş Hz. Osman</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259951980</t>
+          <t>9786256708143</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ormanın Sırları</t>
+          <t>Yaşasın Adalet Hz. Ömer</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259951973</t>
+          <t>9786256708136</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çaylak Robot Rimi</t>
+          <t>Hayalet Şato Mumya</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256708983</t>
+          <t>9786256708051</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tek Oda Yalnızlık</t>
+          <t>Uçan Ejderhalar Diyarı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256708099</t>
+          <t>9786259951980</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yanılgı</t>
+          <t>Gizemli Ormanın Sırları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>295</v>
+        <v>220</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259951928</t>
+          <t>9786259951973</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bisküvi Kolisinden Şiirler</t>
+          <t>Çaylak Robot Rimi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057302731</t>
+          <t>9786256708983</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dark - Karanlık Sular</t>
+          <t>Tek Oda Yalnızlık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057302762</t>
+          <t>9786256708099</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Sükut</t>
+          <t>Yanılgı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057302779</t>
+          <t>9786259951928</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gücün Temsili Kadın</t>
+          <t>Bisküvi Kolisinden Şiirler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259951959</t>
+          <t>9786057302731</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Selenizm: Yaprak Saçlı Kadına</t>
+          <t>Dark - Karanlık Sular</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259951942</t>
+          <t>9786057302762</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kabak Çekirdeği</t>
+          <t>Aşk-ı Sükut</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057302786</t>
+          <t>9786057302779</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Heşenkuran: Anneme Dair Hikayeler 2</t>
+          <t>Gücün Temsili Kadın</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057302793</t>
+          <t>9786259951959</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aren</t>
+          <t>Selenizm: Yaprak Saçlı Kadına</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057302755</t>
+          <t>9786259951942</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Varlıkla Yokluk Arasında</t>
+          <t>Kabak Çekirdeği</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057189219</t>
+          <t>9786057302786</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet</t>
+          <t>Heşenkuran: Anneme Dair Hikayeler 2</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057195289</t>
+          <t>9786057302793</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Köylü Sevince</t>
+          <t>Aren</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057189202</t>
+          <t>9786057302755</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yıkık Şehrin Şarkısı</t>
+          <t>Varlıkla Yokluk Arasında</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057036988</t>
+          <t>9786057189219</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>DEEP Kod Adı: Aynadaki Kelebek</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057036995</t>
+          <t>9786057195289</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dark - Tanrı'nın Eli</t>
+          <t>Köylü Sevince</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057189226</t>
+          <t>9786057189202</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şato Kayıp Gezegen</t>
+          <t>Yıkık Şehrin Şarkısı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057189233</t>
+          <t>9786057036988</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Derdi Olanlar Tekkesi</t>
+          <t>DEEP Kod Adı: Aynadaki Kelebek</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057394248</t>
+          <t>9786057036995</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Benden Sana</t>
+          <t>Dark - Tanrı'nın Eli</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050631647</t>
+          <t>9786057189226</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Şato Mühür Adası</t>
+          <t>Hayalet Şato Kayıp Gezegen</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057036964</t>
+          <t>9786057189233</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dex Gelenler</t>
+          <t>Derdi Olanlar Tekkesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050634181</t>
+          <t>9786057394248</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yürekçem</t>
+          <t>Benden Sana</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057394200</t>
+          <t>9786050631647</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yaşandıysa Eğer Adı Hayat</t>
+          <t>Hayalet Şato Mühür Adası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057394217</t>
+          <t>9786057036964</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Düş ki Maviye Doğru</t>
+          <t>Doktor Dex Gelenler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057036971</t>
+          <t>9786050634181</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Saklı Cümleler</t>
+          <t>Yürekçem</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050631685</t>
+          <t>9786057394200</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Anneme Dair Hikayeler: Gülbarin</t>
+          <t>Yaşandıysa Eğer Adı Hayat</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057036940</t>
+          <t>9786057394217</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Çok Ses Tek Nefes</t>
+          <t>Bir Düş ki Maviye Doğru</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057036933</t>
+          <t>9786057036971</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dolunay Görmemiş Geceler</t>
+          <t>Saklı Cümleler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057036926</t>
+          <t>9786050631685</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Gemiler</t>
+          <t>Anneme Dair Hikayeler: Gülbarin</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057463098</t>
+          <t>9786057036940</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Geçmişi Seviyor</t>
+          <t>Çok Ses Tek Nefes</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>550</v>
+        <v>230</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057463074</t>
+          <t>9786057036933</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Endişenin Güncel Söylemi</t>
+          <t>Dolunay Görmemiş Geceler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057463043</t>
+          <t>9786057036926</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Vaye</t>
+          <t>Zamansız Gemiler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057463029</t>
+          <t>9786057463098</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bize Sevmek Yasak</t>
+          <t>Tanrı Geçmişi Seviyor</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057036919</t>
+          <t>9786057463074</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yağmura Uçan Kelebek</t>
+          <t>Endişenin Güncel Söylemi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050634174</t>
+          <t>9786057463043</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hanımefendi Bakar Mısınız?</t>
+          <t>Vaye</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057463012</t>
+          <t>9786057463029</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Sen</t>
+          <t>Bize Sevmek Yasak</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050634167</t>
+          <t>9786057036919</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Aklımdasın</t>
+          <t>Yağmura Uçan Kelebek</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050614596</t>
+          <t>9786050634174</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalemin İsyanı</t>
+          <t>Hanımefendi Bakar Mısınız?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786050614589</t>
+          <t>9786057463012</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kız Fatma ve Kurtuluş Savaşı</t>
+          <t>Adım Adım Sen</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050634112</t>
+          <t>9786050634167</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Vatan Hikayesi (Arapça)</t>
+          <t>Aklımdasın</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050634150</t>
+          <t>9786050614596</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Kent Ekonomisine Katkısı</t>
+          <t>Bir Kalemin İsyanı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050634143</t>
+          <t>9786050614589</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kaçıncı Uykumun Özetisin</t>
+          <t>Kız Fatma ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050614565</t>
+          <t>9786050634112</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Cinnet Hattı</t>
+          <t>Vatan Hikayesi (Arapça)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050614558</t>
+          <t>9786050634150</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kanunsuz Şehir</t>
+          <t>Üniversite Öğrencilerinin Kent Ekonomisine Katkısı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050614534</t>
+          <t>9786050634143</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Lavinia Çiçeği</t>
+          <t>Kaçıncı Uykumun Özetisin</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050614572</t>
+          <t>9786050614565</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yara Almadan Yarınlara</t>
+          <t>Cinnet Hattı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050634129</t>
+          <t>9786050614558</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bunu da Yaz Bir Kenara</t>
+          <t>Kanunsuz Şehir</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050634136</t>
+          <t>9786050614534</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Babalar da Ağlar</t>
+          <t>Lavinia Çiçeği</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050614541</t>
+          <t>9786050614572</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mağrur Çocuk</t>
+          <t>Yara Almadan Yarınlara</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050316650</t>
+          <t>9786050634129</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kırık Oda</t>
+          <t>Bunu da Yaz Bir Kenara</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057036957</t>
+          <t>9786050634136</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dex: Ölümcül Sır</t>
+          <t>Babalar da Ağlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050614510</t>
+          <t>9786050614541</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Cemre 2</t>
+          <t>İçimdeki Mağrur Çocuk</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
+          <t>9786050316650</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Kırık Oda</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786057036957</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Dex: Ölümcül Sır</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786050614510</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Cemre 2</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
           <t>9786050614503</t>
         </is>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Cemre 1</t>
         </is>
       </c>
-      <c r="C130" s="1">
+      <c r="C133" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>