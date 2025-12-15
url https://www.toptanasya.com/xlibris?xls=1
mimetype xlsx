--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,2320 +85,2350 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259680729</t>
+          <t>9786259725734</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Kül Büyücüsü</t>
+          <t>Minecraft - Köy</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259545493</t>
+          <t>9786259598536</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Tanrılar ve Canavarlar Rehberi</t>
+          <t>Perg Efsaneleri 4 – Tanrıların Alfabesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>590</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259680774</t>
+          <t>9786259680729</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Seni Bulacağım</t>
+          <t>Arayış Ormanı - Kül Büyücüsü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259643403</t>
+          <t>9786259545493</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Nether’a Son Sefer</t>
+          <t>Percy Jackson ve Olimposlular - Tanrılar ve Canavarlar Rehberi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>590</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259680798</t>
+          <t>9786259680774</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Macera Sil Baştan</t>
+          <t>Seni Bulacağım</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259680705</t>
+          <t>9786259643403</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Terabithia Köprüsü</t>
+          <t>Minecraft - Nether’a Son Sefer</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259680750</t>
+          <t>9786259680798</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 13: Son (Ciltli)</t>
+          <t>Minecraft - Macera Sil Baştan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259680743</t>
+          <t>9786259680705</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 12: Evvelki Tehlike (Ciltli)</t>
+          <t>Terabithia Köprüsü</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259680712</t>
+          <t>9786259680750</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Çarpışma (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 13: Son (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259598581</t>
+          <t>9786259680743</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Kızı</t>
+          <t>Talihsiz Serüvenler Dizisi 12: Evvelki Tehlike (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>340</v>
+        <v>395</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259598598</t>
+          <t>9786259680712</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri At ve Çocuk</t>
+          <t>Mükemmel Çarpışma (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256534995</t>
+          <t>9786259598581</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mınecraft Ana Dünya Çöküyor</t>
+          <t>Okyanusun Kızı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259598567</t>
+          <t>9786259598598</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ağzıma Layık</t>
+          <t>Narnia Günlükleri At ve Çocuk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256534810</t>
+          <t>9786256534995</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kısrak</t>
+          <t>Mınecraft Ana Dünya Çöküyor</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256534735</t>
+          <t>9786259598567</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf</t>
+          <t>Ağzıma Layık</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254161322</t>
+          <t>9786256534810</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben - Veda Gemisi</t>
+          <t>Kızıl Kısrak</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259680767</t>
+          <t>9786256534735</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bin 9 Yüz Seksen 3</t>
+          <t>Tuhaf</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256534988</t>
+          <t>9786254161322</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Golem'in Oyunu</t>
+          <t>Sherlock Lüpen ve Ben - Veda Gemisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259928272</t>
+          <t>9786259680767</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Micecraft - Ada</t>
+          <t>Bin 9 Yüz Seksen 3</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259935119</t>
+          <t>9786256534988</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Arka Sıradaki Çocuk</t>
+          <t>Minecraft- Golem'in Oyunu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259598574</t>
+          <t>9786259928272</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sırrını Biliyorum</t>
+          <t>Micecraft - Ada</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259598550</t>
+          <t>9786259935119</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Isırır - Ölümle Saklambaç</t>
+          <t>Arka Sıradaki Çocuk</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259598529</t>
+          <t>9786259598574</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Bebek</t>
+          <t>Sırrını Biliyorum</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259598512</t>
+          <t>9786259598550</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Arben - Zaman Sarmalı</t>
+          <t>Dikkat Isırır - Ölümle Saklambaç</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259725741</t>
+          <t>9786259598529</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 3 – Bataklık Ülke</t>
+          <t>Kağıt Bebek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259598505</t>
+          <t>9786259598512</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Cadıların Gecesi</t>
+          <t>Arben - Zaman Sarmalı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259725796</t>
+          <t>9786259725741</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 11 Mantar Mahşeri (Ciltli)</t>
+          <t>Perg Efsaneleri 3 – Bataklık Ülke</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>410</v>
+        <v>310</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259725789</t>
+          <t>9786259598505</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 10 Kaygan Yamaç (Ciltli)</t>
+          <t>Arayış Ormanı - Cadıların Gecesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>410</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259725772</t>
+          <t>9786259725796</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 9 Karnaval Ucubeleri (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 11 Mantar Mahşeri (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259725765</t>
+          <t>9786259725789</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 8 Dehşet Hastanesi (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 10 Kaygan Yamaç (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259725758</t>
+          <t>9786259725772</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Anahtarın Sırrı</t>
+          <t>Talihsiz Serüvenler Dizisi 9 Karnaval Ucubeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>8696602033700</t>
+          <t>9786259725765</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı (Özel Koleksiyon Kutusu) (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 8 Dehşet Hastanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256534568</t>
+          <t>9786259725758</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 4 Bitik Orman (Ciltli)</t>
+          <t>Kırmızı Anahtarın Sırrı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256534599</t>
+          <t>8696602033700</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 7 Karga Laneti (Ciltli)</t>
+          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı (Özel Koleksiyon Kutusu) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259725710</t>
+          <t>9786256534568</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben – Kral Kobra Bilmecesi</t>
+          <t>Talihsiz Serüvenler Dizisi 4 Bitik Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259725703</t>
+          <t>9786256534599</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben – Aldatmacalar Limanı</t>
+          <t>Talihsiz Serüvenler Dizisi 7 Karga Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259725727</t>
+          <t>9786259725710</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Seni Daha İyi Görebilmek İçin</t>
+          <t>Sherlock Lüpen ve Ben – Kral Kobra Bilmecesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259935188</t>
+          <t>9786259725703</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 5 - Taşların Muhafızları</t>
+          <t>Sherlock Lüpen ve Ben – Aldatmacalar Limanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259545462</t>
+          <t>9786259725727</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel'in Sırları</t>
+          <t>Seni Daha İyi Görebilmek İçin</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259545486</t>
+          <t>9786259935188</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çalıntı Rüyalar Kitabı</t>
+          <t>Ulysses Moore 5 - Taşların Muhafızları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>375</v>
+        <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256534582</t>
+          <t>9786259545462</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 6 Alacakaranlık Bulvarı (Ciltli)</t>
+          <t>Mükemmel'in Sırları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256534285</t>
+          <t>9786259545486</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi 1 - Mezarlığın Sırrı</t>
+          <t>Çalıntı Rüyalar Kitabı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259935171</t>
+          <t>9786256534582</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 4 - Maskeler Adası</t>
+          <t>Talihsiz Serüvenler Dizisi 6 Alacakaranlık Bulvarı (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786050969566</t>
+          <t>9786256534285</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 4 - Tiran'ın Mezarı</t>
+          <t>Sırlar Serisi 1 - Mezarlığın Sırrı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259545400</t>
+          <t>9786259935171</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları Hades'in Evi</t>
+          <t>Ulysses Moore 4 - Maskeler Adası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>460</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259545417</t>
+          <t>9786050969566</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Solgun Ruhlar Kitabı</t>
+          <t>Apollon'un Görevleri 4 - Tiran'ın Mezarı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259545455</t>
+          <t>9786259545400</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sayonara Magic 2-Destansı Bir Felaket</t>
+          <t>Olimpos Kahramanları Hades'in Evi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259545448</t>
+          <t>9786259545417</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sayonara Magic 1-Tanaka Üçüzleri</t>
+          <t>Arayış Ormanı - Solgun Ruhlar Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256534575</t>
+          <t>9786259545455</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 5 Katı Kurallar Okulu (Ciltli)</t>
+          <t>Sayonara Magic 2-Destansı Bir Felaket</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050952513</t>
+          <t>9786259545448</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Apollon’un Görevleri 3 - Yanan Dehliz</t>
+          <t>Sayonara Magic 1-Tanaka Üçüzleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050953411</t>
+          <t>9786256534575</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Melez Kampı Gizli Belgeleri</t>
+          <t>Talihsiz Serüvenler Dizisi 5 Katı Kurallar Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>130</v>
+        <v>380</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050944631</t>
+          <t>9786050952513</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Apollon’un Görevleri 2 - Karanlık Kehanet</t>
+          <t>Apollon’un Görevleri 3 - Yanan Dehliz</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256534544</t>
+          <t>9786050953411</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 2 Sürüngen Odası (Ciltli)</t>
+          <t>Melez Kampı Gizli Belgeleri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>380</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256534551</t>
+          <t>9786050944631</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 3 Uçuruma Bakan Pencere (Ciltli)</t>
+          <t>Apollon’un Görevleri 2 - Karanlık Kehanet</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256534537</t>
+          <t>9786256534544</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 1 Kötü Günler Başlarken (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 2 Sürüngen Odası (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256534223</t>
+          <t>9786256534551</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Kayıp Günlük</t>
+          <t>Talihsiz Serüvenler Dizisi 3 Uçuruma Bakan Pencere (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259545431</t>
+          <t>9786256534537</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 6: Nehrin Sırları</t>
+          <t>Talihsiz Serüvenler Dizisi 1 Kötü Günler Başlarken (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256534803</t>
+          <t>9786256534223</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 6</t>
+          <t>Minecraft- Kayıp Günlük</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256534919</t>
+          <t>9786259545431</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Üçlü Tanrıça'nın Gazabı</t>
+          <t>Sherlock Lüpen ve Ben 6: Nehrin Sırları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256534971</t>
+          <t>9786256534803</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben - Siyahlı Kadın</t>
+          <t>Goosebumps 6</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256534964</t>
+          <t>9786256534919</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Zaman Hırsızı</t>
+          <t>Percy Jackson ve Olimposlular - Üçlü Tanrıça'nın Gazabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>480</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256534957</t>
+          <t>9786256534971</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>GooseBumps 5 - Arabadaki Hayalet</t>
+          <t>Sherlock Lüpen ve Ben - Siyahlı Kadın</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256534940</t>
+          <t>9786256534964</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Önemli Olduğu An</t>
+          <t>Zaman Hırsızı</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256534902</t>
+          <t>9786256534957</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 4 -Bodrumdan Uzak Dur</t>
+          <t>GooseBumps 5 - Arabadaki Hayalet</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256534865</t>
+          <t>9786256534940</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları Athena’nın İşareti</t>
+          <t>Her Şeyin Önemli Olduğu An</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256534889</t>
+          <t>9786256534902</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 2 - Prenssiz Bir Dünya</t>
+          <t>Goosebumps 4 -Bodrumdan Uzak Dur</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256534872</t>
+          <t>9786256534865</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 1</t>
+          <t>Olimpos Kahramanları Athena’nın İşareti</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>440</v>
+        <v>460</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256534896</t>
+          <t>9786256534889</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Arım Balım Kralım</t>
+          <t>İyilik ve Kötülük Okulu 2 - Prenssiz Bir Dünya</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256534261</t>
+          <t>9786256534872</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 1- Korkak ve Canavar</t>
+          <t>İyilik ve Kötülük Okulu 1</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>340</v>
+        <v>440</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256534827</t>
+          <t>9786256534896</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 2 – Merderan’ın Sırrı</t>
+          <t>Minecraft- Arım Balım Kralım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256534858</t>
+          <t>9786256534261</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 3 Ateş Bataklığı Kurt Adamı</t>
+          <t>Perg Efsaneleri 1- Korkak ve Canavar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256534407</t>
+          <t>9786256534827</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Melez Dosyaları</t>
+          <t>Perg Efsaneleri 2 – Merderan’ın Sırrı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259928258</t>
+          <t>9786256534858</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri - Tiran'ın Mezarı</t>
+          <t>Goosebumps 3 Ateş Bataklığı Kurt Adamı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259928241</t>
+          <t>9786256534407</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Magnus Chase ve Asgard Tanrıları - Ölüm Gemisi</t>
+          <t>Percy Jackson ve Olimposlular - Melez Dosyaları</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259545424</t>
+          <t>9786259928258</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 10 - Şifrelerin Efendisi</t>
+          <t>Apollon'un Görevleri - Tiran'ın Mezarı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256534841</t>
+          <t>9786259928241</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları - Melez Günlükleri</t>
+          <t>Magnus Chase ve Asgard Tanrıları - Ölüm Gemisi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256534834</t>
+          <t>9786259545424</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 2 - Karanlık Kehanet</t>
+          <t>Sherlock Lüpen ve Ben 10 - Şifrelerin Efendisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253942731</t>
+          <t>9786256534841</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Kızıltaş Şatosu</t>
+          <t>Olimpos Kahramanları - Melez Günlükleri</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256534780</t>
+          <t>9786256534834</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 3 - Yanan Dehliz</t>
+          <t>Apollon'un Görevleri 2 - Karanlık Kehanet</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256534421</t>
+          <t>9786259643496</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Bir Başına</t>
+          <t>Minecraft- Kızıltaş Şatosu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256534209</t>
+          <t>9786256534780</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Magnus Chase ve Asgard Tanrıları 1 Yaz Kılıcı</t>
+          <t>Apollon'un Görevleri 3 - Yanan Dehliz</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256534766</t>
+          <t>9786256534421</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Kederli Kuşlar Ormanı</t>
+          <t>Dünyada Bir Başına</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256534797</t>
+          <t>9786256534209</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps - Vampir Nefesi</t>
+          <t>Magnus Chase ve Asgard Tanrıları 1 Yaz Kılıcı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>460</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256534742</t>
+          <t>9786256534766</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps - Ölüler Evine Hoş Geldiniz</t>
+          <t>Yarasa Çıkmazı - Kederli Kuşlar Ormanı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256534773</t>
+          <t>9786256534797</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Arben - Hiperkuleden Kaçış</t>
+          <t>Goosebumps - Vampir Nefesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256534759</t>
+          <t>9786256534742</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Yunan Tanrıları</t>
+          <t>Goosebumps - Ölüler Evine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256534728</t>
+          <t>9786256534773</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyanın Tanrıları 3 - Sonsuzluk Makinesi</t>
+          <t>Arben - Hiperkuleden Kaçış</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256534025</t>
+          <t>9786256534759</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Şimşek Hırsızı</t>
+          <t>Percy Jackson ve Yunan Tanrıları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256534469</t>
+          <t>9786256534728</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Tesadüfler 2 - İpucu Peşinde</t>
+          <t>Kayıp Dünyanın Tanrıları 3 - Sonsuzluk Makinesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256534520</t>
+          <t>9786256534025</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 1 - Gizli Kahin</t>
+          <t>Percy Jackson ve Olimposlular - Şimşek Hırsızı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256534513</t>
+          <t>9786256534469</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Magnus Chase ve Asgard Tanrıları 2 - Thor'un Çekici</t>
+          <t>Tuhaf Tesadüfler 2 - İpucu Peşinde</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>460</v>
+        <v>330</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256534490</t>
+          <t>9786256534520</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson - Melez Kampı Gizli Belgeleri</t>
+          <t>Apollon'un Görevleri 1 - Gizli Kahin</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256534476</t>
+          <t>9786256534513</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları 1 - Kayıp Kahraman</t>
+          <t>Magnus Chase ve Asgard Tanrıları 2 - Thor'un Çekici</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256534483</t>
+          <t>9786256534490</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları 2 - Neptün'ün Oğlu</t>
+          <t>Percy Jackson - Melez Kampı Gizli Belgeleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256534506</t>
+          <t>9786256534476</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Yunan Kahramanları</t>
+          <t>Olimpos Kahramanları 1 - Kayıp Kahraman</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256534278</t>
+          <t>9786256534483</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Tesadüfler 1 - Şifreli Kağıt</t>
+          <t>Olimpos Kahramanları 2 - Neptün'ün Oğlu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256534452</t>
+          <t>9786256534506</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Yeni Üçleme Tanrıların Kadehi (Ciltli)</t>
+          <t>Percy Jackson ve Yunan Kahramanları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253941833</t>
+          <t>9786256534278</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Evcil Dostlar Gibisi Yok</t>
+          <t>Tuhaf Tesadüfler 1 - Şifreli Kağıt</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256534124</t>
+          <t>9786256534452</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular 2 Canavarlar Denizi</t>
+          <t>Percy Jackson ve Olimposlular Yeni Üçleme Tanrıların Kadehi (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256534445</t>
+          <t>9786253941833</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri - Aslan, Cadı ve Dolap</t>
+          <t>Minecraft - Evcil Dostlar Gibisi Yok</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256534193</t>
+          <t>9786256534124</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kane Günceleri 1 Kırmızı Piramit</t>
+          <t>Percy Jackson ve Olimposlular 2 Canavarlar Denizi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>460</v>
+        <v>340</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256534438</t>
+          <t>9786256534445</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Zor Seçim</t>
+          <t>Narnia Günlükleri - Aslan, Cadı ve Dolap</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256534322</t>
+          <t>9786256534193</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Gizemli Kara Kediler</t>
+          <t>Kane Günceleri 1 Kırmızı Piramit</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>225</v>
+        <v>460</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256534414</t>
+          <t>9786256534438</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
+          <t>Minecraft Zor Seçim</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256534391</t>
+          <t>9786256534322</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>George ve Zaman Gemisi</t>
+          <t>Yarasa Çıkmazı - Gizemli Kara Kediler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>385</v>
+        <v>225</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256534377</t>
+          <t>9786256534414</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>George ve Evren'e Açılan Gizli Anahtar</t>
+          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256534384</t>
+          <t>9786256534391</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>George ve Büyük Patlama</t>
+          <t>George ve Zaman Gemisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259545479</t>
+          <t>9786256534377</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Minecraft-Hatalı Kodlama</t>
+          <t>George ve Evren'e Açılan Gizli Anahtar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256534360</t>
+          <t>9786256534384</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Son Olimposlu</t>
+          <t>George ve Büyük Patlama</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256534353</t>
+          <t>9786259545479</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Labirent Savaşı</t>
+          <t>Minecraft-Hatalı Kodlama</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256534087</t>
+          <t>9786256534360</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Percy Jakson ve Olimposlular Tek Cilt Özel Baskı</t>
+          <t>Percy Jackson ve Olimposlular - Son Olimposlu</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256534339</t>
+          <t>9786256534353</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi 3 - Karanlıkta Dolaşan</t>
+          <t>Percy Jackson ve Olimposlular - Labirent Savaşı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256534346</t>
+          <t>9786256534087</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Isırır</t>
+          <t>Percy Jakson ve Olimposlular Tek Cilt Özel Baskı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>280</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256534308</t>
+          <t>9786256534339</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Canavar ve Bethany - Canavarın Savaşı</t>
+          <t>Sırlar Serisi 3 - Karanlıkta Dolaşan</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256534315</t>
+          <t>9786256534346</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Ejderha</t>
+          <t>Dikkat Isırır</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256534247</t>
+          <t>9786256534308</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 2 - Unutulmuş Eski</t>
+          <t>Canavar ve Bethany - Canavarın Savaşı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>285</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256534254</t>
+          <t>9786256534315</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 1 – Zaman Kapısı</t>
+          <t>Minecraft- Ejderha</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256534094</t>
+          <t>9786256534247</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular 5 Son Olimposlu</t>
+          <t>Ulysses Moore 2 - Unutulmuş Eski</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256534100</t>
+          <t>9786256534254</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular 4 Labirent Savaşı</t>
+          <t>Ulysses Moore 1 – Zaman Kapısı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256534117</t>
+          <t>9786256534094</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular -Titan'ın Laneti</t>
+          <t>Percy Jackson ve Olimposlular 5 Son Olimposlu</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256534186</t>
+          <t>9786256534100</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kane Günceleri 3 Yılanın Gölgesi</t>
+          <t>Percy Jackson ve Olimposlular 4 Labirent Savaşı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256534179</t>
+          <t>9786256534117</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kane Günceleri 2 Ateş Tahtı</t>
+          <t>Percy Jackson ve Olimposlular -Titan'ın Laneti</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>430</v>
+        <v>340</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256534148</t>
+          <t>9786256534186</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>George ve Mavi Ay</t>
+          <t>Kane Günceleri 3 Yılanın Gölgesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256534131</t>
+          <t>9786256534179</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>George ve Kozmik Hazine Avı</t>
+          <t>Kane Günceleri 2 Ateş Tahtı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256534056</t>
+          <t>9786256534148</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yeganeler - Gizemli Sanatlar</t>
+          <t>George ve Mavi Ay</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256534155</t>
+          <t>9786256534131</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Kaza</t>
+          <t>George ve Kozmik Hazine Avı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256534162</t>
+          <t>9786256534056</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Enkaz</t>
+          <t>Yeganeler - Gizemli Sanatlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256534230</t>
+          <t>9786256534155</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 1 – Büyücünün Yeğeni</t>
+          <t>Minecraft- Kaza</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256534216</t>
+          <t>9786256534162</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Dağ</t>
+          <t>Minecraft- Enkaz</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256534070</t>
+          <t>9786256534230</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Son Direniş</t>
+          <t>Narnia Günlükleri 1 – Büyücünün Yeğeni</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786259935195</t>
+          <t>9786256534216</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 6 - İlk Anahtar</t>
+          <t>Minecraft- Dağ</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786259935164</t>
+          <t>9786256534070</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 3 - Aynalar Evi</t>
+          <t>Minecraft - Son Direniş</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256534063</t>
+          <t>9786259935195</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Zindan Macerası</t>
+          <t>Ulysses Moore 6 - İlk Anahtar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256534018</t>
+          <t>9786259935164</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı</t>
+          <t>Ulysses Moore 3 - Aynalar Evi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256534032</t>
+          <t>9786256534063</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Son</t>
+          <t>Minecraft - Zindan Macerası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256534049</t>
+          <t>9786256534018</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları 5 - Olimpos’un Kanı</t>
+          <t>Arayış Ormanı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259935102</t>
+          <t>9786256534032</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 5 - Nero'nun Kulesi</t>
+          <t>Minecraft - Son</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256534001</t>
+          <t>9786256534049</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Şeker Portakalı Çizgi Roman</t>
+          <t>Olimpos Kahramanları 5 - Olimpos’un Kanı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259928296</t>
+          <t>9786259935102</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Katpatuka</t>
+          <t>Apollon'un Görevleri 5 - Nero'nun Kulesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259935133</t>
+          <t>9786256534001</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Oyunun İçinde</t>
+          <t>Şeker Portakalı Çizgi Roman</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259935157</t>
+          <t>9786259928296</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Derine Dal</t>
+          <t>Katpatuka</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259935140</t>
+          <t>9786259935133</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Gizemli Düşman</t>
+          <t>Minecraft - Oyunun İçinde</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259935126</t>
+          <t>9786259935157</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Yarasa Gecesi</t>
+          <t>Minecraft - Derine Dal</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259928210</t>
+          <t>9786259935140</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
+          <t>Minecraft - Gizemli Düşman</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259928289</t>
+          <t>9786259935126</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Micecraft - Cennet Testleri</t>
+          <t>Minecraft - Yarasa Gecesi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259928265</t>
+          <t>9786259928210</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Micecraft - Yolculuk</t>
+          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>310</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259928227</t>
+          <t>9786259928289</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı-Çizgi Roman</t>
+          <t>Micecraft - Cennet Testleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786259928203</t>
+          <t>9786259928265</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Titan’ın Laneti-Çizgi Roman-</t>
+          <t>Micecraft - Yolculuk</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259928234</t>
+          <t>9786259928227</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Canavarlar Denizi-Çizgi Roman</t>
+          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı-Çizgi Roman</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786254160615</t>
+          <t>9786259928203</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yeganeler (Ciltli)</t>
+          <t>Percy Jackson ve Olimposlular Titan’ın Laneti-Çizgi Roman-</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786254169861</t>
+          <t>9786259928234</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi - Saksağan Yokuşu (Ciltli)</t>
+          <t>Percy Jackson ve Olimposlular Canavarlar Denizi-Çizgi Roman</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
+          <t>9786254160615</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Yeganeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786254169861</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Sırlar Serisi - Saksağan Yokuşu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
           <t>9786254167201</t>
         </is>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Willodeen (Ciltli)</t>
         </is>
       </c>
-      <c r="C153" s="1">
+      <c r="C155" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>