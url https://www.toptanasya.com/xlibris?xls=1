--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,2350 +85,2365 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259725734</t>
+          <t>9786259643410</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Köy</t>
+          <t>Goosebumps 7 Goblinlerle Tatil</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259598536</t>
+          <t>9786259725734</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 4 – Tanrıların Alfabesi</t>
+          <t>Minecraft - Köy</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259680729</t>
+          <t>9786259598536</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Kül Büyücüsü</t>
+          <t>Perg Efsaneleri 4 – Tanrıların Alfabesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259545493</t>
+          <t>9786259680729</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Tanrılar ve Canavarlar Rehberi</t>
+          <t>Arayış Ormanı - Kül Büyücüsü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>590</v>
+        <v>295</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259680774</t>
+          <t>9786259545493</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Seni Bulacağım</t>
+          <t>Percy Jackson ve Olimposlular - Tanrılar ve Canavarlar Rehberi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>690</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259643403</t>
+          <t>9786259680774</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Nether’a Son Sefer</t>
+          <t>Seni Bulacağım</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259680798</t>
+          <t>9786259643403</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Macera Sil Baştan</t>
+          <t>Minecraft - Nether’a Son Sefer</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259680705</t>
+          <t>9786259680798</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Terabithia Köprüsü</t>
+          <t>Minecraft - Macera Sil Baştan</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259680750</t>
+          <t>9786259680705</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 13: Son (Ciltli)</t>
+          <t>Terabithia Köprüsü</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>395</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259680743</t>
+          <t>9786259680750</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 12: Evvelki Tehlike (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 13: Son (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>395</v>
+        <v>480</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259680712</t>
+          <t>9786259680743</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Çarpışma (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 12: Evvelki Tehlike (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259598581</t>
+          <t>9786259680712</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Kızı</t>
+          <t>Mükemmel Çarpışma (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>365</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259598598</t>
+          <t>9786259598581</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri At ve Çocuk</t>
+          <t>Okyanusun Kızı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256534995</t>
+          <t>9786259598598</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mınecraft Ana Dünya Çöküyor</t>
+          <t>Narnia Günlükleri At ve Çocuk</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259598567</t>
+          <t>9786256534995</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ağzıma Layık</t>
+          <t>Mınecraft Ana Dünya Çöküyor</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256534810</t>
+          <t>9786259598567</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kısrak</t>
+          <t>Ağzıma Layık</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256534735</t>
+          <t>9786256534810</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf</t>
+          <t>Kızıl Kısrak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254161322</t>
+          <t>9786256534735</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben - Veda Gemisi</t>
+          <t>Tuhaf</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259680767</t>
+          <t>9786254161322</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bin 9 Yüz Seksen 3</t>
+          <t>Sherlock Lüpen ve Ben - Veda Gemisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256534988</t>
+          <t>9786259680767</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Golem'in Oyunu</t>
+          <t>Bin 9 Yüz Seksen 3</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259928272</t>
+          <t>9786256534988</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Micecraft - Ada</t>
+          <t>Minecraft- Golem'in Oyunu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259935119</t>
+          <t>9786259928272</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Arka Sıradaki Çocuk</t>
+          <t>Micecraft - Ada</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259598574</t>
+          <t>9786259935119</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sırrını Biliyorum</t>
+          <t>Arka Sıradaki Çocuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259598550</t>
+          <t>9786259598574</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Isırır - Ölümle Saklambaç</t>
+          <t>Sırrını Biliyorum</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259598529</t>
+          <t>9786259598550</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Bebek</t>
+          <t>Dikkat Isırır - Ölümle Saklambaç</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259598512</t>
+          <t>9786259598529</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arben - Zaman Sarmalı</t>
+          <t>Kağıt Bebek</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259725741</t>
+          <t>9786259598512</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 3 – Bataklık Ülke</t>
+          <t>Arben - Zaman Sarmalı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>310</v>
+        <v>395</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259598505</t>
+          <t>9786259725741</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Cadıların Gecesi</t>
+          <t>Perg Efsaneleri 3 – Bataklık Ülke</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259725796</t>
+          <t>9786259598505</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 11 Mantar Mahşeri (Ciltli)</t>
+          <t>Arayış Ormanı - Cadıların Gecesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>410</v>
+        <v>270</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259725789</t>
+          <t>9786259725796</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 10 Kaygan Yamaç (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 11 Mantar Mahşeri (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>410</v>
+        <v>480</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259725772</t>
+          <t>9786259725789</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 9 Karnaval Ucubeleri (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 10 Kaygan Yamaç (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259725765</t>
+          <t>9786259725772</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 8 Dehşet Hastanesi (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 9 Karnaval Ucubeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259725758</t>
+          <t>9786259725765</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Anahtarın Sırrı</t>
+          <t>Talihsiz Serüvenler Dizisi 8 Dehşet Hastanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>8696602033700</t>
+          <t>9786259725758</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı (Özel Koleksiyon Kutusu) (Ciltli)</t>
+          <t>Kırmızı Anahtarın Sırrı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256534568</t>
+          <t>8696602033700</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 4 Bitik Orman (Ciltli)</t>
+          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı (Özel Koleksiyon Kutusu) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256534599</t>
+          <t>9786256534568</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 7 Karga Laneti (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 4 Bitik Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259725710</t>
+          <t>9786256534599</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben – Kral Kobra Bilmecesi</t>
+          <t>Talihsiz Serüvenler Dizisi 7 Karga Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>460</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259725703</t>
+          <t>9786259725710</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben – Aldatmacalar Limanı</t>
+          <t>Sherlock Lüpen ve Ben – Kral Kobra Bilmecesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259725727</t>
+          <t>9786259725703</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Seni Daha İyi Görebilmek İçin</t>
+          <t>Sherlock Lüpen ve Ben – Aldatmacalar Limanı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259935188</t>
+          <t>9786259725727</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 5 - Taşların Muhafızları</t>
+          <t>Seni Daha İyi Görebilmek İçin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259545462</t>
+          <t>9786259935188</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel'in Sırları</t>
+          <t>Ulysses Moore 5 - Taşların Muhafızları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259545486</t>
+          <t>9786259545462</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Çalıntı Rüyalar Kitabı</t>
+          <t>Mükemmel'in Sırları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256534582</t>
+          <t>9786259545486</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 6 Alacakaranlık Bulvarı (Ciltli)</t>
+          <t>Çalıntı Rüyalar Kitabı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256534285</t>
+          <t>9786256534582</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi 1 - Mezarlığın Sırrı</t>
+          <t>Talihsiz Serüvenler Dizisi 6 Alacakaranlık Bulvarı (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259935171</t>
+          <t>9786256534285</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 4 - Maskeler Adası</t>
+          <t>Sırlar Serisi 1 - Mezarlığın Sırrı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786050969566</t>
+          <t>9786259935171</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 4 - Tiran'ın Mezarı</t>
+          <t>Ulysses Moore 4 - Maskeler Adası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259545400</t>
+          <t>9786050969566</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları Hades'in Evi</t>
+          <t>Apollon'un Görevleri 4 - Tiran'ın Mezarı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259545417</t>
+          <t>9786259545400</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Solgun Ruhlar Kitabı</t>
+          <t>Olimpos Kahramanları Hades'in Evi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259545455</t>
+          <t>9786259545417</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sayonara Magic 2-Destansı Bir Felaket</t>
+          <t>Arayış Ormanı - Solgun Ruhlar Kitabı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259545448</t>
+          <t>9786259545455</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sayonara Magic 1-Tanaka Üçüzleri</t>
+          <t>Sayonara Magic 2-Destansı Bir Felaket</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256534575</t>
+          <t>9786259545448</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 5 Katı Kurallar Okulu (Ciltli)</t>
+          <t>Sayonara Magic 1-Tanaka Üçüzleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050952513</t>
+          <t>9786256534575</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Apollon’un Görevleri 3 - Yanan Dehliz</t>
+          <t>Talihsiz Serüvenler Dizisi 5 Katı Kurallar Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>320</v>
+        <v>460</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050953411</t>
+          <t>9786050952513</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Melez Kampı Gizli Belgeleri</t>
+          <t>Apollon’un Görevleri 3 - Yanan Dehliz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050944631</t>
+          <t>9786050953411</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Apollon’un Görevleri 2 - Karanlık Kehanet</t>
+          <t>Melez Kampı Gizli Belgeleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256534544</t>
+          <t>9786050944631</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 2 Sürüngen Odası (Ciltli)</t>
+          <t>Apollon’un Görevleri 2 - Karanlık Kehanet</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256534551</t>
+          <t>9786256534544</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 3 Uçuruma Bakan Pencere (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 2 Sürüngen Odası (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256534537</t>
+          <t>9786256534551</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 1 Kötü Günler Başlarken (Ciltli)</t>
+          <t>Talihsiz Serüvenler Dizisi 3 Uçuruma Bakan Pencere (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256534223</t>
+          <t>9786256534537</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Kayıp Günlük</t>
+          <t>Talihsiz Serüvenler Dizisi 1 Kötü Günler Başlarken (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259545431</t>
+          <t>9786256534223</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 6: Nehrin Sırları</t>
+          <t>Minecraft- Kayıp Günlük</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256534803</t>
+          <t>9786259545431</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 6</t>
+          <t>Sherlock Lüpen ve Ben 6: Nehrin Sırları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256534919</t>
+          <t>9786256534803</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Üçlü Tanrıça'nın Gazabı</t>
+          <t>Goosebumps 6</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256534971</t>
+          <t>9786256534919</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben - Siyahlı Kadın</t>
+          <t>Percy Jackson ve Olimposlular - Üçlü Tanrıça'nın Gazabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>580</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256534964</t>
+          <t>9786256534971</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Zaman Hırsızı</t>
+          <t>Sherlock Lüpen ve Ben - Siyahlı Kadın</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256534957</t>
+          <t>9786256534964</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>GooseBumps 5 - Arabadaki Hayalet</t>
+          <t>Zaman Hırsızı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256534940</t>
+          <t>9786256534957</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Önemli Olduğu An</t>
+          <t>GooseBumps 5 - Arabadaki Hayalet</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256534902</t>
+          <t>9786256534940</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 4 -Bodrumdan Uzak Dur</t>
+          <t>Her Şeyin Önemli Olduğu An</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256534865</t>
+          <t>9786256534902</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları Athena’nın İşareti</t>
+          <t>Goosebumps 4 -Bodrumdan Uzak Dur</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256534889</t>
+          <t>9786256534865</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 2 - Prenssiz Bir Dünya</t>
+          <t>Olimpos Kahramanları Athena’nın İşareti</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>380</v>
+        <v>520</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256534872</t>
+          <t>9786256534889</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 1</t>
+          <t>İyilik ve Kötülük Okulu 2 - Prenssiz Bir Dünya</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>440</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256534896</t>
+          <t>9786256534872</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Arım Balım Kralım</t>
+          <t>İyilik ve Kötülük Okulu 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256534261</t>
+          <t>9786256534896</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 1- Korkak ve Canavar</t>
+          <t>Minecraft- Arım Balım Kralım</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256534827</t>
+          <t>9786256534261</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 2 – Merderan’ın Sırrı</t>
+          <t>Perg Efsaneleri 1- Korkak ve Canavar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256534858</t>
+          <t>9786256534827</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 3 Ateş Bataklığı Kurt Adamı</t>
+          <t>Perg Efsaneleri 2 – Merderan’ın Sırrı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256534407</t>
+          <t>9786256534858</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Melez Dosyaları</t>
+          <t>Goosebumps 3 Ateş Bataklığı Kurt Adamı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259928258</t>
+          <t>9786256534407</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri - Tiran'ın Mezarı</t>
+          <t>Percy Jackson ve Olimposlular - Melez Dosyaları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259928241</t>
+          <t>9786259928258</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Magnus Chase ve Asgard Tanrıları - Ölüm Gemisi</t>
+          <t>Apollon'un Görevleri - Tiran'ın Mezarı</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259545424</t>
+          <t>9786259928241</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 10 - Şifrelerin Efendisi</t>
+          <t>Magnus Chase ve Asgard Tanrıları - Ölüm Gemisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256534841</t>
+          <t>9786259545424</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları - Melez Günlükleri</t>
+          <t>Sherlock Lüpen ve Ben 10 - Şifrelerin Efendisi</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256534834</t>
+          <t>9786256534841</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 2 - Karanlık Kehanet</t>
+          <t>Olimpos Kahramanları - Melez Günlükleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259643496</t>
+          <t>9786256534834</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Kızıltaş Şatosu</t>
+          <t>Apollon'un Görevleri 2 - Karanlık Kehanet</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256534780</t>
+          <t>9786259643496</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 3 - Yanan Dehliz</t>
+          <t>Minecraft- Kızıltaş Şatosu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256534421</t>
+          <t>9786256534780</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Bir Başına</t>
+          <t>Apollon'un Görevleri 3 - Yanan Dehliz</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>430</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256534209</t>
+          <t>9786256534421</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Magnus Chase ve Asgard Tanrıları 1 Yaz Kılıcı</t>
+          <t>Dünyada Bir Başına</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256534766</t>
+          <t>9786256534209</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Kederli Kuşlar Ormanı</t>
+          <t>Magnus Chase ve Asgard Tanrıları 1 Yaz Kılıcı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>225</v>
+        <v>520</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256534797</t>
+          <t>9786256534766</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps - Vampir Nefesi</t>
+          <t>Yarasa Çıkmazı - Kederli Kuşlar Ormanı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256534742</t>
+          <t>9786256534797</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps - Ölüler Evine Hoş Geldiniz</t>
+          <t>Goosebumps - Vampir Nefesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256534773</t>
+          <t>9786256534742</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Arben - Hiperkuleden Kaçış</t>
+          <t>Goosebumps - Ölüler Evine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256534759</t>
+          <t>9786256534773</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Yunan Tanrıları</t>
+          <t>Arben - Hiperkuleden Kaçış</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256534728</t>
+          <t>9786256534759</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyanın Tanrıları 3 - Sonsuzluk Makinesi</t>
+          <t>Percy Jackson ve Yunan Tanrıları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256534025</t>
+          <t>9786256534728</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Şimşek Hırsızı</t>
+          <t>Kayıp Dünyanın Tanrıları 3 - Sonsuzluk Makinesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256534469</t>
+          <t>9786256534025</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Tesadüfler 2 - İpucu Peşinde</t>
+          <t>Percy Jackson ve Olimposlular - Şimşek Hırsızı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256534520</t>
+          <t>9786256534469</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 1 - Gizli Kahin</t>
+          <t>Tuhaf Tesadüfler 2 - İpucu Peşinde</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256534513</t>
+          <t>9786256534520</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Magnus Chase ve Asgard Tanrıları 2 - Thor'un Çekici</t>
+          <t>Apollon'un Görevleri 1 - Gizli Kahin</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>460</v>
+        <v>420</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256534490</t>
+          <t>9786256534513</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson - Melez Kampı Gizli Belgeleri</t>
+          <t>Magnus Chase ve Asgard Tanrıları 2 - Thor'un Çekici</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>220</v>
+        <v>510</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256534476</t>
+          <t>9786256534490</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları 1 - Kayıp Kahraman</t>
+          <t>Percy Jackson - Melez Kampı Gizli Belgeleri</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256534483</t>
+          <t>9786256534476</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları 2 - Neptün'ün Oğlu</t>
+          <t>Olimpos Kahramanları 1 - Kayıp Kahraman</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256534506</t>
+          <t>9786256534483</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Yunan Kahramanları</t>
+          <t>Olimpos Kahramanları 2 - Neptün'ün Oğlu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256534278</t>
+          <t>9786256534506</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Tesadüfler 1 - Şifreli Kağıt</t>
+          <t>Percy Jackson ve Yunan Kahramanları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>310</v>
+        <v>490</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256534452</t>
+          <t>9786256534278</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Yeni Üçleme Tanrıların Kadehi (Ciltli)</t>
+          <t>Tuhaf Tesadüfler 1 - Şifreli Kağıt</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253941833</t>
+          <t>9786256534452</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Evcil Dostlar Gibisi Yok</t>
+          <t>Percy Jackson ve Olimposlular Yeni Üçleme Tanrıların Kadehi (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>180</v>
+        <v>530</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256534124</t>
+          <t>9786253941833</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular 2 Canavarlar Denizi</t>
+          <t>Minecraft - Evcil Dostlar Gibisi Yok</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256534445</t>
+          <t>9786256534124</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri - Aslan, Cadı ve Dolap</t>
+          <t>Percy Jackson ve Olimposlular 2 Canavarlar Denizi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256534193</t>
+          <t>9786256534445</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kane Günceleri 1 Kırmızı Piramit</t>
+          <t>Narnia Günlükleri - Aslan, Cadı ve Dolap</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256534438</t>
+          <t>9786256534193</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Zor Seçim</t>
+          <t>Kane Günceleri 1 Kırmızı Piramit</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256534322</t>
+          <t>9786256534438</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Gizemli Kara Kediler</t>
+          <t>Minecraft Zor Seçim</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256534414</t>
+          <t>9786256534322</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
+          <t>Yarasa Çıkmazı - Gizemli Kara Kediler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256534391</t>
+          <t>9786256534414</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>George ve Zaman Gemisi</t>
+          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>385</v>
+        <v>290</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256534377</t>
+          <t>9786256534391</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>George ve Evren'e Açılan Gizli Anahtar</t>
+          <t>George ve Zaman Gemisi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256534384</t>
+          <t>9786256534377</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>George ve Büyük Patlama</t>
+          <t>George ve Evren'e Açılan Gizli Anahtar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259545479</t>
+          <t>9786256534384</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Minecraft-Hatalı Kodlama</t>
+          <t>George ve Büyük Patlama</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256534360</t>
+          <t>9786259545479</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Son Olimposlu</t>
+          <t>Minecraft-Hatalı Kodlama</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256534353</t>
+          <t>9786256534360</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Labirent Savaşı</t>
+          <t>Percy Jackson ve Olimposlular - Son Olimposlu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256534087</t>
+          <t>9786256534353</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Percy Jakson ve Olimposlular Tek Cilt Özel Baskı</t>
+          <t>Percy Jackson ve Olimposlular - Labirent Savaşı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256534339</t>
+          <t>9786256534087</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi 3 - Karanlıkta Dolaşan</t>
+          <t>Percy Jakson ve Olimposlular Tek Cilt Özel Baskı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>280</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256534346</t>
+          <t>9786256534339</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Isırır</t>
+          <t>Sırlar Serisi 3 - Karanlıkta Dolaşan</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256534308</t>
+          <t>9786256534346</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Canavar ve Bethany - Canavarın Savaşı</t>
+          <t>Dikkat Isırır</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256534315</t>
+          <t>9786256534308</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Ejderha</t>
+          <t>Canavar ve Bethany - Canavarın Savaşı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256534247</t>
+          <t>9786256534315</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 2 - Unutulmuş Eski</t>
+          <t>Minecraft- Ejderha</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256534254</t>
+          <t>9786256534247</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 1 – Zaman Kapısı</t>
+          <t>Ulysses Moore 2 - Unutulmuş Eski</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256534094</t>
+          <t>9786256534254</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular 5 Son Olimposlu</t>
+          <t>Ulysses Moore 1 – Zaman Kapısı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256534100</t>
+          <t>9786256534094</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular 4 Labirent Savaşı</t>
+          <t>Percy Jackson ve Olimposlular 5 Son Olimposlu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256534117</t>
+          <t>9786256534100</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular -Titan'ın Laneti</t>
+          <t>Percy Jackson ve Olimposlular 4 Labirent Savaşı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256534186</t>
+          <t>9786256534117</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kane Günceleri 3 Yılanın Gölgesi</t>
+          <t>Percy Jackson ve Olimposlular -Titan'ın Laneti</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256534179</t>
+          <t>9786256534186</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kane Günceleri 2 Ateş Tahtı</t>
+          <t>Kane Günceleri 3 Yılanın Gölgesi</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256534148</t>
+          <t>9786256534179</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>George ve Mavi Ay</t>
+          <t>Kane Günceleri 2 Ateş Tahtı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>375</v>
+        <v>490</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256534131</t>
+          <t>9786256534148</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>George ve Kozmik Hazine Avı</t>
+          <t>George ve Mavi Ay</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256534056</t>
+          <t>9786256534131</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yeganeler - Gizemli Sanatlar</t>
+          <t>George ve Kozmik Hazine Avı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256534155</t>
+          <t>9786256534056</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Kaza</t>
+          <t>Yeganeler - Gizemli Sanatlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256534162</t>
+          <t>9786256534155</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Enkaz</t>
+          <t>Minecraft- Kaza</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256534230</t>
+          <t>9786256534162</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 1 – Büyücünün Yeğeni</t>
+          <t>Minecraft- Enkaz</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256534216</t>
+          <t>9786256534230</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Dağ</t>
+          <t>Narnia Günlükleri 1 – Büyücünün Yeğeni</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256534070</t>
+          <t>9786256534216</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Son Direniş</t>
+          <t>Minecraft- Dağ</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786259935195</t>
+          <t>9786256534070</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 6 - İlk Anahtar</t>
+          <t>Minecraft - Son Direniş</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786259935164</t>
+          <t>9786259935195</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 3 - Aynalar Evi</t>
+          <t>Ulysses Moore 6 - İlk Anahtar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256534063</t>
+          <t>9786259935164</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Zindan Macerası</t>
+          <t>Ulysses Moore 3 - Aynalar Evi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256534018</t>
+          <t>9786256534063</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı</t>
+          <t>Minecraft - Zindan Macerası</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256534032</t>
+          <t>9786256534018</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Son</t>
+          <t>Arayış Ormanı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256534049</t>
+          <t>9786256534032</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları 5 - Olimpos’un Kanı</t>
+          <t>Minecraft - Son</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786259935102</t>
+          <t>9786256534049</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 5 - Nero'nun Kulesi</t>
+          <t>Olimpos Kahramanları 5 - Olimpos’un Kanı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256534001</t>
+          <t>9786259935102</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Şeker Portakalı Çizgi Roman</t>
+          <t>Apollon'un Görevleri 5 - Nero'nun Kulesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786259928296</t>
+          <t>9786256534001</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Katpatuka</t>
+          <t>Şeker Portakalı Çizgi Roman</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259935133</t>
+          <t>9786259928296</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Oyunun İçinde</t>
+          <t>Katpatuka</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259935157</t>
+          <t>9786259935133</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Derine Dal</t>
+          <t>Minecraft - Oyunun İçinde</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259935140</t>
+          <t>9786259935157</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Gizemli Düşman</t>
+          <t>Minecraft - Derine Dal</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259935126</t>
+          <t>9786259935140</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Yarasa Gecesi</t>
+          <t>Minecraft - Gizemli Düşman</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259928210</t>
+          <t>9786259935126</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
+          <t>Minecraft - Yarasa Gecesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>1200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259928289</t>
+          <t>9786259928210</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Micecraft - Cennet Testleri</t>
+          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786259928265</t>
+          <t>9786259928289</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Micecraft - Yolculuk</t>
+          <t>Micecraft - Cennet Testleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259928227</t>
+          <t>9786259928265</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı-Çizgi Roman</t>
+          <t>Micecraft - Yolculuk</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786259928203</t>
+          <t>9786259928227</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Titan’ın Laneti-Çizgi Roman-</t>
+          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı-Çizgi Roman</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259928234</t>
+          <t>9786259928203</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Canavarlar Denizi-Çizgi Roman</t>
+          <t>Percy Jackson ve Olimposlular Titan’ın Laneti-Çizgi Roman-</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786254160615</t>
+          <t>9786259928234</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yeganeler (Ciltli)</t>
+          <t>Percy Jackson ve Olimposlular Canavarlar Denizi-Çizgi Roman</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254169861</t>
+          <t>9786254160615</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi - Saksağan Yokuşu (Ciltli)</t>
+          <t>Yeganeler (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
+          <t>9786254169861</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Sırlar Serisi - Saksağan Yokuşu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
           <t>9786254167201</t>
         </is>
       </c>
-      <c r="B155" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Willodeen (Ciltli)</t>
         </is>
       </c>
-      <c r="C155" s="1">
-        <v>250</v>
+      <c r="C156" s="1">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>