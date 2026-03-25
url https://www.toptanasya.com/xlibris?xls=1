--- v2 (2026-02-04)
+++ v3 (2026-03-25)
@@ -85,2365 +85,2515 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259643410</t>
+          <t>9786259371627</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 7 Goblinlerle Tatil</t>
+          <t>Goosebumps 9 - Dehşet Kampı’na Hoşgeldiniz</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259725734</t>
+          <t>9786259371641</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Köy</t>
+          <t>Yalan Söylediğini Biliyorum</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259598536</t>
+          <t>9786259643427</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 4 – Tanrıların Alfabesi</t>
+          <t>Goosebumps 8 Yaşayan Mumyanın Gecesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259680729</t>
+          <t>9786259680781</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Kül Büyücüsü</t>
+          <t>Minecraft - Yabancı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259545493</t>
+          <t>9786254162497</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Tanrılar ve Canavarlar Rehberi</t>
+          <t>Mınecraft - Cennet Testleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>690</v>
+        <v>99</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259680774</t>
+          <t>9786259643472</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Seni Bulacağım</t>
+          <t>Narnia Günlükleri 6 - Gümüş Sandalye</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259643403</t>
+          <t>9786259643458</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Nether’a Son Sefer</t>
+          <t>Narnia Günlükleri 4 - Prens Caspian</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259680798</t>
+          <t>9786259371603</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Macera Sil Baştan</t>
+          <t>Yarasa Çıkmazı 4- Huzursuz Düşler Evi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259680705</t>
+          <t>9786259371634</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Terabithia Köprüsü</t>
+          <t>Sayonara Magic Yalan Canavarı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259680750</t>
+          <t>9786259643441</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 13: Son (Ciltli)</t>
+          <t>Dikkat Isırır-Soğuk Kan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>480</v>
+        <v>290</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259680743</t>
+          <t>9786259643410</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 12: Evvelki Tehlike (Ciltli)</t>
+          <t>Goosebumps 7 Goblinlerle Tatil</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259680712</t>
+          <t>9786259725734</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Çarpışma (Ciltli)</t>
+          <t>Minecraft - Köy</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>365</v>
+        <v>310</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259598581</t>
+          <t>9786259598536</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Kızı</t>
+          <t>Perg Efsaneleri 4 – Tanrıların Alfabesi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>390</v>
+        <v>310</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259598598</t>
+          <t>9786259680729</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri At ve Çocuk</t>
+          <t>Arayış Ormanı - Kül Büyücüsü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256534995</t>
+          <t>9786259545493</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mınecraft Ana Dünya Çöküyor</t>
+          <t>Percy Jackson ve Olimposlular - Tanrılar ve Canavarlar Rehberi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>210</v>
+        <v>690</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259598567</t>
+          <t>9786259680774</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ağzıma Layık</t>
+          <t>Seni Bulacağım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256534810</t>
+          <t>9786259643403</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kısrak</t>
+          <t>Minecraft - Nether’a Son Sefer</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256534735</t>
+          <t>9786259680798</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf</t>
+          <t>Minecraft - Macera Sil Baştan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254161322</t>
+          <t>9786259680705</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben - Veda Gemisi</t>
+          <t>Terabithia Köprüsü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259680767</t>
+          <t>9786259680750</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bin 9 Yüz Seksen 3</t>
+          <t>Talihsiz Serüvenler Dizisi 13: Son (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256534988</t>
+          <t>9786259680743</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Golem'in Oyunu</t>
+          <t>Talihsiz Serüvenler Dizisi 12: Evvelki Tehlike (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259928272</t>
+          <t>9786259680712</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Micecraft - Ada</t>
+          <t>Mükemmel Çarpışma (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259935119</t>
+          <t>9786259598581</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Arka Sıradaki Çocuk</t>
+          <t>Okyanusun Kızı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259598574</t>
+          <t>9786259598598</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sırrını Biliyorum</t>
+          <t>Narnia Günlükleri At ve Çocuk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259598550</t>
+          <t>9786256534995</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Isırır - Ölümle Saklambaç</t>
+          <t>Mınecraft Ana Dünya Çöküyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259598529</t>
+          <t>9786259598567</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Bebek</t>
+          <t>Ağzıma Layık</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259598512</t>
+          <t>9786256534810</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Arben - Zaman Sarmalı</t>
+          <t>Kızıl Kısrak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>395</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259725741</t>
+          <t>9786256534735</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 3 – Bataklık Ülke</t>
+          <t>Tuhaf</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259598505</t>
+          <t>9786254161322</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Cadıların Gecesi</t>
+          <t>Sherlock Lüpen ve Ben - Veda Gemisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259725796</t>
+          <t>9786259680767</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 11 Mantar Mahşeri (Ciltli)</t>
+          <t>Bin 9 Yüz Seksen 3</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259725789</t>
+          <t>9786256534988</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 10 Kaygan Yamaç (Ciltli)</t>
+          <t>Minecraft- Golem'in Oyunu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>480</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259725772</t>
+          <t>9786259928272</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 9 Karnaval Ucubeleri (Ciltli)</t>
+          <t>Micecraft - Ada</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259725765</t>
+          <t>9786259935119</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 8 Dehşet Hastanesi (Ciltli)</t>
+          <t>Arka Sıradaki Çocuk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259725758</t>
+          <t>9786259598574</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Anahtarın Sırrı</t>
+          <t>Sırrını Biliyorum</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>8696602033700</t>
+          <t>9786259598550</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı (Özel Koleksiyon Kutusu) (Ciltli)</t>
+          <t>Dikkat Isırır - Ölümle Saklambaç</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>470</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256534568</t>
+          <t>9786259598529</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 4 Bitik Orman (Ciltli)</t>
+          <t>Kağıt Bebek</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256534599</t>
+          <t>9786259598512</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 7 Karga Laneti (Ciltli)</t>
+          <t>Arben - Zaman Sarmalı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>460</v>
+        <v>395</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259725710</t>
+          <t>9786259725741</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben – Kral Kobra Bilmecesi</t>
+          <t>Perg Efsaneleri 3 – Bataklık Ülke</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259725703</t>
+          <t>9786259598505</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben – Aldatmacalar Limanı</t>
+          <t>Arayış Ormanı - Cadıların Gecesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259725727</t>
+          <t>9786259725796</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Seni Daha İyi Görebilmek İçin</t>
+          <t>Talihsiz Serüvenler Dizisi 11 Mantar Mahşeri (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259935188</t>
+          <t>9786259725789</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 5 - Taşların Muhafızları</t>
+          <t>Talihsiz Serüvenler Dizisi 10 Kaygan Yamaç (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>375</v>
+        <v>480</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259545462</t>
+          <t>9786259725772</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel'in Sırları</t>
+          <t>Talihsiz Serüvenler Dizisi 9 Karnaval Ucubeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>390</v>
+        <v>460</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259545486</t>
+          <t>9786259725765</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çalıntı Rüyalar Kitabı</t>
+          <t>Talihsiz Serüvenler Dizisi 8 Dehşet Hastanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>400</v>
+        <v>460</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256534582</t>
+          <t>9786259725758</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 6 Alacakaranlık Bulvarı (Ciltli)</t>
+          <t>Kırmızı Anahtarın Sırrı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256534285</t>
+          <t>8696602033700</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi 1 - Mezarlığın Sırrı</t>
+          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı (Özel Koleksiyon Kutusu) (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259935171</t>
+          <t>9786256534568</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 4 - Maskeler Adası</t>
+          <t>Talihsiz Serüvenler Dizisi 4 Bitik Orman (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>375</v>
+        <v>460</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786050969566</t>
+          <t>9786256534599</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 4 - Tiran'ın Mezarı</t>
+          <t>Talihsiz Serüvenler Dizisi 7 Karga Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259545400</t>
+          <t>9786259725710</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları Hades'in Evi</t>
+          <t>Sherlock Lüpen ve Ben – Kral Kobra Bilmecesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259545417</t>
+          <t>9786259725703</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı - Solgun Ruhlar Kitabı</t>
+          <t>Sherlock Lüpen ve Ben – Aldatmacalar Limanı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259545455</t>
+          <t>9786259725727</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sayonara Magic 2-Destansı Bir Felaket</t>
+          <t>Seni Daha İyi Görebilmek İçin</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259545448</t>
+          <t>9786259935188</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sayonara Magic 1-Tanaka Üçüzleri</t>
+          <t>Ulysses Moore 5 - Taşların Muhafızları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256534575</t>
+          <t>9786259545462</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 5 Katı Kurallar Okulu (Ciltli)</t>
+          <t>Mükemmel'in Sırları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>460</v>
+        <v>390</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050952513</t>
+          <t>9786259545486</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Apollon’un Görevleri 3 - Yanan Dehliz</t>
+          <t>Çalıntı Rüyalar Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050953411</t>
+          <t>9786256534582</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Melez Kampı Gizli Belgeleri</t>
+          <t>Talihsiz Serüvenler Dizisi 6 Alacakaranlık Bulvarı (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>130</v>
+        <v>460</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050944631</t>
+          <t>9786256534285</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Apollon’un Görevleri 2 - Karanlık Kehanet</t>
+          <t>Sırlar Serisi 1 - Mezarlığın Sırrı</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256534544</t>
+          <t>9786259935171</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 2 Sürüngen Odası (Ciltli)</t>
+          <t>Ulysses Moore 4 - Maskeler Adası</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>460</v>
+        <v>375</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256534551</t>
+          <t>9786050969566</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 3 Uçuruma Bakan Pencere (Ciltli)</t>
+          <t>Apollon'un Görevleri 4 - Tiran'ın Mezarı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>460</v>
+        <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256534537</t>
+          <t>9786259545400</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Talihsiz Serüvenler Dizisi 1 Kötü Günler Başlarken (Ciltli)</t>
+          <t>Olimpos Kahramanları Hades'in Evi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>520</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256534223</t>
+          <t>9786259545417</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Kayıp Günlük</t>
+          <t>Arayış Ormanı - Solgun Ruhlar Kitabı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259545431</t>
+          <t>9786259545455</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 6: Nehrin Sırları</t>
+          <t>Sayonara Magic 2-Destansı Bir Felaket</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256534803</t>
+          <t>9786259545448</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 6</t>
+          <t>Sayonara Magic 1-Tanaka Üçüzleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256534919</t>
+          <t>9786256534575</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Üçlü Tanrıça'nın Gazabı</t>
+          <t>Talihsiz Serüvenler Dizisi 5 Katı Kurallar Okulu (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>580</v>
+        <v>460</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256534971</t>
+          <t>9786050952513</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben - Siyahlı Kadın</t>
+          <t>Apollon’un Görevleri 3 - Yanan Dehliz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256534964</t>
+          <t>9786050953411</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zaman Hırsızı</t>
+          <t>Melez Kampı Gizli Belgeleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256534957</t>
+          <t>9786050944631</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>GooseBumps 5 - Arabadaki Hayalet</t>
+          <t>Apollon’un Görevleri 2 - Karanlık Kehanet</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256534940</t>
+          <t>9786256534544</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Önemli Olduğu An</t>
+          <t>Talihsiz Serüvenler Dizisi 2 Sürüngen Odası (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>290</v>
+        <v>460</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256534902</t>
+          <t>9786256534551</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 4 -Bodrumdan Uzak Dur</t>
+          <t>Talihsiz Serüvenler Dizisi 3 Uçuruma Bakan Pencere (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>190</v>
+        <v>460</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256534865</t>
+          <t>9786256534537</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları Athena’nın İşareti</t>
+          <t>Talihsiz Serüvenler Dizisi 1 Kötü Günler Başlarken (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256534889</t>
+          <t>9786256534223</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 2 - Prenssiz Bir Dünya</t>
+          <t>Minecraft- Kayıp Günlük</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256534872</t>
+          <t>9786259545431</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İyilik ve Kötülük Okulu 1</t>
+          <t>Sherlock Lüpen ve Ben 6: Nehrin Sırları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256534896</t>
+          <t>9786256534803</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Arım Balım Kralım</t>
+          <t>Goosebumps 6</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256534261</t>
+          <t>9786256534919</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 1- Korkak ve Canavar</t>
+          <t>Percy Jackson ve Olimposlular - Üçlü Tanrıça'nın Gazabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>390</v>
+        <v>580</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256534827</t>
+          <t>9786256534971</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Perg Efsaneleri 2 – Merderan’ın Sırrı</t>
+          <t>Sherlock Lüpen ve Ben - Siyahlı Kadın</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256534858</t>
+          <t>9786256534964</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps 3 Ateş Bataklığı Kurt Adamı</t>
+          <t>Zaman Hırsızı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256534407</t>
+          <t>9786256534957</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Melez Dosyaları</t>
+          <t>GooseBumps 5 - Arabadaki Hayalet</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259928258</t>
+          <t>9786256534940</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri - Tiran'ın Mezarı</t>
+          <t>Her Şeyin Önemli Olduğu An</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>430</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259928241</t>
+          <t>9786256534902</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Magnus Chase ve Asgard Tanrıları - Ölüm Gemisi</t>
+          <t>Goosebumps 4 -Bodrumdan Uzak Dur</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259545424</t>
+          <t>9786256534865</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Lüpen ve Ben 10 - Şifrelerin Efendisi</t>
+          <t>Olimpos Kahramanları Athena’nın İşareti</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>520</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256534841</t>
+          <t>9786256534889</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları - Melez Günlükleri</t>
+          <t>İyilik ve Kötülük Okulu 2 - Prenssiz Bir Dünya</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256534834</t>
+          <t>9786256534872</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 2 - Karanlık Kehanet</t>
+          <t>İyilik ve Kötülük Okulu 1</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>430</v>
+        <v>490</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786259643496</t>
+          <t>9786256534896</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Kızıltaş Şatosu</t>
+          <t>Minecraft- Arım Balım Kralım</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256534780</t>
+          <t>9786256534261</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 3 - Yanan Dehliz</t>
+          <t>Perg Efsaneleri 1- Korkak ve Canavar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256534421</t>
+          <t>9786256534827</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Bir Başına</t>
+          <t>Perg Efsaneleri 2 – Merderan’ın Sırrı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256534209</t>
+          <t>9786256534858</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Magnus Chase ve Asgard Tanrıları 1 Yaz Kılıcı</t>
+          <t>Goosebumps 3 Ateş Bataklığı Kurt Adamı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256534766</t>
+          <t>9786256534407</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Kederli Kuşlar Ormanı</t>
+          <t>Percy Jackson ve Olimposlular - Melez Dosyaları</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256534797</t>
+          <t>9786259928258</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps - Vampir Nefesi</t>
+          <t>Apollon'un Görevleri - Tiran'ın Mezarı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256534742</t>
+          <t>9786259928241</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Goosebumps - Ölüler Evine Hoş Geldiniz</t>
+          <t>Magnus Chase ve Asgard Tanrıları - Ölüm Gemisi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256534773</t>
+          <t>9786259545424</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Arben - Hiperkuleden Kaçış</t>
+          <t>Sherlock Lüpen ve Ben 10 - Şifrelerin Efendisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256534759</t>
+          <t>9786256534841</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Yunan Tanrıları</t>
+          <t>Olimpos Kahramanları - Melez Günlükleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256534728</t>
+          <t>9786256534834</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dünyanın Tanrıları 3 - Sonsuzluk Makinesi</t>
+          <t>Apollon'un Görevleri 2 - Karanlık Kehanet</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>410</v>
+        <v>430</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256534025</t>
+          <t>9786259643496</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Şimşek Hırsızı</t>
+          <t>Minecraft- Kızıltaş Şatosu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256534469</t>
+          <t>9786256534780</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Tesadüfler 2 - İpucu Peşinde</t>
+          <t>Apollon'un Görevleri 3 - Yanan Dehliz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>365</v>
+        <v>430</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256534520</t>
+          <t>9786256534421</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 1 - Gizli Kahin</t>
+          <t>Dünyada Bir Başına</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256534513</t>
+          <t>9786256534209</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Magnus Chase ve Asgard Tanrıları 2 - Thor'un Çekici</t>
+          <t>Magnus Chase ve Asgard Tanrıları 1 Yaz Kılıcı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>510</v>
+        <v>520</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256534490</t>
+          <t>9786256534766</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson - Melez Kampı Gizli Belgeleri</t>
+          <t>Yarasa Çıkmazı - Kederli Kuşlar Ormanı</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256534476</t>
+          <t>9786256534797</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları 1 - Kayıp Kahraman</t>
+          <t>Goosebumps - Vampir Nefesi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256534483</t>
+          <t>9786256534742</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları 2 - Neptün'ün Oğlu</t>
+          <t>Goosebumps - Ölüler Evine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>460</v>
+        <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256534506</t>
+          <t>9786256534773</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Yunan Kahramanları</t>
+          <t>Arben - Hiperkuleden Kaçış</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>490</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256534278</t>
+          <t>9786256534759</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Tesadüfler 1 - Şifreli Kağıt</t>
+          <t>Percy Jackson ve Yunan Tanrıları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256534452</t>
+          <t>9786256534728</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Yeni Üçleme Tanrıların Kadehi (Ciltli)</t>
+          <t>Kayıp Dünyanın Tanrıları 3 - Sonsuzluk Makinesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>530</v>
+        <v>410</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253941833</t>
+          <t>9786256534025</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Evcil Dostlar Gibisi Yok</t>
+          <t>Percy Jackson ve Olimposlular - Şimşek Hırsızı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256534124</t>
+          <t>9786256534469</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular 2 Canavarlar Denizi</t>
+          <t>Tuhaf Tesadüfler 2 - İpucu Peşinde</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>375</v>
+        <v>365</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256534445</t>
+          <t>9786256534520</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri - Aslan, Cadı ve Dolap</t>
+          <t>Apollon'un Görevleri 1 - Gizli Kahin</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256534193</t>
+          <t>9786256534513</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kane Günceleri 1 Kırmızı Piramit</t>
+          <t>Magnus Chase ve Asgard Tanrıları 2 - Thor'un Çekici</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>520</v>
+        <v>510</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256534438</t>
+          <t>9786256534490</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Zor Seçim</t>
+          <t>Percy Jackson - Melez Kampı Gizli Belgeleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256534322</t>
+          <t>9786256534476</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Gizemli Kara Kediler</t>
+          <t>Olimpos Kahramanları 1 - Kayıp Kahraman</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256534414</t>
+          <t>9786256534483</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
+          <t>Olimpos Kahramanları 2 - Neptün'ün Oğlu</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>290</v>
+        <v>460</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256534391</t>
+          <t>9786256534506</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>George ve Zaman Gemisi</t>
+          <t>Percy Jackson ve Yunan Kahramanları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256534377</t>
+          <t>9786256534278</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>George ve Evren'e Açılan Gizli Anahtar</t>
+          <t>Tuhaf Tesadüfler 1 - Şifreli Kağıt</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256534384</t>
+          <t>9786256534452</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>George ve Büyük Patlama</t>
+          <t>Percy Jackson ve Olimposlular Yeni Üçleme Tanrıların Kadehi (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>410</v>
+        <v>530</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259545479</t>
+          <t>9786253941833</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Minecraft-Hatalı Kodlama</t>
+          <t>Minecraft - Evcil Dostlar Gibisi Yok</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256534360</t>
+          <t>9786256534124</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Son Olimposlu</t>
+          <t>Percy Jackson ve Olimposlular 2 Canavarlar Denizi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256534353</t>
+          <t>9786256534445</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular - Labirent Savaşı</t>
+          <t>Narnia Günlükleri - Aslan, Cadı ve Dolap</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256534087</t>
+          <t>9786256534193</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Percy Jakson ve Olimposlular Tek Cilt Özel Baskı</t>
+          <t>Kane Günceleri 1 Kırmızı Piramit</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1900</v>
+        <v>520</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256534339</t>
+          <t>9786256534438</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi 3 - Karanlıkta Dolaşan</t>
+          <t>Minecraft Zor Seçim</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256534346</t>
+          <t>9786256534322</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Isırır</t>
+          <t>Yarasa Çıkmazı - Gizemli Kara Kediler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256534308</t>
+          <t>9786256534414</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Canavar ve Bethany - Canavarın Savaşı</t>
+          <t>Yarasa Çıkmazı - Mumalevi Malikanesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256534315</t>
+          <t>9786256534391</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Ejderha</t>
+          <t>George ve Zaman Gemisi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256534247</t>
+          <t>9786256534377</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 2 - Unutulmuş Eski</t>
+          <t>George ve Evren'e Açılan Gizli Anahtar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>375</v>
+        <v>410</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256534254</t>
+          <t>9786256534384</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 1 – Zaman Kapısı</t>
+          <t>George ve Büyük Patlama</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256534094</t>
+          <t>9786259545479</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular 5 Son Olimposlu</t>
+          <t>Minecraft-Hatalı Kodlama</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256534100</t>
+          <t>9786256534360</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular 4 Labirent Savaşı</t>
+          <t>Percy Jackson ve Olimposlular - Son Olimposlu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256534117</t>
+          <t>9786256534353</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular -Titan'ın Laneti</t>
+          <t>Percy Jackson ve Olimposlular - Labirent Savaşı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256534186</t>
+          <t>9786256534087</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kane Günceleri 3 Yılanın Gölgesi</t>
+          <t>Percy Jakson ve Olimposlular Tek Cilt Özel Baskı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>430</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256534179</t>
+          <t>9786256534339</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kane Günceleri 2 Ateş Tahtı</t>
+          <t>Sırlar Serisi 3 - Karanlıkta Dolaşan</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>490</v>
+        <v>280</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256534148</t>
+          <t>9786256534346</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>George ve Mavi Ay</t>
+          <t>Dikkat Isırır</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256534131</t>
+          <t>9786256534308</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>George ve Kozmik Hazine Avı</t>
+          <t>Canavar ve Bethany - Canavarın Savaşı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256534056</t>
+          <t>9786256534315</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yeganeler - Gizemli Sanatlar</t>
+          <t>Minecraft- Ejderha</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256534155</t>
+          <t>9786256534247</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Kaza</t>
+          <t>Ulysses Moore 2 - Unutulmuş Eski</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256534162</t>
+          <t>9786256534254</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Enkaz</t>
+          <t>Ulysses Moore 1 – Zaman Kapısı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256534230</t>
+          <t>9786256534094</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri 1 – Büyücünün Yeğeni</t>
+          <t>Percy Jackson ve Olimposlular 5 Son Olimposlu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>260</v>
+        <v>410</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256534216</t>
+          <t>9786256534100</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Minecraft- Dağ</t>
+          <t>Percy Jackson ve Olimposlular 4 Labirent Savaşı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>330</v>
+        <v>410</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256534070</t>
+          <t>9786256534117</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Son Direniş</t>
+          <t>Percy Jackson ve Olimposlular -Titan'ın Laneti</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786259935195</t>
+          <t>9786256534186</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 6 - İlk Anahtar</t>
+          <t>Kane Günceleri 3 Yılanın Gölgesi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>375</v>
+        <v>430</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786259935164</t>
+          <t>9786256534179</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ulysses Moore 3 - Aynalar Evi</t>
+          <t>Kane Günceleri 2 Ateş Tahtı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>375</v>
+        <v>490</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256534063</t>
+          <t>9786256534148</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Zindan Macerası</t>
+          <t>George ve Mavi Ay</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256534018</t>
+          <t>9786256534131</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Arayış Ormanı</t>
+          <t>George ve Kozmik Hazine Avı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256534032</t>
+          <t>9786256534056</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Son</t>
+          <t>Yeganeler - Gizemli Sanatlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256534049</t>
+          <t>9786256534155</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Olimpos Kahramanları 5 - Olimpos’un Kanı</t>
+          <t>Minecraft- Kaza</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786259935102</t>
+          <t>9786256534162</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Apollon'un Görevleri 5 - Nero'nun Kulesi</t>
+          <t>Minecraft- Enkaz</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>420</v>
+        <v>410</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256534001</t>
+          <t>9786256534230</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Şeker Portakalı Çizgi Roman</t>
+          <t>Narnia Günlükleri 1 – Büyücünün Yeğeni</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786259928296</t>
+          <t>9786256534216</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Katpatuka</t>
+          <t>Minecraft- Dağ</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>210</v>
+        <v>330</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786259935133</t>
+          <t>9786256534070</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Oyunun İçinde</t>
+          <t>Minecraft - Son Direniş</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786259935157</t>
+          <t>9786259935195</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Derine Dal</t>
+          <t>Ulysses Moore 6 - İlk Anahtar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786259935140</t>
+          <t>9786259935164</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Gizemli Düşman</t>
+          <t>Ulysses Moore 3 - Aynalar Evi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786259935126</t>
+          <t>9786256534063</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Minecraft - Yarasa Gecesi</t>
+          <t>Minecraft - Zindan Macerası</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786259928210</t>
+          <t>9786256534018</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
+          <t>Arayış Ormanı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>1800</v>
+        <v>290</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786259928289</t>
+          <t>9786256534032</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Micecraft - Cennet Testleri</t>
+          <t>Minecraft - Son</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786259928265</t>
+          <t>9786256534049</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Micecraft - Yolculuk</t>
+          <t>Olimpos Kahramanları 5 - Olimpos’un Kanı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786259928227</t>
+          <t>9786259935102</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı-Çizgi Roman</t>
+          <t>Apollon'un Görevleri 5 - Nero'nun Kulesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786259928203</t>
+          <t>9786256534001</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Titan’ın Laneti-Çizgi Roman-</t>
+          <t>Şeker Portakalı Çizgi Roman</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786259928234</t>
+          <t>9786259928296</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Percy Jackson ve Olimposlular Canavarlar Denizi-Çizgi Roman</t>
+          <t>Katpatuka</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786254160615</t>
+          <t>9786259935133</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yeganeler (Ciltli)</t>
+          <t>Minecraft - Oyunun İçinde</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254169861</t>
+          <t>9786259935157</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Serisi - Saksağan Yokuşu (Ciltli)</t>
+          <t>Minecraft - Derine Dal</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
+          <t>9786259935140</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Minecraft - Gizemli Düşman</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786259935126</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Minecraft - Yarasa Gecesi</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786259928210</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Narnia Günlükleri - Tek Cilt Özel Baskı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786259928289</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Micecraft - Cennet Testleri</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786259928265</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Micecraft - Yolculuk</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786259928227</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Percy Jackson ve Olimposlular Şimşek Hırsızı-Çizgi Roman</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786259928203</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Percy Jackson ve Olimposlular Titan’ın Laneti-Çizgi Roman-</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786259928234</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Percy Jackson ve Olimposlular Canavarlar Denizi-Çizgi Roman</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786254160615</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Yeganeler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786254169861</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Sırlar Serisi - Saksağan Yokuşu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
           <t>9786254167201</t>
         </is>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Willodeen (Ciltli)</t>
         </is>
       </c>
-      <c r="C156" s="1">
+      <c r="C166" s="1">
         <v>280</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>