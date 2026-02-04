--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,2890 +85,3010 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258119640</t>
+          <t>9786258119770</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük (TDK Uyumlu)</t>
+          <t>Kitap Baba</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258119657</t>
+          <t>9786258119800</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İmla Kılavuzu (TDK Uyumlu)</t>
+          <t>İçimden Geldi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258119602</t>
+          <t>9786258119817</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güçlü İksiri: Hoop Bittirus İksirus</t>
+          <t>Harfler Uçuşunca</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>135</v>
+        <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258119619</t>
+          <t>9786258119794</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Di Diyarı</t>
+          <t>Sır Çuvalı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052185056</t>
+          <t>9786258119787</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Rakunzel ile Kargamel'in Tuhaf Hikayesi</t>
+          <t>Coscorron Kardeşler Dedektiflik Ajansı - Korku Evinin Gizemi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258119589</t>
+          <t>9786258119640</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Keşke</t>
+          <t>Türkçe Sözlük (TDK Uyumlu)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258119442</t>
+          <t>9786258119657</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Kevin Systrom</t>
+          <t>İmla Kılavuzu (TDK Uyumlu)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258119435</t>
+          <t>9786258119602</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Larry Page</t>
+          <t>Dünyanın En Güçlü İksiri: Hoop Bittirus İksirus</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258119428</t>
+          <t>9786258119619</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Jan Koum</t>
+          <t>Di Diyarı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258119411</t>
+          <t>9786052185056</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Jeff Bezos</t>
+          <t>Rakunzel ile Kargamel'in Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258119404</t>
+          <t>9786258119589</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Jack Ma</t>
+          <t>Keşke</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258119398</t>
+          <t>9786258119442</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Mark Zuckerberg</t>
+          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Kevin Systrom</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258119381</t>
+          <t>9786258119435</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Steve Jobs</t>
+          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Larry Page</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258119374</t>
+          <t>9786258119428</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Bill Gates</t>
+          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Jan Koum</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258119558</t>
+          <t>9786258119411</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama - Alfabemiz</t>
+          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Jeff Bezos</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258119541</t>
+          <t>9786258119404</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama - Hayvanlar</t>
+          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Jack Ma</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258119534</t>
+          <t>9786258119398</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama - Sebzeler ve Meyveler</t>
+          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Mark Zuckerberg</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258119527</t>
+          <t>9786258119381</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama - Araçlar</t>
+          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Steve Jobs</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258119510</t>
+          <t>9786258119374</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama - Neşeli Çocuklar</t>
+          <t>Dünyayı Değiştiren Muhteşem İnsanlar - Bill Gates</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>185</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258119565</t>
+          <t>9786258119558</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uzay Çöplüğü</t>
+          <t>Renkli Kalem Boyama - Alfabemiz</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>0202303072305</t>
+          <t>9786258119541</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kedi Pimpom'un Maceraları Serisi (4 Kitap)</t>
+          <t>Renkli Kalem Boyama - Hayvanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258119459</t>
+          <t>9786258119534</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cem İle Bilim - Zıplatan Kurabiye</t>
+          <t>Renkli Kalem Boyama - Sebzeler ve Meyveler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258119480</t>
+          <t>9786258119527</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cem İle Bilim - Patlamayan Deneyler</t>
+          <t>Renkli Kalem Boyama - Araçlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258119503</t>
+          <t>9786258119510</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cem İle Bilim - Fen Treni</t>
+          <t>Renkli Kalem Boyama - Neşeli Çocuklar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258119466</t>
+          <t>9786258119565</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cem İle Bilim - Ayıl Mimoza Ayıl</t>
+          <t>Uzay Çöplüğü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258119367</t>
+          <t>0202303072305</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama - Uzay Macerası</t>
+          <t>Kedi Pimpom'un Maceraları Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>70</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258119282</t>
+          <t>9786258119459</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama - Sirk Eğlencesi</t>
+          <t>Çılgın Cem İle Bilim - Zıplatan Kurabiye</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258119305</t>
+          <t>9786258119480</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama - Ormanda Safari</t>
+          <t>Çılgın Cem İle Bilim - Patlamayan Deneyler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258119299</t>
+          <t>9786258119503</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama - Prenses Kalesi</t>
+          <t>Çılgın Cem İle Bilim - Fen Treni</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258119312</t>
+          <t>9786258119466</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama - Okyanus Gezintisi</t>
+          <t>Çılgın Cem İle Bilim - Ayıl Mimoza Ayıl</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>70</v>
+        <v>165</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258119350</t>
+          <t>9786258119367</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama - Eğlenceli Lunapark</t>
+          <t>Dev Boyama - Uzay Macerası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258119343</t>
+          <t>9786258119282</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama - Efsanevi Ejderhalar</t>
+          <t>Dev Boyama - Sirk Eğlencesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258119336</t>
+          <t>9786258119305</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama - İlginç Dinozorlar</t>
+          <t>Dev Boyama - Ormanda Safari</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258119329</t>
+          <t>9786258119299</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dev Boyama - Alışveriş Merkezi</t>
+          <t>Dev Boyama - Prenses Kalesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258119268</t>
+          <t>9786258119312</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama - Sportmen Çocuklar - Futbol</t>
+          <t>Dev Boyama - Okyanus Gezintisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258119275</t>
+          <t>9786258119350</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama - Sportmen Çocuklar</t>
+          <t>Dev Boyama - Eğlenceli Lunapark</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258119251</t>
+          <t>9786258119343</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Serisi - Vahşi Hayvanlar</t>
+          <t>Dev Boyama - Efsanevi Ejderhalar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258119237</t>
+          <t>9786258119336</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Serisi - Köpekler</t>
+          <t>Dev Boyama - İlginç Dinozorlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258119244</t>
+          <t>9786258119329</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Serisi - Kediler</t>
+          <t>Dev Boyama - Alışveriş Merkezi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>85</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258119220</t>
+          <t>9786258119268</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Boyama Serisi - Dinozorlar</t>
+          <t>Çıkartmalı Boyama - Sportmen Çocuklar - Futbol</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258119152</t>
+          <t>9786258119275</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite - Neşeli Öğrenme</t>
+          <t>Çıkartmalı Boyama - Sportmen Çocuklar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258119145</t>
+          <t>9786258119251</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite - Öğrenme ve Yorumlama</t>
+          <t>Çıkartmalı Boyama Serisi - Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258119138</t>
+          <t>9786258119237</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Öğreniyorum ve Gelişiyorum</t>
+          <t>Çıkartmalı Boyama Serisi - Köpekler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258119169</t>
+          <t>9786258119244</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite - Beceri ve Bilgi</t>
+          <t>Çıkartmalı Boyama Serisi - Kediler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258119121</t>
+          <t>9786258119220</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Düşün - Yap - Eğlen</t>
+          <t>Çıkartmalı Boyama Serisi - Dinozorlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258119114</t>
+          <t>9786258119152</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Yap - Öğren - Eğlen</t>
+          <t>Eğlenceli Aktivite - Neşeli Öğrenme</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258119213</t>
+          <t>9786258119145</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 5</t>
+          <t>Eğlenceli Aktivite - Öğrenme ve Yorumlama</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258119206</t>
+          <t>9786258119138</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 4</t>
+          <t>Eğlenceli Aktivite Öğreniyorum ve Gelişiyorum</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258119190</t>
+          <t>9786258119169</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 3</t>
+          <t>Eğlenceli Aktivite - Beceri ve Bilgi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258119183</t>
+          <t>9786258119121</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 2</t>
+          <t>Eğlenceli Aktivite Düşün - Yap - Eğlen</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258119176</t>
+          <t>9786258119114</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 1</t>
+          <t>Eğlenceli Aktivite Yap - Öğren - Eğlen</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258119091</t>
+          <t>9786258119213</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dilli Düdük'le Eğlenceli Bilmeceler</t>
+          <t>Aktivite Kitabı - 5</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258119084</t>
+          <t>9786258119206</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bilmeceli Deyim Kartları</t>
+          <t>Aktivite Kitabı - 4</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258119053</t>
+          <t>9786258119190</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Yeşili Koruyalım</t>
+          <t>Aktivite Kitabı - 3</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258119060</t>
+          <t>9786258119183</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Su Tasarrufu</t>
+          <t>Aktivite Kitabı - 2</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258119039</t>
+          <t>9786258119176</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Havayı Temiz Tutalım</t>
+          <t>Aktivite Kitabı - 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258119022</t>
+          <t>9786258119091</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Enerji Verimliliği</t>
+          <t>Dilli Düdük'le Eğlenceli Bilmeceler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>135</v>
+        <v>430</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258119046</t>
+          <t>9786258119084</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Neden Bu Kadar Sıcak?</t>
+          <t>Bilmeceli Deyim Kartları</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258119015</t>
+          <t>9786258119053</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dünyamızı Koruyalım - Atıkları Azaltalım</t>
+          <t>Dünyamızı Koruyalım - Yeşili Koruyalım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052185957</t>
+          <t>9786258119060</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ve Mantık Bulmacaları - Mavi Kitap</t>
+          <t>Dünyamızı Koruyalım - Su Tasarrufu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>95</v>
+        <v>185</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052185964</t>
+          <t>9786258119039</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ve Mantık Bulmacaları - Pembe Kitap</t>
+          <t>Dünyamızı Koruyalım - Havayı Temiz Tutalım</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>95</v>
+        <v>185</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052185971</t>
+          <t>9786258119022</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ve Mantık Bulmacaları - Lacivert Kitap</t>
+          <t>Dünyamızı Koruyalım - Enerji Verimliliği</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>95</v>
+        <v>185</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052185988</t>
+          <t>9786258119046</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ve Mantık Bulmacaları - Yeşil Kitap</t>
+          <t>Dünyamızı Koruyalım - Neden Bu Kadar Sıcak?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>95</v>
+        <v>185</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052185995</t>
+          <t>9786258119015</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ve Mantık Bulmacaları - Turuncu Kitap</t>
+          <t>Dünyamızı Koruyalım - Atıkları Azaltalım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>95</v>
+        <v>185</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052185087</t>
+          <t>9786052185957</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Ve Mantık Bulmacaları - Mor Kitap</t>
+          <t>Dikkat Ve Mantık Bulmacaları - Mavi Kitap</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052192559</t>
+          <t>9786052185964</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Değerler Eğitimi Seti - 10 Kitap Takım</t>
+          <t>Dikkat Ve Mantık Bulmacaları - Pembe Kitap</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052185865</t>
+          <t>9786052185971</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite - Bak - Gör - Çöz - Eğlen</t>
+          <t>Dikkat Ve Mantık Bulmacaları - Lacivert Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052185858</t>
+          <t>9786052185988</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite - Öğreniyorum - Gelişiyorum</t>
+          <t>Dikkat Ve Mantık Bulmacaları - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052185841</t>
+          <t>9786052185995</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite Alfabeyi Öğreniyorum!</t>
+          <t>Dikkat Ve Mantık Bulmacaları - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052185834</t>
+          <t>9786052185087</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Aktivite - Rakamları Öğreniyorum!</t>
+          <t>Dikkat Ve Mantık Bulmacaları - Mor Kitap</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052185926</t>
+          <t>9786052192559</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Mantık Bulmacaları - 1</t>
+          <t>Geliştiren Değerler Eğitimi Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052185933</t>
+          <t>9786052185865</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Mantık Bulmacaları - 2</t>
+          <t>Eğlenceli Aktivite - Bak - Gör - Çöz - Eğlen</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052185940</t>
+          <t>9786052185858</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dikkat ve Mantık Bulmacaları - 3</t>
+          <t>Eğlenceli Aktivite - Öğreniyorum - Gelişiyorum</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052185872</t>
+          <t>9786052185841</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 1</t>
+          <t>Eğlenceli Aktivite Alfabeyi Öğreniyorum!</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052185889</t>
+          <t>9786052185834</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 2</t>
+          <t>Eğlenceli Aktivite - Rakamları Öğreniyorum!</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052185896</t>
+          <t>9786052185926</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 3</t>
+          <t>Dikkat ve Mantık Bulmacaları - 1</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052185902</t>
+          <t>9786052185933</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 4</t>
+          <t>Dikkat ve Mantık Bulmacaları - 2</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052185919</t>
+          <t>9786052185940</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aktivite Kitabı - 5</t>
+          <t>Dikkat ve Mantık Bulmacaları - 3</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786056796234</t>
+          <t>9786052185872</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İsaac Newton - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>Aktivite Kitabı - 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056796227</t>
+          <t>9786052185889</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>Aktivite Kitabı - 2</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056796210</t>
+          <t>9786052185896</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Alexander Graham Bell - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>Aktivite Kitabı - 3</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052185650</t>
+          <t>9786052185902</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama (5-6 yaş)</t>
+          <t>Aktivite Kitabı - 4</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052185643</t>
+          <t>9786052185919</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama (4-5 yaş)</t>
+          <t>Aktivite Kitabı - 5</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052185636</t>
+          <t>9786056796234</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama (3-4 yaş)</t>
+          <t>İsaac Newton - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052185629</t>
+          <t>9786056796227</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama (2-3 yaş)</t>
+          <t>Galileo Galilei - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052185612</t>
+          <t>9786056796210</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Renkli Boyama Kitabı (5-6 yaş)</t>
+          <t>Alexander Graham Bell - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052185605</t>
+          <t>9786052185650</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Renkli Boyama Kitabı (4-5 yaş)</t>
+          <t>Sevimli Boyama (5-6 yaş)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052185599</t>
+          <t>9786052185643</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Renkli Boyama Kitabı (3-4 yaş)</t>
+          <t>Sevimli Boyama (4-5 yaş)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052185582</t>
+          <t>9786052185636</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Renkli Boyama Kitabı (2-3 yaş)</t>
+          <t>Sevimli Boyama (3-4 yaş)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052185667</t>
+          <t>9786052185629</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji - Bilgi Kartları</t>
+          <t>Sevimli Boyama (2-3 yaş)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052185704</t>
+          <t>9786052185612</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Denizler ve Okyanuslar - Bilgi Kartları</t>
+          <t>Renkli Boyama Kitabı (5-6 yaş)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052185698</t>
+          <t>9786052185605</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Bilgi Kartları</t>
+          <t>Renkli Boyama Kitabı (4-5 yaş)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052185681</t>
+          <t>9786052185599</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Bitkiler - Bilgi Kartları</t>
+          <t>Renkli Boyama Kitabı (3-4 yaş)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052185674</t>
+          <t>9786052185582</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünya - Bilgi Kartları</t>
+          <t>Renkli Boyama Kitabı (2-3 yaş)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052185711</t>
+          <t>9786052185667</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bilgi Kartları</t>
+          <t>Bilim ve Teknoloji - Bilgi Kartları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052185742</t>
+          <t>9786052185704</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İcatlar - Bilgi Kartları</t>
+          <t>Denizler ve Okyanuslar - Bilgi Kartları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052185735</t>
+          <t>9786052185698</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu - Bilgi Kartları</t>
+          <t>Dinozorlar - Bilgi Kartları</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052185728</t>
+          <t>9786052185681</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Uzay ve Gezegenler - Bilgi Kartları</t>
+          <t>Doğa ve Bitkiler - Bilgi Kartları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786056796289</t>
+          <t>9786052185674</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Atasözü Kartları</t>
+          <t>Dünya - Bilgi Kartları</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056796265</t>
+          <t>9786052185711</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Deyim Kartları</t>
+          <t>Hayvanlar - Bilgi Kartları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052185421</t>
+          <t>9786052185742</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>İcatlar - Bilgi Kartları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>135</v>
+        <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052185377</t>
+          <t>9786052185735</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>İnsan Vücudu - Bilgi Kartları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052185414</t>
+          <t>9786052185728</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Alexander Graham Bell - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>Uzay ve Gezegenler - Bilgi Kartları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>135</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052185407</t>
+          <t>9786056796289</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İsaac Newton - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>Atasözü Kartları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>135</v>
+        <v>430</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052185353</t>
+          <t>9786056796265</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Alva Thomas Edison - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>Deyim Kartları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>135</v>
+        <v>430</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786058178427</t>
+          <t>9786052185421</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yemek Tarifi Kartları (30 Kart)</t>
+          <t>Galileo Galilei - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058178410</t>
+          <t>9786052185377</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon Kartları (30 Kart)</t>
+          <t>Marie Curie - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786058178403</t>
+          <t>9786052185414</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Deney Kartları (30 Kart)</t>
+          <t>Alexander Graham Bell - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>2017032713448</t>
+          <t>9786052185407</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu - Araştırma Dizisi</t>
+          <t>İsaac Newton - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>25</v>
+        <v>185</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>2017032713431</t>
+          <t>9786052185353</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Güneş Sistemi - Araştırma Dizisi</t>
+          <t>Alva Thomas Edison - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>25</v>
+        <v>185</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>2017032713424</t>
+          <t>9786058178427</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Araştırma Dizisi</t>
+          <t>Yemek Tarifi Kartları (30 Kart)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>25</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052185001</t>
+          <t>9786058178410</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mezarlar, Lahitler ve Piramitler</t>
+          <t>İllüzyon Kartları (30 Kart)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786058178496</t>
+          <t>9786058178403</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Deir El-Medina Sanatçılar Köyü</t>
+          <t>Deney Kartları (30 Kart)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>95</v>
+        <v>430</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786058178489</t>
+          <t>2017032713448</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Antik Mısırın İlginç Hayvanları</t>
+          <t>İnsan Vücudu - Araştırma Dizisi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>95</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786058178434</t>
+          <t>2017032713431</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ayı Top Sanan Kedi Pimpom</t>
+          <t>Güneş Sistemi - Araştırma Dizisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786058178458</t>
+          <t>2017032713424</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Pimpom Uykusunu Arıyor</t>
+          <t>Dinozorlar - Araştırma Dizisi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786058178441</t>
+          <t>9786052185001</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Pimpom Kükremeyi Öğreniyor</t>
+          <t>Mezarlar, Lahitler ve Piramitler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>70</v>
+        <v>95</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786058178465</t>
+          <t>9786058178496</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Pimpom Yoga Yapıyor</t>
+          <t>Deir El-Medina Sanatçılar Köyü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>70</v>
+        <v>95</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059422987</t>
+          <t>9786058178489</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Matematik Biliyor</t>
+          <t>Antik Mısırın İlginç Hayvanları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>225</v>
+        <v>95</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059422963</t>
+          <t>9786058178434</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ben Kaybolmam Ki!</t>
+          <t>Ayı Top Sanan Kedi Pimpom</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>225</v>
+        <v>70</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752435001</t>
+          <t>9786058178458</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Resimden Anlama Anlamdan Deyime - Deyim Kartları</t>
+          <t>Pimpom Uykusunu Arıyor</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752435025</t>
+          <t>9786058178441</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Resimden Atasözüne, Atasözünden Soruya</t>
+          <t>Pimpom Kükremeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052185025</t>
+          <t>9786058178465</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Meslekler - Oyunlarla Mısır</t>
+          <t>Pimpom Yoga Yapıyor</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052185018</t>
+          <t>9786059422987</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Firavunlar - Oyunlarla Mısır</t>
+          <t>Elektrik Matematik Biliyor</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052185032</t>
+          <t>9786059422963</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mumyalar - Oyunlarla Mısır</t>
+          <t>Ben Kaybolmam Ki!</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052185049</t>
+          <t>9789752435001</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Nil - Oyunlarla Mısır</t>
+          <t>Resimden Anlama Anlamdan Deyime - Deyim Kartları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786058178472</t>
+          <t>9789752435025</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hiyerogliflerin Macerası</t>
+          <t>Resimden Atasözüne, Atasözünden Soruya</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3990002421554</t>
+          <t>9786052185025</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bahçeye Hoş Geldiniz</t>
+          <t>Meslekler - Oyunlarla Mısır</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>12.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990002421547</t>
+          <t>9786052185018</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Diyarına Hoş Geldiniz</t>
+          <t>Firavunlar - Oyunlarla Mısır</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>12.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3990002421561</t>
+          <t>9786052185032</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gölete Hoş Geldiniz</t>
+          <t>Mumyalar - Oyunlarla Mısır</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>2017080109538</t>
+          <t>9786052185049</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Orman Hayvanları - Hayvanları Tanıyorum</t>
+          <t>Nil - Oyunlarla Mısır</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>22.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>2017080109545</t>
+          <t>9786058178472</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Hayvanlar - Hayvanları Tanıyorum</t>
+          <t>Hiyerogliflerin Macerası</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>22.5</v>
+        <v>95</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>2017080109521</t>
+          <t>3990002421554</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Evcil Hayvanlar - Hayvanları Tanıyorum</t>
+          <t>Bahçeye Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>22.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>2017080109514</t>
+          <t>3990002421547</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları - Hayvanları Tanıyorum</t>
+          <t>Ağaçlar Diyarına Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>22.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052185551</t>
+          <t>3990002421561</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama / Çocuklar</t>
+          <t>Gölete Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>50</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052185520</t>
+          <t>2017080109538</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama / Taşıtlar</t>
+          <t>Orman Hayvanları - Hayvanları Tanıyorum</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>50</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052185537</t>
+          <t>2017080109545</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama / Sebzeler - Meyveler</t>
+          <t>Vahşi Hayvanlar - Hayvanları Tanıyorum</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>50</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052185544</t>
+          <t>2017080109521</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama / Hayvanlar</t>
+          <t>Evcil Hayvanlar - Hayvanları Tanıyorum</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>50</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052185384</t>
+          <t>2017080109514</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>Çiftlik Hayvanları - Hayvanları Tanıyorum</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>135</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052185568</t>
+          <t>9786052185551</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalem Boyama / Alfabe</t>
+          <t>Renkli Kalem Boyama / Çocuklar</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052185360</t>
+          <t>9786052185520</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Wright Kardeşler - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>Renkli Kalem Boyama / Taşıtlar</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052185445</t>
+          <t>9786052185537</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Saatler - Dört İşlem Kartları 6+ Yaş</t>
+          <t>Renkli Kalem Boyama / Sebzeler - Meyveler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052185490</t>
+          <t>9786052185544</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Toplama Çıkarma - Dört İşlem Kartları 9+ Yaş</t>
+          <t>Renkli Kalem Boyama / Hayvanlar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052185476</t>
+          <t>9786052185384</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Toplama Çıkarma - Dört İşlem Kartları 7-8 Yaş</t>
+          <t>Albert Einstein - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052185346</t>
+          <t>9786052185568</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sayılar - Dört İşlem Kartları 3-6 Yaş</t>
+          <t>Renkli Kalem Boyama / Alfabe</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052185483</t>
+          <t>9786052185360</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çarpma Bölme - Dört İşlem Kartları 9+ Yaş</t>
+          <t>Wright Kardeşler - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052185438</t>
+          <t>9786052185445</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ondalık Sayılar Kesirler - Dört İşlem Kartları 9+ Yaş</t>
+          <t>Saatler - Dört İşlem Kartları 6+ Yaş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052185469</t>
+          <t>9786052185490</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çarpma Bölme - Dört İşlem Kartları 7-8 Yaş</t>
+          <t>Toplama Çıkarma - Dört İşlem Kartları 9+ Yaş</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052185452</t>
+          <t>9786052185476</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Toplama Çıkarma - Dört İşlem Kartları 6+ Yaş</t>
+          <t>Toplama Çıkarma - Dört İşlem Kartları 7-8 Yaş</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052185391</t>
+          <t>9786052185346</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>James Watt - Dünyayı Değiştiren Muhteşem İnsanlar</t>
+          <t>Sayılar - Dört İşlem Kartları 3-6 Yaş</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>135</v>
+        <v>430</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052185162</t>
+          <t>9786052185483</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>Çarpma Bölme - Dört İşlem Kartları 9+ Yaş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052185186</t>
+          <t>9786052185438</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Felaketlerin Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>Ondalık Sayılar Kesirler - Dört İşlem Kartları 9+ Yaş</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>120</v>
+        <v>430</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052185131</t>
+          <t>9786052185469</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>Çarpma Bölme - Dört İşlem Kartları 7-8 Yaş</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052185179</t>
+          <t>9786052185452</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mumyaların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>Toplama Çıkarma - Dört İşlem Kartları 6+ Yaş</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052185124</t>
+          <t>9786052185391</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dahilerin Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>James Watt - Dünyayı Değiştiren Muhteşem İnsanlar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052185155</t>
+          <t>9786052185162</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Rekorların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>Hayvanların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>4440000000556</t>
+          <t>9786052185186</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Geliştiren Değerler Eğitimi 10 Kitap</t>
+          <t>Felaketlerin Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052185193</t>
+          <t>9786052185131</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Britanya’da Yaşayan Romalıların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>Dinozorların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052185100</t>
+          <t>9786052185179</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>Mumyaların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052185148</t>
+          <t>9786052185124</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>Dahilerin Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052185322</t>
+          <t>9786052185155</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Küskün Gökkuşağı</t>
+          <t>Rekorların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052185339</t>
+          <t>4440000000556</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Taşıtların Suçu Yok</t>
+          <t>Geliştiren Değerler Eğitimi 10 Kitap</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052185117</t>
+          <t>9786052185193</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Vücudun Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
+          <t>Britanya’da Yaşayan Romalıların Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052185315</t>
+          <t>9786052185100</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kuralları Sevmeyen Çocuk</t>
+          <t>Bilimin Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052185292</t>
+          <t>9786052185148</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Savaş mı? Deli Olmalısınız</t>
+          <t>Tarihin Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052185308</t>
+          <t>9786052185322</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Guguk Kuşu Bencil Değildir</t>
+          <t>Küskün Gökkuşağı</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052185285</t>
+          <t>9786052185339</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Küçük Maymun ve Timsahın Gözyaşları</t>
+          <t>Taşıtların Suçu Yok</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052185278</t>
+          <t>9786052185117</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Penguen Pengi ve Pendo Dünyayı Geziyor - Küresel Isınma ve İklim Değişikliğine Karşı</t>
+          <t>Vücudun Sıra Dışı Hikayeleri ve Şakaları - Tuhaf Ama Gerçek</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052185230</t>
+          <t>9786052185315</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Tavus Kuşu ve Horoz</t>
+          <t>Kuralları Sevmeyen Çocuk</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052185254</t>
+          <t>9786052185292</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bizim Evde Herkes İşini Yapar</t>
+          <t>Savaş mı? Deli Olmalısınız</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052185223</t>
+          <t>9786052185308</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Kuşları ve Minik Kızın Öyküsü</t>
+          <t>Guguk Kuşu Bencil Değildir</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052185216</t>
+          <t>9786052185285</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Pırt Böceği Nasıl Kahraman Oldu?</t>
+          <t>Küçük Maymun ve Timsahın Gözyaşları</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052185209</t>
+          <t>9786052185278</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Beni Üzemezsiniz Çünkü Ben İyiyim</t>
+          <t>Penguen Pengi ve Pendo Dünyayı Geziyor - Küresel Isınma ve İklim Değişikliğine Karşı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052185247</t>
+          <t>9786052185230</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kuyruğu Yoklar Ailesi Uçmayı Nasıl Öğrendi?</t>
+          <t>Tavus Kuşu ve Horoz</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052185094</t>
+          <t>9786052185254</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ben Akıllıyım Çünkü Kitap Okumayı Seviyorum</t>
+          <t>Bizim Evde Herkes İşini Yapar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052185261</t>
+          <t>9786052185223</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlar Birbirlerini Kıskanmaz - Geliştiren Değerler Eğitimi</t>
+          <t>Yağmur Kuşları ve Minik Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052185506</t>
+          <t>9786052185216</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Muhteşem İnsanlar Seti (8 Kitap Takım)</t>
+          <t>Pırt Böceği Nasıl Kahraman Oldu?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>960</v>
+        <v>75</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258119756</t>
+          <t>9786052185209</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ülkenin Renkleri</t>
+          <t>Beni Üzemezsiniz Çünkü Ben İyiyim</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052185063</t>
+          <t>9786052185247</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Barışa Davet - Kurşun Asker’in Utancı</t>
+          <t>Kuyruğu Yoklar Ailesi Uçmayı Nasıl Öğrendi?</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>170</v>
+        <v>75</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258119633</t>
+          <t>9786052185094</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bugün Günlerden Aslantepe Höyüğü</t>
+          <t>Ben Akıllıyım Çünkü Kitap Okumayı Seviyorum</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258119626</t>
+          <t>9786052185261</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Profesör S Kim?</t>
+          <t>Arkadaşlar Birbirlerini Kıskanmaz - Geliştiren Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258119596</t>
+          <t>9786052185506</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ne Aradım?</t>
+          <t>Dünyayı Değiştiren Muhteşem İnsanlar Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>120</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258119701</t>
+          <t>9786258119756</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Köpeğim Limon Farklı Mı?</t>
+          <t>Ülkenin Renkleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258119695</t>
+          <t>9786052185063</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hayallerden Bile Güzel</t>
+          <t>Barışa Davet - Kurşun Asker’in Utancı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258119572</t>
+          <t>9786258119633</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ters Şemsiye</t>
+          <t>Bugün Günlerden Aslantepe Höyüğü</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258119473</t>
+          <t>9786258119626</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cem İle Bilim - Vitaminzor</t>
+          <t>Profesör S Kim?</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258119497</t>
+          <t>9786258119596</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Cem İle Bilim - Bilimin Muhafızları</t>
+          <t>Ne Aradım?</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258119671</t>
+          <t>9786258119701</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Madenci Sumi</t>
+          <t>Köpeğim Limon Farklı Mı?</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258119688</t>
+          <t>9786258119695</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mustafa ve Ben</t>
+          <t>Hayallerden Bile Güzel</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
+          <t>9786258119572</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Ters Şemsiye</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786258119473</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Cem İle Bilim - Vitaminzor</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786258119497</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Cem İle Bilim - Bilimin Muhafızları</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786258119671</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Madenci Sumi</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786258119688</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa ve Ben</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
           <t>9786258119664</t>
         </is>
       </c>
-      <c r="B191" s="1" t="inlineStr">
+      <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Kikirik</t>
         </is>
       </c>
-      <c r="C191" s="1">
-        <v>120</v>
+      <c r="C196" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786258119749</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Ağacındaki Kız</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786258119725</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuz Mutluluğun Peşinde</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786258119763</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Kasaba Şenleniyor - Can Sıkmaz Bey-2</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>