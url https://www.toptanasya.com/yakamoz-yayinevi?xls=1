--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,12820 +85,12910 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052976944</t>
+          <t>9786052977064</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Duygularım</t>
+          <t>Japon Atasözleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052976951</t>
+          <t>9786052977088</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Duyularım</t>
+          <t>Korkusuz İş Arayışı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052976968</t>
+          <t>9786052977071</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücüm</t>
+          <t>Büyük Değişimin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052976937</t>
+          <t>9786052977033</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Pembe Giymez</t>
+          <t>Duygusal Acıyı İyileştirme</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052977002</t>
+          <t>9786052977040</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Annemle Güzel Zamanlar</t>
+          <t>Kaygılı Beyninizi Yeniden Yapılandırın</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052976999</t>
+          <t>9786052977026</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Annemle İlk Doğum Günüm</t>
+          <t>Di̇l Temelli̇ Öğrenme Güçlükleri̇ Olan Çocuğunuza Yardım Etmek</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052976814</t>
+          <t>9786052976944</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Tarçın'ın Kafası Karışık</t>
+          <t>Duygularım</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052976821</t>
+          <t>9786052976951</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Tarçın ve Balkabağı</t>
+          <t>Duyularım</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052976876</t>
+          <t>9786052976968</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Fil Olmak İsteyen Su Samuru</t>
+          <t>Hayal Gücüm</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052977019</t>
+          <t>9786052976937</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Tavşan İçin Bir Hikaye</t>
+          <t>Penguenler Pembe Giymez</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052976975</t>
+          <t>9786052977002</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Küçük Kamyon</t>
+          <t>Annemle Güzel Zamanlar</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052976982</t>
+          <t>9786052976999</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Seni Bekleyen Dünya</t>
+          <t>Annemle İlk Doğum Günüm</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052976852</t>
+          <t>9786052976814</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kabak Necmi ve Süper Ekip - Uzay Fatihi Hainlerin Peşinde</t>
+          <t>Haylaz Tarçın'ın Kafası Karışık</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052976784</t>
+          <t>9786052976821</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Digger ve Ben</t>
+          <t>Haylaz Tarçın ve Balkabağı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786252976838</t>
+          <t>9786052976876</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eve Giden Köprü</t>
+          <t>Fil Olmak İsteyen Su Samuru</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786252976845</t>
+          <t>9786052977019</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Parmaklıklar Ardında Doğan</t>
+          <t>Uykucu Tavşan İçin Bir Hikaye</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052976449</t>
+          <t>9786052976975</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ejderha ve Çocuk</t>
+          <t>Seni Seviyorum Küçük Kamyon</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052976456</t>
+          <t>9786052976982</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın Kalbi</t>
+          <t>Seni Bekleyen Dünya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052976166</t>
+          <t>9786052976852</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Sınır Koyma</t>
+          <t>Kabak Necmi ve Süper Ekip - Uzay Fatihi Hainlerin Peşinde</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052975923</t>
+          <t>9786052976784</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kral Icardı</t>
+          <t>Digger ve Ben</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052973974</t>
+          <t>9786252976838</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (4 Kitap)</t>
+          <t>Eve Giden Köprü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052975381</t>
+          <t>9786252976845</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Beş Kız Kardeş</t>
+          <t>Parmaklıklar Ardında Doğan</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052974766</t>
+          <t>9786052976449</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları - Hayatım Roman</t>
+          <t>Ejderha ve Çocuk</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052974810</t>
+          <t>9786052976456</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Kırmızı Kitap</t>
+          <t>Kaplanın Kalbi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053847144</t>
+          <t>9786052976166</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? (Sarı)</t>
+          <t>Sınıfta Sınır Koyma</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>10.04</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053844266</t>
+          <t>9786052975923</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Sayılar</t>
+          <t>Kral Icardı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>15</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052974674</t>
+          <t>9786052973974</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Elementler Akademisi 1 - Gökyüzünün Derinliği</t>
+          <t>Yeşilin Kızı Anne (4 Kitap)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052973981</t>
+          <t>9786052975381</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Arsene Lupin Seti 3 Kitap</t>
+          <t>Beş Kız Kardeş</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052974315</t>
+          <t>9786052974766</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş - Vahşetin Çağrısı</t>
+          <t>Haylaz Derek'in Maceraları - Hayatım Roman</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052972441</t>
+          <t>9786052974810</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bebeğiniz Mışıl Mışıl Uyusun</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052970287</t>
+          <t>9786053847144</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Düzenli Olmaya Değer Mi?</t>
+          <t>Hiç Merak Ettiniz mi? (Sarı)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>9.26</v>
+        <v>10.04</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052970263</t>
+          <t>9786053844266</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bıktım Bu Kurallardan!</t>
+          <t>Çıldırtan Sayılar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052972854</t>
+          <t>9786052974674</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Elementler Akademisi 1 - Gökyüzünün Derinliği</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>12</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052971451</t>
+          <t>9786052973981</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası - Sevimli Masallar Serisi</t>
+          <t>Arsene Lupin Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>4.54</v>
+        <v>450</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052971468</t>
+          <t>9786052974315</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Sevimli Masallar Serisi</t>
+          <t>Beyaz Diş - Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>4.54</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052971475</t>
+          <t>9786052972441</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı - Sevimli Masallar Serisi</t>
+          <t>Bebeğiniz Mışıl Mışıl Uyusun</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>4.54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052971482</t>
+          <t>9786052970287</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hansel ile Gretel - Sevimli Masallar Serisi</t>
+          <t>Düzenli Olmaya Değer Mi?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>4.54</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052971505</t>
+          <t>9786052970263</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Sevimli Masallar Serisi</t>
+          <t>Bıktım Bu Kurallardan!</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>4.54</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052971499</t>
+          <t>9786052972854</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi - Sevimli Masallar Serisi</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>4.54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052971529</t>
+          <t>9786052971451</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Sevimli Masallar Serisi</t>
+          <t>Alaaddin'in Sihirli Lambası - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>4.54</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052971536</t>
+          <t>9786052971468</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fasülye - Sevimli Masallar Serisi</t>
+          <t>Çirkin Ördek Yavrusu - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>4.54</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052971543</t>
+          <t>9786052971475</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel - Sevimli Masallar Serisi</t>
+          <t>Fareli Köyün Kavalcısı - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>4.54</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052971512</t>
+          <t>9786052971482</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Sevimli Masallar Serisi</t>
+          <t>Hansel ile Gretel - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>4.54</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053849896</t>
+          <t>9786052971505</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Anne Babaların Yoluna Işık Tutacak Bir Set (5 Kitap Takım)</t>
+          <t>Kırmızı Başlıklı Kız - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052972045</t>
+          <t>9786052971499</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Taşıtlar Dünyası</t>
+          <t>Külkedisi - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>20</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052970843</t>
+          <t>9786052971529</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hayatınıza Yön Verecek Kurallar (2 Kitap Takım)</t>
+          <t>Pinokyo - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>28.7</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052971956</t>
+          <t>9786052971536</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>BTS - Testlerle ve Bulmacalarla BTS Dünyasını Keşfet</t>
+          <t>Sihirli Fasülye - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>40</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052972946</t>
+          <t>9786052971543</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Tatil Macerası (Ciltli)</t>
+          <t>Uyuyan Güzel - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>27</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052972939</t>
+          <t>9786052971512</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında</t>
+          <t>Peter Pan - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>50</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3990000048763</t>
+          <t>9786053849896</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi Seti (5 Kitap)</t>
+          <t>Anne Babaların Yoluna Işık Tutacak Bir Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053845768</t>
+          <t>9786052972045</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>One Direction - Giydir-Süsle ve Yapıştır</t>
+          <t>Ara Bul Taşıtlar Dünyası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053841067</t>
+          <t>9786052970843</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Yöntemi</t>
+          <t>Hayatınıza Yön Verecek Kurallar (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>9.17</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053844198</t>
+          <t>9786052971956</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Yöntemi</t>
+          <t>BTS - Testlerle ve Bulmacalarla BTS Dünyasını Keşfet</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053845379</t>
+          <t>9786052972946</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Köpek Bakımı ve Eğitimi</t>
+          <t>Çaylak - Tatil Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>13.89</v>
+        <v>27</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053845942</t>
+          <t>9786052972939</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kan Grubunuza Göre Diyet</t>
+          <t>Yıldızların Altında</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053843580</t>
+          <t>3990000048763</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sahibisin</t>
+          <t>Kızlar Çetesi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>18.52</v>
+        <v>125</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053843566</t>
+          <t>9786053845768</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İyileşmenin Dili</t>
+          <t>One Direction - Giydir-Süsle ve Yapıştır</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053840565</t>
+          <t>9786053841067</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Esrarı</t>
+          <t>Kuantum Düşünce Yöntemi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053844686</t>
+          <t>9786053844198</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi 1453</t>
+          <t>Kuantum Düşünce Yöntemi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053846048</t>
+          <t>9786053845379</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Masallar (Ciltli)</t>
+          <t>Köpek Bakımı ve Eğitimi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053843221</t>
+          <t>9786053845942</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İki İyi Hırsız</t>
+          <t>Kan Grubunuza Göre Diyet</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053846079</t>
+          <t>9786053843580</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 4</t>
+          <t>Kalbimin Sahibisin</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053845133</t>
+          <t>9786053843566</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 3</t>
+          <t>İyileşmenin Dili</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053843818</t>
+          <t>9786053840565</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 2</t>
+          <t>İstemenin Esrarı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053844181</t>
+          <t>9786053844686</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 1</t>
+          <t>İstanbul’un Fethi 1453</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053846017</t>
+          <t>9786053846048</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları - Hayatım Çizgi Roman (Ciltli)</t>
+          <t>Keyifli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053846031</t>
+          <t>9786053843221</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Sizden 90 Saniyede Hoşlanmasını Nasıl Sağlarsınız?</t>
+          <t>İki İyi Hırsız</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053845430</t>
+          <t>9786053846079</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Güneşte Bir Gölge</t>
+          <t>Hiç Merak Ettiniz mi? - 4</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053844112</t>
+          <t>9786053845133</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Enerji Otobüsü</t>
+          <t>Hiç Merak Ettiniz mi? - 3</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053845515</t>
+          <t>9786053843818</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Gücüyle Sorun Çözme</t>
+          <t>Hiç Merak Ettiniz mi? - 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>30</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053840572</t>
+          <t>9786053844181</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Başar</t>
+          <t>Hiç Merak Ettiniz mi? - 1</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053841920</t>
+          <t>9786053846017</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dediğimi Yap Yaptığımı Yapma!</t>
+          <t>Haylaz Derek’in Maceraları - Hayatım Çizgi Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053844310</t>
+          <t>9786053846031</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çorba</t>
+          <t>İnsanların Sizden 90 Saniyede Hoşlanmasını Nasıl Sağlarsınız?</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053842927</t>
+          <t>9786053845430</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Davranışlarını Okumak</t>
+          <t>Güneşte Bir Gölge</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053844617</t>
+          <t>9786053844112</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Boo</t>
+          <t>Enerji Otobüsü</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053845966</t>
+          <t>9786053845515</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarların Şatosu (Ciltli)</t>
+          <t>Düşünce Gücüyle Sorun Çözme</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053847946</t>
+          <t>9786053840572</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Fikirleri Neden Hoşumuza Gider?</t>
+          <t>Düşün ve Başar</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053846000</t>
+          <t>9786053841920</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi (Ciltli)</t>
+          <t>Dediğimi Yap Yaptığımı Yapma!</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053845997</t>
+          <t>9786053844310</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı (Ciltli)</t>
+          <t>Çorba</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053845980</t>
+          <t>9786053842927</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası (Ciltli)</t>
+          <t>Çocukların Davranışlarını Okumak</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053845973</t>
+          <t>9786053844617</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi (Ciltli)</t>
+          <t>Boo</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053847380</t>
+          <t>9786053845966</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’den Yüreğinizi Isıtan Sözler ve Hikayeler</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarların Şatosu (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053848752</t>
+          <t>9786053847946</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sınır (Kokulu Kitap)</t>
+          <t>Şeytanın Fikirleri Neden Hoşumuza Gider?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053848547</t>
+          <t>9786053846000</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanımız Aşk</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053848530</t>
+          <t>9786053845997</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Nasibin Kadardır Aşk</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053847625</t>
+          <t>9786053845980</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053846765</t>
+          <t>9786053845973</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Halleri</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053846697</t>
+          <t>9786053847380</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? (5 Kitap Takım)</t>
+          <t>Yunus Emre’den Yüreğinizi Isıtan Sözler ve Hikayeler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>60.19</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053842866</t>
+          <t>9786053848752</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe / Türkçe - İngilizce Cep Sözlüğü (Ciltli)</t>
+          <t>Sınır (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>5.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053847281</t>
+          <t>9786053848547</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>9 Saniye Ayakta Zor Durabilmekten Günde 9 km Yürüyebilmeye</t>
+          <t>Sol Yanımız Aşk</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053846703</t>
+          <t>9786053848530</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kevin Hogan Kişisel Gelişim Seti (5 Kitap)</t>
+          <t>Nasibin Kadardır Aşk</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>84.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053846710</t>
+          <t>9786053847625</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi Seti (5 Kitap Takım)</t>
+          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>90.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053847076</t>
+          <t>9786053846765</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler (Kokulu Kitap)</t>
+          <t>Ergenlik Halleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053847090</t>
+          <t>9786053846697</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğinizi Tanıyın</t>
+          <t>Hiç Merak Ettiniz mi? (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>16.67</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053847120</t>
+          <t>9786053842866</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Sözler</t>
+          <t>İngilizce - Türkçe / Türkçe - İngilizce Cep Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>40</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053847748</t>
+          <t>9786053847281</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek 2: Aşk-ı Tevekkül</t>
+          <t>9 Saniye Ayakta Zor Durabilmekten Günde 9 km Yürüyebilmeye</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053847267</t>
+          <t>9786053846703</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Masal Sepeti</t>
+          <t>Kevin Hogan Kişisel Gelişim Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>12.04</v>
+        <v>84.26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053847229</t>
+          <t>9786053846710</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bana Her Şey Seni Hatırlatır</t>
+          <t>Çocuk Gelişimi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>40</v>
+        <v>90.74</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053846734</t>
+          <t>9786053847076</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? 5</t>
+          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053846673</t>
+          <t>9786053847090</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Grimm Masalları</t>
+          <t>Kişiliğinizi Tanıyın</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053846659</t>
+          <t>9786053847120</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünya Masalları (Ciltli)</t>
+          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Sözler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052970744</t>
+          <t>9786053847748</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserleri (Ciltli)</t>
+          <t>Elif Gibi Sevmek 2: Aşk-ı Tevekkül</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052970027</t>
+          <t>9786053847267</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Islanmış İki Gönül</t>
+          <t>Masal Sepeti</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053849469</t>
+          <t>9786053847229</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aşka Komşu</t>
+          <t>Bana Her Şey Seni Hatırlatır</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052970904</t>
+          <t>9786053846734</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Filler Hiç Unutur mu?</t>
+          <t>Hiç Merak Ettiniz mi? 5</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>10</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052970911</t>
+          <t>9786053846673</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Yalancı Sana Kimse İnanmaz</t>
+          <t>En Güzel Grimm Masalları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>10</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052970959</t>
+          <t>9786053846659</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çaylak İş Başında (Ciltli)</t>
+          <t>En Güzel Dünya Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>27</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052970966</t>
+          <t>9786052970744</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikeri : Üç Silahşörler - Oliver Twist - 80 Günde Devrialem (Ciltli)</t>
+          <t>Seçme Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>18.52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052971987</t>
+          <t>9786052970027</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bir Tesadüftü Aşkımız</t>
+          <t>Aşk İle Islanmış İki Gönül</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052971444</t>
+          <t>9786053849469</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları Mevsimi</t>
+          <t>Aşka Komşu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>50</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052970775</t>
+          <t>9786052970904</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Sevimli Masallar (Ciltli)</t>
+          <t>Filler Hiç Unutur mu?</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052970638</t>
+          <t>9786052970911</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal ve Şiir Defteri</t>
+          <t>Yalancı Yalancı Sana Kimse İnanmaz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>2.78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052970577</t>
+          <t>9786052970959</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Köyde</t>
+          <t>Çaylak İş Başında (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>2.78</v>
+        <v>27</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052970591</t>
+          <t>9786052970966</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Tiyatro Oyuncusu</t>
+          <t>Seçme Dünya Klasikeri : Üç Silahşörler - Oliver Twist - 80 Günde Devrialem (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>2.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052970607</t>
+          <t>9786052971987</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal ve Kedisi</t>
+          <t>Bir Tesadüftü Aşkımız</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>2.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052970614</t>
+          <t>9786052971444</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Yazıyor</t>
+          <t>Deniz Kabukları Mevsimi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>2.78</v>
+        <v>50</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052970621</t>
+          <t>9786052970775</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Şarkı Deresi'nde</t>
+          <t>Miniklere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>2.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052970546</t>
+          <t>9786052970638</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Kırda</t>
+          <t>Masal'ın Serüvenleri: Masal ve Şiir Defteri</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052970584</t>
+          <t>9786052970577</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Piknikte</t>
+          <t>Masal'ın Serüvenleri: Masal Köyde</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052970560</t>
+          <t>9786052970591</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal ve En Güzel Ödül</t>
+          <t>Masal'ın Serüvenleri: Masal Tiyatro Oyuncusu</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052970300</t>
+          <t>9786052970607</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yaparım Yaaa Daha Erken!</t>
+          <t>Masal'ın Serüvenleri: Masal ve Kedisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052970270</t>
+          <t>9786052970614</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kötü Bir Şey Söylemedim Ki!</t>
+          <t>Masal'ın Serüvenleri: Masal Yazıyor</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052970317</t>
+          <t>9786052970621</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çoook Derdim Var Çoook</t>
+          <t>Masal'ın Serüvenleri: Masal Şarkı Deresi'nde</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053849384</t>
+          <t>9786052970546</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları 5 - Hayatım Sınav (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Kırda</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052970553</t>
+          <t>9786052970584</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Arkadaşım İçin</t>
+          <t>Masal'ın Serüvenleri: Masal Piknikte</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052970997</t>
+          <t>9786052970560</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bebeğim ( Erkek ) (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal ve En Güzel Ödül</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>60</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052971000</t>
+          <t>9786052970300</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bebeğim (Kız) (Ciltli)</t>
+          <t>Yaparım Yaaa Daha Erken!</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052970379</t>
+          <t>9786052970270</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Masal Saati Tik Tak (Ciltli)</t>
+          <t>Kötü Bir Şey Söylemedim Ki!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052970386</t>
+          <t>9786052970317</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Masal Vapuru Vup Vup (Ciltli)</t>
+          <t>Çoook Derdim Var Çoook</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052970362</t>
+          <t>9786053849384</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Masal Böceği Cır Cır (Ciltli)</t>
+          <t>Haylaz Derek'in Maceraları 5 - Hayatım Sınav (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052970355</t>
+          <t>9786052970553</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Masal Arısı Vız Vız (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Arkadaşım İçin</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053849353</t>
+          <t>9786052970997</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yakın İlişkilerin Gizli Anlamları</t>
+          <t>Hoş Geldin Bebeğim ( Erkek ) (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>23.15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053849438</t>
+          <t>9786052971000</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah 2</t>
+          <t>Hoş Geldin Bebeğim (Kız) (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>13.89</v>
+        <v>60</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052970164</t>
+          <t>9786052970379</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Tavuk - Sevimli Masallar Serisi</t>
+          <t>Masal Saati Tik Tak (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052970126</t>
+          <t>9786052970386</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Keçi Yavrusu - Sevimli Masallar Serisi</t>
+          <t>Masal Vapuru Vup Vup (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052970140</t>
+          <t>9786052970362</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu - Sevimli Masallar Serisi</t>
+          <t>Masal Böceği Cır Cır (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052970157</t>
+          <t>9786052970355</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Leylek - Sevimli Masallar Serisi</t>
+          <t>Masal Arısı Vız Vız (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052970089</t>
+          <t>9786053849353</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ağustosböceği ile Karınca - Sevimli Masallar Serisi</t>
+          <t>Yakın İlişkilerin Gizli Anlamları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>3.61</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052970133</t>
+          <t>9786053849438</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker - Sevimli Masallar Serisi</t>
+          <t>Eyvallah 2</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>3.61</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052970119</t>
+          <t>9786052970164</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız - Sevimli Masallar Serisi</t>
+          <t>Altın Yumurtlayan Tavuk - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>3.61</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052970072</t>
+          <t>9786052970126</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Terzi - Sevimli Masallar Serisi</t>
+          <t>Kurt ile Yedi Keçi Yavrusu - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>3.61</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052970096</t>
+          <t>9786052970140</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları - Sevimli Masallar Serisi</t>
+          <t>Orman Çocuğu - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>3.61</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052970102</t>
+          <t>9786052970157</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri - Sevimli Masallar Serisi</t>
+          <t>Tilki ile Leylek - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>3.61</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053849957</t>
+          <t>9786052970089</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamadan Perakendeye Hayata Dair</t>
+          <t>Ağustosböceği ile Karınca - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>40</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052970478</t>
+          <t>9786052970133</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hayat Güzel De ‘De'leri Var İşte</t>
+          <t>Kurşun Asker - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>20</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052970942</t>
+          <t>9786052970119</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Kokulu 2018 Ajanda</t>
+          <t>Kibritçi Kız - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>18.43</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053849964</t>
+          <t>9786052970072</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısına 12 Dakika Kala</t>
+          <t>Akıllı Terzi - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>15.74</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053849575</t>
+          <t>9786052970096</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Giden İşaretler</t>
+          <t>Bremen Mızıkacıları - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>15.74</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052970294</t>
+          <t>9786052970102</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Off Yaa Kimse Beni Anlamıyor!</t>
+          <t>Gulliver'in Gezileri - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>9.26</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053849773</t>
+          <t>9786053849957</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bayan Süper Kahraman</t>
+          <t>Pazarlamadan Perakendeye Hayata Dair</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>15.74</v>
+        <v>40</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053849919</t>
+          <t>9786052970478</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kahve Kokulu Sözler</t>
+          <t>Hayat Güzel De ‘De'leri Var İşte</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>23.15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053849766</t>
+          <t>9786052970942</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Mavi Kitap</t>
+          <t>Yakamoz Kokulu 2018 Ajanda</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>6</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053849742</t>
+          <t>9786053849964</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 2</t>
+          <t>Gece Yarısına 12 Dakika Kala</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>6</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053849735</t>
+          <t>9786053849575</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama -  Mor Kitap</t>
+          <t>Mutluluğa Giden İşaretler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>5.56</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053849728</t>
+          <t>9786052970294</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 1</t>
+          <t>Off Yaa Kimse Beni Anlamıyor!</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>6</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052970041</t>
+          <t>9786053849773</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Şansa Bırak</t>
+          <t>Bayan Süper Kahraman</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052970034</t>
+          <t>9786053849919</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Umut Dolu Dilekler</t>
+          <t>Kahve Kokulu Sözler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052971208</t>
+          <t>9786053849766</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka (Ciltli)</t>
+          <t>Shopkins Cicibiciler Boyama - Mavi Kitap</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052971109</t>
+          <t>9786053849742</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 5</t>
+          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 2</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052971093</t>
+          <t>9786053849735</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 4</t>
+          <t>Shopkins Cicibiciler Boyama -  Mor Kitap</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>8</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052971086</t>
+          <t>9786053849728</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 3 Yaş Üzeri</t>
+          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 1</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052971079</t>
+          <t>9786052970041</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 2</t>
+          <t>Aşkı Şansa Bırak</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052971116</t>
+          <t>9786052970034</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Aktive İle Öğreniyorum</t>
+          <t>Umut Dolu Dilekler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052970768</t>
+          <t>9786052971208</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Firarda (Ciltli)</t>
+          <t>Franz Kafka (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>27.78</v>
+        <v>50</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052970751</t>
+          <t>9786052971109</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hachiko (Ciltli)</t>
+          <t>Boyama İle Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>30</v>
+        <v>8</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052970720</t>
+          <t>9786052971093</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gizli Büyüteçli Matematik (6 Kitap Set)</t>
+          <t>Boyama İle Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>38.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053849124</t>
+          <t>9786052971086</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Son İlmek</t>
+          <t>Boyama İle Öğreniyorum 3 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>18.52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053845584</t>
+          <t>9786052971079</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 2</t>
+          <t>Boyama İle Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052970980</t>
+          <t>9786052971116</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hayat Değiştiren Öğretmenler - Teşekkürler Öğretmenim</t>
+          <t>Aktive İle Öğreniyorum</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>18.52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053848578</t>
+          <t>9786052970768</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Menekşe Kokulu Hikayeler</t>
+          <t>Kızlar Firarda (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>9.17</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053848936</t>
+          <t>9786052970751</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Piti Piti Masallar (Ciltli)</t>
+          <t>Hachiko (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053848912</t>
+          <t>9786052970720</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çıtı Pıtı Masallar (Ciltli)</t>
+          <t>Gizli Büyüteçli Matematik (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>13.89</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053848905</t>
+          <t>9786053849124</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık (Kokulu Kitap)</t>
+          <t>Son İlmek</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053848745</t>
+          <t>9786053845584</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Yapbozlu 6 Harika Masal 2</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052972083</t>
+          <t>9786052970980</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Serisi ( 5 Kitap )</t>
+          <t>Hayat Değiştiren Öğretmenler - Teşekkürler Öğretmenim</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>100</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053849926</t>
+          <t>9786053848578</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Üşütük Kızın Günlüğü Seti ( 3 Kitap )</t>
+          <t>Menekşe Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>75</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053849162</t>
+          <t>9786053848936</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları 4 - Hayatım Şaka (Ciltli)</t>
+          <t>Piti Piti Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053847175</t>
+          <t>9786053848912</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz Mi? Yeşil</t>
+          <t>Çıtı Pıtı Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053848974</t>
+          <t>9786053848905</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Hırsızı (Ciltli)</t>
+          <t>Küçük Kara Balık (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>23.15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053849032</t>
+          <t>9786053848745</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kayısı Öpücükleri (Ciltli)</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053848271</t>
+          <t>9786052972083</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Bütün Kalbinle Sev! (Kokulu Kitap)</t>
+          <t>Sherlock Holmes Serisi ( 5 Kitap )</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>9.17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053848226</t>
+          <t>9786053849926</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bana Her Şey Seni Hatırlatır (Kokulu Kitap)</t>
+          <t>Üşütük Kızın Günlüğü Seti ( 3 Kitap )</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>9.17</v>
+        <v>75</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052970539</t>
+          <t>9786053849162</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kokulu Kitaplar Seti ( 6 Kitap )</t>
+          <t>Haylaz Derek'in Maceraları 4 - Hayatım Şaka (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>111.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053843542</t>
+          <t>9786053847175</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bir Amaç İçin Yaşamak</t>
+          <t>Hiç Merak Ettiniz Mi? Yeşil</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053845546</t>
+          <t>9786053848974</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Çalıştırın!</t>
+          <t>Çikolata Hırsızı (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053843528</t>
+          <t>9786053849032</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkartan Aşk</t>
+          <t>Kayısı Öpücükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944204279</t>
+          <t>9786053848271</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Başarılı ve Güzel Konuşma Sanatı</t>
+          <t>Hayatı Bütün Kalbinle Sev! (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053845102</t>
+          <t>9786053848226</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bakımlı Bir Cilt</t>
+          <t>Bana Her Şey Seni Hatırlatır (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053841265</t>
+          <t>9786052970539</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ayakta Kalmayı Başarmanın 12 Yolu</t>
+          <t>Kokulu Kitaplar Seti ( 6 Kitap )</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>11.11</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053844983</t>
+          <t>9786053843542</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Antrenman Kampı</t>
+          <t>Bir Amaç İçin Yaşamak</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053840503</t>
+          <t>9786053845546</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babalar İçin Çocuk Psikolojisi</t>
+          <t>Beyninizi Çalıştırın!</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789758809707</t>
+          <t>9786053843528</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme</t>
+          <t>Baştan Çıkartan Aşk</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>3990000030706</t>
+          <t>9789944204279</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Saçmalıkları Devri</t>
+          <t>Başarılı ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053843467</t>
+          <t>9786053845102</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Selçuk İlkan - Seçmeler</t>
+          <t>Bakımlı Bir Cilt</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053847540</t>
+          <t>9786053841265</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+          <t>Ayakta Kalmayı Başarmanın 12 Yolu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>9.17</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053845522</t>
+          <t>9786053844983</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğe Yolculuk</t>
+          <t>Antrenman Kampı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053845461</t>
+          <t>9786053840503</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>2013 Burç Kitabı - Herkes İçin Astroloji</t>
+          <t>Anne ve Babalar İçin Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053840541</t>
+          <t>9789758809707</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>10 Resimli Klasik Masal</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758809769</t>
+          <t>3990000030706</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>10 Dk.’da Enerjinizi Depolayın</t>
+          <t>Amerikan Saçmalıkları Devri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052970058</t>
+          <t>9786053843467</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında (Ciltli)</t>
+          <t>Ahmet Selçuk İlkan - Seçmeler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053847052</t>
+          <t>9786053847540</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezleri ve Perakendede Sürdürülebilirlik</t>
+          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053849506</t>
+          <t>9786053845522</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de ve Dünyada, AVM'ler ve Perakendede Alışverişin Geleceği</t>
+          <t>Bilgeliğe Yolculuk</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053847939</t>
+          <t>9786053845461</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları 2 - Hayatım Oyun</t>
+          <t>2013 Burç Kitabı - Herkes İçin Astroloji</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053848493</t>
+          <t>9786053840541</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hayat Evde Başlar</t>
+          <t>10 Resimli Klasik Masal</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052970423</t>
+          <t>9789758809769</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mavi Kitap</t>
+          <t>10 Dk.’da Enerjinizi Depolayın</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>8</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052970416</t>
+          <t>9786052970058</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Turuncu Kitap</t>
+          <t>Yıldızların Altında (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>8</v>
+        <v>50</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052970409</t>
+          <t>9786053847052</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Pembe Kitap</t>
+          <t>Alışveriş Merkezleri ve Perakendede Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052974803</t>
+          <t>9786053849506</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Yeşil Kitap</t>
+          <t>Türkiye'de ve Dünyada, AVM'ler ve Perakendede Alışverişin Geleceği</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052970515</t>
+          <t>9786053847939</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sevenler Gönüllerinde Taşır Sevdiklerini</t>
+          <t>Haylaz Derek'in Maceraları 2 - Hayatım Oyun</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053849186</t>
+          <t>9786053848493</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Pencereme Aşk Kondu</t>
+          <t>Hayat Evde Başlar</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053844976</t>
+          <t>9786052970423</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları - Hayatım Roman (Ciltli)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mavi Kitap</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>18.52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053845034</t>
+          <t>9786052970416</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları 2 - Hayatım Oyun (Ciltli)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>18.52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053848189</t>
+          <t>9786052970409</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Pembe Kitap</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>9.17</v>
+        <v>8</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053848127</t>
+          <t>9786052974803</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar İçin Çocuk Yetiştirmede Psikolojik Taktikler (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>9.17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053848363</t>
+          <t>9786052970515</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Sınır Koyma - 2 (Kokulu Kitap)</t>
+          <t>Sevenler Gönüllerinde Taşır Sevdiklerini</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>9.17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053848325</t>
+          <t>9786053849186</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuk Sendromu (Kokulu Kitap)</t>
+          <t>Pencereme Aşk Kondu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053848141</t>
+          <t>9786053844976</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babalar İçin Çocuk Psikolojisi (Kokulu Kitap)</t>
+          <t>Haylaz Derek'in Maceraları - Hayatım Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053848219</t>
+          <t>9786053845034</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme (Kokulu Kitap)</t>
+          <t>Haylaz Derek’in Maceraları 2 - Hayatım Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053848134</t>
+          <t>9786053848189</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Mutlu Yumurcağı (Kokulu Kitap)</t>
+          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053848158</t>
+          <t>9786053848127</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Çocuklar Yetiştirmek (Kokulu Kitap)</t>
+          <t>Anne Babalar İçin Çocuk Yetiştirmede Psikolojik Taktikler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053848349</t>
+          <t>9786053848363</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Yalan Söyler? (Kokulu Kitap)</t>
+          <t>Çocuğunuza Sınır Koyma - 2 (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053848165</t>
+          <t>9786053848325</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzla İşbirliği Yapın! (Kokulu Kitap)</t>
+          <t>Tek Çocuk Sendromu (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053847588</t>
+          <t>9786053848141</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yeniden Keşfet</t>
+          <t>Anne ve Babalar İçin Çocuk Psikolojisi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>25</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053847687</t>
+          <t>9786053848219</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Şikayet Etmeme Kuralı</t>
+          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>12.04</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053845591</t>
+          <t>9786053848134</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 3</t>
+          <t>Mahallenin En Mutlu Yumurcağı (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053845577</t>
+          <t>9786053848158</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 1</t>
+          <t>Kendine Güvenen Çocuklar Yetiştirmek (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053845621</t>
+          <t>9786053848349</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 6</t>
+          <t>Çocuklar Neden Yalan Söyler? (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053845614</t>
+          <t>9786053848165</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 5</t>
+          <t>Çocuğunuzla İşbirliği Yapın! (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053845607</t>
+          <t>9786053847588</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 4</t>
+          <t>Kendini Yeniden Keşfet</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053849636</t>
+          <t>9786053847687</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Takma Dişli Uzaylılar: Uzaylılar Belalı Kasaba'da!</t>
+          <t>Şikayet Etmeme Kuralı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053849629</t>
+          <t>9786053845591</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Takma Dişli Uzaylılar: İhtiyar Uzaylılar Yörüngede</t>
+          <t>Yapbozlu 6 Harika Masal 3</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053849612</t>
+          <t>9786053845577</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Takma Dişli Uzaylılar: Kilerdeki Uzay Gemisi</t>
+          <t>Yapbozlu 6 Harika Masal 1</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053848929</t>
+          <t>9786053845621</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Haddini Bilmek!</t>
+          <t>Yapbozlu 6 Harika Masal 6</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053848882</t>
+          <t>9786053845614</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kıvırma Sanatı</t>
+          <t>Yapbozlu 6 Harika Masal 5</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053847472</t>
+          <t>9786053845607</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Bütün Kalbinle Sev</t>
+          <t>Yapbozlu 6 Harika Masal 4</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053847113</t>
+          <t>9786053849636</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Aşk</t>
+          <t>Takma Dişli Uzaylılar: Uzaylılar Belalı Kasaba'da!</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053849452</t>
+          <t>9786053849629</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Takma Dişli Uzaylılar: İhtiyar Uzaylılar Yörüngede</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053849148</t>
+          <t>9786053849612</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız (Kokulu Kitap)</t>
+          <t>Takma Dişli Uzaylılar: Kilerdeki Uzay Gemisi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053848066</t>
+          <t>9786053848929</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kamelyaları</t>
+          <t>Haddini Bilmek!</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>15.74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053846628</t>
+          <t>9786053848882</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Minnoş Masallar</t>
+          <t>Kağıt Kıvırma Sanatı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053843900</t>
+          <t>9786053847472</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu</t>
+          <t>Hayatı Bütün Kalbinle Sev</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>7</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053843917</t>
+          <t>9786053847113</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bölme</t>
+          <t>Sonsuz Aşk</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>30</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053847274</t>
+          <t>9786053849452</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Hafızanızla Mucizeler Yaratın</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053847397</t>
+          <t>9786053849148</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek</t>
+          <t>Sınırsız (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053849315</t>
+          <t>9786053848066</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Annemi Yetiştiriyorum</t>
+          <t>Sevgi Kamelyaları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053849179</t>
+          <t>9786053846628</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanlış Kaç Doğru?</t>
+          <t>Minnoş Masallar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053848820</t>
+          <t>9786053843900</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Mucizesi</t>
+          <t>Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>18.52</v>
+        <v>7</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053848561</t>
+          <t>9786053843917</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Manolya Kokulu Hikayeler</t>
+          <t>Gizli Bölme</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>9.17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053848691</t>
+          <t>9786053847274</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Atilla - Tanrı'nın Kırbacı</t>
+          <t>Hafızanızla Mucizeler Yaratın</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053848851</t>
+          <t>9786053847397</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Stres ve Yaşamın Baskılarıyla Baş Etme Kılavuzu</t>
+          <t>Elif Gibi Sevmek</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053848721</t>
+          <t>9786053849315</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Han</t>
+          <t>Annemi Yetiştiriyorum</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053848714</t>
+          <t>9786053849179</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Cengizhan</t>
+          <t>Bir Yanlış Kaç Doğru?</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>18.52</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053848042</t>
+          <t>9786053848820</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kendini İmha Etmenin Kolay Yolları</t>
+          <t>Kuantum Mucizesi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053848035</t>
+          <t>9786053848561</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bir Dakikada Rahatla</t>
+          <t>Manolya Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>15.74</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053846635</t>
+          <t>9786053848691</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Tontiş Masallar</t>
+          <t>Atilla - Tanrı'nın Kırbacı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053846666</t>
+          <t>9786053848851</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Ezop Masalları</t>
+          <t>Gençler İçin Stres ve Yaşamın Baskılarıyla Baş Etme Kılavuzu</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053846642</t>
+          <t>9786053848721</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Andersen Masalları</t>
+          <t>Kubilay Han</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053847069</t>
+          <t>9786053848714</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Güzel Konuşarak İnsanları Etkileme</t>
+          <t>Cengizhan</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053846109</t>
+          <t>9786053848042</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Altın Kurallar</t>
+          <t>Kendini İmha Etmenin Kolay Yolları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053846413</t>
+          <t>9786053848035</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bunları Bilen Var mı?</t>
+          <t>Bir Dakikada Rahatla</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053847977</t>
+          <t>9786053846635</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi</t>
+          <t>Tontiş Masallar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053847991</t>
+          <t>9786053846666</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı</t>
+          <t>En Güzel Ezop Masalları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053848004</t>
+          <t>9786053846642</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası</t>
+          <t>En Güzel Andersen Masalları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053847984</t>
+          <t>9786053847069</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi</t>
+          <t>Güzel Konuşarak İnsanları Etkileme</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053847960</t>
+          <t>9786053846109</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarlar Şatosu</t>
+          <t>İş Hayatında Altın Kurallar</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053843450</t>
+          <t>9786053846413</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Aşk Kıvılcımı</t>
+          <t>Bunları Bilen Var mı?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053844679</t>
+          <t>9786053847977</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Unvansız Liderlik</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053843146</t>
+          <t>9786053847991</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Aşkın Gözyaşları</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053840367</t>
+          <t>9786053848004</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Türkler, İslamiyet ve Hilafet</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053841104</t>
+          <t>9786053847984</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs - Apple</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053845805</t>
+          <t>9786053847960</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Sahibi ve Saygılı Çocuklar Yetiştirmek</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarlar Şatosu</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053840589</t>
+          <t>9786053843450</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Yolculuğu</t>
+          <t>Yüreğimdeki Aşk Kıvılcımı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789944204033</t>
+          <t>9786053844679</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Zekası</t>
+          <t>Unvansız Liderlik</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053843474</t>
+          <t>9786053843146</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sevgi mi? Bağımlılık mı?</t>
+          <t>Umutsuz Aşkın Gözyaşları</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053840558</t>
+          <t>9786053840367</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zeka SQ</t>
+          <t>Türkler, İslamiyet ve Hilafet</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053844358</t>
+          <t>9786053841104</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Otoparktaki İnek</t>
+          <t>Steve Jobs - Apple</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053842040</t>
+          <t>9786053845805</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Hafızanız Olsun İster misiniz?</t>
+          <t>Sorumluluk Sahibi ve Saygılı Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053840466</t>
+          <t>9786053840589</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Oyunu</t>
+          <t>Sonsuzluk Yolculuğu</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053845096</t>
+          <t>9789944204033</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Mazeret Yok</t>
+          <t>Sevgi Zekası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053844327</t>
+          <t>9786053843474</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Masal Saati Tik Tak</t>
+          <t>Sevgi mi? Bağımlılık mı?</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053845157</t>
+          <t>9786053840558</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Masal Arabası Bip Biip</t>
+          <t>Ruhsal Zeka SQ</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053845782</t>
+          <t>9786053844358</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kuantumla Yaşamanın Sırrı</t>
+          <t>Otoparktaki İnek</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053843634</t>
+          <t>9786053842040</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kuantumla İyileşmenin Sırrı</t>
+          <t>Mükemmel Bir Hafızanız Olsun İster misiniz?</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053845256</t>
+          <t>9786053840466</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler Ağlarına Neden Yapışmazlar?</t>
+          <t>Mutluluk Oyunu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053845959</t>
+          <t>9786053845096</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yedikleriniz İlacınız Olsun!</t>
+          <t>Mazeret Yok</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>16.67</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053842736</t>
+          <t>9786053844327</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>YapBozlu 3 Harika Masal - 5</t>
+          <t>Masal Saati Tik Tak</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053842187</t>
+          <t>9786053845157</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Ardındaki Gerçek</t>
+          <t>Masal Arabası Bip Biip</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>9.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053843085</t>
+          <t>9786053845782</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Walmart’ın Ticaret Dahisi</t>
+          <t>Kuantumla Yaşamanın Sırrı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>9.26</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053844914</t>
+          <t>9786053843634</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Renklerin İyileştirici Gücü</t>
+          <t>Kuantumla İyileşmenin Sırrı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052974049</t>
+          <t>9786053845256</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalplerin Melodisi</t>
+          <t>Örümcekler Ağlarına Neden Yapışmazlar?</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052973943</t>
+          <t>9786053845959</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hanımlara, Küçük Beylere - Çilek Kokan Masallar (Ciltli)</t>
+          <t>Yedikleriniz İlacınız Olsun!</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789758809301</t>
+          <t>9786053842736</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme</t>
+          <t>YapBozlu 3 Harika Masal - 5</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052973462</t>
+          <t>9786053842187</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Boyama</t>
+          <t>Yalanın Ardındaki Gerçek</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>250</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052973615</t>
+          <t>9786053843085</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Nefes Almak İçin</t>
+          <t>Walmart’ın Ticaret Dahisi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052973431</t>
+          <t>9786053844914</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Geyik Zamanı (Ciltli)</t>
+          <t>Renklerin İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>27</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052972816</t>
+          <t>9786052974049</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Kırık Kalplerin Melodisi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053846598</t>
+          <t>9786052973943</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Keloğlan Masalları (Ciltli)</t>
+          <t>Küçük Hanımlara, Küçük Beylere - Çilek Kokan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>12.04</v>
+        <v>300</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052972076</t>
+          <t>9789758809301</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi Seti (4 Kitap)</t>
+          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052973202</t>
+          <t>9786052973462</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Masal Arabası (Ciltli)</t>
+          <t>Her Güne Yeni Bir Boyama</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052973196</t>
+          <t>9786052973615</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Masal Vapuru (Ciltli)</t>
+          <t>Nefes Almak İçin</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052973189</t>
+          <t>9786052973431</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Masal Treni (Ciltli)</t>
+          <t>Çaylak - Geyik Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052973219</t>
+          <t>9786052972816</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Masal Balonu (Ciltli)</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052973059</t>
+          <t>9786053846598</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>En Güzel Keloğlan Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>50</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052972731</t>
+          <t>9786052972076</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Kırmızı Çıkartmalı Boyama</t>
+          <t>Kızlar Çetesi Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052972052</t>
+          <t>9786052973202</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Eğlenceli Tatil Macerası</t>
+          <t>Masal Arabası (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052970324</t>
+          <t>9786052973196</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kokulu Masal Seti (5 Kitap Takım)</t>
+          <t>Masal Vapuru (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>69.44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052971932</t>
+          <t>9786052973189</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Şirinlere Sevimli Masallar (Ciltli)</t>
+          <t>Masal Treni (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052971925</t>
+          <t>9786052973219</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tontişlere Sevimli Masallar (Ciltli)</t>
+          <t>Masal Balonu (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052971918</t>
+          <t>9786052973059</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ponponlara Sevimli Masallar (Ciltli)</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052971895</t>
+          <t>9786052972731</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bıcırıklara Sevimli Masallar (Ciltli)</t>
+          <t>Shopkins Cicibiciler - Kırmızı Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052971901</t>
+          <t>9786052972052</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Minnoşlara Sevimli Masallar (Ciltli)</t>
+          <t>Ara Bul Eğlenceli Tatil Macerası</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052973226</t>
+          <t>9786052970324</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Masal Uçağı (Ciltli)</t>
+          <t>Kokulu Masal Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>50</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052972564</t>
+          <t>9786052971932</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Şirinlere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053849414</t>
+          <t>9786052971925</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenslere Masallar (Ciltli)</t>
+          <t>Tontişlere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053849421</t>
+          <t>9786052971918</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenslere Masallar</t>
+          <t>Ponponlara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>13.88</v>
+        <v>30</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053849759</t>
+          <t>9786052971895</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Turuncu Kitap</t>
+          <t>Bıcırıklara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>5.56</v>
+        <v>30</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052970010</t>
+          <t>9786052971901</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Masal Gezegeni</t>
+          <t>Minnoşlara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052972113</t>
+          <t>9786052973226</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserleri</t>
+          <t>Masal Uçağı (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052972021</t>
+          <t>9786052972564</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Köpekleri Seviyorum</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052970003</t>
+          <t>9786053849414</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Masal Diyarı</t>
+          <t>Küçük Prenslere Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052974902</t>
+          <t>9786053849421</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Ünlü Dahiler Serisi</t>
+          <t>Küçük Prenslere Masallar</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>60</v>
+        <v>13.88</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052976685</t>
+          <t>9786053849759</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yetiştirme Etkisi</t>
+          <t>Shopkins Cicibiciler Boyama - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>300</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052976722</t>
+          <t>9786052970010</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Duygu Düzenleme Ve Farkındalık</t>
+          <t>Masal Gezegeni</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052976715</t>
+          <t>9786052972113</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Duygular, Kavramlar, Buzullar, Zaman, Spor (Ciltli)</t>
+          <t>Stefan Zweig Seçme Eserleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052976708</t>
+          <t>9786052972021</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Bahçe, Banyo, Meslekler, Mevsimler, Hastane (Ciltli)</t>
+          <t>Köpekleri Seviyorum</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053848400</t>
+          <t>9786052970003</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Masal Diyarı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052976678</t>
+          <t>9786052974902</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Pazar</t>
+          <t>Marie Curie - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052976661</t>
+          <t>9786052976685</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Cumartesi</t>
+          <t>Yetiştirme Etkisi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052976654</t>
+          <t>9786052976722</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Cuma</t>
+          <t>Duygu Düzenleme Ve Farkındalık</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052976647</t>
+          <t>9786052976715</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Perşembe</t>
+          <t>İlginç Sorular Kitabı - Duygular, Kavramlar, Buzullar, Zaman, Spor (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052976630</t>
+          <t>9786052976708</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Çarşamba</t>
+          <t>İlginç Sorular Kitabı - Bahçe, Banyo, Meslekler, Mevsimler, Hastane (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052976623</t>
+          <t>9786053848400</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Salı</t>
+          <t>Çilek Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052976616</t>
+          <t>9786052976678</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Pazartesi</t>
+          <t>Zola ile Bir Hafta Pazar</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052976593</t>
+          <t>9786052976661</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sağanak</t>
+          <t>Zola ile Bir Hafta Cumartesi</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052976609</t>
+          <t>9786052976654</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım</t>
+          <t>Zola ile Bir Hafta Cuma</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052976586</t>
+          <t>9786052976647</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kontrol Edilemeyen Çocuk</t>
+          <t>Zola ile Bir Hafta Perşembe</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052970461</t>
+          <t>9786052976630</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Bay Süper Kahraman</t>
+          <t>Zola ile Bir Hafta Çarşamba</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053843924</t>
+          <t>9786052976623</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çıkarma</t>
+          <t>Zola ile Bir Hafta Salı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053843948</t>
+          <t>9786052976616</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Gizli Matematik Sınavı</t>
+          <t>Zola ile Bir Hafta Pazartesi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052975893</t>
+          <t>9786052976593</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tombiş Ayıcık (Ciltli)</t>
+          <t>Sağanak</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052975886</t>
+          <t>9786052976609</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Afacan Sincap (Ciltli)</t>
+          <t>Yıldırım</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052975909</t>
+          <t>9786052976586</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Piko (Ciltli)</t>
+          <t>Kontrol Edilemeyen Çocuk</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052975916</t>
+          <t>9786052970461</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Korkak Muzi (Ciltli)</t>
+          <t>Bay Süper Kahraman</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052975879</t>
+          <t>9786053843924</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Dodo (Ciltli)</t>
+          <t>Gizli Çıkarma</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052975633</t>
+          <t>9786053843948</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Edda’nın Dilek Kutusu - Dilek Değiş Tokuşu Başlıyor</t>
+          <t>Gizli Matematik Sınavı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052975558</t>
+          <t>9786052975893</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Duyularımızı Tanıyalım</t>
+          <t>Tombiş Ayıcık (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052975589</t>
+          <t>9786052975886</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuz Nasıl Çalışıyor?</t>
+          <t>Afacan Sincap (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052975503</t>
+          <t>9786052975909</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kahramanlar Macera Peşinde</t>
+          <t>Tavşan Piko (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052975596</t>
+          <t>9786052975916</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Okulda Yapabildiklerim</t>
+          <t>Korkak Muzi (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053841739</t>
+          <t>9786052975879</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Babil Kehanetleri</t>
+          <t>Neşeli Dodo (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>9.17</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052974964</t>
+          <t>9786052975633</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Benzama</t>
+          <t>Edda’nın Dilek Kutusu - Dilek Değiş Tokuşu Başlıyor</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052975107</t>
+          <t>9786052975558</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Haaland</t>
+          <t>Duyularımızı Tanıyalım</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052975084</t>
+          <t>9786052975589</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hachiko</t>
+          <t>Vücudumuz Nasıl Çalışıyor?</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052975039</t>
+          <t>9786052975503</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Olalım</t>
+          <t>Cesur Kahramanlar Macera Peşinde</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052974735</t>
+          <t>9786052975596</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Dünyayı Nasıl Değiştirir?</t>
+          <t>Okulda Yapabildiklerim</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052974896</t>
+          <t>9786053841739</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Pablo Picasso - Ünlü Dahiler Serisi</t>
+          <t>Babil Kehanetleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>60</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052974926</t>
+          <t>9786052974964</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Raffaello Sanzio - Ünlü Dahiler Serisi</t>
+          <t>Benzama</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052974889</t>
+          <t>9786052975107</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin - Ünlü Dahiler Serisi</t>
+          <t>Haaland</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052974919</t>
+          <t>9786052975084</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tutankhamun - Ünlü Dahiler Serisi</t>
+          <t>Hachiko</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789944204675</t>
+          <t>9786052975039</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Küçük Melek Seni Seviyorum</t>
+          <t>Arkadaş Olalım</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053841807</t>
+          <t>9786052974735</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman İstediğiniz Hayatı Elde Edin</t>
+          <t>Tasarım Dünyayı Nasıl Değiştirir?</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>9.9</v>
+        <v>80</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>4440000001196</t>
+          <t>9786052974896</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir Boya 2</t>
+          <t>Pablo Picasso - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>4440000001195</t>
+          <t>9786052974926</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir Boya</t>
+          <t>Raffaello Sanzio - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052974308</t>
+          <t>9786052974889</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Balkabağı!</t>
+          <t>Charles Darwin - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052973837</t>
+          <t>9786052974919</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Geceler</t>
+          <t>Tutankhamun - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052974568</t>
+          <t>9789944204675</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Coco Chanel - Ünlü Dahiler Serisi</t>
+          <t>Küçük Melek Seni Seviyorum</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052974551</t>
+          <t>9786053841807</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo - Ünlü Dahiler Serisi</t>
+          <t>Her Zaman İstediğiniz Hayatı Elde Edin</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>60</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052974544</t>
+          <t>4440000001196</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei - Ünlü Dahiler Serisi</t>
+          <t>Noktaları Birleştir Boya 2</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052974537</t>
+          <t>4440000001195</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Ünlü Dahiler Serisi</t>
+          <t>Noktaları Birleştir Boya</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052974520</t>
+          <t>9786052974308</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci - Ünlü Dahiler Serisi</t>
+          <t>Bu Bir Balkabağı!</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052974513</t>
+          <t>9786052973837</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - Ünlü Dahiler Serisi</t>
+          <t>Fırtınalı Geceler</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052974506</t>
+          <t>9786052974568</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Ünlü Dahiler Serisi</t>
+          <t>Coco Chanel - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052974490</t>
+          <t>9786052974551</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Vincent Van Gogh - Ünlü Dahiler Serisi</t>
+          <t>Frida Kahlo - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052974483</t>
+          <t>9786052974544</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Wolfgang Amadeus Mozart - Ünlü Dahiler Serisi</t>
+          <t>Galileo Galilei - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052974476</t>
+          <t>9786052974537</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein - Ünlü Dahiler Serisi</t>
+          <t>Isaac Newton - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052974353</t>
+          <t>9786052974520</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kendime Mektuplar</t>
+          <t>Leonardo da Vinci - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053841593</t>
+          <t>9786052974513</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Oktay Usta İle Lezzet Yolculuğu</t>
+          <t>Louis Pasteur - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052972700</t>
+          <t>9786052974506</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Stephen Hawking - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052974414</t>
+          <t>9786052974490</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Balmumu Müzesi'ndeki Hırsızlık - Tom O'Clock ve Zaman Dedektifleri</t>
+          <t>Vincent Van Gogh - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052974421</t>
+          <t>9786052974483</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Arenadaki Hayalet - Tom O'Clock ve Zaman Dedektifleri</t>
+          <t>Wolfgang Amadeus Mozart - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>52</v>
+        <v>60</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052974438</t>
+          <t>9786052974476</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Tom O’Clok Yüzyılın Soygunu</t>
+          <t>Albert Einstein - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053848516</t>
+          <t>9786052974353</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Oktay Usta ile 5 Çayı</t>
+          <t>Kendime Mektuplar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052972502</t>
+          <t>9786053841593</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Mini Masallar (10 Kitap Takım)</t>
+          <t>Oktay Usta İle Lezzet Yolculuğu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052971178</t>
+          <t>9786052972700</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>9.17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052971147</t>
+          <t>9786052974414</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Etklili İletişim Önünde 8 Engel</t>
+          <t>Balmumu Müzesi'ndeki Hırsızlık - Tom O'Clock ve Zaman Dedektifleri</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>4.75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052974209</t>
+          <t>9786052974421</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Griezmann</t>
+          <t>Arenadaki Hayalet - Tom O'Clock ve Zaman Dedektifleri</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>70</v>
+        <v>52</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052974131</t>
+          <t>9786052974438</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo</t>
+          <t>Tom O’Clok Yüzyılın Soygunu</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052974186</t>
+          <t>9786053848516</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ey Dost</t>
+          <t>Oktay Usta ile 5 Çayı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052971659</t>
+          <t>9786052972502</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Sınırsız Güç</t>
+          <t>Miniklere Mini Masallar (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052971246</t>
+          <t>9786052971178</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Masal Kutusu (Ciltli)</t>
+          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052971277</t>
+          <t>9786052971147</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Masal Yıldızı (Ciltli)</t>
+          <t>Etklili İletişim Önünde 8 Engel</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>13.89</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052971253</t>
+          <t>9786052974209</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Masal Serüveni (Ciltli)</t>
+          <t>Griezmann</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>13.89</v>
+        <v>70</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052971239</t>
+          <t>9786052974131</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Masal Balonu (Ciltli)</t>
+          <t>Frida Kahlo</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052971260</t>
+          <t>9786052974186</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Masal Sokağı (Ciltli)</t>
+          <t>Ey Dost</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052973011</t>
+          <t>9786052971659</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>İçinizdeki Sınırsız Güç</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052972069</t>
+          <t>9786052971246</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Masal Kutusu (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052972090</t>
+          <t>9786052971277</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seçme Eserleri</t>
+          <t>Masal Yıldızı (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052971819</t>
+          <t>9786052971253</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserleri</t>
+          <t>Masal Serüveni (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052972434</t>
+          <t>9786052971239</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Aşk Laftan Anlamaz</t>
+          <t>Masal Balonu (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052971673</t>
+          <t>9786052971260</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük 100 Düşünürü</t>
+          <t>Masal Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052971710</t>
+          <t>9786052973011</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>80</v>
+        <v>12</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052973882</t>
+          <t>9786052972069</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Aşk Hikayesi</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052973868</t>
+          <t>9786052972090</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İçinde Aşk Saklı</t>
+          <t>Sabahattin Ali Seçme Eserleri</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053844235</t>
+          <t>9786052971819</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Çocuklar Yetiştirmek</t>
+          <t>Stefan Zweig Seçme Eserleri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053844860</t>
+          <t>9786052972434</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kan Grubunuza Göre Beslenme</t>
+          <t>Aşk Laftan Anlamaz</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053849940</t>
+          <t>9786052971673</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Süvari</t>
+          <t>Dünyanın En Büyük 100 Düşünürü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053848486</t>
+          <t>9786052971710</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik, Doğum ve Bebek</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>35</v>
+        <v>80</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052975508</t>
+          <t>9786052973882</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Başarılı İletişimin Sırları</t>
+          <t>Bir Küçük Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053843573</t>
+          <t>9786052973868</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzla İşbirliği Yapın</t>
+          <t>İçinde Aşk Saklı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053846024</t>
+          <t>9786053844235</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Boşver Gitsin!</t>
+          <t>Kendine Güvenen Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053848707</t>
+          <t>9786053844860</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Örülü Hikayeler (Çilek Kokulu) (Ciltli)</t>
+          <t>Kan Grubunuza Göre Beslenme</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>17.59</v>
+        <v>100</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052971611</t>
+          <t>9786053849940</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Besin Paradoksu</t>
+          <t>Hayalet Süvari</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052971635</t>
+          <t>9786053848486</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>BTS - K-Pop Mucizesi (Ciltli)</t>
+          <t>Hamilelik, Doğum ve Bebek</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052970782</t>
+          <t>9786052975508</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ponçiklere Sevimli Masallar (Ciltli)</t>
+          <t>Etkili ve Başarılı İletişimin Sırları</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052970799</t>
+          <t>9786053843573</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Pofidiklere Sevimli Masallar (Ciltli)</t>
+          <t>Çocuğunuzla İşbirliği Yapın</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052970836</t>
+          <t>9786053846024</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Seven Ben</t>
+          <t>Boşver Gitsin!</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052970805</t>
+          <t>9786053848707</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>Aşk İle Örülü Hikayeler (Çilek Kokulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>12</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053849131</t>
+          <t>9786052971611</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Noktalarla Dans</t>
+          <t>Besin Paradoksu</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052970256</t>
+          <t>9786052971635</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>BTS - K-Pop Mucizesi (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052970928</t>
+          <t>9786052970782</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Uğultu Tepeler</t>
+          <t>Ponçiklere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052970829</t>
+          <t>9786052970799</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Gelen Sen</t>
+          <t>Pofidiklere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053849650</t>
+          <t>9786052970836</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Saklı Gerçeklerin Gölgesinde</t>
+          <t>Ansızın Seven Ben</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053849582</t>
+          <t>9786052970805</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gizemli Suçların Peşinde</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052971383</t>
+          <t>9786053849131</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sevdim Gitti</t>
+          <t>Noktalarla Dans</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053849988</t>
+          <t>9786052970256</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Esrarengiz Suçluların Ardında</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053849834</t>
+          <t>9786052970928</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Şüpheli Tavırların İzinde</t>
+          <t>Uğultu Tepeler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053849827</t>
+          <t>9786052970829</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Görünen Gerçeklerin Ötesinde</t>
+          <t>Ansızın Gelen Sen</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052971376</t>
+          <t>9786053849650</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bağırsak</t>
+          <t>Sherlock Holmes - Saklı Gerçeklerin Gölgesinde</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053848769</t>
+          <t>9786053849582</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutluluklar Pastanesi (Kokulu Kitap)</t>
+          <t>Sherlock Holmes - Gizemli Suçların Peşinde</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052971123</t>
+          <t>9786052971383</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>90 Günde Aşkı Bulun!</t>
+          <t>Sevdim Gitti</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052970454</t>
+          <t>9786053849988</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kurallar Kitabı</t>
+          <t>Sherlock Holmes - Esrarengiz Suçluların Ardında</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053849339</t>
+          <t>9786053849834</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Sherlock Holmes - Şüpheli Tavırların İzinde</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053849605</t>
+          <t>9786053849827</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Süper Şakalar Tatilde</t>
+          <t>Sherlock Holmes - Görünen Gerçeklerin Ötesinde</t>
         </is>
       </c>
       <c r="C434" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053849599</t>
+          <t>9786052971376</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Süper Şakalar Okulda</t>
+          <t>Akıllı Bağırsak</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052970645</t>
+          <t>9786053848769</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Beyinli Çocuk Yetiştirme</t>
+          <t>Küçük Mutluluklar Pastanesi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052970508</t>
+          <t>9786052971123</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Bilgiler 1</t>
+          <t>90 Günde Aşkı Bulun!</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052970492</t>
+          <t>9786052970454</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle İknanın Psikolojisi</t>
+          <t>Kurallar Kitabı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053845058</t>
+          <t>9786053849339</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Başarının Yolu: Beden Dilini Anlamak</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053845041</t>
+          <t>9786053849605</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma</t>
+          <t>Süper Şakalar Tatilde</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053844365</t>
+          <t>9786053849599</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Anında Etki</t>
+          <t>Süper Şakalar Okulda</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052974827</t>
+          <t>9786052970645</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mor Kitap</t>
+          <t>Mükemmel Beyinli Çocuk Yetiştirme</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053849445</t>
+          <t>9786052970508</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Adam Gibi Adam Diyor Ki</t>
+          <t>Lüzumsuz Bilgiler 1</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053849490</t>
+          <t>9786052970492</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bıdıklara Sevimli Masallar (Ciltli)</t>
+          <t>Kelimelerle İknanın Psikolojisi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053849117</t>
+          <t>9786053845058</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Aşk Koksun Hikayeler</t>
+          <t>İletişimde Başarının Yolu: Beden Dilini Anlamak</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053849483</t>
+          <t>9786053845041</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcıklara Sevimli Masallar (Ciltli)</t>
+          <t>Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053848875</t>
+          <t>9786053844365</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Noktalarla Gelen Huzur</t>
+          <t>Anında Etki</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053849803</t>
+          <t>9786052974827</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Ateşkes</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mor Kitap</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053849360</t>
+          <t>9786053849445</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Adam Gibi Adam Diyor Ki</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053849285</t>
+          <t>9786053849490</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Rüya Tabirleri</t>
+          <t>Bıdıklara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053848660</t>
+          <t>9786053849117</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Büyükler için Boyama - Benim Renkli Dünyam (Kokulu Kitap)</t>
+          <t>Yeter ki Aşk Koksun Hikayeler</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053848783</t>
+          <t>9786053849483</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Gönülçelen (Kokulu Kitap)</t>
+          <t>Pıtırcıklara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053843894</t>
+          <t>9786053848875</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ölçme</t>
+          <t>Noktalarla Gelen Huzur</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053843931</t>
+          <t>9786053849803</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Gizli Toplama</t>
+          <t>Ateşkes</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>7</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053848899</t>
+          <t>9786053849360</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali (Kokulu Kitap)</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053841012</t>
+          <t>9786053849285</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gücüyle İyileşme</t>
+          <t>En Güzel Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053842590</t>
+          <t>9786053848660</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Yüz Okuma</t>
+          <t>Büyükler için Boyama - Benim Renkli Dünyam (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053847373</t>
+          <t>9786053848783</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Gönülçelen (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053843559</t>
+          <t>9786053843894</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Hayat Dersleri</t>
+          <t>Gizli Ölçme</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053848776</t>
+          <t>9786053843931</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Benim Renkli Hayallerim (Kokulu Kitap)</t>
+          <t>Gizli Toplama</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052974179</t>
+          <t>9786053848899</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sadako (Ciltli)</t>
+          <t>Bir Şeftali Bin Şeftali (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052974117</t>
+          <t>9786053841012</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Oyun</t>
+          <t>Zihin Gücüyle İyileşme</t>
         </is>
       </c>
       <c r="C462" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052974124</t>
+          <t>9786053842590</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Katilin İçgüdüsü</t>
+          <t>Yüz Okuma</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052973479</t>
+          <t>9786053847373</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Basit Çizim Teknikleri</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>80</v>
+        <v>190</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052973578</t>
+          <t>9786053843559</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Mevlana’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052973783</t>
+          <t>9786053848776</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Mücevherleri - Gizem Kulübü</t>
+          <t>Benim Renkli Hayallerim (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052973769</t>
+          <t>9786052974179</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Louvre Soygunu - Gizem Kulübü</t>
+          <t>Sadako (Ciltli)</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052973776</t>
+          <t>9786052974117</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kristal Kafatasları - Gizem Kulübü</t>
+          <t>Ölümcül Oyun</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052973691</t>
+          <t>9786052974124</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Dünya İşgal Altında! - Sakar Uzaylılar İş Başında</t>
+          <t>Katilin İçgüdüsü</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052973677</t>
+          <t>9786052973479</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kasabaya Uzaylı Çıkarması - Sakar Uzaylılar İş Başında</t>
+          <t>Çocuklar İçin Basit Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052973653</t>
+          <t>9786052973578</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ultra Sivrisineklerin İstilası - Sakar Uzaylılar İş Başında</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052973660</t>
+          <t>9786052973783</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kilerdeki Uzay Gemisi - Sakar Uzaylılar İş Başında</t>
+          <t>Kraliçenin Mücevherleri - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C472" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052973790</t>
+          <t>9786052973769</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Firavunun Hazinesi - Gizem Kulübü</t>
+          <t>Louvre Soygunu - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052972861</t>
+          <t>9786052973776</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Blackpink</t>
+          <t>Kristal Kafatasları - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052972533</t>
+          <t>9786052973691</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Lily Tek Başına</t>
+          <t>Dünya İşgal Altında! - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052972687</t>
+          <t>9786052973677</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Formülü</t>
+          <t>Kasabaya Uzaylı Çıkarması - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052974087</t>
+          <t>9786052973653</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Beş - Karındeşen Jack Tarafından Öldürülen Beş Kadının Hiç Anlatılmamış Hayatları</t>
+          <t>Ultra Sivrisineklerin İstilası - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052972670</t>
+          <t>9786052973660</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel</t>
+          <t>Kilerdeki Uzay Gemisi - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052972762</t>
+          <t>9786052973790</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Doğanın Muhafazaları (Ciltli)</t>
+          <t>Firavunun Hazinesi - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052973912</t>
+          <t>9786052972861</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Diyarında - Süperkız</t>
+          <t>Blackpink</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052973905</t>
+          <t>9786052972533</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Peşinde - Süperkız</t>
+          <t>Lily Tek Başına</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052973684</t>
+          <t>9786052972687</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kasabadaki Tuhaf Ajan - Sakar Uzaylılar İş Başında</t>
+          <t>Mutluluğun Formülü</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052973288</t>
+          <t>9786052974087</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Çiftlik Hayvanları</t>
+          <t>Beş - Karındeşen Jack Tarafından Öldürülen Beş Kadının Hiç Anlatılmamış Hayatları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052973332</t>
+          <t>9786052972670</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Geniş Çayırlar</t>
+          <t>Mükemmel</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052973295</t>
+          <t>9786052972762</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Kahraman İtfaiyeciler</t>
+          <t>Shopkins Cicibiciler - Doğanın Muhafazaları (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052973875</t>
+          <t>9786052973912</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Umut Meselesi</t>
+          <t>Hayaller Diyarında - Süperkız</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052973851</t>
+          <t>9786052973905</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kış Şarkısı</t>
+          <t>Mutluluğun Peşinde - Süperkız</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052973707</t>
+          <t>9786052973684</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Gün Geçiyor - Prenses Vanilya</t>
+          <t>Kasabadaki Tuhaf Ajan - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052973714</t>
+          <t>9786052973288</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Görgü Kurallarını Öğreniyorum - Prenses Vanilya</t>
+          <t>Çıkartmalı Aktivite - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052973806</t>
+          <t>9786052973332</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Hayvan Atlası</t>
+          <t>Çıkartmalı Aktivite - Geniş Çayırlar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052973448</t>
+          <t>9786052973295</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Çıkartmalı Aktivite - Kahraman İtfaiyeciler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052972847</t>
+          <t>9786052973875</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kaderde Varsa aşk Olur</t>
+          <t>Bir Küçük Umut Meselesi</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052972793</t>
+          <t>9786052973851</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Game of Thrones'tan Liderlik Sırları</t>
+          <t>Kış Şarkısı</t>
         </is>
       </c>
       <c r="C493" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052972830</t>
+          <t>9786052973707</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 1 - Macera</t>
+          <t>Mükemmel Bir Gün Geçiyor - Prenses Vanilya</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052971390</t>
+          <t>9786052973714</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 2 - Hayvanlar</t>
+          <t>Görgü Kurallarını Öğreniyorum - Prenses Vanilya</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052972526</t>
+          <t>9786052973806</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 4 - Prenses</t>
+          <t>Çıkartmalı Hayvan Atlası</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052972779</t>
+          <t>9786052973448</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 5 - Prens</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>48</v>
+        <v>150</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052972755</t>
+          <t>9786052972847</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 3 - Moral</t>
+          <t>Kaderde Varsa aşk Olur</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052973486</t>
+          <t>9786052972793</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Güneşini Uyandır</t>
+          <t>Game of Thrones'tan Liderlik Sırları</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052973349</t>
+          <t>9786052972830</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Yağmur Ormanları</t>
+          <t>Aktiviteli Masallar 1 - Macera</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052973745</t>
+          <t>9786052971390</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Cücelerin Ormanı - Oyna ve Eğlen</t>
+          <t>Aktiviteli Masallar 2 - Hayvanlar</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052973721</t>
+          <t>9786052972526</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Perilerin Bahçesi - Oyna ve Eğlen</t>
+          <t>Aktiviteli Masallar 4 - Prenses</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052973301</t>
+          <t>9786052972779</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Binicilik Okulu</t>
+          <t>Aktiviteli Masallar 5 - Prens</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052973271</t>
+          <t>9786052972755</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Ormandaki Canlılar</t>
+          <t>Aktiviteli Masallar 3 - Moral</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052972809</t>
+          <t>9786052973486</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Davranışlarını Anlayabilmek</t>
+          <t>Güneşini Uyandır</t>
         </is>
       </c>
       <c r="C505" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052972786</t>
+          <t>9786052973349</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmekle Başladı Her Şey</t>
+          <t>Çıkartmalı Aktivite - Yağmur Ormanları</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052973318</t>
+          <t>9786052973745</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Prensesler</t>
+          <t>Cücelerin Ormanı - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052973844</t>
+          <t>9786052973721</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Beklerken Büyüdüm</t>
+          <t>Perilerin Bahçesi - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052971628</t>
+          <t>9786052973301</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mehtap</t>
+          <t>Çıkartmalı Aktivite - Binicilik Okulu</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052973370</t>
+          <t>9786052973271</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Etkili İnsan Olmak</t>
+          <t>Çıkartmalı Aktivite - Ormandaki Canlılar</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052973080</t>
+          <t>9786052972809</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>BTS - K-Pop Mucizesi</t>
+          <t>Çocuğunuzun Davranışlarını Anlayabilmek</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052973752</t>
+          <t>9786052972786</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Büyücülerin Şatosu - Oyna ve Eğlen</t>
+          <t>Seni Sevmekle Başladı Her Şey</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052973325</t>
+          <t>9786052973318</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Dağlar - Çıkartmalı Aktivite</t>
+          <t>Çıkartmalı Aktivite - Prensesler</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052973738</t>
+          <t>9786052973844</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Korsanların Gemisi - Oyna ve Eğlen</t>
+          <t>Beklerken Büyüdüm</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052973363</t>
+          <t>9786052971628</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Einstein</t>
+          <t>Benim Adım Mehtap</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052973004</t>
+          <t>9786052973370</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Seni Bana Getiren Her Şey</t>
+          <t>Etkili İnsan Olmak</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052972991</t>
+          <t>9786052973080</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Messi mi? Ronaldo mu?</t>
+          <t>BTS - K-Pop Mucizesi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052972908</t>
+          <t>9786052973752</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Kovalanır</t>
+          <t>Büyücülerin Şatosu - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052972496</t>
+          <t>9786052973325</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Seçme Eserleri</t>
+          <t>Yüksek Dağlar - Çıkartmalı Aktivite</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052972724</t>
+          <t>9786052973738</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Mavi Çıkartmalı Boyama</t>
+          <t>Korsanların Gemisi - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052972717</t>
+          <t>9786052973363</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Mor Çıkartmalı Boyama</t>
+          <t>Einstein</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052972663</t>
+          <t>9786052973004</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Yeşil Çıkartmalı Boyama</t>
+          <t>Seni Bana Getiren Her Şey</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052972632</t>
+          <t>9786052972991</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Koyu Pembe Çıkartmalı Boyama</t>
+          <t>Messi mi? Ronaldo mu?</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>12</v>
+        <v>70</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052973028</t>
+          <t>9786052972908</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kaçan Kovalanır</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052972137</t>
+          <t>9786052972496</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Halil Cibran Seçme Eserleri</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052972144</t>
+          <t>9786052972724</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Shopkins Cicibiciler - Mavi Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052972120</t>
+          <t>9786052972717</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Shopkins Cicibiciler - Mor Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052972106</t>
+          <t>9786052972663</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyasında Yaşasaydık Ne Olurdu ?</t>
+          <t>Shopkins Cicibiciler - Yeşil Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052973035</t>
+          <t>9786052972632</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Profilci</t>
+          <t>Shopkins Cicibiciler - Koyu Pembe Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052972984</t>
+          <t>9786052973028</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Şarkıcı Cici Piyano</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052972977</t>
+          <t>9786052972137</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Sürpriz Parti</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052972458</t>
+          <t>9786052972144</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Bones ile Toplama Çıkarma Serüveni</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052972465</t>
+          <t>9786052972120</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Bones İle Çarpım Taplosu Serüveni</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052972960</t>
+          <t>9786052972106</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Mutsuz Kurabi</t>
+          <t>Hayvanlar Dünyasında Yaşasaydık Ne Olurdu ?</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052972823</t>
+          <t>9786052973035</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Seçme Eserleri</t>
+          <t>Profilci</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052972588</t>
+          <t>9786052972984</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Yalan Söylemenin Sonu</t>
+          <t>Shopkins Cicibiciler - Şarkıcı Cici Piyano</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052972953</t>
+          <t>9786052972977</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Çok Konuşan Püslü Elma</t>
+          <t>Shopkins Cicibiciler - Sürpriz Parti</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052972151</t>
+          <t>9786052972458</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik - Gizli</t>
+          <t>Sherlock Bones ile Toplama Çıkarma Serüveni</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052972014</t>
+          <t>9786052972465</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kedileri Seviyorum</t>
+          <t>Sherlock Bones İle Çarpım Taplosu Serüveni</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052972182</t>
+          <t>9786052972960</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Yosun Sosu Sevenler Derneği - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Shopkins Cicibiciler - Mutsuz Kurabi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052972199</t>
+          <t>9786052972823</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Porsuk Çetesi - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Samed Behrengi Seçme Eserleri</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052972168</t>
+          <t>9786052972588</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kurt Adam Kedi - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Shopkins Cicibiciler - Yalan Söylemenin Sonu</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052972175</t>
+          <t>9786052972953</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Bir Sansar - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Shopkins Cicibiciler - Çok Konuşan Püslü Elma</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052975695</t>
+          <t>9786052972151</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ronaldo</t>
+          <t>Eğlenceli Matematik - Gizli</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052976517</t>
+          <t>9786052972014</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Bıcırıklara Büyük Masallar Kitabım (Ciltli)</t>
+          <t>Kedileri Seviyorum</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052976524</t>
+          <t>9786052972182</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Şirinlere Büyük Masallar Kitabım (Ciltli)</t>
+          <t>Yosun Sosu Sevenler Derneği - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052976531</t>
+          <t>9786052972199</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Büyük Masallar Kitabım (Ciltli)</t>
+          <t>Porsuk Çetesi - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052975091</t>
+          <t>9786052972168</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Sadako</t>
+          <t>Kurt Adam Kedi - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786053847038</t>
+          <t>9786052972175</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Mesaj Sizsiniz</t>
+          <t>Karanlıkta Bir Sansar - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052976500</t>
+          <t>9786052975695</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kabak Necmi ve Süper Ekip - Gofret Kral'ın Hazin Sonu</t>
+          <t>Cesur Ronaldo</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052975008</t>
+          <t>9786052976517</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Mesafeler Sevgiye Engel Değil</t>
+          <t>Bıcırıklara Büyük Masallar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052976463</t>
+          <t>9786052976524</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlik Sorunlarına Kazdin Metoduyla Bilimsel Cevaplar</t>
+          <t>Şirinlere Büyük Masallar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052976470</t>
+          <t>9786052976531</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yoluyla Dinginliğe Ulaşın</t>
+          <t>Miniklere Büyük Masallar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052975282</t>
+          <t>9786052975091</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler - 4  Popüler Bilim Dizisi</t>
+          <t>Sadako</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052975367</t>
+          <t>9786053847038</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler - 6</t>
+          <t>Mesaj Sizsiniz</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052975312</t>
+          <t>9786052976500</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler - 5 Popüler Bilim Dizisi</t>
+          <t>Kabak Necmi ve Süper Ekip - Gofret Kral'ın Hazin Sonu</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052974346</t>
+          <t>9786052975008</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>100 Psikolojik Varsayım</t>
+          <t>Mesafeler Sevgiye Engel Değil</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052974155</t>
+          <t>9786052976463</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler 2</t>
+          <t>Ebeveynlik Sorunlarına Kazdin Metoduyla Bilimsel Cevaplar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052974148</t>
+          <t>9786052976470</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler 1</t>
+          <t>Zihin Yoluyla Dinginliğe Ulaşın</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052971871</t>
+          <t>9786052975282</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Hachiko</t>
+          <t>Çok Acayip Eğlenceli Bilgiler - 4  Popüler Bilim Dizisi</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052973066</t>
+          <t>9786052975367</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Çok Acayip Eğlenceli Bilgiler - 6</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052976418</t>
+          <t>9786052975312</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Geleceğiniz İçin Geçmişinizi İyileştirin</t>
+          <t>Çok Acayip Eğlenceli Bilgiler - 5 Popüler Bilim Dizisi</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052974100</t>
+          <t>9786052974346</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olma Yolculuğu</t>
+          <t>100 Psikolojik Varsayım</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052974865</t>
+          <t>9786052974155</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü</t>
+          <t>Çok Acayip Eğlenceli Bilgiler 2</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052974698</t>
+          <t>9786052974148</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Yöntemi</t>
+          <t>Çok Acayip Eğlenceli Bilgiler 1</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786053849544</t>
+          <t>9786052971871</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Mandalina Kokulu Masallar</t>
+          <t>Hachiko</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052976388</t>
+          <t>9786052973066</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Keşifler Kitabı - Hayvanlar Vücudumuz Şekiller (Ciltli)</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052976395</t>
+          <t>9786052976418</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Keşifler Kitabı - Taşıtlar Yiyecekler Zıt Kavramlar (Ciltli)</t>
+          <t>Geleceğiniz İçin Geçmişinizi İyileştirin</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052976371</t>
+          <t>9786052974100</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Keşifler Kitabı - Renkler Giysiler Sayılar (Ciltli)</t>
+          <t>İnsan Olma Yolculuğu</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052975374</t>
+          <t>9786052974865</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Kökenler</t>
+          <t>Hayal Gücü</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052975961</t>
+          <t>9786052974698</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşün Sağlıklı Ol</t>
+          <t>Kuantum Düşünce Yöntemi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052976364</t>
+          <t>9786053849544</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Küçük Alışkanlıkların Devrimi</t>
+          <t>Mandalina Kokulu Masallar</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052976357</t>
+          <t>9786052976388</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizin İlk Yılında Kimsenin Size Söylemediği B*ktan Şeyler</t>
+          <t>Bebeğimin İlk Keşifler Kitabı - Hayvanlar Vücudumuz Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052976340</t>
+          <t>9786052976395</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Şokus Pokus Çikolatası - Jaguarın Sırrı</t>
+          <t>Bebeğimin İlk Keşifler Kitabı - Taşıtlar Yiyecekler Zıt Kavramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052976333</t>
+          <t>9786052976371</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Şokus Pokus Çikolatası - Vanilya Çılgınlığı</t>
+          <t>Bebeğimin İlk Keşifler Kitabı - Renkler Giysiler Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052976326</t>
+          <t>9786052975374</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Şokus Pokus Çikolatası - Gizemli Kupanın Peşinde</t>
+          <t>Kökenler</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052976302</t>
+          <t>9786052975961</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bir Yaz</t>
+          <t>Pozitif Düşün Sağlıklı Ol</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052976210</t>
+          <t>9786052976364</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Yediklerimizi Neden Yiyoruz?</t>
+          <t>Küçük Alışkanlıkların Devrimi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052976258</t>
+          <t>9786052976357</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Stres Yönetimi</t>
+          <t>Bebeğinizin İlk Yılında Kimsenin Size Söylemediği B*ktan Şeyler</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052976265</t>
+          <t>9786052976340</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kontrolü</t>
+          <t>Şokus Pokus Çikolatası - Jaguarın Sırrı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052976241</t>
+          <t>9786052976333</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Bin Beyin</t>
+          <t>Şokus Pokus Çikolatası - Vanilya Çılgınlığı</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052976012</t>
+          <t>9786052976326</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Aralıklı Oruçta Yeni Yaklaşım</t>
+          <t>Şokus Pokus Çikolatası - Gizemli Kupanın Peşinde</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052971048</t>
+          <t>9786052976302</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Karamel Kokulu Masallar</t>
+          <t>Çılgın Bir Yaz</t>
         </is>
       </c>
       <c r="C583" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052971062</t>
+          <t>9786052976210</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Kokulu Masallar</t>
+          <t>Yediklerimizi Neden Yiyoruz?</t>
         </is>
       </c>
       <c r="C584" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052971031</t>
+          <t>9786052976258</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Karadut Kokulu Masallar</t>
+          <t>Stres Yönetimi</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052971024</t>
+          <t>9786052976265</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İncir Kokulu Masallar</t>
+          <t>Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052971055</t>
+          <t>9786052976241</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Kayısı Kokulu Masallar</t>
+          <t>Bin Beyin</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052970249</t>
+          <t>9786052976012</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kakao Kokulu Masallar</t>
+          <t>Aralıklı Oruçta Yeni Yaklaşım</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052970195</t>
+          <t>9786052971048</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Ananas Kokulu Masallar</t>
+          <t>Karamel Kokulu Masallar</t>
         </is>
       </c>
       <c r="C589" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786053849568</t>
+          <t>9786052971062</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Vişne Kokulu Masallar</t>
+          <t>Kiraz Kokulu Masallar</t>
         </is>
       </c>
       <c r="C590" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786053849551</t>
+          <t>9786052971031</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Tarçın Kokulu Masallar</t>
+          <t>Karadut Kokulu Masallar</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786053849537</t>
+          <t>9786052971024</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kokulu Masallar</t>
+          <t>İncir Kokulu Masallar</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786053843160</t>
+          <t>9786052971055</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İnsan Zihnini Kontrol Etmek</t>
+          <t>Kayısı Kokulu Masallar</t>
         </is>
       </c>
       <c r="C593" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052976234</t>
+          <t>9786052970249</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Beynin Bilimi</t>
+          <t>Kakao Kokulu Masallar</t>
         </is>
       </c>
       <c r="C594" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052976227</t>
+          <t>9786052970195</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Akıllı İnsanlar Başkalarıyla Nasıl Başarılı Çalışır?</t>
+          <t>Ananas Kokulu Masallar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052975817</t>
+          <t>9786053849568</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Yazı Mı, Tura Mı?</t>
+          <t>Vişne Kokulu Masallar</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052976180</t>
+          <t>9786053849551</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalp Benim</t>
+          <t>Tarçın Kokulu Masallar</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052976173</t>
+          <t>9786053849537</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Fazlalıklardan Kurtulma Sanatı</t>
+          <t>Karpuz Kokulu Masallar</t>
         </is>
       </c>
       <c r="C598" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052976159</t>
+          <t>9786053843160</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Collın’in Günlüğü</t>
+          <t>İnsan Zihnini Kontrol Etmek</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052976104</t>
+          <t>9786052976234</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Rex Dexter’ın Maceraları - Hayalet Tavuk ve Ben</t>
+          <t>Beynin Bilimi</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052976111</t>
+          <t>9786052976227</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Rex Dexter’ın Maceraları - Yanımdaki Denizgergedanı</t>
+          <t>Akıllı İnsanlar Başkalarıyla Nasıl Başarılı Çalışır?</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052976135</t>
+          <t>9786052975817</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızın Maceraları - Köpük Banyosu ve Dans Eden Patenler</t>
+          <t>Yazı Mı, Tura Mı?</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052976142</t>
+          <t>9786052976180</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızın Maceraları - Limonata Gölü ve Şişedeki Mesaj</t>
+          <t>Bu Kalp Benim</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052976128</t>
+          <t>9786052976173</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızın Maceraları - Tropikal Kuşlar ve Kraliyet Bayrağı</t>
+          <t>Fazlalıklardan Kurtulma Sanatı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052976074</t>
+          <t>9786052976159</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>YouTuber Collın’in Günlüğü</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052976081</t>
+          <t>9786052976104</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Rex Dexter’ın Maceraları - Hayalet Tavuk ve Ben</t>
         </is>
       </c>
       <c r="C606" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052973639</t>
+          <t>9786052976111</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>İki Terapistin Terapi Notları</t>
+          <t>Rex Dexter’ın Maceraları - Yanımdaki Denizgergedanı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052976098</t>
+          <t>9786052976135</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Zaman</t>
+          <t>Havalı Kızın Maceraları - Köpük Banyosu ve Dans Eden Patenler</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052975992</t>
+          <t>9786052976142</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dünyamızı Nasıl Şekillendirdi ?</t>
+          <t>Havalı Kızın Maceraları - Limonata Gölü ve Şişedeki Mesaj</t>
         </is>
       </c>
       <c r="C609" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052975978</t>
+          <t>9786052976128</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Ateşböceği Obası’nın Kızları</t>
+          <t>Havalı Kızın Maceraları - Tropikal Kuşlar ve Kraliyet Bayrağı</t>
         </is>
       </c>
       <c r="C610" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052975985</t>
+          <t>9786052976074</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>İyi Yürekli Panda</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052976050</t>
+          <t>9786052976081</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052976067</t>
+          <t>9786052973639</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi - Kapkek Kraliçeleri</t>
+          <t>İki Terapistin Terapi Notları</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052976043</t>
+          <t>9786052976098</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>İlaç Dünyası Hakkındaki Gerçekler</t>
+          <t>Zaman</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052976005</t>
+          <t>9786052975992</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Beden Dilinin Sırları</t>
+          <t>Felsefe Dünyamızı Nasıl Şekillendirdi ?</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052975824</t>
+          <t>9786052975978</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Roblox-Mega Hits</t>
+          <t>Ateşböceği Obası’nın Kızları</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052976029</t>
+          <t>9786052975985</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Matthew Perry</t>
+          <t>İyi Yürekli Panda</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052975541</t>
+          <t>9786052976050</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Adım Adım Hayata (Kokulu Kitap)</t>
+          <t>Çilli Kızlar Çetesi</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052975954</t>
+          <t>9786052976067</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Turkuaz</t>
+          <t>Çilli Kızlar Çetesi - Kapkek Kraliçeleri</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052975930</t>
+          <t>9786052976043</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı</t>
+          <t>İlaç Dünyası Hakkındaki Gerçekler</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052975947</t>
+          <t>9786052976005</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Turuncu</t>
+          <t>Beden Dilinin Sırları</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052975862</t>
+          <t>9786052975824</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Benzema</t>
+          <t>Roblox-Mega Hits</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052975831</t>
+          <t>9786052976029</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Makine Lewandowski</t>
+          <t>Matthew Perry</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052975855</t>
+          <t>9786052975541</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Golcü Mane</t>
+          <t>Kızlar Çetesi - Adım Adım Hayata (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052975848</t>
+          <t>9786052975954</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Haaland</t>
+          <t>İlginç Sorular Kitabı - Turkuaz</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>4440000003802</t>
+          <t>9786052975930</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Bildiğin Kızlardan Değilim</t>
+          <t>İlginç Sorular Kitabı</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052975763</t>
+          <t>9786052975947</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Gizli Matematik Sınavı</t>
+          <t>İlginç Sorular Kitabı - Turuncu</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052975749</t>
+          <t>9786052975862</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Gizli Toplama</t>
+          <t>Kasırga Benzema</t>
         </is>
       </c>
       <c r="C628" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052975770</t>
+          <t>9786052975831</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çıkarma</t>
+          <t>Makine Lewandowski</t>
         </is>
       </c>
       <c r="C629" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052975794</t>
+          <t>9786052975855</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bölme</t>
+          <t>Golcü Mane</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052975787</t>
+          <t>9786052975848</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çarpım Tablosu</t>
+          <t>Fırtına Haaland</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052975756</t>
+          <t>4440000003802</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ölçme</t>
+          <t>Ben Senin Bildiğin Kızlardan Değilim</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052975510</t>
+          <t>9786052975763</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Bir Dostun Desteği</t>
+          <t>Gizli Matematik Sınavı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052975534</t>
+          <t>9786052975749</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Şımarık Kedicik ve Neşeli Filin Maceraları</t>
+          <t>Gizli Toplama</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052975800</t>
+          <t>9786052975770</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Bir Sonraki Einsteın Sen Olabilirsin</t>
+          <t>Gizli Çıkarma</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052975718</t>
+          <t>9786052975794</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Şimşek Mbappe</t>
+          <t>Gizli Bölme</t>
         </is>
       </c>
       <c r="C636" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052975701</t>
+          <t>9786052975787</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Messi</t>
+          <t>Gizli Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C637" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052975732</t>
+          <t>9786052975756</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Neymar</t>
+          <t>Gizli Ölçme</t>
         </is>
       </c>
       <c r="C638" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052975725</t>
+          <t>9786052975510</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kral Salah</t>
+          <t>Bir Dostun Desteği</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052975688</t>
+          <t>9786052975534</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Eversloth Malikanesi Gizemi</t>
+          <t>Şımarık Kedicik ve Neşeli Filin Maceraları</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052975671</t>
+          <t>9786052975800</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Krallık Gizemi</t>
+          <t>Bir Sonraki Einsteın Sen Olabilirsin</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052975664</t>
+          <t>9786052975718</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Bethlem Hastanesi Gizemi</t>
+          <t>Şimşek Mbappe</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786053849711</t>
+          <t>9786052975701</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Hayatında Babanın Etkisi</t>
+          <t>Büyücü Messi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052975640</t>
+          <t>9786052975732</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Edda’nın Dilek Kutusu - Sarı Ev İçin Şahane Bir Bahçe</t>
+          <t>Fenomen Neymar</t>
         </is>
       </c>
       <c r="C644" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052975657</t>
+          <t>9786052975725</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Edda’nın Dilek Kutusu - Sissi Nine’nin En Yakın Arkadaşı Kim?</t>
+          <t>Kral Salah</t>
         </is>
       </c>
       <c r="C645" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052975626</t>
+          <t>9786052975688</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Aile</t>
+          <t>Eversloth Malikanesi Gizemi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052975442</t>
+          <t>9786052975671</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Örüntüler</t>
+          <t>Krallık Gizemi</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052975572</t>
+          <t>9786052975664</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenelim</t>
+          <t>Bethlem Hastanesi Gizemi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052975565</t>
+          <t>9786053849711</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nasıl Geldik?</t>
+          <t>Çocuğunuzun Hayatında Babanın Etkisi</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052975404</t>
+          <t>9786052975640</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Toplama</t>
+          <t>Edda’nın Dilek Kutusu - Sarı Ev İçin Şahane Bir Bahçe</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052975411</t>
+          <t>9786052975657</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Sayı Sayma</t>
+          <t>Edda’nın Dilek Kutusu - Sissi Nine’nin En Yakın Arkadaşı Kim?</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052975473</t>
+          <t>9786052975626</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Zaman</t>
+          <t>Yanlış Aile</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052975602</t>
+          <t>9786052975442</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Evde Yapabildiklerim</t>
+          <t>Matematik Canavarları - Örüntüler</t>
         </is>
       </c>
       <c r="C653" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052975428</t>
+          <t>9786052975572</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Şekiller</t>
+          <t>Sağlıklı Beslenelim</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052975459</t>
+          <t>9786052975565</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Ölçme</t>
+          <t>Dünyaya Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052975435</t>
+          <t>9786052975404</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Para</t>
+          <t>Matematik Canavarları - Toplama</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052975466</t>
+          <t>9786052975411</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Çıkarma</t>
+          <t>Matematik Canavarları - Sayı Sayma</t>
         </is>
       </c>
       <c r="C657" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052975497</t>
+          <t>9786052975473</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İhmalin Yaşanmış 5 Hikayesi</t>
+          <t>Matematik Canavarları - Zaman</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052975480</t>
+          <t>9786052975602</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kız Arkadaşın İntikam Rehberi</t>
+          <t>Evde Yapabildiklerim</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052975398</t>
+          <t>9786052975428</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Konuşmanın İyileştirci Gücü</t>
+          <t>Matematik Canavarları - Şekiller</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052975077</t>
+          <t>9786052975459</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Bebek Kitabı</t>
+          <t>Matematik Canavarları - Ölçme</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>550</v>
+        <v>60</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052974575</t>
+          <t>9786052975435</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Exo</t>
+          <t>Matematik Canavarları - Para</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052974995</t>
+          <t>9786052975466</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Shinobi Iri 3</t>
+          <t>Matematik Canavarları - Çıkarma</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052974988</t>
+          <t>9786052975497</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Shinobi Iri 2</t>
+          <t>Duygusal İhmalin Yaşanmış 5 Hikayesi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052974971</t>
+          <t>9786052975480</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Shinobi Iri 1</t>
+          <t>Mükemmel Kız Arkadaşın İntikam Rehberi</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052975114</t>
+          <t>9786052975398</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Ergen Çocuğunuza Sınır Koyma</t>
+          <t>Konuşmanın İyileştirci Gücü</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052975060</t>
+          <t>9786052975077</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kendi Manganızı Çizin</t>
+          <t>Bebek Kitabı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052974469</t>
+          <t>9786052974575</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Haben</t>
+          <t>Exo</t>
         </is>
       </c>
       <c r="C668" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052974957</t>
+          <t>9786052974995</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Az Düşün Uzun Yaşa</t>
+          <t>Shinobi Iri 3</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052974940</t>
+          <t>9786052974988</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Kısas</t>
+          <t>Shinobi Iri 2</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052974933</t>
+          <t>9786052974971</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Tadında Bir Hayat</t>
+          <t>Shinobi Iri 1</t>
         </is>
       </c>
       <c r="C671" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052975022</t>
+          <t>9786052975114</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Benedict Ve Arıların İşbirliği</t>
+          <t>İnatçı Ergen Çocuğunuza Sınır Koyma</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052975053</t>
+          <t>9786052975060</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Molly Ve Şekerli Kurabiye</t>
+          <t>Kendi Manganızı Çizin</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052975046</t>
+          <t>9786052974469</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Pilar'ın Endişeleri</t>
+          <t>Haben</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052974858</t>
+          <t>9786052974957</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Bayan Bonbon Ve Üç Süper Ajan</t>
+          <t>Az Düşün Uzun Yaşa</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052974841</t>
+          <t>9786052974940</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Altın Tasma Operasyonu</t>
+          <t>Kısas</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052974872</t>
+          <t>9786052974933</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Söyleme</t>
+          <t>Karpuz Tadında Bir Hayat</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052974704</t>
+          <t>9786052975022</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğlenceli Dünya Tarihi</t>
+          <t>Benedict Ve Arıların İşbirliği</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052974322</t>
+          <t>9786052975053</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Düşler Evi</t>
+          <t>Molly Ve Şekerli Kurabiye</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052974650</t>
+          <t>9786052975046</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Elementler Akademisi-3 Nilüferlerin Gecesi</t>
+          <t>Pilar'ın Endişeleri</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052974667</t>
+          <t>9786052974858</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Elementler Akademisi 2 - Gölgelerin Melodisi</t>
+          <t>Bayan Bonbon Ve Üç Süper Ajan</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052974681</t>
+          <t>9786052974841</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Dili</t>
+          <t>Altın Tasma Operasyonu</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052974599</t>
+          <t>9786052974872</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Gizli Enerji Terapileri</t>
+          <t>Hiçbir Şey Söyleme</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052974292</t>
+          <t>9786052974704</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kardeşin Kaçışı</t>
+          <t>Çocuklar İçin Eğlenceli Dünya Tarihi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052974377</t>
+          <t>9786052974322</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Hediyeler Veren Kütüphane</t>
+          <t>Yeşilin Kızı Anne - Düşler Evi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052974384</t>
+          <t>9786052974650</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki En Değerli Şey</t>
+          <t>Elementler Akademisi-3 Nilüferlerin Gecesi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052974582</t>
+          <t>9786052974667</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Macera Dolu Bir Gezi</t>
+          <t>Elementler Akademisi 2 - Gölgelerin Melodisi</t>
         </is>
       </c>
       <c r="C687" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786053840343</t>
+          <t>9786052974681</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>%100 Kendiniz Olun!</t>
+          <t>Ebeveyn Dili</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052973530</t>
+          <t>9786052974599</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Gizli Enerji Terapileri</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052973646</t>
+          <t>9786052974292</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Arsene Lupin - Herlock Sholmes'e Karşı</t>
+          <t>Büyük Kardeşin Kaçışı</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052973394</t>
+          <t>9786052974377</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Hediyeler Veren Kütüphane</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052974759</t>
+          <t>9786052974384</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Haylaz-Hayatım Oyun</t>
+          <t>Dünyadaki En Değerli Şey</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052974742</t>
+          <t>9786052974582</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Geyik Zamanı</t>
+          <t>Kızlar Çetesi - Macera Dolu Bir Gezi</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052974773</t>
+          <t>9786053840343</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Haylaz - Hayatım Sınav</t>
+          <t>%100 Kendiniz Olun!</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052974780</t>
+          <t>9786052973530</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Haylaz-Hayatım Şaka</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052974834</t>
+          <t>9786052973646</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Sihirli Turne</t>
+          <t>Arsene Lupin - Herlock Sholmes'e Karşı</t>
         </is>
       </c>
       <c r="C696" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052974797</t>
+          <t>9786052973394</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Doğanın Muhafızları</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C697" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052974711</t>
+          <t>9786052974759</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Mucize Metabolizma</t>
+          <t>Haylaz-Hayatım Oyun</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052974452</t>
+          <t>9786052974742</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Öğrenme Bilimi</t>
+          <t>Çaylak - Geyik Zamanı</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052974445</t>
+          <t>9786052974773</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış - Başlangıcın Muhteşem Hikayesi</t>
+          <t>Haylaz - Hayatım Sınav</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052974339</t>
+          <t>9786052974780</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Sadako</t>
+          <t>Haylaz-Hayatım Şaka</t>
         </is>
       </c>
       <c r="C701" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052974285</t>
+          <t>9786052974834</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir İngilizce Kelime</t>
+          <t>Shopkins Sihirli Turne</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052974193</t>
+          <t>9786052974797</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın! Kendim de Yapabiliyorum</t>
+          <t>Shopkins Doğanın Muhafızları</t>
         </is>
       </c>
       <c r="C703" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052974162</t>
+          <t>9786052974711</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler 3</t>
+          <t>Mucize Metabolizma</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052974216</t>
+          <t>9786052974452</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>The Serpent</t>
+          <t>Hızlı Öğrenme Bilimi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052973998</t>
+          <t>9786052974445</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkler ve Osmanlı’da Halkla İlişkiler</t>
+          <t>Yaratılış - Başlangıcın Muhteşem Hikayesi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052974070</t>
+          <t>9786052974339</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Sınırlar Belirlemek İçin "Hayır"</t>
+          <t>Sadako</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052974094</t>
+          <t>9786052974285</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Sistemli Düşünme</t>
+          <t>Her Güne Yeni Bir İngilizce Kelime</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052974056</t>
+          <t>9786052974193</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada - Kötülüğün Basamakları</t>
+          <t>Yaşasın! Kendim de Yapabiliyorum</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052974018</t>
+          <t>9786052974162</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Düşünmeyi Öğretmek</t>
+          <t>Çok Acayip Eğlenceli Bilgiler 3</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052974063</t>
+          <t>9786052974216</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Duygularda Ustalaşın</t>
+          <t>The Serpent</t>
         </is>
       </c>
       <c r="C711" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052974025</t>
+          <t>9786052973998</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Ya Sen Olmasaydın</t>
+          <t>Eski Türkler ve Osmanlı’da Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C712" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052974001</t>
+          <t>9786052974070</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Sadelik Prensibi</t>
+          <t>Sağlıklı Sınırlar Belirlemek İçin "Hayır"</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052974032</t>
+          <t>9786052974094</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Aklım Bir Karış Havada</t>
+          <t>Sistemli Düşünme</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052973929</t>
+          <t>9786052974056</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Avonlea</t>
+          <t>Issız Ada - Kötülüğün Basamakları</t>
         </is>
       </c>
       <c r="C715" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052973967</t>
+          <t>9786052974018</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Kavaklar - Yeşilin Kızı Anne</t>
+          <t>Çocuklara Düşünmeyi Öğretmek</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052973936</t>
+          <t>9786052974063</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - "Adanın Kızı"</t>
+          <t>Duygularda Ustalaşın</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052973950</t>
+          <t>9786052974025</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Solmasın Ruhumuz</t>
+          <t>Sıkı Dostlar - Ya Sen Olmasaydın</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052972748</t>
+          <t>9786052974001</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Sadelik Prensibi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052973424</t>
+          <t>9786052974032</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Anca Beraber Kanca Beraber</t>
+          <t>Sıkı Dostlar - Aklım Bir Karış Havada</t>
         </is>
       </c>
       <c r="C720" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052973899</t>
+          <t>9786052973929</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Oyuk İğne'nin Sırrı - Arsene Lupin</t>
+          <t>Yeşilin Kızı Anne - Avonlea</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052973820</t>
+          <t>9786052973967</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Yarım Şiirler</t>
+          <t>Rüzgarlı Kavaklar - Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052973813</t>
+          <t>9786052973936</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dünya Atlası</t>
+          <t>Yeşilin Kızı Anne - "Adanın Kızı"</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052971222</t>
+          <t>9786052973950</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç ve Orta Düzey İçin Modern Öğreten İngilizce</t>
+          <t>Solmasın Ruhumuz</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052973172</t>
+          <t>9786052972748</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Uyku Eğitimi</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052973622</t>
+          <t>9786052973424</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsene Lupin</t>
+          <t>Sıkı Dostlar - Anca Beraber Kanca Beraber</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052973585</t>
+          <t>9786052973899</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Aspidistra</t>
+          <t>Oyuk İğne'nin Sırrı - Arsene Lupin</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052973608</t>
+          <t>9786052973820</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Yarım Şiirler</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052973592</t>
+          <t>9786052973813</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Çıkartmalı Dünya Atlası</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052973400</t>
+          <t>9786052971222</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Terapi</t>
+          <t>Başlangıç ve Orta Düzey İçin Modern Öğreten İngilizce</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052973561</t>
+          <t>9786052973172</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Seri Katil Oldular?</t>
+          <t>Adım Adım Uyku Eğitimi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052973554</t>
+          <t>9786052973622</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>NLP Zihin Kullanma Gücü</t>
+          <t>Kibar Hırsız - Arsene Lupin</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052973523</t>
+          <t>9786052973585</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Ermiş'in Bahçesi</t>
+          <t>Aspidistra</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052973516</t>
+          <t>9786052973608</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052972656</t>
+          <t>9786052973592</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Tebessüm ve Gözyaşı</t>
+          <t>Burma Günleri</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052973509</t>
+          <t>9786052973400</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052973547</t>
+          <t>9786052973561</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Nasıl Seri Katil Oldular?</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052973493</t>
+          <t>9786052973554</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü</t>
+          <t>NLP Zihin Kullanma Gücü</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052972649</t>
+          <t>9786052973523</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Takip Et</t>
+          <t>Ermiş'in Bahçesi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052972519</t>
+          <t>9786052973516</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Mucize Çocuk Wink</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052972557</t>
+          <t>9786052972656</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Görevimiz Eğlence</t>
+          <t>Tebessüm ve Gözyaşı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052972571</t>
+          <t>9786052973509</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Pogba - Orta Sahanın Doğuştan Yetenekli Oyuncusu</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052973417</t>
+          <t>9786052973547</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052973165</t>
+          <t>9786052973493</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Yaşasaydı</t>
+          <t>Rüzgargülü</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052973387</t>
+          <t>9786052972649</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Aktivite - Zeka ve Beceri Geliştirici</t>
+          <t>Hayallerini Takip Et</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052973356</t>
+          <t>9786052972519</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Sahaların Mucize Çocuğu - Mbappe</t>
+          <t>Mucize Çocuk Wink</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052972915</t>
+          <t>9786052972557</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kulübe Yeni Misafirler - Çilek Kızlar 3</t>
+          <t>Kızlar Çetesi - Görevimiz Eğlence</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052973233</t>
+          <t>9786052972571</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Temel Çizim Teknikleri</t>
+          <t>Pogba - Orta Sahanın Doğuştan Yetenekli Oyuncusu</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052973240</t>
+          <t>9786052973417</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Sevdalar</t>
+          <t>Diana</t>
         </is>
       </c>
       <c r="C749" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052973257</t>
+          <t>9786052973165</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Umut Dolu Yarınlar</t>
+          <t>Atatürk Yaşasaydı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052973264</t>
+          <t>9786052973387</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Kalpler</t>
+          <t>Her Güne Yeni Bir Aktivite - Zeka ve Beceri Geliştirici</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052973158</t>
+          <t>9786052973356</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Şişko Ejderhanın Öksürüğü</t>
+          <t>Sahaların Mucize Çocuğu - Mbappe</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052973134</t>
+          <t>9786052972915</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Kokuşuk Düşmanlarla Mücadele</t>
+          <t>Kulübe Yeni Misafirler - Çilek Kızlar 3</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052973141</t>
+          <t>9786052973233</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Büyük Altın Kestane Şenliği</t>
+          <t>Temel Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052973127</t>
+          <t>9786052973240</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Büyülü Köy'e Hoş Geldiniz</t>
+          <t>Kanadı Kırık Sevdalar</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052973110</t>
+          <t>9786052973257</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Hızlı ve Yetenekli Yıldızı Salah</t>
+          <t>Umut Dolu Yarınlar</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052973073</t>
+          <t>9786052973264</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Yarım Kalan Kalpler</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052973042</t>
+          <t>9786052973158</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Marvin - Şişko Ejderhanın Öksürüğü</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052972878</t>
+          <t>9786052973134</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi 5 - Yeni Başlangıçlar</t>
+          <t>Marvin - Kokuşuk Düşmanlarla Mücadele</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052972922</t>
+          <t>9786052973141</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Exo (Ciltli)</t>
+          <t>Marvin - Büyük Altın Kestane Şenliği</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052972892</t>
+          <t>9786052973127</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Şeker Diyeti</t>
+          <t>Marvin - Büyülü Köy'e Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052972472</t>
+          <t>9786052973110</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dostluğun Sırrı - Çilek Kızlar</t>
+          <t>Futbolun Hızlı ve Yetenekli Yıldızı Salah</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786053849674</t>
+          <t>9786052973073</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052972489</t>
+          <t>9786052973042</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Zihinde Başlar</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052972038</t>
+          <t>9786052972878</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kızlar</t>
+          <t>Kızlar Çetesi 5 - Yeni Başlangıçlar</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052971666</t>
+          <t>9786052972922</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızdan Nükte, Hiciv ve Sövgü Söylemler</t>
+          <t>Exo (Ciltli)</t>
         </is>
       </c>
       <c r="C766" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052971697</t>
+          <t>9786052972892</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Şeker Diyeti</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052971758</t>
+          <t>9786052972472</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Gerçek Dostluğun Sırrı - Çilek Kızlar</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052971734</t>
+          <t>9786053849674</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Görülmeyen Koleksiyon - Fragman</t>
+          <t>Issız Ada</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052971741</t>
+          <t>9786052972489</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Geç Ödenen Borç</t>
+          <t>Her Şey Zihinde Başlar</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052971765</t>
+          <t>9786052972038</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Çilek Kızlar</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052971727</t>
+          <t>9786052971666</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald'ın Aşkı</t>
+          <t>Edebiyatımızdan Nükte, Hiciv ve Sövgü Söylemler</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052971772</t>
+          <t>9786052971697</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C773" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052971789</t>
+          <t>9786052971758</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C774" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052971703</t>
+          <t>9786052971734</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Görülmeyen Koleksiyon - Fragman</t>
         </is>
       </c>
       <c r="C775" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052972007</t>
+          <t>9786052971741</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Pozitif Disiplin</t>
+          <t>Geç Ödenen Borç</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052971994</t>
+          <t>9786052971765</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Engel Yok</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052971963</t>
+          <t>9786052971727</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - İş Başında</t>
+          <t>Erika Ewald'ın Aşkı</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052971864</t>
+          <t>9786052971772</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi (Kokulu Kitap)</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052971970</t>
+          <t>9786052971789</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Tatil Macerası</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052971802</t>
+          <t>9786052971703</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Firarda</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052971796</t>
+          <t>9786052972007</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka</t>
+          <t>Çocuk Eğitiminde Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052971574</t>
+          <t>9786052971994</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Masal (Ciltli)</t>
+          <t>Başarıya Engel Yok</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052971604</t>
+          <t>9786052971963</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dünya Tarihi</t>
+          <t>Çaylak - İş Başında</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052971598</t>
+          <t>9786052971864</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi Görev Başında</t>
+          <t>Kızlar Çetesi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052971581</t>
+          <t>9786052971970</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi Okul Gezisinde</t>
+          <t>Çaylak - Tatil Macerası</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052971550</t>
+          <t>9786052971802</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi 3 - Sıkı Dostlar</t>
+          <t>Kızlar Firarda</t>
         </is>
       </c>
       <c r="C787" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052971437</t>
+          <t>9786052971796</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Korku Zindanı</t>
+          <t>Franz Kafka</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052971420</t>
+          <t>9786052971574</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Ormanı</t>
+          <t>Her Güne Yeni Bir Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052971406</t>
+          <t>9786052971604</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Kampı</t>
+          <t>Büyük Dünya Tarihi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052971413</t>
+          <t>9786052971598</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düello</t>
+          <t>Çilli Kızlar Çetesi Görev Başında</t>
         </is>
       </c>
       <c r="C791" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052971215</t>
+          <t>9786052971581</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Çocuk Yetiştirme Sanatı</t>
+          <t>Çilli Kızlar Çetesi Okul Gezisinde</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052971284</t>
+          <t>9786052971550</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Kokulu Hikayeler</t>
+          <t>Kızlar Çetesi 3 - Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052971130</t>
+          <t>9786052971437</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Sevginin Gücü (Kokulu Kitap)</t>
+          <t>Korku Zindanı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052970973</t>
+          <t>9786052971420</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tanık</t>
+          <t>Canavarlar Ormanı</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052970850</t>
+          <t>9786052971406</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Carlotta ve Yeni Dostluklar</t>
+          <t>Canavarlar Kampı</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052970812</t>
+          <t>9786052971413</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Altın Kurallar Kitabı 2</t>
+          <t>Büyük Düello</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052970713</t>
+          <t>9786052971215</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Türklerden Deha Çıkmaz!</t>
+          <t>Her Yönüyle Çocuk Yetiştirme Sanatı</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052970218</t>
+          <t>9786052971284</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Cevizi Kokulu Masallar</t>
+          <t>Ihlamur Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C799" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052970447</t>
+          <t>9786052971130</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Alamut Kalesi</t>
+          <t>Kızlar Çetesi - Sevginin Gücü (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052970201</t>
+          <t>9786052970973</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Frambuaz Kokulu Masallar</t>
+          <t>Sessiz Tanık</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052970225</t>
+          <t>9786052970850</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kivi Kokulu Masallar</t>
+          <t>Kızlar Çetesi - Carlotta ve Yeni Dostluklar</t>
         </is>
       </c>
       <c r="C802" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052970188</t>
+          <t>9786052970812</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Çay Kokulu Hikayeler</t>
+          <t>Altın Kurallar Kitabı 2</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052970171</t>
+          <t>9786052970713</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Türklerden Deha Çıkmaz!</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052970065</t>
+          <t>9786052970218</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Başarı ve Eğitim Evde Başlar</t>
+          <t>Hindistan Cevizi Kokulu Masallar</t>
         </is>
       </c>
       <c r="C805" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786053849841</t>
+          <t>9786052970447</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>İstikamet Tatil - Üşütük Kızın Günlüğü 3</t>
+          <t>Alamut Kalesi</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786053849704</t>
+          <t>9786052970201</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Cüceler Madenindeki Hayaletler</t>
+          <t>Frambuaz Kokulu Masallar</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786053849698</t>
+          <t>9786052970225</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Hazine</t>
+          <t>Kivi Kokulu Masallar</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786053849681</t>
+          <t>9786052970188</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Sihir Okulunun Laneti</t>
+          <t>Çay Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052971017</t>
+          <t>9786052970171</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada - Son Hedef</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786053849520</t>
+          <t>9786052970065</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Ahududu Kokulu Masallar</t>
+          <t>Hayat, Başarı ve Eğitim Evde Başlar</t>
         </is>
       </c>
       <c r="C811" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786053849407</t>
+          <t>9786053849841</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Çocuk</t>
+          <t>İstikamet Tatil - Üşütük Kızın Günlüğü 3</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786053849247</t>
+          <t>9786053849704</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Kahve Kokulu Hikayeler</t>
+          <t>Cüceler Madenindeki Hayaletler</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053849018</t>
+          <t>9786053849698</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Vanilya Kokulu Masallar</t>
+          <t>Büyülü Hazine</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786053848981</t>
+          <t>9786053849681</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Kokulu Masallar</t>
+          <t>Sihir Okulunun Laneti</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786053849001</t>
+          <t>9786052971017</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Nar Kokulu Masallar</t>
+          <t>Issız Ada - Son Hedef</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053849025</t>
+          <t>9786053849520</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Ahududu Kokulu Masallar</t>
         </is>
       </c>
       <c r="C817" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786053848998</t>
+          <t>9786053849407</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Elma Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Başarılı Çocuk</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786053848806</t>
+          <t>9786053849247</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi - Çocuk Klasikleri (Kokulu Kitap)</t>
+          <t>Kahve Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786053849063</t>
+          <t>9786053849018</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
+          <t>Vanilya Kokulu Masallar</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786053848950</t>
+          <t>9786053848981</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle İnsanları Etkileme</t>
+          <t>Böğürtlen Kokulu Masallar</t>
         </is>
       </c>
       <c r="C821" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786053848677</t>
+          <t>9786053849001</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Kızlar Ortalığı Karıştırıyor! - Üşütük Kızın Günlüğü 2</t>
+          <t>Nar Kokulu Masallar</t>
         </is>
       </c>
       <c r="C822" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786053848417</t>
+          <t>9786053849025</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Muz Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Şeftali Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C823" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786053848394</t>
+          <t>9786053848998</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Limon Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Elma Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786053848424</t>
+          <t>9786053848806</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Çocuk Kalbi - Çocuk Klasikleri (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786053846475</t>
+          <t>9786053849063</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Haarp - Gelmiş Geçmiş En Tehlikeli Silah!</t>
+          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786053846512</t>
+          <t>9786053848950</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
+          <t>Kelimelerle İnsanları Etkileme</t>
         </is>
       </c>
       <c r="C827" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053847212</t>
+          <t>9786053848677</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Papatya Kokulu Hikayeler (Kokulu Kitap)</t>
+          <t>Yenilmez Kızlar Ortalığı Karıştırıyor! - Üşütük Kızın Günlüğü 2</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053848431</t>
+          <t>9786053848417</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Muz Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C829" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053848509</t>
+          <t>9786053848394</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Kokulu Hikayeler (Kokulu Kitap)</t>
+          <t>Limon Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786053848011</t>
+          <t>9786053848424</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Kokulu Kitap)</t>
+          <t>Portakal Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786053847403</t>
+          <t>9786053846475</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Manolya Kokulu Hikayeler</t>
+          <t>Haarp - Gelmiş Geçmiş En Tehlikeli Silah!</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786053847304</t>
+          <t>9786053846512</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Üşütük Kızın Günlüğü - Yeni Bir Hayat (Kokulu Kitap)</t>
+          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
         </is>
       </c>
       <c r="C833" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786053846567</t>
+          <t>9786053847212</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuk Sendromu</t>
+          <t>Papatya Kokulu Hikayeler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C834" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053846741</t>
+          <t>9786053848431</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Yalan Söyler?</t>
+          <t>Çikolata Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C835" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786053846796</t>
+          <t>9786053848509</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Menekşe Kokulu Hikayeler</t>
+          <t>Yasemin Kokulu Hikayeler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C836" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786053846581</t>
+          <t>9786053848011</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Efsanesi</t>
+          <t>Küçük Prens (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786053845775</t>
+          <t>9786053847403</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Sınır Koyma - 2</t>
+          <t>Manolya Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786053845317</t>
+          <t>9786053847304</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Sınır Koyma</t>
+          <t>Üşütük Kızın Günlüğü - Yeni Bir Hayat (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786053844822</t>
+          <t>9786053846567</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi</t>
+          <t>Tek Çocuk Sendromu</t>
         </is>
       </c>
       <c r="C840" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786053845539</t>
+          <t>9786053846741</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Aklını En Doğru Şekilde Kullan</t>
+          <t>Çocuklar Neden Yalan Söyler?</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786053845799</t>
+          <t>9786053846796</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Pozitif Çocuklar Yetiştirme</t>
+          <t>Menekşe Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786053844174</t>
+          <t>9786053846581</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+          <t>Büyücünün Efsanesi</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786053845386</t>
+          <t>9786053845775</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce En Çok Pişman Olduğumuz 5 Şey</t>
+          <t>Çocuğunuza Sınır Koyma - 2</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789944204668</t>
+          <t>9786053845317</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Öğreten İngilizce</t>
+          <t>Çocuğunuza Sınır Koyma</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789758809738</t>
+          <t>9786053844822</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Mutlu Yumurcağı</t>
+          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786053844136</t>
+          <t>9786053845539</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Mutlu Bebeği</t>
+          <t>Aklını En Doğru Şekilde Kullan</t>
         </is>
       </c>
       <c r="C847" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786053845447</t>
+          <t>9786053845799</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Konuşarak İkna Psikolojisi</t>
+          <t>A’dan Z’ye Pozitif Çocuklar Yetiştirme</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786053844150</t>
+          <t>9786053844174</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Gizli İkna Taktikleri</t>
+          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786053844624</t>
+          <t>9786053845386</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin Önündeki 8 Engel</t>
+          <t>Ölmeden Önce En Çok Pişman Olduğumuz 5 Şey</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786053844129</t>
+          <t>9789944204668</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Etkileme Sanatı - İstediğiniz Kişiye 8 Dakikada Nasıl Evet Dedirtirsiniz?</t>
+          <t>Öğreten İngilizce</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786053844792</t>
+          <t>9789758809738</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Benim En İyi Arkadaşım</t>
+          <t>Mahallenin En Mutlu Yumurcağı</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
+          <t>9786053844136</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Mahallenin En Mutlu Bebeği</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786053845447</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Konuşarak İkna Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786053844150</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İkna Taktikleri</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786053844624</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişimin Önündeki 8 Engel</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786053844129</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Etkileme Sanatı - İstediğiniz Kişiye 8 Dakikada Nasıl Evet Dedirtirsiniz?</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786053844792</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Benim En İyi Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
           <t>9786053845072</t>
         </is>
       </c>
-      <c r="B853" s="1" t="inlineStr">
+      <c r="B859" s="1" t="inlineStr">
         <is>
           <t>Bu Kızlarla Başım Dertte</t>
         </is>
       </c>
-      <c r="C853" s="1">
+      <c r="C859" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>