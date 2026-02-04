--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,12910 +85,13030 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052977064</t>
+          <t>9786052977118</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Japon Atasözleri</t>
+          <t>Cesur Kızlar İçin Büyük Sözler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052977088</t>
+          <t>9786052977132</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz İş Arayışı</t>
+          <t>Ağaca Yazılan Söz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052977071</t>
+          <t>9786052974254</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Büyük Değişimin Küçük Kitabı</t>
+          <t>Ah Benim Sümüklü Canavarım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052977033</t>
+          <t>9786052972366</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Acıyı İyileştirme</t>
+          <t>Kulakları Patlayan Canavarım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052977040</t>
+          <t>9786052977194</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Beyninizi Yeniden Yapılandırın</t>
+          <t>Ben Bir Bulmaca Değilim</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052977026</t>
+          <t>9786052977187</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Di̇l Temelli̇ Öğrenme Güçlükleri̇ Olan Çocuğunuza Yardım Etmek</t>
+          <t>Sevgili Profesör Einstein</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052976944</t>
+          <t>9786052972373</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Duygularım</t>
+          <t>Rezonans Etkisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052976951</t>
+          <t>9786052972380</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Duyularım</t>
+          <t>Madde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052976968</t>
+          <t>9786052977064</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücüm</t>
+          <t>Japon Atasözleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052976937</t>
+          <t>9786052977088</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Pembe Giymez</t>
+          <t>Korkusuz İş Arayışı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052977002</t>
+          <t>9786052977071</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Annemle Güzel Zamanlar</t>
+          <t>Büyük Değişimin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052976999</t>
+          <t>9786052977033</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Annemle İlk Doğum Günüm</t>
+          <t>Duygusal Acıyı İyileştirme</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052976814</t>
+          <t>9786052977040</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Tarçın'ın Kafası Karışık</t>
+          <t>Kaygılı Beyninizi Yeniden Yapılandırın</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052976821</t>
+          <t>9786052977026</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Tarçın ve Balkabağı</t>
+          <t>Di̇l Temelli̇ Öğrenme Güçlükleri̇ Olan Çocuğunuza Yardım Etmek</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052976876</t>
+          <t>9786052976944</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Fil Olmak İsteyen Su Samuru</t>
+          <t>Duygularım</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052977019</t>
+          <t>9786052976951</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Tavşan İçin Bir Hikaye</t>
+          <t>Duyularım</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052976975</t>
+          <t>9786052976968</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Küçük Kamyon</t>
+          <t>Hayal Gücüm</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052976982</t>
+          <t>9786052976937</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Seni Bekleyen Dünya</t>
+          <t>Penguenler Pembe Giymez</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052976852</t>
+          <t>9786052977002</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kabak Necmi ve Süper Ekip - Uzay Fatihi Hainlerin Peşinde</t>
+          <t>Annemle Güzel Zamanlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052976784</t>
+          <t>9786052976999</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Digger ve Ben</t>
+          <t>Annemle İlk Doğum Günüm</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786252976838</t>
+          <t>9786052976814</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eve Giden Köprü</t>
+          <t>Haylaz Tarçın'ın Kafası Karışık</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786252976845</t>
+          <t>9786052976821</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Parmaklıklar Ardında Doğan</t>
+          <t>Haylaz Tarçın ve Balkabağı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052976449</t>
+          <t>9786052976876</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ejderha ve Çocuk</t>
+          <t>Fil Olmak İsteyen Su Samuru</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052976456</t>
+          <t>9786052977019</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın Kalbi</t>
+          <t>Uykucu Tavşan İçin Bir Hikaye</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052976166</t>
+          <t>9786052976975</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Sınır Koyma</t>
+          <t>Seni Seviyorum Küçük Kamyon</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052975923</t>
+          <t>9786052976982</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kral Icardı</t>
+          <t>Seni Bekleyen Dünya</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052973974</t>
+          <t>9786052976852</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (4 Kitap)</t>
+          <t>Kabak Necmi ve Süper Ekip - Uzay Fatihi Hainlerin Peşinde</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052975381</t>
+          <t>9786052976784</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Beş Kız Kardeş</t>
+          <t>Digger ve Ben</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052974766</t>
+          <t>9786252976838</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları - Hayatım Roman</t>
+          <t>Eve Giden Köprü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052974810</t>
+          <t>9786252976845</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Kırmızı Kitap</t>
+          <t>Parmaklıklar Ardında Doğan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053847144</t>
+          <t>9786052976449</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? (Sarı)</t>
+          <t>Ejderha ve Çocuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>10.04</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053844266</t>
+          <t>9786052976456</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Sayılar</t>
+          <t>Kaplanın Kalbi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052974674</t>
+          <t>9786052976166</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Elementler Akademisi 1 - Gökyüzünün Derinliği</t>
+          <t>Sınıfta Sınır Koyma</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052973981</t>
+          <t>9786052975923</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Arsene Lupin Seti 3 Kitap</t>
+          <t>Kral Icardı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052974315</t>
+          <t>9786052973974</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş - Vahşetin Çağrısı</t>
+          <t>Yeşilin Kızı Anne (4 Kitap)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052972441</t>
+          <t>9786052975381</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bebeğiniz Mışıl Mışıl Uyusun</t>
+          <t>Beş Kız Kardeş</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052970287</t>
+          <t>9786052974766</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Düzenli Olmaya Değer Mi?</t>
+          <t>Haylaz Derek'in Maceraları - Hayatım Roman</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052970263</t>
+          <t>9786052974810</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bıktım Bu Kurallardan!</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052972854</t>
+          <t>9786053847144</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Hiç Merak Ettiniz mi? (Sarı)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>12</v>
+        <v>10.04</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052971451</t>
+          <t>9786053844266</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası - Sevimli Masallar Serisi</t>
+          <t>Çıldırtan Sayılar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>4.54</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052971468</t>
+          <t>9786052974674</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Sevimli Masallar Serisi</t>
+          <t>Elementler Akademisi 1 - Gökyüzünün Derinliği</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>4.54</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052971475</t>
+          <t>9786052973981</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı - Sevimli Masallar Serisi</t>
+          <t>Arsene Lupin Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>4.54</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052971482</t>
+          <t>9786052974315</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hansel ile Gretel - Sevimli Masallar Serisi</t>
+          <t>Beyaz Diş - Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>4.54</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052971505</t>
+          <t>9786052972441</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Sevimli Masallar Serisi</t>
+          <t>Bebeğiniz Mışıl Mışıl Uyusun</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>4.54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052971499</t>
+          <t>9786052970287</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi - Sevimli Masallar Serisi</t>
+          <t>Düzenli Olmaya Değer Mi?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>4.54</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052971529</t>
+          <t>9786052970263</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Sevimli Masallar Serisi</t>
+          <t>Bıktım Bu Kurallardan!</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>4.54</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052971536</t>
+          <t>9786052972854</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fasülye - Sevimli Masallar Serisi</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>4.54</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052971543</t>
+          <t>9786052971451</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel - Sevimli Masallar Serisi</t>
+          <t>Alaaddin'in Sihirli Lambası - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>4.54</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052971512</t>
+          <t>9786052971468</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Sevimli Masallar Serisi</t>
+          <t>Çirkin Ördek Yavrusu - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>4.54</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053849896</t>
+          <t>9786052971475</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Anne Babaların Yoluna Işık Tutacak Bir Set (5 Kitap Takım)</t>
+          <t>Fareli Köyün Kavalcısı - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052972045</t>
+          <t>9786052971482</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Taşıtlar Dünyası</t>
+          <t>Hansel ile Gretel - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>20</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052970843</t>
+          <t>9786052971505</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hayatınıza Yön Verecek Kurallar (2 Kitap Takım)</t>
+          <t>Kırmızı Başlıklı Kız - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>28.7</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052971956</t>
+          <t>9786052971499</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>BTS - Testlerle ve Bulmacalarla BTS Dünyasını Keşfet</t>
+          <t>Külkedisi - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>40</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052972946</t>
+          <t>9786052971529</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Tatil Macerası (Ciltli)</t>
+          <t>Pinokyo - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>27</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052972939</t>
+          <t>9786052971536</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında</t>
+          <t>Sihirli Fasülye - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>50</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>3990000048763</t>
+          <t>9786052971543</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi Seti (5 Kitap)</t>
+          <t>Uyuyan Güzel - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>125</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053845768</t>
+          <t>9786052971512</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>One Direction - Giydir-Süsle ve Yapıştır</t>
+          <t>Peter Pan - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>9.26</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053841067</t>
+          <t>9786053849896</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Yöntemi</t>
+          <t>Anne Babaların Yoluna Işık Tutacak Bir Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>9.17</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053844198</t>
+          <t>9786052972045</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Yöntemi</t>
+          <t>Ara Bul Taşıtlar Dünyası</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053845379</t>
+          <t>9786052970843</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Köpek Bakımı ve Eğitimi</t>
+          <t>Hayatınıza Yön Verecek Kurallar (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>13.89</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053845942</t>
+          <t>9786052971956</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kan Grubunuza Göre Diyet</t>
+          <t>BTS - Testlerle ve Bulmacalarla BTS Dünyasını Keşfet</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053843580</t>
+          <t>9786052972946</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sahibisin</t>
+          <t>Çaylak - Tatil Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>18.52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053843566</t>
+          <t>9786052972939</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İyileşmenin Dili</t>
+          <t>Yıldızların Altında</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053840565</t>
+          <t>3990000048763</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Esrarı</t>
+          <t>Kızlar Çetesi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>9.26</v>
+        <v>125</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053844686</t>
+          <t>9786053845768</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi 1453</t>
+          <t>One Direction - Giydir-Süsle ve Yapıştır</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053846048</t>
+          <t>9786053841067</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Masallar (Ciltli)</t>
+          <t>Kuantum Düşünce Yöntemi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>12.04</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053843221</t>
+          <t>9786053844198</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İki İyi Hırsız</t>
+          <t>Kuantum Düşünce Yöntemi</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053846079</t>
+          <t>9786053845379</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 4</t>
+          <t>Köpek Bakımı ve Eğitimi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053845133</t>
+          <t>9786053845942</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 3</t>
+          <t>Kan Grubunuza Göre Diyet</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053843818</t>
+          <t>9786053843580</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 2</t>
+          <t>Kalbimin Sahibisin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053844181</t>
+          <t>9786053843566</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 1</t>
+          <t>İyileşmenin Dili</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053846017</t>
+          <t>9786053840565</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları - Hayatım Çizgi Roman (Ciltli)</t>
+          <t>İstemenin Esrarı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053846031</t>
+          <t>9786053844686</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Sizden 90 Saniyede Hoşlanmasını Nasıl Sağlarsınız?</t>
+          <t>İstanbul’un Fethi 1453</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053845430</t>
+          <t>9786053846048</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Güneşte Bir Gölge</t>
+          <t>Keyifli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053844112</t>
+          <t>9786053843221</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Enerji Otobüsü</t>
+          <t>İki İyi Hırsız</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053845515</t>
+          <t>9786053846079</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Gücüyle Sorun Çözme</t>
+          <t>Hiç Merak Ettiniz mi? - 4</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>30</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053840572</t>
+          <t>9786053845133</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Başar</t>
+          <t>Hiç Merak Ettiniz mi? - 3</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053841920</t>
+          <t>9786053843818</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dediğimi Yap Yaptığımı Yapma!</t>
+          <t>Hiç Merak Ettiniz mi? - 2</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053844310</t>
+          <t>9786053844181</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çorba</t>
+          <t>Hiç Merak Ettiniz mi? - 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053842927</t>
+          <t>9786053846017</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Davranışlarını Okumak</t>
+          <t>Haylaz Derek’in Maceraları - Hayatım Çizgi Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053844617</t>
+          <t>9786053846031</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Boo</t>
+          <t>İnsanların Sizden 90 Saniyede Hoşlanmasını Nasıl Sağlarsınız?</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053845966</t>
+          <t>9786053845430</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarların Şatosu (Ciltli)</t>
+          <t>Güneşte Bir Gölge</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053847946</t>
+          <t>9786053844112</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Fikirleri Neden Hoşumuza Gider?</t>
+          <t>Enerji Otobüsü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053846000</t>
+          <t>9786053845515</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi (Ciltli)</t>
+          <t>Düşünce Gücüyle Sorun Çözme</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053845997</t>
+          <t>9786053840572</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı (Ciltli)</t>
+          <t>Düşün ve Başar</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053845980</t>
+          <t>9786053841920</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası (Ciltli)</t>
+          <t>Dediğimi Yap Yaptığımı Yapma!</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053845973</t>
+          <t>9786053844310</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi (Ciltli)</t>
+          <t>Çorba</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053847380</t>
+          <t>9786053842927</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’den Yüreğinizi Isıtan Sözler ve Hikayeler</t>
+          <t>Çocukların Davranışlarını Okumak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053848752</t>
+          <t>9786053844617</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sınır (Kokulu Kitap)</t>
+          <t>Boo</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053848547</t>
+          <t>9786053845966</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanımız Aşk</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarların Şatosu (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053848530</t>
+          <t>9786053847946</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Nasibin Kadardır Aşk</t>
+          <t>Şeytanın Fikirleri Neden Hoşumuza Gider?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053847625</t>
+          <t>9786053846000</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053846765</t>
+          <t>9786053845997</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Halleri</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053846697</t>
+          <t>9786053845980</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? (5 Kitap Takım)</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>60.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053842866</t>
+          <t>9786053845973</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe / Türkçe - İngilizce Cep Sözlüğü (Ciltli)</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>5.46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053847281</t>
+          <t>9786053847380</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>9 Saniye Ayakta Zor Durabilmekten Günde 9 km Yürüyebilmeye</t>
+          <t>Yunus Emre’den Yüreğinizi Isıtan Sözler ve Hikayeler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053846703</t>
+          <t>9786053848752</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kevin Hogan Kişisel Gelişim Seti (5 Kitap)</t>
+          <t>Sınır (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>84.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053846710</t>
+          <t>9786053848547</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi Seti (5 Kitap Takım)</t>
+          <t>Sol Yanımız Aşk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>90.74</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053847076</t>
+          <t>9786053848530</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler (Kokulu Kitap)</t>
+          <t>Nasibin Kadardır Aşk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053847090</t>
+          <t>9786053847625</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğinizi Tanıyın</t>
+          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053847120</t>
+          <t>9786053846765</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Sözler</t>
+          <t>Ergenlik Halleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053847748</t>
+          <t>9786053846697</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek 2: Aşk-ı Tevekkül</t>
+          <t>Hiç Merak Ettiniz mi? (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>13.89</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053847267</t>
+          <t>9786053842866</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Masal Sepeti</t>
+          <t>İngilizce - Türkçe / Türkçe - İngilizce Cep Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>12.04</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053847229</t>
+          <t>9786053847281</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bana Her Şey Seni Hatırlatır</t>
+          <t>9 Saniye Ayakta Zor Durabilmekten Günde 9 km Yürüyebilmeye</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>40</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053846734</t>
+          <t>9786053846703</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? 5</t>
+          <t>Kevin Hogan Kişisel Gelişim Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>12.04</v>
+        <v>84.26</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053846673</t>
+          <t>9786053846710</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Grimm Masalları</t>
+          <t>Çocuk Gelişimi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>9.26</v>
+        <v>90.74</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053846659</t>
+          <t>9786053847076</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünya Masalları (Ciltli)</t>
+          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052970744</t>
+          <t>9786053847090</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserleri (Ciltli)</t>
+          <t>Kişiliğinizi Tanıyın</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>50</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052970027</t>
+          <t>9786053847120</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Islanmış İki Gönül</t>
+          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Sözler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053849469</t>
+          <t>9786053847748</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aşka Komşu</t>
+          <t>Elif Gibi Sevmek 2: Aşk-ı Tevekkül</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052970904</t>
+          <t>9786053847267</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Filler Hiç Unutur mu?</t>
+          <t>Masal Sepeti</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>10</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052970911</t>
+          <t>9786053847229</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Yalancı Sana Kimse İnanmaz</t>
+          <t>Bana Her Şey Seni Hatırlatır</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052970959</t>
+          <t>9786053846734</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çaylak İş Başında (Ciltli)</t>
+          <t>Hiç Merak Ettiniz mi? 5</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>27</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052970966</t>
+          <t>9786053846673</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikeri : Üç Silahşörler - Oliver Twist - 80 Günde Devrialem (Ciltli)</t>
+          <t>En Güzel Grimm Masalları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052971987</t>
+          <t>9786053846659</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bir Tesadüftü Aşkımız</t>
+          <t>En Güzel Dünya Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052971444</t>
+          <t>9786052970744</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları Mevsimi</t>
+          <t>Seçme Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052970775</t>
+          <t>9786052970027</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Sevimli Masallar (Ciltli)</t>
+          <t>Aşk İle Islanmış İki Gönül</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052970638</t>
+          <t>9786053849469</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal ve Şiir Defteri</t>
+          <t>Aşka Komşu</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>2.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052970577</t>
+          <t>9786052970904</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Köyde</t>
+          <t>Filler Hiç Unutur mu?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>2.78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052970591</t>
+          <t>9786052970911</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Tiyatro Oyuncusu</t>
+          <t>Yalancı Yalancı Sana Kimse İnanmaz</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>2.78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052970607</t>
+          <t>9786052970959</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal ve Kedisi</t>
+          <t>Çaylak İş Başında (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>2.78</v>
+        <v>27</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052970614</t>
+          <t>9786052970966</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Yazıyor</t>
+          <t>Seçme Dünya Klasikeri : Üç Silahşörler - Oliver Twist - 80 Günde Devrialem (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>2.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052970621</t>
+          <t>9786052971987</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Şarkı Deresi'nde</t>
+          <t>Bir Tesadüftü Aşkımız</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>2.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052970546</t>
+          <t>9786052971444</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Kırda</t>
+          <t>Deniz Kabukları Mevsimi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>2.78</v>
+        <v>50</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052970584</t>
+          <t>9786052970775</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Piknikte</t>
+          <t>Miniklere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>2.78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052970560</t>
+          <t>9786052970638</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal ve En Güzel Ödül</t>
+          <t>Masal'ın Serüvenleri: Masal ve Şiir Defteri</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052970300</t>
+          <t>9786052970577</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yaparım Yaaa Daha Erken!</t>
+          <t>Masal'ın Serüvenleri: Masal Köyde</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052970270</t>
+          <t>9786052970591</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kötü Bir Şey Söylemedim Ki!</t>
+          <t>Masal'ın Serüvenleri: Masal Tiyatro Oyuncusu</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052970317</t>
+          <t>9786052970607</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çoook Derdim Var Çoook</t>
+          <t>Masal'ın Serüvenleri: Masal ve Kedisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>9.26</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053849384</t>
+          <t>9786052970614</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları 5 - Hayatım Sınav (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Yazıyor</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052970553</t>
+          <t>9786052970621</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Arkadaşım İçin</t>
+          <t>Masal'ın Serüvenleri: Masal Şarkı Deresi'nde</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052970997</t>
+          <t>9786052970546</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bebeğim ( Erkek ) (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Kırda</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>60</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052971000</t>
+          <t>9786052970584</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bebeğim (Kız) (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Piknikte</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052970379</t>
+          <t>9786052970560</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Masal Saati Tik Tak (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal ve En Güzel Ödül</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052970386</t>
+          <t>9786052970300</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Masal Vapuru Vup Vup (Ciltli)</t>
+          <t>Yaparım Yaaa Daha Erken!</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052970362</t>
+          <t>9786052970270</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Masal Böceği Cır Cır (Ciltli)</t>
+          <t>Kötü Bir Şey Söylemedim Ki!</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052970355</t>
+          <t>9786052970317</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Masal Arısı Vız Vız (Ciltli)</t>
+          <t>Çoook Derdim Var Çoook</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053849353</t>
+          <t>9786053849384</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yakın İlişkilerin Gizli Anlamları</t>
+          <t>Haylaz Derek'in Maceraları 5 - Hayatım Sınav (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053849438</t>
+          <t>9786052970553</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah 2</t>
+          <t>Masal'ın Serüvenleri: Masal Arkadaşım İçin</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>13.89</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052970164</t>
+          <t>9786052970997</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Tavuk - Sevimli Masallar Serisi</t>
+          <t>Hoş Geldin Bebeğim ( Erkek ) (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>3.61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052970126</t>
+          <t>9786052971000</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Keçi Yavrusu - Sevimli Masallar Serisi</t>
+          <t>Hoş Geldin Bebeğim (Kız) (Ciltli)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>3.61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052970140</t>
+          <t>9786052970379</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu - Sevimli Masallar Serisi</t>
+          <t>Masal Saati Tik Tak (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052970157</t>
+          <t>9786052970386</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Leylek - Sevimli Masallar Serisi</t>
+          <t>Masal Vapuru Vup Vup (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052970089</t>
+          <t>9786052970362</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ağustosböceği ile Karınca - Sevimli Masallar Serisi</t>
+          <t>Masal Böceği Cır Cır (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052970133</t>
+          <t>9786052970355</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker - Sevimli Masallar Serisi</t>
+          <t>Masal Arısı Vız Vız (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052970119</t>
+          <t>9786053849353</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız - Sevimli Masallar Serisi</t>
+          <t>Yakın İlişkilerin Gizli Anlamları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>3.61</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052970072</t>
+          <t>9786053849438</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Terzi - Sevimli Masallar Serisi</t>
+          <t>Eyvallah 2</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>3.61</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052970096</t>
+          <t>9786052970164</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları - Sevimli Masallar Serisi</t>
+          <t>Altın Yumurtlayan Tavuk - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>3.61</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052970102</t>
+          <t>9786052970126</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri - Sevimli Masallar Serisi</t>
+          <t>Kurt ile Yedi Keçi Yavrusu - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>3.61</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053849957</t>
+          <t>9786052970140</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamadan Perakendeye Hayata Dair</t>
+          <t>Orman Çocuğu - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>40</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052970478</t>
+          <t>9786052970157</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hayat Güzel De ‘De'leri Var İşte</t>
+          <t>Tilki ile Leylek - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>20</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052970942</t>
+          <t>9786052970089</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Kokulu 2018 Ajanda</t>
+          <t>Ağustosböceği ile Karınca - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>18.43</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053849964</t>
+          <t>9786052970133</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısına 12 Dakika Kala</t>
+          <t>Kurşun Asker - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>15.74</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053849575</t>
+          <t>9786052970119</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Giden İşaretler</t>
+          <t>Kibritçi Kız - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>15.74</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052970294</t>
+          <t>9786052970072</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Off Yaa Kimse Beni Anlamıyor!</t>
+          <t>Akıllı Terzi - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>9.26</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053849773</t>
+          <t>9786052970096</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bayan Süper Kahraman</t>
+          <t>Bremen Mızıkacıları - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>15.74</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053849919</t>
+          <t>9786052970102</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kahve Kokulu Sözler</t>
+          <t>Gulliver'in Gezileri - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>23.15</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053849766</t>
+          <t>9786053849957</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Mavi Kitap</t>
+          <t>Pazarlamadan Perakendeye Hayata Dair</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053849742</t>
+          <t>9786052970478</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 2</t>
+          <t>Hayat Güzel De ‘De'leri Var İşte</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053849735</t>
+          <t>9786052970942</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama -  Mor Kitap</t>
+          <t>Yakamoz Kokulu 2018 Ajanda</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>5.56</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053849728</t>
+          <t>9786053849964</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 1</t>
+          <t>Gece Yarısına 12 Dakika Kala</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>6</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052970041</t>
+          <t>9786053849575</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Şansa Bırak</t>
+          <t>Mutluluğa Giden İşaretler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052970034</t>
+          <t>9786052970294</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Umut Dolu Dilekler</t>
+          <t>Off Yaa Kimse Beni Anlamıyor!</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052971208</t>
+          <t>9786053849773</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka (Ciltli)</t>
+          <t>Bayan Süper Kahraman</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>50</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052971109</t>
+          <t>9786053849919</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 5</t>
+          <t>Kahve Kokulu Sözler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>8</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052971093</t>
+          <t>9786053849766</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 4</t>
+          <t>Shopkins Cicibiciler Boyama - Mavi Kitap</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052971086</t>
+          <t>9786053849742</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 3 Yaş Üzeri</t>
+          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 2</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052971079</t>
+          <t>9786053849735</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 2</t>
+          <t>Shopkins Cicibiciler Boyama -  Mor Kitap</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>8</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052971116</t>
+          <t>9786053849728</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Aktive İle Öğreniyorum</t>
+          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 1</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052970768</t>
+          <t>9786052970041</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Firarda (Ciltli)</t>
+          <t>Aşkı Şansa Bırak</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052970751</t>
+          <t>9786052970034</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hachiko (Ciltli)</t>
+          <t>Umut Dolu Dilekler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052970720</t>
+          <t>9786052971208</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Gizli Büyüteçli Matematik (6 Kitap Set)</t>
+          <t>Franz Kafka (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>38.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053849124</t>
+          <t>9786052971109</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Son İlmek</t>
+          <t>Boyama İle Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>18.52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053845584</t>
+          <t>9786052971093</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 2</t>
+          <t>Boyama İle Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052970980</t>
+          <t>9786052971086</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Hayat Değiştiren Öğretmenler - Teşekkürler Öğretmenim</t>
+          <t>Boyama İle Öğreniyorum 3 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>18.52</v>
+        <v>8</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053848578</t>
+          <t>9786052971079</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Menekşe Kokulu Hikayeler</t>
+          <t>Boyama İle Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>9.17</v>
+        <v>8</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053848936</t>
+          <t>9786052971116</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Piti Piti Masallar (Ciltli)</t>
+          <t>Aktive İle Öğreniyorum</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053848912</t>
+          <t>9786052970768</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çıtı Pıtı Masallar (Ciltli)</t>
+          <t>Kızlar Firarda (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>13.89</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053848905</t>
+          <t>9786052970751</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık (Kokulu Kitap)</t>
+          <t>Hachiko (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053848745</t>
+          <t>9786052970720</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Gizli Büyüteçli Matematik (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>13.89</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052972083</t>
+          <t>9786053849124</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Serisi ( 5 Kitap )</t>
+          <t>Son İlmek</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053849926</t>
+          <t>9786053845584</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Üşütük Kızın Günlüğü Seti ( 3 Kitap )</t>
+          <t>Yapbozlu 6 Harika Masal 2</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053849162</t>
+          <t>9786052970980</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları 4 - Hayatım Şaka (Ciltli)</t>
+          <t>Hayat Değiştiren Öğretmenler - Teşekkürler Öğretmenim</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053847175</t>
+          <t>9786053848578</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz Mi? Yeşil</t>
+          <t>Menekşe Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>12.04</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053848974</t>
+          <t>9786053848936</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Hırsızı (Ciltli)</t>
+          <t>Piti Piti Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053849032</t>
+          <t>9786053848912</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kayısı Öpücükleri (Ciltli)</t>
+          <t>Çıtı Pıtı Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053848271</t>
+          <t>9786053848905</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Bütün Kalbinle Sev! (Kokulu Kitap)</t>
+          <t>Küçük Kara Balık (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>9.17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053848226</t>
+          <t>9786053848745</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bana Her Şey Seni Hatırlatır (Kokulu Kitap)</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052970539</t>
+          <t>9786052972083</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kokulu Kitaplar Seti ( 6 Kitap )</t>
+          <t>Sherlock Holmes Serisi ( 5 Kitap )</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>111.11</v>
+        <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053843542</t>
+          <t>9786053849926</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Bir Amaç İçin Yaşamak</t>
+          <t>Üşütük Kızın Günlüğü Seti ( 3 Kitap )</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>13.89</v>
+        <v>75</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053845546</t>
+          <t>9786053849162</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Çalıştırın!</t>
+          <t>Haylaz Derek'in Maceraları 4 - Hayatım Şaka (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053843528</t>
+          <t>9786053847175</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkartan Aşk</t>
+          <t>Hiç Merak Ettiniz Mi? Yeşil</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944204279</t>
+          <t>9786053848974</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Başarılı ve Güzel Konuşma Sanatı</t>
+          <t>Çikolata Hırsızı (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053845102</t>
+          <t>9786053849032</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bakımlı Bir Cilt</t>
+          <t>Kayısı Öpücükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053841265</t>
+          <t>9786053848271</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Ayakta Kalmayı Başarmanın 12 Yolu</t>
+          <t>Hayatı Bütün Kalbinle Sev! (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>11.11</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053844983</t>
+          <t>9786053848226</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Antrenman Kampı</t>
+          <t>Bana Her Şey Seni Hatırlatır (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053840503</t>
+          <t>9786052970539</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babalar İçin Çocuk Psikolojisi</t>
+          <t>Kokulu Kitaplar Seti ( 6 Kitap )</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>13.89</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789758809707</t>
+          <t>9786053843542</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme</t>
+          <t>Bir Amaç İçin Yaşamak</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>3990000030706</t>
+          <t>9786053845546</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Saçmalıkları Devri</t>
+          <t>Beyninizi Çalıştırın!</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>18.52</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053843467</t>
+          <t>9786053843528</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Selçuk İlkan - Seçmeler</t>
+          <t>Baştan Çıkartan Aşk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053847540</t>
+          <t>9789944204279</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+          <t>Başarılı ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>9.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053845522</t>
+          <t>9786053845102</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğe Yolculuk</t>
+          <t>Bakımlı Bir Cilt</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053845461</t>
+          <t>9786053841265</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>2013 Burç Kitabı - Herkes İçin Astroloji</t>
+          <t>Ayakta Kalmayı Başarmanın 12 Yolu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053840541</t>
+          <t>9786053844983</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>10 Resimli Klasik Masal</t>
+          <t>Antrenman Kampı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789758809769</t>
+          <t>9786053840503</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>10 Dk.’da Enerjinizi Depolayın</t>
+          <t>Anne ve Babalar İçin Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052970058</t>
+          <t>9789758809707</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında (Ciltli)</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053847052</t>
+          <t>3990000030706</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezleri ve Perakendede Sürdürülebilirlik</t>
+          <t>Amerikan Saçmalıkları Devri</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053849506</t>
+          <t>9786053843467</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de ve Dünyada, AVM'ler ve Perakendede Alışverişin Geleceği</t>
+          <t>Ahmet Selçuk İlkan - Seçmeler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053847939</t>
+          <t>9786053847540</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları 2 - Hayatım Oyun</t>
+          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053848493</t>
+          <t>9786053845522</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hayat Evde Başlar</t>
+          <t>Bilgeliğe Yolculuk</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052970423</t>
+          <t>9786053845461</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mavi Kitap</t>
+          <t>2013 Burç Kitabı - Herkes İçin Astroloji</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052970416</t>
+          <t>9786053840541</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Turuncu Kitap</t>
+          <t>10 Resimli Klasik Masal</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>8</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052970409</t>
+          <t>9789758809769</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Pembe Kitap</t>
+          <t>10 Dk.’da Enerjinizi Depolayın</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>8</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052974803</t>
+          <t>9786052970058</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Yeşil Kitap</t>
+          <t>Yıldızların Altında (Ciltli)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052970515</t>
+          <t>9786053847052</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sevenler Gönüllerinde Taşır Sevdiklerini</t>
+          <t>Alışveriş Merkezleri ve Perakendede Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>20</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053849186</t>
+          <t>9786053849506</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Pencereme Aşk Kondu</t>
+          <t>Türkiye'de ve Dünyada, AVM'ler ve Perakendede Alışverişin Geleceği</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053844976</t>
+          <t>9786053847939</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları - Hayatım Roman (Ciltli)</t>
+          <t>Haylaz Derek'in Maceraları 2 - Hayatım Oyun</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053845034</t>
+          <t>9786053848493</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları 2 - Hayatım Oyun (Ciltli)</t>
+          <t>Hayat Evde Başlar</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053848189</t>
+          <t>9786052970423</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mavi Kitap</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>9.17</v>
+        <v>8</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053848127</t>
+          <t>9786052970416</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar İçin Çocuk Yetiştirmede Psikolojik Taktikler (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>9.17</v>
+        <v>8</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053848363</t>
+          <t>9786052970409</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Sınır Koyma - 2 (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Pembe Kitap</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>9.17</v>
+        <v>8</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053848325</t>
+          <t>9786052974803</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuk Sendromu (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>9.17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053848141</t>
+          <t>9786052970515</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babalar İçin Çocuk Psikolojisi (Kokulu Kitap)</t>
+          <t>Sevenler Gönüllerinde Taşır Sevdiklerini</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>9.17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053848219</t>
+          <t>9786053849186</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme (Kokulu Kitap)</t>
+          <t>Pencereme Aşk Kondu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053848134</t>
+          <t>9786053844976</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Mutlu Yumurcağı (Kokulu Kitap)</t>
+          <t>Haylaz Derek'in Maceraları - Hayatım Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053848158</t>
+          <t>9786053845034</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Çocuklar Yetiştirmek (Kokulu Kitap)</t>
+          <t>Haylaz Derek’in Maceraları 2 - Hayatım Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053848349</t>
+          <t>9786053848189</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Yalan Söyler? (Kokulu Kitap)</t>
+          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053848165</t>
+          <t>9786053848127</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzla İşbirliği Yapın! (Kokulu Kitap)</t>
+          <t>Anne Babalar İçin Çocuk Yetiştirmede Psikolojik Taktikler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053847588</t>
+          <t>9786053848363</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yeniden Keşfet</t>
+          <t>Çocuğunuza Sınır Koyma - 2 (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>25</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053847687</t>
+          <t>9786053848325</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Şikayet Etmeme Kuralı</t>
+          <t>Tek Çocuk Sendromu (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>12.04</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053845591</t>
+          <t>9786053848141</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 3</t>
+          <t>Anne ve Babalar İçin Çocuk Psikolojisi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053845577</t>
+          <t>9786053848219</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 1</t>
+          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053845621</t>
+          <t>9786053848134</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 6</t>
+          <t>Mahallenin En Mutlu Yumurcağı (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053845614</t>
+          <t>9786053848158</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 5</t>
+          <t>Kendine Güvenen Çocuklar Yetiştirmek (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053845607</t>
+          <t>9786053848349</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 4</t>
+          <t>Çocuklar Neden Yalan Söyler? (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053849636</t>
+          <t>9786053848165</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Takma Dişli Uzaylılar: Uzaylılar Belalı Kasaba'da!</t>
+          <t>Çocuğunuzla İşbirliği Yapın! (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053849629</t>
+          <t>9786053847588</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Takma Dişli Uzaylılar: İhtiyar Uzaylılar Yörüngede</t>
+          <t>Kendini Yeniden Keşfet</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053849612</t>
+          <t>9786053847687</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Takma Dişli Uzaylılar: Kilerdeki Uzay Gemisi</t>
+          <t>Şikayet Etmeme Kuralı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053848929</t>
+          <t>9786053845591</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Haddini Bilmek!</t>
+          <t>Yapbozlu 6 Harika Masal 3</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053848882</t>
+          <t>9786053845577</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kıvırma Sanatı</t>
+          <t>Yapbozlu 6 Harika Masal 1</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053847472</t>
+          <t>9786053845621</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Bütün Kalbinle Sev</t>
+          <t>Yapbozlu 6 Harika Masal 6</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053847113</t>
+          <t>9786053845614</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Aşk</t>
+          <t>Yapbozlu 6 Harika Masal 5</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053849452</t>
+          <t>9786053845607</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Yapbozlu 6 Harika Masal 4</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053849148</t>
+          <t>9786053849636</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız (Kokulu Kitap)</t>
+          <t>Takma Dişli Uzaylılar: Uzaylılar Belalı Kasaba'da!</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053848066</t>
+          <t>9786053849629</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kamelyaları</t>
+          <t>Takma Dişli Uzaylılar: İhtiyar Uzaylılar Yörüngede</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053846628</t>
+          <t>9786053849612</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Minnoş Masallar</t>
+          <t>Takma Dişli Uzaylılar: Kilerdeki Uzay Gemisi</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053843900</t>
+          <t>9786053848929</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu</t>
+          <t>Haddini Bilmek!</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053843917</t>
+          <t>9786053848882</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bölme</t>
+          <t>Kağıt Kıvırma Sanatı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053847274</t>
+          <t>9786053847472</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hafızanızla Mucizeler Yaratın</t>
+          <t>Hayatı Bütün Kalbinle Sev</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053847397</t>
+          <t>9786053847113</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek</t>
+          <t>Sonsuz Aşk</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053849315</t>
+          <t>9786053849452</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Annemi Yetiştiriyorum</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>13.89</v>
+        <v>20</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053849179</t>
+          <t>9786053849148</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanlış Kaç Doğru?</t>
+          <t>Sınırsız (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>150</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053848820</t>
+          <t>9786053848066</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Mucizesi</t>
+          <t>Sevgi Kamelyaları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053848561</t>
+          <t>9786053846628</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Manolya Kokulu Hikayeler</t>
+          <t>Minnoş Masallar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>9.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053848691</t>
+          <t>9786053843900</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Atilla - Tanrı'nın Kırbacı</t>
+          <t>Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>18.52</v>
+        <v>7</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053848851</t>
+          <t>9786053843917</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Stres ve Yaşamın Baskılarıyla Baş Etme Kılavuzu</t>
+          <t>Gizli Bölme</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053848721</t>
+          <t>9786053847274</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Han</t>
+          <t>Hafızanızla Mucizeler Yaratın</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053848714</t>
+          <t>9786053847397</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Cengizhan</t>
+          <t>Elif Gibi Sevmek</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053848042</t>
+          <t>9786053849315</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kendini İmha Etmenin Kolay Yolları</t>
+          <t>Annemi Yetiştiriyorum</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053848035</t>
+          <t>9786053849179</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bir Dakikada Rahatla</t>
+          <t>Bir Yanlış Kaç Doğru?</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>15.74</v>
+        <v>150</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053846635</t>
+          <t>9786053848820</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Tontiş Masallar</t>
+          <t>Kuantum Mucizesi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053846666</t>
+          <t>9786053848561</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Ezop Masalları</t>
+          <t>Manolya Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053846642</t>
+          <t>9786053848691</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Andersen Masalları</t>
+          <t>Atilla - Tanrı'nın Kırbacı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053847069</t>
+          <t>9786053848851</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Güzel Konuşarak İnsanları Etkileme</t>
+          <t>Gençler İçin Stres ve Yaşamın Baskılarıyla Baş Etme Kılavuzu</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053846109</t>
+          <t>9786053848721</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Altın Kurallar</t>
+          <t>Kubilay Han</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053846413</t>
+          <t>9786053848714</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Bunları Bilen Var mı?</t>
+          <t>Cengizhan</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053847977</t>
+          <t>9786053848042</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi</t>
+          <t>Kendini İmha Etmenin Kolay Yolları</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>6.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053847991</t>
+          <t>9786053848035</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı</t>
+          <t>Bir Dakikada Rahatla</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>6.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053848004</t>
+          <t>9786053846635</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası</t>
+          <t>Tontiş Masallar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053847984</t>
+          <t>9786053846666</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi</t>
+          <t>En Güzel Ezop Masalları</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053847960</t>
+          <t>9786053846642</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarlar Şatosu</t>
+          <t>En Güzel Andersen Masalları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053843450</t>
+          <t>9786053847069</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Aşk Kıvılcımı</t>
+          <t>Güzel Konuşarak İnsanları Etkileme</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053844679</t>
+          <t>9786053846109</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Unvansız Liderlik</t>
+          <t>İş Hayatında Altın Kurallar</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053843146</t>
+          <t>9786053846413</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Aşkın Gözyaşları</t>
+          <t>Bunları Bilen Var mı?</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053840367</t>
+          <t>9786053847977</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Türkler, İslamiyet ve Hilafet</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053841104</t>
+          <t>9786053847991</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs - Apple</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053845805</t>
+          <t>9786053848004</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Sahibi ve Saygılı Çocuklar Yetiştirmek</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053840589</t>
+          <t>9786053847984</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Yolculuğu</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789944204033</t>
+          <t>9786053847960</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Zekası</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarlar Şatosu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053843474</t>
+          <t>9786053843450</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sevgi mi? Bağımlılık mı?</t>
+          <t>Yüreğimdeki Aşk Kıvılcımı</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053840558</t>
+          <t>9786053844679</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zeka SQ</t>
+          <t>Unvansız Liderlik</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053844358</t>
+          <t>9786053843146</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Otoparktaki İnek</t>
+          <t>Umutsuz Aşkın Gözyaşları</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053842040</t>
+          <t>9786053840367</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Hafızanız Olsun İster misiniz?</t>
+          <t>Türkler, İslamiyet ve Hilafet</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053840466</t>
+          <t>9786053841104</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Oyunu</t>
+          <t>Steve Jobs - Apple</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053845096</t>
+          <t>9786053845805</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Mazeret Yok</t>
+          <t>Sorumluluk Sahibi ve Saygılı Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053844327</t>
+          <t>9786053840589</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Masal Saati Tik Tak</t>
+          <t>Sonsuzluk Yolculuğu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053845157</t>
+          <t>9789944204033</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Masal Arabası Bip Biip</t>
+          <t>Sevgi Zekası</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053845782</t>
+          <t>9786053843474</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kuantumla Yaşamanın Sırrı</t>
+          <t>Sevgi mi? Bağımlılık mı?</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053843634</t>
+          <t>9786053840558</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kuantumla İyileşmenin Sırrı</t>
+          <t>Ruhsal Zeka SQ</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053845256</t>
+          <t>9786053844358</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler Ağlarına Neden Yapışmazlar?</t>
+          <t>Otoparktaki İnek</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053845959</t>
+          <t>9786053842040</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yedikleriniz İlacınız Olsun!</t>
+          <t>Mükemmel Bir Hafızanız Olsun İster misiniz?</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053842736</t>
+          <t>9786053840466</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>YapBozlu 3 Harika Masal - 5</t>
+          <t>Mutluluk Oyunu</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053842187</t>
+          <t>9786053845096</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Ardındaki Gerçek</t>
+          <t>Mazeret Yok</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>9.17</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053843085</t>
+          <t>9786053844327</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Walmart’ın Ticaret Dahisi</t>
+          <t>Masal Saati Tik Tak</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053844914</t>
+          <t>9786053845157</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Renklerin İyileştirici Gücü</t>
+          <t>Masal Arabası Bip Biip</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052974049</t>
+          <t>9786053845782</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalplerin Melodisi</t>
+          <t>Kuantumla Yaşamanın Sırrı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052973943</t>
+          <t>9786053843634</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hanımlara, Küçük Beylere - Çilek Kokan Masallar (Ciltli)</t>
+          <t>Kuantumla İyileşmenin Sırrı</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>300</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789758809301</t>
+          <t>9786053845256</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme</t>
+          <t>Örümcekler Ağlarına Neden Yapışmazlar?</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>120</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052973462</t>
+          <t>9786053845959</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Boyama</t>
+          <t>Yedikleriniz İlacınız Olsun!</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>250</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052973615</t>
+          <t>9786053842736</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Nefes Almak İçin</t>
+          <t>YapBozlu 3 Harika Masal - 5</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052973431</t>
+          <t>9786053842187</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Geyik Zamanı (Ciltli)</t>
+          <t>Yalanın Ardındaki Gerçek</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>170</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052972816</t>
+          <t>9786053843085</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Walmart’ın Ticaret Dahisi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053846598</t>
+          <t>9786053844914</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Keloğlan Masalları (Ciltli)</t>
+          <t>Renklerin İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052972076</t>
+          <t>9786052974049</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi Seti (4 Kitap)</t>
+          <t>Kırık Kalplerin Melodisi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052973202</t>
+          <t>9786052973943</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Masal Arabası (Ciltli)</t>
+          <t>Küçük Hanımlara, Küçük Beylere - Çilek Kokan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052973196</t>
+          <t>9789758809301</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Masal Vapuru (Ciltli)</t>
+          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052973189</t>
+          <t>9786052973462</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Masal Treni (Ciltli)</t>
+          <t>Her Güne Yeni Bir Boyama</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052973219</t>
+          <t>9786052973615</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Masal Balonu (Ciltli)</t>
+          <t>Nefes Almak İçin</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052973059</t>
+          <t>9786052973431</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Çaylak - Geyik Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052972731</t>
+          <t>9786052972816</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Kırmızı Çıkartmalı Boyama</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052972052</t>
+          <t>9786053846598</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Eğlenceli Tatil Macerası</t>
+          <t>En Güzel Keloğlan Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052970324</t>
+          <t>9786052972076</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kokulu Masal Seti (5 Kitap Takım)</t>
+          <t>Kızlar Çetesi Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>69.44</v>
+        <v>100</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052971932</t>
+          <t>9786052973202</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Şirinlere Sevimli Masallar (Ciltli)</t>
+          <t>Masal Arabası (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052971925</t>
+          <t>9786052973196</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tontişlere Sevimli Masallar (Ciltli)</t>
+          <t>Masal Vapuru (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052971918</t>
+          <t>9786052973189</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ponponlara Sevimli Masallar (Ciltli)</t>
+          <t>Masal Treni (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052971895</t>
+          <t>9786052973219</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bıcırıklara Sevimli Masallar (Ciltli)</t>
+          <t>Masal Balonu (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052971901</t>
+          <t>9786052973059</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Minnoşlara Sevimli Masallar (Ciltli)</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052973226</t>
+          <t>9786052972731</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Masal Uçağı (Ciltli)</t>
+          <t>Shopkins Cicibiciler - Kırmızı Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052972564</t>
+          <t>9786052972052</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Ara Bul Eğlenceli Tatil Macerası</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053849414</t>
+          <t>9786052970324</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenslere Masallar (Ciltli)</t>
+          <t>Kokulu Masal Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>15</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053849421</t>
+          <t>9786052971932</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenslere Masallar</t>
+          <t>Şirinlere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>13.88</v>
+        <v>30</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053849759</t>
+          <t>9786052971925</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Turuncu Kitap</t>
+          <t>Tontişlere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>5.56</v>
+        <v>30</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052970010</t>
+          <t>9786052971918</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Masal Gezegeni</t>
+          <t>Ponponlara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052972113</t>
+          <t>9786052971895</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserleri</t>
+          <t>Bıcırıklara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052972021</t>
+          <t>9786052971901</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Köpekleri Seviyorum</t>
+          <t>Minnoşlara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052970003</t>
+          <t>9786052973226</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Masal Diyarı</t>
+          <t>Masal Uçağı (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>18.52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052974902</t>
+          <t>9786052972564</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Ünlü Dahiler Serisi</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052976685</t>
+          <t>9786053849414</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yetiştirme Etkisi</t>
+          <t>Küçük Prenslere Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>15</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052976722</t>
+          <t>9786053849421</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Duygu Düzenleme Ve Farkındalık</t>
+          <t>Küçük Prenslere Masallar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>300</v>
+        <v>13.88</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052976715</t>
+          <t>9786053849759</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Duygular, Kavramlar, Buzullar, Zaman, Spor (Ciltli)</t>
+          <t>Shopkins Cicibiciler Boyama - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052976708</t>
+          <t>9786052970010</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Bahçe, Banyo, Meslekler, Mevsimler, Hastane (Ciltli)</t>
+          <t>Masal Gezegeni</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053848400</t>
+          <t>9786052972113</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Stefan Zweig Seçme Eserleri</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052976678</t>
+          <t>9786052972021</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Pazar</t>
+          <t>Köpekleri Seviyorum</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052976661</t>
+          <t>9786052970003</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Cumartesi</t>
+          <t>Masal Diyarı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>140</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052976654</t>
+          <t>9786052974902</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Cuma</t>
+          <t>Marie Curie - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052976647</t>
+          <t>9786052976685</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Perşembe</t>
+          <t>Yetiştirme Etkisi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052976630</t>
+          <t>9786052976722</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Çarşamba</t>
+          <t>Duygu Düzenleme Ve Farkındalık</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052976623</t>
+          <t>9786052976715</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Salı</t>
+          <t>İlginç Sorular Kitabı - Duygular, Kavramlar, Buzullar, Zaman, Spor (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052976616</t>
+          <t>9786052976708</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Pazartesi</t>
+          <t>İlginç Sorular Kitabı - Bahçe, Banyo, Meslekler, Mevsimler, Hastane (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052976593</t>
+          <t>9786053848400</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Sağanak</t>
+          <t>Çilek Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C341" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052976609</t>
+          <t>9786052976678</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım</t>
+          <t>Zola ile Bir Hafta Pazar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052976586</t>
+          <t>9786052976661</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kontrol Edilemeyen Çocuk</t>
+          <t>Zola ile Bir Hafta Cumartesi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052970461</t>
+          <t>9786052976654</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bay Süper Kahraman</t>
+          <t>Zola ile Bir Hafta Cuma</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053843924</t>
+          <t>9786052976647</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çıkarma</t>
+          <t>Zola ile Bir Hafta Perşembe</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053843948</t>
+          <t>9786052976630</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gizli Matematik Sınavı</t>
+          <t>Zola ile Bir Hafta Çarşamba</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052975893</t>
+          <t>9786052976623</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Tombiş Ayıcık (Ciltli)</t>
+          <t>Zola ile Bir Hafta Salı</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052975886</t>
+          <t>9786052976616</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Afacan Sincap (Ciltli)</t>
+          <t>Zola ile Bir Hafta Pazartesi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052975909</t>
+          <t>9786052976593</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Piko (Ciltli)</t>
+          <t>Sağanak</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052975916</t>
+          <t>9786052976609</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Korkak Muzi (Ciltli)</t>
+          <t>Yıldırım</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052975879</t>
+          <t>9786052976586</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Dodo (Ciltli)</t>
+          <t>Kontrol Edilemeyen Çocuk</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052975633</t>
+          <t>9786052970461</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Edda’nın Dilek Kutusu - Dilek Değiş Tokuşu Başlıyor</t>
+          <t>Bay Süper Kahraman</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052975558</t>
+          <t>9786053843924</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Duyularımızı Tanıyalım</t>
+          <t>Gizli Çıkarma</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052975589</t>
+          <t>9786053843948</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuz Nasıl Çalışıyor?</t>
+          <t>Gizli Matematik Sınavı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052975503</t>
+          <t>9786052975893</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kahramanlar Macera Peşinde</t>
+          <t>Tombiş Ayıcık (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052975596</t>
+          <t>9786052975886</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Okulda Yapabildiklerim</t>
+          <t>Afacan Sincap (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053841739</t>
+          <t>9786052975909</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Babil Kehanetleri</t>
+          <t>Tavşan Piko (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>9.17</v>
+        <v>150</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052974964</t>
+          <t>9786052975916</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Benzama</t>
+          <t>Korkak Muzi (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052975107</t>
+          <t>9786052975879</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Haaland</t>
+          <t>Neşeli Dodo (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052975084</t>
+          <t>9786052975633</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hachiko</t>
+          <t>Edda’nın Dilek Kutusu - Dilek Değiş Tokuşu Başlıyor</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052975039</t>
+          <t>9786052975558</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Olalım</t>
+          <t>Duyularımızı Tanıyalım</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052974735</t>
+          <t>9786052975589</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Dünyayı Nasıl Değiştirir?</t>
+          <t>Vücudumuz Nasıl Çalışıyor?</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052974896</t>
+          <t>9786052975503</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Pablo Picasso - Ünlü Dahiler Serisi</t>
+          <t>Cesur Kahramanlar Macera Peşinde</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052974926</t>
+          <t>9786052975596</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Raffaello Sanzio - Ünlü Dahiler Serisi</t>
+          <t>Okulda Yapabildiklerim</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052974889</t>
+          <t>9786053841739</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin - Ünlü Dahiler Serisi</t>
+          <t>Babil Kehanetleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>60</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052974919</t>
+          <t>9786052974964</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tutankhamun - Ünlü Dahiler Serisi</t>
+          <t>Benzama</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944204675</t>
+          <t>9786052975107</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Küçük Melek Seni Seviyorum</t>
+          <t>Haaland</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053841807</t>
+          <t>9786052975084</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman İstediğiniz Hayatı Elde Edin</t>
+          <t>Hachiko</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>9.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>4440000001196</t>
+          <t>9786052975039</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir Boya 2</t>
+          <t>Arkadaş Olalım</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>4440000001195</t>
+          <t>9786052974735</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir Boya</t>
+          <t>Tasarım Dünyayı Nasıl Değiştirir?</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052974308</t>
+          <t>9786052974896</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Balkabağı!</t>
+          <t>Pablo Picasso - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052973837</t>
+          <t>9786052974926</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Geceler</t>
+          <t>Raffaello Sanzio - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052974568</t>
+          <t>9786052974889</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Coco Chanel - Ünlü Dahiler Serisi</t>
+          <t>Charles Darwin - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052974551</t>
+          <t>9786052974919</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo - Ünlü Dahiler Serisi</t>
+          <t>Tutankhamun - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052974544</t>
+          <t>9789944204675</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei - Ünlü Dahiler Serisi</t>
+          <t>Küçük Melek Seni Seviyorum</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052974537</t>
+          <t>9786053841807</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Ünlü Dahiler Serisi</t>
+          <t>Her Zaman İstediğiniz Hayatı Elde Edin</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>60</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052974520</t>
+          <t>4440000001196</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci - Ünlü Dahiler Serisi</t>
+          <t>Noktaları Birleştir Boya 2</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052974513</t>
+          <t>4440000001195</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - Ünlü Dahiler Serisi</t>
+          <t>Noktaları Birleştir Boya</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052974506</t>
+          <t>9786052974308</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Ünlü Dahiler Serisi</t>
+          <t>Bu Bir Balkabağı!</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052974490</t>
+          <t>9786052973837</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Vincent Van Gogh - Ünlü Dahiler Serisi</t>
+          <t>Fırtınalı Geceler</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052974483</t>
+          <t>9786052974568</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Wolfgang Amadeus Mozart - Ünlü Dahiler Serisi</t>
+          <t>Coco Chanel - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052974476</t>
+          <t>9786052974551</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein - Ünlü Dahiler Serisi</t>
+          <t>Frida Kahlo - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052974353</t>
+          <t>9786052974544</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kendime Mektuplar</t>
+          <t>Galileo Galilei - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053841593</t>
+          <t>9786052974537</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Oktay Usta İle Lezzet Yolculuğu</t>
+          <t>Isaac Newton - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052972700</t>
+          <t>9786052974520</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Leonardo da Vinci - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052974414</t>
+          <t>9786052974513</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Balmumu Müzesi'ndeki Hırsızlık - Tom O'Clock ve Zaman Dedektifleri</t>
+          <t>Louis Pasteur - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052974421</t>
+          <t>9786052974506</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Arenadaki Hayalet - Tom O'Clock ve Zaman Dedektifleri</t>
+          <t>Stephen Hawking - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>52</v>
+        <v>60</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052974438</t>
+          <t>9786052974490</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Tom O’Clok Yüzyılın Soygunu</t>
+          <t>Vincent Van Gogh - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053848516</t>
+          <t>9786052974483</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Oktay Usta ile 5 Çayı</t>
+          <t>Wolfgang Amadeus Mozart - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>13.89</v>
+        <v>60</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052972502</t>
+          <t>9786052974476</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Mini Masallar (10 Kitap Takım)</t>
+          <t>Albert Einstein - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052971178</t>
+          <t>9786052974353</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+          <t>Kendime Mektuplar</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>9.17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786052971147</t>
+          <t>9786053841593</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Etklili İletişim Önünde 8 Engel</t>
+          <t>Oktay Usta İle Lezzet Yolculuğu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>4.75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052974209</t>
+          <t>9786052972700</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Griezmann</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>70</v>
+        <v>25</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052974131</t>
+          <t>9786052974414</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo</t>
+          <t>Balmumu Müzesi'ndeki Hırsızlık - Tom O'Clock ve Zaman Dedektifleri</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052974186</t>
+          <t>9786052974421</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ey Dost</t>
+          <t>Arenadaki Hayalet - Tom O'Clock ve Zaman Dedektifleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052971659</t>
+          <t>9786052974438</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Sınırsız Güç</t>
+          <t>Tom O’Clok Yüzyılın Soygunu</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052971246</t>
+          <t>9786053848516</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Masal Kutusu (Ciltli)</t>
+          <t>Oktay Usta ile 5 Çayı</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052971277</t>
+          <t>9786052972502</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Masal Yıldızı (Ciltli)</t>
+          <t>Miniklere Mini Masallar (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052971253</t>
+          <t>9786052971178</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Masal Serüveni (Ciltli)</t>
+          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052971239</t>
+          <t>9786052971147</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Masal Balonu (Ciltli)</t>
+          <t>Etklili İletişim Önünde 8 Engel</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>13.89</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052971260</t>
+          <t>9786052974209</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Masal Sokağı (Ciltli)</t>
+          <t>Griezmann</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>13.89</v>
+        <v>70</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052973011</t>
+          <t>9786052974131</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Frida Kahlo</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052972069</t>
+          <t>9786052974186</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Ey Dost</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052972090</t>
+          <t>9786052971659</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seçme Eserleri</t>
+          <t>İçinizdeki Sınırsız Güç</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052971819</t>
+          <t>9786052971246</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserleri</t>
+          <t>Masal Kutusu (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052972434</t>
+          <t>9786052971277</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Aşk Laftan Anlamaz</t>
+          <t>Masal Yıldızı (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052971673</t>
+          <t>9786052971253</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük 100 Düşünürü</t>
+          <t>Masal Serüveni (Ciltli)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052971710</t>
+          <t>9786052971239</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Masal Balonu (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>80</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052973882</t>
+          <t>9786052971260</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Aşk Hikayesi</t>
+          <t>Masal Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052973868</t>
+          <t>9786052973011</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İçinde Aşk Saklı</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053844235</t>
+          <t>9786052972069</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Çocuklar Yetiştirmek</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053844860</t>
+          <t>9786052972090</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kan Grubunuza Göre Beslenme</t>
+          <t>Sabahattin Ali Seçme Eserleri</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053849940</t>
+          <t>9786052971819</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Süvari</t>
+          <t>Stefan Zweig Seçme Eserleri</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053848486</t>
+          <t>9786052972434</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik, Doğum ve Bebek</t>
+          <t>Aşk Laftan Anlamaz</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052975508</t>
+          <t>9786052971673</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Başarılı İletişimin Sırları</t>
+          <t>Dünyanın En Büyük 100 Düşünürü</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053843573</t>
+          <t>9786052971710</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzla İşbirliği Yapın</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053846024</t>
+          <t>9786052973882</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Boşver Gitsin!</t>
+          <t>Bir Küçük Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053848707</t>
+          <t>9786052973868</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Örülü Hikayeler (Çilek Kokulu) (Ciltli)</t>
+          <t>İçinde Aşk Saklı</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>17.59</v>
+        <v>40</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052971611</t>
+          <t>9786053844235</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Besin Paradoksu</t>
+          <t>Kendine Güvenen Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052971635</t>
+          <t>9786053844860</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>BTS - K-Pop Mucizesi (Ciltli)</t>
+          <t>Kan Grubunuza Göre Beslenme</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786052970782</t>
+          <t>9786053849940</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Ponçiklere Sevimli Masallar (Ciltli)</t>
+          <t>Hayalet Süvari</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052970799</t>
+          <t>9786053848486</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Pofidiklere Sevimli Masallar (Ciltli)</t>
+          <t>Hamilelik, Doğum ve Bebek</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052970836</t>
+          <t>9786052975508</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Seven Ben</t>
+          <t>Etkili ve Başarılı İletişimin Sırları</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786052970805</t>
+          <t>9786053843573</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>Çocuğunuzla İşbirliği Yapın</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>12</v>
+        <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053849131</t>
+          <t>9786053846024</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Noktalarla Dans</t>
+          <t>Boşver Gitsin!</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052970256</t>
+          <t>9786053848707</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Aşk İle Örülü Hikayeler (Çilek Kokulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>60</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052970928</t>
+          <t>9786052971611</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Uğultu Tepeler</t>
+          <t>Besin Paradoksu</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052970829</t>
+          <t>9786052971635</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Gelen Sen</t>
+          <t>BTS - K-Pop Mucizesi (Ciltli)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053849650</t>
+          <t>9786052970782</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Saklı Gerçeklerin Gölgesinde</t>
+          <t>Ponçiklere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053849582</t>
+          <t>9786052970799</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gizemli Suçların Peşinde</t>
+          <t>Pofidiklere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052971383</t>
+          <t>9786052970836</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sevdim Gitti</t>
+          <t>Ansızın Seven Ben</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053849988</t>
+          <t>9786052970805</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Esrarengiz Suçluların Ardında</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053849834</t>
+          <t>9786053849131</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Şüpheli Tavırların İzinde</t>
+          <t>Noktalarla Dans</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053849827</t>
+          <t>9786052970256</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Görünen Gerçeklerin Ötesinde</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052971376</t>
+          <t>9786052970928</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bağırsak</t>
+          <t>Uğultu Tepeler</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053848769</t>
+          <t>9786052970829</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutluluklar Pastanesi (Kokulu Kitap)</t>
+          <t>Ansızın Gelen Sen</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>18.52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052971123</t>
+          <t>9786053849650</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>90 Günde Aşkı Bulun!</t>
+          <t>Sherlock Holmes - Saklı Gerçeklerin Gölgesinde</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052970454</t>
+          <t>9786053849582</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kurallar Kitabı</t>
+          <t>Sherlock Holmes - Gizemli Suçların Peşinde</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053849339</t>
+          <t>9786052971383</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Sevdim Gitti</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053849605</t>
+          <t>9786053849988</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Süper Şakalar Tatilde</t>
+          <t>Sherlock Holmes - Esrarengiz Suçluların Ardında</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053849599</t>
+          <t>9786053849834</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Süper Şakalar Okulda</t>
+          <t>Sherlock Holmes - Şüpheli Tavırların İzinde</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052970645</t>
+          <t>9786053849827</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Beyinli Çocuk Yetiştirme</t>
+          <t>Sherlock Holmes - Görünen Gerçeklerin Ötesinde</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052970508</t>
+          <t>9786052971376</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Bilgiler 1</t>
+          <t>Akıllı Bağırsak</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>18.52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052970492</t>
+          <t>9786053848769</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle İknanın Psikolojisi</t>
+          <t>Küçük Mutluluklar Pastanesi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053845058</t>
+          <t>9786052971123</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Başarının Yolu: Beden Dilini Anlamak</t>
+          <t>90 Günde Aşkı Bulun!</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053845041</t>
+          <t>9786052970454</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma</t>
+          <t>Kurallar Kitabı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053844365</t>
+          <t>9786053849339</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Anında Etki</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052974827</t>
+          <t>9786053849605</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mor Kitap</t>
+          <t>Süper Şakalar Tatilde</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053849445</t>
+          <t>9786053849599</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Adam Gibi Adam Diyor Ki</t>
+          <t>Süper Şakalar Okulda</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053849490</t>
+          <t>9786052970645</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Bıdıklara Sevimli Masallar (Ciltli)</t>
+          <t>Mükemmel Beyinli Çocuk Yetiştirme</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053849117</t>
+          <t>9786052970508</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Aşk Koksun Hikayeler</t>
+          <t>Lüzumsuz Bilgiler 1</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053849483</t>
+          <t>9786052970492</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcıklara Sevimli Masallar (Ciltli)</t>
+          <t>Kelimelerle İknanın Psikolojisi</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053848875</t>
+          <t>9786053845058</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Noktalarla Gelen Huzur</t>
+          <t>İletişimde Başarının Yolu: Beden Dilini Anlamak</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053849803</t>
+          <t>9786053845041</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ateşkes</t>
+          <t>Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053849360</t>
+          <t>9786053844365</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Anında Etki</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053849285</t>
+          <t>9786052974827</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Rüya Tabirleri</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mor Kitap</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053848660</t>
+          <t>9786053849445</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Büyükler için Boyama - Benim Renkli Dünyam (Kokulu Kitap)</t>
+          <t>Adam Gibi Adam Diyor Ki</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053848783</t>
+          <t>9786053849490</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Gönülçelen (Kokulu Kitap)</t>
+          <t>Bıdıklara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053843894</t>
+          <t>9786053849117</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ölçme</t>
+          <t>Yeter ki Aşk Koksun Hikayeler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053843931</t>
+          <t>9786053849483</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Gizli Toplama</t>
+          <t>Pıtırcıklara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053848899</t>
+          <t>9786053848875</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali (Kokulu Kitap)</t>
+          <t>Noktalarla Gelen Huzur</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053841012</t>
+          <t>9786053849803</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gücüyle İyileşme</t>
+          <t>Ateşkes</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053842590</t>
+          <t>9786053849360</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Yüz Okuma</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053847373</t>
+          <t>9786053849285</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>En Güzel Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>190</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053843559</t>
+          <t>9786053848660</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Hayat Dersleri</t>
+          <t>Büyükler için Boyama - Benim Renkli Dünyam (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053848776</t>
+          <t>9786053848783</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Benim Renkli Hayallerim (Kokulu Kitap)</t>
+          <t>Gönülçelen (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052974179</t>
+          <t>9786053843894</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Sadako (Ciltli)</t>
+          <t>Gizli Ölçme</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052974117</t>
+          <t>9786053843931</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Oyun</t>
+          <t>Gizli Toplama</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>40</v>
+        <v>7</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052974124</t>
+          <t>9786053848899</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Katilin İçgüdüsü</t>
+          <t>Bir Şeftali Bin Şeftali (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052973479</t>
+          <t>9786053841012</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Basit Çizim Teknikleri</t>
+          <t>Zihin Gücüyle İyileşme</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052973578</t>
+          <t>9786053842590</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Yüz Okuma</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052973783</t>
+          <t>9786053847373</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Mücevherleri - Gizem Kulübü</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052973769</t>
+          <t>9786053843559</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Louvre Soygunu - Gizem Kulübü</t>
+          <t>Mevlana’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052973776</t>
+          <t>9786053848776</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Kristal Kafatasları - Gizem Kulübü</t>
+          <t>Benim Renkli Hayallerim (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052973691</t>
+          <t>9786052974179</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Dünya İşgal Altında! - Sakar Uzaylılar İş Başında</t>
+          <t>Sadako (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052973677</t>
+          <t>9786052974117</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kasabaya Uzaylı Çıkarması - Sakar Uzaylılar İş Başında</t>
+          <t>Ölümcül Oyun</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052973653</t>
+          <t>9786052974124</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ultra Sivrisineklerin İstilası - Sakar Uzaylılar İş Başında</t>
+          <t>Katilin İçgüdüsü</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052973660</t>
+          <t>9786052973479</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kilerdeki Uzay Gemisi - Sakar Uzaylılar İş Başında</t>
+          <t>Çocuklar İçin Basit Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>25</v>
+        <v>80</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052973790</t>
+          <t>9786052973578</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Firavunun Hazinesi - Gizem Kulübü</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052972861</t>
+          <t>9786052973783</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Blackpink</t>
+          <t>Kraliçenin Mücevherleri - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052972533</t>
+          <t>9786052973769</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Lily Tek Başına</t>
+          <t>Louvre Soygunu - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052972687</t>
+          <t>9786052973776</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Formülü</t>
+          <t>Kristal Kafatasları - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052974087</t>
+          <t>9786052973691</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Beş - Karındeşen Jack Tarafından Öldürülen Beş Kadının Hiç Anlatılmamış Hayatları</t>
+          <t>Dünya İşgal Altında! - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052972670</t>
+          <t>9786052973677</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel</t>
+          <t>Kasabaya Uzaylı Çıkarması - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052972762</t>
+          <t>9786052973653</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Doğanın Muhafazaları (Ciltli)</t>
+          <t>Ultra Sivrisineklerin İstilası - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052973912</t>
+          <t>9786052973660</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Diyarında - Süperkız</t>
+          <t>Kilerdeki Uzay Gemisi - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052973905</t>
+          <t>9786052973790</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Peşinde - Süperkız</t>
+          <t>Firavunun Hazinesi - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052973684</t>
+          <t>9786052972861</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kasabadaki Tuhaf Ajan - Sakar Uzaylılar İş Başında</t>
+          <t>Blackpink</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052973288</t>
+          <t>9786052972533</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Çiftlik Hayvanları</t>
+          <t>Lily Tek Başına</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052973332</t>
+          <t>9786052972687</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Geniş Çayırlar</t>
+          <t>Mutluluğun Formülü</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052973295</t>
+          <t>9786052974087</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Kahraman İtfaiyeciler</t>
+          <t>Beş - Karındeşen Jack Tarafından Öldürülen Beş Kadının Hiç Anlatılmamış Hayatları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052973875</t>
+          <t>9786052972670</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Umut Meselesi</t>
+          <t>Mükemmel</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052973851</t>
+          <t>9786052972762</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kış Şarkısı</t>
+          <t>Shopkins Cicibiciler - Doğanın Muhafazaları (Ciltli)</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052973707</t>
+          <t>9786052973912</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Gün Geçiyor - Prenses Vanilya</t>
+          <t>Hayaller Diyarında - Süperkız</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052973714</t>
+          <t>9786052973905</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Görgü Kurallarını Öğreniyorum - Prenses Vanilya</t>
+          <t>Mutluluğun Peşinde - Süperkız</t>
         </is>
       </c>
       <c r="C495" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052973806</t>
+          <t>9786052973684</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Hayvan Atlası</t>
+          <t>Kasabadaki Tuhaf Ajan - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052973448</t>
+          <t>9786052973288</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Çıkartmalı Aktivite - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052972847</t>
+          <t>9786052973332</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Kaderde Varsa aşk Olur</t>
+          <t>Çıkartmalı Aktivite - Geniş Çayırlar</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052972793</t>
+          <t>9786052973295</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Game of Thrones'tan Liderlik Sırları</t>
+          <t>Çıkartmalı Aktivite - Kahraman İtfaiyeciler</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052972830</t>
+          <t>9786052973875</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 1 - Macera</t>
+          <t>Bir Küçük Umut Meselesi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052971390</t>
+          <t>9786052973851</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 2 - Hayvanlar</t>
+          <t>Kış Şarkısı</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052972526</t>
+          <t>9786052973707</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 4 - Prenses</t>
+          <t>Mükemmel Bir Gün Geçiyor - Prenses Vanilya</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052972779</t>
+          <t>9786052973714</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 5 - Prens</t>
+          <t>Görgü Kurallarını Öğreniyorum - Prenses Vanilya</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052972755</t>
+          <t>9786052973806</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 3 - Moral</t>
+          <t>Çıkartmalı Hayvan Atlası</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052973486</t>
+          <t>9786052973448</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Güneşini Uyandır</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052973349</t>
+          <t>9786052972847</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Yağmur Ormanları</t>
+          <t>Kaderde Varsa aşk Olur</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052973745</t>
+          <t>9786052972793</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Cücelerin Ormanı - Oyna ve Eğlen</t>
+          <t>Game of Thrones'tan Liderlik Sırları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052973721</t>
+          <t>9786052972830</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Perilerin Bahçesi - Oyna ve Eğlen</t>
+          <t>Aktiviteli Masallar 1 - Macera</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052973301</t>
+          <t>9786052971390</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Binicilik Okulu</t>
+          <t>Aktiviteli Masallar 2 - Hayvanlar</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052973271</t>
+          <t>9786052972526</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Ormandaki Canlılar</t>
+          <t>Aktiviteli Masallar 4 - Prenses</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052972809</t>
+          <t>9786052972779</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Davranışlarını Anlayabilmek</t>
+          <t>Aktiviteli Masallar 5 - Prens</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052972786</t>
+          <t>9786052972755</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmekle Başladı Her Şey</t>
+          <t>Aktiviteli Masallar 3 - Moral</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052973318</t>
+          <t>9786052973486</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Prensesler</t>
+          <t>Güneşini Uyandır</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052973844</t>
+          <t>9786052973349</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Beklerken Büyüdüm</t>
+          <t>Çıkartmalı Aktivite - Yağmur Ormanları</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052971628</t>
+          <t>9786052973745</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mehtap</t>
+          <t>Cücelerin Ormanı - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052973370</t>
+          <t>9786052973721</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Etkili İnsan Olmak</t>
+          <t>Perilerin Bahçesi - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052973080</t>
+          <t>9786052973301</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>BTS - K-Pop Mucizesi</t>
+          <t>Çıkartmalı Aktivite - Binicilik Okulu</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052973752</t>
+          <t>9786052973271</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Büyücülerin Şatosu - Oyna ve Eğlen</t>
+          <t>Çıkartmalı Aktivite - Ormandaki Canlılar</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052973325</t>
+          <t>9786052972809</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Dağlar - Çıkartmalı Aktivite</t>
+          <t>Çocuğunuzun Davranışlarını Anlayabilmek</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052973738</t>
+          <t>9786052972786</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Korsanların Gemisi - Oyna ve Eğlen</t>
+          <t>Seni Sevmekle Başladı Her Şey</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052973363</t>
+          <t>9786052973318</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Einstein</t>
+          <t>Çıkartmalı Aktivite - Prensesler</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052973004</t>
+          <t>9786052973844</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Seni Bana Getiren Her Şey</t>
+          <t>Beklerken Büyüdüm</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052972991</t>
+          <t>9786052971628</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Messi mi? Ronaldo mu?</t>
+          <t>Benim Adım Mehtap</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052972908</t>
+          <t>9786052973370</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Kovalanır</t>
+          <t>Etkili İnsan Olmak</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052972496</t>
+          <t>9786052973080</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Seçme Eserleri</t>
+          <t>BTS - K-Pop Mucizesi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052972724</t>
+          <t>9786052973752</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Mavi Çıkartmalı Boyama</t>
+          <t>Büyücülerin Şatosu - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052972717</t>
+          <t>9786052973325</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Mor Çıkartmalı Boyama</t>
+          <t>Yüksek Dağlar - Çıkartmalı Aktivite</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052972663</t>
+          <t>9786052973738</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Yeşil Çıkartmalı Boyama</t>
+          <t>Korsanların Gemisi - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052972632</t>
+          <t>9786052973363</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Koyu Pembe Çıkartmalı Boyama</t>
+          <t>Einstein</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052973028</t>
+          <t>9786052973004</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Seni Bana Getiren Her Şey</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052972137</t>
+          <t>9786052972991</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Messi mi? Ronaldo mu?</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>20</v>
+        <v>70</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052972144</t>
+          <t>9786052972908</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Kaçan Kovalanır</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052972120</t>
+          <t>9786052972496</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Halil Cibran Seçme Eserleri</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052972106</t>
+          <t>9786052972724</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyasında Yaşasaydık Ne Olurdu ?</t>
+          <t>Shopkins Cicibiciler - Mavi Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052973035</t>
+          <t>9786052972717</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Profilci</t>
+          <t>Shopkins Cicibiciler - Mor Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052972984</t>
+          <t>9786052972663</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Şarkıcı Cici Piyano</t>
+          <t>Shopkins Cicibiciler - Yeşil Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052972977</t>
+          <t>9786052972632</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Sürpriz Parti</t>
+          <t>Shopkins Cicibiciler - Koyu Pembe Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052972458</t>
+          <t>9786052973028</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Bones ile Toplama Çıkarma Serüveni</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052972465</t>
+          <t>9786052972137</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Bones İle Çarpım Taplosu Serüveni</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052972960</t>
+          <t>9786052972144</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Mutsuz Kurabi</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052972823</t>
+          <t>9786052972120</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Seçme Eserleri</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052972588</t>
+          <t>9786052972106</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Yalan Söylemenin Sonu</t>
+          <t>Hayvanlar Dünyasında Yaşasaydık Ne Olurdu ?</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052972953</t>
+          <t>9786052973035</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Çok Konuşan Püslü Elma</t>
+          <t>Profilci</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052972151</t>
+          <t>9786052972984</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik - Gizli</t>
+          <t>Shopkins Cicibiciler - Şarkıcı Cici Piyano</t>
         </is>
       </c>
       <c r="C544" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052972014</t>
+          <t>9786052972977</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kedileri Seviyorum</t>
+          <t>Shopkins Cicibiciler - Sürpriz Parti</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052972182</t>
+          <t>9786052972458</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Yosun Sosu Sevenler Derneği - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Sherlock Bones ile Toplama Çıkarma Serüveni</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052972199</t>
+          <t>9786052972465</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Porsuk Çetesi - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Sherlock Bones İle Çarpım Taplosu Serüveni</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052972168</t>
+          <t>9786052972960</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kurt Adam Kedi - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Shopkins Cicibiciler - Mutsuz Kurabi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052972175</t>
+          <t>9786052972823</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Bir Sansar - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Samed Behrengi Seçme Eserleri</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>25</v>
+        <v>200</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052975695</t>
+          <t>9786052972588</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ronaldo</t>
+          <t>Shopkins Cicibiciler - Yalan Söylemenin Sonu</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052976517</t>
+          <t>9786052972953</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Bıcırıklara Büyük Masallar Kitabım (Ciltli)</t>
+          <t>Shopkins Cicibiciler - Çok Konuşan Püslü Elma</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052976524</t>
+          <t>9786052972151</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Şirinlere Büyük Masallar Kitabım (Ciltli)</t>
+          <t>Eğlenceli Matematik - Gizli</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052976531</t>
+          <t>9786052972014</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Büyük Masallar Kitabım (Ciltli)</t>
+          <t>Kedileri Seviyorum</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052975091</t>
+          <t>9786052972182</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sadako</t>
+          <t>Yosun Sosu Sevenler Derneği - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>60</v>
+        <v>25</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786053847038</t>
+          <t>9786052972199</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Mesaj Sizsiniz</t>
+          <t>Porsuk Çetesi - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052976500</t>
+          <t>9786052972168</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kabak Necmi ve Süper Ekip - Gofret Kral'ın Hazin Sonu</t>
+          <t>Kurt Adam Kedi - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052975008</t>
+          <t>9786052972175</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Mesafeler Sevgiye Engel Değil</t>
+          <t>Karanlıkta Bir Sansar - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052976463</t>
+          <t>9786052975695</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlik Sorunlarına Kazdin Metoduyla Bilimsel Cevaplar</t>
+          <t>Cesur Ronaldo</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052976470</t>
+          <t>9786052976517</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yoluyla Dinginliğe Ulaşın</t>
+          <t>Bıcırıklara Büyük Masallar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052975282</t>
+          <t>9786052976524</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler - 4  Popüler Bilim Dizisi</t>
+          <t>Şirinlere Büyük Masallar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052975367</t>
+          <t>9786052976531</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler - 6</t>
+          <t>Miniklere Büyük Masallar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052975312</t>
+          <t>9786052975091</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler - 5 Popüler Bilim Dizisi</t>
+          <t>Sadako</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786052974346</t>
+          <t>9786053847038</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>100 Psikolojik Varsayım</t>
+          <t>Mesaj Sizsiniz</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052974155</t>
+          <t>9786052976500</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler 2</t>
+          <t>Kabak Necmi ve Süper Ekip - Gofret Kral'ın Hazin Sonu</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052974148</t>
+          <t>9786052975008</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler 1</t>
+          <t>Mesafeler Sevgiye Engel Değil</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052971871</t>
+          <t>9786052976463</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hachiko</t>
+          <t>Ebeveynlik Sorunlarına Kazdin Metoduyla Bilimsel Cevaplar</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052973066</t>
+          <t>9786052976470</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Zihin Yoluyla Dinginliğe Ulaşın</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052976418</t>
+          <t>9786052975282</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Geleceğiniz İçin Geçmişinizi İyileştirin</t>
+          <t>Çok Acayip Eğlenceli Bilgiler - 4  Popüler Bilim Dizisi</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052974100</t>
+          <t>9786052975367</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olma Yolculuğu</t>
+          <t>Çok Acayip Eğlenceli Bilgiler - 6</t>
         </is>
       </c>
       <c r="C569" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052974865</t>
+          <t>9786052975312</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü</t>
+          <t>Çok Acayip Eğlenceli Bilgiler - 5 Popüler Bilim Dizisi</t>
         </is>
       </c>
       <c r="C570" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052974698</t>
+          <t>9786052974346</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Yöntemi</t>
+          <t>100 Psikolojik Varsayım</t>
         </is>
       </c>
       <c r="C571" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786053849544</t>
+          <t>9786052974155</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Mandalina Kokulu Masallar</t>
+          <t>Çok Acayip Eğlenceli Bilgiler 2</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052976388</t>
+          <t>9786052974148</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Keşifler Kitabı - Hayvanlar Vücudumuz Şekiller (Ciltli)</t>
+          <t>Çok Acayip Eğlenceli Bilgiler 1</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052976395</t>
+          <t>9786052971871</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Keşifler Kitabı - Taşıtlar Yiyecekler Zıt Kavramlar (Ciltli)</t>
+          <t>Hachiko</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052976371</t>
+          <t>9786052973066</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Keşifler Kitabı - Renkler Giysiler Sayılar (Ciltli)</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052975374</t>
+          <t>9786052976418</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kökenler</t>
+          <t>Geleceğiniz İçin Geçmişinizi İyileştirin</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052975961</t>
+          <t>9786052974100</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşün Sağlıklı Ol</t>
+          <t>İnsan Olma Yolculuğu</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052976364</t>
+          <t>9786052974865</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Küçük Alışkanlıkların Devrimi</t>
+          <t>Hayal Gücü</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052976357</t>
+          <t>9786052974698</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizin İlk Yılında Kimsenin Size Söylemediği B*ktan Şeyler</t>
+          <t>Kuantum Düşünce Yöntemi</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786052976340</t>
+          <t>9786053849544</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Şokus Pokus Çikolatası - Jaguarın Sırrı</t>
+          <t>Mandalina Kokulu Masallar</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052976333</t>
+          <t>9786052976388</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Şokus Pokus Çikolatası - Vanilya Çılgınlığı</t>
+          <t>Bebeğimin İlk Keşifler Kitabı - Hayvanlar Vücudumuz Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052976326</t>
+          <t>9786052976395</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Şokus Pokus Çikolatası - Gizemli Kupanın Peşinde</t>
+          <t>Bebeğimin İlk Keşifler Kitabı - Taşıtlar Yiyecekler Zıt Kavramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052976302</t>
+          <t>9786052976371</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bir Yaz</t>
+          <t>Bebeğimin İlk Keşifler Kitabı - Renkler Giysiler Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052976210</t>
+          <t>9786052975374</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Yediklerimizi Neden Yiyoruz?</t>
+          <t>Kökenler</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052976258</t>
+          <t>9786052975961</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Stres Yönetimi</t>
+          <t>Pozitif Düşün Sağlıklı Ol</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052976265</t>
+          <t>9786052976364</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kontrolü</t>
+          <t>Küçük Alışkanlıkların Devrimi</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052976241</t>
+          <t>9786052976357</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Bin Beyin</t>
+          <t>Bebeğinizin İlk Yılında Kimsenin Size Söylemediği B*ktan Şeyler</t>
         </is>
       </c>
       <c r="C587" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052976012</t>
+          <t>9786052976340</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Aralıklı Oruçta Yeni Yaklaşım</t>
+          <t>Şokus Pokus Çikolatası - Jaguarın Sırrı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052971048</t>
+          <t>9786052976333</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Karamel Kokulu Masallar</t>
+          <t>Şokus Pokus Çikolatası - Vanilya Çılgınlığı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052971062</t>
+          <t>9786052976326</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Kokulu Masallar</t>
+          <t>Şokus Pokus Çikolatası - Gizemli Kupanın Peşinde</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052971031</t>
+          <t>9786052976302</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Karadut Kokulu Masallar</t>
+          <t>Çılgın Bir Yaz</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052971024</t>
+          <t>9786052976210</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>İncir Kokulu Masallar</t>
+          <t>Yediklerimizi Neden Yiyoruz?</t>
         </is>
       </c>
       <c r="C592" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052971055</t>
+          <t>9786052976258</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kayısı Kokulu Masallar</t>
+          <t>Stres Yönetimi</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052970249</t>
+          <t>9786052976265</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kakao Kokulu Masallar</t>
+          <t>Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052970195</t>
+          <t>9786052976241</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Ananas Kokulu Masallar</t>
+          <t>Bin Beyin</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786053849568</t>
+          <t>9786052976012</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Vişne Kokulu Masallar</t>
+          <t>Aralıklı Oruçta Yeni Yaklaşım</t>
         </is>
       </c>
       <c r="C596" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786053849551</t>
+          <t>9786052971048</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Tarçın Kokulu Masallar</t>
+          <t>Karamel Kokulu Masallar</t>
         </is>
       </c>
       <c r="C597" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786053849537</t>
+          <t>9786052971062</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kokulu Masallar</t>
+          <t>Kiraz Kokulu Masallar</t>
         </is>
       </c>
       <c r="C598" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786053843160</t>
+          <t>9786052971031</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>İnsan Zihnini Kontrol Etmek</t>
+          <t>Karadut Kokulu Masallar</t>
         </is>
       </c>
       <c r="C599" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052976234</t>
+          <t>9786052971024</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Beynin Bilimi</t>
+          <t>İncir Kokulu Masallar</t>
         </is>
       </c>
       <c r="C600" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052976227</t>
+          <t>9786052971055</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Akıllı İnsanlar Başkalarıyla Nasıl Başarılı Çalışır?</t>
+          <t>Kayısı Kokulu Masallar</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052975817</t>
+          <t>9786052970249</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Yazı Mı, Tura Mı?</t>
+          <t>Kakao Kokulu Masallar</t>
         </is>
       </c>
       <c r="C602" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052976180</t>
+          <t>9786052970195</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalp Benim</t>
+          <t>Ananas Kokulu Masallar</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786052976173</t>
+          <t>9786053849568</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Fazlalıklardan Kurtulma Sanatı</t>
+          <t>Vişne Kokulu Masallar</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786052976159</t>
+          <t>9786053849551</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Collın’in Günlüğü</t>
+          <t>Tarçın Kokulu Masallar</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052976104</t>
+          <t>9786053849537</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Rex Dexter’ın Maceraları - Hayalet Tavuk ve Ben</t>
+          <t>Karpuz Kokulu Masallar</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052976111</t>
+          <t>9786053843160</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Rex Dexter’ın Maceraları - Yanımdaki Denizgergedanı</t>
+          <t>İnsan Zihnini Kontrol Etmek</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052976135</t>
+          <t>9786052976234</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızın Maceraları - Köpük Banyosu ve Dans Eden Patenler</t>
+          <t>Beynin Bilimi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052976142</t>
+          <t>9786052976227</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızın Maceraları - Limonata Gölü ve Şişedeki Mesaj</t>
+          <t>Akıllı İnsanlar Başkalarıyla Nasıl Başarılı Çalışır?</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052976128</t>
+          <t>9786052975817</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızın Maceraları - Tropikal Kuşlar ve Kraliyet Bayrağı</t>
+          <t>Yazı Mı, Tura Mı?</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052976074</t>
+          <t>9786052976180</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Bu Kalp Benim</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052976081</t>
+          <t>9786052976173</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>Fazlalıklardan Kurtulma Sanatı</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052973639</t>
+          <t>9786052976159</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>İki Terapistin Terapi Notları</t>
+          <t>YouTuber Collın’in Günlüğü</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052976098</t>
+          <t>9786052976104</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Zaman</t>
+          <t>Rex Dexter’ın Maceraları - Hayalet Tavuk ve Ben</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052975992</t>
+          <t>9786052976111</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dünyamızı Nasıl Şekillendirdi ?</t>
+          <t>Rex Dexter’ın Maceraları - Yanımdaki Denizgergedanı</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052975978</t>
+          <t>9786052976135</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Ateşböceği Obası’nın Kızları</t>
+          <t>Havalı Kızın Maceraları - Köpük Banyosu ve Dans Eden Patenler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052975985</t>
+          <t>9786052976142</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>İyi Yürekli Panda</t>
+          <t>Havalı Kızın Maceraları - Limonata Gölü ve Şişedeki Mesaj</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052976050</t>
+          <t>9786052976128</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi</t>
+          <t>Havalı Kızın Maceraları - Tropikal Kuşlar ve Kraliyet Bayrağı</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052976067</t>
+          <t>9786052976074</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi - Kapkek Kraliçeleri</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052976043</t>
+          <t>9786052976081</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>İlaç Dünyası Hakkındaki Gerçekler</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052976005</t>
+          <t>9786052973639</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Beden Dilinin Sırları</t>
+          <t>İki Terapistin Terapi Notları</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052975824</t>
+          <t>9786052976098</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Roblox-Mega Hits</t>
+          <t>Zaman</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052976029</t>
+          <t>9786052975992</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Matthew Perry</t>
+          <t>Felsefe Dünyamızı Nasıl Şekillendirdi ?</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052975541</t>
+          <t>9786052975978</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Adım Adım Hayata (Kokulu Kitap)</t>
+          <t>Ateşböceği Obası’nın Kızları</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052975954</t>
+          <t>9786052975985</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Turkuaz</t>
+          <t>İyi Yürekli Panda</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052975930</t>
+          <t>9786052976050</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı</t>
+          <t>Çilli Kızlar Çetesi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052975947</t>
+          <t>9786052976067</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Turuncu</t>
+          <t>Çilli Kızlar Çetesi - Kapkek Kraliçeleri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052975862</t>
+          <t>9786052976043</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Benzema</t>
+          <t>İlaç Dünyası Hakkındaki Gerçekler</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052975831</t>
+          <t>9786052976005</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Makine Lewandowski</t>
+          <t>Beden Dilinin Sırları</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052975855</t>
+          <t>9786052975824</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Golcü Mane</t>
+          <t>Roblox-Mega Hits</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052975848</t>
+          <t>9786052976029</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Haaland</t>
+          <t>Matthew Perry</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>4440000003802</t>
+          <t>9786052975541</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Bildiğin Kızlardan Değilim</t>
+          <t>Kızlar Çetesi - Adım Adım Hayata (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052975763</t>
+          <t>9786052975954</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Gizli Matematik Sınavı</t>
+          <t>İlginç Sorular Kitabı - Turkuaz</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052975749</t>
+          <t>9786052975930</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Gizli Toplama</t>
+          <t>İlginç Sorular Kitabı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052975770</t>
+          <t>9786052975947</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çıkarma</t>
+          <t>İlginç Sorular Kitabı - Turuncu</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052975794</t>
+          <t>9786052975862</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bölme</t>
+          <t>Kasırga Benzema</t>
         </is>
       </c>
       <c r="C636" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052975787</t>
+          <t>9786052975831</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çarpım Tablosu</t>
+          <t>Makine Lewandowski</t>
         </is>
       </c>
       <c r="C637" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052975756</t>
+          <t>9786052975855</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ölçme</t>
+          <t>Golcü Mane</t>
         </is>
       </c>
       <c r="C638" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052975510</t>
+          <t>9786052975848</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bir Dostun Desteği</t>
+          <t>Fırtına Haaland</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786052975534</t>
+          <t>4440000003802</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Şımarık Kedicik ve Neşeli Filin Maceraları</t>
+          <t>Ben Senin Bildiğin Kızlardan Değilim</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052975800</t>
+          <t>9786052975763</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Bir Sonraki Einsteın Sen Olabilirsin</t>
+          <t>Gizli Matematik Sınavı</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052975718</t>
+          <t>9786052975749</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Şimşek Mbappe</t>
+          <t>Gizli Toplama</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052975701</t>
+          <t>9786052975770</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Messi</t>
+          <t>Gizli Çıkarma</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052975732</t>
+          <t>9786052975794</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Neymar</t>
+          <t>Gizli Bölme</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052975725</t>
+          <t>9786052975787</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kral Salah</t>
+          <t>Gizli Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052975688</t>
+          <t>9786052975756</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Eversloth Malikanesi Gizemi</t>
+          <t>Gizli Ölçme</t>
         </is>
       </c>
       <c r="C646" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052975671</t>
+          <t>9786052975510</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Krallık Gizemi</t>
+          <t>Bir Dostun Desteği</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052975664</t>
+          <t>9786052975534</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Bethlem Hastanesi Gizemi</t>
+          <t>Şımarık Kedicik ve Neşeli Filin Maceraları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786053849711</t>
+          <t>9786052975800</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Hayatında Babanın Etkisi</t>
+          <t>Bir Sonraki Einsteın Sen Olabilirsin</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052975640</t>
+          <t>9786052975718</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Edda’nın Dilek Kutusu - Sarı Ev İçin Şahane Bir Bahçe</t>
+          <t>Şimşek Mbappe</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052975657</t>
+          <t>9786052975701</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Edda’nın Dilek Kutusu - Sissi Nine’nin En Yakın Arkadaşı Kim?</t>
+          <t>Büyücü Messi</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052975626</t>
+          <t>9786052975732</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Aile</t>
+          <t>Fenomen Neymar</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052975442</t>
+          <t>9786052975725</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Örüntüler</t>
+          <t>Kral Salah</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052975572</t>
+          <t>9786052975688</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenelim</t>
+          <t>Eversloth Malikanesi Gizemi</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052975565</t>
+          <t>9786052975671</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nasıl Geldik?</t>
+          <t>Krallık Gizemi</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052975404</t>
+          <t>9786052975664</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Toplama</t>
+          <t>Bethlem Hastanesi Gizemi</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786052975411</t>
+          <t>9786053849711</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Sayı Sayma</t>
+          <t>Çocuğunuzun Hayatında Babanın Etkisi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052975473</t>
+          <t>9786052975640</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Zaman</t>
+          <t>Edda’nın Dilek Kutusu - Sarı Ev İçin Şahane Bir Bahçe</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052975602</t>
+          <t>9786052975657</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Evde Yapabildiklerim</t>
+          <t>Edda’nın Dilek Kutusu - Sissi Nine’nin En Yakın Arkadaşı Kim?</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052975428</t>
+          <t>9786052975626</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Şekiller</t>
+          <t>Yanlış Aile</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052975459</t>
+          <t>9786052975442</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Ölçme</t>
+          <t>Matematik Canavarları - Örüntüler</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052975435</t>
+          <t>9786052975572</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Para</t>
+          <t>Sağlıklı Beslenelim</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052975466</t>
+          <t>9786052975565</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Çıkarma</t>
+          <t>Dünyaya Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C663" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052975497</t>
+          <t>9786052975404</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İhmalin Yaşanmış 5 Hikayesi</t>
+          <t>Matematik Canavarları - Toplama</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052975480</t>
+          <t>9786052975411</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kız Arkadaşın İntikam Rehberi</t>
+          <t>Matematik Canavarları - Sayı Sayma</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052975398</t>
+          <t>9786052975473</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Konuşmanın İyileştirci Gücü</t>
+          <t>Matematik Canavarları - Zaman</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052975077</t>
+          <t>9786052975602</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Bebek Kitabı</t>
+          <t>Evde Yapabildiklerim</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>550</v>
+        <v>60</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052974575</t>
+          <t>9786052975428</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Exo</t>
+          <t>Matematik Canavarları - Şekiller</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052974995</t>
+          <t>9786052975459</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Shinobi Iri 3</t>
+          <t>Matematik Canavarları - Ölçme</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052974988</t>
+          <t>9786052975435</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Shinobi Iri 2</t>
+          <t>Matematik Canavarları - Para</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052974971</t>
+          <t>9786052975466</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Shinobi Iri 1</t>
+          <t>Matematik Canavarları - Çıkarma</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052975114</t>
+          <t>9786052975497</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Ergen Çocuğunuza Sınır Koyma</t>
+          <t>Duygusal İhmalin Yaşanmış 5 Hikayesi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052975060</t>
+          <t>9786052975480</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Kendi Manganızı Çizin</t>
+          <t>Mükemmel Kız Arkadaşın İntikam Rehberi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052974469</t>
+          <t>9786052975398</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Haben</t>
+          <t>Konuşmanın İyileştirci Gücü</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052974957</t>
+          <t>9786052975077</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Az Düşün Uzun Yaşa</t>
+          <t>Bebek Kitabı</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052974940</t>
+          <t>9786052974575</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kısas</t>
+          <t>Exo</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052974933</t>
+          <t>9786052974995</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Tadında Bir Hayat</t>
+          <t>Shinobi Iri 3</t>
         </is>
       </c>
       <c r="C677" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052975022</t>
+          <t>9786052974988</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Benedict Ve Arıların İşbirliği</t>
+          <t>Shinobi Iri 2</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052975053</t>
+          <t>9786052974971</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Molly Ve Şekerli Kurabiye</t>
+          <t>Shinobi Iri 1</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052975046</t>
+          <t>9786052975114</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Pilar'ın Endişeleri</t>
+          <t>İnatçı Ergen Çocuğunuza Sınır Koyma</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052974858</t>
+          <t>9786052975060</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Bayan Bonbon Ve Üç Süper Ajan</t>
+          <t>Kendi Manganızı Çizin</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052974841</t>
+          <t>9786052974469</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Altın Tasma Operasyonu</t>
+          <t>Haben</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052974872</t>
+          <t>9786052974957</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Söyleme</t>
+          <t>Az Düşün Uzun Yaşa</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052974704</t>
+          <t>9786052974940</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğlenceli Dünya Tarihi</t>
+          <t>Kısas</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052974322</t>
+          <t>9786052974933</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Düşler Evi</t>
+          <t>Karpuz Tadında Bir Hayat</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052974650</t>
+          <t>9786052975022</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Elementler Akademisi-3 Nilüferlerin Gecesi</t>
+          <t>Benedict Ve Arıların İşbirliği</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052974667</t>
+          <t>9786052975053</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Elementler Akademisi 2 - Gölgelerin Melodisi</t>
+          <t>Molly Ve Şekerli Kurabiye</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052974681</t>
+          <t>9786052975046</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Dili</t>
+          <t>Pilar'ın Endişeleri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052974599</t>
+          <t>9786052974858</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Gizli Enerji Terapileri</t>
+          <t>Bayan Bonbon Ve Üç Süper Ajan</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052974292</t>
+          <t>9786052974841</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kardeşin Kaçışı</t>
+          <t>Altın Tasma Operasyonu</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052974377</t>
+          <t>9786052974872</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Hediyeler Veren Kütüphane</t>
+          <t>Hiçbir Şey Söyleme</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052974384</t>
+          <t>9786052974704</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki En Değerli Şey</t>
+          <t>Çocuklar İçin Eğlenceli Dünya Tarihi</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052974582</t>
+          <t>9786052974322</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Macera Dolu Bir Gezi</t>
+          <t>Yeşilin Kızı Anne - Düşler Evi</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786053840343</t>
+          <t>9786052974650</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>%100 Kendiniz Olun!</t>
+          <t>Elementler Akademisi-3 Nilüferlerin Gecesi</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052973530</t>
+          <t>9786052974667</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Elementler Akademisi 2 - Gölgelerin Melodisi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052973646</t>
+          <t>9786052974681</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Arsene Lupin - Herlock Sholmes'e Karşı</t>
+          <t>Ebeveyn Dili</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052973394</t>
+          <t>9786052974599</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Gizli Enerji Terapileri</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052974759</t>
+          <t>9786052974292</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Haylaz-Hayatım Oyun</t>
+          <t>Büyük Kardeşin Kaçışı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052974742</t>
+          <t>9786052974377</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Geyik Zamanı</t>
+          <t>Hediyeler Veren Kütüphane</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052974773</t>
+          <t>9786052974384</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Haylaz - Hayatım Sınav</t>
+          <t>Dünyadaki En Değerli Şey</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052974780</t>
+          <t>9786052974582</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Haylaz-Hayatım Şaka</t>
+          <t>Kızlar Çetesi - Macera Dolu Bir Gezi</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786052974834</t>
+          <t>9786053840343</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Sihirli Turne</t>
+          <t>%100 Kendiniz Olun!</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052974797</t>
+          <t>9786052973530</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Doğanın Muhafızları</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052974711</t>
+          <t>9786052973646</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Mucize Metabolizma</t>
+          <t>Arsene Lupin - Herlock Sholmes'e Karşı</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052974452</t>
+          <t>9786052973394</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Öğrenme Bilimi</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052974445</t>
+          <t>9786052974759</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış - Başlangıcın Muhteşem Hikayesi</t>
+          <t>Haylaz-Hayatım Oyun</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052974339</t>
+          <t>9786052974742</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Sadako</t>
+          <t>Çaylak - Geyik Zamanı</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052974285</t>
+          <t>9786052974773</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir İngilizce Kelime</t>
+          <t>Haylaz - Hayatım Sınav</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052974193</t>
+          <t>9786052974780</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın! Kendim de Yapabiliyorum</t>
+          <t>Haylaz-Hayatım Şaka</t>
         </is>
       </c>
       <c r="C709" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052974162</t>
+          <t>9786052974834</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler 3</t>
+          <t>Shopkins Sihirli Turne</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052974216</t>
+          <t>9786052974797</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>The Serpent</t>
+          <t>Shopkins Doğanın Muhafızları</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052973998</t>
+          <t>9786052974711</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkler ve Osmanlı’da Halkla İlişkiler</t>
+          <t>Mucize Metabolizma</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052974070</t>
+          <t>9786052974452</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Sınırlar Belirlemek İçin "Hayır"</t>
+          <t>Hızlı Öğrenme Bilimi</t>
         </is>
       </c>
       <c r="C713" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052974094</t>
+          <t>9786052974445</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Sistemli Düşünme</t>
+          <t>Yaratılış - Başlangıcın Muhteşem Hikayesi</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052974056</t>
+          <t>9786052974339</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada - Kötülüğün Basamakları</t>
+          <t>Sadako</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052974018</t>
+          <t>9786052974285</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Düşünmeyi Öğretmek</t>
+          <t>Her Güne Yeni Bir İngilizce Kelime</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052974063</t>
+          <t>9786052974193</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Duygularda Ustalaşın</t>
+          <t>Yaşasın! Kendim de Yapabiliyorum</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052974025</t>
+          <t>9786052974162</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Ya Sen Olmasaydın</t>
+          <t>Çok Acayip Eğlenceli Bilgiler 3</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052974001</t>
+          <t>9786052974216</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Sadelik Prensibi</t>
+          <t>The Serpent</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052974032</t>
+          <t>9786052973998</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Aklım Bir Karış Havada</t>
+          <t>Eski Türkler ve Osmanlı’da Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052973929</t>
+          <t>9786052974070</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Avonlea</t>
+          <t>Sağlıklı Sınırlar Belirlemek İçin "Hayır"</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052973967</t>
+          <t>9786052974094</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Kavaklar - Yeşilin Kızı Anne</t>
+          <t>Sistemli Düşünme</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052973936</t>
+          <t>9786052974056</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - "Adanın Kızı"</t>
+          <t>Issız Ada - Kötülüğün Basamakları</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052973950</t>
+          <t>9786052974018</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Solmasın Ruhumuz</t>
+          <t>Çocuklara Düşünmeyi Öğretmek</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052972748</t>
+          <t>9786052974063</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Duygularda Ustalaşın</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052973424</t>
+          <t>9786052974025</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Anca Beraber Kanca Beraber</t>
+          <t>Sıkı Dostlar - Ya Sen Olmasaydın</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052973899</t>
+          <t>9786052974001</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Oyuk İğne'nin Sırrı - Arsene Lupin</t>
+          <t>Sadelik Prensibi</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052973820</t>
+          <t>9786052974032</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Yarım Şiirler</t>
+          <t>Sıkı Dostlar - Aklım Bir Karış Havada</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052973813</t>
+          <t>9786052973929</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dünya Atlası</t>
+          <t>Yeşilin Kızı Anne - Avonlea</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052971222</t>
+          <t>9786052973967</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç ve Orta Düzey İçin Modern Öğreten İngilizce</t>
+          <t>Rüzgarlı Kavaklar - Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052973172</t>
+          <t>9786052973936</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Uyku Eğitimi</t>
+          <t>Yeşilin Kızı Anne - "Adanın Kızı"</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052973622</t>
+          <t>9786052973950</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsene Lupin</t>
+          <t>Solmasın Ruhumuz</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052973585</t>
+          <t>9786052972748</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Aspidistra</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052973608</t>
+          <t>9786052973424</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Sıkı Dostlar - Anca Beraber Kanca Beraber</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052973592</t>
+          <t>9786052973899</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Oyuk İğne'nin Sırrı - Arsene Lupin</t>
         </is>
       </c>
       <c r="C735" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052973400</t>
+          <t>9786052973820</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Terapi</t>
+          <t>Yarım Şiirler</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052973561</t>
+          <t>9786052973813</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Seri Katil Oldular?</t>
+          <t>Çıkartmalı Dünya Atlası</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052973554</t>
+          <t>9786052971222</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>NLP Zihin Kullanma Gücü</t>
+          <t>Başlangıç ve Orta Düzey İçin Modern Öğreten İngilizce</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052973523</t>
+          <t>9786052973172</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Ermiş'in Bahçesi</t>
+          <t>Adım Adım Uyku Eğitimi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052973516</t>
+          <t>9786052973622</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Kibar Hırsız - Arsene Lupin</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052972656</t>
+          <t>9786052973585</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Tebessüm ve Gözyaşı</t>
+          <t>Aspidistra</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052973509</t>
+          <t>9786052973608</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052973547</t>
+          <t>9786052973592</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Burma Günleri</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052973493</t>
+          <t>9786052973400</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü</t>
+          <t>Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052972649</t>
+          <t>9786052973561</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Takip Et</t>
+          <t>Nasıl Seri Katil Oldular?</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052972519</t>
+          <t>9786052973554</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Mucize Çocuk Wink</t>
+          <t>NLP Zihin Kullanma Gücü</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052972557</t>
+          <t>9786052973523</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Görevimiz Eğlence</t>
+          <t>Ermiş'in Bahçesi</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052972571</t>
+          <t>9786052973516</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Pogba - Orta Sahanın Doğuştan Yetenekli Oyuncusu</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052973417</t>
+          <t>9786052972656</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Tebessüm ve Gözyaşı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052973165</t>
+          <t>9786052973509</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Yaşasaydı</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052973387</t>
+          <t>9786052973547</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Aktivite - Zeka ve Beceri Geliştirici</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052973356</t>
+          <t>9786052973493</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Sahaların Mucize Çocuğu - Mbappe</t>
+          <t>Rüzgargülü</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052972915</t>
+          <t>9786052972649</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kulübe Yeni Misafirler - Çilek Kızlar 3</t>
+          <t>Hayallerini Takip Et</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052973233</t>
+          <t>9786052972519</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Temel Çizim Teknikleri</t>
+          <t>Mucize Çocuk Wink</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052973240</t>
+          <t>9786052972557</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Sevdalar</t>
+          <t>Kızlar Çetesi - Görevimiz Eğlence</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052973257</t>
+          <t>9786052972571</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Umut Dolu Yarınlar</t>
+          <t>Pogba - Orta Sahanın Doğuştan Yetenekli Oyuncusu</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052973264</t>
+          <t>9786052973417</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Kalpler</t>
+          <t>Diana</t>
         </is>
       </c>
       <c r="C757" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052973158</t>
+          <t>9786052973165</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Şişko Ejderhanın Öksürüğü</t>
+          <t>Atatürk Yaşasaydı</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052973134</t>
+          <t>9786052973387</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Kokuşuk Düşmanlarla Mücadele</t>
+          <t>Her Güne Yeni Bir Aktivite - Zeka ve Beceri Geliştirici</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052973141</t>
+          <t>9786052973356</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Büyük Altın Kestane Şenliği</t>
+          <t>Sahaların Mucize Çocuğu - Mbappe</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052973127</t>
+          <t>9786052972915</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Büyülü Köy'e Hoş Geldiniz</t>
+          <t>Kulübe Yeni Misafirler - Çilek Kızlar 3</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052973110</t>
+          <t>9786052973233</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Hızlı ve Yetenekli Yıldızı Salah</t>
+          <t>Temel Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052973073</t>
+          <t>9786052973240</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Kanadı Kırık Sevdalar</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052973042</t>
+          <t>9786052973257</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Umut Dolu Yarınlar</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052972878</t>
+          <t>9786052973264</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi 5 - Yeni Başlangıçlar</t>
+          <t>Yarım Kalan Kalpler</t>
         </is>
       </c>
       <c r="C765" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052972922</t>
+          <t>9786052973158</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Exo (Ciltli)</t>
+          <t>Marvin - Şişko Ejderhanın Öksürüğü</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052972892</t>
+          <t>9786052973134</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Şeker Diyeti</t>
+          <t>Marvin - Kokuşuk Düşmanlarla Mücadele</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052972472</t>
+          <t>9786052973141</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dostluğun Sırrı - Çilek Kızlar</t>
+          <t>Marvin - Büyük Altın Kestane Şenliği</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786053849674</t>
+          <t>9786052973127</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada</t>
+          <t>Marvin - Büyülü Köy'e Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052972489</t>
+          <t>9786052973110</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Zihinde Başlar</t>
+          <t>Futbolun Hızlı ve Yetenekli Yıldızı Salah</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052972038</t>
+          <t>9786052973073</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kızlar</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052971666</t>
+          <t>9786052973042</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızdan Nükte, Hiciv ve Sövgü Söylemler</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052971697</t>
+          <t>9786052972878</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Kızlar Çetesi 5 - Yeni Başlangıçlar</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052971758</t>
+          <t>9786052972922</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Exo (Ciltli)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052971734</t>
+          <t>9786052972892</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Görülmeyen Koleksiyon - Fragman</t>
+          <t>Şeker Diyeti</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052971741</t>
+          <t>9786052972472</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Geç Ödenen Borç</t>
+          <t>Gerçek Dostluğun Sırrı - Çilek Kızlar</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786052971765</t>
+          <t>9786053849674</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>Issız Ada</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052971727</t>
+          <t>9786052972489</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald'ın Aşkı</t>
+          <t>Her Şey Zihinde Başlar</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052971772</t>
+          <t>9786052972038</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Çilek Kızlar</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052971789</t>
+          <t>9786052971666</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Edebiyatımızdan Nükte, Hiciv ve Sövgü Söylemler</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052971703</t>
+          <t>9786052971697</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C781" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052972007</t>
+          <t>9786052971758</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Pozitif Disiplin</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052971994</t>
+          <t>9786052971734</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Engel Yok</t>
+          <t>Görülmeyen Koleksiyon - Fragman</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052971963</t>
+          <t>9786052971741</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - İş Başında</t>
+          <t>Geç Ödenen Borç</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052971864</t>
+          <t>9786052971765</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi (Kokulu Kitap)</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052971970</t>
+          <t>9786052971727</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Tatil Macerası</t>
+          <t>Erika Ewald'ın Aşkı</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>170</v>
+        <v>80</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052971802</t>
+          <t>9786052971772</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Firarda</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052971796</t>
+          <t>9786052971789</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052971574</t>
+          <t>9786052971703</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Masal (Ciltli)</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>750</v>
+        <v>80</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052971604</t>
+          <t>9786052972007</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dünya Tarihi</t>
+          <t>Çocuk Eğitiminde Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052971598</t>
+          <t>9786052971994</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi Görev Başında</t>
+          <t>Başarıya Engel Yok</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052971581</t>
+          <t>9786052971963</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi Okul Gezisinde</t>
+          <t>Çaylak - İş Başında</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052971550</t>
+          <t>9786052971864</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi 3 - Sıkı Dostlar</t>
+          <t>Kızlar Çetesi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052971437</t>
+          <t>9786052971970</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Korku Zindanı</t>
+          <t>Çaylak - Tatil Macerası</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052971420</t>
+          <t>9786052971802</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Ormanı</t>
+          <t>Kızlar Firarda</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052971406</t>
+          <t>9786052971796</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Kampı</t>
+          <t>Franz Kafka</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052971413</t>
+          <t>9786052971574</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düello</t>
+          <t>Her Güne Yeni Bir Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052971215</t>
+          <t>9786052971604</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Çocuk Yetiştirme Sanatı</t>
+          <t>Büyük Dünya Tarihi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052971284</t>
+          <t>9786052971598</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Kokulu Hikayeler</t>
+          <t>Çilli Kızlar Çetesi Görev Başında</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052971130</t>
+          <t>9786052971581</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Sevginin Gücü (Kokulu Kitap)</t>
+          <t>Çilli Kızlar Çetesi Okul Gezisinde</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052970973</t>
+          <t>9786052971550</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tanık</t>
+          <t>Kızlar Çetesi 3 - Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052970850</t>
+          <t>9786052971437</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Carlotta ve Yeni Dostluklar</t>
+          <t>Korku Zindanı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052970812</t>
+          <t>9786052971420</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Altın Kurallar Kitabı 2</t>
+          <t>Canavarlar Ormanı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052970713</t>
+          <t>9786052971406</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Türklerden Deha Çıkmaz!</t>
+          <t>Canavarlar Kampı</t>
         </is>
       </c>
       <c r="C804" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052970218</t>
+          <t>9786052971413</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Cevizi Kokulu Masallar</t>
+          <t>Büyük Düello</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052970447</t>
+          <t>9786052971215</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Alamut Kalesi</t>
+          <t>Her Yönüyle Çocuk Yetiştirme Sanatı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052970201</t>
+          <t>9786052971284</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Frambuaz Kokulu Masallar</t>
+          <t>Ihlamur Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C807" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052970225</t>
+          <t>9786052971130</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Kivi Kokulu Masallar</t>
+          <t>Kızlar Çetesi - Sevginin Gücü (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052970188</t>
+          <t>9786052970973</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Çay Kokulu Hikayeler</t>
+          <t>Sessiz Tanık</t>
         </is>
       </c>
       <c r="C809" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052970171</t>
+          <t>9786052970850</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Kızlar Çetesi - Carlotta ve Yeni Dostluklar</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052970065</t>
+          <t>9786052970812</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Başarı ve Eğitim Evde Başlar</t>
+          <t>Altın Kurallar Kitabı 2</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786053849841</t>
+          <t>9786052970713</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>İstikamet Tatil - Üşütük Kızın Günlüğü 3</t>
+          <t>Türklerden Deha Çıkmaz!</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786053849704</t>
+          <t>9786052970218</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Cüceler Madenindeki Hayaletler</t>
+          <t>Hindistan Cevizi Kokulu Masallar</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786053849698</t>
+          <t>9786052970447</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Hazine</t>
+          <t>Alamut Kalesi</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786053849681</t>
+          <t>9786052970201</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Sihir Okulunun Laneti</t>
+          <t>Frambuaz Kokulu Masallar</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052971017</t>
+          <t>9786052970225</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada - Son Hedef</t>
+          <t>Kivi Kokulu Masallar</t>
         </is>
       </c>
       <c r="C816" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786053849520</t>
+          <t>9786052970188</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Ahududu Kokulu Masallar</t>
+          <t>Çay Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C817" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786053849407</t>
+          <t>9786052970171</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Çocuk</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786053849247</t>
+          <t>9786052970065</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Kahve Kokulu Hikayeler</t>
+          <t>Hayat, Başarı ve Eğitim Evde Başlar</t>
         </is>
       </c>
       <c r="C819" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786053849018</t>
+          <t>9786053849841</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Vanilya Kokulu Masallar</t>
+          <t>İstikamet Tatil - Üşütük Kızın Günlüğü 3</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786053848981</t>
+          <t>9786053849704</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Kokulu Masallar</t>
+          <t>Cüceler Madenindeki Hayaletler</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786053849001</t>
+          <t>9786053849698</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Nar Kokulu Masallar</t>
+          <t>Büyülü Hazine</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786053849025</t>
+          <t>9786053849681</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Sihir Okulunun Laneti</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786053848998</t>
+          <t>9786052971017</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Elma Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Issız Ada - Son Hedef</t>
         </is>
       </c>
       <c r="C824" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786053848806</t>
+          <t>9786053849520</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi - Çocuk Klasikleri (Kokulu Kitap)</t>
+          <t>Ahududu Kokulu Masallar</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786053849063</t>
+          <t>9786053849407</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
+          <t>Başarılı Çocuk</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786053848950</t>
+          <t>9786053849247</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle İnsanları Etkileme</t>
+          <t>Kahve Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C827" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053848677</t>
+          <t>9786053849018</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Kızlar Ortalığı Karıştırıyor! - Üşütük Kızın Günlüğü 2</t>
+          <t>Vanilya Kokulu Masallar</t>
         </is>
       </c>
       <c r="C828" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053848417</t>
+          <t>9786053848981</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Muz Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Böğürtlen Kokulu Masallar</t>
         </is>
       </c>
       <c r="C829" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053848394</t>
+          <t>9786053849001</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Limon Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Nar Kokulu Masallar</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786053848424</t>
+          <t>9786053849025</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Şeftali Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C831" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786053846475</t>
+          <t>9786053848998</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Haarp - Gelmiş Geçmiş En Tehlikeli Silah!</t>
+          <t>Elma Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786053846512</t>
+          <t>9786053848806</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
+          <t>Çocuk Kalbi - Çocuk Klasikleri (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786053847212</t>
+          <t>9786053849063</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Papatya Kokulu Hikayeler (Kokulu Kitap)</t>
+          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053848431</t>
+          <t>9786053848950</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Kelimelerle İnsanları Etkileme</t>
         </is>
       </c>
       <c r="C835" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786053848509</t>
+          <t>9786053848677</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Kokulu Hikayeler (Kokulu Kitap)</t>
+          <t>Yenilmez Kızlar Ortalığı Karıştırıyor! - Üşütük Kızın Günlüğü 2</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786053848011</t>
+          <t>9786053848417</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Kokulu Kitap)</t>
+          <t>Muz Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786053847403</t>
+          <t>9786053848394</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Manolya Kokulu Hikayeler</t>
+          <t>Limon Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C838" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786053847304</t>
+          <t>9786053848424</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Üşütük Kızın Günlüğü - Yeni Bir Hayat (Kokulu Kitap)</t>
+          <t>Portakal Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C839" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786053846567</t>
+          <t>9786053846475</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuk Sendromu</t>
+          <t>Haarp - Gelmiş Geçmiş En Tehlikeli Silah!</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786053846741</t>
+          <t>9786053846512</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Yalan Söyler?</t>
+          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
         </is>
       </c>
       <c r="C841" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786053846796</t>
+          <t>9786053847212</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Menekşe Kokulu Hikayeler</t>
+          <t>Papatya Kokulu Hikayeler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C842" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786053846581</t>
+          <t>9786053848431</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Efsanesi</t>
+          <t>Çikolata Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786053845775</t>
+          <t>9786053848509</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Sınır Koyma - 2</t>
+          <t>Yasemin Kokulu Hikayeler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786053845317</t>
+          <t>9786053848011</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Sınır Koyma</t>
+          <t>Küçük Prens (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786053844822</t>
+          <t>9786053847403</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi</t>
+          <t>Manolya Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C846" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786053845539</t>
+          <t>9786053847304</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Aklını En Doğru Şekilde Kullan</t>
+          <t>Üşütük Kızın Günlüğü - Yeni Bir Hayat (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786053845799</t>
+          <t>9786053846567</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Pozitif Çocuklar Yetiştirme</t>
+          <t>Tek Çocuk Sendromu</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786053844174</t>
+          <t>9786053846741</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+          <t>Çocuklar Neden Yalan Söyler?</t>
         </is>
       </c>
       <c r="C849" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786053845386</t>
+          <t>9786053846796</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce En Çok Pişman Olduğumuz 5 Şey</t>
+          <t>Menekşe Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789944204668</t>
+          <t>9786053846581</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Öğreten İngilizce</t>
+          <t>Büyücünün Efsanesi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789758809738</t>
+          <t>9786053845775</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Mutlu Yumurcağı</t>
+          <t>Çocuğunuza Sınır Koyma - 2</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786053844136</t>
+          <t>9786053845317</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Mutlu Bebeği</t>
+          <t>Çocuğunuza Sınır Koyma</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786053845447</t>
+          <t>9786053844822</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Konuşarak İkna Psikolojisi</t>
+          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786053844150</t>
+          <t>9786053845539</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Gizli İkna Taktikleri</t>
+          <t>Aklını En Doğru Şekilde Kullan</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053844624</t>
+          <t>9786053845799</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin Önündeki 8 Engel</t>
+          <t>A’dan Z’ye Pozitif Çocuklar Yetiştirme</t>
         </is>
       </c>
       <c r="C856" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053844129</t>
+          <t>9786053844174</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Etkileme Sanatı - İstediğiniz Kişiye 8 Dakikada Nasıl Evet Dedirtirsiniz?</t>
+          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786053844792</t>
+          <t>9786053845386</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Benim En İyi Arkadaşım</t>
+          <t>Ölmeden Önce En Çok Pişman Olduğumuz 5 Şey</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
+          <t>9789944204668</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Öğreten İngilizce</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9789758809738</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Mahallenin En Mutlu Yumurcağı</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786053844136</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Mahallenin En Mutlu Bebeği</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786053845447</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Konuşarak İkna Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786053844150</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İkna Taktikleri</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786053844624</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişimin Önündeki 8 Engel</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786053844129</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Etkileme Sanatı - İstediğiniz Kişiye 8 Dakikada Nasıl Evet Dedirtirsiniz?</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786053844792</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Benim En İyi Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
           <t>9786053845072</t>
         </is>
       </c>
-      <c r="B859" s="1" t="inlineStr">
+      <c r="B867" s="1" t="inlineStr">
         <is>
           <t>Bu Kızlarla Başım Dertte</t>
         </is>
       </c>
-      <c r="C859" s="1">
+      <c r="C867" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>