--- v2 (2026-02-04)
+++ v3 (2026-03-29)
@@ -85,13030 +85,13225 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052977118</t>
+          <t>9786052977316</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kızlar İçin Büyük Sözler</t>
+          <t>Bilim Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052977132</t>
+          <t>9786052977286</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ağaca Yazılan Söz</t>
+          <t>Hayvan Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>90</v>
+        <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052974254</t>
+          <t>9786052977309</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ah Benim Sümüklü Canavarım</t>
+          <t>İnsan Vücudu Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052972366</t>
+          <t>9786052977293</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kulakları Patlayan Canavarım</t>
+          <t>Çevre Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052977194</t>
+          <t>9786052977279</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Bulmaca Değilim</t>
+          <t>Bugün N'apıyoruz Anne? - Elif Sinem'in Günlüğü</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052977187</t>
+          <t>9786052977255</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Profesör Einstein</t>
+          <t>Hua Lan’ın Ay Kekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052972373</t>
+          <t>9786052977231</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Rezonans Etkisi</t>
+          <t>A'dan Z 'ye Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052972380</t>
+          <t>9786052977224</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Madde</t>
+          <t>Çocukların Bilmesi Gereken 365 Görgü Kuralı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052977064</t>
+          <t>9786052977217</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Japon Atasözleri</t>
+          <t>Boşanma Hakkında Kimsenin Size Söylemediği B*ktan Şeyler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052977088</t>
+          <t>9786052977200</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz İş Arayışı</t>
+          <t>Çocuğunuzun Beynini Geliştirin</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052977071</t>
+          <t>9786052977101</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Büyük Değişimin Küçük Kitabı</t>
+          <t>Parlayan Yıldız Ol</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052977033</t>
+          <t>9786052977095</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Acıyı İyileştirme</t>
+          <t>Minik Dostlar - Beş Duygunun Hikayesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052977040</t>
+          <t>9786052977125</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı Beyninizi Yeniden Yapılandırın</t>
+          <t>Neşe Okulu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052977026</t>
+          <t>9786052977118</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Di̇l Temelli̇ Öğrenme Güçlükleri̇ Olan Çocuğunuza Yardım Etmek</t>
+          <t>Cesur Kızlar İçin Büyük Sözler</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052976944</t>
+          <t>9786052977132</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Duygularım</t>
+          <t>Ağaca Yazılan Söz</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052976951</t>
+          <t>9786052974254</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Duyularım</t>
+          <t>Ah Benim Sümüklü Canavarım</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052976968</t>
+          <t>9786052972366</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücüm</t>
+          <t>Kulakları Patlayan Canavarım</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052976937</t>
+          <t>9786052977194</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Penguenler Pembe Giymez</t>
+          <t>Ben Bir Bulmaca Değilim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052977002</t>
+          <t>9786052977187</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Annemle Güzel Zamanlar</t>
+          <t>Sevgili Profesör Einstein</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052976999</t>
+          <t>9786052972373</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Annemle İlk Doğum Günüm</t>
+          <t>Rezonans Etkisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052976814</t>
+          <t>9786052972380</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Tarçın'ın Kafası Karışık</t>
+          <t>Madde</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052976821</t>
+          <t>9786052977064</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Tarçın ve Balkabağı</t>
+          <t>Japon Atasözleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052976876</t>
+          <t>9786052977088</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Fil Olmak İsteyen Su Samuru</t>
+          <t>Korkusuz İş Arayışı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052977019</t>
+          <t>9786052977071</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Tavşan İçin Bir Hikaye</t>
+          <t>Büyük Değişimin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052976975</t>
+          <t>9786052977033</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Seni Seviyorum Küçük Kamyon</t>
+          <t>Duygusal Acıyı İyileştirme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052976982</t>
+          <t>9786052977040</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Seni Bekleyen Dünya</t>
+          <t>Kaygılı Beyninizi Yeniden Yapılandırın</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052976852</t>
+          <t>9786052977026</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kabak Necmi ve Süper Ekip - Uzay Fatihi Hainlerin Peşinde</t>
+          <t>Di̇l Temelli̇ Öğrenme Güçlükleri̇ Olan Çocuğunuza Yardım Etmek</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052976784</t>
+          <t>9786052976944</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Digger ve Ben</t>
+          <t>Duygularım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786252976838</t>
+          <t>9786052976951</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Eve Giden Köprü</t>
+          <t>Duyularım</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786252976845</t>
+          <t>9786052976968</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Parmaklıklar Ardında Doğan</t>
+          <t>Hayal Gücüm</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052976449</t>
+          <t>9786052976937</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ejderha ve Çocuk</t>
+          <t>Penguenler Pembe Giymez</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052976456</t>
+          <t>9786052977002</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kaplanın Kalbi</t>
+          <t>Annemle Güzel Zamanlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052976166</t>
+          <t>9786052976999</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Sınır Koyma</t>
+          <t>Annemle İlk Doğum Günüm</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052975923</t>
+          <t>9786052976814</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kral Icardı</t>
+          <t>Haylaz Tarçın'ın Kafası Karışık</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052973974</t>
+          <t>9786052976821</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne (4 Kitap)</t>
+          <t>Haylaz Tarçın ve Balkabağı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052975381</t>
+          <t>9786052976876</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Beş Kız Kardeş</t>
+          <t>Fil Olmak İsteyen Su Samuru</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052974766</t>
+          <t>9786052977019</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları - Hayatım Roman</t>
+          <t>Uykucu Tavşan İçin Bir Hikaye</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052974810</t>
+          <t>9786052976975</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Kırmızı Kitap</t>
+          <t>Seni Seviyorum Küçük Kamyon</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053847144</t>
+          <t>9786052976982</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? (Sarı)</t>
+          <t>Seni Bekleyen Dünya</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>10.04</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053844266</t>
+          <t>9786052976852</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çıldırtan Sayılar</t>
+          <t>Kabak Necmi ve Süper Ekip - Uzay Fatihi Hainlerin Peşinde</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052974674</t>
+          <t>9786052976784</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Elementler Akademisi 1 - Gökyüzünün Derinliği</t>
+          <t>Digger ve Ben</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052973981</t>
+          <t>9786252976838</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Arsene Lupin Seti 3 Kitap</t>
+          <t>Eve Giden Köprü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052974315</t>
+          <t>9786252976845</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş - Vahşetin Çağrısı</t>
+          <t>Parmaklıklar Ardında Doğan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052972441</t>
+          <t>9786052976449</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bebeğiniz Mışıl Mışıl Uyusun</t>
+          <t>Ejderha ve Çocuk</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052970287</t>
+          <t>9786052976456</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Düzenli Olmaya Değer Mi?</t>
+          <t>Kaplanın Kalbi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>9.26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052970263</t>
+          <t>9786052976166</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bıktım Bu Kurallardan!</t>
+          <t>Sınıfta Sınır Koyma</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>9.26</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052972854</t>
+          <t>9786052975923</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Kral Icardı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>12</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052971451</t>
+          <t>9786052973974</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin'in Sihirli Lambası - Sevimli Masallar Serisi</t>
+          <t>Yeşilin Kızı Anne (4 Kitap)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>4.54</v>
+        <v>360</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052971468</t>
+          <t>9786052975381</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Sevimli Masallar Serisi</t>
+          <t>Beş Kız Kardeş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>4.54</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052971475</t>
+          <t>9786052974766</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı - Sevimli Masallar Serisi</t>
+          <t>Haylaz Derek'in Maceraları - Hayatım Roman</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>4.54</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052971482</t>
+          <t>9786052974810</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hansel ile Gretel - Sevimli Masallar Serisi</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>4.54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052971505</t>
+          <t>9786053847144</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız - Sevimli Masallar Serisi</t>
+          <t>Hiç Merak Ettiniz mi? (Sarı)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>4.54</v>
+        <v>10.04</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052971499</t>
+          <t>9786053844266</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Külkedisi - Sevimli Masallar Serisi</t>
+          <t>Çıldırtan Sayılar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>4.54</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052971529</t>
+          <t>9786052974674</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo - Sevimli Masallar Serisi</t>
+          <t>Elementler Akademisi 1 - Gökyüzünün Derinliği</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>4.54</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052971536</t>
+          <t>9786052973981</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fasülye - Sevimli Masallar Serisi</t>
+          <t>Arsene Lupin Seti 3 Kitap</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>4.54</v>
+        <v>450</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052971543</t>
+          <t>9786052974315</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel - Sevimli Masallar Serisi</t>
+          <t>Beyaz Diş - Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>4.54</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052971512</t>
+          <t>9786052972441</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Sevimli Masallar Serisi</t>
+          <t>Bebeğiniz Mışıl Mışıl Uyusun</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>4.54</v>
+        <v>30</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053849896</t>
+          <t>9786052970287</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anne Babaların Yoluna Işık Tutacak Bir Set (5 Kitap Takım)</t>
+          <t>Düzenli Olmaya Değer Mi?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052972045</t>
+          <t>9786052970263</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Taşıtlar Dünyası</t>
+          <t>Bıktım Bu Kurallardan!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052970843</t>
+          <t>9786052972854</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hayatınıza Yön Verecek Kurallar (2 Kitap Takım)</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>28.7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052971956</t>
+          <t>9786052971451</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>BTS - Testlerle ve Bulmacalarla BTS Dünyasını Keşfet</t>
+          <t>Alaaddin'in Sihirli Lambası - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>40</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052972946</t>
+          <t>9786052971468</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Tatil Macerası (Ciltli)</t>
+          <t>Çirkin Ördek Yavrusu - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>27</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052972939</t>
+          <t>9786052971475</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında</t>
+          <t>Fareli Köyün Kavalcısı - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>50</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000048763</t>
+          <t>9786052971482</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi Seti (5 Kitap)</t>
+          <t>Hansel ile Gretel - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>125</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053845768</t>
+          <t>9786052971505</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>One Direction - Giydir-Süsle ve Yapıştır</t>
+          <t>Kırmızı Başlıklı Kız - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>9.26</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053841067</t>
+          <t>9786052971499</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Yöntemi</t>
+          <t>Külkedisi - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>9.17</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053844198</t>
+          <t>9786052971529</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Yöntemi</t>
+          <t>Pinokyo - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>18.52</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053845379</t>
+          <t>9786052971536</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Köpek Bakımı ve Eğitimi</t>
+          <t>Sihirli Fasülye - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.89</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053845942</t>
+          <t>9786052971543</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kan Grubunuza Göre Diyet</t>
+          <t>Uyuyan Güzel - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>40</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053843580</t>
+          <t>9786052971512</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Sahibisin</t>
+          <t>Peter Pan - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>18.52</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053843566</t>
+          <t>9786053849896</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İyileşmenin Dili</t>
+          <t>Anne Babaların Yoluna Işık Tutacak Bir Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>11.11</v>
+        <v>120</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053840565</t>
+          <t>9786052972045</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Esrarı</t>
+          <t>Ara Bul Taşıtlar Dünyası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053844686</t>
+          <t>9786052970843</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Fethi 1453</t>
+          <t>Hayatınıza Yön Verecek Kurallar (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>13.89</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053846048</t>
+          <t>9786052971956</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Masallar (Ciltli)</t>
+          <t>BTS - Testlerle ve Bulmacalarla BTS Dünyasını Keşfet</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053843221</t>
+          <t>9786052972946</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İki İyi Hırsız</t>
+          <t>Çaylak - Tatil Macerası (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>18.52</v>
+        <v>27</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053846079</t>
+          <t>9786052972939</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 4</t>
+          <t>Yıldızların Altında</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>12.04</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053845133</t>
+          <t>3990000048763</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 3</t>
+          <t>Kızlar Çetesi Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>12.04</v>
+        <v>125</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053843818</t>
+          <t>9786053845768</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 2</t>
+          <t>One Direction - Giydir-Süsle ve Yapıştır</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053844181</t>
+          <t>9786053841067</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? - 1</t>
+          <t>Kuantum Düşünce Yöntemi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>12.04</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053846017</t>
+          <t>9786053844198</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları - Hayatım Çizgi Roman (Ciltli)</t>
+          <t>Kuantum Düşünce Yöntemi</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053846031</t>
+          <t>9786053845379</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İnsanların Sizden 90 Saniyede Hoşlanmasını Nasıl Sağlarsınız?</t>
+          <t>Köpek Bakımı ve Eğitimi</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053845430</t>
+          <t>9786053845942</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Güneşte Bir Gölge</t>
+          <t>Kan Grubunuza Göre Diyet</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>13.89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053844112</t>
+          <t>9786053843580</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Enerji Otobüsü</t>
+          <t>Kalbimin Sahibisin</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053845515</t>
+          <t>9786053843566</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Gücüyle Sorun Çözme</t>
+          <t>İyileşmenin Dili</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053840572</t>
+          <t>9786053840565</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Başar</t>
+          <t>İstemenin Esrarı</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053841920</t>
+          <t>9786053844686</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Dediğimi Yap Yaptığımı Yapma!</t>
+          <t>İstanbul’un Fethi 1453</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053844310</t>
+          <t>9786053846048</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çorba</t>
+          <t>Keyifli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053842927</t>
+          <t>9786053843221</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Davranışlarını Okumak</t>
+          <t>İki İyi Hırsız</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053844617</t>
+          <t>9786053846079</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Boo</t>
+          <t>Hiç Merak Ettiniz mi? - 4</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053845966</t>
+          <t>9786053845133</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarların Şatosu (Ciltli)</t>
+          <t>Hiç Merak Ettiniz mi? - 3</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053847946</t>
+          <t>9786053843818</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Fikirleri Neden Hoşumuza Gider?</t>
+          <t>Hiç Merak Ettiniz mi? - 2</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053846000</t>
+          <t>9786053844181</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi (Ciltli)</t>
+          <t>Hiç Merak Ettiniz mi? - 1</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053845997</t>
+          <t>9786053846017</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı (Ciltli)</t>
+          <t>Haylaz Derek’in Maceraları - Hayatım Çizgi Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053845980</t>
+          <t>9786053846031</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası (Ciltli)</t>
+          <t>İnsanların Sizden 90 Saniyede Hoşlanmasını Nasıl Sağlarsınız?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053845973</t>
+          <t>9786053845430</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi (Ciltli)</t>
+          <t>Güneşte Bir Gölge</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053847380</t>
+          <t>9786053844112</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’den Yüreğinizi Isıtan Sözler ve Hikayeler</t>
+          <t>Enerji Otobüsü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053848752</t>
+          <t>9786053845515</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sınır (Kokulu Kitap)</t>
+          <t>Düşünce Gücüyle Sorun Çözme</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053848547</t>
+          <t>9786053840572</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanımız Aşk</t>
+          <t>Düşün ve Başar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053848530</t>
+          <t>9786053841920</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Nasibin Kadardır Aşk</t>
+          <t>Dediğimi Yap Yaptığımı Yapma!</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053847625</t>
+          <t>9786053844310</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler</t>
+          <t>Çorba</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053846765</t>
+          <t>9786053842927</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Halleri</t>
+          <t>Çocukların Davranışlarını Okumak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053846697</t>
+          <t>9786053844617</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? (5 Kitap Takım)</t>
+          <t>Boo</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>60.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053842866</t>
+          <t>9786053845966</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İngilizce - Türkçe / Türkçe - İngilizce Cep Sözlüğü (Ciltli)</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarların Şatosu (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>5.46</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053847281</t>
+          <t>9786053847946</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>9 Saniye Ayakta Zor Durabilmekten Günde 9 km Yürüyebilmeye</t>
+          <t>Şeytanın Fikirleri Neden Hoşumuza Gider?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053846703</t>
+          <t>9786053846000</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kevin Hogan Kişisel Gelişim Seti (5 Kitap)</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>84.26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053846710</t>
+          <t>9786053845997</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi Seti (5 Kitap Takım)</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>90.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053847076</t>
+          <t>9786053845980</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler (Kokulu Kitap)</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053847090</t>
+          <t>9786053845973</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğinizi Tanıyın</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053847120</t>
+          <t>9786053847380</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Sözler</t>
+          <t>Yunus Emre’den Yüreğinizi Isıtan Sözler ve Hikayeler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053847748</t>
+          <t>9786053848752</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek 2: Aşk-ı Tevekkül</t>
+          <t>Sınır (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053847267</t>
+          <t>9786053848547</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Masal Sepeti</t>
+          <t>Sol Yanımız Aşk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>12.04</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053847229</t>
+          <t>9786053848530</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bana Her Şey Seni Hatırlatır</t>
+          <t>Nasibin Kadardır Aşk</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053846734</t>
+          <t>9786053847625</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz mi? 5</t>
+          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053846673</t>
+          <t>9786053846765</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Grimm Masalları</t>
+          <t>Ergenlik Halleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053846659</t>
+          <t>9786053846697</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünya Masalları (Ciltli)</t>
+          <t>Hiç Merak Ettiniz mi? (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>9.26</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052970744</t>
+          <t>9786053842866</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserleri (Ciltli)</t>
+          <t>İngilizce - Türkçe / Türkçe - İngilizce Cep Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>50</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052970027</t>
+          <t>9786053847281</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Islanmış İki Gönül</t>
+          <t>9 Saniye Ayakta Zor Durabilmekten Günde 9 km Yürüyebilmeye</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053849469</t>
+          <t>9786053846703</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Aşka Komşu</t>
+          <t>Kevin Hogan Kişisel Gelişim Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>18.52</v>
+        <v>84.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052970904</t>
+          <t>9786053846710</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Filler Hiç Unutur mu?</t>
+          <t>Çocuk Gelişimi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>10</v>
+        <v>90.74</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052970911</t>
+          <t>9786053847076</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Yalancı Sana Kimse İnanmaz</t>
+          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Hikayeler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052970959</t>
+          <t>9786053847090</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çaylak İş Başında (Ciltli)</t>
+          <t>Kişiliğinizi Tanıyın</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>27</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052970966</t>
+          <t>9786053847120</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Seçme Dünya Klasikeri : Üç Silahşörler - Oliver Twist - 80 Günde Devrialem (Ciltli)</t>
+          <t>Mevlana ve Şems'ten Yüreğinizi Isıtan Sözler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052971987</t>
+          <t>9786053847748</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Tesadüftü Aşkımız</t>
+          <t>Elif Gibi Sevmek 2: Aşk-ı Tevekkül</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052971444</t>
+          <t>9786053847267</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kabukları Mevsimi</t>
+          <t>Masal Sepeti</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>50</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052970775</t>
+          <t>9786053847229</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Sevimli Masallar (Ciltli)</t>
+          <t>Bana Her Şey Seni Hatırlatır</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052970638</t>
+          <t>9786053846734</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal ve Şiir Defteri</t>
+          <t>Hiç Merak Ettiniz mi? 5</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>2.78</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052970577</t>
+          <t>9786053846673</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Köyde</t>
+          <t>En Güzel Grimm Masalları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052970591</t>
+          <t>9786053846659</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Tiyatro Oyuncusu</t>
+          <t>En Güzel Dünya Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>2.78</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052970607</t>
+          <t>9786052970744</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal ve Kedisi</t>
+          <t>Seçme Eserleri (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>2.78</v>
+        <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052970614</t>
+          <t>9786052970027</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Yazıyor</t>
+          <t>Aşk İle Islanmış İki Gönül</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>2.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052970621</t>
+          <t>9786053849469</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Şarkı Deresi'nde</t>
+          <t>Aşka Komşu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>2.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052970546</t>
+          <t>9786052970904</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Kırda</t>
+          <t>Filler Hiç Unutur mu?</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>2.78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052970584</t>
+          <t>9786052970911</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Piknikte</t>
+          <t>Yalancı Yalancı Sana Kimse İnanmaz</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>2.78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052970560</t>
+          <t>9786052970959</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal ve En Güzel Ödül</t>
+          <t>Çaylak İş Başında (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>2.78</v>
+        <v>27</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052970300</t>
+          <t>9786052970966</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yaparım Yaaa Daha Erken!</t>
+          <t>Seçme Dünya Klasikeri : Üç Silahşörler - Oliver Twist - 80 Günde Devrialem (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052970270</t>
+          <t>9786052971987</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kötü Bir Şey Söylemedim Ki!</t>
+          <t>Bir Tesadüftü Aşkımız</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052970317</t>
+          <t>9786052971444</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çoook Derdim Var Çoook</t>
+          <t>Deniz Kabukları Mevsimi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>9.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053849384</t>
+          <t>9786052970775</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları 5 - Hayatım Sınav (Ciltli)</t>
+          <t>Miniklere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052970553</t>
+          <t>9786052970638</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Serüvenleri: Masal Arkadaşım İçin</t>
+          <t>Masal'ın Serüvenleri: Masal ve Şiir Defteri</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>2.78</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052970997</t>
+          <t>9786052970577</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bebeğim ( Erkek ) (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Köyde</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>60</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052971000</t>
+          <t>9786052970591</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Bebeğim (Kız) (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Tiyatro Oyuncusu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>60</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052970379</t>
+          <t>9786052970607</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Masal Saati Tik Tak (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal ve Kedisi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052970386</t>
+          <t>9786052970614</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Masal Vapuru Vup Vup (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Yazıyor</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052970362</t>
+          <t>9786052970621</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Masal Böceği Cır Cır (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Şarkı Deresi'nde</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052970355</t>
+          <t>9786052970546</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Masal Arısı Vız Vız (Ciltli)</t>
+          <t>Masal'ın Serüvenleri: Masal Kırda</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>18.52</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053849353</t>
+          <t>9786052970584</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yakın İlişkilerin Gizli Anlamları</t>
+          <t>Masal'ın Serüvenleri: Masal Piknikte</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>23.15</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053849438</t>
+          <t>9786052970560</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah 2</t>
+          <t>Masal'ın Serüvenleri: Masal ve En Güzel Ödül</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>13.89</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052970164</t>
+          <t>9786052970300</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Altın Yumurtlayan Tavuk - Sevimli Masallar Serisi</t>
+          <t>Yaparım Yaaa Daha Erken!</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>3.61</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052970126</t>
+          <t>9786052970270</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Yedi Keçi Yavrusu - Sevimli Masallar Serisi</t>
+          <t>Kötü Bir Şey Söylemedim Ki!</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>3.61</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052970140</t>
+          <t>9786052970317</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Orman Çocuğu - Sevimli Masallar Serisi</t>
+          <t>Çoook Derdim Var Çoook</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>3.61</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052970157</t>
+          <t>9786053849384</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Leylek - Sevimli Masallar Serisi</t>
+          <t>Haylaz Derek'in Maceraları 5 - Hayatım Sınav (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052970089</t>
+          <t>9786052970553</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ağustosböceği ile Karınca - Sevimli Masallar Serisi</t>
+          <t>Masal'ın Serüvenleri: Masal Arkadaşım İçin</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>3.61</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052970133</t>
+          <t>9786052970997</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kurşun Asker - Sevimli Masallar Serisi</t>
+          <t>Hoş Geldin Bebeğim ( Erkek ) (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>3.61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052970119</t>
+          <t>9786052971000</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kibritçi Kız - Sevimli Masallar Serisi</t>
+          <t>Hoş Geldin Bebeğim (Kız) (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>3.61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052970072</t>
+          <t>9786052970379</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Terzi - Sevimli Masallar Serisi</t>
+          <t>Masal Saati Tik Tak (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052970096</t>
+          <t>9786052970386</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları - Sevimli Masallar Serisi</t>
+          <t>Masal Vapuru Vup Vup (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052970102</t>
+          <t>9786052970362</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gulliver'in Gezileri - Sevimli Masallar Serisi</t>
+          <t>Masal Böceği Cır Cır (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>3.61</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053849957</t>
+          <t>9786052970355</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamadan Perakendeye Hayata Dair</t>
+          <t>Masal Arısı Vız Vız (Ciltli)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052970478</t>
+          <t>9786053849353</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hayat Güzel De ‘De'leri Var İşte</t>
+          <t>Yakın İlişkilerin Gizli Anlamları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>20</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052970942</t>
+          <t>9786053849438</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Kokulu 2018 Ajanda</t>
+          <t>Eyvallah 2</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>18.43</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053849964</t>
+          <t>9786052970164</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısına 12 Dakika Kala</t>
+          <t>Altın Yumurtlayan Tavuk - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>15.74</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053849575</t>
+          <t>9786052970126</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Giden İşaretler</t>
+          <t>Kurt ile Yedi Keçi Yavrusu - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>15.74</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052970294</t>
+          <t>9786052970140</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Off Yaa Kimse Beni Anlamıyor!</t>
+          <t>Orman Çocuğu - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>9.26</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053849773</t>
+          <t>9786052970157</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bayan Süper Kahraman</t>
+          <t>Tilki ile Leylek - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>15.74</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053849919</t>
+          <t>9786052970089</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kahve Kokulu Sözler</t>
+          <t>Ağustosböceği ile Karınca - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>23.15</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053849766</t>
+          <t>9786052970133</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Mavi Kitap</t>
+          <t>Kurşun Asker - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>6</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053849742</t>
+          <t>9786052970119</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 2</t>
+          <t>Kibritçi Kız - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>6</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053849735</t>
+          <t>9786052970072</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama -  Mor Kitap</t>
+          <t>Akıllı Terzi - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>5.56</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053849728</t>
+          <t>9786052970096</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 1</t>
+          <t>Bremen Mızıkacıları - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>6</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052970041</t>
+          <t>9786052970102</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Şansa Bırak</t>
+          <t>Gulliver'in Gezileri - Sevimli Masallar Serisi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>18.52</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052970034</t>
+          <t>9786053849957</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Umut Dolu Dilekler</t>
+          <t>Pazarlamadan Perakendeye Hayata Dair</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052971208</t>
+          <t>9786052970478</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka (Ciltli)</t>
+          <t>Hayat Güzel De ‘De'leri Var İşte</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052971109</t>
+          <t>9786052970942</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 5</t>
+          <t>Yakamoz Kokulu 2018 Ajanda</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>8</v>
+        <v>18.43</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052971093</t>
+          <t>9786053849964</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 4</t>
+          <t>Gece Yarısına 12 Dakika Kala</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>8</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052971086</t>
+          <t>9786053849575</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 3 Yaş Üzeri</t>
+          <t>Mutluluğa Giden İşaretler</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>8</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052971079</t>
+          <t>9786052970294</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Boyama İle Öğreniyorum 2</t>
+          <t>Off Yaa Kimse Beni Anlamıyor!</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052971116</t>
+          <t>9786053849773</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Aktive İle Öğreniyorum</t>
+          <t>Bayan Süper Kahraman</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>8</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052970768</t>
+          <t>9786053849919</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Firarda (Ciltli)</t>
+          <t>Kahve Kokulu Sözler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052970751</t>
+          <t>9786053849766</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hachiko (Ciltli)</t>
+          <t>Shopkins Cicibiciler Boyama - Mavi Kitap</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052970720</t>
+          <t>9786053849742</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Gizli Büyüteçli Matematik (6 Kitap Set)</t>
+          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 2</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>38.89</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053849124</t>
+          <t>9786053849735</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Son İlmek</t>
+          <t>Shopkins Cicibiciler Boyama -  Mor Kitap</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>18.52</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053845584</t>
+          <t>9786053849728</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 2</t>
+          <t>Shopkins Cicibiciler Boyama - Pembe Kitap 1</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>9.26</v>
+        <v>6</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052970980</t>
+          <t>9786052970041</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hayat Değiştiren Öğretmenler - Teşekkürler Öğretmenim</t>
+          <t>Aşkı Şansa Bırak</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053848578</t>
+          <t>9786052970034</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Menekşe Kokulu Hikayeler</t>
+          <t>Umut Dolu Dilekler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053848936</t>
+          <t>9786052971208</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Piti Piti Masallar (Ciltli)</t>
+          <t>Franz Kafka (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053848912</t>
+          <t>9786052971109</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Çıtı Pıtı Masallar (Ciltli)</t>
+          <t>Boyama İle Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053848905</t>
+          <t>9786052971093</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık (Kokulu Kitap)</t>
+          <t>Boyama İle Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053848745</t>
+          <t>9786052971086</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Eyvallah</t>
+          <t>Boyama İle Öğreniyorum 3 Yaş Üzeri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>13.89</v>
+        <v>8</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052972083</t>
+          <t>9786052971079</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Serisi ( 5 Kitap )</t>
+          <t>Boyama İle Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053849926</t>
+          <t>9786052971116</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Üşütük Kızın Günlüğü Seti ( 3 Kitap )</t>
+          <t>Aktive İle Öğreniyorum</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053849162</t>
+          <t>9786052970768</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları 4 - Hayatım Şaka (Ciltli)</t>
+          <t>Kızlar Firarda (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053847175</t>
+          <t>9786052970751</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hiç Merak Ettiniz Mi? Yeşil</t>
+          <t>Hachiko (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053848974</t>
+          <t>9786052970720</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Hırsızı (Ciltli)</t>
+          <t>Gizli Büyüteçli Matematik (6 Kitap Set)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>23.15</v>
+        <v>38.89</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053849032</t>
+          <t>9786053849124</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kayısı Öpücükleri (Ciltli)</t>
+          <t>Son İlmek</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053848271</t>
+          <t>9786053845584</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Bütün Kalbinle Sev! (Kokulu Kitap)</t>
+          <t>Yapbozlu 6 Harika Masal 2</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>9.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053848226</t>
+          <t>9786052970980</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bana Her Şey Seni Hatırlatır (Kokulu Kitap)</t>
+          <t>Hayat Değiştiren Öğretmenler - Teşekkürler Öğretmenim</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052970539</t>
+          <t>9786053848578</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kokulu Kitaplar Seti ( 6 Kitap )</t>
+          <t>Menekşe Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>111.11</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053843542</t>
+          <t>9786053848936</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Bir Amaç İçin Yaşamak</t>
+          <t>Piti Piti Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053845546</t>
+          <t>9786053848912</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Çalıştırın!</t>
+          <t>Çıtı Pıtı Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053843528</t>
+          <t>9786053848905</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Baştan Çıkartan Aşk</t>
+          <t>Küçük Kara Balık (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>18.52</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944204279</t>
+          <t>9786053848745</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Başarılı ve Güzel Konuşma Sanatı</t>
+          <t>Eyvallah</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053845102</t>
+          <t>9786052972083</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bakımlı Bir Cilt</t>
+          <t>Sherlock Holmes Serisi ( 5 Kitap )</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>13.89</v>
+        <v>100</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053841265</t>
+          <t>9786053849926</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ayakta Kalmayı Başarmanın 12 Yolu</t>
+          <t>Üşütük Kızın Günlüğü Seti ( 3 Kitap )</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>11.11</v>
+        <v>75</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053844983</t>
+          <t>9786053849162</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Antrenman Kampı</t>
+          <t>Haylaz Derek'in Maceraları 4 - Hayatım Şaka (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053840503</t>
+          <t>9786053847175</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babalar İçin Çocuk Psikolojisi</t>
+          <t>Hiç Merak Ettiniz Mi? Yeşil</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758809707</t>
+          <t>9786053848974</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma ve Öğrenme</t>
+          <t>Çikolata Hırsızı (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000030706</t>
+          <t>9786053849032</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Saçmalıkları Devri</t>
+          <t>Kayısı Öpücükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>18.52</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053843467</t>
+          <t>9786053848271</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Selçuk İlkan - Seçmeler</t>
+          <t>Hayatı Bütün Kalbinle Sev! (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053847540</t>
+          <t>9786053848226</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+          <t>Bana Her Şey Seni Hatırlatır (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053845522</t>
+          <t>9786052970539</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğe Yolculuk</t>
+          <t>Kokulu Kitaplar Seti ( 6 Kitap )</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>30</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053845461</t>
+          <t>9786053843542</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>2013 Burç Kitabı - Herkes İçin Astroloji</t>
+          <t>Bir Amaç İçin Yaşamak</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053840541</t>
+          <t>9786053845546</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>10 Resimli Klasik Masal</t>
+          <t>Beyninizi Çalıştırın!</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789758809769</t>
+          <t>9786053843528</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>10 Dk.’da Enerjinizi Depolayın</t>
+          <t>Baştan Çıkartan Aşk</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052970058</t>
+          <t>9789944204279</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Altında (Ciltli)</t>
+          <t>Başarılı ve Güzel Konuşma Sanatı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053847052</t>
+          <t>9786053845102</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezleri ve Perakendede Sürdürülebilirlik</t>
+          <t>Bakımlı Bir Cilt</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053849506</t>
+          <t>9786053841265</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de ve Dünyada, AVM'ler ve Perakendede Alışverişin Geleceği</t>
+          <t>Ayakta Kalmayı Başarmanın 12 Yolu</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053847939</t>
+          <t>9786053844983</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları 2 - Hayatım Oyun</t>
+          <t>Antrenman Kampı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053848493</t>
+          <t>9786053840503</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Hayat Evde Başlar</t>
+          <t>Anne ve Babalar İçin Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052970423</t>
+          <t>9789758809707</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mavi Kitap</t>
+          <t>Anlayarak Hızlı Okuma ve Öğrenme</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052970416</t>
+          <t>3990000030706</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Turuncu Kitap</t>
+          <t>Amerikan Saçmalıkları Devri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>8</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052970409</t>
+          <t>9786053843467</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Pembe Kitap</t>
+          <t>Ahmet Selçuk İlkan - Seçmeler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>8</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052974803</t>
+          <t>9786053847540</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Yeşil Kitap</t>
+          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>30</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052970515</t>
+          <t>9786053845522</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sevenler Gönüllerinde Taşır Sevdiklerini</t>
+          <t>Bilgeliğe Yolculuk</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053849186</t>
+          <t>9786053845461</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Pencereme Aşk Kondu</t>
+          <t>2013 Burç Kitabı - Herkes İçin Astroloji</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053844976</t>
+          <t>9786053840541</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek'in Maceraları - Hayatım Roman (Ciltli)</t>
+          <t>10 Resimli Klasik Masal</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053845034</t>
+          <t>9789758809769</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Haylaz Derek’in Maceraları 2 - Hayatım Oyun (Ciltli)</t>
+          <t>10 Dk.’da Enerjinizi Depolayın</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053848189</t>
+          <t>9786052970058</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi (Kokulu Kitap)</t>
+          <t>Yıldızların Altında (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>9.17</v>
+        <v>50</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053848127</t>
+          <t>9786053847052</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar İçin Çocuk Yetiştirmede Psikolojik Taktikler (Kokulu Kitap)</t>
+          <t>Alışveriş Merkezleri ve Perakendede Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053848363</t>
+          <t>9786053849506</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Sınır Koyma - 2 (Kokulu Kitap)</t>
+          <t>Türkiye'de ve Dünyada, AVM'ler ve Perakendede Alışverişin Geleceği</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053848325</t>
+          <t>9786053847939</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuk Sendromu (Kokulu Kitap)</t>
+          <t>Haylaz Derek'in Maceraları 2 - Hayatım Oyun</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>9.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053848141</t>
+          <t>9786053848493</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Anne ve Babalar İçin Çocuk Psikolojisi (Kokulu Kitap)</t>
+          <t>Hayat Evde Başlar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053848219</t>
+          <t>9786052970423</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mavi Kitap</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>9.17</v>
+        <v>8</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053848134</t>
+          <t>9786052970416</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Mutlu Yumurcağı (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>9.17</v>
+        <v>8</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053848158</t>
+          <t>9786052970409</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Çocuklar Yetiştirmek (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Pembe Kitap</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>9.17</v>
+        <v>8</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053848349</t>
+          <t>9786052974803</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Yalan Söyler? (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>9.17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053848165</t>
+          <t>9786052970515</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzla İşbirliği Yapın! (Kokulu Kitap)</t>
+          <t>Sevenler Gönüllerinde Taşır Sevdiklerini</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>9.17</v>
+        <v>20</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053847588</t>
+          <t>9786053849186</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yeniden Keşfet</t>
+          <t>Pencereme Aşk Kondu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053847687</t>
+          <t>9786053844976</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Şikayet Etmeme Kuralı</t>
+          <t>Haylaz Derek'in Maceraları - Hayatım Roman (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053845591</t>
+          <t>9786053845034</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 3</t>
+          <t>Haylaz Derek’in Maceraları 2 - Hayatım Oyun (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053845577</t>
+          <t>9786053848189</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 1</t>
+          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053845621</t>
+          <t>9786053848127</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 6</t>
+          <t>Anne Babalar İçin Çocuk Yetiştirmede Psikolojik Taktikler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053845614</t>
+          <t>9786053848363</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 5</t>
+          <t>Çocuğunuza Sınır Koyma - 2 (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053845607</t>
+          <t>9786053848325</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yapbozlu 6 Harika Masal 4</t>
+          <t>Tek Çocuk Sendromu (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053849636</t>
+          <t>9786053848141</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Takma Dişli Uzaylılar: Uzaylılar Belalı Kasaba'da!</t>
+          <t>Anne ve Babalar İçin Çocuk Psikolojisi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053849629</t>
+          <t>9786053848219</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Takma Dişli Uzaylılar: İhtiyar Uzaylılar Yörüngede</t>
+          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053849612</t>
+          <t>9786053848134</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Takma Dişli Uzaylılar: Kilerdeki Uzay Gemisi</t>
+          <t>Mahallenin En Mutlu Yumurcağı (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>9.26</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053848929</t>
+          <t>9786053848158</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Haddini Bilmek!</t>
+          <t>Kendine Güvenen Çocuklar Yetiştirmek (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>17</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053848882</t>
+          <t>9786053848349</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Kıvırma Sanatı</t>
+          <t>Çocuklar Neden Yalan Söyler? (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053847472</t>
+          <t>9786053848165</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Bütün Kalbinle Sev</t>
+          <t>Çocuğunuzla İşbirliği Yapın! (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>16.67</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053847113</t>
+          <t>9786053847588</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Aşk</t>
+          <t>Kendini Yeniden Keşfet</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>17.59</v>
+        <v>25</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053849452</t>
+          <t>9786053847687</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Şikayet Etmeme Kuralı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>20</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053849148</t>
+          <t>9786053845591</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız (Kokulu Kitap)</t>
+          <t>Yapbozlu 6 Harika Masal 3</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053848066</t>
+          <t>9786053845577</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Kamelyaları</t>
+          <t>Yapbozlu 6 Harika Masal 1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053846628</t>
+          <t>9786053845621</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Minnoş Masallar</t>
+          <t>Yapbozlu 6 Harika Masal 6</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053843900</t>
+          <t>9786053845614</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Çarpım Tablosu</t>
+          <t>Yapbozlu 6 Harika Masal 5</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>7</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053843917</t>
+          <t>9786053845607</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bölme</t>
+          <t>Yapbozlu 6 Harika Masal 4</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053847274</t>
+          <t>9786053849636</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hafızanızla Mucizeler Yaratın</t>
+          <t>Takma Dişli Uzaylılar: Uzaylılar Belalı Kasaba'da!</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053847397</t>
+          <t>9786053849629</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Sevmek</t>
+          <t>Takma Dişli Uzaylılar: İhtiyar Uzaylılar Yörüngede</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053849315</t>
+          <t>9786053849612</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Annemi Yetiştiriyorum</t>
+          <t>Takma Dişli Uzaylılar: Kilerdeki Uzay Gemisi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053849179</t>
+          <t>9786053848929</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanlış Kaç Doğru?</t>
+          <t>Haddini Bilmek!</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>150</v>
+        <v>17</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053848820</t>
+          <t>9786053848882</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Mucizesi</t>
+          <t>Kağıt Kıvırma Sanatı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053848561</t>
+          <t>9786053847472</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Manolya Kokulu Hikayeler</t>
+          <t>Hayatı Bütün Kalbinle Sev</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>9.17</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053848691</t>
+          <t>9786053847113</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Atilla - Tanrı'nın Kırbacı</t>
+          <t>Sonsuz Aşk</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>18.52</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053848851</t>
+          <t>9786053849452</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Stres ve Yaşamın Baskılarıyla Baş Etme Kılavuzu</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053848721</t>
+          <t>9786053849148</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Han</t>
+          <t>Sınırsız (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053848714</t>
+          <t>9786053848066</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Cengizhan</t>
+          <t>Sevgi Kamelyaları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053848042</t>
+          <t>9786053846628</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kendini İmha Etmenin Kolay Yolları</t>
+          <t>Minnoş Masallar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053848035</t>
+          <t>9786053843900</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bir Dakikada Rahatla</t>
+          <t>Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>15.74</v>
+        <v>7</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053846635</t>
+          <t>9786053843917</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tontiş Masallar</t>
+          <t>Gizli Bölme</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053846666</t>
+          <t>9786053847274</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Ezop Masalları</t>
+          <t>Hafızanızla Mucizeler Yaratın</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053846642</t>
+          <t>9786053847397</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Andersen Masalları</t>
+          <t>Elif Gibi Sevmek</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053847069</t>
+          <t>9786053849315</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Güzel Konuşarak İnsanları Etkileme</t>
+          <t>Annemi Yetiştiriyorum</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053846109</t>
+          <t>9786053849179</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Altın Kurallar</t>
+          <t>Bir Yanlış Kaç Doğru?</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>13.89</v>
+        <v>150</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053846413</t>
+          <t>9786053848820</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bunları Bilen Var mı?</t>
+          <t>Kuantum Mucizesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053847977</t>
+          <t>9786053848561</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi</t>
+          <t>Manolya Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>6.48</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053847991</t>
+          <t>9786053848691</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı</t>
+          <t>Atilla - Tanrı'nın Kırbacı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053848004</t>
+          <t>9786053848851</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası</t>
+          <t>Gençler İçin Stres ve Yaşamın Baskılarıyla Baş Etme Kılavuzu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053847984</t>
+          <t>9786053848721</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi</t>
+          <t>Kubilay Han</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053847960</t>
+          <t>9786053848714</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarlar Şatosu</t>
+          <t>Cengizhan</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053843450</t>
+          <t>9786053848042</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Aşk Kıvılcımı</t>
+          <t>Kendini İmha Etmenin Kolay Yolları</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053844679</t>
+          <t>9786053848035</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Unvansız Liderlik</t>
+          <t>Bir Dakikada Rahatla</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053843146</t>
+          <t>9786053846635</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Aşkın Gözyaşları</t>
+          <t>Tontiş Masallar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053840367</t>
+          <t>9786053846666</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Türkler, İslamiyet ve Hilafet</t>
+          <t>En Güzel Ezop Masalları</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053841104</t>
+          <t>9786053846642</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Steve Jobs - Apple</t>
+          <t>En Güzel Andersen Masalları</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053845805</t>
+          <t>9786053847069</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Sahibi ve Saygılı Çocuklar Yetiştirmek</t>
+          <t>Güzel Konuşarak İnsanları Etkileme</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053840589</t>
+          <t>9786053846109</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Yolculuğu</t>
+          <t>İş Hayatında Altın Kurallar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944204033</t>
+          <t>9786053846413</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Zekası</t>
+          <t>Bunları Bilen Var mı?</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053843474</t>
+          <t>9786053847977</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sevgi mi? Bağımlılık mı?</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 5. Kitap : Kaptanın Hazinesi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053840558</t>
+          <t>9786053847991</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zeka SQ</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 4. Kitap : Mavi Çöl'ün Esrarı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053844358</t>
+          <t>9786053848004</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Otoparktaki İnek</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 3. Kitap : Yeraltı Mağarası</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>13.89</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053842040</t>
+          <t>9786053847984</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Hafızanız Olsun İster misiniz?</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 2. Kitap : Kokuşmuşlar Kabilesi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053840466</t>
+          <t>9786053847960</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Oyunu</t>
+          <t>Tuhaf Artemius (Canavar Avcısı) - 1. Kitap : Canavarlar Şatosu</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053845096</t>
+          <t>9786053843450</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mazeret Yok</t>
+          <t>Yüreğimdeki Aşk Kıvılcımı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053844327</t>
+          <t>9786053844679</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Masal Saati Tik Tak</t>
+          <t>Unvansız Liderlik</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053845157</t>
+          <t>9786053843146</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Masal Arabası Bip Biip</t>
+          <t>Umutsuz Aşkın Gözyaşları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053845782</t>
+          <t>9786053840367</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kuantumla Yaşamanın Sırrı</t>
+          <t>Türkler, İslamiyet ve Hilafet</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053843634</t>
+          <t>9786053841104</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kuantumla İyileşmenin Sırrı</t>
+          <t>Steve Jobs - Apple</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053845256</t>
+          <t>9786053845805</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Örümcekler Ağlarına Neden Yapışmazlar?</t>
+          <t>Sorumluluk Sahibi ve Saygılı Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053845959</t>
+          <t>9786053840589</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yedikleriniz İlacınız Olsun!</t>
+          <t>Sonsuzluk Yolculuğu</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053842736</t>
+          <t>9789944204033</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>YapBozlu 3 Harika Masal - 5</t>
+          <t>Sevgi Zekası</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053842187</t>
+          <t>9786053843474</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Ardındaki Gerçek</t>
+          <t>Sevgi mi? Bağımlılık mı?</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053843085</t>
+          <t>9786053840558</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Walmart’ın Ticaret Dahisi</t>
+          <t>Ruhsal Zeka SQ</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053844914</t>
+          <t>9786053844358</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Renklerin İyileştirici Gücü</t>
+          <t>Otoparktaki İnek</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052974049</t>
+          <t>9786053842040</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalplerin Melodisi</t>
+          <t>Mükemmel Bir Hafızanız Olsun İster misiniz?</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052973943</t>
+          <t>9786053840466</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Küçük Hanımlara, Küçük Beylere - Çilek Kokan Masallar (Ciltli)</t>
+          <t>Mutluluk Oyunu</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789758809301</t>
+          <t>9786053845096</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme</t>
+          <t>Mazeret Yok</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>250</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052973462</t>
+          <t>9786053844327</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Boyama</t>
+          <t>Masal Saati Tik Tak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>250</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052973615</t>
+          <t>9786053845157</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Nefes Almak İçin</t>
+          <t>Masal Arabası Bip Biip</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>60</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052973431</t>
+          <t>9786053845782</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Geyik Zamanı (Ciltli)</t>
+          <t>Kuantumla Yaşamanın Sırrı</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>170</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052972816</t>
+          <t>9786053843634</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Kuantumla İyileşmenin Sırrı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>50</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053846598</t>
+          <t>9786053845256</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Keloğlan Masalları (Ciltli)</t>
+          <t>Örümcekler Ağlarına Neden Yapışmazlar?</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052972076</t>
+          <t>9786053845959</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi Seti (4 Kitap)</t>
+          <t>Yedikleriniz İlacınız Olsun!</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>100</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052973202</t>
+          <t>9786053842736</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Masal Arabası (Ciltli)</t>
+          <t>YapBozlu 3 Harika Masal - 5</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052973196</t>
+          <t>9786053842187</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Masal Vapuru (Ciltli)</t>
+          <t>Yalanın Ardındaki Gerçek</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>50</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052973189</t>
+          <t>9786053843085</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Masal Treni (Ciltli)</t>
+          <t>Walmart’ın Ticaret Dahisi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052973219</t>
+          <t>9786053844914</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Masal Balonu (Ciltli)</t>
+          <t>Renklerin İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>50</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052973059</t>
+          <t>9786052974049</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Kırık Kalplerin Melodisi</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052972731</t>
+          <t>9786052973943</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Kırmızı Çıkartmalı Boyama</t>
+          <t>Küçük Hanımlara, Küçük Beylere - Çilek Kokan Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>12</v>
+        <v>300</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052972052</t>
+          <t>9789758809301</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ara Bul Eğlenceli Tatil Macerası</t>
+          <t>A'dan Z'ye Pozitif Çocuklar Yetiştirme</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>20</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052970324</t>
+          <t>9786052973462</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kokulu Masal Seti (5 Kitap Takım)</t>
+          <t>Her Güne Yeni Bir Boyama</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>69.44</v>
+        <v>250</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052971932</t>
+          <t>9786052973615</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Şirinlere Sevimli Masallar (Ciltli)</t>
+          <t>Nefes Almak İçin</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052971925</t>
+          <t>9786052973431</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tontişlere Sevimli Masallar (Ciltli)</t>
+          <t>Çaylak - Geyik Zamanı (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>30</v>
+        <v>170</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052971918</t>
+          <t>9786052972816</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Ponponlara Sevimli Masallar (Ciltli)</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052971895</t>
+          <t>9786053846598</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bıcırıklara Sevimli Masallar (Ciltli)</t>
+          <t>En Güzel Keloğlan Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>30</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052971901</t>
+          <t>9786052972076</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Minnoşlara Sevimli Masallar (Ciltli)</t>
+          <t>Kızlar Çetesi Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052973226</t>
+          <t>9786052973202</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Masal Uçağı (Ciltli)</t>
+          <t>Masal Arabası (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052972564</t>
+          <t>9786052973196</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Masal Vapuru (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053849414</t>
+          <t>9786052973189</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenslere Masallar (Ciltli)</t>
+          <t>Masal Treni (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>15</v>
+        <v>50</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053849421</t>
+          <t>9786052973219</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prenslere Masallar</t>
+          <t>Masal Balonu (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>13.88</v>
+        <v>50</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053849759</t>
+          <t>9786052973059</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Boyama - Turuncu Kitap</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>5.56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052970010</t>
+          <t>9786052972731</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Masal Gezegeni</t>
+          <t>Shopkins Cicibiciler - Kırmızı Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>18.52</v>
+        <v>12</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052972113</t>
+          <t>9786052972052</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserleri</t>
+          <t>Ara Bul Eğlenceli Tatil Macerası</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052972021</t>
+          <t>9786052970324</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Köpekleri Seviyorum</t>
+          <t>Kokulu Masal Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>20</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052970003</t>
+          <t>9786052971932</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Masal Diyarı</t>
+          <t>Şirinlere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052974902</t>
+          <t>9786052971925</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie - Ünlü Dahiler Serisi</t>
+          <t>Tontişlere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052976685</t>
+          <t>9786052971918</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yetiştirme Etkisi</t>
+          <t>Ponponlara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052976722</t>
+          <t>9786052971895</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Duygu Düzenleme Ve Farkındalık</t>
+          <t>Bıcırıklara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052976715</t>
+          <t>9786052971901</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Duygular, Kavramlar, Buzullar, Zaman, Spor (Ciltli)</t>
+          <t>Minnoşlara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052976708</t>
+          <t>9786052973226</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Bahçe, Banyo, Meslekler, Mevsimler, Hastane (Ciltli)</t>
+          <t>Masal Uçağı (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053848400</t>
+          <t>9786052972564</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052976678</t>
+          <t>9786053849414</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Pazar</t>
+          <t>Küçük Prenslere Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>140</v>
+        <v>15</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052976661</t>
+          <t>9786053849421</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Cumartesi</t>
+          <t>Küçük Prenslere Masallar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>140</v>
+        <v>13.88</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052976654</t>
+          <t>9786053849759</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Cuma</t>
+          <t>Shopkins Cicibiciler Boyama - Turuncu Kitap</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>140</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052976647</t>
+          <t>9786052970010</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Perşembe</t>
+          <t>Masal Gezegeni</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>140</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052976630</t>
+          <t>9786052972113</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Çarşamba</t>
+          <t>Stefan Zweig Seçme Eserleri</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052976623</t>
+          <t>9786052972021</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Salı</t>
+          <t>Köpekleri Seviyorum</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>140</v>
+        <v>20</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052976616</t>
+          <t>9786052970003</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Zola ile Bir Hafta Pazartesi</t>
+          <t>Masal Diyarı</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>140</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052976593</t>
+          <t>9786052974902</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sağanak</t>
+          <t>Marie Curie - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052976609</t>
+          <t>9786052976685</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım</t>
+          <t>Yetiştirme Etkisi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052976586</t>
+          <t>9786052976722</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kontrol Edilemeyen Çocuk</t>
+          <t>Duygu Düzenleme Ve Farkındalık</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052970461</t>
+          <t>9786052976715</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bay Süper Kahraman</t>
+          <t>İlginç Sorular Kitabı - Duygular, Kavramlar, Buzullar, Zaman, Spor (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053843924</t>
+          <t>9786052976708</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çıkarma</t>
+          <t>İlginç Sorular Kitabı - Bahçe, Banyo, Meslekler, Mevsimler, Hastane (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053843948</t>
+          <t>9786053848400</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Gizli Matematik Sınavı</t>
+          <t>Çilek Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052975893</t>
+          <t>9786052976678</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tombiş Ayıcık (Ciltli)</t>
+          <t>Zola ile Bir Hafta Pazar</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052975886</t>
+          <t>9786052976661</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Afacan Sincap (Ciltli)</t>
+          <t>Zola ile Bir Hafta Cumartesi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052975909</t>
+          <t>9786052976654</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Tavşan Piko (Ciltli)</t>
+          <t>Zola ile Bir Hafta Cuma</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052975916</t>
+          <t>9786052976647</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Korkak Muzi (Ciltli)</t>
+          <t>Zola ile Bir Hafta Perşembe</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052975879</t>
+          <t>9786052976630</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Dodo (Ciltli)</t>
+          <t>Zola ile Bir Hafta Çarşamba</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052975633</t>
+          <t>9786052976623</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Edda’nın Dilek Kutusu - Dilek Değiş Tokuşu Başlıyor</t>
+          <t>Zola ile Bir Hafta Salı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052975558</t>
+          <t>9786052976616</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Duyularımızı Tanıyalım</t>
+          <t>Zola ile Bir Hafta Pazartesi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052975589</t>
+          <t>9786052976593</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuz Nasıl Çalışıyor?</t>
+          <t>Sağanak</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052975503</t>
+          <t>9786052976609</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kahramanlar Macera Peşinde</t>
+          <t>Yıldırım</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052975596</t>
+          <t>9786052976586</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Okulda Yapabildiklerim</t>
+          <t>Kontrol Edilemeyen Çocuk</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053841739</t>
+          <t>9786052970461</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Babil Kehanetleri</t>
+          <t>Bay Süper Kahraman</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>9.17</v>
+        <v>100</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052974964</t>
+          <t>9786053843924</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Benzama</t>
+          <t>Gizli Çıkarma</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052975107</t>
+          <t>9786053843948</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Haaland</t>
+          <t>Gizli Matematik Sınavı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052975084</t>
+          <t>9786052975893</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hachiko</t>
+          <t>Tombiş Ayıcık (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052975039</t>
+          <t>9786052975886</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Olalım</t>
+          <t>Afacan Sincap (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052974735</t>
+          <t>9786052975909</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tasarım Dünyayı Nasıl Değiştirir?</t>
+          <t>Tavşan Piko (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052974896</t>
+          <t>9786052975916</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Pablo Picasso - Ünlü Dahiler Serisi</t>
+          <t>Korkak Muzi (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052974926</t>
+          <t>9786052975879</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Raffaello Sanzio - Ünlü Dahiler Serisi</t>
+          <t>Neşeli Dodo (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052974889</t>
+          <t>9786052975633</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin - Ünlü Dahiler Serisi</t>
+          <t>Edda’nın Dilek Kutusu - Dilek Değiş Tokuşu Başlıyor</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052974919</t>
+          <t>9786052975558</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Tutankhamun - Ünlü Dahiler Serisi</t>
+          <t>Duyularımızı Tanıyalım</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944204675</t>
+          <t>9786052975589</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Küçük Melek Seni Seviyorum</t>
+          <t>Vücudumuz Nasıl Çalışıyor?</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>5</v>
+        <v>60</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053841807</t>
+          <t>9786052975503</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman İstediğiniz Hayatı Elde Edin</t>
+          <t>Cesur Kahramanlar Macera Peşinde</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>9.9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>4440000001196</t>
+          <t>9786052975596</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir Boya 2</t>
+          <t>Okulda Yapabildiklerim</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>4440000001195</t>
+          <t>9786053841739</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Noktaları Birleştir Boya</t>
+          <t>Babil Kehanetleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>30</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052974308</t>
+          <t>9786052974964</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Bu Bir Balkabağı!</t>
+          <t>Benzama</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052973837</t>
+          <t>9786052975107</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Geceler</t>
+          <t>Haaland</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052974568</t>
+          <t>9786052975084</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Coco Chanel - Ünlü Dahiler Serisi</t>
+          <t>Hachiko</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052974551</t>
+          <t>9786052975039</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo - Ünlü Dahiler Serisi</t>
+          <t>Arkadaş Olalım</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052974544</t>
+          <t>9786052974735</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei - Ünlü Dahiler Serisi</t>
+          <t>Tasarım Dünyayı Nasıl Değiştirir?</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052974537</t>
+          <t>9786052974896</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton - Ünlü Dahiler Serisi</t>
+          <t>Pablo Picasso - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052974520</t>
+          <t>9786052974926</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Leonardo da Vinci - Ünlü Dahiler Serisi</t>
+          <t>Raffaello Sanzio - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C385" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052974513</t>
+          <t>9786052974889</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Louis Pasteur - Ünlü Dahiler Serisi</t>
+          <t>Charles Darwin - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052974506</t>
+          <t>9786052974919</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Stephen Hawking - Ünlü Dahiler Serisi</t>
+          <t>Tutankhamun - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052974490</t>
+          <t>9789944204675</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Vincent Van Gogh - Ünlü Dahiler Serisi</t>
+          <t>Küçük Melek Seni Seviyorum</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>60</v>
+        <v>5</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052974483</t>
+          <t>9786053841807</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Wolfgang Amadeus Mozart - Ünlü Dahiler Serisi</t>
+          <t>Her Zaman İstediğiniz Hayatı Elde Edin</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>60</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786052974476</t>
+          <t>4440000001196</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein - Ünlü Dahiler Serisi</t>
+          <t>Noktaları Birleştir Boya 2</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052974353</t>
+          <t>4440000001195</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kendime Mektuplar</t>
+          <t>Noktaları Birleştir Boya</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053841593</t>
+          <t>9786052974308</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Oktay Usta İle Lezzet Yolculuğu</t>
+          <t>Bu Bir Balkabağı!</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786052972700</t>
+          <t>9786052973837</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Fırtınalı Geceler</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052974414</t>
+          <t>9786052974568</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Balmumu Müzesi'ndeki Hırsızlık - Tom O'Clock ve Zaman Dedektifleri</t>
+          <t>Coco Chanel - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052974421</t>
+          <t>9786052974551</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Arenadaki Hayalet - Tom O'Clock ve Zaman Dedektifleri</t>
+          <t>Frida Kahlo - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>52</v>
+        <v>60</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052974438</t>
+          <t>9786052974544</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Tom O’Clok Yüzyılın Soygunu</t>
+          <t>Galileo Galilei - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053848516</t>
+          <t>9786052974537</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Oktay Usta ile 5 Çayı</t>
+          <t>Isaac Newton - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>13.89</v>
+        <v>60</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786052972502</t>
+          <t>9786052974520</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Mini Masallar (10 Kitap Takım)</t>
+          <t>Leonardo da Vinci - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786052971178</t>
+          <t>9786052974513</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+          <t>Louis Pasteur - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>9.17</v>
+        <v>60</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786052971147</t>
+          <t>9786052974506</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Etklili İletişim Önünde 8 Engel</t>
+          <t>Stephen Hawking - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>4.75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786052974209</t>
+          <t>9786052974490</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Griezmann</t>
+          <t>Vincent Van Gogh - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786052974131</t>
+          <t>9786052974483</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo</t>
+          <t>Wolfgang Amadeus Mozart - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052974186</t>
+          <t>9786052974476</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Ey Dost</t>
+          <t>Albert Einstein - Ünlü Dahiler Serisi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786052971659</t>
+          <t>9786052974353</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Sınırsız Güç</t>
+          <t>Kendime Mektuplar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052971246</t>
+          <t>9786053841593</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Masal Kutusu (Ciltli)</t>
+          <t>Oktay Usta İle Lezzet Yolculuğu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052971277</t>
+          <t>9786052972700</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Masal Yıldızı (Ciltli)</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052971253</t>
+          <t>9786052974414</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Masal Serüveni (Ciltli)</t>
+          <t>Balmumu Müzesi'ndeki Hırsızlık - Tom O'Clock ve Zaman Dedektifleri</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052971239</t>
+          <t>9786052974421</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Masal Balonu (Ciltli)</t>
+          <t>Arenadaki Hayalet - Tom O'Clock ve Zaman Dedektifleri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>13.89</v>
+        <v>52</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786052971260</t>
+          <t>9786052974438</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Masal Sokağı (Ciltli)</t>
+          <t>Tom O’Clok Yüzyılın Soygunu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786052973011</t>
+          <t>9786053848516</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Oktay Usta ile 5 Çayı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>12</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052972069</t>
+          <t>9786052972502</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Miniklere Mini Masallar (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052972090</t>
+          <t>9786052971178</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seçme Eserleri</t>
+          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>50</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052971819</t>
+          <t>9786052971147</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seçme Eserleri</t>
+          <t>Etklili İletişim Önünde 8 Engel</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>50</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052972434</t>
+          <t>9786052974209</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Aşk Laftan Anlamaz</t>
+          <t>Griezmann</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786052971673</t>
+          <t>9786052974131</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Büyük 100 Düşünürü</t>
+          <t>Frida Kahlo</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052971710</t>
+          <t>9786052974186</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Ey Dost</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052973882</t>
+          <t>9786052971659</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Aşk Hikayesi</t>
+          <t>İçinizdeki Sınırsız Güç</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786052973868</t>
+          <t>9786052971246</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İçinde Aşk Saklı</t>
+          <t>Masal Kutusu (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053844235</t>
+          <t>9786052971277</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güvenen Çocuklar Yetiştirmek</t>
+          <t>Masal Yıldızı (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053844860</t>
+          <t>9786052971253</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kan Grubunuza Göre Beslenme</t>
+          <t>Masal Serüveni (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053849940</t>
+          <t>9786052971239</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Süvari</t>
+          <t>Masal Balonu (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053848486</t>
+          <t>9786052971260</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik, Doğum ve Bebek</t>
+          <t>Masal Sokağı (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>35</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052975508</t>
+          <t>9786052973011</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Etkili ve Başarılı İletişimin Sırları</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>40</v>
+        <v>12</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053843573</t>
+          <t>9786052972069</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzla İşbirliği Yapın</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053846024</t>
+          <t>9786052972090</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Boşver Gitsin!</t>
+          <t>Sabahattin Ali Seçme Eserleri</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053848707</t>
+          <t>9786052971819</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle Örülü Hikayeler (Çilek Kokulu) (Ciltli)</t>
+          <t>Stefan Zweig Seçme Eserleri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>17.59</v>
+        <v>50</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052971611</t>
+          <t>9786052972434</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Besin Paradoksu</t>
+          <t>Aşk Laftan Anlamaz</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052971635</t>
+          <t>9786052971673</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>BTS - K-Pop Mucizesi (Ciltli)</t>
+          <t>Dünyanın En Büyük 100 Düşünürü</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052970782</t>
+          <t>9786052971710</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ponçiklere Sevimli Masallar (Ciltli)</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052970799</t>
+          <t>9786052973882</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Pofidiklere Sevimli Masallar (Ciltli)</t>
+          <t>Bir Küçük Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052970836</t>
+          <t>9786052973868</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Seven Ben</t>
+          <t>İçinde Aşk Saklı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052970805</t>
+          <t>9786053844235</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
+          <t>Kendine Güvenen Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053849131</t>
+          <t>9786053844860</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Noktalarla Dans</t>
+          <t>Kan Grubunuza Göre Beslenme</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052970256</t>
+          <t>9786053849940</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Hayalet Süvari</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052970928</t>
+          <t>9786053848486</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Uğultu Tepeler</t>
+          <t>Hamilelik, Doğum ve Bebek</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786052970829</t>
+          <t>9786052975508</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Ansızın Gelen Sen</t>
+          <t>Etkili ve Başarılı İletişimin Sırları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053849650</t>
+          <t>9786053843573</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Saklı Gerçeklerin Gölgesinde</t>
+          <t>Çocuğunuzla İşbirliği Yapın</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053849582</t>
+          <t>9786053846024</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Gizemli Suçların Peşinde</t>
+          <t>Boşver Gitsin!</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786052971383</t>
+          <t>9786053848707</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sevdim Gitti</t>
+          <t>Aşk İle Örülü Hikayeler (Çilek Kokulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>100</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053849988</t>
+          <t>9786052971611</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Esrarengiz Suçluların Ardında</t>
+          <t>Besin Paradoksu</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053849834</t>
+          <t>9786052971635</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Şüpheli Tavırların İzinde</t>
+          <t>BTS - K-Pop Mucizesi (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053849827</t>
+          <t>9786052970782</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Görünen Gerçeklerin Ötesinde</t>
+          <t>Ponçiklere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052971376</t>
+          <t>9786052970799</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Bağırsak</t>
+          <t>Pofidiklere Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053848769</t>
+          <t>9786052970836</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutluluklar Pastanesi (Kokulu Kitap)</t>
+          <t>Ansızın Seven Ben</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>18.52</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052971123</t>
+          <t>9786052970805</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>90 Günde Aşkı Bulun!</t>
+          <t>Kuyrukluyıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052970454</t>
+          <t>9786053849131</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kurallar Kitabı</t>
+          <t>Noktalarla Dans</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053849339</t>
+          <t>9786052970256</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053849605</t>
+          <t>9786052970928</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Süper Şakalar Tatilde</t>
+          <t>Uğultu Tepeler</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053849599</t>
+          <t>9786052970829</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Süper Şakalar Okulda</t>
+          <t>Ansızın Gelen Sen</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052970645</t>
+          <t>9786053849650</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Beyinli Çocuk Yetiştirme</t>
+          <t>Sherlock Holmes - Saklı Gerçeklerin Gölgesinde</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052970508</t>
+          <t>9786053849582</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Bilgiler 1</t>
+          <t>Sherlock Holmes - Gizemli Suçların Peşinde</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052970492</t>
+          <t>9786052971383</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle İknanın Psikolojisi</t>
+          <t>Sevdim Gitti</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053845058</t>
+          <t>9786053849988</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Başarının Yolu: Beden Dilini Anlamak</t>
+          <t>Sherlock Holmes - Esrarengiz Suçluların Ardında</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053845041</t>
+          <t>9786053849834</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma</t>
+          <t>Sherlock Holmes - Şüpheli Tavırların İzinde</t>
         </is>
       </c>
       <c r="C454" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053844365</t>
+          <t>9786053849827</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Anında Etki</t>
+          <t>Sherlock Holmes - Görünen Gerçeklerin Ötesinde</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786052974827</t>
+          <t>9786052971376</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mor Kitap</t>
+          <t>Akıllı Bağırsak</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053849445</t>
+          <t>9786053848769</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Adam Gibi Adam Diyor Ki</t>
+          <t>Küçük Mutluluklar Pastanesi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053849490</t>
+          <t>9786052971123</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Bıdıklara Sevimli Masallar (Ciltli)</t>
+          <t>90 Günde Aşkı Bulun!</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053849117</t>
+          <t>9786052970454</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki Aşk Koksun Hikayeler</t>
+          <t>Kurallar Kitabı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053849483</t>
+          <t>9786053849339</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Pıtırcıklara Sevimli Masallar (Ciltli)</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053848875</t>
+          <t>9786053849605</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Noktalarla Gelen Huzur</t>
+          <t>Süper Şakalar Tatilde</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053849803</t>
+          <t>9786053849599</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ateşkes</t>
+          <t>Süper Şakalar Okulda</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053849360</t>
+          <t>9786052970645</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Mükemmel Beyinli Çocuk Yetiştirme</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053849285</t>
+          <t>9786052970508</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Rüya Tabirleri</t>
+          <t>Lüzumsuz Bilgiler 1</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053848660</t>
+          <t>9786052970492</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Büyükler için Boyama - Benim Renkli Dünyam (Kokulu Kitap)</t>
+          <t>Kelimelerle İknanın Psikolojisi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053848783</t>
+          <t>9786053845058</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Gönülçelen (Kokulu Kitap)</t>
+          <t>İletişimde Başarının Yolu: Beden Dilini Anlamak</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053843894</t>
+          <t>9786053845041</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ölçme</t>
+          <t>Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053843931</t>
+          <t>9786053844365</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gizli Toplama</t>
+          <t>Anında Etki</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>7</v>
+        <v>40</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053848899</t>
+          <t>9786052974827</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali (Kokulu Kitap)</t>
+          <t>Shopkins Cicibiciler Çıkartmalı Aktivite - Mor Kitap</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053841012</t>
+          <t>9786053849445</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Zihin Gücüyle İyileşme</t>
+          <t>Adam Gibi Adam Diyor Ki</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053842590</t>
+          <t>9786053849490</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Yüz Okuma</t>
+          <t>Bıdıklara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053847373</t>
+          <t>9786053849117</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Yeter ki Aşk Koksun Hikayeler</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>190</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053843559</t>
+          <t>9786053849483</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Hayat Dersleri</t>
+          <t>Pıtırcıklara Sevimli Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053848776</t>
+          <t>9786053848875</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Benim Renkli Hayallerim (Kokulu Kitap)</t>
+          <t>Noktalarla Gelen Huzur</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052974179</t>
+          <t>9786053849803</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Sadako (Ciltli)</t>
+          <t>Ateşkes</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052974117</t>
+          <t>9786053849360</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Oyun</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052974124</t>
+          <t>9786053849285</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Katilin İçgüdüsü</t>
+          <t>En Güzel Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>40</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052973479</t>
+          <t>9786053848660</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Basit Çizim Teknikleri</t>
+          <t>Büyükler için Boyama - Benim Renkli Dünyam (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052973578</t>
+          <t>9786053848783</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Gönülçelen (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052973783</t>
+          <t>9786053843894</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Kraliçenin Mücevherleri - Gizem Kulübü</t>
+          <t>Gizli Ölçme</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052973769</t>
+          <t>9786053843931</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Louvre Soygunu - Gizem Kulübü</t>
+          <t>Gizli Toplama</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052973776</t>
+          <t>9786053848899</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Kristal Kafatasları - Gizem Kulübü</t>
+          <t>Bir Şeftali Bin Şeftali (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052973691</t>
+          <t>9786053841012</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Dünya İşgal Altında! - Sakar Uzaylılar İş Başında</t>
+          <t>Zihin Gücüyle İyileşme</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052973677</t>
+          <t>9786053842590</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kasabaya Uzaylı Çıkarması - Sakar Uzaylılar İş Başında</t>
+          <t>Yüz Okuma</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052973653</t>
+          <t>9786053847373</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Ultra Sivrisineklerin İstilası - Sakar Uzaylılar İş Başında</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052973660</t>
+          <t>9786053843559</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kilerdeki Uzay Gemisi - Sakar Uzaylılar İş Başında</t>
+          <t>Mevlana’dan Hayat Dersleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052973790</t>
+          <t>9786053848776</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Firavunun Hazinesi - Gizem Kulübü</t>
+          <t>Benim Renkli Hayallerim (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052972861</t>
+          <t>9786052974179</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Blackpink</t>
+          <t>Sadako (Ciltli)</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052972533</t>
+          <t>9786052974117</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Lily Tek Başına</t>
+          <t>Ölümcül Oyun</t>
         </is>
       </c>
       <c r="C489" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052972687</t>
+          <t>9786052974124</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Formülü</t>
+          <t>Katilin İçgüdüsü</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052974087</t>
+          <t>9786052973479</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Beş - Karındeşen Jack Tarafından Öldürülen Beş Kadının Hiç Anlatılmamış Hayatları</t>
+          <t>Çocuklar İçin Basit Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052972670</t>
+          <t>9786052973578</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052972762</t>
+          <t>9786052973783</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Doğanın Muhafazaları (Ciltli)</t>
+          <t>Kraliçenin Mücevherleri - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052973912</t>
+          <t>9786052973769</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Diyarında - Süperkız</t>
+          <t>Louvre Soygunu - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052973905</t>
+          <t>9786052973776</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Peşinde - Süperkız</t>
+          <t>Kristal Kafatasları - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052973684</t>
+          <t>9786052973691</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kasabadaki Tuhaf Ajan - Sakar Uzaylılar İş Başında</t>
+          <t>Dünya İşgal Altında! - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052973288</t>
+          <t>9786052973677</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Çiftlik Hayvanları</t>
+          <t>Kasabaya Uzaylı Çıkarması - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052973332</t>
+          <t>9786052973653</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Geniş Çayırlar</t>
+          <t>Ultra Sivrisineklerin İstilası - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052973295</t>
+          <t>9786052973660</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Kahraman İtfaiyeciler</t>
+          <t>Kilerdeki Uzay Gemisi - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052973875</t>
+          <t>9786052973790</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Umut Meselesi</t>
+          <t>Firavunun Hazinesi - Gizem Kulübü</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052973851</t>
+          <t>9786052972861</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Kış Şarkısı</t>
+          <t>Blackpink</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052973707</t>
+          <t>9786052972533</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Gün Geçiyor - Prenses Vanilya</t>
+          <t>Lily Tek Başına</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052973714</t>
+          <t>9786052972687</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Görgü Kurallarını Öğreniyorum - Prenses Vanilya</t>
+          <t>Mutluluğun Formülü</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052973806</t>
+          <t>9786052974087</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Hayvan Atlası</t>
+          <t>Beş - Karındeşen Jack Tarafından Öldürülen Beş Kadının Hiç Anlatılmamış Hayatları</t>
         </is>
       </c>
       <c r="C504" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052973448</t>
+          <t>9786052972670</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Nutuk</t>
+          <t>Mükemmel</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052972847</t>
+          <t>9786052972762</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kaderde Varsa aşk Olur</t>
+          <t>Shopkins Cicibiciler - Doğanın Muhafazaları (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052972793</t>
+          <t>9786052973912</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Game of Thrones'tan Liderlik Sırları</t>
+          <t>Hayaller Diyarında - Süperkız</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052972830</t>
+          <t>9786052973905</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 1 - Macera</t>
+          <t>Mutluluğun Peşinde - Süperkız</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052971390</t>
+          <t>9786052973684</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 2 - Hayvanlar</t>
+          <t>Kasabadaki Tuhaf Ajan - Sakar Uzaylılar İş Başında</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052972526</t>
+          <t>9786052973288</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 4 - Prenses</t>
+          <t>Çıkartmalı Aktivite - Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052972779</t>
+          <t>9786052973332</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 5 - Prens</t>
+          <t>Çıkartmalı Aktivite - Geniş Çayırlar</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052972755</t>
+          <t>9786052973295</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Aktiviteli Masallar 3 - Moral</t>
+          <t>Çıkartmalı Aktivite - Kahraman İtfaiyeciler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052973486</t>
+          <t>9786052973875</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Güneşini Uyandır</t>
+          <t>Bir Küçük Umut Meselesi</t>
         </is>
       </c>
       <c r="C513" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052973349</t>
+          <t>9786052973851</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Yağmur Ormanları</t>
+          <t>Kış Şarkısı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052973745</t>
+          <t>9786052973707</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Cücelerin Ormanı - Oyna ve Eğlen</t>
+          <t>Mükemmel Bir Gün Geçiyor - Prenses Vanilya</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052973721</t>
+          <t>9786052973714</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Perilerin Bahçesi - Oyna ve Eğlen</t>
+          <t>Görgü Kurallarını Öğreniyorum - Prenses Vanilya</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052973301</t>
+          <t>9786052973806</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Binicilik Okulu</t>
+          <t>Çıkartmalı Hayvan Atlası</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052973271</t>
+          <t>9786052973448</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Ormandaki Canlılar</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052972809</t>
+          <t>9786052972847</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Davranışlarını Anlayabilmek</t>
+          <t>Kaderde Varsa aşk Olur</t>
         </is>
       </c>
       <c r="C519" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052972786</t>
+          <t>9786052972793</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Seni Sevmekle Başladı Her Şey</t>
+          <t>Game of Thrones'tan Liderlik Sırları</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052973318</t>
+          <t>9786052972830</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Aktivite - Prensesler</t>
+          <t>Aktiviteli Masallar 1 - Macera</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052973844</t>
+          <t>9786052971390</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Beklerken Büyüdüm</t>
+          <t>Aktiviteli Masallar 2 - Hayvanlar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052971628</t>
+          <t>9786052972526</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mehtap</t>
+          <t>Aktiviteli Masallar 4 - Prenses</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052973370</t>
+          <t>9786052972779</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Etkili İnsan Olmak</t>
+          <t>Aktiviteli Masallar 5 - Prens</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>40</v>
+        <v>48</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052973080</t>
+          <t>9786052972755</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>BTS - K-Pop Mucizesi</t>
+          <t>Aktiviteli Masallar 3 - Moral</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052973752</t>
+          <t>9786052973486</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Büyücülerin Şatosu - Oyna ve Eğlen</t>
+          <t>Güneşini Uyandır</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052973325</t>
+          <t>9786052973349</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Dağlar - Çıkartmalı Aktivite</t>
+          <t>Çıkartmalı Aktivite - Yağmur Ormanları</t>
         </is>
       </c>
       <c r="C527" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052973738</t>
+          <t>9786052973745</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Korsanların Gemisi - Oyna ve Eğlen</t>
+          <t>Cücelerin Ormanı - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052973363</t>
+          <t>9786052973721</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Einstein</t>
+          <t>Perilerin Bahçesi - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052973004</t>
+          <t>9786052973301</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Seni Bana Getiren Her Şey</t>
+          <t>Çıkartmalı Aktivite - Binicilik Okulu</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052972991</t>
+          <t>9786052973271</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Messi mi? Ronaldo mu?</t>
+          <t>Çıkartmalı Aktivite - Ormandaki Canlılar</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052972908</t>
+          <t>9786052972809</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kaçan Kovalanır</t>
+          <t>Çocuğunuzun Davranışlarını Anlayabilmek</t>
         </is>
       </c>
       <c r="C532" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052972496</t>
+          <t>9786052972786</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran Seçme Eserleri</t>
+          <t>Seni Sevmekle Başladı Her Şey</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052972724</t>
+          <t>9786052973318</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Mavi Çıkartmalı Boyama</t>
+          <t>Çıkartmalı Aktivite - Prensesler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052972717</t>
+          <t>9786052973844</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Mor Çıkartmalı Boyama</t>
+          <t>Beklerken Büyüdüm</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052972663</t>
+          <t>9786052971628</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Yeşil Çıkartmalı Boyama</t>
+          <t>Benim Adım Mehtap</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052972632</t>
+          <t>9786052973370</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Koyu Pembe Çıkartmalı Boyama</t>
+          <t>Etkili İnsan Olmak</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052973028</t>
+          <t>9786052973080</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>BTS - K-Pop Mucizesi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052972137</t>
+          <t>9786052973752</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Büyücülerin Şatosu - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052972144</t>
+          <t>9786052973325</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Yüksek Dağlar - Çıkartmalı Aktivite</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052972120</t>
+          <t>9786052973738</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Korsanların Gemisi - Oyna ve Eğlen</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052972106</t>
+          <t>9786052973363</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyasında Yaşasaydık Ne Olurdu ?</t>
+          <t>Einstein</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052973035</t>
+          <t>9786052973004</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Profilci</t>
+          <t>Seni Bana Getiren Her Şey</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052972984</t>
+          <t>9786052972991</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Şarkıcı Cici Piyano</t>
+          <t>Messi mi? Ronaldo mu?</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052972977</t>
+          <t>9786052972908</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Sürpriz Parti</t>
+          <t>Kaçan Kovalanır</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052972458</t>
+          <t>9786052972496</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Bones ile Toplama Çıkarma Serüveni</t>
+          <t>Halil Cibran Seçme Eserleri</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052972465</t>
+          <t>9786052972724</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Bones İle Çarpım Taplosu Serüveni</t>
+          <t>Shopkins Cicibiciler - Mavi Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052972960</t>
+          <t>9786052972717</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Mutsuz Kurabi</t>
+          <t>Shopkins Cicibiciler - Mor Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052972823</t>
+          <t>9786052972663</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Seçme Eserleri</t>
+          <t>Shopkins Cicibiciler - Yeşil Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>200</v>
+        <v>12</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052972588</t>
+          <t>9786052972632</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Yalan Söylemenin Sonu</t>
+          <t>Shopkins Cicibiciler - Koyu Pembe Çıkartmalı Boyama</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>50</v>
+        <v>12</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786052972953</t>
+          <t>9786052973028</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Cicibiciler - Çok Konuşan Püslü Elma</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786052972151</t>
+          <t>9786052972137</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik - Gizli</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786052972014</t>
+          <t>9786052972144</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kedileri Seviyorum</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786052972182</t>
+          <t>9786052972120</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Yosun Sosu Sevenler Derneği - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786052972199</t>
+          <t>9786052972106</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Porsuk Çetesi - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Hayvanlar Dünyasında Yaşasaydık Ne Olurdu ?</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786052972168</t>
+          <t>9786052973035</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kurt Adam Kedi - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Profilci</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786052972175</t>
+          <t>9786052972984</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Bir Sansar - Dedektif Köpek Sherlock’un Maceraları</t>
+          <t>Shopkins Cicibiciler - Şarkıcı Cici Piyano</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786052975695</t>
+          <t>9786052972977</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Cesur Ronaldo</t>
+          <t>Shopkins Cicibiciler - Sürpriz Parti</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786052976517</t>
+          <t>9786052972458</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Bıcırıklara Büyük Masallar Kitabım (Ciltli)</t>
+          <t>Sherlock Bones ile Toplama Çıkarma Serüveni</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786052976524</t>
+          <t>9786052972465</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Şirinlere Büyük Masallar Kitabım (Ciltli)</t>
+          <t>Sherlock Bones İle Çarpım Taplosu Serüveni</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786052976531</t>
+          <t>9786052972960</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Miniklere Büyük Masallar Kitabım (Ciltli)</t>
+          <t>Shopkins Cicibiciler - Mutsuz Kurabi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786052975091</t>
+          <t>9786052972823</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Sadako</t>
+          <t>Samed Behrengi Seçme Eserleri</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786053847038</t>
+          <t>9786052972588</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Mesaj Sizsiniz</t>
+          <t>Shopkins Cicibiciler - Yalan Söylemenin Sonu</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786052976500</t>
+          <t>9786052972953</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kabak Necmi ve Süper Ekip - Gofret Kral'ın Hazin Sonu</t>
+          <t>Shopkins Cicibiciler - Çok Konuşan Püslü Elma</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052975008</t>
+          <t>9786052972151</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Mesafeler Sevgiye Engel Değil</t>
+          <t>Eğlenceli Matematik - Gizli</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052976463</t>
+          <t>9786052972014</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynlik Sorunlarına Kazdin Metoduyla Bilimsel Cevaplar</t>
+          <t>Kedileri Seviyorum</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786052976470</t>
+          <t>9786052972182</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Zihin Yoluyla Dinginliğe Ulaşın</t>
+          <t>Yosun Sosu Sevenler Derneği - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052975282</t>
+          <t>9786052972199</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler - 4  Popüler Bilim Dizisi</t>
+          <t>Porsuk Çetesi - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786052975367</t>
+          <t>9786052972168</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler - 6</t>
+          <t>Kurt Adam Kedi - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052975312</t>
+          <t>9786052972175</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler - 5 Popüler Bilim Dizisi</t>
+          <t>Karanlıkta Bir Sansar - Dedektif Köpek Sherlock’un Maceraları</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052974346</t>
+          <t>9786052975695</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>100 Psikolojik Varsayım</t>
+          <t>Cesur Ronaldo</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786052974155</t>
+          <t>9786052976517</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler 2</t>
+          <t>Bıcırıklara Büyük Masallar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786052974148</t>
+          <t>9786052976524</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler 1</t>
+          <t>Şirinlere Büyük Masallar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786052971871</t>
+          <t>9786052976531</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Hachiko</t>
+          <t>Miniklere Büyük Masallar Kitabım (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786052973066</t>
+          <t>9786052975091</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Sadako</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786052976418</t>
+          <t>9786053847038</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Geleceğiniz İçin Geçmişinizi İyileştirin</t>
+          <t>Mesaj Sizsiniz</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786052974100</t>
+          <t>9786052976500</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olma Yolculuğu</t>
+          <t>Kabak Necmi ve Süper Ekip - Gofret Kral'ın Hazin Sonu</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786052974865</t>
+          <t>9786052975008</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü</t>
+          <t>Mesafeler Sevgiye Engel Değil</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786052974698</t>
+          <t>9786052976463</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Düşünce Yöntemi</t>
+          <t>Ebeveynlik Sorunlarına Kazdin Metoduyla Bilimsel Cevaplar</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786053849544</t>
+          <t>9786052976470</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Mandalina Kokulu Masallar</t>
+          <t>Zihin Yoluyla Dinginliğe Ulaşın</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786052976388</t>
+          <t>9786052975282</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Keşifler Kitabı - Hayvanlar Vücudumuz Şekiller (Ciltli)</t>
+          <t>Çok Acayip Eğlenceli Bilgiler - 4  Popüler Bilim Dizisi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786052976395</t>
+          <t>9786052975367</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Keşifler Kitabı - Taşıtlar Yiyecekler Zıt Kavramlar (Ciltli)</t>
+          <t>Çok Acayip Eğlenceli Bilgiler - 6</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786052976371</t>
+          <t>9786052975312</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Bebeğimin İlk Keşifler Kitabı - Renkler Giysiler Sayılar (Ciltli)</t>
+          <t>Çok Acayip Eğlenceli Bilgiler - 5 Popüler Bilim Dizisi</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786052975374</t>
+          <t>9786052974346</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kökenler</t>
+          <t>100 Psikolojik Varsayım</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786052975961</t>
+          <t>9786052974155</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşün Sağlıklı Ol</t>
+          <t>Çok Acayip Eğlenceli Bilgiler 2</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786052976364</t>
+          <t>9786052974148</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Küçük Alışkanlıkların Devrimi</t>
+          <t>Çok Acayip Eğlenceli Bilgiler 1</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786052976357</t>
+          <t>9786052971871</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizin İlk Yılında Kimsenin Size Söylemediği B*ktan Şeyler</t>
+          <t>Hachiko</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786052976340</t>
+          <t>9786052973066</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Şokus Pokus Çikolatası - Jaguarın Sırrı</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786052976333</t>
+          <t>9786052976418</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Şokus Pokus Çikolatası - Vanilya Çılgınlığı</t>
+          <t>Geleceğiniz İçin Geçmişinizi İyileştirin</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786052976326</t>
+          <t>9786052974100</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Şokus Pokus Çikolatası - Gizemli Kupanın Peşinde</t>
+          <t>İnsan Olma Yolculuğu</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786052976302</t>
+          <t>9786052974865</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bir Yaz</t>
+          <t>Hayal Gücü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052976210</t>
+          <t>9786052974698</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Yediklerimizi Neden Yiyoruz?</t>
+          <t>Kuantum Düşünce Yöntemi</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786052976258</t>
+          <t>9786053849544</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Stres Yönetimi</t>
+          <t>Mandalina Kokulu Masallar</t>
         </is>
       </c>
       <c r="C593" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786052976265</t>
+          <t>9786052976388</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kontrolü</t>
+          <t>Bebeğimin İlk Keşifler Kitabı - Hayvanlar Vücudumuz Şekiller (Ciltli)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786052976241</t>
+          <t>9786052976395</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Bin Beyin</t>
+          <t>Bebeğimin İlk Keşifler Kitabı - Taşıtlar Yiyecekler Zıt Kavramlar (Ciltli)</t>
         </is>
       </c>
       <c r="C595" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786052976012</t>
+          <t>9786052976371</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Aralıklı Oruçta Yeni Yaklaşım</t>
+          <t>Bebeğimin İlk Keşifler Kitabı - Renkler Giysiler Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052971048</t>
+          <t>9786052975374</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Karamel Kokulu Masallar</t>
+          <t>Kökenler</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786052971062</t>
+          <t>9786052975961</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Kokulu Masallar</t>
+          <t>Pozitif Düşün Sağlıklı Ol</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052971031</t>
+          <t>9786052976364</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Karadut Kokulu Masallar</t>
+          <t>Küçük Alışkanlıkların Devrimi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052971024</t>
+          <t>9786052976357</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>İncir Kokulu Masallar</t>
+          <t>Bebeğinizin İlk Yılında Kimsenin Size Söylemediği B*ktan Şeyler</t>
         </is>
       </c>
       <c r="C600" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052971055</t>
+          <t>9786052976340</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kayısı Kokulu Masallar</t>
+          <t>Şokus Pokus Çikolatası - Jaguarın Sırrı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052970249</t>
+          <t>9786052976333</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kakao Kokulu Masallar</t>
+          <t>Şokus Pokus Çikolatası - Vanilya Çılgınlığı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052970195</t>
+          <t>9786052976326</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Ananas Kokulu Masallar</t>
+          <t>Şokus Pokus Çikolatası - Gizemli Kupanın Peşinde</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786053849568</t>
+          <t>9786052976302</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Vişne Kokulu Masallar</t>
+          <t>Çılgın Bir Yaz</t>
         </is>
       </c>
       <c r="C604" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053849551</t>
+          <t>9786052976210</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tarçın Kokulu Masallar</t>
+          <t>Yediklerimizi Neden Yiyoruz?</t>
         </is>
       </c>
       <c r="C605" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786053849537</t>
+          <t>9786052976258</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Kokulu Masallar</t>
+          <t>Stres Yönetimi</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786053843160</t>
+          <t>9786052976265</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>İnsan Zihnini Kontrol Etmek</t>
+          <t>Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052976234</t>
+          <t>9786052976241</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Beynin Bilimi</t>
+          <t>Bin Beyin</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052976227</t>
+          <t>9786052976012</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Akıllı İnsanlar Başkalarıyla Nasıl Başarılı Çalışır?</t>
+          <t>Aralıklı Oruçta Yeni Yaklaşım</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052975817</t>
+          <t>9786052971048</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Yazı Mı, Tura Mı?</t>
+          <t>Karamel Kokulu Masallar</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052976180</t>
+          <t>9786052971062</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalp Benim</t>
+          <t>Kiraz Kokulu Masallar</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052976173</t>
+          <t>9786052971031</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Fazlalıklardan Kurtulma Sanatı</t>
+          <t>Karadut Kokulu Masallar</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786052976159</t>
+          <t>9786052971024</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>YouTuber Collın’in Günlüğü</t>
+          <t>İncir Kokulu Masallar</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052976104</t>
+          <t>9786052971055</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Rex Dexter’ın Maceraları - Hayalet Tavuk ve Ben</t>
+          <t>Kayısı Kokulu Masallar</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052976111</t>
+          <t>9786052970249</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Rex Dexter’ın Maceraları - Yanımdaki Denizgergedanı</t>
+          <t>Kakao Kokulu Masallar</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052976135</t>
+          <t>9786052970195</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızın Maceraları - Köpük Banyosu ve Dans Eden Patenler</t>
+          <t>Ananas Kokulu Masallar</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052976142</t>
+          <t>9786053849568</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızın Maceraları - Limonata Gölü ve Şişedeki Mesaj</t>
+          <t>Vişne Kokulu Masallar</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052976128</t>
+          <t>9786053849551</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Havalı Kızın Maceraları - Tropikal Kuşlar ve Kraliyet Bayrağı</t>
+          <t>Tarçın Kokulu Masallar</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052976074</t>
+          <t>9786053849537</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Pal Sokağı Çocukları</t>
+          <t>Karpuz Kokulu Masallar</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052976081</t>
+          <t>9786053843160</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli - Bütün Şiirleri</t>
+          <t>İnsan Zihnini Kontrol Etmek</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052973639</t>
+          <t>9786052976234</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>İki Terapistin Terapi Notları</t>
+          <t>Beynin Bilimi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786052976098</t>
+          <t>9786052976227</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Zaman</t>
+          <t>Akıllı İnsanlar Başkalarıyla Nasıl Başarılı Çalışır?</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052975992</t>
+          <t>9786052975817</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Dünyamızı Nasıl Şekillendirdi ?</t>
+          <t>Yazı Mı, Tura Mı?</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052975978</t>
+          <t>9786052976180</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Ateşböceği Obası’nın Kızları</t>
+          <t>Bu Kalp Benim</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052975985</t>
+          <t>9786052976173</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>İyi Yürekli Panda</t>
+          <t>Fazlalıklardan Kurtulma Sanatı</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052976050</t>
+          <t>9786052976159</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi</t>
+          <t>YouTuber Collın’in Günlüğü</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052976067</t>
+          <t>9786052976104</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi - Kapkek Kraliçeleri</t>
+          <t>Rex Dexter’ın Maceraları - Hayalet Tavuk ve Ben</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786052976043</t>
+          <t>9786052976111</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>İlaç Dünyası Hakkındaki Gerçekler</t>
+          <t>Rex Dexter’ın Maceraları - Yanımdaki Denizgergedanı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052976005</t>
+          <t>9786052976135</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Beden Dilinin Sırları</t>
+          <t>Havalı Kızın Maceraları - Köpük Banyosu ve Dans Eden Patenler</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052975824</t>
+          <t>9786052976142</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Roblox-Mega Hits</t>
+          <t>Havalı Kızın Maceraları - Limonata Gölü ve Şişedeki Mesaj</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786052976029</t>
+          <t>9786052976128</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Matthew Perry</t>
+          <t>Havalı Kızın Maceraları - Tropikal Kuşlar ve Kraliyet Bayrağı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786052975541</t>
+          <t>9786052976074</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Adım Adım Hayata (Kokulu Kitap)</t>
+          <t>Pal Sokağı Çocukları</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786052975954</t>
+          <t>9786052976081</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Turkuaz</t>
+          <t>Orhan Veli - Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052975930</t>
+          <t>9786052973639</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı</t>
+          <t>İki Terapistin Terapi Notları</t>
         </is>
       </c>
       <c r="C634" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786052975947</t>
+          <t>9786052976098</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular Kitabı - Turuncu</t>
+          <t>Zaman</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786052975862</t>
+          <t>9786052975992</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Benzema</t>
+          <t>Felsefe Dünyamızı Nasıl Şekillendirdi ?</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786052975831</t>
+          <t>9786052975978</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Makine Lewandowski</t>
+          <t>Ateşböceği Obası’nın Kızları</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052975855</t>
+          <t>9786052975985</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Golcü Mane</t>
+          <t>İyi Yürekli Panda</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786052975848</t>
+          <t>9786052976050</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Haaland</t>
+          <t>Çilli Kızlar Çetesi</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>4440000003802</t>
+          <t>9786052976067</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Bildiğin Kızlardan Değilim</t>
+          <t>Çilli Kızlar Çetesi - Kapkek Kraliçeleri</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052975763</t>
+          <t>9786052976043</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Gizli Matematik Sınavı</t>
+          <t>İlaç Dünyası Hakkındaki Gerçekler</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786052975749</t>
+          <t>9786052976005</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Gizli Toplama</t>
+          <t>Beden Dilinin Sırları</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786052975770</t>
+          <t>9786052975824</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çıkarma</t>
+          <t>Roblox-Mega Hits</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786052975794</t>
+          <t>9786052976029</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bölme</t>
+          <t>Matthew Perry</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786052975787</t>
+          <t>9786052975541</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Gizli Çarpım Tablosu</t>
+          <t>Kızlar Çetesi - Adım Adım Hayata (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786052975756</t>
+          <t>9786052975954</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Gizli Ölçme</t>
+          <t>İlginç Sorular Kitabı - Turkuaz</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786052975510</t>
+          <t>9786052975930</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Bir Dostun Desteği</t>
+          <t>İlginç Sorular Kitabı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786052975534</t>
+          <t>9786052975947</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Şımarık Kedicik ve Neşeli Filin Maceraları</t>
+          <t>İlginç Sorular Kitabı - Turuncu</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786052975800</t>
+          <t>9786052975862</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Bir Sonraki Einsteın Sen Olabilirsin</t>
+          <t>Kasırga Benzema</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786052975718</t>
+          <t>9786052975831</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Şimşek Mbappe</t>
+          <t>Makine Lewandowski</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786052975701</t>
+          <t>9786052975855</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Büyücü Messi</t>
+          <t>Golcü Mane</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786052975732</t>
+          <t>9786052975848</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Fenomen Neymar</t>
+          <t>Fırtına Haaland</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786052975725</t>
+          <t>4440000003802</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Kral Salah</t>
+          <t>Ben Senin Bildiğin Kızlardan Değilim</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786052975688</t>
+          <t>9786052975763</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Eversloth Malikanesi Gizemi</t>
+          <t>Gizli Matematik Sınavı</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786052975671</t>
+          <t>9786052975749</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Krallık Gizemi</t>
+          <t>Gizli Toplama</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786052975664</t>
+          <t>9786052975770</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Bethlem Hastanesi Gizemi</t>
+          <t>Gizli Çıkarma</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786053849711</t>
+          <t>9786052975794</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Hayatında Babanın Etkisi</t>
+          <t>Gizli Bölme</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786052975640</t>
+          <t>9786052975787</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Edda’nın Dilek Kutusu - Sarı Ev İçin Şahane Bir Bahçe</t>
+          <t>Gizli Çarpım Tablosu</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786052975657</t>
+          <t>9786052975756</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Edda’nın Dilek Kutusu - Sissi Nine’nin En Yakın Arkadaşı Kim?</t>
+          <t>Gizli Ölçme</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786052975626</t>
+          <t>9786052975510</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Aile</t>
+          <t>Bir Dostun Desteği</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786052975442</t>
+          <t>9786052975534</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Örüntüler</t>
+          <t>Şımarık Kedicik ve Neşeli Filin Maceraları</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786052975572</t>
+          <t>9786052975800</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Beslenelim</t>
+          <t>Bir Sonraki Einsteın Sen Olabilirsin</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786052975565</t>
+          <t>9786052975718</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Nasıl Geldik?</t>
+          <t>Şimşek Mbappe</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052975404</t>
+          <t>9786052975701</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Toplama</t>
+          <t>Büyücü Messi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786052975411</t>
+          <t>9786052975732</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Sayı Sayma</t>
+          <t>Fenomen Neymar</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052975473</t>
+          <t>9786052975725</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Zaman</t>
+          <t>Kral Salah</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786052975602</t>
+          <t>9786052975688</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Evde Yapabildiklerim</t>
+          <t>Eversloth Malikanesi Gizemi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786052975428</t>
+          <t>9786052975671</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Şekiller</t>
+          <t>Krallık Gizemi</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786052975459</t>
+          <t>9786052975664</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Ölçme</t>
+          <t>Bethlem Hastanesi Gizemi</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786052975435</t>
+          <t>9786053849711</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Para</t>
+          <t>Çocuğunuzun Hayatında Babanın Etkisi</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786052975466</t>
+          <t>9786052975640</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Matematik Canavarları - Çıkarma</t>
+          <t>Edda’nın Dilek Kutusu - Sarı Ev İçin Şahane Bir Bahçe</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052975497</t>
+          <t>9786052975657</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İhmalin Yaşanmış 5 Hikayesi</t>
+          <t>Edda’nın Dilek Kutusu - Sissi Nine’nin En Yakın Arkadaşı Kim?</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786052975480</t>
+          <t>9786052975626</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Kız Arkadaşın İntikam Rehberi</t>
+          <t>Yanlış Aile</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052975398</t>
+          <t>9786052975442</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Konuşmanın İyileştirci Gücü</t>
+          <t>Matematik Canavarları - Örüntüler</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052975077</t>
+          <t>9786052975572</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Bebek Kitabı</t>
+          <t>Sağlıklı Beslenelim</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786052974575</t>
+          <t>9786052975565</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Exo</t>
+          <t>Dünyaya Nasıl Geldik?</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052974995</t>
+          <t>9786052975404</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Shinobi Iri 3</t>
+          <t>Matematik Canavarları - Toplama</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786052974988</t>
+          <t>9786052975411</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Shinobi Iri 2</t>
+          <t>Matematik Canavarları - Sayı Sayma</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052974971</t>
+          <t>9786052975473</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Shinobi Iri 1</t>
+          <t>Matematik Canavarları - Zaman</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052975114</t>
+          <t>9786052975602</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İnatçı Ergen Çocuğunuza Sınır Koyma</t>
+          <t>Evde Yapabildiklerim</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786052975060</t>
+          <t>9786052975428</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Kendi Manganızı Çizin</t>
+          <t>Matematik Canavarları - Şekiller</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786052974469</t>
+          <t>9786052975459</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Haben</t>
+          <t>Matematik Canavarları - Ölçme</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786052974957</t>
+          <t>9786052975435</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Az Düşün Uzun Yaşa</t>
+          <t>Matematik Canavarları - Para</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052974940</t>
+          <t>9786052975466</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Kısas</t>
+          <t>Matematik Canavarları - Çıkarma</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786052974933</t>
+          <t>9786052975497</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Tadında Bir Hayat</t>
+          <t>Duygusal İhmalin Yaşanmış 5 Hikayesi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786052975022</t>
+          <t>9786052975480</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Benedict Ve Arıların İşbirliği</t>
+          <t>Mükemmel Kız Arkadaşın İntikam Rehberi</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786052975053</t>
+          <t>9786052975398</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Molly Ve Şekerli Kurabiye</t>
+          <t>Konuşmanın İyileştirci Gücü</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786052975046</t>
+          <t>9786052975077</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Pilar'ın Endişeleri</t>
+          <t>Bebek Kitabı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052974858</t>
+          <t>9786052974575</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bayan Bonbon Ve Üç Süper Ajan</t>
+          <t>Exo</t>
         </is>
       </c>
       <c r="C689" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786052974841</t>
+          <t>9786052974995</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Altın Tasma Operasyonu</t>
+          <t>Shinobi Iri 3</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052974872</t>
+          <t>9786052974988</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Söyleme</t>
+          <t>Shinobi Iri 2</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786052974704</t>
+          <t>9786052974971</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğlenceli Dünya Tarihi</t>
+          <t>Shinobi Iri 1</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786052974322</t>
+          <t>9786052975114</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Düşler Evi</t>
+          <t>İnatçı Ergen Çocuğunuza Sınır Koyma</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786052974650</t>
+          <t>9786052975060</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Elementler Akademisi-3 Nilüferlerin Gecesi</t>
+          <t>Kendi Manganızı Çizin</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786052974667</t>
+          <t>9786052974469</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Elementler Akademisi 2 - Gölgelerin Melodisi</t>
+          <t>Haben</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052974681</t>
+          <t>9786052974957</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn Dili</t>
+          <t>Az Düşün Uzun Yaşa</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052974599</t>
+          <t>9786052974940</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Gizli Enerji Terapileri</t>
+          <t>Kısas</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052974292</t>
+          <t>9786052974933</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kardeşin Kaçışı</t>
+          <t>Karpuz Tadında Bir Hayat</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052974377</t>
+          <t>9786052975022</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Hediyeler Veren Kütüphane</t>
+          <t>Benedict Ve Arıların İşbirliği</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052974384</t>
+          <t>9786052975053</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki En Değerli Şey</t>
+          <t>Molly Ve Şekerli Kurabiye</t>
         </is>
       </c>
       <c r="C700" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786052974582</t>
+          <t>9786052975046</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Macera Dolu Bir Gezi</t>
+          <t>Pilar'ın Endişeleri</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786053840343</t>
+          <t>9786052974858</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>%100 Kendiniz Olun!</t>
+          <t>Bayan Bonbon Ve Üç Süper Ajan</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052973530</t>
+          <t>9786052974841</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Altın Tasma Operasyonu</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786052973646</t>
+          <t>9786052974872</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Arsene Lupin - Herlock Sholmes'e Karşı</t>
+          <t>Hiçbir Şey Söyleme</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052973394</t>
+          <t>9786052974704</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>Çocuklar İçin Eğlenceli Dünya Tarihi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052974759</t>
+          <t>9786052974322</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Haylaz-Hayatım Oyun</t>
+          <t>Yeşilin Kızı Anne - Düşler Evi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786052974742</t>
+          <t>9786052974650</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Geyik Zamanı</t>
+          <t>Elementler Akademisi-3 Nilüferlerin Gecesi</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052974773</t>
+          <t>9786052974667</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Haylaz - Hayatım Sınav</t>
+          <t>Elementler Akademisi 2 - Gölgelerin Melodisi</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786052974780</t>
+          <t>9786052974681</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Haylaz-Hayatım Şaka</t>
+          <t>Ebeveyn Dili</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786052974834</t>
+          <t>9786052974599</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Sihirli Turne</t>
+          <t>Gizli Enerji Terapileri</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786052974797</t>
+          <t>9786052974292</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Shopkins Doğanın Muhafızları</t>
+          <t>Büyük Kardeşin Kaçışı</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786052974711</t>
+          <t>9786052974377</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Mucize Metabolizma</t>
+          <t>Hediyeler Veren Kütüphane</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052974452</t>
+          <t>9786052974384</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Öğrenme Bilimi</t>
+          <t>Dünyadaki En Değerli Şey</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786052974445</t>
+          <t>9786052974582</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış - Başlangıcın Muhteşem Hikayesi</t>
+          <t>Kızlar Çetesi - Macera Dolu Bir Gezi</t>
         </is>
       </c>
       <c r="C714" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786052974339</t>
+          <t>9786053840343</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Sadako</t>
+          <t>%100 Kendiniz Olun!</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052974285</t>
+          <t>9786052973530</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir İngilizce Kelime</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052974193</t>
+          <t>9786052973646</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın! Kendim de Yapabiliyorum</t>
+          <t>Arsene Lupin - Herlock Sholmes'e Karşı</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786052974162</t>
+          <t>9786052973394</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Çok Acayip Eğlenceli Bilgiler 3</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786052974216</t>
+          <t>9786052974759</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>The Serpent</t>
+          <t>Haylaz-Hayatım Oyun</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786052973998</t>
+          <t>9786052974742</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkler ve Osmanlı’da Halkla İlişkiler</t>
+          <t>Çaylak - Geyik Zamanı</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786052974070</t>
+          <t>9786052974773</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Sınırlar Belirlemek İçin "Hayır"</t>
+          <t>Haylaz - Hayatım Sınav</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052974094</t>
+          <t>9786052974780</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Sistemli Düşünme</t>
+          <t>Haylaz-Hayatım Şaka</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786052974056</t>
+          <t>9786052974834</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada - Kötülüğün Basamakları</t>
+          <t>Shopkins Sihirli Turne</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786052974018</t>
+          <t>9786052974797</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Düşünmeyi Öğretmek</t>
+          <t>Shopkins Doğanın Muhafızları</t>
         </is>
       </c>
       <c r="C724" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786052974063</t>
+          <t>9786052974711</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Duygularda Ustalaşın</t>
+          <t>Mucize Metabolizma</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786052974025</t>
+          <t>9786052974452</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Ya Sen Olmasaydın</t>
+          <t>Hızlı Öğrenme Bilimi</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786052974001</t>
+          <t>9786052974445</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Sadelik Prensibi</t>
+          <t>Yaratılış - Başlangıcın Muhteşem Hikayesi</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786052974032</t>
+          <t>9786052974339</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Aklım Bir Karış Havada</t>
+          <t>Sadako</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786052973929</t>
+          <t>9786052974285</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - Avonlea</t>
+          <t>Her Güne Yeni Bir İngilizce Kelime</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786052973967</t>
+          <t>9786052974193</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Kavaklar - Yeşilin Kızı Anne</t>
+          <t>Yaşasın! Kendim de Yapabiliyorum</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786052973936</t>
+          <t>9786052974162</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne - "Adanın Kızı"</t>
+          <t>Çok Acayip Eğlenceli Bilgiler 3</t>
         </is>
       </c>
       <c r="C731" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786052973950</t>
+          <t>9786052974216</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Solmasın Ruhumuz</t>
+          <t>The Serpent</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786052972748</t>
+          <t>9786052973998</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Yeşilin Kızı Anne</t>
+          <t>Eski Türkler ve Osmanlı’da Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786052973424</t>
+          <t>9786052974070</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dostlar - Anca Beraber Kanca Beraber</t>
+          <t>Sağlıklı Sınırlar Belirlemek İçin "Hayır"</t>
         </is>
       </c>
       <c r="C734" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786052973899</t>
+          <t>9786052974094</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Oyuk İğne'nin Sırrı - Arsene Lupin</t>
+          <t>Sistemli Düşünme</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786052973820</t>
+          <t>9786052974056</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Yarım Şiirler</t>
+          <t>Issız Ada - Kötülüğün Basamakları</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786052973813</t>
+          <t>9786052974018</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Çıkartmalı Dünya Atlası</t>
+          <t>Çocuklara Düşünmeyi Öğretmek</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786052971222</t>
+          <t>9786052974063</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç ve Orta Düzey İçin Modern Öğreten İngilizce</t>
+          <t>Duygularda Ustalaşın</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786052973172</t>
+          <t>9786052974025</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Uyku Eğitimi</t>
+          <t>Sıkı Dostlar - Ya Sen Olmasaydın</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786052973622</t>
+          <t>9786052974001</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Kibar Hırsız - Arsene Lupin</t>
+          <t>Sadelik Prensibi</t>
         </is>
       </c>
       <c r="C740" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786052973585</t>
+          <t>9786052974032</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Aspidistra</t>
+          <t>Sıkı Dostlar - Aklım Bir Karış Havada</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786052973608</t>
+          <t>9786052973929</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Yeşilin Kızı Anne - Avonlea</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786052973592</t>
+          <t>9786052973967</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Rüzgarlı Kavaklar - Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786052973400</t>
+          <t>9786052973936</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Davranışçı Terapi</t>
+          <t>Yeşilin Kızı Anne - "Adanın Kızı"</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786052973561</t>
+          <t>9786052973950</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Seri Katil Oldular?</t>
+          <t>Solmasın Ruhumuz</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786052973554</t>
+          <t>9786052972748</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>NLP Zihin Kullanma Gücü</t>
+          <t>Yeşilin Kızı Anne</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786052973523</t>
+          <t>9786052973424</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Ermiş'in Bahçesi</t>
+          <t>Sıkı Dostlar - Anca Beraber Kanca Beraber</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786052973516</t>
+          <t>9786052973899</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Gezgin</t>
+          <t>Oyuk İğne'nin Sırrı - Arsene Lupin</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786052972656</t>
+          <t>9786052973820</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Tebessüm ve Gözyaşı</t>
+          <t>Yarım Şiirler</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786052973509</t>
+          <t>9786052973813</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük</t>
+          <t>Çıkartmalı Dünya Atlası</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786052973547</t>
+          <t>9786052971222</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Deli</t>
+          <t>Başlangıç ve Orta Düzey İçin Modern Öğreten İngilizce</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786052973493</t>
+          <t>9786052973172</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Rüzgargülü</t>
+          <t>Adım Adım Uyku Eğitimi</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786052972649</t>
+          <t>9786052973622</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Hayallerini Takip Et</t>
+          <t>Kibar Hırsız - Arsene Lupin</t>
         </is>
       </c>
       <c r="C753" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786052972519</t>
+          <t>9786052973585</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Mucize Çocuk Wink</t>
+          <t>Aspidistra</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786052972557</t>
+          <t>9786052973608</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Görevimiz Eğlence</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052972571</t>
+          <t>9786052973592</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Pogba - Orta Sahanın Doğuştan Yetenekli Oyuncusu</t>
+          <t>Burma Günleri</t>
         </is>
       </c>
       <c r="C756" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786052973417</t>
+          <t>9786052973400</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Diana</t>
+          <t>Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786052973165</t>
+          <t>9786052973561</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Yaşasaydı</t>
+          <t>Nasıl Seri Katil Oldular?</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786052973387</t>
+          <t>9786052973554</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Aktivite - Zeka ve Beceri Geliştirici</t>
+          <t>NLP Zihin Kullanma Gücü</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786052973356</t>
+          <t>9786052973523</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Sahaların Mucize Çocuğu - Mbappe</t>
+          <t>Ermiş'in Bahçesi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786052972915</t>
+          <t>9786052973516</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Kulübe Yeni Misafirler - Çilek Kızlar 3</t>
+          <t>Gezgin</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786052973233</t>
+          <t>9786052972656</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Temel Çizim Teknikleri</t>
+          <t>Tebessüm ve Gözyaşı</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>450</v>
+        <v>80</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786052973240</t>
+          <t>9786052973509</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kanadı Kırık Sevdalar</t>
+          <t>Kum ve Köpük</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786052973257</t>
+          <t>9786052973547</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Umut Dolu Yarınlar</t>
+          <t>Deli</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786052973264</t>
+          <t>9786052973493</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Kalpler</t>
+          <t>Rüzgargülü</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786052973158</t>
+          <t>9786052972649</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Şişko Ejderhanın Öksürüğü</t>
+          <t>Hayallerini Takip Et</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786052973134</t>
+          <t>9786052972519</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Kokuşuk Düşmanlarla Mücadele</t>
+          <t>Mucize Çocuk Wink</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786052973141</t>
+          <t>9786052972557</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Büyük Altın Kestane Şenliği</t>
+          <t>Kızlar Çetesi - Görevimiz Eğlence</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786052973127</t>
+          <t>9786052972571</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Marvin - Büyülü Köy'e Hoş Geldiniz</t>
+          <t>Pogba - Orta Sahanın Doğuştan Yetenekli Oyuncusu</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786052973110</t>
+          <t>9786052973417</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Hızlı ve Yetenekli Yıldızı Salah</t>
+          <t>Diana</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786052973073</t>
+          <t>9786052973165</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Atatürk Yaşasaydı</t>
         </is>
       </c>
       <c r="C771" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786052973042</t>
+          <t>9786052973387</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Her Güne Yeni Bir Aktivite - Zeka ve Beceri Geliştirici</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052972878</t>
+          <t>9786052973356</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi 5 - Yeni Başlangıçlar</t>
+          <t>Sahaların Mucize Çocuğu - Mbappe</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786052972922</t>
+          <t>9786052972915</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Exo (Ciltli)</t>
+          <t>Kulübe Yeni Misafirler - Çilek Kızlar 3</t>
         </is>
       </c>
       <c r="C774" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786052972892</t>
+          <t>9786052973233</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Şeker Diyeti</t>
+          <t>Temel Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786052972472</t>
+          <t>9786052973240</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Dostluğun Sırrı - Çilek Kızlar</t>
+          <t>Kanadı Kırık Sevdalar</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786053849674</t>
+          <t>9786052973257</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada</t>
+          <t>Umut Dolu Yarınlar</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786052972489</t>
+          <t>9786052973264</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Zihinde Başlar</t>
+          <t>Yarım Kalan Kalpler</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786052972038</t>
+          <t>9786052973158</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Çilek Kızlar</t>
+          <t>Marvin - Şişko Ejderhanın Öksürüğü</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786052971666</t>
+          <t>9786052973134</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızdan Nükte, Hiciv ve Sövgü Söylemler</t>
+          <t>Marvin - Kokuşuk Düşmanlarla Mücadele</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786052971697</t>
+          <t>9786052973141</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Marvin - Büyük Altın Kestane Şenliği</t>
         </is>
       </c>
       <c r="C781" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786052971758</t>
+          <t>9786052973127</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Mucizeleri</t>
+          <t>Marvin - Büyülü Köy'e Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C782" s="1">
         <v>80</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786052971734</t>
+          <t>9786052973110</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Görülmeyen Koleksiyon - Fragman</t>
+          <t>Futbolun Hızlı ve Yetenekli Yıldızı Salah</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786052971741</t>
+          <t>9786052973073</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Geç Ödenen Borç</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786052971765</t>
+          <t>9786052973042</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyet</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786052971727</t>
+          <t>9786052972878</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Erika Ewald'ın Aşkı</t>
+          <t>Kızlar Çetesi 5 - Yeni Başlangıçlar</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786052971772</t>
+          <t>9786052972922</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Exo (Ciltli)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786052971789</t>
+          <t>9786052972892</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Şeker Diyeti</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786052971703</t>
+          <t>9786052972472</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Gerçek Dostluğun Sırrı - Çilek Kızlar</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786052972007</t>
+          <t>9786053849674</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Pozitif Disiplin</t>
+          <t>Issız Ada</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786052971994</t>
+          <t>9786052972489</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Engel Yok</t>
+          <t>Her Şey Zihinde Başlar</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786052971963</t>
+          <t>9786052972038</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - İş Başında</t>
+          <t>Çilek Kızlar</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786052971864</t>
+          <t>9786052971666</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi (Kokulu Kitap)</t>
+          <t>Edebiyatımızdan Nükte, Hiciv ve Sövgü Söylemler</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786052971970</t>
+          <t>9786052971697</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Çaylak - Tatil Macerası</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786052971802</t>
+          <t>9786052971758</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Firarda</t>
+          <t>Hayatın Mucizeleri</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786052971796</t>
+          <t>9786052971734</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka</t>
+          <t>Görülmeyen Koleksiyon - Fragman</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786052971574</t>
+          <t>9786052971741</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Yeni Bir Masal (Ciltli)</t>
+          <t>Geç Ödenen Borç</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>850</v>
+        <v>80</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786052971604</t>
+          <t>9786052971765</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Büyük Dünya Tarihi</t>
+          <t>Mecburiyet</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786052971598</t>
+          <t>9786052971727</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi Görev Başında</t>
+          <t>Erika Ewald'ın Aşkı</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786052971581</t>
+          <t>9786052971772</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Çilli Kızlar Çetesi Okul Gezisinde</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786052971550</t>
+          <t>9786052971789</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi 3 - Sıkı Dostlar</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786052971437</t>
+          <t>9786052971703</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Korku Zindanı</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786052971420</t>
+          <t>9786052972007</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Ormanı</t>
+          <t>Çocuk Eğitiminde Pozitif Disiplin</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786052971406</t>
+          <t>9786052971994</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Kampı</t>
+          <t>Başarıya Engel Yok</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786052971413</t>
+          <t>9786052971963</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düello</t>
+          <t>Çaylak - İş Başında</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786052971215</t>
+          <t>9786052971864</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Çocuk Yetiştirme Sanatı</t>
+          <t>Kızlar Çetesi (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786052971284</t>
+          <t>9786052971970</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Ihlamur Kokulu Hikayeler</t>
+          <t>Çaylak - Tatil Macerası</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786052971130</t>
+          <t>9786052971802</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Sevginin Gücü (Kokulu Kitap)</t>
+          <t>Kızlar Firarda</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786052970973</t>
+          <t>9786052971796</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Tanık</t>
+          <t>Franz Kafka</t>
         </is>
       </c>
       <c r="C809" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786052970850</t>
+          <t>9786052971574</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Kızlar Çetesi - Carlotta ve Yeni Dostluklar</t>
+          <t>Her Güne Yeni Bir Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052970812</t>
+          <t>9786052971604</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Altın Kurallar Kitabı 2</t>
+          <t>Büyük Dünya Tarihi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786052970713</t>
+          <t>9786052971598</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Türklerden Deha Çıkmaz!</t>
+          <t>Çilli Kızlar Çetesi Görev Başında</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786052970218</t>
+          <t>9786052971581</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Hindistan Cevizi Kokulu Masallar</t>
+          <t>Çilli Kızlar Çetesi Okul Gezisinde</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786052970447</t>
+          <t>9786052971550</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Alamut Kalesi</t>
+          <t>Kızlar Çetesi 3 - Sıkı Dostlar</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786052970201</t>
+          <t>9786052971437</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Frambuaz Kokulu Masallar</t>
+          <t>Korku Zindanı</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786052970225</t>
+          <t>9786052971420</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kivi Kokulu Masallar</t>
+          <t>Canavarlar Ormanı</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786052970188</t>
+          <t>9786052971406</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Çay Kokulu Hikayeler</t>
+          <t>Canavarlar Kampı</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786052970171</t>
+          <t>9786052971413</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Büyük Düello</t>
         </is>
       </c>
       <c r="C818" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786052970065</t>
+          <t>9786052971215</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Hayat, Başarı ve Eğitim Evde Başlar</t>
+          <t>Her Yönüyle Çocuk Yetiştirme Sanatı</t>
         </is>
       </c>
       <c r="C819" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786053849841</t>
+          <t>9786052971284</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>İstikamet Tatil - Üşütük Kızın Günlüğü 3</t>
+          <t>Ihlamur Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786053849704</t>
+          <t>9786052971130</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Cüceler Madenindeki Hayaletler</t>
+          <t>Kızlar Çetesi - Sevginin Gücü (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786053849698</t>
+          <t>9786052970973</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Hazine</t>
+          <t>Sessiz Tanık</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786053849681</t>
+          <t>9786052970850</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Sihir Okulunun Laneti</t>
+          <t>Kızlar Çetesi - Carlotta ve Yeni Dostluklar</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786052971017</t>
+          <t>9786052970812</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Issız Ada - Son Hedef</t>
+          <t>Altın Kurallar Kitabı 2</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786053849520</t>
+          <t>9786052970713</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Ahududu Kokulu Masallar</t>
+          <t>Türklerden Deha Çıkmaz!</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786053849407</t>
+          <t>9786052970218</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Çocuk</t>
+          <t>Hindistan Cevizi Kokulu Masallar</t>
         </is>
       </c>
       <c r="C826" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786053849247</t>
+          <t>9786052970447</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Kahve Kokulu Hikayeler</t>
+          <t>Alamut Kalesi</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786053849018</t>
+          <t>9786052970201</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Vanilya Kokulu Masallar</t>
+          <t>Frambuaz Kokulu Masallar</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786053848981</t>
+          <t>9786052970225</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Böğürtlen Kokulu Masallar</t>
+          <t>Kivi Kokulu Masallar</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786053849001</t>
+          <t>9786052970188</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Nar Kokulu Masallar</t>
+          <t>Çay Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C830" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786053849025</t>
+          <t>9786052970171</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Şeftali Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786053848998</t>
+          <t>9786052970065</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Elma Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Hayat, Başarı ve Eğitim Evde Başlar</t>
         </is>
       </c>
       <c r="C832" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786053848806</t>
+          <t>9786053849841</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi - Çocuk Klasikleri (Kokulu Kitap)</t>
+          <t>İstikamet Tatil - Üşütük Kızın Günlüğü 3</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786053849063</t>
+          <t>9786053849704</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
+          <t>Cüceler Madenindeki Hayaletler</t>
         </is>
       </c>
       <c r="C834" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786053848950</t>
+          <t>9786053849698</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerle İnsanları Etkileme</t>
+          <t>Büyülü Hazine</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786053848677</t>
+          <t>9786053849681</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Kızlar Ortalığı Karıştırıyor! - Üşütük Kızın Günlüğü 2</t>
+          <t>Sihir Okulunun Laneti</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786053848417</t>
+          <t>9786052971017</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Muz Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Issız Ada - Son Hedef</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786053848394</t>
+          <t>9786053849520</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Limon Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Ahududu Kokulu Masallar</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786053848424</t>
+          <t>9786053849407</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Başarılı Çocuk</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786053846475</t>
+          <t>9786053849247</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Haarp - Gelmiş Geçmiş En Tehlikeli Silah!</t>
+          <t>Kahve Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786053846512</t>
+          <t>9786053849018</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
+          <t>Vanilya Kokulu Masallar</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786053847212</t>
+          <t>9786053848981</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Papatya Kokulu Hikayeler (Kokulu Kitap)</t>
+          <t>Böğürtlen Kokulu Masallar</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786053848431</t>
+          <t>9786053849001</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Kokulu Masallar (Kokulu Kitap)</t>
+          <t>Nar Kokulu Masallar</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786053848509</t>
+          <t>9786053849025</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Kokulu Hikayeler (Kokulu Kitap)</t>
+          <t>Şeftali Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786053848011</t>
+          <t>9786053848998</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Kokulu Kitap)</t>
+          <t>Elma Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786053847403</t>
+          <t>9786053848806</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Manolya Kokulu Hikayeler</t>
+          <t>Çocuk Kalbi - Çocuk Klasikleri (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786053847304</t>
+          <t>9786053849063</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Üşütük Kızın Günlüğü - Yeni Bir Hayat (Kokulu Kitap)</t>
+          <t>Beyaz Zambaklar Ülkesinde (Tam Metin)</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786053846567</t>
+          <t>9786053848950</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Tek Çocuk Sendromu</t>
+          <t>Kelimelerle İnsanları Etkileme</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786053846741</t>
+          <t>9786053848677</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Neden Yalan Söyler?</t>
+          <t>Yenilmez Kızlar Ortalığı Karıştırıyor! - Üşütük Kızın Günlüğü 2</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786053846796</t>
+          <t>9786053848417</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Menekşe Kokulu Hikayeler</t>
+          <t>Muz Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786053846581</t>
+          <t>9786053848394</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Büyücünün Efsanesi</t>
+          <t>Limon Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786053845775</t>
+          <t>9786053848424</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Sınır Koyma - 2</t>
+          <t>Portakal Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786053845317</t>
+          <t>9786053846475</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuza Sınır Koyma</t>
+          <t>Haarp - Gelmiş Geçmiş En Tehlikeli Silah!</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786053844822</t>
+          <t>9786053846512</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi</t>
+          <t>Başkalarını Sizin Gibi Düşünmeye Nasıl İkna Edersiniz?</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786053845539</t>
+          <t>9786053847212</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Aklını En Doğru Şekilde Kullan</t>
+          <t>Papatya Kokulu Hikayeler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786053845799</t>
+          <t>9786053848431</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Pozitif Çocuklar Yetiştirme</t>
+          <t>Çikolata Kokulu Masallar (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786053844174</t>
+          <t>9786053848509</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+          <t>Yasemin Kokulu Hikayeler (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C857" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786053845386</t>
+          <t>9786053848011</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce En Çok Pişman Olduğumuz 5 Şey</t>
+          <t>Küçük Prens (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789944204668</t>
+          <t>9786053847403</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Öğreten İngilizce</t>
+          <t>Manolya Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789758809738</t>
+          <t>9786053847304</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Mutlu Yumurcağı</t>
+          <t>Üşütük Kızın Günlüğü - Yeni Bir Hayat (Kokulu Kitap)</t>
         </is>
       </c>
       <c r="C860" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786053844136</t>
+          <t>9786053846567</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin En Mutlu Bebeği</t>
+          <t>Tek Çocuk Sendromu</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786053845447</t>
+          <t>9786053846741</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Konuşarak İkna Psikolojisi</t>
+          <t>Çocuklar Neden Yalan Söyler?</t>
         </is>
       </c>
       <c r="C862" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786053844150</t>
+          <t>9786053846796</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Gizli İkna Taktikleri</t>
+          <t>Menekşe Kokulu Hikayeler</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786053844624</t>
+          <t>9786053846581</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişimin Önündeki 8 Engel</t>
+          <t>Büyücünün Efsanesi</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786053844129</t>
+          <t>9786053845775</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Etkileme Sanatı - İstediğiniz Kişiye 8 Dakikada Nasıl Evet Dedirtirsiniz?</t>
+          <t>Çocuğunuza Sınır Koyma - 2</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786053844792</t>
+          <t>9786053845317</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Benim En İyi Arkadaşım</t>
+          <t>Çocuğunuza Sınır Koyma</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
+          <t>9786053844822</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Bağırıp Çağırmadan ya da Dövmeden Çocuk Terbiyesi</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786053845539</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Aklını En Doğru Şekilde Kullan</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786053845799</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye Pozitif Çocuklar Yetiştirme</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786053844174</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>3 Saniyede Karşınızdaki İnsanı Nasıl Anlarsınız?</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786053845386</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Ölmeden Önce En Çok Pişman Olduğumuz 5 Şey</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9789944204668</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Öğreten İngilizce</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9789758809738</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Mahallenin En Mutlu Yumurcağı</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786053844136</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Mahallenin En Mutlu Bebeği</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786053845447</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Konuşarak İkna Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786053844150</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İkna Taktikleri</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786053844624</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişimin Önündeki 8 Engel</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786053844129</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Etkileme Sanatı - İstediğiniz Kişiye 8 Dakikada Nasıl Evet Dedirtirsiniz?</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786053844792</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Benim En İyi Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
           <t>9786053845072</t>
         </is>
       </c>
-      <c r="B867" s="1" t="inlineStr">
+      <c r="B880" s="1" t="inlineStr">
         <is>
           <t>Bu Kızlarla Başım Dertte</t>
         </is>
       </c>
-      <c r="C867" s="1">
+      <c r="C880" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>