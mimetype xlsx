--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,3160 +85,3265 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255515612</t>
+          <t>9786255515728</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Alzheimer'ın Ev Hâli</t>
+          <t>Uzaklarda Bir Yerde - Müslüman Olmayan Türkler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255515629</t>
+          <t>9786255515704</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Büyük Felaketin Eşiğinde Çevre Sorunlarına Filozofça Bakmak</t>
+          <t>İZMİR’in Sessiz Çığlığı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255515605</t>
+          <t>9786255515711</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Oyun</t>
+          <t>Herkesin Bir İZMİR’i Var</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255515643</t>
+          <t>9786255515001</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>100 İz/mir</t>
+          <t>İzmir’de Çarpar Yüreğim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255515636</t>
+          <t>9786255515018</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Midilli!</t>
+          <t>Böğürtlen Öpücüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255515582</t>
+          <t>9786255515650</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>1908 Meşrutiyet Günlerinde İzmir</t>
+          <t>İzmir Banliyölerinde Yahudiler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752493575</t>
+          <t>9786255515674</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>'Garip'likler Diyarı</t>
+          <t>Güneşe Yürümek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255515551</t>
+          <t>9786255515612</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Veliler Bit Peşinde</t>
+          <t>Alzheimer'ın Ev Hâli</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255515568</t>
+          <t>9786255515629</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İzmir Macerası</t>
+          <t>Büyük Felaketin Eşiğinde Çevre Sorunlarına Filozofça Bakmak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255515414</t>
+          <t>9786255515605</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tüneldeki Işık</t>
+          <t>Çocuk ve Oyun</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752493100</t>
+          <t>9786255515643</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Alkım'ın Renkleri</t>
+          <t>100 İz/mir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058361119</t>
+          <t>9786255515636</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hayalbazlar Geçidi</t>
+          <t>Hoşça Kal Midilli!</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255515537</t>
+          <t>9786255515582</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Olanaksız Yoktur</t>
+          <t>1908 Meşrutiyet Günlerinde İzmir</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255515476</t>
+          <t>9789752493575</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Başladı Bella Ben Sen Biz Olma Yolculuğu</t>
+          <t>'Garip'likler Diyarı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255515452</t>
+          <t>9786255515551</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Annelere Ek Gıda Rehberi</t>
+          <t>Veliler Bit Peşinde</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255515438</t>
+          <t>9786255515568</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Mümkün</t>
+          <t>İzmir Macerası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057326980</t>
+          <t>9786255515414</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sokak Dedektifleri 2 - Macera Börekçisi</t>
+          <t>Tüneldeki Işık</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255515322</t>
+          <t>9789752493100</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aytaç Abla</t>
+          <t>Alkım'ın Renkleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255515391</t>
+          <t>9786058361119</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hakkı’yla Geçen Yıllar</t>
+          <t>Hayalbazlar Geçidi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255515407</t>
+          <t>9786255515537</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çağım Çölüm Sobe</t>
+          <t>Olanaksız Yoktur</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255515254</t>
+          <t>9786255515476</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kayık</t>
+          <t>Yolculuk Başladı Bella Ben Sen Biz Olma Yolculuğu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255515292</t>
+          <t>9786255515452</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Todi’den Hikayeler</t>
+          <t>Yeni Nesil Annelere Ek Gıda Rehberi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255515278</t>
+          <t>9786255515438</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İda’nın Gözcüsü</t>
+          <t>Başka Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255515261</t>
+          <t>9786057326980</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Renksiz Çocuklar Zamanı</t>
+          <t>Çılgın Sokak Dedektifleri 2 - Macera Börekçisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255515247</t>
+          <t>9786255515322</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dile Benden Ne Dilersen</t>
+          <t>Aytaç Abla</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255515315</t>
+          <t>9786255515391</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>1908 – Rumca Yerel Basında Meşrutiyet İzmir’i</t>
+          <t>Hakkı’yla Geçen Yıllar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255515209</t>
+          <t>9786255515407</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Vurdum Gol Oldu</t>
+          <t>Çağım Çölüm Sobe</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255515216</t>
+          <t>9786255515254</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nâzım’ın Görmediği Düşler</t>
+          <t>Meraklı Kayık</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255515186</t>
+          <t>9786255515292</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Soğan Kalesi, İzmir’in “Kayıp” Kalesi</t>
+          <t>Todi’den Hikayeler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255515162</t>
+          <t>9786255515278</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Analizler</t>
+          <t>İda’nın Gözcüsü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255515223</t>
+          <t>9786255515261</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kış Kampı Macerası</t>
+          <t>Renksiz Çocuklar Zamanı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255515117</t>
+          <t>9786255515247</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karga ve Çocuk</t>
+          <t>Dile Benden Ne Dilersen</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255515179</t>
+          <t>9786255515315</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Su Canavarı Suro</t>
+          <t>1908 – Rumca Yerel Basında Meşrutiyet İzmir’i</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255515063</t>
+          <t>9786255515209</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Feyzi Aslangil’e Mektuplar</t>
+          <t>Vurdum Gol Oldu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255515155</t>
+          <t>9786255515216</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bütün Renkler Flu</t>
+          <t>Nâzım’ın Görmediği Düşler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255515025</t>
+          <t>9786255515186</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Pes Etmek Yok</t>
+          <t>Soğan Kalesi, İzmir’in “Kayıp” Kalesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255515094</t>
+          <t>9786255515162</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nergis Mevsimi</t>
+          <t>Geçmişten Geleceğe Analizler</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255515049</t>
+          <t>9786255515223</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muharririn Otopsi Yeteneği</t>
+          <t>Kış Kampı Macerası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255515056</t>
+          <t>9786255515117</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ege Efsaneleri</t>
+          <t>Bilge Karga ve Çocuk</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752493919</t>
+          <t>9786255515179</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Siz Hiç Kendinizle Buluştunuz Mu?</t>
+          <t>Su Canavarı Suro</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>1900</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752493506</t>
+          <t>9786255515063</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yakından Geçen Şiddet Öyküleri</t>
+          <t>Feyzi Aslangil’e Mektuplar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786058791411</t>
+          <t>9786255515155</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yaman Dostlar</t>
+          <t>Bütün Renkler Flu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786058791442</t>
+          <t>9786255515025</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Umut</t>
+          <t>Pes Etmek Yok</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789944503211</t>
+          <t>9786255515094</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yoksulluk Çalışmaları</t>
+          <t>Nergis Mevsimi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786058791404</t>
+          <t>9786255515049</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Düşlere Yolculuk</t>
+          <t>Muharririn Otopsi Yeteneği</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>70</v>
+        <v>290</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786058791466</t>
+          <t>9786255515056</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ben Geldim İzmir</t>
+          <t>Ege Efsaneleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258285963</t>
+          <t>9789752493919</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Al Gözüm Seyreyle</t>
+          <t>Siz Hiç Kendinizle Buluştunuz Mu?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258285987</t>
+          <t>9789752493506</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bir Karanfil Hayat</t>
+          <t>Yakından Geçen Şiddet Öyküleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258285970</t>
+          <t>9786058791411</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Elimde Neşter Gönlümde Beşer</t>
+          <t>Yaman Dostlar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258285925</t>
+          <t>9786058791442</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Endodonti</t>
+          <t>Umut</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>900</v>
+        <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258285932</t>
+          <t>9789944503211</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bırak Yasını Biraz da Ben Tutayım</t>
+          <t>Türkiye’de Yoksulluk Çalışmaları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258285864</t>
+          <t>9786058791404</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Demirci Cemal</t>
+          <t>Düşlere Yolculuk</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>70</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258285871</t>
+          <t>9786058791466</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İncir, Çuval ve Sen</t>
+          <t>Ben Geldim İzmir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258285833</t>
+          <t>9786258285963</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Kardeşlik</t>
+          <t>Al Gözüm Seyreyle</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786250021408</t>
+          <t>9786258285987</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>Bir Karanfil Hayat</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258285765</t>
+          <t>9786258285970</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Güneş'in Uçurtması Uçuyor</t>
+          <t>Elimde Neşter Gönlümde Beşer</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258285758</t>
+          <t>9786258285925</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Olduğun Gibi</t>
+          <t>Endodonti</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786250080474</t>
+          <t>9786258285932</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Şehir Artuklu Mardin</t>
+          <t>Bırak Yasını Biraz da Ben Tutayım</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258285727</t>
+          <t>9786258285864</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kör Saatçinin Çırağı</t>
+          <t>Demirci Cemal</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>4440000004539</t>
+          <t>9786258285871</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar Kültür, Sanat, Felsefe ve Psikiyatri Dergisi Sayı: 3</t>
+          <t>İncir, Çuval ve Sen</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258285710</t>
+          <t>9786258285833</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Balıklardan Fal Tuttum</t>
+          <t>Evrensel Kardeşlik</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258285680</t>
+          <t>9786250021408</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>O’na Adanmış Öyküler</t>
+          <t>Süveyda</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258285628</t>
+          <t>9786258285765</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Renkli Sayfalar</t>
+          <t>Güneş'in Uçurtması Uçuyor</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258285635</t>
+          <t>9786258285758</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Nerede Yanlış Yaptı</t>
+          <t>Olduğun Gibi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258285642</t>
+          <t>9786250080474</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çilemiz Bitmiyor</t>
+          <t>Vakıf Şehir Artuklu Mardin</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258285659</t>
+          <t>9786258285727</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Komadaki Demokrasi</t>
+          <t>Kör Saatçinin Çırağı</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258285420</t>
+          <t>4440000004539</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kent Üzerine</t>
+          <t>Karşılaşmalar Kültür, Sanat, Felsefe ve Psikiyatri Dergisi Sayı: 3</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258285505</t>
+          <t>9786258285710</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Tam On İkiden</t>
+          <t>Balıklardan Fal Tuttum</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258285383</t>
+          <t>9786258285680</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Nar Mevsimi</t>
+          <t>O’na Adanmış Öyküler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752493964</t>
+          <t>9786258285628</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Disleksi - Bilişsel Müdahale Uygulamaları</t>
+          <t>Renkli Sayfalar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258285604</t>
+          <t>9786258285635</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mizanü’l Hukuk Gazetesi</t>
+          <t>Türkiye Nerede Yanlış Yaptı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258285512</t>
+          <t>9786258285642</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kelime Ağaçları</t>
+          <t>Çilemiz Bitmiyor</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258285536</t>
+          <t>9786258285659</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yakından Geçen Öteki Öyküler</t>
+          <t>Komadaki Demokrasi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258285529</t>
+          <t>9786258285420</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Çocukları</t>
+          <t>Kent Üzerine</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258285550</t>
+          <t>9786258285505</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Esnek ve Dayanıklı Sen</t>
+          <t>Tam On İkiden</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258285574</t>
+          <t>9786258285383</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>An’da ve Farkında Olan Sen</t>
+          <t>Nar Mevsimi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258285567</t>
+          <t>9789752493964</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Deprem Bizi Sallamaz</t>
+          <t>Disleksi - Bilişsel Müdahale Uygulamaları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258285543</t>
+          <t>9786258285604</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Salih Esen - Hayatım Maraton</t>
+          <t>Mizanü’l Hukuk Gazetesi</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258285475</t>
+          <t>9786258285512</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Salgın</t>
+          <t>Kelime Ağaçları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258285413</t>
+          <t>9786258285536</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Afra ile Tafra, Fırtına</t>
+          <t>Yakından Geçen Öteki Öyküler</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258285376</t>
+          <t>9786258285529</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kaleiçi Çıkmazı</t>
+          <t>Doğanın Çocukları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258285444</t>
+          <t>9786258285550</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Dom</t>
+          <t>Esnek ve Dayanıklı Sen</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258285468</t>
+          <t>9786258285574</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kopya mı? Kim Çekmiş?</t>
+          <t>An’da ve Farkında Olan Sen</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786058361171</t>
+          <t>9786258285567</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Öğrenme Merkezleri ve Etkinlikler (Ciltli)</t>
+          <t>Deprem Bizi Sallamaz</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258285352</t>
+          <t>9786258285543</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kendini Okuyabilen Sen</t>
+          <t>Salih Esen - Hayatım Maraton</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258285345</t>
+          <t>9786258285475</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Karmaşık Duygularınla Sen</t>
+          <t>Salgın</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258285369</t>
+          <t>9786258285413</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hangisi Benim, Kendini Arayan Çocuk</t>
+          <t>Afra ile Tafra, Fırtına</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>4440000003365</t>
+          <t>9786258285376</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar Kültür, Sanat, Felsefe ve Psikiyatri Dergisi Sayı: 2</t>
+          <t>Kaleiçi Çıkmazı</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258285253</t>
+          <t>9786258285444</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kahve Rengi</t>
+          <t>Dom</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258285222</t>
+          <t>9786258285468</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Güneş, Dost ve Şapşup</t>
+          <t>Kopya mı? Kim Çekmiş?</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258285192</t>
+          <t>9786058361171</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Hastanesi 10. Kat</t>
+          <t>Okul Öncesinde Öğrenme Merkezleri ve Etkinlikler (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258285239</t>
+          <t>9786258285352</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Foça'da Aşkla</t>
+          <t>Kendini Okuyabilen Sen</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258285185</t>
+          <t>9786258285345</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Umutluyum</t>
+          <t>Karmaşık Duygularınla Sen</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258285154</t>
+          <t>9786258285369</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dalgalı Denizin Köpükleri</t>
+          <t>Hangisi Benim, Kendini Arayan Çocuk</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258285123</t>
+          <t>4440000003365</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Böyle Geldi Hürriyet</t>
+          <t>Karşılaşmalar Kültür, Sanat, Felsefe ve Psikiyatri Dergisi Sayı: 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258285116</t>
+          <t>9786258285253</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bir Karşıyaka Beyefendisi Ahmet Kemal Baysak</t>
+          <t>Kahve Rengi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>400</v>
+        <v>155</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057326935</t>
+          <t>9786258285222</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Yaprak Bitleri</t>
+          <t>Güneş, Dost ve Şapşup</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258285093</t>
+          <t>9786258285192</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Göztepe’den Güzelyalı’ya</t>
+          <t>Gökyüzü Hastanesi 10. Kat</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258285086</t>
+          <t>9786258285239</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kan İftirası</t>
+          <t>Foça'da Aşkla</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057326997</t>
+          <t>9786258285185</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Düşünme Eğitimi</t>
+          <t>Umutluyum</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>4440000002480</t>
+          <t>9786258285154</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Karşılaşmalar Kültür, Sanat, Felsefe ve Psikiyatri Dergisi Sayı: 1</t>
+          <t>Dalgalı Denizin Köpükleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258285055</t>
+          <t>9786258285123</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kentini Arayan Çocuklar</t>
+          <t>Böyle Geldi Hürriyet</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752493544</t>
+          <t>9786258285116</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Olasthil'in Uyanışı</t>
+          <t>Bir Karşıyaka Beyefendisi Ahmet Kemal Baysak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258285062</t>
+          <t>9786057326935</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Koca Seyit</t>
+          <t>Eyvah! Yaprak Bitleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057326973</t>
+          <t>9786258285093</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kuklacı</t>
+          <t>Göztepe’den Güzelyalı’ya</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057326959</t>
+          <t>9786258285086</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kozak Yaylası'ndan Işıklı'ya Köy Köy Ege 2</t>
+          <t>Kan İftirası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258285031</t>
+          <t>9786057326997</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Urla - Belge ve Anılarla</t>
+          <t>Çocuklarda Düşünme Eğitimi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258285024</t>
+          <t>4440000002480</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ama Hala Benimle</t>
+          <t>Karşılaşmalar Kültür, Sanat, Felsefe ve Psikiyatri Dergisi Sayı: 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057326928</t>
+          <t>9786258285055</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Kentini Arayan Çocuklar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057137890</t>
+          <t>9789752493544</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ayrılık</t>
+          <t>Olasthil'in Uyanışı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057137838</t>
+          <t>9786258285062</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çevrim İçi Gülmece</t>
+          <t>Koca Seyit</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752493803</t>
+          <t>9786057326973</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Ecrin Hikayesi</t>
+          <t>Kuklacı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752493841</t>
+          <t>9786057326959</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Smirna Seyahat Rehberi 1922</t>
+          <t>Kozak Yaylası'ndan Işıklı'ya Köy Köy Ege 2</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752493971</t>
+          <t>9786258285031</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İzmir’in Hazineleri</t>
+          <t>Urla - Belge ve Anılarla</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752493988</t>
+          <t>9786258285024</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Dulhane</t>
+          <t>Ama Hala Benimle</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752493902</t>
+          <t>9786057326928</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>8 Kadın Sonsuz Öykü</t>
+          <t>Kadınlar</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789752493995</t>
+          <t>9786057137890</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sadıkbey</t>
+          <t>Büyük Ayrılık</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057137807</t>
+          <t>9786057137838</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Pardon Sizi Duyamadım</t>
+          <t>Çevrim İçi Gülmece</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057137814</t>
+          <t>9789752493803</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İnsan Bir Gemi</t>
+          <t>Bir Ecrin Hikayesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752493926</t>
+          <t>9789752493841</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ağacı</t>
+          <t>Smirna Seyahat Rehberi 1922</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752493933</t>
+          <t>9789752493971</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Soluğan</t>
+          <t>İzmir’in Hazineleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752493940</t>
+          <t>9789752493988</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Harften Tabut</t>
+          <t>Dulhane</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752493872</t>
+          <t>9789752493902</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Geliyorlar! - Sevgi Dolu Öyküleriyle</t>
+          <t>8 Kadın Sonsuz Öykü</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752493889</t>
+          <t>9789752493995</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İzmir Ve Kula'da Ortodoks Sivil Mimari Mirası</t>
+          <t>Sadıkbey</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752493810</t>
+          <t>9786057137807</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Pupa Yelken</t>
+          <t>Pardon Sizi Duyamadım</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789752493827</t>
+          <t>9786057137814</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Başka Umutlar</t>
+          <t>İnsan Bir Gemi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752493766</t>
+          <t>9789752493926</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Kalbindeki Ağaç</t>
+          <t>Çirkin Ağacı</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752493742</t>
+          <t>9789752493933</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>1890 - 1922 Arası İzmir'de Faaliyet Gösteren Rum Spor Kulüpleri</t>
+          <t>Soluğan</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752493735</t>
+          <t>9789752493940</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kovandaki Yabancı - Robot Arı Şaşa 1</t>
+          <t>Harften Tabut</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752493698</t>
+          <t>9789752493872</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Troya Savaşı’nı Kim Çıkardı?</t>
+          <t>Geliyorlar! - Sevgi Dolu Öyküleriyle</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752493520</t>
+          <t>9789752493889</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sisin İki Yanı</t>
+          <t>İzmir Ve Kula'da Ortodoks Sivil Mimari Mirası</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752493513</t>
+          <t>9789752493810</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Unutkan Dede’nin Maceraları</t>
+          <t>Hayalim Pupa Yelken</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752493551</t>
+          <t>9789752493827</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Balık Kent’in Kaçakları</t>
+          <t>Başka Umutlar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752493667</t>
+          <t>9789752493766</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yeraltı Canavarı</t>
+          <t>Ormanın Kalbindeki Ağaç</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752493650</t>
+          <t>9789752493742</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ah Korona Vah Korona Öyküleri</t>
+          <t>1890 - 1922 Arası İzmir'de Faaliyet Gösteren Rum Spor Kulüpleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752493445</t>
+          <t>9789752493735</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Horr’un Şarkısı - Yezuk'un Çocukları Üçüncü Kitap</t>
+          <t>Kovandaki Yabancı - Robot Arı Şaşa 1</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752493490</t>
+          <t>9789752493698</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Kız ile Zeytin Nine Kediler Ülkesi'nde</t>
+          <t>Troya Savaşı’nı Kim Çıkardı?</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789752493537</t>
+          <t>9789752493520</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Peri Akademisi</t>
+          <t>Sisin İki Yanı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752493629</t>
+          <t>9789752493513</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nöbetçi Oyun Arkadaşı</t>
+          <t>Unutkan Dede’nin Maceraları</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752493605</t>
+          <t>9789752493551</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hayata Karışan Mektuplar</t>
+          <t>Balık Kent’in Kaçakları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752493582</t>
+          <t>9789752493667</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis</t>
+          <t>Yeraltı Canavarı</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752493483</t>
+          <t>9789752493650</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmenin A B C'si</t>
+          <t>Ah Korona Vah Korona Öyküleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>245</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752493452</t>
+          <t>9789752493445</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroya Bir Bilet</t>
+          <t>Horr’un Şarkısı - Yezuk'un Çocukları Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752493476</t>
+          <t>9789752493490</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İnsanlaştırılan Tanrı</t>
+          <t>Zeytin Kız ile Zeytin Nine Kediler Ülkesi'nde</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752493414</t>
+          <t>9789752493537</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şer</t>
+          <t>Peri Akademisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752493421</t>
+          <t>9789752493629</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kanda Bir İhtimal</t>
+          <t>Nöbetçi Oyun Arkadaşı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752493391</t>
+          <t>9789752493605</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Agatha Christie</t>
+          <t>Hayata Karışan Mektuplar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258285000</t>
+          <t>9789752493582</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>What's in the Fairy Chimney?</t>
+          <t>Piri Reis</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752493292</t>
+          <t>9789752493483</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Evet Psikanaliz İyileştirir!</t>
+          <t>Çocuk Yetiştirmenin A B C'si</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752493285</t>
+          <t>9789752493452</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yolu - Yezuk'un Çocukları İkinci Kitap</t>
+          <t>Tiyatroya Bir Bilet</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752493339</t>
+          <t>9789752493476</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Asansör Köpekleri</t>
+          <t>İnsanlaştırılan Tanrı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752493346</t>
+          <t>9789752493414</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sokak Dedektifleri</t>
+          <t>Şer</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752493308</t>
+          <t>9789752493421</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik Korkusu</t>
+          <t>Kanda Bir İhtimal</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752493315</t>
+          <t>9789752493391</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çeşme - Alaçatı</t>
+          <t>Agatha Christie</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>500</v>
+        <v>245</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752493247</t>
+          <t>9786258285000</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İyi Pençe</t>
+          <t>What's in the Fairy Chimney?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752493223</t>
+          <t>9789752493292</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kabuk Dudak</t>
+          <t>Evet Psikanaliz İyileştirir!</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752493230</t>
+          <t>9789752493285</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yerin Çektiği</t>
+          <t>Karanlığın Yolu - Yezuk'un Çocukları İkinci Kitap</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752493216</t>
+          <t>9789752493339</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Son Yelkovan</t>
+          <t>Asansör Köpekleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752493179</t>
+          <t>9789752493346</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Antika'nın Sihirli Kutusu</t>
+          <t>Çılgın Sokak Dedektifleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752493193</t>
+          <t>9789752493308</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İzmir Efsaneleri</t>
+          <t>Sessizlik Korkusu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752493186</t>
+          <t>9789752493315</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Düş Yollarda Kırıldı</t>
+          <t>Çeşme - Alaçatı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752493162</t>
+          <t>9789752493247</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Adatepe’den Bozburun’a Köy Köy Ege</t>
+          <t>İyi Pençe</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752493131</t>
+          <t>9789752493223</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yakından Geçen Mülteci Öyküler</t>
+          <t>Kabuk Dudak</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752493155</t>
+          <t>9789752493230</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Lagün’ün Çağrısı</t>
+          <t>Yerin Çektiği</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752493148</t>
+          <t>9789752493216</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çaldağı</t>
+          <t>Son Yelkovan</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752493117</t>
+          <t>9789752493179</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Peribacasının İçinde Ne Var?</t>
+          <t>Antika'nın Sihirli Kutusu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786058202207</t>
+          <t>9789752493193</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Arzu'nun Mutluluk Reçeteleri</t>
+          <t>İzmir Efsaneleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752493094</t>
+          <t>9789752493186</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>A Day In Dublin</t>
+          <t>Düş Yollarda Kırıldı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752493087</t>
+          <t>9789752493162</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>A Day In Berlin (Ciltli)</t>
+          <t>Adatepe’den Bozburun’a Köy Köy Ege</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752493063</t>
+          <t>9789752493131</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Mimari Gözle Karşıyaka İzlenimleri</t>
+          <t>Yakından Geçen Mülteci Öyküler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789752493070</t>
+          <t>9789752493155</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Ve Yokmuş</t>
+          <t>Lagün’ün Çağrısı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752493056</t>
+          <t>9789752493148</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bebeğinizin ABC'si</t>
+          <t>Çaldağı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752493049</t>
+          <t>9789752493117</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Tombiş Tekir</t>
+          <t>Peribacasının İçinde Ne Var?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786058361133</t>
+          <t>9786058202207</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Levant'ın Yıldızı İzmir</t>
+          <t>Arzu'nun Mutluluk Reçeteleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752493032</t>
+          <t>9789752493094</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Annemin Çocukluğu Nerede?</t>
+          <t>A Day In Dublin</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752493018</t>
+          <t>9789752493087</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Demir Köprüden Sağa Dönünce</t>
+          <t>A Day In Berlin (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752493001</t>
+          <t>9789752493063</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Charlie</t>
+          <t>Mimari Gözle Karşıyaka İzlenimleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786058361126</t>
+          <t>9789752493070</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ah Mana Mu</t>
+          <t>Ve Yokmuş</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786056578625</t>
+          <t>9789752493056</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Muti'nin Maceraları</t>
+          <t>Bebeğinizin ABC'si</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786056578632</t>
+          <t>9789752493049</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Tarihçi ve Toplum</t>
+          <t>Tombiş Tekir</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786056578601</t>
+          <t>9786058361133</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Baş/lar/ım</t>
+          <t>Levant'ın Yıldızı İzmir</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786056451492</t>
+          <t>9789752493032</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Minik Yağmur Damlasının Maceraları</t>
+          <t>Annemin Çocukluğu Nerede?</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786058791428</t>
+          <t>9789752493018</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kalbimi Çaldı</t>
+          <t>Demir Köprüden Sağa Dönünce</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786056451478</t>
+          <t>9789752493001</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Kız ve Zeytin Nine : Çiçekler Ülkesi'nde</t>
+          <t>Charlie</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944503259</t>
+          <t>9786058361126</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İzmir ve Çevresi</t>
+          <t>Ah Mana Mu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786056451423</t>
+          <t>9786056578625</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kalemden Kaleme Günyüzü Mektupları</t>
+          <t>Muti'nin Maceraları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786056451430</t>
+          <t>9786056578632</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Elenika</t>
+          <t>Tarih, Tarihçi ve Toplum</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786058604094</t>
+          <t>9786056578601</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Özgür Arı Ramba</t>
+          <t>Baş/lar/ım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944503280</t>
+          <t>9786056451492</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Komutanların Yaşamları</t>
+          <t>Minik Yağmur Damlasının Maceraları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786056323256</t>
+          <t>9786058791428</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Step By Step Izmir and Environs</t>
+          <t>Arkadaşım Kalbimi Çaldı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786056451461</t>
+          <t>9786056451478</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Tiyatro Var</t>
+          <t>Zeytin Kız ve Zeytin Nine : Çiçekler Ülkesi'nde</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786056451454</t>
+          <t>9789944503259</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Homeopatik Materia Medica Çalışmaları</t>
+          <t>Adım Adım İzmir ve Çevresi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786058604087</t>
+          <t>9786056451423</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yayla Sineması</t>
+          <t>Kalemden Kaleme Günyüzü Mektupları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786056323232</t>
+          <t>9786056451430</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Kız ile Zeytin Nine : Söylenceler Dünyasında</t>
+          <t>Elenika</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786056578663</t>
+          <t>9786058604094</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Gorbaçov'dan Putin'e Rusya'nın Sırları</t>
+          <t>Özgür Arı Ramba</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786056578670</t>
+          <t>9789944503280</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ömer Fm</t>
+          <t>Ünlü Komutanların Yaşamları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786056578656</t>
+          <t>9786056323256</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Denizlerdeki Osmanlı</t>
+          <t>Step By Step Izmir and Environs</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786058361102</t>
+          <t>9786056451461</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Tapınak</t>
+          <t>İyi ki Tiyatro Var</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786058604032</t>
+          <t>9786056451454</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dil/im</t>
+          <t>Homeopatik Materia Medica Çalışmaları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>180</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944503266</t>
+          <t>9786058604087</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yitik Göl</t>
+          <t>Yayla Sineması</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944503235</t>
+          <t>9786056323232</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslam ve Liberalizm</t>
+          <t>Zeytin Kız ile Zeytin Nine : Söylenceler Dünyasında</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944503273</t>
+          <t>9786056578663</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İlkyardım</t>
+          <t>Gorbaçov'dan Putin'e Rusya'nın Sırları</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786058791435</t>
+          <t>9786056578670</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İğne Deliğinden İzmir</t>
+          <t>Ömer Fm</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786056323249</t>
+          <t>9786056578656</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Perileri ve Yeryüzü Çocukları</t>
+          <t>Denizlerdeki Osmanlı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786056323218</t>
+          <t>9786058361102</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Eski Tanrılar Şehri</t>
+          <t>Tapınak</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789944503204</t>
+          <t>9786058604032</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Dinleyicinin Kitabı</t>
+          <t>Dil/im</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>480</v>
+        <v>230</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786058791459</t>
+          <t>9789944503266</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kanatlı Küçük Mavi Kelebek</t>
+          <t>Yitik Göl</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
+          <t>9789944503235</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal İslam ve Liberalizm</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9789944503273</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>İlkyardım</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786058791435</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>İğne Deliğinden İzmir</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786056323249</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Gökyüzü Perileri ve Yeryüzü Çocukları</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786056323218</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Eski Tanrılar Şehri</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789944503204</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Dinleyicinin Kitabı</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786058791459</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Kanatlı Küçük Mavi Kelebek</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
           <t>9786056323270</t>
         </is>
       </c>
-      <c r="B209" s="1" t="inlineStr">
+      <c r="B216" s="1" t="inlineStr">
         <is>
           <t>100 Soruda Çevre</t>
         </is>
       </c>
-      <c r="C209" s="1">
+      <c r="C216" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>