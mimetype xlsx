--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -85,760 +85,790 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786055535957</t>
+          <t>9786059839693</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Unutamadıklarım</t>
+          <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055027308</t>
+          <t>9786059839709</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Ruleti 1 - Fırat'ın Ayak Sesleri</t>
+          <t>Safiye Sultan</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055535964</t>
+          <t>9786055535957</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Harman</t>
+          <t>Unutamadıklarım</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055535308</t>
+          <t>9786055027308</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Üsküp’ten Kosova’ya</t>
+          <t>Kafkas Ruleti 1 - Fırat'ın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055535261</t>
+          <t>9786055535964</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tabuları Yıkmak</t>
+          <t>Harman</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055535346</t>
+          <t>9786055535308</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sözün Doğrusu 1</t>
+          <t>Üsküp’ten Kosova’ya</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055027292</t>
+          <t>9786055535261</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kılıçlar ve Kalemler</t>
+          <t>Tabuları Yıkmak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055027070</t>
+          <t>9786055535346</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gönlümdekiler ve Ötekiler</t>
+          <t>Sözün Doğrusu 1</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752487413</t>
+          <t>9786055027292</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dilimizdeki Dikenler</t>
+          <t>Kılıçlar ve Kalemler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059839730</t>
+          <t>9786055027070</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mardin’in Kitapçısı</t>
+          <t>Gönlümdekiler ve Ötekiler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752487390</t>
+          <t>9789752487413</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kurt Yalnızlığı</t>
+          <t>Dilimizdeki Dikenler</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752487260</t>
+          <t>9786059839730</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gazi Mustafa Kemal’e Cevaplar</t>
+          <t>Mardin’in Kitapçısı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055535971</t>
+          <t>9789752487390</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gazi Evrenos'un Gizemi</t>
+          <t>Kurt Yalnızlığı</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752487147</t>
+          <t>9789752487260</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türk İmparatorluğu’nu Parçalamak</t>
+          <t>Gazi Mustafa Kemal’e Cevaplar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752487185</t>
+          <t>9786055535971</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nu Yıkanlar</t>
+          <t>Gazi Evrenos'un Gizemi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059839853</t>
+          <t>9789752487147</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuşağın Dramı</t>
+          <t>Türk İmparatorluğu’nu Parçalamak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752487062</t>
+          <t>9789752487185</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Enver</t>
+          <t>Osmanlı İmparatorluğu’nu Yıkanlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059839990</t>
+          <t>9786059839853</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık 2 - Alperenler Dergahı</t>
+          <t>Bir Kuşağın Dramı</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752487048</t>
+          <t>9789752487062</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid'in Sırdaşı</t>
+          <t>Enver</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055535254</t>
+          <t>9786059839990</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çalı Harmanı</t>
+          <t>Sarı Saltık 2 - Alperenler Dergahı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059839785</t>
+          <t>9789752487048</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık 1 - Aşkabad Yolcusu</t>
+          <t>Sultan Abdülhamid'in Sırdaşı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055027520</t>
+          <t>9786055535254</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Selanik Masalı</t>
+          <t>Çalı Harmanı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752487055</t>
+          <t>9786059839785</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid’in Yıldız Hatıraları</t>
+          <t>Sarı Saltık 1 - Aşkabad Yolcusu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752487345</t>
+          <t>9786055027520</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Karadenizin Eski Çocukları - Çalı Harmanı</t>
+          <t>Selanik Masalı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752487338</t>
+          <t>9789752487055</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık 3 - Bal ve Kan</t>
+          <t>Sultan Abdülhamid’in Yıldız Hatıraları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752487246</t>
+          <t>9789752487345</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Unutulanlar</t>
+          <t>Karadenizin Eski Çocukları - Çalı Harmanı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752487444</t>
+          <t>9789752487338</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tamga</t>
+          <t>Sarı Saltık 3 - Bal ve Kan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055027216</t>
+          <t>9789752487246</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Operasyon</t>
+          <t>Unutulanlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752487420</t>
+          <t>9789752487444</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Vay Başıma Gelenler</t>
+          <t>Tamga</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752487406</t>
+          <t>9786055027216</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Debreli Hasan</t>
+          <t>Operasyon</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752487376</t>
+          <t>9789752487420</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel</t>
+          <t>Vay Başıma Gelenler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752487352</t>
+          <t>9789752487406</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Debreli Hasan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752487291</t>
+          <t>9789752487376</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hançer</t>
+          <t>Aşık Veysel</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752487284</t>
+          <t>9789752487352</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Serdengeçti Geldi Geçti</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752487253</t>
+          <t>9789752487291</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Halil Halid’in Mücadelesi</t>
+          <t>Hançer</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752487031</t>
+          <t>9789752487284</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Siyonizm ve Türkiye</t>
+          <t>Serdengeçti Geldi Geçti</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752487000</t>
+          <t>9789752487253</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Türk İzleri</t>
+          <t>Halil Halid’in Mücadelesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752487017</t>
+          <t>9789752487031</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kor Kurt</t>
+          <t>Siyonizm ve Türkiye</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059839464</t>
+          <t>9789752487000</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Başkan</t>
+          <t>Avrupa’da Türk İzleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055027513</t>
+          <t>9789752487017</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Yüreğimde Bir Şahdamardır</t>
+          <t>Kor Kurt</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055027322</t>
+          <t>9786059839464</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Ruleti 2 - Türkiye'nin Gözyaşları</t>
+          <t>Muhsin Başkan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055027247</t>
+          <t>9786055027513</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Muhsin Yazıcıoğlu Suikasti</t>
+          <t>Azerbaycan Yüreğimde Bir Şahdamardır</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055027575</t>
+          <t>9786055027322</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Karar Odası</t>
+          <t>Kafkas Ruleti 2 - Türkiye'nin Gözyaşları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055535322</t>
+          <t>9786055027247</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Türkistan</t>
+          <t>Muhsin Yazıcıoğlu Suikasti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055535681</t>
+          <t>9786055027575</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat</t>
+          <t>Karar Odası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055535360</t>
+          <t>9786055535322</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sözün Doğrusu 2</t>
+          <t>Türkistan Türkistan</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055535674</t>
+          <t>9786055535681</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Muhafız</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
+          <t>9786055535360</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Sözün Doğrusu 2</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786055535674</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Muhafız</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
           <t>9786055535797</t>
         </is>
       </c>
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Hanedan</t>
         </is>
       </c>
-      <c r="C49" s="1">
-        <v>200</v>
+      <c r="C51" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>